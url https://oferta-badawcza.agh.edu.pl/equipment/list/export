--- v0 (2025-10-30)
+++ v1 (2025-12-30)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N274"/>
+  <dimension ref="A1:N295"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,20844 +493,22497 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Uniwersalna termowaga do badania utleniania materiałów odpornych na działanie bardzo wysokich temperatur</t>
+          <t>Analizator termiczny wraz ze spektrometrem ftir</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Themys</t>
+          <t>Discovery sdt 650 (ta instruments) oraz spectrometer ftir nicolet summit x (thermoscientific)</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t xml:space="preserve">Uniwersalna termowaga służy do badania stabilności termicznej oraz odporności na korozję gazową materiałów metalicznych oraz ceramicznych i kompozytowych, o dużym znaczeniu przede wszystkim dla przemysłu chemicznego, energetycznego, lotniczego i kosmicznego. </t>
+          <t>Discovery sdt 650 to analizator termiczny umożliwiający jednoczesny pomiary dsc/tga oraz dta/tga, a jego połączenie ze spektrometrem ftir nicolet summit x pozwala na bezpośrednią analizę gazowych produktów generowanych podczas ogrzewania/chłodzenia próbki.</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Aparatura ta jest wyspecjalizowanym urządzeniem przystosowanym do badań termograwimetrycznych w atmosferach gazów utleniających (powietrze, tlen, mieszaniny he+o2, ar+o2) w zakresie temperatur do 1750oc.</t>
+          <t>Urządzenie sdt 650 umożliwia rejestrację zmian masy próbki oraz efektów cieplnych towarzyszącym tym zmianom. możliwe jest prowadzenie pomiarów w mieszankach gazowych wprowadzanych do urządzenia za pomocą specjalnego zestawu przepływomierzy. bezpośrednie połączenie, za pomocą kapilary grzanej do 150°c, ze spektrometrem ftir pozwala na analizę gazowych produktów powstających w wyniku reakcji/przemian zachodzących podczas ogrzewania/chłodzenia próbki.</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Określenie szybkości korozji; wyznaczanie stężenia defektów punktowych w tlenkach; wyznaczanie współczynnika dyfuzji chemicznej w tlenkach; wygrzewanie w atmosferach ochronnych.</t>
+          <t>Pomiary mogą być realizowane w zakresie temperatur 50-1500°c w kontrolowanej atmosferze (zwykle obojętnej lub utleniającej). pomiary można prowadzić przy liniowym wzroście temperatury (szybkość ogrzewania: 0,1-100°c·min-1), możliwe jest również zaprogramowanie niestandardowego reżimu temperaturowego uwzględniającego np. prowadzenie długotrwałej rejestracji masy w warunkach izotermicznych.</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>Aparatura termograwimetryczna będzie udostępniana do prowadzenia badań naukowych zarówno pracownikom naukowym jak i doktorantom wimic oraz pozostałych jednostek organizacyjnych akademii górniczo-hutniczej. obsługę aparatury w czasie wykonywania prac zleconych będą stanowili wyłącznie przeszkoleni do tego celu operatorzy z grupy badawczej opiekującej się aparaturą. udostępnianie aparatury podmiotom zewnętrznym będzie realizowany odpłatnie.</t>
+          <t>Pomiary wykonywane są w ramach umów i zleceń po wcześniej akceptacji kierownika laboratorium wyłącznie przez upoważniony personel laboratorium. wszelkie szczegóły w bezpośrednim kontakcie mailowym lub telefonicznym.</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>Katedra fizykochemii i modelowania procesów</t>
+          <t>Wydział inżynierii materiałowej i ceramiki</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>Pracownia procesów wysokotemperaturowych</t>
+          <t>Laboratorium badań termoelektrycznych / chemia materiałów</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Grzesik Zbigniew</t>
+          <t>Drożdż Ewa</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/zbigniew-grzesik-944.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/ewa-drozdz-5906.html</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>Kinetyka, korozja wysokotemperaturowa</t>
+          <t>Dsa, dta, ega, tga</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Mobilny mikrochromatograf gazowy</t>
+          <t>System do pomiaru emisji akustycznej</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Mobilny mikrochromatograf gazowy 3-kanałowy model - 990 mobile micro gc agilent technologies</t>
+          <t>--</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t xml:space="preserve">Mikrochromatograf jest umieszczony w walizce z kołami, co umożliwia łatwy jego transport. urządzenie jest wyposażone w 3 kolumny służące do rozdziału mieszanin gazowych oraz detektory przewodnictwa cieplnego tcd. posiada 2 cylindry na gazy nośne o objętości 150 ml każdy. mikrochromatograf jest sprzężony z komputerem i zainstalowanym systemem openlab cds workstation software.  </t>
+          <t>System do pomiaru zjawisk emisji akustycznej to zaawansowany, wielokanałowy zestaw pomiarowy przeznaczony do rejestracji pełnego pola falowego generowanego podczas procesów zachodzących w materiałach i konstrukcjach. jego centralnym elementem jest jednostka akwizycji wyposażona w 12 kanałów pomiarowych, z możliwością rozszerzenia do 38 oraz połaczenia z innymi systemami pomiarowymi. każdy kanał próbowany jest synchronicznie z częstotliwością 40 mhz przy 16 bitach rozdzielczości. jednostka oferuje programowalne zakresy napięć i zestaw wysokorzędowych filtrów częstotliwościowych.
+integralną częścią systemu jest zestaw 20 czujników emisji akustycznej różnego typu, obejmujących szeroki zakres czułości i pasm pracy – od sensorów niskoczęstotliwościowych do 1700 khz. w skład zestawu wchodzi 12 przedwzmacniaczy sygnałowych, procesory sygnału, karty pomiarowe oraz komplet okablowania umożliwiający równoczesne lub indywidualne podłączanie wszystkich sensorów. dodatkowym modułem systemu jest dwukanałowy układ pomiaru ae programowany w python, z zasilaniem poe oraz ip67.</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>Mobilny mikrochromatograf ma możliwość oznaczania następujących składników: hel, wodór, tlen, azot, tlenek węgla, dwutlenek węgla, lekkie węglowodory.</t>
-[...2 lines deleted...]
-      <c r="E3" t="inlineStr"/>
+          <t>System umożliwia pomiary emisji akustycznej w materiałach i konstrukcjach, monitorowanie procesów technologicznych i zjawisk propagacji fal sprężystych czy inicjacji i propagacji defektów. zaawansowane oprogramowanie umożliwia akwizycję i analizę sygnałów oraz lokalizację źródeł ae. mobilny moduł akwizycji danych pozwala na pomiary także poza laboratorium.</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>System ae rejestruje pełne pole falowe za pomocą 12 kanałów przy częst. próbkowania 40 mhz i rozdz. 16 bit na kanał. każdy kanał wyposażony jest zaawansowaną filtrację sygnałów. akwizycja realizowana jest za pomocą szerokopasmowych czujników ae (25–1500 khz). system umożliwia rejestrację do 1800 zdarzeń ae/s oraz zapis 2 gb przebiegów na moduł, a dodatkowy moduł dwukanałowy (próbkowanie 10 mhz) umożliwia lokalne przetwarzanie skryptowe.</t>
+        </is>
+      </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
+          <t>Aparatura badawcza jest dostępna dla innych zespołów, katedr i jednostek organizacyjnych agh na bazie współpracy  nieodpłatnie lub w ramach środków przeznaczonych na ten cel w projektach lub w ramach innych źródeł finansowania. w takim modelu możliwa jest realizacja badań wraz z analizą danych lub dostarczenie danych surowych do zleceniodawcy. istnieje możliwość skorzystania z aparatury w laboratoriach imir lub innych w agh lub w poza (przy zapewnieniu odpowiedniej obsługi i ubezpieczenia sprzęt</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>Katedra surowców energetycznych</t>
+          <t>Katedra systemów wytwarzania</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>Grupa badawcza "geochemia powierzchniowa", zespół geoenergia, laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
+          <t>Zespół metamateriałów i dynamiki fal</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>Sechman Henryk</t>
+          <t>Paćko Paweł</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-packo-7226.html</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
-          <t>Chromatografia gazowa</t>
+          <t>Badania nieniszczące, emisja akustyczna, inspekcja konstrukcji</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
+          <t>Maszyna czasu rzeczywistego</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Maszyna czasu rzeczywistego</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>Maszyna czasu rzeczywistego speedgoat skalowalny, wysokowydajny system testowy działający w czasie rzeczywistym do symulacji sprzętowej (hil) i szybkiego prototypowania sterowania. system jest wyposażony w wydajny wielordzeniowy procesor zapewniający integrację z środowiskiem matlab (matlab r2021a lub nowszy) i układy fpga programowalne w simulink poprzez simulink real-time, co pozwala osiągnąć częstotliwości próbkowania w pętli zamkniętej sięgające zakresu mhz.
+kompletna maszyna czasu rzeczywistego: procesor intel core i7 4,2 ghz , 64 gb pamięci ram, pamięć flash 120 gb, 2tb ssd,  akcesoria: io135 - moduł analogowego wejścia/wyjścia 16-bitowego o niskim opóźnieniu z 32 różnicowymi jednoczesnymi kanałami wejścia analogowego  io334-325k-10v - programowalny moduł wejść/wyjść oparty na układzie fpga simulink z 16 x 5 mhz jednoczesnym próbkowaniem 16-bitowym  moduł ttl-optyczny  - moduł kondycjonujący sygnał, przekształcający 8 sygnałów ttl na wyjścia optyczne. optical-to-ttl module  - moduł kondycjonowania sygnału przekształcający 8 optycznych sygnałów wejściowych na ttl. bce12-0805 - moduł emulatora ogniw  akumulatorowych z 12 niezależnymi i izolowanymi kanałami do 8 v i 5 a każdy, do emulowania zachowania akumulatora i przeprowadzania precyzyjnych testów systemów zarządzania akumulatorami aż do poziomu ogniw.   fiu12-1 - moduł symulowania awarii  programowalna jednostka symulowania awarii z 12 niezależnymi kanałami do emulacji awarii ogniw. tse12-1000-1 - moduł emulatora czujnika temperatury  z 12 niezależnymi kanałami o wysokiej precyzji do precyzyjnej symulacji profili temperatury w szerokim zakresie warunków temperaturowych.</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>Testowanie, walidacjia i prototypowanie w czasie rzeczywistym przy użyciu środowiska matlab/simulink.  prototypowanie sterowania w czasie rzeczywistym (rcp) hardware-in-the-loop (hil) szybkie przetwarzanie sygnałów komunikacja i integracja sprzętowa testowanie systemów czasu rzeczywistego badania układów mechatronicznych i robotycznych bezpośrednia współpraca z matlab/simulink</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr"/>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>Biuro administracyjne wydziału</t>
+        </is>
+      </c>
+      <c r="J4" t="inlineStr"/>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>Penczek Adam</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>Automatyzacja, badania laboratryjne, prototypowanie, robotyka</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>Cyfrowy mikroskop optyczny (stanowisko do badań makro- i mikrostrukturalnych materiałów z wykorzystaniem różnych technik kontrastowych światła odbitego i przechodzącego)</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Mikroskop keyence vhx-x1</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>Mikroskop cyfrowy keyence vhx-x1 jest zaawansowanym, zautomatyzowanym systemem do szerokiej gamy zastosowań analitycznych w badaniach metalograficznych, fraktograficznych oraz analiz powierzchni. system łączy w sobie funkcje klasycznego mikroskopu optycznego, mikroskopu stereoskopowego oraz stacji pomiarowej 2d/3d, umożliwiając wieloskalową analizę struktury materiałów. posiada automatyczną głowicę rewolwerową zawierającą obiektywy w zakresie powiększeń od 20x do 2500x oraz dodatkowy statyw i dwa obiektywy mobilne do obserwacji makroskopowych o zakresie powiększeń 0,1x – 50x i 20x – 200x.</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>Mikroskop umożliwia obrazowanie w świetle odbitym w trybach jasnego pola (bf), ciemnego pola (df), światła spolaryzowanego (pol) oraz w kontraście interferencyjnym nomarskiego (dic). w świetle przechodzącym możliwe jest obrazowanie w jasnym polu (bf). urządzenie umożliwia automatyczne wykonywanie zdjęć o powiększonej głębi ostrości, generowanie trójwymiarowych modeli powierzchni, a także automatyczne skanowanie całych zgładów metalograficznych w wysokiej rozdzielczości.</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>Pomiar długości, średnic, kątów, pól powierzchni i chropowatości 2d, możliwość rekonstrukcji topografii powierzchni w 3d, analiza zgrubna i precyzyjna defektów oraz dokumentacja makro- i mikrostrukturalna, zapamiętywanie ustawień pomiarowych i tworzenie szablonów wyświetlania.</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
+        <is>
+          <t>Do ustalenia z osobą kontaktową.</t>
+        </is>
+      </c>
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I5" t="inlineStr">
+        <is>
+          <t>Wydział inżynierii metali i informatyki przemysłowej</t>
+        </is>
+      </c>
+      <c r="J5" t="inlineStr">
+        <is>
+          <t>Inżynieria spajania i szkła metaliczne</t>
+        </is>
+      </c>
+      <c r="K5" t="inlineStr">
+        <is>
+          <t>Kozieł Tomasz</t>
+        </is>
+      </c>
+      <c r="L5" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/tomasz-koziel-6072.html</t>
+        </is>
+      </c>
+      <c r="M5" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N5" t="inlineStr">
+        <is>
+          <t>Mikroskop cyfrowy, mikroskop optyczny</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>Aparat do pomiaru analizatora do pomiaru sorpcji gazów i wyznaczania powierzchni właściwej, wielkości, objętości i rozkładu mikro- i mezo-porów w proszkach i materiałach porowatych</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Aparat do pomiaru wielkości sorpcji nova 800 anton paar</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Aparat nova 800 anton paar:
+	posiada możliwość analizy sorpcji gazów takich jak n2, he i co2 oraz par cieczy. 
+	wykorzystywany do wyznaczania powierzchni właściwej bet, wielkości, objętości i rozkładu mikro- i mezo-porów w próbkach proszkowych i materiałach porowatych.
+	wyposażony w cztery niezależne stacje do odgazowania próbek, co pozwala na równoczesne przygotowanie kilku próbek.
+ </t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	pomiar sorpcji dla próbek mineralnych, organicznych, syntetycznych, przemysłowych, itp.
+	analiza bet i objętości porów próbek litych i proszkowych.
+</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Aparat nova 800 anton paar umożliwia:
+	wyznaczanie jedno- i wielopunktowej powierzchni właściwej bet,
+	określanie powierzchni langmuira oraz analizę izoterm adsorpcji,
+	obliczanie rozkładów objętości i powierzchni porów przy użyciu metod bjh, dft i nldft,
+	analizę rozkładu mikroporów i całkowitej objętości mikroporów.
+ </t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
+        <is>
+          <t>• współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi,
+• współpraca w ramach projektów ncn, ncbir, eu i w ramach umów z przemysłem.</t>
+        </is>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>Katedra techniki cieplnej i ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t>Grupa badawcza: procesy termiczne</t>
+        </is>
+      </c>
+      <c r="K6" t="inlineStr">
+        <is>
+          <t>Magdziarz Aneta</t>
+        </is>
+      </c>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/aneta-magdziarz-5868.html</t>
+        </is>
+      </c>
+      <c r="M6" t="inlineStr">
+        <is>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+        </is>
+      </c>
+      <c r="N6" t="inlineStr">
+        <is>
+          <t>Adsorpcja, bet, biowęgiel, co2, izoterma adsorpcji, porowatość, powierzchnia właściwa</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>Zaawansowany system analizy mikroporów i powierzchni bet dla materiałów ultraporowatych - szkieletów metalo-organicznych (mof) i aerożeli</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Wysokopróżniowy analizator fizysorpcji: autosorb 6100, anton paar</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>Autosorb 6100 (konfiguracja z uszczelnieniami fkm / „viton”, 2 stacje pomiarowe, 6 stacji do odgazowania, zestawy przetworników mp-mp) — kompaktowy, wysokowakuowy analizator sorpcji gazowej przeznaczony do dokładnych pomiarów powierzchni (bet), objętości porów i rozkładów poretalności w zakresie od bardzo niskich p/p0 do bliskich 1. instrument pracuje metodą wolumetryczną, ma dedykowaną stację p0 oraz wysokowydajny układ próżniowy (turbo + sucha pompa). w standardzie: 6 zintegrowanych stacji odgazowania (dwie niezależne strefy grzewcze, do 450 °c), dewar ln2 3 l (&gt;90 h), system powderprotect oraz oprogramowanie kaomi z dosewizard. konfiguracja mp-mp oznacza przetworniki klasy mp.</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	kompleksowa charakteryzacja materiałów porowatych: powierzchnia bet, rozkłady wielkości porów (0,35–500 nm), objętość porów, analiza mikroporów i mezoporów
+	pomiary sorpcji wody i par organicznych (pary muszą być kompatybilne z uszczelnieniami fkm (viton)
+	pomiar kinetyk sorpcji i izoterm sorpcji/ desorpcji przy różnych gazach (n₂, co₂; możliwość konfiguracji do 3 innych gazów)
+ </t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	rozdzielczość: 2×10⁻⁵ torr
+	limity detekcji dla bet: ~0.1 m² (n₂ 77 k), powierzchnia właściwa ~0.01 m²/g (n₂ 77 k); zakres wielkości porów: 0.35–500 nm.
+	6 zintegrowanych automatycznych stacji odgazowania, 2 niezależne strefy grzewcze do 450 °c.
+	dewar 77 k (n₂/ln2); cryosync do precyzyjnych pomiarów w innych temperaturach (np. pomiary argonu przy ~87 k).
+</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
+        </is>
+      </c>
+      <c r="J7" t="inlineStr">
+        <is>
+          <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
+        </is>
+      </c>
+      <c r="K7" t="inlineStr">
+        <is>
+          <t>Wuttke Stefan</t>
+        </is>
+      </c>
+      <c r="L7" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/stefan-wuttke-10616.html</t>
+        </is>
+      </c>
+      <c r="M7" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N7" t="inlineStr">
+        <is>
+          <t>Adsorpcja, azot, bet, dwutlenek węgla, pojemność sorpcyjna, porowatość, powierzchnia właściwa, sorpcja gazów, sorpcja par</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>Platforma badawczo-rozwojowa dla inteligentnych wieloagentowych robotycznych systemów rojowych</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Platforma badawczo-rozwojowa dla inteligentnych wieloagentowych robotycznych systemów rojowych</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>Roboty rosbot xl firmy husarion – uniwersalne, natywne dla ros 2 autonomiczne platformy mobilne przeznaczone do zastosowań badawczo-rozwojowych i szybkiego prototypowania w warunkach indoor. konstrukcja mechaniczna oparta jest na sztywnej ramie z malowanej proszkowo płyty aluminiowej (podwozie 1,5 mm, płyta górna 3 mm), co zapewnia wysoką wytrzymałość przy zachowaniu niewielkiej masy. typowe wymiary platformy (bez dodatkowych sensorów) wynoszą ok. 332 × 325 × 133,5 mm, masa ok. 5,38 kg. maksymalna prędkość liniowa robota to ok. 0,8 m/s (≈ 3 km/h), maksymalna prędkość kątowa 180°/s, a dopuszczalne obciążenie użyteczne sięga 10 kg. napęd stanowią cztery silniki prądu stałego z przekładniami i enkoderami inkrementalnymi, pozwalające na precyzyjne sterowanie ruchem i estymację odometrii. robot dostarczany jest z dwoma kompletami kół: klasycznymi kołami ogumionymi oraz kołami mecanum umożliwiającymi ruch holonomiczny (jazda w bok, ruchy diagonalne), co istotnie zwiększa manewrowość platformy w ograniczonych przestrzeniach laboratoryjnych.</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>1. autonomiczna nawigacja i lokalizacja 
+2. percepcja, wizyjne systemy percepcyjne i ai 
+3. sterowanie zespołem robotów, formacje i roje 
+4. integracja z systemami zewnętrznymi i przemysłem 4.0 
+5. zastosowania edukacyjne i dydaktyczne</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1. pomiary kinematyczne i położenia 
+2. pomiary środowiska i otoczenia 
+3. pomiary czasowe i eksperymentalne 
+4. pomiary energetyczne i obciążenia 
+5. rejestracja i przetwarzanie danych </t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
+        <is>
+          <t>Wedle uzgodnień</t>
+        </is>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>Katedra automatyki i robotyki</t>
+        </is>
+      </c>
+      <c r="J8" t="inlineStr">
+        <is>
+          <t>Laboratorium sztucznej inteligencji i pojazdów autonomicznych</t>
+        </is>
+      </c>
+      <c r="K8" t="inlineStr">
+        <is>
+          <t>Długosz Marek</t>
+        </is>
+      </c>
+      <c r="L8" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marek-dlugosz-5524.html</t>
+        </is>
+      </c>
+      <c r="M8" t="inlineStr">
+        <is>
+          <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N8" t="inlineStr">
+        <is>
+          <t>Mobilny robot autonomiczny, platforma badawcza ros 2, robotyka mobilna indor</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>Urządzenie do elektroprzędzenia</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Startup lab device v2.1. (doxa microfluidics)</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>Urządzenie do elektroprzędzenia wyposażone jest w moduł klimatyczny zintegrowany z panelem kontrolnym, umożliwiający kontrolę temperatury w zakresie od temperatury pokojowej do 45°c i wilgotności w zakresie 10%-60%. urządzenie posiada dwa zasilacze wysokiego napięcia – jeden o dodatniej (+30kv) i jeden o ujemnej (-30kv) polaryzacji. wyposażone jest w system infuzji cieczy oparty na trzech pompach strzykawkowych, posiada dwa kolektory: płaski oraz obrotowy. ponadto urządzenie ma kamerę umożliwiającą wizualizację stożka taylora wraz z portem usb pozwalającym na podłączenie urządzenia do dowolnego komputera.</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>Urządzenie umożliwia projektowanie i wytwarzanie nanowłókien oraz struktur typu core-shell z wykorzystaniem technologii elektroprzędzenia i elektrorozpylania z pełną kontrolą procesu. możliwe jest uzyskanie takich struktur jak nanowłókna, maty włókniste, membrany czy nanocząstki do różnych zastosowań, np. opracowania materiałów kompozytowych, filtrów, sorbentów, nośników leków i rusztowań do hodowli komórkowych.</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>Jest to urządzenie do preparatyki nanowłókien, nie służy ono do wykonywania pomiarów</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>Wykorzystanie aparatury będzie nieodpłatne w ramach projektów/grantów realizowanych wspólnie z wydziałem fizyki i informatyki stosowanej przez inne jednostki organizacyjne agh i/lub przez podmioty zewnętrzne. w pozostałych przypadkach udostępnianie aparatury będzie odpłatne.</t>
+        </is>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I9" t="inlineStr">
+        <is>
+          <t>Katedra fizyki ciała stałego</t>
+        </is>
+      </c>
+      <c r="J9" t="inlineStr">
+        <is>
+          <t>Zespół materiałow magnetycznych litych i nanomateriałów</t>
+        </is>
+      </c>
+      <c r="K9" t="inlineStr">
+        <is>
+          <t>Gilarska Adriana</t>
+        </is>
+      </c>
+      <c r="L9" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/adriana-gilarska-10317.html</t>
+        </is>
+      </c>
+      <c r="M9" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N9" t="inlineStr">
+        <is>
+          <t>Elektroprzędzenie, nanocząstki, nanowłókna, polimery</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>Polerka jonowa i napylarka</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Urządzenie do automatycznego polerowania jonowego powierzchni próbki wyposażone w stolik cryo i system do napylania warstw</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>Kluczowym czynnikiem, który decyduje o jakości otrzymanych obrazów w technice mikroskopii elektronowej sem jest odpowiednie przygotowanie próbek. na ogół przygotowuje się zgłady poprzez szlifowanie, polerowania oraz trawienie. szczególnie wymagającą jest technika wstecznego rozpraszania elektronów (ebsd). w przypadku wielu materiałów, aby uzyskać odpowiednią jakość linii dyfrakcyjnych, konieczne jest polerowanie jonowe. do uzyskania obrazów najwyższej jakości, np. bardzo małych obszarów struktur bliźniaczych, konieczne jest posiadanie specjalistycznej polerki jonowej, bowiem klasyczne trawienie elektrolityczne nie umożliwia uzyskania odpowiedniej jakości powierzchni próbek.</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>Polerka z systemem do napylania znajduje zastosowanie do przygotowania próbek do mikroskopii elektronowej sem, mikroskopii sił atomowych afm, spektroskopii eds, katodoluminescencji (cl) oraz badań dyfrakcyjnych. techniki te są wykorzystywane w badaniach prowadzonych przez pracowników wydział fizyki i informatyki stosowanej. wydział dysponuje obecnie dwoma mikroskopami elektronowymi i zakupiona polerka znacznie zwiększy ich możliwości badawcze.</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>Przyrząd umożliwia badanie własności mikrostrukturalnych materiałów, np. metali o strukturze heksagonalnej do zastosowań biomedycznych. wyznaczać można rozmiary ziaren, parametry  bliźniaków mechanicznych, parametry granic ziaren i ich wpływ na własności materiału. przy użyciu polerki przygotowuje się próbki do ilościowych badań metodami dyfrakcyjnymi (promieniowanie rentgenowskie, neutronowe czy też technika wstecznego rozpraszania elektronów ebsd).</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
+        <is>
+          <t>Warunkiem korzystania z polerki jest współpraca naukowa, której efektem jest na przykład:
+- wspólne opublikowanie otrzymanych wyników,
+- popularyzacja wyników w wystąpieniu konferencyjnym, 
+- nawiązanie współpracy, której wynikiem jest złożenie wniosku o grant.</t>
+        </is>
+      </c>
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I10" t="inlineStr">
+        <is>
+          <t>Katedra fizyki materii skondensowanej</t>
+        </is>
+      </c>
+      <c r="J10" t="inlineStr">
+        <is>
+          <t>Mikrostruktura i mechanika materiałów</t>
+        </is>
+      </c>
+      <c r="K10" t="inlineStr">
+        <is>
+          <t>Wroński Sebastian</t>
+        </is>
+      </c>
+      <c r="L10" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/sebastian-wronski-6750.html</t>
+        </is>
+      </c>
+      <c r="M10" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N10" t="inlineStr">
+        <is>
+          <t>Dyfrakcja, mikrostruktura, polerka jonowa, przygotowanie powierzchni</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>Skaningowy mikroskop elektronowy jeol jsm-6490la</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Skaningowy mikroskop elektronowy jeol jsm-6490la</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>Skaningowy mikroskop elektronowy jeol jsm-6490la wyposażony w kolumnę mikroskopową z wysokoemisyjną katodą lab6 oraz linią pompującą zawierającą pompę jonową. mikroskop posiada detektor elektorów wtórnych (se: secondary electrons), elektronów wstecznie rozproszonych (bse: back scattered electrons) oraz przystawkę ebsd (electron back scattered diffraction) umożliwiającą analizę orientacji krystalograficznej. możliwość prowadzenia obserwacji w warunkach wysokiej (hv) i niskiej (lv) próżni. rozdzielczość nominalna (według producenta) 3 nm w trybie obrazowania se (przy 30 kv, wd 8 mm). mikroskop pozwala również na zainstalowanie maszyny wytrzymałościowej i jej pochylenie pod kątem 70 stopni do osi wiązki (do techniki ebsd).</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	wysokorozdzielcze badania struktury materiałów krystalicznych.
+	wysokorozdzielcze obrazowanie materiałów mineralnych, syntetycznych i biologicznych.
+	mapowanie rozkładu orientacji krystalograficznych.
+	badanie wytrzymałości mechanicznej oraz pomiary „in situ” odkształceń sieci krystalicznej.
+</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Rejestracja obrazów:
+	elektrony wtórne: kontrast topograficzny.
+	elektrony wstecznie rozproszone: kontrast różnicy z i orientacyjny.
+	dyfrakcja kikuchiego.
+specyfikacja:
+	rozdzielczość (wg producenta): 3 nm (przy 30 kv, wd 8 mm, se, tryb hv).
+	powiększenie: 5x - 300 000x.
+	regulacja ciśnienia: 10 - 270 pa (tryb lv).
+	detektor ebsd nordlys (oxford instruments).
+</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>– za zgodą osoby odpowiedzialnej za aparaturę.
+– współpraca badawcza z jednostkami agh oraz innymi krajowymi i zagranicznymi jednostkami naukowymi.
+– współpraca w ramach projektów krajowych, zagranicznych oraz w ramach umów z przemysłem.</t>
+        </is>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I11" t="inlineStr">
+        <is>
+          <t>Katedra fizyki materii skondensowanej</t>
+        </is>
+      </c>
+      <c r="J11" t="inlineStr">
+        <is>
+          <t>Mikrostruktura i mechanika materiałów</t>
+        </is>
+      </c>
+      <c r="K11" t="inlineStr">
+        <is>
+          <t>Wroński Sebastian</t>
+        </is>
+      </c>
+      <c r="L11" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/sebastian-wronski-6750.html</t>
+        </is>
+      </c>
+      <c r="M11" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N11" t="inlineStr">
+        <is>
+          <t>Mikroskop elektronowy, sem, sem-bse, sem-ebsd, sem-se</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>Spektrometr emisji atomowej ze wzbudzeniem w plazmie sprzężonej indukcyjnie icp-oes</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Spektrometr icp-oes plasma quant  9100 z wyposażeniem</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>Plasmaquant 9100 elite (analytik jena) to wysokorozdzielczy spektrometr emisyjny icp-oes wykorzystywany w naszym laboratorium do szybkiej, wielopierwiastkowej analizy próbek o różnej złożoności. instrument opiera się na optyce typu high-resolution echelle o zakresie 160 - 900 nm i rozdzielczości do 0,002 nm, co pozwala na skuteczne rozdzielanie gęsto położonych linii widmowych i ogranicza interferencje spektralne. optyka o niskiej stracie światła zapewnia wysoką czułość, stabilność oraz możliwość oznaczania zarówno pierwiastków śladowych, jak i obecnych w wysokich stężeniach.zintegrowany system dual view plus umożliwia równoczesną obserwację plazmy w trybie aksjalnym i radialnym, co pozwala łączyć analizę ultraśladów z oznaczeniami w stężeniach procentowych w obrębie jednej metody. pionowe ustawienie palnika icp w systemie v shuttle torch zwiększa odporność na złożone matryce i poprawia stabilność plazmy, a stożek chłodzony wodą i przedmuchiwany argonem zapewnia niski poziom tła i wysoką czułość oznaczeń, zwłaszcza w obserwacji aksjalnej.detektor ccd chłodzony elementem peltiera gwarantuje niski poziom szumów i szeroką dynamikę sygnału, a automatyczne dostosowywanie czasu integracji umożliwia równoczesne oznaczanie pierwiastków występujących na poziomie śladowym oraz w wysokich stężeniach. krótka droga transportu aerozolu zapewnia szybkie płukanie i wysoką powtarzalność podawania próbki.dzięki połączeniu wysokorozdzielczej optyki, zaawansowanego systemu obserwacji plazmy oraz stabilnego pionowego palnika icp, plasmaquant 9100 elite umożliwia precyzyjne, czułe i powtarzalne oznaczenia nawet w wymagających matrycach, zapewniając jednocześnie wysoką przepustowość i niezawodność w codziennej analityce.</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Spektrometr umożliwia szybkie i wyjątkowo precyzyjne oznaczanie pierwiastków w materiałach, surowcach i próbkach przemysłowych. </t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>Dzięki wysokiej rozdzielczości optycznej, odporności na trudne matrycei szerokiemu zakresowi detekcji zapewnia wyniki, których nie da się uzyskać na standardowych systemach.</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
+        <is>
+          <t>W ramach umów i zleceń po wcześniejszej  akceptacji przez kierownika laboratorium.</t>
+        </is>
+      </c>
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I12" t="inlineStr">
+        <is>
+          <t>Katedra chemii analitycznej i biochemii</t>
+        </is>
+      </c>
+      <c r="J12" t="inlineStr">
+        <is>
+          <t>Zespół katedry chemii analitycznej   /  a3, 406 a</t>
+        </is>
+      </c>
+      <c r="K12" t="inlineStr">
+        <is>
+          <t>Piech Robert</t>
+        </is>
+      </c>
+      <c r="L12" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/robert-piech-5957.html</t>
+        </is>
+      </c>
+      <c r="M12" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N12" t="inlineStr">
+        <is>
+          <t>Analiza śladowa, analiza wielopierwiastkowa, icp-oes, plazma, spektrometr</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>Tribometr trb3</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Tribometr trb3</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>Urządzenie przeznaczone jest do wysoko-precyzyjnych badań odporności na zużycie ścierne, badań tarcia lub efektywności lubrykacyjnej składnika w układzie tribologicznym. pomiary można przeprowadzać zarówno na sucho lub w trybie ze środkiem smarnym.</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	pomiary tarcia, zużycia ściernego, smarowalności
+	szeroki zakres parametrów pomiarowych, geometrii kontaktu
+	próbki referencyjne, w celu walidacji pomiarów
+	kontrola temperatury i wilgotności badanego ukladu (zintegrowane czujniki temperatury i wilgotności)
+	zgodność z normami: astm g99 i astm g133
+</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>Siła normalna do 60 n
+zakres siły tarcia do 20 n
+rodzielczośc siły tarcia 0.06 mn
+napęd rotacyjny
+prędkość - 0.2 do 2000 obr./min
+promień - do  40 mm
+maksymalny moment obrotowy  450 mn*m
+napęd posuwisto zwrotny - liniowy
+skok do  60 mm
+prędkość do 370 mm/s
+częstotliwość 0.01 hz do 10 hz</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
+        <is>
+          <t>Wedle uzgodnień</t>
+        </is>
+      </c>
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I13" t="inlineStr">
+        <is>
+          <t>Katedra ceramiki i materiałów ogniotrwałych</t>
+        </is>
+      </c>
+      <c r="J13" t="inlineStr">
+        <is>
+          <t>Zespół zaawansowanych technologii materiałowych</t>
+        </is>
+      </c>
+      <c r="K13" t="inlineStr">
+        <is>
+          <t>Rutkowski Paweł</t>
+        </is>
+      </c>
+      <c r="L13" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-rutkowski-6509.html</t>
+        </is>
+      </c>
+      <c r="M13" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N13" t="inlineStr">
+        <is>
+          <t>Badania tribologiczne, pin-on-disk</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>Piknometr helowy do pomiaru gęstości ciał stałych: ultrapyc 5000 micro (anton paar)</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Piknometr helowy do pomiaru gęstości ciał stałych: ultrapyc 5000 micro (anton paar)</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Piknometr gazowy ultrapyc 5000 micro służy do precyzyjnego pomiaru rzeczywistej gęstości ciał stałych w postaci proszków lub monolitów. do pomiarów wykorzystywany jest hel. urządzenie posiada wbudowaną regulację temperatury za pomocą modułu peltiera. pomiary wykonywane są w zakresie 15 °c to 50 °c, standardowo w 20 °c. piknometr gazowy wyposażony jest w trzy komory pomiarowe o różnej objętości. </t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>Piknometr gazowy wykorzystywany jest do pomiaru gęstości helowej materiałów stałych, takich jak: sadza, katalizatory, biowęgle, cement, ceramika, kosmetyki, środki osuszające, nawozy, włókna, minerały, produkty farmaceutyczne i metale w proszku.</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>Piknometr gazowy wykorzystywany jest do pomiaru gęstości helowej materiałów stałych, takich jak: sadza, katalizatory, biowęgle, cement, ceramika, kosmetyki, środki osuszające, nawozy, włókna, minerały, produkty farmaceutyczne i metale w proszku.</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr">
+        <is>
+          <t>- współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi,
+- współpraca w ramach projektów ncn, ncbir, eu i w ramach umów z przemysłem.</t>
+        </is>
+      </c>
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I14" t="inlineStr">
+        <is>
+          <t>Katedra techniki cieplnej i ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J14" t="inlineStr">
+        <is>
+          <t>Grupa badawcza procesy termiczne</t>
+        </is>
+      </c>
+      <c r="K14" t="inlineStr">
+        <is>
+          <t>Magdziarz Aneta</t>
+        </is>
+      </c>
+      <c r="L14" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/aneta-magdziarz-5868.html</t>
+        </is>
+      </c>
+      <c r="M14" t="inlineStr">
+        <is>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+        </is>
+      </c>
+      <c r="N14" t="inlineStr">
+        <is>
+          <t>Biowęgiel, gęstość helowa, gęstość szkieletowa, katalizator, minerały</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>Kamera wysokiej prędkości phantom</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Phantom miro c211</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>Kamera phantom miro c211 8 gb colour to zaawansowana kamera wysokiej prędkości, zaprojektowana z myślą o wymagających zastosowaniach badawczo-rozwojowych i przemysłowych. wyposażona w sensor cmos o rozdzielczości do 1280 × 1024 pikseli, oferuje zapis z prędkością do 1800 fps przy pełnej rozdzielczości oraz nawet do ~67 140 fps przy ograniczonej rozdzielczości.</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>Dzięki swoim możliwościom kamera miro c211 świetnie sprawdza się w analizie mikroskopowej, badaniach przepływów, testach materiałowych, inżynierii mikrostruktur oraz tam, gdzie konieczne jest „złapanie” bardzo szybkiego zdarzenia z wysoką jakością obrazu. dzięki wysokiej czułości, globalnemu migawkowaniu i precyzyjnej synchronizacji, kamera pozwala analizować procesy trwające mikrosekundy, zapewniając obraz o wysokiej jakości i wiernym odwzorowaniu ruchu.</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	sensor: cmos 1280 x 1024 px kolor
+	maksymalna rozdzielczość: 1280 x 1024
+	liczba klatek na sekundę: 1800 fps dla rozdzielczości 1280 x 1024px
+	czułość świetlna: iso 640 pamięć: 8gb
+	rozmiar piksela: 5.6μm
+	maks. prędkość nagrywania: 67 140 fps przy rozdzielczości 64 x 8 pikseli.
+</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>Certyfikat</t>
+        </is>
+      </c>
+      <c r="I15" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J15" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K15" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L15" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M15" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N15" t="inlineStr">
+        <is>
+          <t>Analiza ruchu, kamera szybka, procesy dynamiczne, procesy szybkozmienne</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>Analizator przewodności cieplnej trident</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>C-therm trident</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Analizator przewodności cieplnej trident to zaawansowane urządzenie służące do pomiaru przewodnictwa cieplnego różnych materiałów, gdyż oferuje trzy różne techniki pomiaru przewodnictwa cieplnego: mtps (modified transient plane source), tps (transient plane source), tls (transient line source). jest to jedno z najbardziej wszechstronnych i najnowocześniejszych narzędzi tego typu, wykorzystywane w przemyśle, nauce i badaniach (testy w temperaturach od -50°c do 300°c). aparatura trident umożliwia prowadzenie badań dla szerokiej gamy materiałów stosowanych w projektowaniu i opracowywaniu prototypów w technologiach energetycznych, technologiach kosmicznych, przemyśle lotniczym, motoryzacyjnym, farmaceutycznym i tekstylnym. aparatura wspiera interdyscyplinarne i innowacyjne działania w obszarze "rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów".
+metoda mtps
+	przewodność cieplna od 0,01 w/(m·k) do 500 w/mk.
+	temperatura robocza detektora od -50ºc i do 200ºc.
+	próbka walcowa o średnicy niemniejszej niż 18 mm.
+	detektor zapewnia jednowymiarowy przepływ ciepła.
+metoda tps
+	przewodność cieplna od 0,03 w/(m·k) do 1800 w/(m·k).
+	dyfuzyjność cieplna od 0,01 mm²/s do 1200 mm²/s.
+	nadaje się do ciał stałych, past i lepkich płynów.
+metoda tls
+	przewodność cieplna od 0,1 w/(m·k) do 5 w/(m·k).
+	nadaje się do testowania półstałych cieczy o wyższej lepkości, stopów polimerowych, gleb i proszków.
+	temperatura roboczą czujnika od 0ºc do 300ºc.
+	ciśnienie robocze czujnika max. do 1000 barów/14 500 psi.
+</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>Badania przewodności termicznej metali o wysokiej przewodności, betonu i materiałów budowlanych, cienkich warstw, folii, cienkich powłok, taśm samoprzylepnych (liaison) w aplikacjach bateryjnych ev, materiałów interfejsowych termicznie przewodzących, past termicznych, materiałów tim, nanomateriałów, kompozytów, proszków, materiałów geologicznych, rdzeni wiertniczych, skał, regolitu (materiału skalnego) na powierzchniach ciał niebieskich.</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>Zaawansowane badania i charakteryzacja termiczna materiałów: przewodność cieplna, dyfuzyjność cieplna, pojemność cieplna materiałów w bardzo różnych stanach: ciała stałe, ciecze, proszki, pasty. aparatura skonfigurowana do pracy z 3 różnymi metodami: mtps, tps, tls. pomiar przewodności (materiały stałe, ciecze, proszki, pasty) wg. standardów i norm (astm, iso): mtps z astm d7984, tls z astm d5334 i d5930, tps z iso 22007-2.</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i  doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>Certyfikat</t>
+        </is>
+      </c>
+      <c r="I16" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J16" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K16" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L16" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M16" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N16" t="inlineStr">
+        <is>
+          <t>Badania laboratryjne, dyfuzyjność cieplna, pojemność cieplna, przewodnictwo cieplne, wymiana ciepła</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>Skaner 3d einscan-sp</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Einscan-sp</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>Skaner einscan sp 3d to precyzyjne, profesjonalne urządzenie skanujące, które zapewnia wyjątkową szczegółowość i wszechstronność w wielu zastosowaniach. wykorzystuje technologię światła strukturalnego do precyzyjnego odwzorowania geometrii obiektów. umożliwia skanowanie z dokładnością do 0,05 mm i tworzenie modeli 3d o wysokiej rozdzielczości. stosowany w inżynierii odwrotnej, digitalizacji obiektów technicznych, kulturowych i dydaktycznych.</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>Skaner 3d einscan-sp umożliwia badania w zakresie inżynierii odwrotnej, metrologii i digitalizacji obiektów. pozwala analizować dokładność wymiarową, kształt i deformacje elementów technicznych. stosowany w badaniach materiałowych, projektowaniu cad, kontroli jakości oraz dokumentacji obiektów inżynierskich i kulturowych. einscan sp może uchwycić szczegóły dotyczące koloru i tekstury obiektów, dodając warstwę realizmu do modeli 3d.</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Kompleksowy opis funkcji:
+	szybki transfer danych podczas skanowania.
+	typy plików: obj, stl, asc i ply, większość plików cad lub 3d.
+	precyzja skanowania: 0,05 mm,
+	udźwig obrotnicy: obrotnica może utrzymać obiekty o wadze do 5 kg.
+</t>
+        </is>
+      </c>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I17" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J17" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K17" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L17" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M17" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N17" t="inlineStr">
+        <is>
+          <t>Digitalizacja obiektów, inżynieria odwrotna, kontrola jakości, skaner 3d, światło strukturalne</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>Drukarka 3d ultimaker (fdm/fff)</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Ultimaker method x</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>Drukarka 3d ultimaker method x pracuje w technologii fdm/fff, umożliwiając precyzyjne wytwarzanie elementów z filamentów technicznych, takich jak abs, nylon, petg, asa czy kompozyty z włóknem węglowym. umożliwia realizację prototypów i modeli funkcjonalnych o wysokiej dokładności i stabilności wymiarowej. możliwość użycia rozpuszczalnych materiałów podporowych w technologii fdm.</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Drukowanie z wykorzystaniem materiałów: pla, pctg (przezroczysty), abs, abs cf, nylon, pc-abs, pctg+cf, pctg+gf oraz materiałów podporowych: sr-30, rapiddrinse.
+	posiada dwa ekstrudery i podgrzewaną komorę, co zapewnia spójną, wysoką jakość wydruków.
+	drugi ekstruder dla stosowania rozpuszczalnych materiałów podporowych.
+	podgrzewana komora do 110°c dla zaawansowanej kontroli materiałów.
+</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Parametry drukowania:
+	technologia drukowania: fused deposition modeling
+	obszar roboczy: 19 x 19 x 19,6 cm (jedna głowica), 15,2 x 19 x 19,6 cm (dwie głowice)
+	rozdzielczość warstwy: 20–400 µ
+	tryb drukowania wysokiej jakości: 100 µ
+	tryb drukowania zrównoważonego: 200 µ
+	średnica filamentu: 1,75 mm
+	średnica dyszy: 0,4 mm
+</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I18" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J18" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K18" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L18" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M18" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N18" t="inlineStr">
+        <is>
+          <t>Druk fdm, drukarka 3d, inżynieria materiałowa, materiały kompozytowe, prototypowanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>Drukarka 3d formlabs (lfs/sla)</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>Formlabs form 3+</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>Drukarka 3d formlabs form 3+ wykorzystuje technologię lfs (low force stereolithography) do precyzyjnego utwardzania żywic fotopolimerowych światłem laserowym. umożliwia tworzenie modeli o wysokiej dokładności (do 25 µm) i gładkiej powierzchni. stosowana w badaniach materiałowych, prototypowaniu, projektowaniu elementów technicznych i biomedycznych.</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>Drukarka 3d formlabs form 3+ umożliwia precyzyjne wytwarzanie modeli z żywic fotopolimerowych w technologii lfs (low force stereolithography). umożliwia badania materiałów polimerowych, prototypowanie elementów technicznych i biomedycznych oraz analizę wpływu parametrów druku na strukturę i dokładność modeli. umożliwia drukowanie z szerokiego zakresu żywic fotopolimerowych: materiały inżynierskie, elastyczne, wysokotemperaturowe, biokompatybilne.</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Umożliwia produkcję komponentów ze standardowych, inżynieryjnych, elastycznych, odpornych na wysokie temperatury i biokompatybilnych materiałów.
+	technologia drukowania: low force stereolithography™ (lfs)
+	obszar roboczy: 145 × 145 × 185 mm
+	wysokość warstwy: 25–200 mikronów
+	rozmiar plamki lasera: 85 mikronów
+ </t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I19" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J19" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K19" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L19" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M19" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N19" t="inlineStr">
+        <is>
+          <t>Drukarka 3d, inżynieria materiałowa, prototypowanie, stereolitografia, żywice fotopolimerowe</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>Analizator spalin testo 350</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Testo 350</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Analizator testo 350 to profesjonalne, przenośne narzędzie umożliwiające badanie emisji i analizę spalin. wyposażony jest w jednostkę sterującą, analizator spalin oraz:
+	cele pomiarowe do analizy co, no, no2, cxhy  (metan, propan lub butan).
+	sonda lambda do 1000oc.
+	co2 (ir) sensor.
+	przemysłowa sonda spalin do 1200oc (długość 1m, inconel 625).
+	modułowa sonda spalin do 1000°c.
+</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Głównym celem jest diagnostyka, monitorowanie i regulacja pracy urządzeń, a także ocena wpływu na środowisko.
+	badania efektywności i jakości procesów spalania w kotłach, palnikach, silnikach i turbinach,
+	pomiary emisji zanieczyszczeń,
+	analiza wpływu parametrów procesu na skład spalin,
+	walidacja i kalibracja modeli numerycznych (cfd).
+</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>Możliwość pomiarowe: co, co2, no, no2, cxhy, 
+obszar możliwych zastosowań: silniki przemysłow, palniki przemysłowe, turbiny gazowe, systemy oczyszczania spalin.</t>
+        </is>
+      </c>
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>Certyfikat</t>
+        </is>
+      </c>
+      <c r="I20" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J20" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K20" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L20" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M20" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N20" t="inlineStr">
+        <is>
+          <t>Analizator spalin, diagnostyka spalania, efektywność energetyczna, emisja zanieczyszczeń, proces spalania</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>Kamera termowizyjna flir</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>Flir a70 29°</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>Kamera flir a70 29° research &amp; development kit to zaawansowany system obrazowania termicznego przeznaczony do zastosowań badawczo-rozwojowych i przemysłowych. umożliwia precyzyjny, bezkontaktowy pomiar temperatury z wysoką rozdzielczością (640 × 480 px) i czułością detekcji poniżej 40 mk. dzięki szerokiemu zakresowi pomiarowemu oraz integracji z oprogramowaniem flir research studio, kamera pozwala na rejestrację, analizę i wizualizację rozkładów temperatury w czasie rzeczywistym – w badaniach materiałowych, energetycznych, elektronicznych i środowiskowych.</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	analizy termiczne komponentów elektronicznych (np. pcb, układy scalone) w fazie prototypowania.
+	badania przepływów ciepła, punktów gorących i strat energetycznych w konstrukcjach/materiałach.
+	monitoring temperatury w układach przemysłowych lub podczas testów środowiskowych, gdzie ważna jest precyzja i możliwość dokumentacji pomiarów.
+</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	detektor mikrobolometryczny. piksel 12 µm.
+	rozdzielczość: 640×480 pikseli.
+	czułość termiczna (netd): &lt;35mk.
+	częstotliwość: 30hz.
+	pole widzenia: 29° × 22°. ręczne ustawienie ostrości.
+	ifov: 0,84 mrad. minimalna odległość ostrzenia: 0,25m.
+	zakres pomiarowy: 20 do 17 5°c; 175 do 1000°c.
+	dokładność: +/ 2%.
+	wbudowana kamera cyfrowa.
+</t>
+        </is>
+      </c>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G21" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>Certyfikat</t>
+        </is>
+      </c>
+      <c r="I21" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J21" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K21" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L21" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M21" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
+        </is>
+      </c>
+      <c r="N21" t="inlineStr">
+        <is>
+          <t>Analiza termiczna, pomiar bezkontaktowy, pomiar temperatury, termowizja</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>Oscyloskop minimum 4-kanałowy</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>Oscyloskop minimum 4-kanałowy i z pasmem analogowym 4.0 ghz oraz kompatybilnym z posiadanymi już sondami tdp1500, tdp3500, tivh08</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>Oscyloskop sygnałów mieszanych tektronix mso64b-6-bw-4000 zapewnia wysoką  jakość sygnałów pomiarowych do dalszej analizy i debugowania współczesnych systemów wbudowanych z zegarami i magistralami o częstotliwościach rzędu pojedynczych gigaherców. urządzenie wyposażono w interfejs dotykowy, duży wyświetlacz 15,6” oraz wejścia flexchannel, które pozwalają mierzyć jeden sygnał analogowy lub osiem sygnałów cyfrowych na kanał.</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>Pomiary, analiza, obrazowanie sygnałów elektrycznych o dużej dynamice zmian.</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>Analogowe pasmo pracy każdego kanału: 4ghz
+częstotliwość próbkowania: 25gsps (4 kanały), 50gsps (2 kanały)
+długość rekordu pamięci dla każdego kanału: 1gs próbek.</t>
+        </is>
+      </c>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G22" t="inlineStr">
+        <is>
+          <t>Dostęp do sprzętu możliwy w pomieszczeniach laboratorium alice agh, po uprzednim uzgodnieniu terminu realizacji pomiarów. 
+dostęp możliwy tylko dla pracowników i doktorantów agh.
+pomieszczenia laboratorium alice agh 413/c2 w terminie uzgodnionym z opiekunem laboratorium</t>
+        </is>
+      </c>
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I22" t="inlineStr">
+        <is>
+          <t>Wydział informatyki, elektroniki i telekomunikacji</t>
+        </is>
+      </c>
+      <c r="J22" t="inlineStr">
+        <is>
+          <t>Instytut elektroniki</t>
+        </is>
+      </c>
+      <c r="K22" t="inlineStr">
+        <is>
+          <t>Worek Cezary</t>
+        </is>
+      </c>
+      <c r="L22" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/cezary-worek-3702.html</t>
+        </is>
+      </c>
+      <c r="M22" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N22" t="inlineStr">
+        <is>
+          <t>Analiza, obrazowanie, obrazowanie sygnałów, oscyloskop, oscyloskop cyfrowy, pomiar, sygnał</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>Generator funkcyjny / arbitralny dwukanałowy pracujący w paśmie co najmniej 1mhz do 1000 mhz</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Generator arbitralny</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>Generator funkcyjny / arbitralny dwukanałowy pracujący w paśmie co najmniej od 1mhz do 1000 mhz pozwalający na generację sygnałów w trybie dwukanałowym i impedancji wyjściowej 50 ohm.
+generator arbitralny siglent sdg7102a oferuje dwa kanały o paśmie do 1 ghz, maksymalnej częstotliwości próbkowania 5 gsa/s i rozdzielczości 14 bitów. umożliwia generowanie przebiegów arbitralnych, sygnałów wektorowych oraz typowych sygnałów testowych, takich jak dc, pulse, noise czy prbs. obsługuje funkcje modulacji, przemiatania, burst-u i synchronizacji kanałów, a wyjścia różnicowe lub single-ended zapewniają amplitudę do ±24 v. dzięki unikalnym cechom sdg7102a idealnie sprawdza się w zaawansowanych testach i badaniach sygnałów wysokiej częstotliwości i dużych amplitudach.</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>Rodzaje przebiegów wyjściowych:
+sinus, prostokąt, impuls (możliwość regulacji zbocza narastającego i opadającego niezależnie), dc, szum biały. możliwość zdefiniowania dowolnego przebiegu na dwóch kanałach.
+zakres częstotliwości pracy:
+- przebieg sinusoidalny: 1 mhz do 1000 mhz;
+- przebieg impulsowy: 1 mhz do 300 mhz;
+generowanie sygnałów elektronicznych analogowych oraz cyfrowych.</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>Pasmo pracy każdego kanału: 1 ghz
+częstotliwość próbkowania: 5 gsps
+maksymalna długość pamięci dla każdego kanału: 512 mpts.</t>
+        </is>
+      </c>
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr">
+        <is>
+          <t>Dostęp do sprzętu możliwy w pomieszczeniach laboratorium alice agh, po uprzednim uzgodnieniu terminu realizacji pomiarów. 
+dostęp możliwy tylko dla pracowników i doktorantów agh.
+pomieszczenia laboratorium alice agh 413/c2 w terminie uzgodnionym z opiekunem laboratorium</t>
+        </is>
+      </c>
+      <c r="H23" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I23" t="inlineStr">
+        <is>
+          <t>Wydział informatyki, elektroniki i telekomunikacji</t>
+        </is>
+      </c>
+      <c r="J23" t="inlineStr">
+        <is>
+          <t>Instytut elektroniki</t>
+        </is>
+      </c>
+      <c r="K23" t="inlineStr">
+        <is>
+          <t>Worek Cezary</t>
+        </is>
+      </c>
+      <c r="L23" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/cezary-worek-3702.html</t>
+        </is>
+      </c>
+      <c r="M23" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N23" t="inlineStr">
+        <is>
+          <t>Generator, generator arbitralny, modulacja, pasmo, przemiatanie, sygnał</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>Uniwersalna termowaga do badania utleniania materiałów odpornych na działanie bardzo wysokich temperatur</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>Themys</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Uniwersalna termowaga służy do badania stabilności termicznej oraz odporności na korozję gazową materiałów metalicznych oraz ceramicznych i kompozytowych, o dużym znaczeniu przede wszystkim dla przemysłu chemicznego, energetycznego, lotniczego i kosmicznego. </t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>Aparatura ta jest wyspecjalizowanym urządzeniem przystosowanym do badań termograwimetrycznych w atmosferach gazów utleniających (powietrze, tlen, mieszaniny he+o2, ar+o2) w zakresie temperatur do 1750oc.</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>Określenie szybkości korozji; wyznaczanie stężenia defektów punktowych w tlenkach; wyznaczanie współczynnika dyfuzji chemicznej w tlenkach; wygrzewanie w atmosferach ochronnych.</t>
+        </is>
+      </c>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr">
+        <is>
+          <t>Aparatura termograwimetryczna będzie udostępniana do prowadzenia badań naukowych zarówno pracownikom naukowym jak i doktorantom wimic oraz pozostałych jednostek organizacyjnych akademii górniczo-hutniczej. obsługę aparatury w czasie wykonywania prac zleconych będą stanowili wyłącznie przeszkoleni do tego celu operatorzy z grupy badawczej opiekującej się aparaturą. udostępnianie aparatury podmiotom zewnętrznym będzie realizowany odpłatnie.</t>
+        </is>
+      </c>
+      <c r="H24" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I24" t="inlineStr">
+        <is>
+          <t>Katedra fizykochemii i modelowania procesów</t>
+        </is>
+      </c>
+      <c r="J24" t="inlineStr">
+        <is>
+          <t>Pracownia procesów wysokotemperaturowych</t>
+        </is>
+      </c>
+      <c r="K24" t="inlineStr">
+        <is>
+          <t>Grzesik Zbigniew</t>
+        </is>
+      </c>
+      <c r="L24" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/zbigniew-grzesik-944.html</t>
+        </is>
+      </c>
+      <c r="M24" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N24" t="inlineStr">
+        <is>
+          <t>Kinetyka, korozja wysokotemperaturowa</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>Mobilny mikrochromatograf gazowy</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Mobilny mikrochromatograf gazowy 3-kanałowy model - 990 mobile micro gc agilent technologies</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Mikrochromatograf jest umieszczony w walizce z kołami, co umożliwia łatwy jego transport. urządzenie jest wyposażone w 3 kolumny służące do rozdziału mieszanin gazowych oraz detektory przewodnictwa cieplnego tcd. posiada 2 cylindry na gazy nośne o objętości 150 ml każdy. mikrochromatograf jest sprzężony z komputerem i zainstalowanym systemem openlab cds workstation software.  </t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>Mobilny mikrochromatograf ma możliwość oznaczania następujących składników: hel, wodór, tlen, azot, tlenek węgla, dwutlenek węgla, lekkie węglowodory.</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr"/>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr">
+        <is>
+          <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
+        </is>
+      </c>
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I25" t="inlineStr">
+        <is>
+          <t>Katedra surowców energetycznych</t>
+        </is>
+      </c>
+      <c r="J25" t="inlineStr">
+        <is>
+          <t>Grupa badawcza "geochemia powierzchniowa", zespół geoenergia, laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
+        </is>
+      </c>
+      <c r="K25" t="inlineStr">
+        <is>
+          <t>Sechman Henryk</t>
+        </is>
+      </c>
+      <c r="L25" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
+        </is>
+      </c>
+      <c r="M25" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N25" t="inlineStr">
+        <is>
+          <t>Chromatografia gazowa</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
           <t>Cass – system specjacji aerozoli węglowych</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B26" t="inlineStr">
         <is>
           <t>Analizator węgla całkowitego model tca-08 sprzężony z etalometrem ae-33</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C26" t="inlineStr">
         <is>
           <t>Cass (carbonaceous aerosol speciation system/ system specjacji aerozoli węglowych) – system obejmuje analizator węgla całkowitego model tca-08 oraz etalometr ae-33. zestaw produkcji firmy magee scientific/(aerosol) pozwala mierzyć w sposób ciągły stężenie węgla organicznego, nieorganicznego i całkowitego w aerozolu w powietrzu atmosferycznym. w skład zestawu wchodzi także stacja meteorologiczna do pomiaru temperatury, wilgotności i ciśnienia powietrza atmosferycznego.
 aparat niezbędny jest do określenia specjacji frakcji węglowej aerosoli atmosferycznych, które stanowią bardzo często ponad 50% udziału w całkowitej masie pyłu. niezbędny do ciągłego monitorowania tzw. black carbon (bc) – środowiskowego czynnika stresogennego. obecność i wpływ bc na zdrowie ludzkie jest niepokojący i nieznany.  systematyczne monitorowanie bc poprawi ocenę zagrożeń dla zdrowia począwszy od różnych cząstek pochodzących ze spalania i uzupełni dane dotyczące ich stężeń masowych w aerozolach atmosferycznych. pozwoli to na odpowiednie zarządzanie i dobór procesów przemysłowych jak również decyzji w zakresie polityki zrównoważonego rozwoju.</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D26" t="inlineStr">
         <is>
           <t>System cass pozwala mierzyć w sposób quasi ciągły stężeń w powietrzu atmosferycznym węgla elementarnego (ec) (etalometr ae-33) oraz węgla całkowitego (tc) metodą analizy termicznej próbki (tc-08). połączenie aparatów tca-08 i ae-33 pozwala uzyskać zestaw służący do oznaczania 3 form węgla w powietrzu atmosferycznym. na podstawie różnicy dwóch wyników pomiarów otrzymujemy informacje n/t stężenia węgla organicznego (oc).</t>
         </is>
       </c>
-      <c r="E4" t="inlineStr">
+      <c r="E26" t="inlineStr">
         <is>
           <t>Analizator tca-08 służy do monitorowania zawartości węgla całkowitego w pyle zawieszonym w powietrzu atmosferycznym. aparat wykorzystuje dwa identyczne kanały pomiarowe używane do pobierania próby i do wykonywania analizy.
 ae-33 aethalometer® aethalometr mierzy stężenie węgla elementarnego w badanej próbce powietrza.</t>
         </is>
       </c>
-      <c r="F4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G4" t="inlineStr">
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium. zebrane dane będą udostępniane po wcześniejszym uzgodnieniu z kierownikiem laboratorium.</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I4" t="inlineStr">
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I26" t="inlineStr">
         <is>
           <t>Katedra technologii paliw</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr">
+      <c r="J26" t="inlineStr">
         <is>
           <t>Zespół badań współczesnych zagrożeń środowiska i rozwoju innowacyjnych technologii w gospodarce obiegu zamkniętego</t>
         </is>
       </c>
-      <c r="K4" t="inlineStr">
+      <c r="K26" t="inlineStr">
         <is>
           <t>Styszko Katarzyna</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L26" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-styszko-5843.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M26" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N26" t="inlineStr">
         <is>
           <t>Aerozole atmosferyczne, black carbon, elemental carbon, frakcja węglowa, pomiary online, węgiel organiczny, zanieczyszczenia organiczne</t>
         </is>
       </c>
     </row>
-    <row r="5">
-      <c r="A5" t="inlineStr">
+    <row r="27">
+      <c r="A27" t="inlineStr">
         <is>
           <t>Cyfrowy mikroskop optyczny</t>
         </is>
       </c>
-      <c r="B5" t="inlineStr">
+      <c r="B27" t="inlineStr">
         <is>
           <t>Mikroskop cyfrowy hirox europe hrx-01-ir</t>
         </is>
       </c>
-      <c r="C5" t="inlineStr">
+      <c r="C27" t="inlineStr">
         <is>
           <t xml:space="preserve">System mikroskopowy hrx-01-ir służy do obserwacji cieczy i ciał stałych in-situ w zakresie światła widzialnego, podczerwonego i ultrafioletowego. umożliwia prowadzenie pomiarów w układzie 2d i 3d, w płaszczyźnie poziomej i osi pionowej. stanowisko składa się z mikroskopu z automatycznym ruchem w osiach xyz, dwóch kamer, dwóch układów optycznych, stacji roboczej oraz dedykowanego oprogramowania analitycznego.
 	pierwsza kamera (cmos, 2/3") umożliwia obrazowanie z rozdzielczością 5,07 mpix przy 50 klatkach/s i pracuje w trybie hdr. druga kamera (cmos, 8,1 mm) generuje obraz w rozdzielczości 3840×2160 pikseli. obie umożliwiają pracę w świetle vis, ir i uv.
 	pierwszy układ optyczny posiada trzy zmotoryzowane obiektywy, obejmujące zakresy powiększeń 20x–140x, 140x–1000x i 700x–2500x. drugi układ optyczny umożliwia powiększenia 35x–350x. obydwa układy są kompatybilne z kamerami c-mount i obsługują różne typy oświetlenia: pierścieniowe, coaxialne, mieszane i polaryzacyjne.
 	podstawa mikroskopu jest antywibracyjna, stolik umożliwia ruch w zakresie 100×100 mm z dokładnością 100 nm, ruch w osi z – 75 mm z dokładnością 50 nm. zainstalowano również drugi statyw z elastycznym ramieniem.
 	stacja robocza: procesor intel i9-12900k, 32 gb ram, karta graficzna geforce rtx 5070, dwa monitory 4k 27”, system windows 11 pro.
 	oprogramowanie  umożliwia m.in. tworzenie modeli 3d, pomary topografii oraz zliczanie cząstek (do 20 000), obrazowanie panoramiczne, autofokus, ochronę przed kolizją oraz automatyczne zapisywanie ustawień pomiarowych.
  </t>
         </is>
       </c>
-      <c r="D5" t="inlineStr">
+      <c r="D27" t="inlineStr">
         <is>
           <t>System umożliwia pomiary i obrazowanie dowolnych próbek, zarówno stałych, jak i ciekłych. pozwala na rejestrację dynamiki procesów z określonym krokiem czasowym oraz prowadzenie pomiarów in-situ. możliwe jest równoczesne obrazowanie zmian zachodzących pod wpływem bodźców zewnętrznych, takich jak światło, temperatura czy pole magnetyczne, w zakresie światła widzialnego i podczerwieni.</t>
         </is>
       </c>
-      <c r="E5" t="inlineStr">
+      <c r="E27" t="inlineStr">
         <is>
           <t>System umożliwia pomiary topografii 3d i chropowatości (iso 25178, iso 4287), pomiary 2d (długość, kąt, średnica) oraz powierzchniowe (pole, obwód), automatyczne zliczanie cząstek i analizę statystyczną. obsługuje pomiary in-situ trwających eksperymentów i procesów w świetle widzialnym i podczerwonym. system wyposażony jest w dodatkową diodę ir o długości fali 850 nm, autofokus, kalibrację obiektywów oraz pomiary w pełnej głębi ostrości.</t>
         </is>
       </c>
-      <c r="F5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G5" t="inlineStr">
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr">
         <is>
           <t>Szczegółowe zasady udostępniania dostępne są na stronie: https://acmin.agh.edu.pl/wspolpraca</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I5" t="inlineStr">
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I27" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J5" t="inlineStr">
+      <c r="J27" t="inlineStr">
         <is>
           <t>Vortex</t>
         </is>
       </c>
-      <c r="K5" t="inlineStr">
+      <c r="K27" t="inlineStr">
         <is>
           <t>Szkudlarek Aleksandra</t>
         </is>
       </c>
-      <c r="L5" t="inlineStr">
+      <c r="L27" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
         </is>
       </c>
-      <c r="M5" t="inlineStr">
+      <c r="M27" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N5" t="inlineStr">
+      <c r="N27" t="inlineStr">
         <is>
           <t>Analiza in-situ, mikroskop optyczny, obrazowanie w podczerwieni, obserwacja 2d i 3d, procesy dynamiczne, światło widzialne</t>
         </is>
       </c>
     </row>
-    <row r="6">
-      <c r="A6" t="inlineStr">
+    <row r="28">
+      <c r="A28" t="inlineStr">
         <is>
           <t>Mineralizator mikrofalowy</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B28" t="inlineStr">
         <is>
           <t>Speedwave xpert – wielostanowiskowy mineralizator mikrofalowy z kontrolą ciśnienia i temperatury</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C28" t="inlineStr">
         <is>
           <t>Urządzenie speedwave xpert to wielostanowiskowy mineralizator mikrofalowy z kontrolą ciśnienia i temperatury, zaprojektowany do bezpiecznego i wydajnego roztwarzania próbek. wyposażony jest w magnetrony o łącznej mocy 2000 w z niepulsacyjną emisję mikrofal, co umożliwia płynne dopasowanie energii i precyzyjną kontrolę dostarczanej mocy. bezkontaktowa kontrola temperatury we wszystkich naczyniach pozwala na odczyt i prezentację graficzną oraz liczbową temperatury indywidualnie dla każdego naczynia. dodatkowy czujnik mierzy temperaturę zewnętrznych ścian naczyń, chroniąc je przed przegrzaniem.
 urządzenie posiada sterownik z ekranem dotykowym i oprogramowaniem w języku polskim, który umożliwia kontrolę pracy aparatu, tworzenie biblioteki procedur oraz pełną dokumentację procesów. komora mineralizatora wykonana jest ze stali nierdzewnej pokrytej pfa, a modułowa konstrukcja rotora pozwala na łatwe wstawianie i wyjmowanie pojedynczych naczyń. każde naczynie podłączone jest do bezpiecznego systemu odprowadzającego opary bezpośrednio do wyciągu. komora wyposażona jest również w system przedmuchu powietrzem do chłodzenia naczyń oraz wielostopniowy system zabezpieczeń, w tym elektroniczną kontrolę drzwi i temperatury.
 mineralizator speedwave xpert obsługuje rotor 32-stanowiskowy ts-85x (naczynia o objętości 85 ml, ciśnienie max 22 bary, temperatura max 230°c, safevent) oraz 12-stanowiskowy dap-100x (naczynia 100 ml, ciśnienie max 40 barów, pełna kontrola i pomiar ciśnienia w każdym naczyniu). zasilanie urządzenia: 230 v, 50 hz.</t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D28" t="inlineStr">
         <is>
           <t>Mineralizator speedwave xpert jest przeznaczony do rozkładu różnego typu próbek w podwyższonej temperaturze i ciśnieniu dla potrzeb ich analizy pierwiastkowej metodami icp-oes, icp-ms, aas czy txrf. system jest wysokoprzepustowy i umożliwia mineralizację do 32 próbek jednocześnie. każde naczynie teflonowe posiada indywidualny system monitorowania ciśnienia i temperatury, zapewniając bezpieczeństwo oraz powtarzalność wyników.</t>
         </is>
       </c>
-      <c r="E6" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G6" t="inlineStr">
+      <c r="E28" t="inlineStr"/>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
         <is>
           <t>Mineralizator mikrofalowy stanowi urządzenie specjalistyczne, które może być wykorzystywane wyłącznie przez osoby po specjalistycznym przeszkoleniu. jego użytkowanie przez pracowników i doktorantów agh może być nieodpłatne i odbywać się na zasadzie współpracy naukowej (wspólna publikacja wyników lub nawiązanie współpracy skutkującej złożeniem wniosku o grant). udostępnianie aparatury podmiotom trzecim będzie odpłatne. koszt ustalany będzie indywidualnie z opiekunem aparatury.</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I6" t="inlineStr">
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I28" t="inlineStr">
         <is>
           <t>Katedra fizyki medycznej i biofizyki</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr">
+      <c r="J28" t="inlineStr">
         <is>
           <t>Zespół biospektroskopii atomowej i molekularnej</t>
         </is>
       </c>
-      <c r="K6" t="inlineStr">
+      <c r="K28" t="inlineStr">
         <is>
           <t>Chwiej Joanna</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L28" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/joanna-chwiej-6574.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M28" t="inlineStr">
         <is>
           <t>(pob 8) przekraczanie granic: eksperymentalna fizyka wysokich energii ekstremalne stany materii, zaawansowane technologie w detekcji promieniowania, badania i zastosowania transdyscyplinarne</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N28" t="inlineStr">
         <is>
           <t>Analiza pierwiastkowa, mineralizacja mikrofalowa, rozkład próbek</t>
         </is>
       </c>
     </row>
-    <row r="7">
-      <c r="A7" t="inlineStr">
+    <row r="29">
+      <c r="A29" t="inlineStr">
         <is>
           <t>Skaner laserowy emesent hovermap stx (lidar)</t>
         </is>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B29" t="inlineStr">
         <is>
           <t>Skaner laserowy emesent hovermap stx</t>
         </is>
       </c>
-      <c r="C7" t="inlineStr">
+      <c r="C29" t="inlineStr">
         <is>
           <t>Emesent hovermap st-x to zaawansowany mobilny system mapowania lidar, który łączy wysokowydajne skanowanie laserowe z wszechstronnymi możliwościami montażu. zaprojektowany do pracy w różnorodnych środowiskach - wewnętrznych, zewnętrznych, podziemnych, oraz w miejscach pozbawionych sygnału gps. umożliwia szybkie, bezpieczne i precyzyjne pozyskiwanie danych 3d. hovermap st-x może być montowany na dronach, pojazdach, plecakach lub używany ręcznie, co czyni go wyjątkowo elastycznym rozwiązaniem do skanowania z powietrza i z poziomu gruntu. jego wytrzymała obudowa o klasie szczelności ip65 zapewnia niezawodną pracę w trudnych warunkach terenowych, takich jak kurz, wilgoć czy nierówne podłoże. funkcje autonomii, takie jak nawigacja po punktach trasy i unikanie przeszkód, umożliwiają realizację długich misji w złożonych lub niebezpiecznych środowiskach, w których sterowanie ręczne byłoby trudne lub ryzykowne.</t>
         </is>
       </c>
-      <c r="D7" t="inlineStr">
+      <c r="D29" t="inlineStr">
         <is>
           <t>To urządzenie otwiera szerokie możliwości badawcze w dziedzinach takich jak analiza geoprzestrzenna, monitoring środowiska, archeologia, górnictwo czy inspekcja infrastruktury. dzięki zdolności do działania bez sygnału gps doskonale sprawdza się w mapowaniu podziemnych wyrobisk, tuneli czy gęstych koron drzew. naukowcy mogą go używać do dokumentowania zabytków, monitorowania erozji, analizy roślinności lub tworzenia dokładnych modeli 3d istniejących obiektów.</t>
         </is>
       </c>
-      <c r="E7" t="inlineStr">
+      <c r="E29" t="inlineStr">
         <is>
           <t>Urządzenie wykorzystuje wysokiej klasy sensor lidar z 32 kanałami, zdolny do rejestracji do 1,92 miliona punktów na sekundę w trybie wielo-odbiciowym. umożliwia to tworzenie gęstych i szczegółowych chmur punktów 3d. urządzenie ma zasięg do 300 metrów. zachowuje wysoką precyzję, z dokładnością rzędu ±10 mm w zamkniętych przestrzeniach.</t>
         </is>
       </c>
-      <c r="F7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G7" t="inlineStr">
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I7" t="inlineStr">
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I29" t="inlineStr">
         <is>
           <t>Centrum doskonałości sztucznej inteligencji</t>
         </is>
       </c>
-      <c r="J7" t="inlineStr"/>
-      <c r="K7" t="inlineStr">
+      <c r="J29" t="inlineStr"/>
+      <c r="K29" t="inlineStr">
         <is>
           <t>Brodzicki Andrzej</t>
         </is>
       </c>
-      <c r="L7" t="inlineStr">
+      <c r="L29" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/andrzej-brodzicki-9722.html</t>
         </is>
       </c>
-      <c r="M7" t="inlineStr">
+      <c r="M29" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N7" t="inlineStr">
+      <c r="N29" t="inlineStr">
         <is>
           <t>Lidar, skaner</t>
         </is>
       </c>
     </row>
-    <row r="8">
-      <c r="A8" t="inlineStr">
+    <row r="30">
+      <c r="A30" t="inlineStr">
         <is>
           <t>Optyczny spektrometr emisyjny ze wzbudzeniem w plazmie indukcyjnie sprzężonej (icp-oes)</t>
         </is>
       </c>
-      <c r="B8" t="inlineStr">
+      <c r="B30" t="inlineStr">
         <is>
           <t>Optima 7300dv</t>
         </is>
       </c>
-      <c r="C8" t="inlineStr">
+      <c r="C30" t="inlineStr">
         <is>
           <t>Optyczny spektrometr emisyjny ze wzbudzeniem w plazmie indukcyjnie sprzężonej model optima 7300dv (perkin elmer).
 możliwość obserwacji plazmy w dwóch kierunkach tzw. system dual view (axial i radial) oraz zastosowanie dwóch detektorów półprzewodnikowych (jeden dla uv, jeden dla vis) pozwala na równoczasowe wykonywanie analiz wielopierwiastkowych w szerokim zakresie stężeń przy jednoczesnej dużej odporności na trudne matryce próbek. możliwość elastycznego wyboru długości fal.
 szczegóły można znaleźć na stronie: https://resources.perkinelmer.com/corporate/content/relatedmaterials/brochures/bro_optima7x00seriesicp-oes.pdf</t>
         </is>
       </c>
-      <c r="D8" t="inlineStr">
+      <c r="D30" t="inlineStr">
         <is>
           <t>Icp-oes to czuła, wielopierwiastkowa, dokładna i szybka technika, która znajduje szerokie zastosowanie w analizie środowiskowej. pozwala na pomiar stężenia niemal wszystkich pierwiastków znajdujących się w układzie okresowym w próbkach roztworów wodnych. analiza próbek stałych wymaga ich wcześniejszego przeprowadzenia do roztworu np. poprzez mineralizację mikrofalową.</t>
         </is>
       </c>
-      <c r="E8" t="inlineStr">
+      <c r="E30" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego pierwiastka oraz matrycy próbki możliwy jest pomiar stężeń rzędu µg/l. rutynowo granice oznaczalności wahają się od kilku do kilkuset µg/l. szczegóły można znaleźć w zakresie akredytacji laboratorium (certyfikat akredytacji numer ab 1050).</t>
         </is>
       </c>
-      <c r="F8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G8" t="inlineStr">
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H8" t="inlineStr">
+      <c r="H30" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I8" t="inlineStr">
+      <c r="I30" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J8" t="inlineStr">
+      <c r="J30" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K8" t="inlineStr">
+      <c r="K30" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L8" t="inlineStr">
+      <c r="L30" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M8" t="inlineStr">
+      <c r="M30" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N8" t="inlineStr">
+      <c r="N30" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza pierwiastkowa, icp-oes, makroskładniki, mikroskładniki, roztwory wodne, woda</t>
         </is>
       </c>
     </row>
-    <row r="9">
-      <c r="A9" t="inlineStr">
+    <row r="31">
+      <c r="A31" t="inlineStr">
         <is>
           <t>Spektrometr mas z jonizacją w plazmie indukcyjnie sprzężonej  (icp-ms)</t>
         </is>
       </c>
-      <c r="B9" t="inlineStr">
+      <c r="B31" t="inlineStr">
         <is>
           <t>Icap rq (c2)</t>
         </is>
       </c>
-      <c r="C9" t="inlineStr">
+      <c r="C31" t="inlineStr">
         <is>
           <t>Spektrometr mas z jonizacją w plazmie indukcyjnie sprzężonej model icap rq (c2) z komorą zderzeniową/reakcyjną (thermo scientific).
 szeroki zakres opcji interfejsów, daje doskonałe możliwości wyboru w zależności od potrzeb i analizowanych matryc. możliwość pracy z 3 różnymi insertami: „robust” do analizy próbek o złożonej matrycy, „high matrix” dla próbek rutynowych (np. wody), „high sensitivity” do pomiarów wymagających wysokiej czułości.
 system optyki jonowej z odchyleniem wiązki o 90° (rapid lens) pozwala na wstępne usunięcie interferencji. spektrometr icap rq icp-ms umożliwia pomiar wszystkich analitów i efektywne usuwanie interferencji w jednym trybie he-dyskryminacji energii kinetycznej (he ked). daje również możliwość stosowania gazów reakcyjnych dla wymagających zastosowań.
 szczegóły dostępne na stronie: https://tools.thermofisher.com/content/sfs/brochures/ps-43318-icp-ms-icap-rq-ps43318-en.pdf</t>
         </is>
       </c>
-      <c r="D9" t="inlineStr">
+      <c r="D31" t="inlineStr">
         <is>
           <t>Icp-ms to wysoce czuła, wielopierwiastkowa, dokładna i szybka technika, która znajduje szerokie zastosowanie w analizie środowiskowej. pozwala na pomiar stężenia niemal wszystkich pierwiastków znajdujących się w układzie okresowym w próbkach roztworów wodnych. analiza próbek stałych wymaga ich wcześniejszego przeprowadzenia do roztworu np. poprzez mineralizację mikrofalową.</t>
         </is>
       </c>
-      <c r="E9" t="inlineStr">
+      <c r="E31" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego pierwiastka oraz matrycy próbki możliwy jest pomiar stężeń rzędu ng/l. rutynowo granice oznaczalności wahają się od kilkuset ng/l do kilku µg/l. szczegóły można znaleźć w zakresie akredytacji laboratorium (nr ab 1050).</t>
         </is>
       </c>
-      <c r="F9" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G9" t="inlineStr">
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H9" t="inlineStr">
+      <c r="H31" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I9" t="inlineStr">
+      <c r="I31" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J9" t="inlineStr">
+      <c r="J31" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K9" t="inlineStr">
+      <c r="K31" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L9" t="inlineStr">
+      <c r="L31" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M9" t="inlineStr">
+      <c r="M31" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N9" t="inlineStr">
+      <c r="N31" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza pierwiastkowa, analiza śladowa, icp-ms, mikroskładniki, roztwory wodne, woda</t>
         </is>
       </c>
     </row>
-    <row r="10">
-      <c r="A10" t="inlineStr">
+    <row r="32">
+      <c r="A32" t="inlineStr">
         <is>
           <t>System do analizy pierwiastków składający się ze spektrometru, mineralizatora do przygotowania prób do analizy kationów i modułu do chromatografii jonowej do analizy anionów</t>
         </is>
       </c>
-      <c r="B10" t="inlineStr">
+      <c r="B32" t="inlineStr">
         <is>
           <t>System do analizy pierwiastków składający się ze spektrometru, mineralizatora do przygotowania prób do analizy kationów i modułu do chromatografii jonowej do analizy anionów</t>
         </is>
       </c>
-      <c r="C10" t="inlineStr">
+      <c r="C32" t="inlineStr">
         <is>
           <t>System składa się z:
  1. optycznego spektrometru emisyjnego icp-oes
 model icap pro xp duo (thermo scientific) z pionowym palnikiem, polichromatorem echelle i detektorem cid.
 2. mineralizatora mikrofalowego ultrawave (milestone)
 technologia src (single reactor chamber) – pojedyncza komora ze stali kwasoodpornej, odporna na 300°c i 200 barów.
 3. chromatografu jonowego thermo scientific dionex aquion
 z wbudowaną pompą izokratyczną, systemem odgazowania próżniowego, termostatowaną celą detektora przewodnościowego do analizy anionów.</t>
         </is>
       </c>
-      <c r="D10" t="inlineStr">
+      <c r="D32" t="inlineStr">
         <is>
           <t>Icp-oes to czuła, wielopierwiastkowa, dokładna i szybka technika, która znajduje szerokie zastosowanie w analizie środowiskowej. analiza próbek stałych wymaga ich wcześniejszego przeprowadzenia do roztworu np. poprzez mineralizację mikrofalową.
 chromatografia jonowa to czuła i dokładna technika, która znajduje szerokie zastosowanie w analizie środowiskowej. pozwala na pomiar stężenia anionóww roztworach wodnych.</t>
         </is>
       </c>
-      <c r="E10" t="inlineStr">
+      <c r="E32" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego pierwiastka oraz matrycy próbki możliwy jest pomiar stężeń rzędu µg/l. rutynowo granice oznaczalności wahają się od kilku do kilkuset µg/l.
 możliwość mineralizacji próbek o różnych matrycach przy zastosowaniu odpowiednich reagentów i warunków przeprowadzania procesu. 
 zależnie od analizowanego jonu oraz matrycy próbki możliwy jest pomiar stężeń rzędu µg/l.</t>
         </is>
       </c>
-      <c r="F10" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G10" t="inlineStr">
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H10" t="inlineStr">
+      <c r="H32" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I10" t="inlineStr">
+      <c r="I32" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J10" t="inlineStr">
+      <c r="J32" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K10" t="inlineStr">
+      <c r="K32" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L10" t="inlineStr">
+      <c r="L32" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M10" t="inlineStr">
+      <c r="M32" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N10" t="inlineStr">
+      <c r="N32" t="inlineStr">
         <is>
           <t>Analiza anionów, analiza ilościowa, analiza pierwiastkowa, ic, icp-oes, mineralizacja mikrofalowa, woda</t>
         </is>
       </c>
     </row>
-    <row r="11">
-      <c r="A11" t="inlineStr">
+    <row r="33">
+      <c r="A33" t="inlineStr">
         <is>
           <t>Mobilne laboratorium badania jakości wód</t>
         </is>
       </c>
-      <c r="B11" t="inlineStr">
+      <c r="B33" t="inlineStr">
         <is>
           <t>Mobilne laboratorium badania jakości wód</t>
         </is>
       </c>
-      <c r="C11" t="inlineStr">
+      <c r="C33" t="inlineStr">
         <is>
           <t>Mobilne laboratorium badania jakości wód na bazie pojazdu m-b sprinter. pojazd typu furgon z napędem na obie osie (4x4), z reduktorem terenowym. trwała specjalistyczna zabudowa laboratoryjna z materiałów kwasoodpornych (szafy i szuflady, półki, lodówka laboratoryjna, wyciąg oparów, oświetlenie robocze) – do badań, pomiarów i transportu próbek w warunkach zgodnych z wymaganiami. wyposażenie laboratoryjne: monitoringowa pompa głębinowa wraz z wężami, agregatem, sterownikiem; przenośny akumulatorowy zestaw pompowy; terenowa pompa perystaltyczna wraz z aparatem filtracyjnym; próbniki do poboru próbek wód oraz inne, kompletowane w zależności od zmieniających się potrzeb. laboratorium mobilne jest wykorzystywane do poboru próbek wód podziemnych i powierzchniowych, do pomiaru parametrów fizykochemicznych wód (ph, eh, pew, temperatury, o2), do oznaczania zawartości składników nietrwałych w terenie oraz do transportu w odpowiednich warunkach próbek do laboratorium stacjonarnego. posiadany sprzęt umożliwia dokonywanie poboru próbek wód czystych i zanieczyszczonych.</t>
         </is>
       </c>
-      <c r="D11" t="inlineStr">
+      <c r="D33" t="inlineStr">
         <is>
           <t>Pompowanie oczyszczające i pomiarowe wód podziemnych z otworów wiertniczych z głębokości nie przekraczającej 90 m; oznaczenie w terenie nietrwałych wskaźników jakości wód; pobór próbek wód podziemnych; pobór próbek wód powierzchniowych z cieków i zbiorników powierzchniowych (z lądu); transport próbek w warunkach chłodniczych.</t>
         </is>
       </c>
-      <c r="E11" t="inlineStr">
+      <c r="E33" t="inlineStr">
         <is>
           <t>Zależne od rodzaju, typu i modelu zastosowanego sprzętu pomiarowego. do pomiarów w terenie wykorzystywane są przenośne przyrządy służące m.in. do pomiarów przewodności, ph, eh, zawartości tlenu, temperatury, a także do oznaczeń fotometrycznych.</t>
         </is>
       </c>
-      <c r="F11" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G11" t="inlineStr">
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr">
         <is>
           <t>W ramach podpisanych umów i zleceń, po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H11" t="inlineStr">
+      <c r="H33" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I11" t="inlineStr">
+      <c r="I33" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J11" t="inlineStr">
+      <c r="J33" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K11" t="inlineStr">
+      <c r="K33" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L11" t="inlineStr">
+      <c r="L33" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M11" t="inlineStr">
+      <c r="M33" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N11" t="inlineStr">
+      <c r="N33" t="inlineStr">
         <is>
           <t>Badania terenowe, jakość wody, mobilne laboratorium, pobór próbek, wody podziemne, wody powierzchniowe</t>
         </is>
       </c>
     </row>
-    <row r="12">
-      <c r="A12" t="inlineStr">
+    <row r="34">
+      <c r="A34" t="inlineStr">
         <is>
           <t>Mobilny robot kroczący</t>
         </is>
       </c>
-      <c r="B12" t="inlineStr">
+      <c r="B34" t="inlineStr">
         <is>
           <t>Robot kroczący spot</t>
         </is>
       </c>
-      <c r="C12" t="inlineStr">
+      <c r="C34" t="inlineStr">
         <is>
           <t xml:space="preserve">Spot to kroczący, autonomiczny robot mobilny wyposażony w 5 kamer stereowizyjnych, które umożliwiają omijanie przeszkód oraz poruszanie się po trudnym terenie. robot posiada możliwość pracy w trybie autonomicznym, zbierania danych, integracji z urządzeniami pomiarowymi oraz komunikacji zdalnej. dodatkowo platforma mobilna została wyposażona przez zespół badawczy w zintegrowany moduł diagnostyczny jako element rozszerzający funkcjonalność badawczą platformy mobilnej.
  </t>
         </is>
       </c>
-      <c r="D12" t="inlineStr">
+      <c r="D34" t="inlineStr">
         <is>
           <t>Inspekcja środowisk przemysłowych w tym badań nieniszczących
 mapowanie terenu oraz wykonywanie segmentacji semantycznej
 eksploracja nieznanego terenu
 algorytmy kognitywne oraz autonomiczne podejmowanie decyzji
 transport sprzętu badawczego
 zadania manipulacyjne (w przypadku wyposażenia w manipulator)</t>
         </is>
       </c>
-      <c r="E12" t="inlineStr">
+      <c r="E34" t="inlineStr">
         <is>
           <t>Robot jest wyposażony w opracowany moduł inspekcyjny składający się z kamery termowizyjnej, kamery akustyczne, czujnika lidar, kamery 360, czujnika metanu oraz komputera pokładowego.
 robot może również zostać wyposażony w inne czujniki np. skaner laserowy.
 platforma posiada moduły rozszerzeń core io oraz gxp, które umożliwiają prostą integrację sprzętu pomiarowego. rodzaj i typ sprzętu ograniczony jest jedynie przez wagę (i objętość) oraz wymaganą moc.</t>
         </is>
       </c>
-      <c r="F12" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G12" t="inlineStr">
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań.  w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H12" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I12" t="inlineStr">
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I34" t="inlineStr">
         <is>
           <t>Katedra robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="J12" t="inlineStr">
+      <c r="J34" t="inlineStr">
         <is>
           <t>Zespół robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="K12" t="inlineStr">
+      <c r="K34" t="inlineStr">
         <is>
           <t>Koszyk Joanna</t>
         </is>
       </c>
-      <c r="L12" t="inlineStr">
+      <c r="L34" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/joanna-koszyk-10624.html</t>
         </is>
       </c>
-      <c r="M12" t="inlineStr">
+      <c r="M34" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N12" t="inlineStr">
+      <c r="N34" t="inlineStr">
         <is>
           <t>Robot autonomiczny, robot kroczący, robotyka, robotyka mobilna</t>
         </is>
       </c>
     </row>
-    <row r="13">
-      <c r="A13" t="inlineStr">
+    <row r="35">
+      <c r="A35" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa allroundline  zwickroell z010 th</t>
         </is>
       </c>
-      <c r="B13" t="inlineStr">
+      <c r="B35" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa allroundline  zwickroell z010 th</t>
         </is>
       </c>
-      <c r="C13" t="inlineStr">
+      <c r="C35" t="inlineStr">
         <is>
           <t>Wysoko specjalistyczna elektryczna maszyna wytrzymałościowa zwickroell z010 th umożliwia prowadzenia wieloskalowych badań wytrzymałościowych materiałów biologicznych oraz elementów drukowanych w technologiach addytywnych, z wysokorozdzielczym pomiarem obciążenia, możliwością testowania w kontrolowanych warunkach temperatury oraz możliwością testowania w pełnym zanurzeniu (np. w płynach fizjologicznych). maszyna wytrzymałościowa jest wyposażona w system pneumatycznego zaciskania szczęk, zapewniający stałą i kontrolowaną wartość docisku podczas pomiaru próbek śliskich podczas ich pomiaru. maszyna jest wyposażona w zestaw specjalistycznych szczęk dedykowanych do szybkiego montażu próbek o małych i bardzo małych wymiarach geometrycznych, włókien, a także zawiera wyposażenie do zginania i ścinania próbek.</t>
         </is>
       </c>
-      <c r="D13" t="inlineStr">
+      <c r="D35" t="inlineStr">
         <is>
           <t>-zakres obciążeń fmax 10 kn
 -przestrzeń robocza: 1430 x 440 mm, 
 - prędkość: 0,0005-2000 mm/min
 - dokładność prędkości/pozycjonowania: 0,05 % / +/-2 μm
 - głowice pomiarowe siły: 5n, 500n, 5kn
 - uchwyty pneumatyczne do łaźni, do włókien i klinowe
 - badania w zanurzeniu z kontrolą temperatury
 - wyposażenie do zginania i ścinania
 - karta i/o do przyłączenia systemu gom</t>
         </is>
       </c>
-      <c r="E13" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G13" t="inlineStr">
+      <c r="E35" t="inlineStr"/>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I13" t="inlineStr">
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I35" t="inlineStr">
         <is>
           <t>Katedra robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="J13" t="inlineStr">
+      <c r="J35" t="inlineStr">
         <is>
           <t>Laboratorium 07 d1</t>
         </is>
       </c>
-      <c r="K13" t="inlineStr">
+      <c r="K35" t="inlineStr">
         <is>
           <t>Bryła Jakub</t>
         </is>
       </c>
-      <c r="L13" t="inlineStr">
+      <c r="L35" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jakub-bryla-9582.html</t>
         </is>
       </c>
-      <c r="M13" t="inlineStr">
+      <c r="M35" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N13" t="inlineStr">
+      <c r="N35" t="inlineStr">
         <is>
           <t>Bending, compression, maszyna wytrzymałościowa, moduł younga, próba rozciągania, próba ściskania, próba zginania, strength testing machine, stretching, young's modulus</t>
         </is>
       </c>
     </row>
-    <row r="14">
-      <c r="A14" t="inlineStr">
+    <row r="36">
+      <c r="A36" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa 100 kn</t>
         </is>
       </c>
-      <c r="B14" t="inlineStr">
+      <c r="B36" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa  precyzyjna shimadzu agx-v 100 kn</t>
         </is>
       </c>
-      <c r="C14" t="inlineStr">
+      <c r="C36" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa shimadzu  agx-v 100 kn służy do badań wytrzymałościowych statycznych w zakresie rozciągania, ściskania, zginania, itp. maszyna posiada precyzyjne możliwości badawcze w zakresie sił do 100 kn.   
 parametry techniczne:
 maszyna wytrzymałościowa shimadzu agx-v 100 kn
 • szerokość przestrzeni roboczej: 600 mm.
 • wysokość przestrzeni roboczej: 1250 mm.
 • głowice pomiarowe siły: do 5 kn; do 50 kn oraz do 100 kn w klasie 0,5 1/1000 wg iso 7500-1.
 • zakres prędkości przesuwu: od 0,00005 do 1500 mm/min w zakresie siły do 100 kn.
 • próbkowanie: 500 khz.
 • automatyczna kontrola stałą szybkością odkształcenia w pełni zgodna pn en-iso 6892-1
 • automatyczna kontrola stałą szybkością narastania siły testującej/naprężenia wg pn en-iso 6892-1  • możliwość zapisu wideo przebiegu testu.
 wideoekstensometr shimadzu:
 • kamera o rozdzielczości: 2mpix
 • zakres pola widzenia: 240 mm. x 180 mm.
 • klasa dokładności: 0,5 wg iso 9513
 • dokładność: ±1,5μm (zgodna z pn en-iso 527-1:2012)
 • pomiar zmian szerokości próbek w trakcie testu • pomiar współczynników anizotropii n + r oraz liczby poissona
 • zapis wideo testu
 • pełna synchronizacja z krzywą rozciągania,
 • częstotliwość próbkowania: 100hz
 ekstensometr kontaktowy mfa25 o bazie stacjonarnej 25 mm i 50 mm
 • klasa dokładności: 0,5 (iso 9513), b1 (astm e83).</t>
         </is>
       </c>
-      <c r="D14" t="inlineStr">
+      <c r="D36" t="inlineStr">
         <is>
           <t xml:space="preserve">Badania wytrzymałościowe niszczące w zakresie:
 - rozciągania;
 - ściskania, 
 - zginania,
 - zdzierania,
 - odkształcalności itp.
 badania wytrzymałościowe metali  wg  pn-en-iso 6892-1 jak i niemetali (tworzywa sztuczne, guma np.  pn-en-iso 37, pn-en-iso 527) itp.
  </t>
         </is>
       </c>
-      <c r="E14" t="inlineStr">
+      <c r="E36" t="inlineStr">
         <is>
           <t xml:space="preserve">Zgodnie z specyfikacją maszyny.
 przykładowo:
 wyznaczenie granicy wytrzymałości,
 wyznaczenie granicy plastyczności,
 wyznaczenie wydłużenia względnego,
 wyznaczenie współczynnika sprężystości wzdłużnej e (modułu younga),
 wyznaczenie współczynnika poissona.
 itp.
  </t>
         </is>
       </c>
-      <c r="F14" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G14" t="inlineStr">
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr">
         <is>
           <t>Zgodnie z indywidualnie uzgodnionymi umowami.</t>
         </is>
       </c>
-      <c r="H14" t="inlineStr">
+      <c r="H36" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I14" t="inlineStr">
+      <c r="I36" t="inlineStr">
         <is>
           <t>Katedra inżynierii maszyn i transportu</t>
         </is>
       </c>
-      <c r="J14" t="inlineStr">
+      <c r="J36" t="inlineStr">
         <is>
           <t>Laboratorium badawcze technicznych środków transportu i materiałów</t>
         </is>
       </c>
-      <c r="K14" t="inlineStr">
+      <c r="K36" t="inlineStr">
         <is>
           <t>Olszyna Grzegorz</t>
         </is>
       </c>
-      <c r="L14" t="inlineStr">
+      <c r="L36" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-olszyna-7194.html</t>
         </is>
       </c>
-      <c r="M14" t="inlineStr">
+      <c r="M36" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N14" t="inlineStr">
+      <c r="N36" t="inlineStr">
         <is>
           <t>Badania niszczące, maszyna wytrzymałościowa, pełzanie, rozciąganie, zginanie</t>
         </is>
       </c>
     </row>
-    <row r="15">
-      <c r="A15" t="inlineStr">
+    <row r="37">
+      <c r="A37" t="inlineStr">
         <is>
           <t>Skaningowy mikroskop elektrochemiczny - biologic m470</t>
         </is>
       </c>
-      <c r="B15" t="inlineStr">
+      <c r="B37" t="inlineStr">
         <is>
           <t>Biologic m470</t>
         </is>
       </c>
-      <c r="C15" t="inlineStr">
+      <c r="C37" t="inlineStr">
         <is>
           <t>Elektrochemiczna stacja skanująca umożliwiająca obrazowanie powierzchni próbki z wykorzystaniem technik takich jak:
 - leis  - technika umożliwia pomiary leis i lokalnej mikroskopii impedancji elektrochemicznej (leim). w leis mierzone są widma impedancji punkt po punkcie. gdy używany jest leim, lokalne różnice impedancji można mapować przy pojedynczej częstotliwości prądu przemiennego,
 - secm - technika umożliwia pomiar topografii próbki oraz jej jednorodności fazowej dla stałej odległości między sondą a próbką.</t>
         </is>
       </c>
-      <c r="D15" t="inlineStr">
+      <c r="D37" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres skanowania: min. 110 mm x min. 110 mm
 	minimalny krok przesuwu w kierunkach x, y, z: max. 20 nm
 	możliwość pomiarów elektrochemicznych w środowisku pozbawionym mediatora
 	możliwość prowadzenia pomiarów metodą elektrochemicznej spektroskopii impedancyjnej (w tym możliwość tworzenia map 2d)
 	zakres częstotliwości dla pomiarów eis: od maks. 1 µhz do min. 1 mhz
 </t>
         </is>
       </c>
-      <c r="E15" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G15" t="inlineStr">
+      <c r="E37" t="inlineStr"/>
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H15" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I15" t="inlineStr">
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I37" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J15" t="inlineStr">
+      <c r="J37" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K15" t="inlineStr">
+      <c r="K37" t="inlineStr">
         <is>
           <t>Mech Krzysztof</t>
         </is>
       </c>
-      <c r="L15" t="inlineStr">
+      <c r="L37" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-mech-7959.html</t>
         </is>
       </c>
-      <c r="M15" t="inlineStr">
+      <c r="M37" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N15" t="inlineStr">
+      <c r="N37" t="inlineStr">
         <is>
           <t>Eis, leis</t>
         </is>
       </c>
     </row>
-    <row r="16">
-      <c r="A16" t="inlineStr">
+    <row r="38">
+      <c r="A38" t="inlineStr">
         <is>
           <t>Piece do hodowli kryształów metodą bridgmana</t>
         </is>
       </c>
-      <c r="B16" t="inlineStr">
+      <c r="B38" t="inlineStr">
         <is>
           <t>Piece do hodowli kryształów metodą bridgmana firmy czylok</t>
         </is>
       </c>
-      <c r="C16" t="inlineStr">
+      <c r="C38" t="inlineStr">
         <is>
           <t>Piece do hodowli monokryształów w konfiguracji pionowej, w tyglach grafitowych lub z azotku boru. posiadają możliwość zastosowania atmosfery ochronnej w postaci gazu obojętnego lub próżni. piece pozwalają na krystalizację metali lub stopów o temperaturze topnienia do około 1100°c. istnieje możliwość krystalizacji z zarodka.</t>
         </is>
       </c>
-      <c r="D16" t="inlineStr">
+      <c r="D38" t="inlineStr">
         <is>
           <t>Piece umożliwiają hodowlę kryształów z czystych pierwiastków bądź stopów o temperaturze topnienia nie przekraczającej 1100°c. typowy rozmiar możliwy do osiągnięcia zależy od rodzaju materiału wsadowego oraz tygla użytego w hodowli. typowo hodowane kryształy mają średnicę nie przekraczającą 10mm i długość 120mm. hodowla odbywa się poprzez kontrolowane obniżanie temperatury reaktorze z pionowym gradientem temperatury.</t>
         </is>
       </c>
-      <c r="E16" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G16" t="inlineStr">
+      <c r="E38" t="inlineStr"/>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G38" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I16" t="inlineStr">
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I38" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J16" t="inlineStr">
+      <c r="J38" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K16" t="inlineStr">
+      <c r="K38" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L16" t="inlineStr">
+      <c r="L38" t="inlineStr">
         <is>
           <t>Https://api.skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M16" t="inlineStr">
+      <c r="M38" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N16" t="inlineStr">
+      <c r="N38" t="inlineStr">
         <is>
           <t>Monokryształy</t>
         </is>
       </c>
     </row>
-    <row r="17">
-      <c r="A17" t="inlineStr">
+    <row r="39">
+      <c r="A39" t="inlineStr">
         <is>
           <t>Piece rurowe</t>
         </is>
       </c>
-      <c r="B17" t="inlineStr">
+      <c r="B39" t="inlineStr">
         <is>
           <t>Piece rurowe</t>
         </is>
       </c>
-      <c r="C17" t="inlineStr">
+      <c r="C39" t="inlineStr">
         <is>
           <t>Dwa laboratoryjne piece rurowe do wygrzewania próbek w próżni lub kontrolowanej atmosferze. jeden z pieców jest wyposażony w rurę kwarcową o wymiarach przestrzeni roboczej 40x70x400 mm³, umożliwiając ciągłe wygrzewanie w temperaturze do 1000 °c. drugi piec posiada rurę kwarcową o wymiarach przestrzeni roboczej 50x90x700 mm³, umożliwiając ciągłe wygrzewanie w temperaturze do 1200 °c. oba piece posiadają programowalne regulatory temperatury.</t>
         </is>
       </c>
-      <c r="D17" t="inlineStr">
+      <c r="D39" t="inlineStr">
         <is>
           <t>Wygrzewanie materiałów w kontrolowanej atmosferze i przy zadanym profilu grzania.</t>
         </is>
       </c>
-      <c r="E17" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G17" t="inlineStr">
+      <c r="E39" t="inlineStr"/>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I17" t="inlineStr">
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I39" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J17" t="inlineStr">
+      <c r="J39" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K17" t="inlineStr">
+      <c r="K39" t="inlineStr">
         <is>
           <t>Szkudlarek Aleksandra</t>
         </is>
       </c>
-      <c r="L17" t="inlineStr">
+      <c r="L39" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
         </is>
       </c>
-      <c r="M17" t="inlineStr">
+      <c r="M39" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N17" t="inlineStr">
+      <c r="N39" t="inlineStr">
         <is>
           <t>Kontrola temperatury, wygrzewanie</t>
         </is>
       </c>
     </row>
-    <row r="18">
-      <c r="A18" t="inlineStr">
+    <row r="40">
+      <c r="A40" t="inlineStr">
         <is>
           <t>Spektrofotometr nanodrop one (thermofisher)</t>
         </is>
       </c>
-      <c r="B18" t="inlineStr">
+      <c r="B40" t="inlineStr">
         <is>
           <t>Spektrofotometr nanodrop one (thermofisher)</t>
         </is>
       </c>
-      <c r="C18" t="inlineStr">
+      <c r="C40" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrofotometr nanodrop one, thermo scientific jest urządzeniem do pomiarów widm uv-vis w mikroobjętości. parametry urządzenia:
 	długość drogi optycznej w granicach 0,03-1 mm ustawiana automatycznie w zależności od stężenia próbki
 	objętość mierzonej próbki: 0,5μl – 2 μl
 	długość fali w granicach od 190 do 850 nm, pełny zakres skanowania
 	źródło światła: błyskowa lampa ksenonowa
 	typ detektora: matryca cmos zawierająca 2048 elementów światłoczułych
 	pomiar bezpośrednio w próbce bez użycia kuwet, mikrokuwet, końcówek pomiarowych, nakrywek – „cups”
 	utrzymywanie próbki w miejscu pomiarowym za pomocą napięcia powierzchniowego
 	powierzchnie kontaktu z próbką stanowią światłowody kwarcowe
 	aparat obsługiwany za pomocą dotykowego ekranu o przekątnej 7 cali, z systemem android, obsługa możliwa także w rękawiczkach laboratoryjnych.
 	rozdzielczość widmowa: poniżej 1,8 nm
 	precyzja pomiaru absorbancji: 0,002
 	dokładność pomiaru absorbancji: 3%
 	dokładność zakresu długości fali: ± 1 nm
 	zakres absorbancji w granicach: od 0 do 550 abs
 	zakres pomiaru stężenia dsdna od 2 do 27 500 ng/μl bez potrzeby powtarzania pomiaru próbki o nieznanym stężeniu, bez konieczności zagęszczania lub rozcieńczania
 	zakres pomiaru stężenia bsa od 0,06 mg/ml do 820 mg/ml bez potrzeby powtarzania pomiaru próbki o nieznanym stężeniu, bez konieczności zagęszczania lub rozcieńczania.
 </t>
         </is>
       </c>
-      <c r="D18" t="inlineStr">
+      <c r="D40" t="inlineStr">
         <is>
           <t>Pomiary pełnych widm uv-vis w mikro-objętości 0,5μl – 2 μl.</t>
         </is>
       </c>
-      <c r="E18" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G18" t="inlineStr">
+      <c r="E40" t="inlineStr"/>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G40" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H18" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I18" t="inlineStr">
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I40" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J18" t="inlineStr">
+      <c r="J40" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K18" t="inlineStr">
+      <c r="K40" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L18" t="inlineStr">
+      <c r="L40" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M18" t="inlineStr">
+      <c r="M40" t="inlineStr">
         <is>
           <t>(pob 8) przekraczanie granic: eksperymentalna fizyka wysokich energii ekstremalne stany materii, zaawansowane technologie w detekcji promieniowania, badania i zastosowania transdyscyplinarne</t>
         </is>
       </c>
-      <c r="N18" t="inlineStr">
+      <c r="N40" t="inlineStr">
         <is>
           <t>Białka, kwasy nukleinowe, mikroobjętość, uv-vis</t>
         </is>
       </c>
     </row>
-    <row r="19">
-      <c r="A19" t="inlineStr">
+    <row r="41">
+      <c r="A41" t="inlineStr">
         <is>
           <t>Reometr rotacyjny physica mcr 302 firmy anton paar</t>
         </is>
       </c>
-      <c r="B19" t="inlineStr">
+      <c r="B41" t="inlineStr">
         <is>
           <t>Reometr rotacyjny physica mcr 302 firmy anton paar</t>
         </is>
       </c>
-      <c r="C19" t="inlineStr">
+      <c r="C41" t="inlineStr">
         <is>
           <t xml:space="preserve">Reometr rotacyjny physica mcr 302 firmy anton paar jest urządzeniem służącym do badania właściwości reologicznych różnorodnych materiałów. umożliwia wykonanie analiz (testów reologicznych) w warunkach stałej szybkości ścinania (css) lub stałego naprężenia ścinającego (csr). pozwala na pełne scharakteryzowanie lepkosprężystych właściwości płynów (np. krzywe płynięcia,  krzywe lepkości) w szerokim zakresie temperatury.  reometr rotacyjny physica mcr 302 wyposażony jest w synchroniczny silnik komutowany elektronicznie o dużej mocy, cyfrowy przyrząd wykorzystujący najnowsze technologie cyfrowego przetwarzania sygnałów (dsp), wysoce precyzyjne łożysko powietrzne z wbudowanym czujnikiem siły normalnej oraz w układ kontrolujący temperaturę w zakresie od -20 do 200 oc. innowacyjne systemy typu: toolmaster™ i trugap™  pozwalają na automatyczne rozpoznawanie układów pomiarowych i akcesoriów oraz  automatyczny pomiar szczeliny.
 parametry techniczne
 łożysko
 powietrzne
 silnik komutowany elektronicznie
 tak
 maksymalny moment obrotowy
 200 mnm
 minimalny moment (rotacja)
 1 nnm
 minimalny moment (oscylacja)
 0,5 nnm
 odchylenie kątowe (nastawa)
 od 0,05 do ∞  µrad
 minimalna prędkość kątowa
 10-9  rad/s
 maksymalna prędkość kątowa
 314 rad/s
 prędkość maksymalna
 3000 jedn./min
 minimalna częstotliwość kątowa
 10-7  rad/s
 maksymalna częstotliwość kątowa
 628 rad/s
 zakres siły normalnej
 0,005-50 n
 rozdzielczość siły normalnej
 0,5 mn
 zakres temperatury
 od -20 do 200 oc
  </t>
         </is>
       </c>
-      <c r="D19" t="inlineStr">
+      <c r="D41" t="inlineStr">
         <is>
           <t xml:space="preserve"> 
 reometr rotacyjny physica mcr 302 firmy anton paar jest urządzeniem służącym do badania właściwości reologicznych różnorodnych materiałów. umożliwia wykonanie analiz (testów reologicznych) w warunkach stałej szybkości ścinania (css) lub stałego naprężenia ścinającego (csr). pozwala na pełne scharakteryzowanie lepkosprężystych właściwości płynów (np. krzywe płynięcia,  krzywe lepkości) w szerokim zakresie temperatury.  </t>
         </is>
       </c>
-      <c r="E19" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G19" t="inlineStr">
+      <c r="E41" t="inlineStr"/>
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G41" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H19" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I19" t="inlineStr">
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I41" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J19" t="inlineStr">
+      <c r="J41" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K19" t="inlineStr">
+      <c r="K41" t="inlineStr">
         <is>
           <t>Kmita Angelika</t>
         </is>
       </c>
-      <c r="L19" t="inlineStr">
+      <c r="L41" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/angelika-kmita-8131.html</t>
         </is>
       </c>
-      <c r="M19" t="inlineStr">
+      <c r="M41" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N19" t="inlineStr">
+      <c r="N41" t="inlineStr">
         <is>
           <t>Krzywa płynięcia, lepkość, reologia</t>
         </is>
       </c>
     </row>
-    <row r="20">
-      <c r="A20" t="inlineStr">
+    <row r="42">
+      <c r="A42" t="inlineStr">
         <is>
           <t>Bonder typu hb05 z mikroskopem optycznym i stolikiem grzejnym</t>
         </is>
       </c>
-      <c r="B20" t="inlineStr">
+      <c r="B42" t="inlineStr">
         <is>
           <t>Hb05 wedge &amp; ball bonder</t>
         </is>
       </c>
-      <c r="C20" t="inlineStr">
+      <c r="C42" t="inlineStr">
         <is>
           <t>Bondera typu hb05 wyposażony w mikroskop optyczny i stolik grzejny umożliwia wykonanie połączeń metalicznych holder-próbka za pomocą drutu złotego lub aluminiowego o grubości 25 µm.</t>
         </is>
       </c>
-      <c r="D20" t="inlineStr">
+      <c r="D42" t="inlineStr">
         <is>
           <t>Za pomocą bondera typu hb05 wyposażonego w mikroskop optyczny i stolik grzejny możliwe jest wykonanie połączeń metalicznych holder-próbka za pomocą drutu złotego lub aluminiowego o grubości 25 µm.</t>
         </is>
       </c>
-      <c r="E20" t="inlineStr">
+      <c r="E42" t="inlineStr">
         <is>
           <t xml:space="preserve">Wykonywanie połączeń miedzy próbką a holderem za pomocą drutu aluminiowego lub złotego o średnicy 25 µm.
 dostępne typy kapilar:
 	wedge (au oraz al),
 	ball (au).
 siła nacisku kapilary 15 - 150 cn
 maksymalna temperatura grzania stolika 250 0c
 minimalny rozmar wytworzonego kontaktu: 50 x 50 µm.
  </t>
         </is>
       </c>
-      <c r="F20" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G20" t="inlineStr">
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G42" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H20" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I20" t="inlineStr">
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I42" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J20" t="inlineStr">
+      <c r="J42" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K20" t="inlineStr">
+      <c r="K42" t="inlineStr">
         <is>
           <t>Chrobak Maciej</t>
         </is>
       </c>
-      <c r="L20" t="inlineStr">
+      <c r="L42" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/maciej-chrobak-8494.html</t>
         </is>
       </c>
-      <c r="M20" t="inlineStr">
+      <c r="M42" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N20" t="inlineStr">
+      <c r="N42" t="inlineStr">
         <is>
           <t>Bonder, kontakty elektryczne</t>
         </is>
       </c>
     </row>
-    <row r="21">
-      <c r="A21" t="inlineStr">
+    <row r="43">
+      <c r="A43" t="inlineStr">
         <is>
           <t>System do trawienia jonowego i nanoszenia warstw</t>
         </is>
       </c>
-      <c r="B21" t="inlineStr">
+      <c r="B43" t="inlineStr">
         <is>
           <t>Microsystems ionsys 500</t>
         </is>
       </c>
-      <c r="C21" t="inlineStr">
+      <c r="C43" t="inlineStr">
         <is>
           <t>W  pomieszczeniu czystym klasy 1000 znajduje się urządzenie do trawienia jonowego i nanoszenia cienkich warstw microsystems ionsys 500. system jest wyposażony w działo jonowe wraz z detektorem sims, który umożliwia trawienie cienkich warstw z  nanometrową precyzją oraz w magnetronowe źródło rozpylające. w pomieszczeniu tym znajduje się również profilometr kontaktowy (bruker dektakxt) służący do pomiaru grubości i szorstkości wytworzonych nanostruktur i zdeponowanych warstw.</t>
         </is>
       </c>
-      <c r="D21" t="inlineStr">
+      <c r="D43" t="inlineStr">
         <is>
           <t>Aparatura pozwala na nanoszenie cienkich warstw materiałów takich jak: tytan, złoto, glin czy tlenek glinu, przy późniejszym trawieniu działem jonowym. w połączeniu z litografią, pozwala to na otrzymanie kolejnych warstw atomowych. warstwy nanoszone są przy wysokiej próżni (hv), pod ciśnieniem około 1 x 10-7 mbar. maksymalny rozmiar próbki do trawienia i nanoszenia warstw to wafer o średnicy 6, lub próbka 4 cale na 4 cale.</t>
         </is>
       </c>
-      <c r="E21" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G21" t="inlineStr">
+      <c r="E43" t="inlineStr"/>
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H21" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I21" t="inlineStr">
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I43" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J21" t="inlineStr">
+      <c r="J43" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K21" t="inlineStr">
+      <c r="K43" t="inlineStr">
         <is>
           <t>Jurzecka-Szymacha Maria</t>
         </is>
       </c>
-      <c r="L21" t="inlineStr">
+      <c r="L43" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/maria-jurzecka-szymacha-7600.html</t>
         </is>
       </c>
-      <c r="M21" t="inlineStr">
+      <c r="M43" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N21" t="inlineStr">
+      <c r="N43" t="inlineStr">
         <is>
           <t>Cienkie warstwy, profilometr, sputtering, trawienie jonowe</t>
         </is>
       </c>
     </row>
-    <row r="22">
-      <c r="A22" t="inlineStr">
+    <row r="44">
+      <c r="A44" t="inlineStr">
         <is>
           <t>Mikroskop sił atomowych sprzężony z nanoindenterem</t>
         </is>
       </c>
-      <c r="B22" t="inlineStr">
+      <c r="B44" t="inlineStr">
         <is>
           <t>Sprzężony układ nanoindentera z mikroskopem sił atomowych</t>
         </is>
       </c>
-      <c r="C22" t="inlineStr">
+      <c r="C44" t="inlineStr">
         <is>
           <t>Mikroskop sił atomowych (afm) bruker dimension icon xr to wszechstronny, niskoszumowy mikroskop pracujący w układzie skanowania sondą. maksymalny obszar skanowania wynosi 90×90 μm w zakresie poziomym i do 10 μm w zakresie pionowym. mikroskop umożliwia badanie próbek małych i dużych do średnicy 200 mm i grubości 15 mm, przez co nadaje się do obrazowania zarówno próbek laboratoryjnych, jak i przemysłowych. pomiary odbywają się w dedykowanej komorze antywibracyjnej zapewniającej dodatkową izolację akustyczną. afm wyposażony jest w system closed-loop i umożliwia wykonanie pomiarów wykorzystując najważniejsze techniki afm.
 ponadto mikroskop wyposażony jest w drugą głowicę skanującą – bruker hysitron triboscope, przeznaczą do obrazowania próbek twardych i równoczesnych ilościowych pomiarów twardości oraz modułu young’a (nanoindenter skanujący ostrzem berkovivch’a lub ostrzem płaskim). nanoindenter wyposażony jest dodatkowo w dynamiczny tryb pracy – nanodma.</t>
         </is>
       </c>
-      <c r="D22" t="inlineStr">
+      <c r="D44" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	contact i tapping mode
 	peakforce tapping (w tym ilościowe obrazowanie fazowe qnm)
 	lateral force microscopy
 	lift mode (w tym wysokorozdzielcze pomiary magnetyczne mfm, elektrostatyczne efm oraz sondę kelvina kpfm)
 	force spectroscopy
 	torsion resonance mode
 	piezoresponse microscopy
 	pomiary elektryczne (c-afm, wysokorozdzielczy pf-tuna, wielokanałowy tryb data cube)
 </t>
         </is>
       </c>
-      <c r="E22" t="inlineStr">
+      <c r="E44" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	próbek stałych (moduł do 200 gpa), stopów, proszków, metali, kompozytów
 	próbek miękkich i biologicznych w powietrzu oraz cieczach
 	w zakresie temperatur od -35 do 250 °c
 	próbek przewodzących magnetycznych, z ładunkiem powierzchniowym
 	próbek w rozmiarze 200 (dł) x 200 (szer) x15 (wys) mm
 	maksymalny obszar skanowania: 90×90 μm w poziomie i do 10 μm w pionie
 </t>
         </is>
       </c>
-      <c r="F22" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G22" t="inlineStr">
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G44" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H22" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I22" t="inlineStr">
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I44" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J22" t="inlineStr">
+      <c r="J44" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K22" t="inlineStr">
+      <c r="K44" t="inlineStr">
         <is>
           <t>Szuwarzyński Michał</t>
         </is>
       </c>
-      <c r="L22" t="inlineStr">
+      <c r="L44" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/michal-szuwarzynski-8587.html</t>
         </is>
       </c>
-      <c r="M22" t="inlineStr">
+      <c r="M44" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N22" t="inlineStr">
+      <c r="N44" t="inlineStr">
         <is>
           <t>Afm, badanie powierzchni, indentacja, mikroskop, mikroskopia sił atomowych</t>
         </is>
       </c>
     </row>
-    <row r="23">
-      <c r="A23" t="inlineStr">
+    <row r="45">
+      <c r="A45" t="inlineStr">
         <is>
           <t>Spektrofotometr uv-vis</t>
         </is>
       </c>
-      <c r="B23" t="inlineStr">
+      <c r="B45" t="inlineStr">
         <is>
           <t>Spektrofotometr uv-vis thermo scientific evolution 220</t>
         </is>
       </c>
-      <c r="C23" t="inlineStr">
+      <c r="C45" t="inlineStr">
         <is>
           <t>Spektrofotometr uv-vis jest urządzeniem przeznaczonym do pomiarów absorbcji promieniowania elektromagnetycznego z zakresu widzialnego oraz bliskiego i średniego nadfioletu w próbkach ciekłych. pomiary spektrofotometryczne znajdują zastosowanie w analizie ilościowej (wyznaczanie stężeń różnych substancji organicznych i nieorganicznych), jakościowej, badaniach fizykochemicznych (np. do badań kinetycznych), a także do badań strukturalnych. będąca dodatkowym wyposażeniem spektrometru programowalna przystawka temperaturowa z ogniwem peltiera rozszerza możliwości spektrometru o wykonywanie pomiarów w precyzyjnie ustalonych temperaturach z zakresu 0-110oc, a także badanie zależności temperaturowych. na wyposażeniu znajduje się przystawka do spektrofotometrycznych pomiarów odbiciowych.
 zakres długości fali: 190 – 1100nm
 odstęp zbierania danych: 10, 5, 2, 1.0, 0.5, 0.2, 0.1nm
 źródło światła: ksenonowa lampa błyskowa
 typ detektora: podwójna fotodioda krzemowa
 układ optyczny: dwuwiązkowy, z osobnymi pozycjami dla próbki i odnośnika, monochromator typu czernego-turnera, geometria wiązki dopasowywana do zastosowania
 dokładność fotometryczna1a: ±0.006a, 2a: ±0.010a, mierzona przy 440nm za pomocą filtra neutralnego spójnego z nist
 zakres wyświetlany-0.3 to 4.0a
 tryby pomiaru: absorbancja, % transmitancji, % reflektancji, kubelka-munk, log (1/r), log (abs), abs*czynnik, intensywność
 dokładność długości fali: ±0.5nm (dla linii rtęci 541.9 i 546.1nm), ±0.8nm (w pełnym zakresie roboczym – 190 to 1100nm)</t>
         </is>
       </c>
-      <c r="D23" t="inlineStr">
+      <c r="D45" t="inlineStr">
         <is>
           <t>Spektrofotometr uv-vis umożliwia dokonywanie pomiarów ilościowych, kinetycznych, punktowych oraz wykonywanie widm w całym zakresie spektralnym (190-1100nm). 
 dzięki przestawce temperaturowej możliwe są pomiary w różnych temperaturach w zaktesie 0-110oc.
 możliwość badania próbek stałych (cienkich warstw) metodą odbiciową.</t>
         </is>
       </c>
-      <c r="E23" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G23" t="inlineStr">
+      <c r="E45" t="inlineStr"/>
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H23" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I23" t="inlineStr">
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I45" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J23" t="inlineStr">
+      <c r="J45" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K23" t="inlineStr">
+      <c r="K45" t="inlineStr">
         <is>
           <t>Lachowicz Dorota</t>
         </is>
       </c>
-      <c r="L23" t="inlineStr">
+      <c r="L45" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dorota-lachowicz-7816.html</t>
         </is>
       </c>
-      <c r="M23" t="inlineStr">
+      <c r="M45" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N23" t="inlineStr">
+      <c r="N45" t="inlineStr">
         <is>
           <t>Absorbancja, uv-vis</t>
         </is>
       </c>
     </row>
-    <row r="24">
-      <c r="A24" t="inlineStr">
+    <row r="46">
+      <c r="A46" t="inlineStr">
         <is>
           <t>Inkubator co2</t>
         </is>
       </c>
-      <c r="B24" t="inlineStr">
+      <c r="B46" t="inlineStr">
         <is>
           <t>Inkubator co2</t>
         </is>
       </c>
-      <c r="C24" t="inlineStr">
+      <c r="C46" t="inlineStr">
         <is>
           <t>Inkubator z dozowaniem co2 do hodowli komórek (astec, japonia). inkubator wyposażony jest w płaszcz powietrzny kontrolujący temperaturę w zakresie co najmniej +5 do 50 °c, filtr przeciwkurzowy, czujnik podczerwieni ir oraz automatyczną kalibrację co2. posiada funkcję dekontaminacji gorącym powietrzem w zakresie temperatur 60 °c – 140 °c oraz zakres kontroli co2 0% – 20%.</t>
         </is>
       </c>
-      <c r="D24" t="inlineStr">
+      <c r="D46" t="inlineStr">
         <is>
           <t>Hodowla komórkowa in vitro w temperaturze 37 oc w wilgotnej atmosferze z 5% co2.</t>
         </is>
       </c>
-      <c r="E24" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G24" t="inlineStr">
+      <c r="E46" t="inlineStr"/>
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G46" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H24" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I24" t="inlineStr">
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I46" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J24" t="inlineStr">
+      <c r="J46" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K24" t="inlineStr">
+      <c r="K46" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L24" t="inlineStr">
+      <c r="L46" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M24" t="inlineStr">
+      <c r="M46" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N24" t="inlineStr">
+      <c r="N46" t="inlineStr">
         <is>
           <t>Hodowla komórek</t>
         </is>
       </c>
     </row>
-    <row r="25">
-      <c r="A25" t="inlineStr">
+    <row r="47">
+      <c r="A47" t="inlineStr">
         <is>
           <t>Mikroskop fluorescencyjny odwrócony z kamerą cyfrową</t>
         </is>
       </c>
-      <c r="B25" t="inlineStr">
+      <c r="B47" t="inlineStr">
         <is>
           <t>Mikroskop fluorescencyjny odwrócony z kamerą cyfrową (axio vert.a1, carl zeiss)</t>
         </is>
       </c>
-      <c r="C25" t="inlineStr">
+      <c r="C47" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikroskop fluorescencyjny odwrócony z kamerą cyfrową (axio vert.a1, carl zeiss). modułowa budowa umożliwia zastosowanie wielu technik obserwacji, od jasnego i ciemnego pola poprzez kontrast fazowy, kontrast nomarskiego (dic), plasdic i epi-fluorescencję.
 obiektywy w jakie jest wyposażony mikroskop są następujące:
 	10x / apertura 0.25, long distance, planachromatyczny
 	20x / apertura 0.35, long distance, planachromatyczny
 	40x / apertura 1.30, fluorytowy, o rozszerzonej transmisji w uv i ir, immersja olejowa
 	63x / apertura 1.25, semiplanapochromatyczny, immersja olejowa
 w obiektywach 10x, 20x kontrast nomarskiego przystosowany do pracy z plastikowymi naczynkami hodowlanymi.
 półprzewodnikowe źródło światła colibri 7, 4-kanałowe źródło światła fluorescencyjnego rgb-uv ze zintegrowaną jednostką sterującą do ciągłej regulacji jasności. mikroskop jest wyposażony w 4 półprzewodnikowe lampy led:
 	czerwoną (630nm) do wzbudzenia cy5, alexa 631, toto-3 i podobnych barwników
 	zieloną (555nm) do wzbudzenia cy3, tritc, dsred i podobnych barwników
 	niebieską (475nm) do wzbudzenia egfp, fluo4, fitc i podobnych barwników
 	uv (385nm) do wzbudzenia dapi, alexa 405, hoechst 33258 i podobnych barwników.
 </t>
         </is>
       </c>
-      <c r="D25" t="inlineStr">
+      <c r="D47" t="inlineStr">
         <is>
           <t>Kompaktowy odwrócony mikroskop idealny do rutynowych badań. ten system jest skonfigurowany do jasnego pola światła przechodzącego, kontrastu fazowego i epifluorescencji (470 nm).</t>
         </is>
       </c>
-      <c r="E25" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G25" t="inlineStr">
+      <c r="E47" t="inlineStr"/>
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G47" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H25" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I25" t="inlineStr">
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I47" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J25" t="inlineStr">
+      <c r="J47" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K25" t="inlineStr">
+      <c r="K47" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L25" t="inlineStr">
+      <c r="L47" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M25" t="inlineStr">
+      <c r="M47" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N25" t="inlineStr">
+      <c r="N47" t="inlineStr">
         <is>
           <t>Mikroskop fluorescencyjny, mikroskop optyczny, wizualizacja próbek</t>
         </is>
       </c>
     </row>
-    <row r="26">
-      <c r="A26" t="inlineStr">
+    <row r="48">
+      <c r="A48" t="inlineStr">
         <is>
           <t>Liofilizator</t>
         </is>
       </c>
-      <c r="B26" t="inlineStr">
+      <c r="B48" t="inlineStr">
         <is>
           <t>Liofilizator</t>
         </is>
       </c>
-      <c r="C26" t="inlineStr">
+      <c r="C48" t="inlineStr">
         <is>
           <t xml:space="preserve">Liofilizator (martin christ gefriertrocknungsanlagen gmbh – niemcy, alpha) służy do łagodnego suszenia produktów. opiera się na fizycznym zjawisku sublimacji, tzn. bezpośredniego przechodzenia rozpuszczalnika ze stanu stałego w stan gazowy. proces ten eliminuje większość zmian enzymatycznych, bakteryjnych czy chemicznych zachodzących przy standardowym suszeniu produktów.
 </t>
         </is>
       </c>
-      <c r="D26" t="inlineStr">
+      <c r="D48" t="inlineStr">
         <is>
           <t>Zastosowanie w suszeniu materiałów: biologicznych, żywności, produktów farmakologicznych, osadów, produktów chemicznych, materiałów archeologicznych.</t>
         </is>
       </c>
-      <c r="E26" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G26" t="inlineStr">
+      <c r="E48" t="inlineStr"/>
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G48" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H26" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I26" t="inlineStr">
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I48" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J26" t="inlineStr">
+      <c r="J48" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K26" t="inlineStr">
+      <c r="K48" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L26" t="inlineStr">
+      <c r="L48" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M26" t="inlineStr">
+      <c r="M48" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N26" t="inlineStr">
+      <c r="N48" t="inlineStr">
         <is>
           <t>Suszenie</t>
         </is>
       </c>
     </row>
-    <row r="27">
-      <c r="A27" t="inlineStr">
+    <row r="49">
+      <c r="A49" t="inlineStr">
         <is>
           <t>Zetasizer wraz z układem titrującym i celką do pomiaru potencjału zeta na ciele stałym</t>
         </is>
       </c>
-      <c r="B27" t="inlineStr">
+      <c r="B49" t="inlineStr">
         <is>
           <t>Zetasizer nano zs</t>
         </is>
       </c>
-      <c r="C27" t="inlineStr">
+      <c r="C49" t="inlineStr">
         <is>
           <t>Zetasizer nano zs (malvern instruments ltd., worcestershire, uk) to urządzenie służące do charakterystyki takich materiałów jak nanocząstki, koloidy, białka, liposomy czy mikroemulsje. analizator pozwala na uzyskanie parametrów fizykochemicznych: wielkość cząstek, masa cząsteczkowa i potencjał zeta. urządzenie to wykorzystuje szeroko stosowane techniki, takie jak: dynamiczne rozpraszanie światła, elektroforetyczne rozpraszanie światła i statyczne rozpraszanie światła do pełnej analizy układów rozproszonych o wymiarach nanometrycznych. zetasizer doposażony jest w autotitrator mpt-2 i odgazowywacz. służy on do automatycznego wykonywania pomiarów wielkości cząstek/potencjału zeta w funkcji ph, przewodnictwa czy stężenia dodatku. autotitrator jest wyposażony w elektrodę szklaną do pomiaru ph i umożliwia dozowanie do trzech titrantów w jednym eksperymencie. dysponujemy także celką do pomiaru potencjału zeta ciał stałych. celka umożliwia pomiar potencjału zeta płaskich powierzchni, takich jak papier filtracyjny, krzemionka, polimery i kości, przy użyciu standardowego systemu zetasizer nano. charakterystyka powierzchni i interfejsów ma kluczowe znaczenie w wielu gałęziach przemysłu, w tym w produktach konsumenckich, specjalistycznych chemikaliach, farmaceutykach i naukach przyrodniczych. w każdym z tych obszarów oddziaływanie cząsteczek roztworu z powierzchniami może wpływać na właściwości materiału końcowego produktu.</t>
         </is>
       </c>
-      <c r="D27" t="inlineStr">
+      <c r="D49" t="inlineStr">
         <is>
           <t>Nanocząstki, koloidy, białka, liposomy, mikroemulsje, etc.</t>
         </is>
       </c>
-      <c r="E27" t="inlineStr">
+      <c r="E49" t="inlineStr">
         <is>
           <t>Parametry fizykochemiczne: wielkość cząstek, masa cząsteczkowa i potencjał zeta.</t>
         </is>
       </c>
-      <c r="F27" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G27" t="inlineStr">
+      <c r="F49" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G49" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H27" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I27" t="inlineStr">
+      <c r="H49" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I49" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J27" t="inlineStr">
+      <c r="J49" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K27" t="inlineStr">
+      <c r="K49" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L27" t="inlineStr">
+      <c r="L49" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M27" t="inlineStr">
+      <c r="M49" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N27" t="inlineStr">
+      <c r="N49" t="inlineStr">
         <is>
           <t>Nanocząstki, rozmiar, zeta potencjał</t>
         </is>
       </c>
     </row>
-    <row r="28">
-      <c r="A28" t="inlineStr">
+    <row r="50">
+      <c r="A50" t="inlineStr">
         <is>
           <t>Stanowisko do pomiaru oporu cienkich warstw metodą czteropunktową w zewnętrznym polu magnetycznym</t>
         </is>
       </c>
-      <c r="B28" t="inlineStr">
+      <c r="B50" t="inlineStr">
         <is>
           <t>Stanowisko do pomiaru oporu cienkich warstw metodą czteropunktową w zewnętrznym polu magnetycznym</t>
         </is>
       </c>
-      <c r="C28" t="inlineStr">
+      <c r="C50" t="inlineStr">
         <is>
           <t>Urządzenie nanometer 1.0 umożliwia pomiar oporu i charakterystykę prądowo-napieciową cienkich warstw metodą czteropunktową w zakresie od mohm do mohm. możliwe jest również pomiar magnetooporu, poprzez przyłożenie małego pola magnetycznego 50 mt.</t>
         </is>
       </c>
-      <c r="D28" t="inlineStr">
+      <c r="D50" t="inlineStr">
         <is>
           <t>System nanometer może być używany do ogólnych pomiarów rezystywności przeznaczony głównie do nanoprzewodów i nanowarstw. przykłada prąd elektryczny i do próbki w konfiguracji z czterema elektrodami i dokonuje pomiarów generowane napięcie v. opór r jest następnie określany z prawa ohma: r = v/i. rezystancję próbki można zmierzyć w zewnętrznym polu magnetycznym lub w określonych temperaturach.</t>
         </is>
       </c>
-      <c r="E28" t="inlineStr">
+      <c r="E50" t="inlineStr">
         <is>
           <t xml:space="preserve">Maksymalny prąd: imax = 100 ma
 zakresy prądu: 100 ma, 10 ma, 1 ma, 100 μa, 10 μa, 1 μa, 100 na, 10 na
 zakres pomiarów rezystancji: [1mohm do 1gohm]
 zakresy napięć: 2 v, 1 v, 0,5 v, 0,25 v, 0,125 v, 1/16 v, 1/32 v.
 najwyższa możliwa rozdzielczość napięcia: 2 nv
 zakres prądu magnesu: -0,5 a do 0,5 a
 zakres prądu grzałki: -100 ma do 100 ma
  </t>
         </is>
       </c>
-      <c r="F28" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G28" t="inlineStr">
+      <c r="F50" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G50" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H28" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I28" t="inlineStr">
+      <c r="H50" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I50" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J28" t="inlineStr">
+      <c r="J50" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K28" t="inlineStr">
+      <c r="K50" t="inlineStr">
         <is>
           <t>Szkudlarek Aleksandra</t>
         </is>
       </c>
-      <c r="L28" t="inlineStr">
+      <c r="L50" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
         </is>
       </c>
-      <c r="M28" t="inlineStr">
+      <c r="M50" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N28" t="inlineStr">
+      <c r="N50" t="inlineStr">
         <is>
           <t>Oporność, właściwości cienkich warstw</t>
         </is>
       </c>
     </row>
-    <row r="29">
-      <c r="A29" t="inlineStr">
+    <row r="51">
+      <c r="A51" t="inlineStr">
         <is>
           <t>Czytnik płytek wielodołkowych (infinite m nano, tecan)</t>
         </is>
       </c>
-      <c r="B29" t="inlineStr">
+      <c r="B51" t="inlineStr">
         <is>
           <t>Czytnik płytek wielodołkowych (infinite m nano, tecan)</t>
         </is>
       </c>
-      <c r="C29" t="inlineStr">
+      <c r="C51" t="inlineStr">
         <is>
           <t>Czytnik płytek wielodołkowych (infinite m nano, tecan). urządzenie wyposażone jest w dwa monochromatory (ksenonowa lampa uv) do wzbudzenia pozwalające na wykonanie pełnego skanu absorbancji, moduł odczytu absorbancji w zakresie 230-1000 nm z możliwością wyboru długości fali co 1 nm. dodatkowo posiada wbudowaną wytrząsarkę z regulacją kierunku i szybkości wytrząsania oraz inkubator z zakresem temp. od +5 od temp. pokojowej do 42 °c.
 czytnik umożliwia wykonanie pomiarów absorbancji z płytek w zakresie 6-384 dołków, z różnych miejsc dołka, z funkcją wielokrotnych odczytów. czytnik sterowany jest z dwóch oprogramowań icontroltm oraz magellan™. program magellan™ ma umożliwić sterowania urządzeniem oraz zawierać gotowe protokoły aplikacyjne: testy immunologiczne, pomiar ilościowy dna/rna, pomiar ilościowy białka, kinetyczne oznaczanie reakcji enzymatycznych, pomiar cytotoksyczności i żywotności komórek, ilościowe oznaczenie produktów pcr, oznaczenie wewnątrzkomórkowego wapnia, możliwość prowadzenia zarówno pomiarów statycznych jak i kinetycznych, możliwość wykreślania krzywej wzorcowej i przenoszenia uzyskanych wyników do arkusza kalkulacyjnego (excel), możliwość zaprogramowania stałych, powtarzalnych protokołów pomiarowych.</t>
         </is>
       </c>
-      <c r="D29" t="inlineStr">
+      <c r="D51" t="inlineStr">
         <is>
           <t>Czytnik absorbancji płytek z możliwością rozbudowy, zapewniający czułe wyniki testów elisa i oznaczeń ilościowych kwasów nukleinowych lub białek o małej objętości. zautomatyzowana korekcja długości drogi optycznej i płytka nanoquant o małej objętości dostarczają każdego dnia bardzo precyzyjne wyniki, niezależnie od objętości próbek.</t>
         </is>
       </c>
-      <c r="E29" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G29" t="inlineStr">
+      <c r="E51" t="inlineStr"/>
+      <c r="F51" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G51" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H29" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I29" t="inlineStr">
+      <c r="H51" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I51" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J29" t="inlineStr">
+      <c r="J51" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K29" t="inlineStr">
+      <c r="K51" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L29" t="inlineStr">
+      <c r="L51" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M29" t="inlineStr">
+      <c r="M51" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N29" t="inlineStr">
+      <c r="N51" t="inlineStr">
         <is>
           <t>Absorbancja, elisa, uv-vis</t>
         </is>
       </c>
     </row>
-    <row r="30">
-      <c r="A30" t="inlineStr">
+    <row r="52">
+      <c r="A52" t="inlineStr">
         <is>
           <t>Oczyszczarka plazmowa harrick pdc-32g plasma cleaner</t>
         </is>
       </c>
-      <c r="B30" t="inlineStr">
+      <c r="B52" t="inlineStr">
         <is>
           <t>Harrick pdc-32g plasma cleaner</t>
         </is>
       </c>
-      <c r="C30" t="inlineStr">
+      <c r="C52" t="inlineStr">
         <is>
           <t>Plasma cleaner służy do oczyszczania powierzchni próbek z zanieczyszczeń pochodzenia organicznego lub do aktywacji powierzchni. urządzenie pozwala na zastosowanie tlenu lub argonu oraz ich mieszaniny do wytwarzania plazmy, zapewniając kontrolę dozowania gazów do komory. zastosowanie pompy próżniowej typu dry oxygen pozwala na generowanie czystej plazmy tlenowej.</t>
         </is>
       </c>
-      <c r="D30" t="inlineStr">
+      <c r="D52" t="inlineStr">
         <is>
           <t>Układ jest wykorzystywany do preparatyki próbek.
 rozmiar komory: tuba szerokości 3 cali i 6.5 cala długości
 maksymalna moc plazmy rf 18 w.</t>
         </is>
       </c>
-      <c r="E30" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G30" t="inlineStr">
+      <c r="E52" t="inlineStr"/>
+      <c r="F52" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G52" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H30" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I30" t="inlineStr">
+      <c r="H52" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I52" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J30" t="inlineStr">
+      <c r="J52" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K30" t="inlineStr">
+      <c r="K52" t="inlineStr">
         <is>
           <t>Szkudlarek Aleksandra</t>
         </is>
       </c>
-      <c r="L30" t="inlineStr">
+      <c r="L52" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
         </is>
       </c>
-      <c r="M30" t="inlineStr">
+      <c r="M52" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N30" t="inlineStr">
+      <c r="N52" t="inlineStr">
         <is>
           <t>Aktywacja powierzchni, cienkie warstwy, oczyszczanie, plazma</t>
         </is>
       </c>
     </row>
-    <row r="31">
-      <c r="A31" t="inlineStr">
+    <row r="53">
+      <c r="A53" t="inlineStr">
         <is>
           <t>Komora laminarna</t>
         </is>
       </c>
-      <c r="B31" t="inlineStr">
+      <c r="B53" t="inlineStr">
         <is>
           <t>Komora laminarna</t>
         </is>
       </c>
-      <c r="C31" t="inlineStr">
+      <c r="C53" t="inlineStr">
         <is>
           <t>Komora laminarna (nuaire, labgard – nu-543 – ii klasa bezpieczeństwa) hodowla tkanek i komórek w jałowych warunkach
 właściwości: system cyrkulacji powietrza z jedną dmuchawą: 30% wyrzut / 70% recyrkulacja; system hepex™ przeciwdziałający rozszczelnieniu komory; dwa duże filtry absolutne hepa – obszaru pracy i wylotowy o efektywności 99,997%; czas życia filtrów 5 lat i 14 000 godzin pracy.
 posiadane certyfikaty bezpieczeństwa mikrobiologicznego en12469, nsf/ansi 49. certyfikat jakości i zgodności iso9001, ce, ul.</t>
         </is>
       </c>
-      <c r="D31" t="inlineStr">
+      <c r="D53" t="inlineStr">
         <is>
           <t>Praca w warunkach sterylnych.</t>
         </is>
       </c>
-      <c r="E31" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G31" t="inlineStr">
+      <c r="E53" t="inlineStr"/>
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G53" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H31" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I31" t="inlineStr">
+      <c r="H53" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I53" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J31" t="inlineStr">
+      <c r="J53" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K31" t="inlineStr">
+      <c r="K53" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L31" t="inlineStr">
+      <c r="L53" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M31" t="inlineStr">
+      <c r="M53" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N31" t="inlineStr">
+      <c r="N53" t="inlineStr">
         <is>
           <t>Hodowla komórek, warunki sterylne</t>
         </is>
       </c>
     </row>
-    <row r="32">
-      <c r="A32" t="inlineStr">
+    <row r="54">
+      <c r="A54" t="inlineStr">
         <is>
           <t>Versalab  ppms – system do badań właściwości fizyko-chemicznych materiałów z układem chłodzenia w obiegu zamkniętym</t>
         </is>
       </c>
-      <c r="B32" t="inlineStr">
+      <c r="B54" t="inlineStr">
         <is>
           <t>Quantum design ppms® versalab®</t>
         </is>
       </c>
-      <c r="C32" t="inlineStr">
+      <c r="C54" t="inlineStr">
         <is>
           <t xml:space="preserve">System quantum design ppms versalab - to wszechstronne narzędzie do badań właściwości fizykochemicznych materiałów – od cienkich warstw po polikrystaliczne próbki i nanostruktury. umożliwia pomiary w zakresie temperatur od 50 do 400 k oraz przy użyciu pola magnetycznego do 3 t. 
 urządzenie wyposażone jest w szereg modułów pomiarowych:
 	magnetometr wibracyjny (vsm) – umożliwia statyczny pomiar podatności magnetycznej w funkcji temperatury lub pola. 
 	magnetometr ac - umożliwia dynamiczny pomiar podatności magnetycznez modulacją ac pola magnetycznego, co pozwala mierzyć małe wartości podatności, szczególnie istotne w przypadku charakterystyki nadprzewodników.
 	magnetometr torsyjny (torque magnetometry) – służy do analizy anizotropii magnetycznej poprzez pomiar momentu siły działającego na próbkę w polu magnetycznym. metoda ta znajduje zastosowanie zwłaszcza w badaniu cienkich warstw i małych kryształów o nieregularnej strukturze.
 	moduł przewodnictwa elektrycznego  (eto) – umożliwia pomiar transportowu elektrycznego (ac/dc) w funkcji temperatury i pola mangetycznego za pomocą konfiguracji czteropunktowej, dla próbek o niższej rezystancji (od 10 μω do 10 mω) oraz dwupunktową (od 2mω  do 5 gω), z wykorzystaniem czułej detekcji typu lock-in. pomiary oporności prądu stałego (dc) możliwe są jednocześnie na trzech kanałach. w standardowej konfiguracji czteropunktowej można mierzyć rezystancję w zakresie od 10 μω do 5 mω, przy czym źródłowy prąd mieści się w przedziale od 2 na do 8 ma.
 </t>
         </is>
       </c>
-      <c r="D32" t="inlineStr">
+      <c r="D54" t="inlineStr">
         <is>
           <t xml:space="preserve">System ppms versalab umożliwa m.in. następujące pomiary:
 	namagnesowanie metodą vsm, co pozwala określić moment magnetyczny w funkcji temperatury i pola. 
 	anizotropię magnetyczną cienkich warstw za pomocą magnetometrii torsyjnej. 
 	podatność magnetyczną w polu stałym (dc) lub zmiennym (ac) lub w polu zmiennym,
 	przewodnictwo elektryczne metodą 4- oraz 2- punktową.
 </t>
         </is>
       </c>
-      <c r="E32" t="inlineStr">
+      <c r="E54" t="inlineStr">
         <is>
           <t xml:space="preserve">Próbki (m.in. cienkie warstwy, materiały lite, nanoproszki) o wymiarach liniowych 1-10 mm - w zależności od wyboru opcji. </t>
         </is>
       </c>
-      <c r="F32" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G32" t="inlineStr">
+      <c r="F54" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G54" t="inlineStr">
         <is>
           <t>Szczegóły dotyczące zasad udsotępniania aparatury dostępne są w pliku: https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf</t>
         </is>
       </c>
-      <c r="H32" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I32" t="inlineStr">
+      <c r="H54" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I54" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J32" t="inlineStr">
+      <c r="J54" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K32" t="inlineStr">
+      <c r="K54" t="inlineStr">
         <is>
           <t>Stępień Joanna</t>
         </is>
       </c>
-      <c r="L32" t="inlineStr">
+      <c r="L54" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/joanna-stepien-8377.html</t>
         </is>
       </c>
-      <c r="M32" t="inlineStr">
+      <c r="M54" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N32" t="inlineStr">
+      <c r="N54" t="inlineStr">
         <is>
           <t>Magnetometria torsyjna, magnetoopór, poddatność magnetyczna, transport elektryczny, wibracyjna magnetometria</t>
         </is>
       </c>
     </row>
-    <row r="33">
-      <c r="A33" t="inlineStr">
+    <row r="55">
+      <c r="A55" t="inlineStr">
         <is>
           <t>Walcarka duo 11"</t>
         </is>
       </c>
-      <c r="B33" t="inlineStr">
+      <c r="B55" t="inlineStr">
         <is>
           <t>Walcarka duo 11"</t>
         </is>
       </c>
-      <c r="C33" t="inlineStr">
+      <c r="C55" t="inlineStr">
         <is>
           <t>Półprzemysłowa walcarka do walcowania na gorąco w układzie nawrotnym. urządzenie wyposażone w walce o długości beczki 600mm i średnicach w zakresie ø 280-348 mm. pozwala walcować wyroby płaskie o grubościach do 100 mm. napęd walcarki stanowi silink 132 kw. pozwala on osiągnąć maksymalny moment walcowania 60 knm (30knm na walec). maksymalna dopuszczalna siła nasiku na walce to 1000 kn w osi walcowania oraz 700 kn poza osią. maksymalna liniowa prędkość walcowania to 0,38m/s. urządzenie wyposażone jest w system rejestracji danych, który pozwala na rejestrację siły nacisku na oba czopy walca górnego, moment walcowania na silniku, rejestrację prędkości obrotowej oraz rejestrację temperatury na wejściu i na wyjściu z kotliny odkształcenia. pomiar temperatury jest realizowany za pomocą pirometrów. urządzenie oprzyrządowane w stolik podawczy do walcowania wyrobów płaskich oraz w aparaty podawcze do walcowania wyrobów długich. piece grzewcze będące częścią gniazda walcowniczego znajdują się po obu stronach klatki walcowniczej i pozwalają na osiągnięcie maksymalnej temperatury odpowiednio 1350 oraz 1200 °c.</t>
         </is>
       </c>
-      <c r="D33" t="inlineStr">
+      <c r="D55" t="inlineStr">
         <is>
           <t>Walcarka pozwala na prowadzenie badań w zakresie walcowania na gorąco wyrobów płaskich oraz wyrobów długich. urządzenie oprzyrządowane w stolik podawczy do walcowania wyrobów płaskich oraz w aparaty podawcze  do walcowania wyrobów długich. piece grzewcze będące częścią gniazda walcowniczego znajdują się po obu stronach klatki walcowniczej i pozwalają na osiągnięcie maksymalnej temperatury odpowiednio 1350 oraz 1200 °c.</t>
         </is>
       </c>
-      <c r="E33" t="inlineStr">
+      <c r="E55" t="inlineStr">
         <is>
           <t>Urządzenie wyposażone jest w system rejestracji danych, który pozwala na rejestrację siły nacisku na oba czopy walca górnego, moment walcowania na silniku, rejestracje prędkości obrotowej oraz rejestrację temperatury na wejściu i na wyjściu z kotliny odkształcenia. pomiar temperatury jest realizowany za pomocą pirometrów.</t>
         </is>
       </c>
-      <c r="F33" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G33" t="inlineStr">
+      <c r="F55" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G55" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim uzgodnieniu terminu i zakresu prac.</t>
         </is>
       </c>
-      <c r="H33" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I33" t="inlineStr">
+      <c r="H55" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I55" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J33" t="inlineStr">
+      <c r="J55" t="inlineStr">
         <is>
           <t>Cieplno – mechaniczna przeróbka plastyczna metali, http://www.tmpm.agh.edu.pl</t>
         </is>
       </c>
-      <c r="K33" t="inlineStr">
+      <c r="K55" t="inlineStr">
         <is>
           <t>Błoniarz Remigiusz</t>
         </is>
       </c>
-      <c r="L33" t="inlineStr">
+      <c r="L55" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/remigiusz-bloniarz-9380.html</t>
         </is>
       </c>
-      <c r="M33" t="inlineStr">
+      <c r="M55" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N33" t="inlineStr">
+      <c r="N55" t="inlineStr">
         <is>
           <t>Walcowanie wyrobów długich, walcowanie wyrobów płaskich, walcownanie na gorąco</t>
         </is>
       </c>
     </row>
-    <row r="34">
-      <c r="A34" t="inlineStr">
+    <row r="56">
+      <c r="A56" t="inlineStr">
         <is>
           <t>Mieszarka wysokoobrotowa</t>
         </is>
       </c>
-      <c r="B34" t="inlineStr">
+      <c r="B56" t="inlineStr">
         <is>
           <t>Mieszarka wysokoobrotowa dac 150.1 fyz firmy speed-mixer</t>
         </is>
       </c>
-      <c r="C34" t="inlineStr">
+      <c r="C56" t="inlineStr">
         <is>
           <t>Urządzenie służy do szybkiego mieszania i rozdrabniania materiałów. zawiesiny mogą być jednorodnie wymieszane w ciągu kilku sekund.</t>
         </is>
       </c>
-      <c r="D34" t="inlineStr">
+      <c r="D56" t="inlineStr">
         <is>
           <t>Czas mieszania: 5 - 60 s.
 prędkość mieszania: 300 – 3500 obr/min.</t>
         </is>
       </c>
-      <c r="E34" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G34" t="inlineStr">
+      <c r="E56" t="inlineStr"/>
+      <c r="F56" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G56" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H34" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I34" t="inlineStr">
+      <c r="H56" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I56" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J34" t="inlineStr">
+      <c r="J56" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K34" t="inlineStr">
+      <c r="K56" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L34" t="inlineStr">
+      <c r="L56" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M34" t="inlineStr">
+      <c r="M56" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N34" t="inlineStr">
+      <c r="N56" t="inlineStr">
         <is>
           <t>Mieszarka, mieszarka wysokoobrotowa</t>
         </is>
       </c>
     </row>
-    <row r="35">
-      <c r="A35" t="inlineStr">
+    <row r="57">
+      <c r="A57" t="inlineStr">
         <is>
           <t>Młynek miksujący</t>
         </is>
       </c>
-      <c r="B35" t="inlineStr">
+      <c r="B57" t="inlineStr">
         <is>
           <t>Młynek miksujący mm 400 firmy retsch</t>
         </is>
       </c>
-      <c r="C35" t="inlineStr">
+      <c r="C57" t="inlineStr">
         <is>
           <t>Młynek miksujący mm 400 to wielozadaniowe urządzenie przeznaczone do mielenia na sucho i mokro małych objętości do 2 x 20 ml. miesza i homogenizuje proszki i zawiesiny z częstotliwością 30 hz w ciągu kilku sekund.</t>
         </is>
       </c>
-      <c r="D35" t="inlineStr">
+      <c r="D57" t="inlineStr">
         <is>
           <t>Umożliwia jednorazowe rozdrabnianie próbki o objętości 2 x 20 ml. częstotliwość maksymalna 30 hz.</t>
         </is>
       </c>
-      <c r="E35" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G35" t="inlineStr">
+      <c r="E57" t="inlineStr"/>
+      <c r="F57" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G57" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H35" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I35" t="inlineStr">
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I57" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J35" t="inlineStr">
+      <c r="J57" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K35" t="inlineStr">
+      <c r="K57" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L35" t="inlineStr">
+      <c r="L57" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M35" t="inlineStr">
+      <c r="M57" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N35" t="inlineStr">
+      <c r="N57" t="inlineStr">
         <is>
           <t>Młyn miksujący, młyn wibracyjny, młynek miksujący, młynek wibracyjny, rozdrabnianie</t>
         </is>
       </c>
     </row>
-    <row r="36">
-      <c r="A36" t="inlineStr">
+    <row r="58">
+      <c r="A58" t="inlineStr">
         <is>
           <t>Myjka ultradźwiękowa</t>
         </is>
       </c>
-      <c r="B36" t="inlineStr">
+      <c r="B58" t="inlineStr">
         <is>
           <t>Myjka ultradźwiękowa branson 5510</t>
         </is>
       </c>
-      <c r="C36" t="inlineStr">
+      <c r="C58" t="inlineStr">
         <is>
           <t>Urządzenie służy do skutecznego i precyzyjnego czyszczenia różnorodnych przedmiotów.  myjka posiada możliwość regulacji amplitudy drgań, temperatury oraz posiada programator czasowy.</t>
         </is>
       </c>
-      <c r="D36" t="inlineStr">
+      <c r="D58" t="inlineStr">
         <is>
           <t xml:space="preserve">Maksymalna częstotliwość ultradźwięków: 40 khz.
 maksymalna temperatura pracy: 70ºc. </t>
         </is>
       </c>
-      <c r="E36" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G36" t="inlineStr">
+      <c r="E58" t="inlineStr"/>
+      <c r="F58" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G58" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H36" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I36" t="inlineStr">
+      <c r="H58" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I58" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J36" t="inlineStr">
+      <c r="J58" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K36" t="inlineStr">
+      <c r="K58" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L36" t="inlineStr">
+      <c r="L58" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M36" t="inlineStr">
+      <c r="M58" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N36" t="inlineStr">
+      <c r="N58" t="inlineStr">
         <is>
           <t>Myjka ultradźwiękowa</t>
         </is>
       </c>
     </row>
-    <row r="37">
-      <c r="A37" t="inlineStr">
+    <row r="59">
+      <c r="A59" t="inlineStr">
         <is>
           <t>Elektroprzędzarka z kontrolą klimatu – ske research equipment</t>
         </is>
       </c>
-      <c r="B37" t="inlineStr">
+      <c r="B59" t="inlineStr">
         <is>
           <t>Samodzielny system igłowy ef300 - ske research equipment</t>
         </is>
       </c>
-      <c r="C37" t="inlineStr">
+      <c r="C59" t="inlineStr">
         <is>
           <t>• napięcie maks.: +/- 40 kv
 • zakres regulacji klimatu: temperatura 20-40 °c i wilgotność względna 20-65%
 • 2 pompy podające roztwory polimerowe
 trzy rodzaje dyszy:
 • dysza standardowa – pojedyncza igła
 • dysza podwójna
 • dysza współosiowa
 kolektory:
 • 6 różnych bębnów obrotowych o średnicy od 1 cm do 18 cm.
 • prędkość obrotowa kolektora: 1 – 1500 obr./min.</t>
         </is>
       </c>
-      <c r="D37" t="inlineStr">
+      <c r="D59" t="inlineStr">
         <is>
           <t>Urządzenie pozwala na produkcję włókien polimerowych w skali nano- do mikro- w procesie elektroprzędzenia. komora jest wyposażona w klimatyzację. zapewnia stabilne i powtarzalne warunki środowiskowe dzięki regulacji temperatury i wilgotności względnej wewnątrz komory.</t>
         </is>
       </c>
-      <c r="E37" t="inlineStr">
+      <c r="E59" t="inlineStr">
         <is>
           <t>Nie dotyczy.</t>
         </is>
       </c>
-      <c r="F37" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G37" t="inlineStr">
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G59" t="inlineStr">
         <is>
           <t>Do ustalenia z kierownikiem zespołu badawczego.</t>
         </is>
       </c>
-      <c r="H37" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I37" t="inlineStr">
+      <c r="H59" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I59" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J37" t="inlineStr">
+      <c r="J59" t="inlineStr">
         <is>
           <t>Grupa badawcza elektroprzędzenia polimerów</t>
         </is>
       </c>
-      <c r="K37" t="inlineStr">
+      <c r="K59" t="inlineStr">
         <is>
           <t>Stachewicz Urszula</t>
         </is>
       </c>
-      <c r="L37" t="inlineStr">
+      <c r="L59" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/urszula-stachewicz-7916.html</t>
         </is>
       </c>
-      <c r="M37" t="inlineStr">
+      <c r="M59" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N37" t="inlineStr">
+      <c r="N59" t="inlineStr">
         <is>
           <t>Elektoprzędzenie, membrany, włókna polimerowe</t>
         </is>
       </c>
     </row>
-    <row r="38">
-      <c r="A38" t="inlineStr">
+    <row r="60">
+      <c r="A60" t="inlineStr">
         <is>
           <t>Ea1108</t>
         </is>
       </c>
-      <c r="B38" t="inlineStr">
+      <c r="B60" t="inlineStr">
         <is>
           <t>Analizator elementarny ea-1108 firmy carlo-erba</t>
         </is>
       </c>
-      <c r="C38" t="inlineStr">
+      <c r="C60" t="inlineStr">
         <is>
           <t>Analizator elementarny ea-1108 to urządzenie do organicznej analizy elementarnej (oea) wykorzystujące metodę dynamicznego spalania próbek (pochodzenia organicznego, jak i nieorganicznego) w reaktorze wypełnionym złożem katalitycznym utleniająco-redukcyjnym, z elektronicznie sterowaną temperaturą dochodzącą do 1800 °c (analizy chns) lub w reaktorze pirolitycznym (analizy o). zaletą analizatora ea-1108 jest niezawodność i prostota polegająca na separacji powstających podczas spalania gazów na kolumnie chromatograficznej, a następnie ich detekcja na wysokiej czułości detektorze termoprzewodnościowym.</t>
         </is>
       </c>
-      <c r="D38" t="inlineStr">
+      <c r="D60" t="inlineStr">
         <is>
           <t>Analizator ea-1108 spełnia potrzeby analityczne szerokiego spektrum odbiorców. istnieje możliwość dobrania najlepszej konfiguracji do precyzyjnych oznaczeń zawartości takich pierwiastków, jak: c, h, n, s, o w próbkach różnego pochodzenia: nieorganicznych i organicznych, farmaceutycznych, petrochemicznych, materiałach nanowęglowych, węglach, koksie, biomasie, w tym drewnie, środowiskowych (woda, osady, filtry), glebach, zbożach, żywności.</t>
         </is>
       </c>
-      <c r="E38" t="inlineStr">
+      <c r="E60" t="inlineStr">
         <is>
           <t>Szeroki zakres pomiarowy: możliwość analizy próbek od 0,1 mg do 1 g w jednym aparacie;  czułość od kilkunastu ppm (w zależności od pierwiastka i stanu skupienia próbki); możliwość analiz próbek cieczy i ciał stałych;  wszechstronność – analiza wszystkich pierwiastków chnso oraz całkowitego węgla organicznego (toc) w jednym aparacie (w zależności od wypełnienia reaktora); krótkie czasy analiz: od 5 do 15 min;</t>
         </is>
       </c>
-      <c r="F38" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G38" t="inlineStr">
+      <c r="F60" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G60" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H38" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I38" t="inlineStr">
+      <c r="H60" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I60" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J38" t="inlineStr">
+      <c r="J60" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K38" t="inlineStr">
+      <c r="K60" t="inlineStr">
         <is>
           <t>Kowalski Tomasz</t>
         </is>
       </c>
-      <c r="L38" t="inlineStr">
+      <c r="L60" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-kowalski-1582.html</t>
         </is>
       </c>
-      <c r="M38" t="inlineStr">
+      <c r="M60" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N38" t="inlineStr">
+      <c r="N60" t="inlineStr">
         <is>
           <t>Analiza elementarna</t>
         </is>
       </c>
     </row>
-    <row r="39">
-      <c r="A39" t="inlineStr">
+    <row r="61">
+      <c r="A61" t="inlineStr">
         <is>
           <t>Suszarka w punkcie krytycznym</t>
         </is>
       </c>
-      <c r="B39" t="inlineStr">
+      <c r="B61" t="inlineStr">
         <is>
           <t>Suszarka w punkcie krytycznym  leica em cpd300</t>
         </is>
       </c>
-      <c r="C39" t="inlineStr">
+      <c r="C61" t="inlineStr">
         <is>
           <t>Suszarka w punkcie krytycznym co2 umożliwia kontrolowane suszenie próbek do zastosowań biologicznych i przemysłowych.
 suszy próbki takie jak aerożele, pyłki, tkanki, rośliny, owady itp., a także próbki przemysłowe, takie jak mikrosystemy elektromechaniczne (mems).</t>
         </is>
       </c>
-      <c r="D39" t="inlineStr">
+      <c r="D61" t="inlineStr">
         <is>
           <t>Urządzenie pozwala na suszenie w zautomatyzowanym i kontrolowanym procesie z rozpuszczalników organicznych: etanolu (99,8%) i acetonu.</t>
         </is>
       </c>
-      <c r="E39" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G39" t="inlineStr">
+      <c r="E61" t="inlineStr"/>
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G61" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H39" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I39" t="inlineStr">
+      <c r="H61" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I61" t="inlineStr">
         <is>
           <t xml:space="preserve">Zakład nanoinżynierii powierzchni i biomateriałów </t>
         </is>
       </c>
-      <c r="J39" t="inlineStr">
+      <c r="J61" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K39" t="inlineStr">
+      <c r="K61" t="inlineStr">
         <is>
           <t>Lachowicz Dorota</t>
         </is>
       </c>
-      <c r="L39" t="inlineStr">
+      <c r="L61" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dorota-lachowicz-7816.html</t>
         </is>
       </c>
-      <c r="M39" t="inlineStr">
+      <c r="M61" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N39" t="inlineStr">
+      <c r="N61" t="inlineStr">
         <is>
           <t>Aerożele, próbki biologiczne na sem, suszenie nadkrytyczne</t>
         </is>
       </c>
     </row>
-    <row r="40">
-      <c r="A40" t="inlineStr">
+    <row r="62">
+      <c r="A62" t="inlineStr">
         <is>
           <t>Analizator sdt q600 firmy ta instruments</t>
         </is>
       </c>
-      <c r="B40" t="inlineStr">
+      <c r="B62" t="inlineStr">
         <is>
           <t>Analizator sdt q600 firmy ta instruments</t>
         </is>
       </c>
-      <c r="C40" t="inlineStr">
+      <c r="C62" t="inlineStr">
         <is>
           <t xml:space="preserve">Analizator różnicowej kalorymetrii skaningowej dsc i termograwimetrii tg.
  </t>
         </is>
       </c>
-      <c r="D40" t="inlineStr">
+      <c r="D62" t="inlineStr">
         <is>
           <t>System pozwala na równoczesną analizę tg/dsc. badanie zmian masy próbki oraz towarzyszących efektów cieplnych zachodzących w trakcie dynamicznego ogrzewania/chłodzenia próbki i/lub w warunkach izotermicznych w atmosferze statycznej, dynamicznej, obojętnej, utleniającej lub redukcyjnej. tg/dsc: 25-1500°c warunki: statyczne, dynamiczne; atmosfera: obojętna, utleniająca, redukcyjna. analiza jakościowa i ilościowa uwalnianych gazów (tg/dsc-ms).</t>
         </is>
       </c>
-      <c r="E40" t="inlineStr">
+      <c r="E62" t="inlineStr">
         <is>
           <t xml:space="preserve">Parametry pracy
 wielkość próbki do 200 mg
 temperatura pracy do 1500°c
 szybkość grzania od 0.1 do 100°c/min
 czułość 0.1 µg
 termopara: platyna/platyna-rod
 czułość dta 0.001°c
 dokładność kalorymetryczna ±2%
 atmosfera: obojętna,  redukująca, utleniająca
  </t>
         </is>
       </c>
-      <c r="F40" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G40" t="inlineStr">
+      <c r="F62" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G62" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H40" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I40" t="inlineStr">
+      <c r="H62" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I62" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J40" t="inlineStr">
+      <c r="J62" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K40" t="inlineStr">
+      <c r="K62" t="inlineStr">
         <is>
           <t>Kmita Angelika</t>
         </is>
       </c>
-      <c r="L40" t="inlineStr">
+      <c r="L62" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/angelika-kmita-8131.html</t>
         </is>
       </c>
-      <c r="M40" t="inlineStr">
+      <c r="M62" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N40" t="inlineStr">
+      <c r="N62" t="inlineStr">
         <is>
           <t>Analiza termiczna, badania wysokotemperaturowe, dsc, kalorymetria różnicowa, tg</t>
         </is>
       </c>
     </row>
-    <row r="41">
-      <c r="A41" t="inlineStr">
+    <row r="63">
+      <c r="A63" t="inlineStr">
         <is>
           <t>Piec wysokotemperaturowy 2200°c</t>
         </is>
       </c>
-      <c r="B41" t="inlineStr">
+      <c r="B63" t="inlineStr">
         <is>
           <t>Wysokotemperaturowy piec grafitowy vht 8/22-gr firmy nabatherm</t>
         </is>
       </c>
-      <c r="C41" t="inlineStr">
+      <c r="C63" t="inlineStr">
         <is>
           <t xml:space="preserve">Piec umożliwia uzyskiwanie wysokich temperatur przy wykorzystaniu grzałek grafitowych. urządzenie przeznaczone jest do wykonywania obróbki cieplnej w wysokich temperaturach jak również w ograniczonym zakresie przetapianie materiałów. proces prowadzony jest w szczelnej, chłodzonej woda komorze w niskiej próżni (uzyskanej przy użyciu pompy rotacyjnej) podciśnieniu, gazie obojętnym lub z użyciem gazów reakcyjnych. urządzenie wyposażone jest w rotametr co umożliwia kontrolę przepływu gazu.
 możliwości urządzenia:
 	temperatura pracy: 350°c - 2200°c
 	możliwość programowania charakterystyk temperaturowa-czasowych.
 </t>
         </is>
       </c>
-      <c r="D41" t="inlineStr">
+      <c r="D63" t="inlineStr">
         <is>
           <t>Wyknonywanie wysoko temperaturowej obróbki cieplnej materiałów.
 przetapianie materiałów.</t>
         </is>
       </c>
-      <c r="E41" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G41" t="inlineStr">
+      <c r="E63" t="inlineStr"/>
+      <c r="F63" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G63" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H41" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I41" t="inlineStr">
+      <c r="H63" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I63" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J41" t="inlineStr">
+      <c r="J63" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K41" t="inlineStr">
+      <c r="K63" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L41" t="inlineStr">
+      <c r="L63" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M41" t="inlineStr">
+      <c r="M63" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N41" t="inlineStr">
+      <c r="N63" t="inlineStr">
         <is>
           <t>Obróbka cieplna</t>
         </is>
       </c>
     </row>
-    <row r="42">
-      <c r="A42" t="inlineStr">
+    <row r="64">
+      <c r="A64" t="inlineStr">
         <is>
           <t>Piec wysokotemperaturowy 1750°c do wypalania ceramiki</t>
         </is>
       </c>
-      <c r="B42" t="inlineStr">
+      <c r="B64" t="inlineStr">
         <is>
           <t>Piec wysokotemperaturowy do 1750°c firmy kepka group</t>
         </is>
       </c>
-      <c r="C42" t="inlineStr">
+      <c r="C64" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie znajduje zastosowanie w wypalaniu i spiekaniu różnego rodzaju ceramiki. piec posiada automatycznie zamykany stół roboczy z windą, co pozwala na łatwiejszy załadunek wsadu od dołu. grzanie realizowane jest oporowo przy wykorzystaniu elementów termoelektrycznych typu super-kanthal. piec wyposażony jest w termoparę sterującą grzaniem oraz termoparę kontrolną. urządzenie może pracować w atmosferze argonu lub azotu i jest wyposażone w precyzyjny układ podawania gazów ochronnych.
 możliwości urządzenia:
 	temperatura pracy: do 1750c
 	moc pieca: 14kw
 	możliwość programowania charakterystyk temperaturowa-czasowych.
 </t>
         </is>
       </c>
-      <c r="D42" t="inlineStr">
+      <c r="D64" t="inlineStr">
         <is>
           <t>Wypalanie ceramiki wg zaprogramowanych charakterystyk.
 prowadzenie procesów obróbki cieplnej.</t>
         </is>
       </c>
-      <c r="E42" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G42" t="inlineStr">
+      <c r="E64" t="inlineStr"/>
+      <c r="F64" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G64" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H42" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I42" t="inlineStr">
+      <c r="H64" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I64" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J42" t="inlineStr">
+      <c r="J64" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K42" t="inlineStr">
+      <c r="K64" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L42" t="inlineStr">
+      <c r="L64" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M42" t="inlineStr">
+      <c r="M64" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N42" t="inlineStr">
+      <c r="N64" t="inlineStr">
         <is>
           <t>Obróka cieplna, wypalanie ceramiki</t>
         </is>
       </c>
     </row>
-    <row r="43">
-      <c r="A43" t="inlineStr">
+    <row r="65">
+      <c r="A65" t="inlineStr">
         <is>
           <t>Piec indukcyjny “copper boat”</t>
         </is>
       </c>
-      <c r="B43" t="inlineStr">
+      <c r="B65" t="inlineStr">
         <is>
           <t>Piec indukcyjny “copper boat” firmy edmund buehler</t>
         </is>
       </c>
-      <c r="C43" t="inlineStr">
+      <c r="C65" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie służy do syntezy materiałów przewodzących w wyniku nagrzewania indukcyjnego składników na miedzianej, chłodzonej wodą „łódce” , umieszczonej w rurze kwarcowej. zestaw pomp próżniowych (rotacyjna olejowa oraz turbomolekularna) umożliwia pracę w wysokiej próżni lub w atmosferze gazu obojętnego. wsad umieszczony na chłodzonym miedzianym podłożu grzany jest indukcyjnie przy zastosowaniu generatora o wysokiej częstotliwości.
 parametry urządzenia:
 	maksymalna masa materiału wsadowego:  20g
 	zakres temperatur do 1800°c
 	osiągana próżnia 10-2 - 10-5 mbar
 	maksymalna moc pieca 12kw
 	częstotliwość generatora indukcyjnego 70khz do 150khz
 </t>
         </is>
       </c>
-      <c r="D43" t="inlineStr">
+      <c r="D65" t="inlineStr">
         <is>
           <t>Możliwość uzyskiwania niewielkich próbek stopów metali, bądź ich przetapiania. metoda charakteryzuje się możliwością przetopienia stopu z brakiem zanieczyszczenia ze strony materiału tygla.</t>
         </is>
       </c>
-      <c r="E43" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G43" t="inlineStr">
+      <c r="E65" t="inlineStr"/>
+      <c r="F65" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G65" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H43" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I43" t="inlineStr">
+      <c r="H65" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I65" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J43" t="inlineStr">
+      <c r="J65" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K43" t="inlineStr">
+      <c r="K65" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L43" t="inlineStr">
+      <c r="L65" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M43" t="inlineStr">
+      <c r="M65" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N43" t="inlineStr">
+      <c r="N65" t="inlineStr">
         <is>
           <t>Stopy metali, topienie indukcyjne</t>
         </is>
       </c>
     </row>
-    <row r="44">
-      <c r="A44" t="inlineStr">
+    <row r="66">
+      <c r="A66" t="inlineStr">
         <is>
           <t>Urządzenie do szybkiej krystalizacji metodą odlewania na koło</t>
         </is>
       </c>
-      <c r="B44" t="inlineStr">
+      <c r="B66" t="inlineStr">
         <is>
           <t>Urządzenie do szybkiej krystalizacji firmy edmund buehler</t>
         </is>
       </c>
-      <c r="C44" t="inlineStr">
+      <c r="C66" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie służy do odlewania strugi ciekłego metalu roztopionego indukcyjnie na wirującymiedziany bęben. pozwala uzyskać materiały metaliczne o strukturze amorficznej (szkła metaliczne) lub przechłodzone stopy metali w postaci taśm. urządzenie posiada miedziany bęben o średnicy 250 mm i wyposażone jest  wysokoczęstotliwościowy generator o mocy 12 kw. urządzenie umożliwia odlewanie cienkich taśm  w próżni lub przy obniżonym ciśnieniu przy zastosowaniu zestaw pomp rotacyjnej i turbo-molekularnej. temperatura odlewanego metalu kontrolowana jest poprzez pirometr. typowe stosowane tygle wykonane są z kwarcu, grafitu bądź też azotku boru.
 podstawowe parametry urządzenia:
 	maksymalna prędkość liniowa: 60 m/s
 	osiągana próżnia: 6-10 mbar
 	maksymalna waga wsadu: 60 g
 	moc generatora: 12 kw
 	pomiar temperatury w zakresie: 900-3000°c
 	typowewymiary taśmy: grubość 20-100 µm, szerokość: 1-25 mm
 </t>
         </is>
       </c>
-      <c r="D44" t="inlineStr">
+      <c r="D66" t="inlineStr">
         <is>
           <t>Mozliwość szubkiej krystalizacji stopów metali do postaci cienkich wstążek.
 uzyskiwanie materiałów nonkrystalicznych bądź amorficznych.</t>
         </is>
       </c>
-      <c r="E44" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G44" t="inlineStr">
+      <c r="E66" t="inlineStr"/>
+      <c r="F66" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G66" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H44" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I44" t="inlineStr">
+      <c r="H66" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I66" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J44" t="inlineStr">
+      <c r="J66" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K44" t="inlineStr">
+      <c r="K66" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L44" t="inlineStr">
+      <c r="L66" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M44" t="inlineStr">
+      <c r="M66" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N44" t="inlineStr">
+      <c r="N66" t="inlineStr">
         <is>
           <t>Materiały amorficzne, szybka krystalizacja</t>
         </is>
       </c>
     </row>
-    <row r="45">
-      <c r="A45" t="inlineStr">
+    <row r="67">
+      <c r="A67" t="inlineStr">
         <is>
           <t>Twardościomierz tukon 2500</t>
         </is>
       </c>
-      <c r="B45" t="inlineStr">
+      <c r="B67" t="inlineStr">
         <is>
           <t>Twardościomierz tukon 2500 firmy wilson-hardness</t>
         </is>
       </c>
-      <c r="C45" t="inlineStr">
+      <c r="C67" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie umożliwia pomiary twardości oraz mikro twardości metodą vickersa oraz knoopa. twardościomierz wyposażony  jest w zmotoryzowany stolik oraz kamerę cyfrową co umożliwia automatyczne realizowanie pojedynczych pomiarów jak również wykonywanie wielu pomiarów w zdefiniowanych koordynatach (np. tryb mapowania twardości powierzchni).
 parametry urządzenia:
 	zakres obciążeń: 10 g – 50 kg
 	typ wgłębnika: vickers, knoop
 </t>
         </is>
       </c>
-      <c r="D45" t="inlineStr">
+      <c r="D67" t="inlineStr">
         <is>
           <t>Pomiary twardości i mikrotwardości przy wykorzystaniu metody vickersa bądź knoopa.</t>
         </is>
       </c>
-      <c r="E45" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G45" t="inlineStr">
+      <c r="E67" t="inlineStr"/>
+      <c r="F67" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G67" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H45" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I45" t="inlineStr">
+      <c r="H67" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I67" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J45" t="inlineStr">
+      <c r="J67" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K45" t="inlineStr">
+      <c r="K67" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L45" t="inlineStr">
+      <c r="L67" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M45" t="inlineStr">
+      <c r="M67" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N45" t="inlineStr">
+      <c r="N67" t="inlineStr">
         <is>
           <t>Pomiar twardości</t>
         </is>
       </c>
     </row>
-    <row r="46">
-      <c r="A46" t="inlineStr">
+    <row r="68">
+      <c r="A68" t="inlineStr">
         <is>
           <t>Twardościomierz tukon 1202</t>
         </is>
       </c>
-      <c r="B46" t="inlineStr">
+      <c r="B68" t="inlineStr">
         <is>
           <t>Twardościomierz tukon 1202 firmy wilson-hardness</t>
         </is>
       </c>
-      <c r="C46" t="inlineStr">
+      <c r="C68" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie umożliwia pomiary twardości oraz mikro twardości metodą vickersa. twardościomierz wyposażony w manualny stolik z przesuwem śrubami mikrometrycznymi. pomiar wielkości odcisku dokonywany jest manualnie w okularze mikroskopu. pomiary rejestrowane są w urządzeniu co umożliwia obliczenie podstawowych parametrów statystycznych: średnia oraz odchylenie standardowe, oraz automatyczne przeliczenie na inne skale pomiaru twardości.
 parametry urządzenia:
 	zakres obciążeń: 10 g – 1 kg
 	typ wgłębnika: vickers, knoop
 </t>
         </is>
       </c>
-      <c r="D46" t="inlineStr">
+      <c r="D68" t="inlineStr">
         <is>
           <t>Pomiary twardości i mikrotwardości przy wykorzystaniu metody vickersa bądź knoopa.</t>
         </is>
       </c>
-      <c r="E46" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G46" t="inlineStr">
+      <c r="E68" t="inlineStr"/>
+      <c r="F68" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G68" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H46" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I46" t="inlineStr">
+      <c r="H68" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I68" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J46" t="inlineStr">
+      <c r="J68" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K46" t="inlineStr">
+      <c r="K68" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L46" t="inlineStr">
+      <c r="L68" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M46" t="inlineStr">
+      <c r="M68" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N46" t="inlineStr">
+      <c r="N68" t="inlineStr">
         <is>
           <t>Pomiar twardości</t>
         </is>
       </c>
     </row>
-    <row r="47">
-      <c r="A47" t="inlineStr">
+    <row r="69">
+      <c r="A69" t="inlineStr">
         <is>
           <t>Zestaw do polerowania jonowego powierzchni płaskich oraz wykonywania przekrojów poprzecznych ciał stałych</t>
         </is>
       </c>
-      <c r="B47" t="inlineStr">
+      <c r="B69" t="inlineStr">
         <is>
           <t>Polerka jonowa hitachi im4000plus</t>
         </is>
       </c>
-      <c r="C47" t="inlineStr">
+      <c r="C69" t="inlineStr">
         <is>
           <t>Polerka jonowa  jest urządzeniem służącym do precyzyjnego polerowania powierzchni płaskich jak również do wykonywania przekrojów poprzecznych materiałów metalicznych, ceramicznych i polimerów. urządzenie umożliwia pracę z próbkami o średnicy dochodzącej do 50 mm przy energiach jonów do 6 kev. na wyposażeniu jest również w układ chłodzenia ciekłym azotem, co umożliwia wykonywanie zgładów poprzecznych materiałów czułych na podwyższoną temperaturę (np. polimerów).
 polerowanie jonami argonu umożliwia przygotowanie powierzchni oraz przekrojów materiałów „trudnych” w preparatyce tj. materiałów miękkich, wielofazowych, kompozytów polimerowych, kompozytów metal-ceramika. w szczególności technika ta znacząco poprawia jakość powierzchni zgładów metalograficznych przeznaczonych do analizy ebsd.</t>
         </is>
       </c>
-      <c r="D47" t="inlineStr">
+      <c r="D69" t="inlineStr">
         <is>
           <t>Polerowanie jonami argonu umożliwia przygotowanie powierzchni oraz przekrojów materiałów „trudnych” w preparatyce tj. materiałów miękkich, wielofazowych, kompozytów polimerowych, kompozytów metal-ceramika. w szczególności technika ta znacząco poprawia jakość powierzchni zgładów metalograficznych przeznaczonych do analizy ebsd.</t>
         </is>
       </c>
-      <c r="E47" t="inlineStr">
+      <c r="E69" t="inlineStr">
         <is>
           <t>Podstawowe parametry urządzenia.
 napięcie przyspieszające:  
 0–6 kv średnica wiązki jonów:  do 400 um
 kąt polerowania:  0-90 stopni
 powierzchnie płaskie. maksymalne wymiary próbki:  średnica do 50 mm, wysokośc do 30 mm
 przkroje poprzeczne. wymiary próbki: do 20x13x9 mm szybkość cięcia: 0,5 mm/h dla si opcja chłodzenie</t>
         </is>
       </c>
-      <c r="F47" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G47" t="inlineStr">
+      <c r="F69" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G69" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H47" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I47" t="inlineStr">
+      <c r="H69" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I69" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J47" t="inlineStr">
+      <c r="J69" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K47" t="inlineStr">
+      <c r="K69" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L47" t="inlineStr">
+      <c r="L69" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M47" t="inlineStr">
+      <c r="M69" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N47" t="inlineStr">
+      <c r="N69" t="inlineStr">
         <is>
           <t>Ebsd, polerowanie jonowe, przygotowanie próbek</t>
         </is>
       </c>
     </row>
-    <row r="48">
-      <c r="A48" t="inlineStr">
+    <row r="70">
+      <c r="A70" t="inlineStr">
         <is>
           <t>Drutowe centrum elektroerozyjne (w-edm)</t>
         </is>
       </c>
-      <c r="B48" t="inlineStr">
+      <c r="B70" t="inlineStr">
         <is>
           <t>Mitsubishi fa10s advance</t>
         </is>
       </c>
-      <c r="C48" t="inlineStr">
+      <c r="C70" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie cnc przeznaczone do obróki eklektroerozyjnej przy użyciu drutu. umozliwia precyzyjne wycinanie dowolnych kształtów zdefiniowanych w g-code w materiałach przewodzących. cięcie odbywa się dejonizowanej wodzie. </t>
         </is>
       </c>
-      <c r="D48" t="inlineStr">
+      <c r="D70" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	typ maszyny: zanurzeniowy. maksymalny wymiar przedmiotu: 800x600x215 mm.
 	przesuwy x/y/z 350x250x220 mm. wymiar stołu: 590×514 mm.
 	max ciężar przedmiotu: 500 kg. max poziom wody w zbiorniku: 220 mm.
 	przesuwy u/v: 64×64 mm.
 	max kąt cięcia: 15 deg na 100mm.
 	stosowane druty: 0.10 – 0.36 mm. 
 	system wspomagający programowanie cad/cam esprit.
 </t>
         </is>
       </c>
-      <c r="E48" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G48" t="inlineStr">
+      <c r="E70" t="inlineStr"/>
+      <c r="F70" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G70" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H48" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I48" t="inlineStr">
+      <c r="H70" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I70" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J48" t="inlineStr">
+      <c r="J70" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K48" t="inlineStr">
+      <c r="K70" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L48" t="inlineStr">
+      <c r="L70" t="inlineStr">
         <is>
           <t>Https://api.skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M48" t="inlineStr">
+      <c r="M70" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N48" t="inlineStr">
+      <c r="N70" t="inlineStr">
         <is>
           <t>Cięcie metali, cnc, edm</t>
         </is>
       </c>
     </row>
-    <row r="49">
-      <c r="A49" t="inlineStr">
+    <row r="71">
+      <c r="A71" t="inlineStr">
         <is>
           <t>Piec z dopalaczem spalin do wypalania żywic z materiałów ceramicznych</t>
         </is>
       </c>
-      <c r="B49" t="inlineStr">
+      <c r="B71" t="inlineStr">
         <is>
           <t>Piec z dopalaczem spalin do wypalania żywic z materiałów ceramicznych firmy kepka group</t>
         </is>
       </c>
-      <c r="C49" t="inlineStr">
+      <c r="C71" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie znajduje zastosowanie przy suszeniu i wypalaniu ceramiki. piec posiada automatycznie zamykany stół roboczy z windą, co pozwala na łatwiejszy załadunek wsadu od dołu. grzanie realizowane jest oporowo przy wykorzystaniu elementów termoelektrycznych typu kanthal. piec wyposażony jest w termoparę sterującą grzaniem oraz termoparę kontrolną. piec posiada komorę roboczą z systemem systemem termoobiegu oraz dopalacz spalin co umożliwia wypalanie znacznej ilości frakcji organicznych.
 możliwości urządzenia:
 	temperatura pracy: do 850°c
 	moc pieca 5,7kw
 	możliwość programowania charakterystyk temperaturowa-czasowych.
 </t>
         </is>
       </c>
-      <c r="D49" t="inlineStr">
+      <c r="D71" t="inlineStr">
         <is>
           <t>Wypalanie ceramiki z dużym udziałem materiałów organicznych.</t>
         </is>
       </c>
-      <c r="E49" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G49" t="inlineStr">
+      <c r="E71" t="inlineStr"/>
+      <c r="F71" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G71" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H49" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I49" t="inlineStr">
+      <c r="H71" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I71" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J49" t="inlineStr">
+      <c r="J71" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K49" t="inlineStr">
+      <c r="K71" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L49" t="inlineStr">
+      <c r="L71" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M49" t="inlineStr">
+      <c r="M71" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N49" t="inlineStr">
+      <c r="N71" t="inlineStr">
         <is>
           <t>Wypalanie ceramiki</t>
         </is>
       </c>
     </row>
-    <row r="50">
-      <c r="A50" t="inlineStr">
+    <row r="72">
+      <c r="A72" t="inlineStr">
         <is>
           <t>Scatterx78</t>
         </is>
       </c>
-      <c r="B50" t="inlineStr">
+      <c r="B72" t="inlineStr">
         <is>
           <t>Komora scatterx78 - doposażenie dyfraktometru rentgenowskiego w kompaktową komorę do badań saxs/waxs</t>
         </is>
       </c>
-      <c r="C50" t="inlineStr">
+      <c r="C72" t="inlineStr">
         <is>
           <t>Komora scatterx78 umożliwia jednoczesny pomiar w próżni saxs i waxs. pomiar możliwy jest już dla rozmiarów obiektów od 1 nm w wymiarach 1d i 2d. dodatkowo zaproponowane rozszerzenie aparatury badawczej pozwala na prowadzenie badań metodą dyfrakcji przy stałym kącie padania promieniowania (gixd). przystawka pozwala na przeprowadzenie nieniszczącej analizy właściwości materiałów, geometrii i uporządkowania obiektów (amorficznych, krystalicznych) w nanoskali w postaci cieczy, żelów, proszków, ciał stałych (w tym porowatych) czy układów wielowarstwowych o grubości rzędu nm. co więcej zastosowana przystawka służy do określania szczegółów budowy krystalicznej polimerów, czy identyfikacji odmian polimorficznych, a także śledzenia przejść jednej odmiany krystalograficznej w drugą wywołanych różnymi czynnikami. wśród układów analizowanych metodami saxs/waxs znajdują się m.in. nanocząstki, nanowielowarstwy, roztwory nanocząstek (półprzewodnikowych, magnetycznych, itp.), plastyczne układu hybrydowe z nanocząstkami.</t>
         </is>
       </c>
-      <c r="D50" t="inlineStr">
+      <c r="D72" t="inlineStr">
         <is>
           <t>Xrd (w tym gixd), saxs, waxs</t>
         </is>
       </c>
-      <c r="E50" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G50" t="inlineStr">
+      <c r="E72" t="inlineStr"/>
+      <c r="F72" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G72" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H50" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I50" t="inlineStr">
+      <c r="H72" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I72" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J50" t="inlineStr">
+      <c r="J72" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K50" t="inlineStr">
+      <c r="K72" t="inlineStr">
         <is>
           <t>Marciszko-Wiąckowska Marianna</t>
         </is>
       </c>
-      <c r="L50" t="inlineStr">
+      <c r="L72" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marianna-marciszko-wiackowska-8299.html</t>
         </is>
       </c>
-      <c r="M50" t="inlineStr">
+      <c r="M72" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N50" t="inlineStr">
+      <c r="N72" t="inlineStr">
         <is>
           <t>Dyfrakcja, saxs, waxs, xrd</t>
         </is>
       </c>
     </row>
-    <row r="51">
-      <c r="A51" t="inlineStr">
+    <row r="73">
+      <c r="A73" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski z przystawką saxs/waxs</t>
         </is>
       </c>
-      <c r="B51" t="inlineStr">
+      <c r="B73" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski empyrean</t>
         </is>
       </c>
-      <c r="C51" t="inlineStr">
+      <c r="C73" t="inlineStr">
         <is>
           <t>Dyfraktometr proszkowy panalytical empyrean z lampą cu. pozwala prowadzić pomiary w geometrii wiązki bragg-brentano z użyciem szczelin kolimacyjnych oraz w geometrii wiązki równoległej (lustro goebla). dyfraktometr wyposażony  w wysokoczuły detektor (pixcel3d). posiada różne stoliki oraz szereg dodatkowych elementów optyki, umożliwiające prowadzenie badań dla różnego typu próbek. dyfraktometr wyposażony jest dodatkowo w komorę saxs/waxs pozwalającą na prowadzenie pomiarów w powietrzu jak i próżni.</t>
         </is>
       </c>
-      <c r="D51" t="inlineStr">
+      <c r="D73" t="inlineStr">
         <is>
           <t>- analiza fazowa
 - tekstura krystalograficzna
 - naprężenia 
 - saxs/waxs (w powietrzu i próżni)
 - xrr</t>
         </is>
       </c>
-      <c r="E51" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G51" t="inlineStr">
+      <c r="E73" t="inlineStr"/>
+      <c r="F73" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G73" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H51" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I51" t="inlineStr">
+      <c r="H73" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I73" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J51" t="inlineStr">
+      <c r="J73" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K51" t="inlineStr">
+      <c r="K73" t="inlineStr">
         <is>
           <t>Marciszko-Wiąckowska Marianna</t>
         </is>
       </c>
-      <c r="L51" t="inlineStr">
+      <c r="L73" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marianna-marciszko-wiackowska-8299.html</t>
         </is>
       </c>
-      <c r="M51" t="inlineStr">
+      <c r="M73" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N51" t="inlineStr">
+      <c r="N73" t="inlineStr">
         <is>
           <t>Analiza fazowa, dyfrakcja rentgenowska, naprężenia, tekstura</t>
         </is>
       </c>
     </row>
-    <row r="52">
-      <c r="A52" t="inlineStr">
+    <row r="74">
+      <c r="A74" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski z przystawką wysokotemperaturową</t>
         </is>
       </c>
-      <c r="B52" t="inlineStr">
+      <c r="B74" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski empyrean</t>
         </is>
       </c>
-      <c r="C52" t="inlineStr">
+      <c r="C74" t="inlineStr">
         <is>
           <t>Dyfraktometr proszkowy panalytical empyrean z lampą co. pozwala prowadzić pomiary w geometrii wiązki bragg-brentano z użyciem szczelin kolimacyjnych oraz w geometrii wiązki równoległej (lustro goebla). wyposażony są w wysokoczuły detektor (pixcel1d). posiada różne stoliki oraz szereg dodatkowych elementów optyki, umożliwiające prowadzenie badań dla różnego typu próbek. dyfraktometr z lampą co wyposażony jest dodatkowo w komorę temperaturową, umożliwiająca pomiary w zakresie -190 do 1200ºc.</t>
         </is>
       </c>
-      <c r="D52" t="inlineStr">
+      <c r="D74" t="inlineStr">
         <is>
           <t>- analiza fazowa
 - tekstura krystalograficzna
 - naprężenia 
 - pomiary w zmiennych warunkach temperaturowych i różnych atmosferach ochronnych jaki również próżni
 -xrr</t>
         </is>
       </c>
-      <c r="E52" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G52" t="inlineStr">
+      <c r="E74" t="inlineStr"/>
+      <c r="F74" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G74" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H52" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I52" t="inlineStr">
+      <c r="H74" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I74" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J52" t="inlineStr">
+      <c r="J74" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K52" t="inlineStr">
+      <c r="K74" t="inlineStr">
         <is>
           <t>Marciszko-Wiąckowska Marianna</t>
         </is>
       </c>
-      <c r="L52" t="inlineStr">
+      <c r="L74" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marianna-marciszko-wiackowska-8299.html</t>
         </is>
       </c>
-      <c r="M52" t="inlineStr">
+      <c r="M74" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N52" t="inlineStr">
+      <c r="N74" t="inlineStr">
         <is>
           <t>Analiza fazowa, dyfracja, naprężenia, tekstura, xrr</t>
         </is>
       </c>
     </row>
-    <row r="53">
-      <c r="A53" t="inlineStr">
+    <row r="75">
+      <c r="A75" t="inlineStr">
         <is>
           <t>Dwuwiązkowy wysokorozdzielczy skaningowy mikroskop elektronowy z działem jonów galu (fib/sem)</t>
         </is>
       </c>
-      <c r="B53" t="inlineStr">
+      <c r="B75" t="inlineStr">
         <is>
           <t>Fei versa 3d</t>
         </is>
       </c>
-      <c r="C53" t="inlineStr">
+      <c r="C75" t="inlineStr">
         <is>
           <t>Dwuwiązkowy wysokorozdzielczy skaningowy mikroskop elektronowy fei versa 3d wyposażony jest w działo elektronowe z emisją polową (feg - field emission gun) oraz działo jonowe ga+ (fib - focused ion beam). umożliwia pracę z napięciem przyspieszającym w zakresie od 500 v do 30 kv (max. prąd wiązki elektronowej 200 na). zdolność rozdzielcza mikroskopu definiowana jako rozdzielczość obrazów elektronów wtórnych przy napięciu przyspieszającym 30 kv na standardowej próbce cząstek złota wynoszącej 1 nm w trybie wysokiej próżni – hv (1.5 nm w trybie niskiej próżni - lv).
 mikroskop wyposażony jest w:
 	detektory do obrazowania w trybie wysokiej (etd, cbs) i niskiej próżni (lvsed) oraz trybie środowiskowym (gsed).
 	spektrometr dyspersji energii promieniowania rentgenowskiego (eds - energy dispersive x-ray spectrometer) ultim max 40 oraz kamerę cmos symmetry s2 firmy oxford instruments umożliwiającą pomiary dyfrakcji elektronów wstecznie rozproszonych (ebsd - electron backscatter diffraction),
 	detektor umożliwiający obrazowanie w trybie skaningowo-transmisyjnym (stem),
 	działo jonowe ga+ (fib) i system precyzyjnego dozowania gazów roboczych (gis - gas injection system). możliwość depozycji platyny (pt) lub wolframu (w),
 	dwa stoliki grzewcze (do 1000°c i 1500°c),
 	stolik peltiera,
 	nanoindenter ft-nmt04 firmy femtotools,
 	oprogramowanie auto slice&amp;view;,
 	układ dwóch nanomanipulatorów (mibotów) firmy imina.
 maksymalne wymiary próbek – średnica: 150 mm, wysokość: 55 mm; waga: 500 g.</t>
         </is>
       </c>
-      <c r="D53" t="inlineStr">
+      <c r="D75" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obserwacje mikrostruktury materiałów przewodzących i dielektrycznych.
 	badania „in-situ”:
 		stolik peltiera i stoliki grzewcze, 
 		nanomanipulatory do pomiarów właściwości elektrycznych,
 		nanoindenter.
 	tomografia elektronowa (sem/fib) - rekonstrukcja 3d mikrostruktury.
 	analizy składu pierwiastkowego (eds).
 	analizy orientacji krystalograficznych (ebsd).
 </t>
         </is>
       </c>
-      <c r="E53" t="inlineStr">
+      <c r="E75" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analiza wielkości i kształtu cząstek i porów, pomiar grubości powłok o rozmiarach mikro- i nanometrycznych.
 	obrazowanie w trybie skaningowo-transmisyjnym (stem):
 		jasnym polu (bf),
 		ciemnym polu (df),
 		szerokokątowym ciemnym polu (haadf).
 	trzy tryby pracy:
 		wysoka próżnia (hv),
 		niska próżnia (lv),
 		środowiskowy (esem).
 </t>
         </is>
       </c>
-      <c r="F53" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G53" t="inlineStr">
+      <c r="F75" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G75" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H53" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I53" t="inlineStr">
+      <c r="H75" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I75" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J53" t="inlineStr">
+      <c r="J75" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K53" t="inlineStr">
+      <c r="K75" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L53" t="inlineStr">
+      <c r="L75" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M53" t="inlineStr">
+      <c r="M75" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N53" t="inlineStr">
+      <c r="N75" t="inlineStr">
         <is>
           <t>Ebsd, eds, fib, fib-sem, sem, sem-bse, sem-edx, sem-se, tomografia elektronowa</t>
         </is>
       </c>
     </row>
-    <row r="54">
-      <c r="A54" t="inlineStr">
+    <row r="76">
+      <c r="A76" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa instron 5982</t>
         </is>
       </c>
-      <c r="B54" t="inlineStr">
+      <c r="B76" t="inlineStr">
         <is>
           <t>Instron 5982</t>
         </is>
       </c>
-      <c r="C54" t="inlineStr">
+      <c r="C76" t="inlineStr">
         <is>
           <t>Maksymalne obciążenie 100 kn. wysokość przestrzeni roboczej 1430 mm. dokładność pomiaru siły +/- 0.5% odczytu w dół do 1/500 zakresu głowicy pomiarowej (głowicy pomiarowej serii 2580). akwizycja danych z częstotliwością próbkowania do 1 khz jednocześnie dla kanałów pomiarowych: siły, odkształcenia oraz naprężenia. prędkość odkształcenia od 0.00005 mm/min. piec oporowy sf-16 umożliwiający wykonanie badań w temperaturze do 1200c. komora do badań w obniżonych i podwyższonych temperaturach -150c - 350c.</t>
         </is>
       </c>
-      <c r="D54" t="inlineStr">
+      <c r="D76" t="inlineStr">
         <is>
           <t>Badania mechaniczne materiałów w szerokim zakresie temperatur.</t>
         </is>
       </c>
-      <c r="E54" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G54" t="inlineStr">
+      <c r="E76" t="inlineStr"/>
+      <c r="F76" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G76" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H54" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I54" t="inlineStr">
+      <c r="H76" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I76" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J54" t="inlineStr">
+      <c r="J76" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K54" t="inlineStr">
+      <c r="K76" t="inlineStr">
         <is>
           <t>Cios Grzegorz</t>
         </is>
       </c>
-      <c r="L54" t="inlineStr">
+      <c r="L76" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
         </is>
       </c>
-      <c r="M54" t="inlineStr">
+      <c r="M76" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N54" t="inlineStr">
+      <c r="N76" t="inlineStr">
         <is>
           <t>Wytrzymałość na rozciąganie, wytrzymałość na ściskanie, wytrzymałość na zginanie</t>
         </is>
       </c>
     </row>
-    <row r="55">
-      <c r="A55" t="inlineStr">
+    <row r="77">
+      <c r="A77" t="inlineStr">
         <is>
           <t>Nanoindenter in-situ ft-nmt04</t>
         </is>
       </c>
-      <c r="B55" t="inlineStr">
+      <c r="B77" t="inlineStr">
         <is>
           <t>Zestaw do analizy nanomechanicznej ft-nmt04 firmy femtotools</t>
         </is>
       </c>
-      <c r="C55" t="inlineStr">
+      <c r="C77" t="inlineStr">
         <is>
           <t>Nanoindenter in-situ ft-nmt04 umożliwia prowadzenie szeregu testów mikro-mechanicznych w połączeniu z jednoczesną obserwacją testowanej próbki w komorze elektronowego mikroskopu skaningowego (sem): nanoindentację testy ściskania mikro-kolumn badanie odporności na pękanie w oparciu o zginanie mikro-belek mikro/nano próby rozciągania statycznego dynamiczną analizę mechaniczną (dmt) próby zmęczeniowe korelacyjne badania nanomechaniczne w połączeniu z obrazowaniem stem, tkd lub ebsd nanoindenter ft-nmt04 jest wysoce precyzyjnym urządzeniem umożliwiającym pozycjonowanie próbki względem wgłębnika w szerokim zakresie z wykorzystaniem: jednoosiowego piezoelektrycznego siłownika ‘stick-slip’ o zakresie 21mm i precyzji pozycjonowania 1nm (oś x), dwuosiowej platformy pozycjonowania próbki o zakresie 12mm (osie y i z) z precyzją pozycjonowania 1nm, oraz jednoosiowego wysokorozdzielczego skanera piezoelektrycznego (oś x), z możliwością ciągłego przemieszczenia w zakresie 25um i dokładnością pozycjonowania 50pm (poziom szumów pojemnościowego enkodera położenia). zastosowanie dedykowanego wysokorozdzielczego skanera przemieszczenia, dzięki prowadzeniu testów w trybie kontroli przemieszczenia, umożliwia między innymi detekcję zjawisk takich jak aktywacja poślizgu dyslokacyjnego. zakres i rozdzielczość pomiaru siły zależy od zainstalowanego mikroczujnika siły, maksymalną rozdzielczość na poziomie 0,5 nn można uzyskać przy zakresie siły ±200 μn, a maksymalny zakres siły to ±200000 μn z dokładnością 500nn. ft-nmt04 wykorzystuje wgłębniki zintegrowane z mikroczujnikiem siły. dostępne geometrie wgłębników to między innymi: berkovich, cube corner, flat punch.</t>
         </is>
       </c>
-      <c r="D55" t="inlineStr">
+      <c r="D77" t="inlineStr">
         <is>
           <t>Nanoindentacja; testy ściskania mikro-kolumn; badanie odporności na pękanie w oparciu o zginanie mikro-belek; mikro/nano próby rozciągania statycznego; dynamiczna analiza mechaniczna (dmt); próby zmęczeniowe; korelacyjne badania nanomechaniczne w połączeniu z obrazowaniem stem, tkd lub ebsd</t>
         </is>
       </c>
-      <c r="E55" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G55" t="inlineStr">
+      <c r="E77" t="inlineStr"/>
+      <c r="F77" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G77" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H55" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I55" t="inlineStr">
+      <c r="H77" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I77" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J55" t="inlineStr">
+      <c r="J77" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K55" t="inlineStr">
+      <c r="K77" t="inlineStr">
         <is>
           <t>Kawałko Jakub</t>
         </is>
       </c>
-      <c r="L55" t="inlineStr">
+      <c r="L77" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jakub-kawalko-8561.html</t>
         </is>
       </c>
-      <c r="M55" t="inlineStr">
+      <c r="M77" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N55" t="inlineStr">
+      <c r="N77" t="inlineStr">
         <is>
           <t>In situ, nanoindentacja, właściwości mechaniczne</t>
         </is>
       </c>
     </row>
-    <row r="56">
-      <c r="A56" t="inlineStr">
+    <row r="78">
+      <c r="A78" t="inlineStr">
         <is>
           <t>Dwuwiązkowy ultra-wysokorozdzielczy skaningowy mikroskop elektronowy z działem jonów ksenonu (pfib/sem) wraz z mikroskopem sił atomowych (afm)</t>
         </is>
       </c>
-      <c r="B56" t="inlineStr">
+      <c r="B78" t="inlineStr">
         <is>
           <t>Thermo fisher scientific helios 5 pfib cxe</t>
         </is>
       </c>
-      <c r="C56" t="inlineStr">
+      <c r="C78" t="inlineStr">
         <is>
           <t>Dwuwiązkowy, ultra-wysokorozdzielczy skaningowy mikroskop elektronowy helios 5 wyposażony jest w wysokostabilne, monochromatyczne działo elektronowe z emisją polową schottky'ego (feg - field emission gun) oraz działo jonowe xe (pfib - plasma focused ion beam). umożliwia pracę z napięciem przyspieszającym w zakresie od 350 v do 30 kv (max. prąd wiązki elektronowej 100 na) i energii lądowania 20 ev do 30 kev. zdolność rozdzielcza mikroskopu definiowana jako rozdzielczość obrazów elektronów wtórnych przy napięciu przyspieszającym 1 kv na standardowej próbce cząstek złota wynosi 0.7 nm. maksymalne pole widzenia wynosi 2.3 mm dla wd 4 mm.
 mikroskop wyposażony jest w:
 	detektory do obrazowania:  wewnątrzsoczewkowy elstar (tld-se, tld-bse); wewnątrzkolumnowy elstar (icd - se/bse); elektronów wtórnych (etd); elektronów i jonów wtórnych (ice - si, se); wysuwany niskonapięciowy, wysokokontrastowy detektor elektronów wstecznie rozproszonych (abs/dbs),
 	spektrometr dyspersji energii promieniowania rtg. (eds - energy dispersive x-ray spectrometer) ultim max 60 oraz kamerę cmos symmetry s3 firmy oxford instruments umożliwiającą pomiary dyfrakcji elektronów wstecznie rozproszonych (ebsd - electron backscatter diffraction),
 	detektor umożliwiający obrazowanie w trybie skaningowo-transmisyjnym (stem3+),
 	działo jonowe xe (pfib) i dwa systemy dozowania gazów (gis - gas injection system). możliwość depozycji platyny (pt) i/lub wolframu (w),
 	nanoindenter ft-nmt04 firmy femtotools,
 	oprogramowanie auto slice&amp;view;,
 	stolik afm firmy nenovision.
 maksymalne wymiary próbek – średnica: 110 mm, wysokość: 65 mm; waga: 500 g.</t>
         </is>
       </c>
-      <c r="D56" t="inlineStr">
+      <c r="D78" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	ultra-wysokorozdzielcze obrazowanie mikrostruktury materiałów przewodzących i nieprzewodzących.
 	pomiar nanotwardości.
 	analiza topografii powierzchni (afm).
 	tomografia elektronowa (sem/fib) - rekonstrukcja 3d mikrostruktury.
 	analizy składu pierwiastkowego (eds).
 	analizy orientacji krystalograficznych (ebsd).
 	przygotowanie próbek tem i apt bez implantacji ga+.
  </t>
         </is>
       </c>
-      <c r="E56" t="inlineStr">
+      <c r="E78" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analiza wielkości i kształtu cząstek i porów, pomiar grubości powłok o rozmiarach mikro- i nanometrycznych.
 	obrazowanie w trybie skaningowo-transmisyjnym (stem):
 		jasnym polu (bf),
 		ciemnym polu (df),
 		szerokokątowym ciemnym polu (haadf).
 	precyzyjne przygotowanie przekrojów pfib (rocking polish).
 	możliwość akwizycji obrazów z dużych obszarów (mapa 3 sem).
 </t>
         </is>
       </c>
-      <c r="F56" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G56" t="inlineStr">
+      <c r="F78" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G78" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H56" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I56" t="inlineStr">
+      <c r="H78" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I78" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J56" t="inlineStr">
+      <c r="J78" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K56" t="inlineStr">
+      <c r="K78" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L56" t="inlineStr">
+      <c r="L78" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M56" t="inlineStr">
+      <c r="M78" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N56" t="inlineStr">
+      <c r="N78" t="inlineStr">
         <is>
           <t>Ebsd, ecci, eds, edx, pfib, rekonstrukcja 3d, sem, stem, tomografia elektronowa</t>
         </is>
       </c>
     </row>
-    <row r="57">
-      <c r="A57" t="inlineStr">
+    <row r="79">
+      <c r="A79" t="inlineStr">
         <is>
           <t>Napylarka wysokopróżniowa q150t e quorum technologies</t>
         </is>
       </c>
-      <c r="B57" t="inlineStr">
+      <c r="B79" t="inlineStr">
         <is>
           <t>Q150t e quorum technologies</t>
         </is>
       </c>
-      <c r="C57" t="inlineStr">
+      <c r="C79" t="inlineStr">
         <is>
           <t>Urządzenie umożliwia nanoszenie cienkich, amorficznych warstw węgla (c) o wysokiej czystości i dużej gęstości na powierzchni próbek nieprzewodzących, w celu poprawy przewodności elektrycznej próbek analizowanych przy użyciu skaningowego mikroskopu elektronowego (sem), siateczek do transmisyjnej mikroskopii elektronowej (tem) oraz przygotowanie replik do badań w trybie skaningowo-transmisyjnym (stem).</t>
         </is>
       </c>
-      <c r="D57" t="inlineStr">
+      <c r="D79" t="inlineStr">
         <is>
           <t>Urządzenie umożliwia precyzyjną kontrolę grubości warstwy węgla dzięki zainstalowanej wadze kwarcowej. minimalna grubość warstwy wynosi 1 nm.</t>
         </is>
       </c>
-      <c r="E57" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G57" t="inlineStr">
+      <c r="E79" t="inlineStr"/>
+      <c r="F79" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G79" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H57" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I57" t="inlineStr">
+      <c r="H79" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I79" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J57" t="inlineStr">
+      <c r="J79" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K57" t="inlineStr">
+      <c r="K79" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L57" t="inlineStr">
+      <c r="L79" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M57" t="inlineStr">
+      <c r="M79" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N57" t="inlineStr">
+      <c r="N79" t="inlineStr">
         <is>
           <t>Cienkie warstwy, napylarka, warstwy przewodzące, warstwy węgla</t>
         </is>
       </c>
     </row>
-    <row r="58">
-      <c r="A58" t="inlineStr">
+    <row r="80">
+      <c r="A80" t="inlineStr">
         <is>
           <t>Tribometr trzpień-tarcza trb³ anton paar</t>
         </is>
       </c>
-      <c r="B58" t="inlineStr">
+      <c r="B80" t="inlineStr">
         <is>
           <t>Trb³ anton paar</t>
         </is>
       </c>
-      <c r="C58" t="inlineStr">
+      <c r="C80" t="inlineStr">
         <is>
           <t>Urządzenie pozwala na badanie właściwości tribologicznych szerokiej gamy materiałów w różnych trybach: ruchu (liniowy, posuwisto-zwrotny), styku (trzpień, kula), prędkości i  smarowania.
 tribometr charakteryzują następujące parametry pracy:
 - prędkość obrotowa: 0,2 - 2000 obr/min,
 - maksymalny moment obrotowy: 450 nmm,
 - trzpień na kulki i piny o średnicach 6mm,
 - średnica maksymalna próbki: 60 mm,
 - maksymalne obciążenie normalne: 60 n,
 - maksymalna prędkość w ruchu liniowym: 100mm/s,
 - czujnik temperatury w zakresie -40°c - 125°c</t>
         </is>
       </c>
-      <c r="D58" t="inlineStr">
+      <c r="D80" t="inlineStr">
         <is>
           <t>- badanie odporności na zużycie
 - badanie szybkości zużycia</t>
         </is>
       </c>
-      <c r="E58" t="inlineStr">
+      <c r="E80" t="inlineStr">
         <is>
           <t>Możliwość pracy zgodnie z normami:
 astm g99, astm g133, din 50324, vdi 3198, iso 1071-2</t>
         </is>
       </c>
-      <c r="F58" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G58" t="inlineStr">
+      <c r="F80" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G80" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H58" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I58" t="inlineStr">
+      <c r="H80" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I80" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J58" t="inlineStr">
+      <c r="J80" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K58" t="inlineStr">
+      <c r="K80" t="inlineStr">
         <is>
           <t>Gajewska Marta</t>
         </is>
       </c>
-      <c r="L58" t="inlineStr">
+      <c r="L80" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marta-gajewska-7840.html</t>
         </is>
       </c>
-      <c r="M58" t="inlineStr">
+      <c r="M80" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N58" t="inlineStr">
+      <c r="N80" t="inlineStr">
         <is>
           <t>Odporność na zużycie, szybkość zużycia, trzpień-tarcza</t>
         </is>
       </c>
     </row>
-    <row r="59">
-      <c r="A59" t="inlineStr">
+    <row r="81">
+      <c r="A81" t="inlineStr">
         <is>
           <t>Transmisyjny mikroskop elektronowy (tem) tecnai tf 20 x-twin (fei)</t>
         </is>
       </c>
-      <c r="B59" t="inlineStr">
+      <c r="B81" t="inlineStr">
         <is>
           <t>Tecnai tf 20 x-twin (fei)</t>
         </is>
       </c>
-      <c r="C59" t="inlineStr">
+      <c r="C81" t="inlineStr">
         <is>
           <t>Tecnai tf 20 x-twin (200 kv) jest wysokorozdzielczym transmisyjnym mikroskopem elektronowym wyposażonym w działo elektronowe z emisją polową (field emission gun - feg). mikroskop umożliwia obrazowanie mikrostruktury szerokiej gamy materiałów (takich jak: metale i ich stopy, ceramika, półprzewodniki, polimery, kompozyty) w jasnym i ciemnym polu (ang. bright field/dark field imaging). obserwacje tego typu pozwalają na analizę m.in. wielkości ziaren/krystalitów w materiale, zdefektowania materiału, rozmieszczenia i rozkładu wielkości wydzieleń, grubości powłok, itp.. wysoka zdolność rozdzielcza mikroskopu (punktowa zdolność rozdzielcza ≤ 0,22 nm, limit informacyjny ≤ 0,14 nm) umożliwia szczegółowe obrazowanie nanostruktur (nanocząstki, nanodruty, nanowarstwy, kropki kwantowe), jak również bezpośrednie obrazowanie struktury atomowej materiałów. ponadto, za pomocą dyfrakcji elektronowej (dyfrakcja w wiązce równoległej, selected area diffraction) istnieje możliwość: identyfikacji faz w konkretnych mikroobszarach w materiale, analizy lokalnej orientacji mikroobszarów, czy też określenia zależności krystalograficznych występujących między poszczególnymi fazami w materiale. mikroskop posiada też zintegrowany spektrometr promieniowania rentgenowskiego (edax) służący do analizy składu chemicznego preparatów w mikro-/nanoobszarach. mikroskop ma też możliwość pracy w trybie skaningowo-transmisyjnym (stem) z detektorem obrazowym haadf.
 mikroskop charakteryzują następujące parametry pracy:
 - źródło elektronowe z emisją polową - feg
 - napięcie przyspieszające - 200 kv
 - zakres powiększeń - 1025 – 900 k
 - kamera ccd 2k (eagle 2k hr)
 - detektory: edax rtem 0.3 sr, haadf</t>
         </is>
       </c>
-      <c r="D59" t="inlineStr">
+      <c r="D81" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analiza morfologii i wielkości ziaren/krystalitów/cząstek, zdefektowania materiału, rozmieszczenia i rozkładu wielkości wydzieleń, grubości powłok, itp.
 	analiza struktury atomowej materiału (odległości międzypłaszczyznowe, identyfikacja defektów strukturalnych)
 	identyfikacja faz wchodzących w skład materiału, analiza lokalnej orientacji krystalograficznej mikroobszarów
 	analiza składu chemicznego w mikro-/nano- obszarach
 </t>
         </is>
       </c>
-      <c r="E59" t="inlineStr">
+      <c r="E81" t="inlineStr">
         <is>
           <t>- obserwacje w jasnym polu (bf), ciemnym polu (df) oraz wysokorozdzielcze (hr)
 - obserwacje w trybie skaningowo-transmisyjnym (stem) z użyciem pierścieniowego detektora ciemnego pola (haadf)
 - dyfrakcja elektronowa z wybranych obszarów (saed)
 - analiza eds (punktowa, liniowa oraz tzw. mapping).
 holdery: double tilt low background, single tilt
 oprogramowanie: tem imaging &amp; analysis, low dose, k-space control, smart tilt</t>
         </is>
       </c>
-      <c r="F59" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G59" t="inlineStr">
+      <c r="F81" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G81" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H59" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I59" t="inlineStr">
+      <c r="H81" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I81" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J59" t="inlineStr">
+      <c r="J81" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K59" t="inlineStr">
+      <c r="K81" t="inlineStr">
         <is>
           <t>Gajewska Marta</t>
         </is>
       </c>
-      <c r="L59" t="inlineStr">
+      <c r="L81" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marta-gajewska-7840.html</t>
         </is>
       </c>
-      <c r="M59" t="inlineStr">
+      <c r="M81" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N59" t="inlineStr">
+      <c r="N81" t="inlineStr">
         <is>
           <t>Eds, mikroskopia elektronowa, tem</t>
         </is>
       </c>
     </row>
-    <row r="60">
-      <c r="A60" t="inlineStr">
+    <row r="82">
+      <c r="A82" t="inlineStr">
         <is>
           <t>Nanoindenter g200 agilent - kla</t>
         </is>
       </c>
-      <c r="B60" t="inlineStr">
+      <c r="B82" t="inlineStr">
         <is>
           <t>G200 agilent - kla</t>
         </is>
       </c>
-      <c r="C60" t="inlineStr">
+      <c r="C82" t="inlineStr">
         <is>
           <t>Urządzenie do badania twardości oraz modułu younga w skali nanometrowej, o zakresie obciążeń do 9.8 n (w trybie high load). wyposażone w moduł csm (continous stiffness measurement) pozwalający na ciągły pomiar modułu younga oraz twardości w funkcji głębokości od powierzchni. pozwala na wykonanie scratch testów w skali nanometrycznej wraz z pomiarem współczynnika tarcia dzięki modułowi lateral force. urządzenie pozwala na obrazowanie topografii powierzchni materiałów, a także efektów oddziaływania wgłębnika z materiałem. wykonuje pomiary zgodne z normą iso 14577. pozwala na badanie wpływu prędkości odkształcenia na ww. parametry.</t>
         </is>
       </c>
-      <c r="D60" t="inlineStr">
+      <c r="D82" t="inlineStr">
         <is>
           <t xml:space="preserve">Pomiar twardości
 pomiar modułu younga
 pomiary punktowe
 pomiary wzdłuż linii
 mapowanie powierzchni
 scratch testy
  </t>
         </is>
       </c>
-      <c r="E60" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G60" t="inlineStr">
+      <c r="E82" t="inlineStr"/>
+      <c r="F82" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G82" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H60" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I60" t="inlineStr">
+      <c r="H82" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I82" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J60" t="inlineStr">
+      <c r="J82" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K60" t="inlineStr">
+      <c r="K82" t="inlineStr">
         <is>
           <t>Cios Grzegorz</t>
         </is>
       </c>
-      <c r="L60" t="inlineStr">
+      <c r="L82" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
         </is>
       </c>
-      <c r="M60" t="inlineStr">
+      <c r="M82" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N60" t="inlineStr">
+      <c r="N82" t="inlineStr">
         <is>
           <t>Moduł younga, twardość, zarysowanie</t>
         </is>
       </c>
     </row>
-    <row r="61">
-      <c r="A61" t="inlineStr">
+    <row r="83">
+      <c r="A83" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa instron 600dx</t>
         </is>
       </c>
-      <c r="B61" t="inlineStr">
+      <c r="B83" t="inlineStr">
         <is>
           <t>Instron 600dx</t>
         </is>
       </c>
-      <c r="C61" t="inlineStr">
+      <c r="C83" t="inlineStr">
         <is>
           <t>Maksymalne obciążenie – 600 kn. zakres prędkości roboczych od 0.1 do 76 mm/min. tensometryczne głowice pomiarowe 100 i 600 kn o klasie dokładności pomiarowej 0.5 i liniowości minimum +/- 0.25 % wartości zmierzonej w przedziale 0.4 % do 100 % zakresu pomiarowego głowicy. cyfrowy przetwornik pomiaru przemieszczenia trawersy o rozdzielczości 1 μm. wysokość przestrzeni testowej 900 mm, odległość między kolumnami 526 mm. podwójna przestrzeń robocza umożliwiająca w sposób łatwy dostosowanie urządzenia do wykonywania prób rozciągania i ściskania – nie ma potrzeby wymiany ciężkiego oprzyrządowania oraz uchwytów. możliwość wykonywania standardowych badań lub tworzenia własnych indywidualnych testów badawczych opartych na zdefiniowanych przez użytkownika obliczeniach (dzięki możliwości sterowania przemieszczeniem trawersy maszyny wytrzymałościowej w funkcji czasu, przemieszczenia, obciążenia, naprężenia i odkształcenia).</t>
         </is>
       </c>
-      <c r="D61" t="inlineStr">
+      <c r="D83" t="inlineStr">
         <is>
           <t>Wytrzymałość materiałów</t>
         </is>
       </c>
-      <c r="E61" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G61" t="inlineStr">
+      <c r="E83" t="inlineStr"/>
+      <c r="F83" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G83" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H61" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I61" t="inlineStr">
+      <c r="H83" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I83" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J61" t="inlineStr">
+      <c r="J83" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K61" t="inlineStr">
+      <c r="K83" t="inlineStr">
         <is>
           <t>Cios Grzegorz</t>
         </is>
       </c>
-      <c r="L61" t="inlineStr">
+      <c r="L83" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
         </is>
       </c>
-      <c r="M61" t="inlineStr">
+      <c r="M83" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N61" t="inlineStr">
+      <c r="N83" t="inlineStr">
         <is>
           <t>Wytrzymałość na rozciąganie</t>
         </is>
       </c>
     </row>
-    <row r="62">
-      <c r="A62" t="inlineStr">
+    <row r="84">
+      <c r="A84" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa instron 5966</t>
         </is>
       </c>
-      <c r="B62" t="inlineStr">
+      <c r="B84" t="inlineStr">
         <is>
           <t>Instron 5966</t>
         </is>
       </c>
-      <c r="C62" t="inlineStr">
+      <c r="C84" t="inlineStr">
         <is>
           <t>Maksymalne obciążenie 10 kn. wyposażona dodatkowo w głowicę do 1 kn oraz szczęki pneumatyczne z zestawem wkładek (np. do badania taśm).</t>
         </is>
       </c>
-      <c r="D62" t="inlineStr">
+      <c r="D84" t="inlineStr">
         <is>
           <t>Rozciąganie, ściskanie, zginanie i inne.</t>
         </is>
       </c>
-      <c r="E62" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G62" t="inlineStr">
+      <c r="E84" t="inlineStr"/>
+      <c r="F84" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G84" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H62" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I62" t="inlineStr">
+      <c r="H84" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I84" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J62" t="inlineStr">
+      <c r="J84" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K62" t="inlineStr">
+      <c r="K84" t="inlineStr">
         <is>
           <t>Cios Grzegorz</t>
         </is>
       </c>
-      <c r="L62" t="inlineStr">
+      <c r="L84" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
         </is>
       </c>
-      <c r="M62" t="inlineStr">
+      <c r="M84" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N62" t="inlineStr">
+      <c r="N84" t="inlineStr">
         <is>
           <t>Wytrzymałość na rozciąganie, wytrzymałość na ściskanie, wytrzymałość na zginanie</t>
         </is>
       </c>
     </row>
-    <row r="63">
-      <c r="A63" t="inlineStr">
+    <row r="85">
+      <c r="A85" t="inlineStr">
         <is>
           <t>Mikroskop metalograficzny nikon eclipse lv150n</t>
         </is>
       </c>
-      <c r="B63" t="inlineStr">
+      <c r="B85" t="inlineStr">
         <is>
           <t>Nikon eclipse lv150n</t>
         </is>
       </c>
-      <c r="C63" t="inlineStr">
+      <c r="C85" t="inlineStr">
         <is>
           <t>Mikroskop świetlny (lm) umożliwia obrazowanie w świetle odbitym w jasnym polu (bf), ciemnym polu (df), świetle spolaryzowanym (pol) oraz kontraście interferencyjnym tzw. kontraście nomarskiego (dic). posiada w pełni zmotoryzowany stolik (x,y,z), pozwalający na automatyczne robienie zdjęć w powiększonej głębi ostrości (edf), wraz z trójwymiarowym obrazowaniem powierzchni, a także pozwala na automatyczne skanowanie całych zgładów metalograficznych w wysokiej rozdzielczości.</t>
         </is>
       </c>
-      <c r="D63" t="inlineStr">
+      <c r="D85" t="inlineStr">
         <is>
           <t>Mikroskop świetlny (lm) umożliwia obrazowanie w świetle odbitym w jasnym polu (bf), ciemnym polu (df), świetle spolaryzowanym (pol) oraz kontraście interferencyjnym tzw. kontraście nomarskiego (dic). posiada w pełni zmotoryzowany stolik (x,y,z), pozwalający na automatyczne robienie zdjęć w powiększonej głębi ostrości (edf), wraz z trójwymiarowym obrazowaniem powierzchni, a także pozwala na automatyczne skanowanie całych zgładów metalograficznych w wysokiej rozdzielczości.</t>
         </is>
       </c>
-      <c r="E63" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G63" t="inlineStr">
+      <c r="E85" t="inlineStr"/>
+      <c r="F85" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G85" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H63" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I63" t="inlineStr">
+      <c r="H85" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I85" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J63" t="inlineStr">
+      <c r="J85" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K63" t="inlineStr">
+      <c r="K85" t="inlineStr">
         <is>
           <t>Cios Grzegorz</t>
         </is>
       </c>
-      <c r="L63" t="inlineStr">
+      <c r="L85" t="inlineStr">
         <is>
           <t>Https://api.skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
         </is>
       </c>
-      <c r="M63" t="inlineStr">
+      <c r="M85" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N63" t="inlineStr">
+      <c r="N85" t="inlineStr">
         <is>
           <t>Mikroskopia</t>
         </is>
       </c>
     </row>
-    <row r="64">
-      <c r="A64" t="inlineStr">
+    <row r="86">
+      <c r="A86" t="inlineStr">
         <is>
           <t>Walcarka fsm 130 durston</t>
         </is>
       </c>
-      <c r="B64" t="inlineStr">
+      <c r="B86" t="inlineStr">
         <is>
           <t>Fsm 130 firmy durston</t>
         </is>
       </c>
-      <c r="C64" t="inlineStr">
+      <c r="C86" t="inlineStr">
         <is>
           <t>Walcowanie płaskowników oraz prętów kwadratowych miękkich metali i stopów na zimno.</t>
         </is>
       </c>
-      <c r="D64" t="inlineStr">
+      <c r="D86" t="inlineStr">
         <is>
           <t>Walcowanie próbek metali.</t>
         </is>
       </c>
-      <c r="E64" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G64" t="inlineStr">
+      <c r="E86" t="inlineStr"/>
+      <c r="F86" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G86" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H64" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I64" t="inlineStr">
+      <c r="H86" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I86" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J64" t="inlineStr">
+      <c r="J86" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K64" t="inlineStr">
+      <c r="K86" t="inlineStr">
         <is>
           <t>Cios Grzegorz</t>
         </is>
       </c>
-      <c r="L64" t="inlineStr">
+      <c r="L86" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
         </is>
       </c>
-      <c r="M64" t="inlineStr">
+      <c r="M86" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N64" t="inlineStr">
+      <c r="N86" t="inlineStr">
         <is>
           <t>Odkształcenie, walcowanie</t>
         </is>
       </c>
     </row>
-    <row r="65">
-      <c r="A65" t="inlineStr">
+    <row r="87">
+      <c r="A87" t="inlineStr">
         <is>
           <t>Urządzenie do polerowania elektrolitycznego cienkich folii tenupol</t>
         </is>
       </c>
-      <c r="B65" t="inlineStr">
+      <c r="B87" t="inlineStr">
         <is>
           <t>Struers tenupol-5</t>
         </is>
       </c>
-      <c r="C65" t="inlineStr">
+      <c r="C87" t="inlineStr">
         <is>
           <t>Tenupol-5 jest przeznaczony do automatycznego elektrolitycznego pocieniania próbek do badania w transmisyjnym mikroskopie elektronowym. ustalanie parametrów dla nowych materiałów i przechowywanie ich w bazie danych metod jest proste dzięki wbudowanej funkcji skanowania i dodatkowym funkcjom rozszerzającym. tenupol-5 składa się z dwóch oddzielnych jednostek - jednostki sterującej i jednostki polerującej lub pocieniającej. perforowana próbka do transmisyjnej mikroskopii elektronowej jest przygotowywana w ciągu kilku minut przy użyciu próbki o średnicy 3,0 lub 2,3 mm.</t>
         </is>
       </c>
-      <c r="D65" t="inlineStr">
+      <c r="D87" t="inlineStr">
         <is>
           <t>Przygotowanie próbek metali i stopów dla transmisyjnej mikroskopii elektronowej</t>
         </is>
       </c>
-      <c r="E65" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G65" t="inlineStr">
+      <c r="E87" t="inlineStr"/>
+      <c r="F87" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G87" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H65" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I65" t="inlineStr">
+      <c r="H87" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I87" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J65" t="inlineStr">
+      <c r="J87" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K65" t="inlineStr">
+      <c r="K87" t="inlineStr">
         <is>
           <t>Cios Grzegorz</t>
         </is>
       </c>
-      <c r="L65" t="inlineStr">
+      <c r="L87" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
         </is>
       </c>
-      <c r="M65" t="inlineStr">
+      <c r="M87" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N65" t="inlineStr">
+      <c r="N87" t="inlineStr">
         <is>
           <t>Electropolerka, tem</t>
         </is>
       </c>
     </row>
-    <row r="66">
-      <c r="A66" t="inlineStr">
+    <row r="88">
+      <c r="A88" t="inlineStr">
         <is>
           <t>Piece łukowe mini arc melter</t>
         </is>
       </c>
-      <c r="B66" t="inlineStr">
+      <c r="B88" t="inlineStr">
         <is>
           <t>Mini arc melter mam-1 buehler</t>
         </is>
       </c>
-      <c r="C66" t="inlineStr">
+      <c r="C88" t="inlineStr">
         <is>
           <t>Urządzenia te służą do syntezy stopów o masie 5-20 g, w tym materiałów wysokotopliwych, w wyniku przetapiania w łuku elektrycznym. piece posiadają wbudowaną pompę rotacyjną, elektrodę wolframową oraz generator 180 a. proces topienia prowadzony jest na miedzianej płycie chłodzonej wodą w komorze po jej uprzednim odpompowaniu i napełnieniu gazem obojętnym. jeden z pieców wyposażony jest w system umożliwiający otrzymanie materiałów w postaci prętów o średnicy 3 mm i długości 30 mm poprzez zassanie ciekłego stopu do miedzianej formy (tzw. suction casting).</t>
         </is>
       </c>
-      <c r="D66" t="inlineStr">
+      <c r="D88" t="inlineStr">
         <is>
           <t>Topienie materiałów</t>
         </is>
       </c>
-      <c r="E66" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G66" t="inlineStr">
+      <c r="E88" t="inlineStr"/>
+      <c r="F88" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G88" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H66" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I66" t="inlineStr">
+      <c r="H88" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I88" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J66" t="inlineStr">
+      <c r="J88" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K66" t="inlineStr">
+      <c r="K88" t="inlineStr">
         <is>
           <t>Cios Grzegorz</t>
         </is>
       </c>
-      <c r="L66" t="inlineStr">
+      <c r="L88" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
         </is>
       </c>
-      <c r="M66" t="inlineStr">
+      <c r="M88" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N66" t="inlineStr">
+      <c r="N88" t="inlineStr">
         <is>
           <t>Łuk elektryczny, piec łukowy, topienie</t>
         </is>
       </c>
     </row>
-    <row r="67">
-      <c r="A67" t="inlineStr">
+    <row r="89">
+      <c r="A89" t="inlineStr">
         <is>
           <t>Piece do 1300°c</t>
         </is>
       </c>
-      <c r="B67" t="inlineStr">
+      <c r="B89" t="inlineStr">
         <is>
           <t>Piece firmy kepka</t>
         </is>
       </c>
-      <c r="C67" t="inlineStr">
+      <c r="C89" t="inlineStr">
         <is>
           <t>Cztery piece oporowe ze sterownikiem bez atmosfery ochronnej czy też próżni.</t>
         </is>
       </c>
-      <c r="D67" t="inlineStr">
+      <c r="D89" t="inlineStr">
         <is>
           <t>Obróbka cieplna</t>
         </is>
       </c>
-      <c r="E67" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G67" t="inlineStr">
+      <c r="E89" t="inlineStr"/>
+      <c r="F89" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G89" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H67" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I67" t="inlineStr">
+      <c r="H89" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I89" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J67" t="inlineStr">
+      <c r="J89" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K67" t="inlineStr">
+      <c r="K89" t="inlineStr">
         <is>
           <t>Cios Grzegorz</t>
         </is>
       </c>
-      <c r="L67" t="inlineStr">
+      <c r="L89" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
         </is>
       </c>
-      <c r="M67" t="inlineStr">
+      <c r="M89" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N67" t="inlineStr">
+      <c r="N89" t="inlineStr">
         <is>
           <t>Obróbka cieplna, piec</t>
         </is>
       </c>
     </row>
-    <row r="68">
-      <c r="A68" t="inlineStr">
+    <row r="90">
+      <c r="A90" t="inlineStr">
         <is>
           <t>Detektory ebsd i eds</t>
         </is>
       </c>
-      <c r="B68" t="inlineStr">
+      <c r="B90" t="inlineStr">
         <is>
           <t>Ebsd symmetry s2 i eds ultim max 40</t>
         </is>
       </c>
-      <c r="C68" t="inlineStr">
+      <c r="C90" t="inlineStr">
         <is>
           <t>Detektor ebsd symmetry s2 jest zamontowany w skaningowym mikroskopie elektronowym (sem) versa 3d w laboratorium skaningowej mikroskopii elektronowej acmin. pozwala na: -analizę lokalnej tekstury oraz składu fazowego materiałów krystalicznych. -z szybkością 4500 zindeksowanych obrazów dyfrakcyjnych na sekundę. -zbieranie obrazów dyfrakcyjnych z rozdzielczością maksymalną 1244x1024 pikseli (np. w celu analizy lokalnych naprężeń). -skanowanie dużych obszarów próbek (np. 20 x 20 mm). towarzyszące oprogramowanie pozwala na np. wyznaczanie średniej wielkości ziarna, wygenerowanie figur biegunowych (tekstura krystalograficzna). więcej o ebsd można znaleźć pod adresem https://www.ebsd.com/ detektor eds ultim max jest detektorem energii promieniowania wzbudzonego z próbki w skaningowym mikroskopie elektronowym(sem) versa 3d w laboratorium skaningowej mikroskopii elektronowej acmin. umożliwia analizę jakościową i ilościową składu chemicznego w punkcie, analizę wzdłuż linii oraz mapowanie powierzchni.</t>
         </is>
       </c>
-      <c r="D68" t="inlineStr">
+      <c r="D90" t="inlineStr">
         <is>
           <t>Lokalna analiza składu chemicznego oraz orientacji krystalograficznej faz</t>
         </is>
       </c>
-      <c r="E68" t="inlineStr">
+      <c r="E90" t="inlineStr">
         <is>
           <t>Skład chemiczny (ilościowo, z wyłączeniem niektórych pierwiastków), tekstura krystalograficzna, skład fazowy, wielkość ziarna</t>
         </is>
       </c>
-      <c r="F68" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G68" t="inlineStr">
+      <c r="F90" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G90" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H68" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I68" t="inlineStr">
+      <c r="H90" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I90" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J68" t="inlineStr">
+      <c r="J90" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K68" t="inlineStr">
+      <c r="K90" t="inlineStr">
         <is>
           <t>Cios Grzegorz</t>
         </is>
       </c>
-      <c r="L68" t="inlineStr">
+      <c r="L90" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
         </is>
       </c>
-      <c r="M68" t="inlineStr">
+      <c r="M90" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N68" t="inlineStr">
+      <c r="N90" t="inlineStr">
         <is>
           <t>Ebsd, eds, sem</t>
         </is>
       </c>
     </row>
-    <row r="69">
-      <c r="A69" t="inlineStr">
+    <row r="91">
+      <c r="A91" t="inlineStr">
         <is>
           <t>Skaningowy mikroskop elektronowy z działem jonowym (sem/fib)</t>
         </is>
       </c>
-      <c r="B69" t="inlineStr">
+      <c r="B91" t="inlineStr">
         <is>
           <t>Quanta 3d 200i fib/sem (fei)</t>
         </is>
       </c>
-      <c r="C69" t="inlineStr">
+      <c r="C91" t="inlineStr">
         <is>
           <t>Mikroskop quanta 3d 200i typu „dual beam” (sem/fib) jest urządzeniem dedykowanym do preparatyki cienkich folii do badań tem/stem. instrument wyposażony jest w dwa działa: elektronowe (włókno wolframowe) oraz jonowe (ga+),  system precyzyjnego dozowania gazów roboczych (gis), służący do depozycji pt/w oraz mikromanipulator (omniprobe) do przenoszenia cienkich preparatów. mikroskop umożliwia preparatykę cienkich folii z większości istniejących materiałów inżynierskich (metale, stopy, ceramika, polimery, kompozyty, powłoki), z wybranego z dokładnością do kilku mikrometrów miejsca w próbce. mikroskop wyposażony jest też w spektrometr dyspersji energii promieniowania rentgenowskiego (energy dispersive x-ray spectrometer – eds) oraz detektor dyfrakcji elektronów wstecznie rozproszonych (electron backscattered diffraction - ebsd).
 mikroskop charakteryzują następujące parametry pracy:
 - źródło elektronowe - włókno w
 - zakres napięć przyspieszających elektrony – 0,5-30 kv
 - zakres napięć przyspieszających jony – 2-30 kv
 - zakres prądów wiązki jonowej - 1.5 pa – 65 na
 - detektory: lfd, gsed, ss stem, low kv ss bsed
 - micromanipulator: omniprobe model 100.7
 - gis w</t>
         </is>
       </c>
-      <c r="D69" t="inlineStr">
+      <c r="D91" t="inlineStr">
         <is>
           <t>Preparatyka cienkich folii (lameli) do badań tem/stem.
 obrazowanie z użyciem detektora elektronów wtórnych (se) i wstecznie rozproszonych (bse).
 analiza eds składu chemicznego.
 analiza ebsd rozkładu orientacji krystalograficznych.</t>
         </is>
       </c>
-      <c r="E69" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G69" t="inlineStr">
+      <c r="E91" t="inlineStr"/>
+      <c r="F91" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G91" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H69" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I69" t="inlineStr">
+      <c r="H91" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I91" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J69" t="inlineStr">
+      <c r="J91" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K69" t="inlineStr">
+      <c r="K91" t="inlineStr">
         <is>
           <t>Gajewska Marta</t>
         </is>
       </c>
-      <c r="L69" t="inlineStr">
+      <c r="L91" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marta-gajewska-7840.html</t>
         </is>
       </c>
-      <c r="M69" t="inlineStr">
+      <c r="M91" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N69" t="inlineStr">
+      <c r="N91" t="inlineStr">
         <is>
           <t>Fib, preparatyka lameli, sem</t>
         </is>
       </c>
     </row>
-    <row r="70">
-      <c r="A70" t="inlineStr">
+    <row r="92">
+      <c r="A92" t="inlineStr">
         <is>
           <t>Niskotemperaturowy skaningowy mikroskop tunelowy</t>
         </is>
       </c>
-      <c r="B70" t="inlineStr">
+      <c r="B92" t="inlineStr">
         <is>
           <t>Panscan freedom 7k stm subsystem</t>
         </is>
       </c>
-      <c r="C70" t="inlineStr">
+      <c r="C92" t="inlineStr">
         <is>
           <t>Mikroskop wykorzystuje kwantowe zjawisko tunelowania elektronów pomiędzy próbką a ostrzem skanującym. mikroskop pozwala m.in. na obserwowanie powierzchni próbki z rozdzielczością atomową, obrazowanie struktury cząsteczek, defektów, czy też badanie lokalnej gęstość stanów elektronowych (w opcji zwanej skaningową spektroskopią tunelową, sts). pomiary można wykonywać w warunkach ultrawysokiej próżni (poniżej 1*10-10 mbar) w szerokim zakresie temperatur od ~10 k do 400 k. system chłodzenia pracuje w obiegu zamkniętym, bez konieczności zakupu ciekłego helu. jest tak zaprojektowany, aby umożliwiał chłodzenie nie tylko samej próbki, ale i ostrza. znacznie zwiększa to rozdzielczość i w znacznym stopniu ogranicza wpływ szumu termicznego na mierzony sygnał.
 mikroskop jest zainstalowany w dwukomorowym systemie ultrawysokiej próżni, który umożliwia przygotowywanie próbek (wygrzewanie, bombardowanie jonami, osadzanie adsorbatów) oraz dodatkową charakteryzację powierzchni przez wyznaczanie jej składu chemicznego (spektroskopia elektronów augera, aes) i stanu uporządkowania krystalograficznego (dyfrakcja nisko-energetycznych elektronów, leed). wszystko to pod kontrolą zawartości gazów resztkowych w tym systemie (kwadrupolowy spektrometr mas, rga).</t>
         </is>
       </c>
-      <c r="D70" t="inlineStr">
+      <c r="D92" t="inlineStr">
         <is>
           <t>Obrazowanie 'topografii' powierzchni przewodzących próbek z rozdzielczością atomową.
 wyznaczanie charakterystyk prądowo-napięciowych (i-v, di/dv)</t>
         </is>
       </c>
-      <c r="E70" t="inlineStr">
+      <c r="E92" t="inlineStr">
         <is>
           <t>Zgrubne pozycjonowanie xyz: 4 mm x 4 mm x 8 mm
 obszar skanowania: (xy): 6.0 μm x 6.0 μm (@ 300k) 1.5 μm x 1.5 μm (@  10k)
 rozdzielczość skanowania: atomowa
 minimalny dryft termiczny: 0.2 å/h (xy) oraz (0.2 å/dobę (z)
 temperatura próbki: od 10 k (he) do 400 k
 maksymalny rozmiar próbki: 10 mm x 10 mm</t>
         </is>
       </c>
-      <c r="F70" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G70" t="inlineStr">
+      <c r="F92" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G92" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H70" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I70" t="inlineStr">
+      <c r="H92" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I92" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J70" t="inlineStr">
+      <c r="J92" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K70" t="inlineStr">
+      <c r="K92" t="inlineStr">
         <is>
           <t>Trembułowicz Artur</t>
         </is>
       </c>
-      <c r="L70" t="inlineStr">
+      <c r="L92" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/artur-trembulowicz-10005.html</t>
         </is>
       </c>
-      <c r="M70" t="inlineStr">
+      <c r="M92" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N70" t="inlineStr">
+      <c r="N92" t="inlineStr">
         <is>
           <t>Fizyka powierzchni, stm, uhv</t>
         </is>
       </c>
     </row>
-    <row r="71">
-      <c r="A71" t="inlineStr">
+    <row r="93">
+      <c r="A93" t="inlineStr">
         <is>
           <t>Klaster obliczeniowy wysokiej wydajności teraacmin</t>
         </is>
       </c>
-      <c r="B71" t="inlineStr">
+      <c r="B93" t="inlineStr">
         <is>
           <t>Klaster obliczeniowy</t>
         </is>
       </c>
-      <c r="C71" t="inlineStr">
+      <c r="C93" t="inlineStr">
         <is>
           <t>Klaster obliczeniowy złożony z 2 węzłów obliczeniowych zawierających po dwa procesory amd epyc 9754 i wyposażonych w 384 gb pamięci ram. sumaryczna liczba rdzeni obliczeniowych: 1024.</t>
         </is>
       </c>
-      <c r="D71" t="inlineStr">
+      <c r="D93" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obliczenia równoległe w architekturze pamięci współdzielonej, rozproszonej i dwupoziomowej
 	obliczenia typu ab-initio: quantumespresso, vasp
 	narzędzia programistyczne, kompilatory etc.
 	biblioteki obliczeniowe: gsl, lapack, scalapack, mkl, openmpi
 </t>
         </is>
       </c>
-      <c r="E71" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G71" t="inlineStr">
+      <c r="E93" t="inlineStr"/>
+      <c r="F93" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G93" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H71" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I71" t="inlineStr">
+      <c r="H93" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I93" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J71" t="inlineStr">
+      <c r="J93" t="inlineStr">
         <is>
           <t>Zakład teorii układów kwantowych</t>
         </is>
       </c>
-      <c r="K71" t="inlineStr">
+      <c r="K93" t="inlineStr">
         <is>
           <t>Biborski Andrzej</t>
         </is>
       </c>
-      <c r="L71" t="inlineStr">
+      <c r="L93" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/andrzej-biborski-7817.html</t>
         </is>
       </c>
-      <c r="M71" t="inlineStr">
+      <c r="M93" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N71" t="inlineStr">
+      <c r="N93" t="inlineStr">
         <is>
           <t>Badania, modelowanie, nano, obliczenia numeryczne</t>
         </is>
       </c>
     </row>
-    <row r="72">
-      <c r="A72" t="inlineStr">
+    <row r="94">
+      <c r="A94" t="inlineStr">
         <is>
           <t>System pulsacyjnej ablacji laserowej</t>
         </is>
       </c>
-      <c r="B72" t="inlineStr">
+      <c r="B94" t="inlineStr">
         <is>
           <t>Pioneer 180 pld system</t>
         </is>
       </c>
-      <c r="C72" t="inlineStr">
+      <c r="C94" t="inlineStr">
         <is>
           <t>System pld umożliwia wytwarzanie warstw epitaksjalnych, wielowarstwowych heterostruktur, supersieci i warstw amorficznych z różnych materiałów (metale, niemetale, tlenki, ceramika itp.). system pld jest wyposażony w karuzelę z 6 miejscami na targety (o średnicy 1 cala), co umożliwia wytwarzanie wielowarstwowych heterostruktur (np. lsmo/bto/lsmo, lao/sto itp.) w jednym procesie wzrostu.
 system pld składa się z:
 - śluzy załadowczej do wstępnego pompowania;
 - głównej komory próżniowej o ciśnieniu bazowym ~ 8e-8 torr z możliwością stosowania mieszanin gazowych (tlen, azot i argon) podczas procesu wzrostu warstw;
 - lasera eksimerowego krf uv 248nm compex 110f (częstotliwość impulsów 1 - 100 hz, maksymalna moc 200mj);
 - sytemu pomiarowego rheed firmy stibe instruments.
 do procesu wzrostu można stosować podłoża o średnicy do 2 cali. jeden z uchwytów na próbki jest dedykowany dla podłoży o wymiarach 10x10 mm. podłoże może być obracane w sposób ciągły podczas otrzymywania warstwy (1-30 obr./min, 360°).
 wzrost może odbywać się w zakresie od temperatury pokojowej do 850 °c. szybkość ogrzewania i chłodzenia można regulować cyfrowo z dokładnością do 1 °c/min. grzejnik radiacyjny jest kompatybilny z tlenem do 1 atm (760 torr) o2. jest on montowany od góry uchwytu do próbek z powierzchnią podłoża skierowaną do dołu.
 technika rheed jest również kompatybilna z tlenem do ~ 1e-3 torr o2. diagnostyka rheed in-situ umożliwia badanie struktury krystalicznej i kinetyki wzrostu cienkich warstw. kontrola oscylacji rheed operando, tj. podczas wzrostu warstwy, umożliwia kontrolę grubości warstwy na poziomie komórki elementarnej.</t>
         </is>
       </c>
-      <c r="D72" t="inlineStr">
+      <c r="D94" t="inlineStr">
         <is>
           <t>System ablacji laserowej pozwala na otrzymywanie epitaksjalnie wielowarstwowych układów, o dobrej kontroli grubości dzięki pomiarom in situ za pomocą metody rheed.
 metoda rheed pozwala również na badanie odpowiednio przygotowanych próbek pod kątem ich struktury krystalograficznej, a także kontroli jakości mikrostruktury po procesach trawienia do poziomu warstw atomowych.</t>
         </is>
       </c>
-      <c r="E72" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G72" t="inlineStr">
+      <c r="E94" t="inlineStr"/>
+      <c r="F94" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G94" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H72" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I72" t="inlineStr">
+      <c r="H94" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I94" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J72" t="inlineStr">
+      <c r="J94" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K72" t="inlineStr">
+      <c r="K94" t="inlineStr">
         <is>
           <t>Naumov Andrii</t>
         </is>
       </c>
-      <c r="L72" t="inlineStr">
+      <c r="L94" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/andrii-naumov-9421.html</t>
         </is>
       </c>
-      <c r="M72" t="inlineStr">
+      <c r="M94" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N72" t="inlineStr">
+      <c r="N94" t="inlineStr">
         <is>
           <t>Ablacja laserowa, cienkie warstwy, nanostruktury, osadzanie laserem impulsowym, pld, rheed</t>
         </is>
       </c>
     </row>
-    <row r="73">
-      <c r="A73" t="inlineStr">
+    <row r="95">
+      <c r="A95" t="inlineStr">
         <is>
           <t>System do wysokorozdzielczej litografii elektronowej</t>
         </is>
       </c>
-      <c r="B73" t="inlineStr">
+      <c r="B95" t="inlineStr">
         <is>
           <t>Eline plus basic - sn.: 1-212-233</t>
         </is>
       </c>
-      <c r="C73" t="inlineStr">
+      <c r="C95" t="inlineStr">
         <is>
           <t>W pomieszczeniu czystym klasy 100 znajduje się urządzenie do litografii elektronowej (raith eline+). układ składa się z działa elektronowego, detektora elektronów wtórnych, detektora in-lens, interferometru laserowego, elektroniki sterującej oraz układu pomp do utrzymania odpowiedniej próżni w urządzeniu. układ umożliwia naświetlanie elementów o  rozmiarach od 10 nm do kilkaset µm na powierzchni próbki o rozmiarach do 4 cali.
 dodatkowo w  pomieszczeniu znajduje się stół procesowy (firmy arias) do nakładania, wygrzewania i usuwania rezystów. w stole mamy umiejscowioną płytę grzewczą, myjkę ultradźwiękowa, wirówkę, pistolet z azotem do zdmuchiwania pyłków z próbek i pistolet z wodą destylowaną do przemywania próbek. do stołu są doprowadzone niezbędne instalacje takie jak wodna, gazowa i odciąg umiejscowiony w blacie stołu, który na bieżąco odprowadza opary substancji chemicznych na zewnątrz.
 litografia elektronowa jest wykonywana przy użyciu rezystów pozytywowych serii ar-p 617, natomiast litografia negatywowa jest oparta o rezysty serii ar-n 7520.</t>
         </is>
       </c>
-      <c r="D73" t="inlineStr">
+      <c r="D95" t="inlineStr">
         <is>
           <t>Użytkownicy aparatury mają możliwość dokładnej nanostrukturyzacji w opisanej rozdzielczości. całość procesu odbywa się w pomieszczeniach czystych co wpływa korzystnie na jakość otrzymywanych próbek. w połączeniu z bliskim sąsiedztwem pomieszczenia do ablacji laserowej, możliwym jest uzyskanie kompletnych złącz z potencjałem zastosowania w dziedzinach nauki takich jak np. spintronika.</t>
         </is>
       </c>
-      <c r="E73" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G73" t="inlineStr">
+      <c r="E95" t="inlineStr"/>
+      <c r="F95" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G95" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H73" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I73" t="inlineStr">
+      <c r="H95" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I95" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J73" t="inlineStr">
+      <c r="J95" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K73" t="inlineStr">
+      <c r="K95" t="inlineStr">
         <is>
           <t>Jurzecka-Szymacha Maria</t>
         </is>
       </c>
-      <c r="L73" t="inlineStr">
+      <c r="L95" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/maria-jurzecka-szymacha-7600.html</t>
         </is>
       </c>
-      <c r="M73" t="inlineStr">
+      <c r="M95" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N73" t="inlineStr">
+      <c r="N95" t="inlineStr">
         <is>
           <t>Nanolitografia, nanostrukturyzacja, nanoszenie cienkich warstw</t>
         </is>
       </c>
     </row>
-    <row r="74">
-      <c r="A74" t="inlineStr">
+    <row r="96">
+      <c r="A96" t="inlineStr">
         <is>
           <t>Mikroskop metalograficzny (clean room) nikon eclipse lv150n</t>
         </is>
       </c>
-      <c r="B74" t="inlineStr">
+      <c r="B96" t="inlineStr">
         <is>
           <t>Nikon eclipse lv150n</t>
         </is>
       </c>
-      <c r="C74" t="inlineStr">
+      <c r="C96" t="inlineStr">
         <is>
           <t>Mikroskop świetlny (lm) umożliwia obrazowanie w świetle odbitym w jasnym polu (bf), ciemnym polu (df), świetle spolaryzowanym (pol) oraz kontraście interferencyjnym tzw. kontraście nomarskiego (dic). posiada w pełni zmotoryzowany stolik (x,y,z), pozwalający na automatyczne robienie zdjęć w powiększonej głębi ostrości (edf), wraz z trójwymiarowym obrazowaniem powierzchni, a także pozwala na automatyczne skanowanie całych zgładów metalograficznych w wysokiej rozdzielczości.
 mikroskop znajduje się w clean roomie. do pomiarów prowadzonych poza clean roomem wykorzystywany jest mikroskop: https://oferta-badawcza.agh.edu.pl/equipment/mikroskop-metalograficzny/</t>
         </is>
       </c>
-      <c r="D74" t="inlineStr">
+      <c r="D96" t="inlineStr">
         <is>
           <t>Mikroskop świetlny (lm) umożliwia obrazowanie w świetle odbitym w jasnym polu (bf), ciemnym polu (df), świetle spolaryzowanym (pol) oraz kontraście interferencyjnym tzw. kontraście nomarskiego (dic). posiada w pełni zmotoryzowany stolik (x,y,z), pozwalający na automatyczne robienie zdjęć w powiększonej głębi ostrości (edf), wraz z trójwymiarowym obrazowaniem powierzchni, a także pozwala na automatyczne skanowanie całych zgładów metalograficznych w wysokiej rozdzielczości.</t>
         </is>
       </c>
-      <c r="E74" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G74" t="inlineStr">
+      <c r="E96" t="inlineStr"/>
+      <c r="F96" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G96" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H74" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I74" t="inlineStr">
+      <c r="H96" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I96" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J74" t="inlineStr">
+      <c r="J96" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K74" t="inlineStr">
+      <c r="K96" t="inlineStr">
         <is>
           <t>Jurzecka-Szymacha Maria</t>
         </is>
       </c>
-      <c r="L74" t="inlineStr">
+      <c r="L96" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/maria-jurzecka-szymacha-7600.html</t>
         </is>
       </c>
-      <c r="M74" t="inlineStr">
+      <c r="M96" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N74" t="inlineStr">
+      <c r="N96" t="inlineStr">
         <is>
           <t>Cleanroom, mikroskop, mikroskop optyczny, mikroskopia</t>
         </is>
       </c>
     </row>
-    <row r="75">
-      <c r="A75" t="inlineStr">
+    <row r="97">
+      <c r="A97" t="inlineStr">
         <is>
           <t>Chłodziarka rozcieńczalnikowa z magnesem</t>
         </is>
       </c>
-      <c r="B75" t="inlineStr">
+      <c r="B97" t="inlineStr">
         <is>
           <t>Triton 200</t>
         </is>
       </c>
-      <c r="C75" t="inlineStr">
+      <c r="C97" t="inlineStr">
         <is>
           <t>Chłodziarka rozcieńczalnikowa 3he/4he pracująca w cyklu zamkniętym pozwala na osiągnięcie i ustabilizowanie temperatur w zakresie od 10 mk do 30 k. moc chłodząca w temperaturze 100 mk wynosi 200 µw, a w 20 mk 4 µw. zintegrowany magnes nadprzewodzący pozwala na wytworzenie pola magnetycznego do 14 t.
 unikalny system wymiany próbek pozwala na zmianę próbki w temperaturze 10 k. dzięki czemu czas potrzebny na wymianę i schłodzenie próbki do temperatury 100 mk to 72 h.
 chłodziarka wyposażona jest w 2 wiązki składające się z 12 par przewodów do pomiarów stałoprądowych. jedna wiązka wykonana jest z konstantanu a druga (nadprzewodząca) z cu/nbti. do dyspozycji jest również 8 przewodów koncentrycznych pozwalających na wykonywanie pomiarów zmiennoprądowych do 500 mhz.
 pomiar temperatury przeprowadzany jest za pomocą termometrów ruo2 wykalibrowanych od temperatury 50 mk do 30 k. dokładny pomiar w temperaturach &lt; 50 mk jest możliwy dzięki zastosowaniu termometru wzorcowego cmn oraz kaskadowego termometru nadprzewodzącego srd1000.
 podstawowe parametry: minimalna temperatura:           &lt; 10 mk. moc chłodząca w 100 mk:        200 µw. moc chłodząca w 20 mk:          4 µw. czas wymiany próbki:              72 h. liczba dostępnych przewodów dc: 24 (konstantan lub cu/nbti). liczba dostępnych przewodów ac: 8 przewodów koncentrycznych do 500 mhz.</t>
         </is>
       </c>
-      <c r="D75" t="inlineStr">
+      <c r="D97" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary transportu elektronowego, efektu halla i magnetooporu wykonywane zarówno techniką dc jak i ac w funkcji temperatury lub w funkcji pola magnetycznego.
 	pomiary ciepła właściwego odbywa się przy stałym ciśnieniu cp. jest to pomiar metodą relaksacyjną, łączącą w sobie dużą dokładność pomiaru z nieskomplikowanymi technikami analizy wyników.
 </t>
         </is>
       </c>
-      <c r="E75" t="inlineStr">
+      <c r="E97" t="inlineStr">
         <is>
           <t xml:space="preserve">Parametry pomiaru transportu elektronowego:
 	rozmiary próbki: 5 x 8 x 3 mm (szer. x dług. x wys.).
 	imax: 10 ma.
 	u: 100 nv – 10 v.
 	50 mk &lt; t &lt; 30 k.
 	0 t &lt; b &lt; 14 t.
 parametry pomiaru ciepła właściwego:
 	rozmiary próbki: 5 x 3 x 1 mm (szer. x dług. x wys.).
 	50 mk &lt; t &lt; 30 k.
 	0 t &lt; b &lt; 14 t.
 </t>
         </is>
       </c>
-      <c r="F75" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G75" t="inlineStr">
+      <c r="F97" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G97" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H75" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I75" t="inlineStr">
+      <c r="H97" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I97" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J75" t="inlineStr">
+      <c r="J97" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K75" t="inlineStr">
+      <c r="K97" t="inlineStr">
         <is>
           <t>Chrobak Maciej</t>
         </is>
       </c>
-      <c r="L75" t="inlineStr">
+      <c r="L97" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/maciej-chrobak-8494.html</t>
         </is>
       </c>
-      <c r="M75" t="inlineStr">
+      <c r="M97" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N75" t="inlineStr">
+      <c r="N97" t="inlineStr">
         <is>
           <t>Ciepło własciwe, efekt halla, temperatury sub-kelwinowe, transport elektronowy, transport kwantowy</t>
         </is>
       </c>
     </row>
-    <row r="76">
-      <c r="A76" t="inlineStr">
+    <row r="98">
+      <c r="A98" t="inlineStr">
         <is>
           <t>Analizator sorpcji gazów</t>
         </is>
       </c>
-      <c r="B76" t="inlineStr">
+      <c r="B98" t="inlineStr">
         <is>
           <t>Imi-0118 hiden isochema</t>
         </is>
       </c>
-      <c r="C76" t="inlineStr">
+      <c r="C98" t="inlineStr">
         <is>
           <t>Analizator sorpcji umożliwia określenie ilości zabsorbowanego przez próbkę gazu, w kontrolowanych warunkach ciśnienia i temperatury, przy zastosowaniu metody wolumetrycznej sieverts'a. może być wykorzystywany do analizy sorpcji h2, co2, ch4, n2 i ar. urządzenie pozwala na współpracę z systemem imi w połączeniu z automatycznym manometrycznym analizatorem sorpcji, dając możliwość wykonania pomiarów izoterm pct (ciśnienie-skład-temperatura). umożliwia również; badanie kinetyki procesu sorpcja-desorpcja; oraz trwałości materiałów przy cyklicznym pochłanianiu i desorpcji gazu w zadanym przedziale temperatur i ciśnień. układ zawiera komorę reakcyjną o objętości 10 cm3 z możliwością dołączenia objętości buforowej, umożliwiającej pomiary z odpowiednią dokładnością, dla małych próbek</t>
         </is>
       </c>
-      <c r="D76" t="inlineStr">
+      <c r="D98" t="inlineStr">
         <is>
           <t>Określanie zdolności magazynowania wodoru.
 pomiary ciśnienia-rozkładu-temperatury (pct) badania termodynamiczne i kinetyczne.
 wodorki metali i materiały nanoporowate (materiały węglowe, zeolity, mof-y i polimery)</t>
         </is>
       </c>
-      <c r="E76" t="inlineStr">
+      <c r="E98" t="inlineStr">
         <is>
           <t>Parametry pracy
 zakres temperatur  od pokojowej do 500°c
 zakres ciśnień 0 ̶ 200 bar
 waga próbki do 5 g
 rozdzielczość pomiarów &lt; 1 μmol
 przepływ gazu 1000 ml/min
 tryby pomiaru izoterma sorpcji, cykle sorpcji/desorpcji</t>
         </is>
       </c>
-      <c r="F76" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G76" t="inlineStr">
+      <c r="F98" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G98" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H76" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I76" t="inlineStr">
+      <c r="H98" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I98" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J76" t="inlineStr">
+      <c r="J98" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K76" t="inlineStr">
+      <c r="K98" t="inlineStr">
         <is>
           <t>Jabłoński Piotr</t>
         </is>
       </c>
-      <c r="L76" t="inlineStr">
+      <c r="L98" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/piotr-jablonski-9263.html</t>
         </is>
       </c>
-      <c r="M76" t="inlineStr">
+      <c r="M98" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N76" t="inlineStr">
+      <c r="N98" t="inlineStr">
         <is>
           <t>Sorpcja gazów, wodorki, wodór</t>
         </is>
       </c>
     </row>
-    <row r="77">
-      <c r="A77" t="inlineStr">
+    <row r="99">
+      <c r="A99" t="inlineStr">
         <is>
           <t>Profilometr do pomiarów warstw o wymiarach nanometrycznych</t>
         </is>
       </c>
-      <c r="B77" t="inlineStr">
+      <c r="B99" t="inlineStr">
         <is>
           <t>Profilometr bruker dektakxt</t>
         </is>
       </c>
-      <c r="C77" t="inlineStr">
+      <c r="C99" t="inlineStr">
         <is>
           <t>Profilometr igłowy stykowy służący badaniu chropowatości oraz falistości powierzchni z rozdzielczością 1 a oraz powtarzalnością na poziomie 4 a≤ (angstrem).</t>
         </is>
       </c>
-      <c r="D77" t="inlineStr">
+      <c r="D99" t="inlineStr">
         <is>
           <t>Aparatura pozwala na mierzenie grubości nanoszonych przez użytkownika cienkich warstw, tworzenie profili w określonych kierunkach i eksport wartości, wraz z przeliczeniem chropowatości.</t>
         </is>
       </c>
-      <c r="E77" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G77" t="inlineStr">
+      <c r="E99" t="inlineStr"/>
+      <c r="F99" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G99" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H77" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I77" t="inlineStr">
+      <c r="H99" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I99" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J77" t="inlineStr">
+      <c r="J99" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K77" t="inlineStr">
+      <c r="K99" t="inlineStr">
         <is>
           <t>Jurzecka-Szymacha Maria</t>
         </is>
       </c>
-      <c r="L77" t="inlineStr">
+      <c r="L99" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/maria-jurzecka-szymacha-7600.html</t>
         </is>
       </c>
-      <c r="M77" t="inlineStr">
+      <c r="M99" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N77" t="inlineStr">
+      <c r="N99" t="inlineStr">
         <is>
           <t>Profilometr</t>
         </is>
       </c>
     </row>
-    <row r="78">
-      <c r="A78" t="inlineStr">
+    <row r="100">
+      <c r="A100" t="inlineStr">
         <is>
           <t>Zintegrowany system pomiarów mossbauerowskich</t>
         </is>
       </c>
-      <c r="B78" t="inlineStr">
+      <c r="B100" t="inlineStr">
         <is>
           <t>Elektronika jądrowa wacław musiał</t>
         </is>
       </c>
-      <c r="C78" t="inlineStr">
+      <c r="C100" t="inlineStr">
         <is>
           <t xml:space="preserve">Standardowy tor spektrometryczny z detektorem proporcjonalnym (ksenonowym) z oprogramowaniem.
 	kaseta nim z zasilaczem
 	detektor proporcjonalny, ksenonowy, w osłonie z blach ołowianych
 	zasilacz wysokiego napięcia wzmacniacz i dyskryminator koperek
 	analizator wielokanałowy amplitudy impulsów barbakan
 	przelicznik wielokanałowy, dwutorowy mosiek-5 z oprogramowaniem do akwizycji danych
 	wibrator na magnesach neodymowych
 	kolimator ołowiany, obudowany mosiądzem dla 1 licznika
 	sterownik wibratora osika
 	 ława mossbauerowska z uchwytami na 1 licznik i 1 próbkę
 </t>
         </is>
       </c>
-      <c r="D78" t="inlineStr">
+      <c r="D100" t="inlineStr">
         <is>
           <t xml:space="preserve">Wykonywanie pomiarów  widm mossbauera w geometrii transmisyjnej. </t>
         </is>
       </c>
-      <c r="E78" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G78" t="inlineStr">
+      <c r="E100" t="inlineStr"/>
+      <c r="F100" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G100" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H78" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I78" t="inlineStr">
+      <c r="H100" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I100" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J78" t="inlineStr">
+      <c r="J100" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K78" t="inlineStr">
+      <c r="K100" t="inlineStr">
         <is>
           <t>Cieślak Jakub</t>
         </is>
       </c>
-      <c r="L78" t="inlineStr">
+      <c r="L100" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jakub-cieslak-4210.html</t>
         </is>
       </c>
-      <c r="M78" t="inlineStr">
+      <c r="M100" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N78" t="inlineStr">
+      <c r="N100" t="inlineStr">
         <is>
           <t>Spektroskopia moessbauera</t>
         </is>
       </c>
     </row>
-    <row r="79">
-      <c r="A79" t="inlineStr">
+    <row r="101">
+      <c r="A101" t="inlineStr">
         <is>
           <t>Magnetometr vsm z kriostatem</t>
         </is>
       </c>
-      <c r="B79" t="inlineStr">
+      <c r="B101" t="inlineStr">
         <is>
           <t>Magnetometr wibracyjny lakeshore 7407</t>
         </is>
       </c>
-      <c r="C79" t="inlineStr">
+      <c r="C101" t="inlineStr">
         <is>
           <t>Magnetometr wibracyjny, typ 7407 firmy lakeshore, wuposażony w kriostat i piec pozwala na pomiar namagnesowania w funkcji temperatury (w zakresie od temperatury ciekłego azotu do 1000 ºc), w funkcji zewnętrznego pola magnetycznego (do 2.5 tesla w temperaturze pokojowej i 1.6 tesla w szerokim zakresie temperatur), a także w funkcji orientacji próbki względem kierunku pola (pełny obrót próbki w kierunku azymutalnym). działa w oparciu o metodę wibrującej próbki i kwadraturową detekcję zmiany indukowanego przez nią strumienia pola magnetycznego. umożliwia badanie próbek litych, monokryształów, cienkich warstw, proszków, cieczy i roztworów. w temperaturze pokojowej możliwy jest pomiar próbek o rozmiarach liniowych sięgających 10 mm i masie 10 g. pomiary temperaturowe możliwe są dla próbek o wymiarach liniowych nie większych niż 5 mm. pomiar cieczy i roztworów wodnych nanocząstek możliwy jest w zakresie temperatur od 77 k do 450 k.</t>
         </is>
       </c>
-      <c r="D79" t="inlineStr">
+      <c r="D101" t="inlineStr">
         <is>
           <t>M(h), m(t), m(q)</t>
         </is>
       </c>
-      <c r="E79" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G79" t="inlineStr">
+      <c r="E101" t="inlineStr"/>
+      <c r="F101" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G101" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H79" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I79" t="inlineStr">
+      <c r="H101" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I101" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J79" t="inlineStr">
+      <c r="J101" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K79" t="inlineStr">
+      <c r="K101" t="inlineStr">
         <is>
           <t>Szkudlarek Aleksandra</t>
         </is>
       </c>
-      <c r="L79" t="inlineStr">
+      <c r="L101" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
         </is>
       </c>
-      <c r="M79" t="inlineStr">
+      <c r="M101" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N79" t="inlineStr">
+      <c r="N101" t="inlineStr">
         <is>
           <t>Anizotropia magnetyczna, fc, krzywa magnesowania, magnetyzacja, podatność magnetyczna dc, zfc</t>
         </is>
       </c>
     </row>
-    <row r="80">
-      <c r="A80" t="inlineStr">
+    <row r="102">
+      <c r="A102" t="inlineStr">
         <is>
           <t>Chromatograf gazowy gc-ms/tcd – shimadzu gcms-qp2020(ei)</t>
         </is>
       </c>
-      <c r="B80" t="inlineStr">
+      <c r="B102" t="inlineStr">
         <is>
           <t>Shimadzu gcms-qp2020(ei)</t>
         </is>
       </c>
-      <c r="C80" t="inlineStr">
+      <c r="C102" t="inlineStr">
         <is>
           <t>Chromatograf gazowy wyposażony w detektory ms oraz tcd, umożliwiający analizę jakościową oraz ilościową składu fazy gazowej.
 konfiguracja:
 ms – gaz nośny: he, kolumna: agilent j&amp;w; hp-plot/u; l=30m; d=0.53 mm, zakres temperatury: 60 – 190 ºc ),
 tcd – gaz nośny n2: kolumna pakowana: sito molekularne, wypełnienie: mole sieve 5 å, 13x, tmax = 500 ºc)
 kalibracja: h2(n2), co2 (he), co (he), ch4(he), c2h6(he), c2h4 (he)</t>
         </is>
       </c>
-      <c r="D80" t="inlineStr">
+      <c r="D102" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analiza jakościowa oraz ilościowa składu fazy gazowej
 </t>
         </is>
       </c>
-      <c r="E80" t="inlineStr">
+      <c r="E102" t="inlineStr">
         <is>
           <t>Piec:
 - zakres: od temperatury otoczenia do 450 ºc
 dozownik:
 - typu split/splitless
 detektory:
 ms - kwadrupolowy detektor mas:
 - typ jonizacji: „electron impact” (ei)
 - zakres masowy m/z = 1.5 – 1090
 - możliwość pracy w trybach: scan, sim oraz scan/sim
 tcd:
 - czułość 20000 mv x ml/mg
 - temperatura pracy detektora do 400 ºc</t>
         </is>
       </c>
-      <c r="F80" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G80" t="inlineStr">
+      <c r="F102" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G102" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H80" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I80" t="inlineStr">
+      <c r="H102" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I102" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J80" t="inlineStr">
+      <c r="J102" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K80" t="inlineStr">
+      <c r="K102" t="inlineStr">
         <is>
           <t>Mech Krzysztof</t>
         </is>
       </c>
-      <c r="L80" t="inlineStr">
+      <c r="L102" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-mech-7959.html</t>
         </is>
       </c>
-      <c r="M80" t="inlineStr">
+      <c r="M102" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N80" t="inlineStr">
+      <c r="N102" t="inlineStr">
         <is>
           <t>Chromafografia gazowa, gc-ms, tcd</t>
         </is>
       </c>
     </row>
-    <row r="81">
-      <c r="A81" t="inlineStr">
+    <row r="103">
+      <c r="A103" t="inlineStr">
         <is>
           <t>Spektrometr fluorescencji rentgenowskiej z dyspersją falową (wd-xrf) rigaku zsx primus iv</t>
         </is>
       </c>
-      <c r="B81" t="inlineStr">
+      <c r="B103" t="inlineStr">
         <is>
           <t>Wd-xrf rigaku zsx primus iv</t>
         </is>
       </c>
-      <c r="C81" t="inlineStr">
+      <c r="C103" t="inlineStr">
         <is>
           <t xml:space="preserve">Zsx primus iv to spektrometr xrf z dyspersją długości fali do jakościowej, półilościowej i ilościowej analizy pierwiastków. jest w stanie wykrywać pierwiastki od be do u.
 specyfikacja:
 zakres analizowanych pierwiastków: be – u (z = 4 – 92)
 parametry źródła rentgenowskiego:
 	lampa rh 4 kw
 	napięcie przyspieszające: 60 kv
 	maksymalne natężenie prądu wiązki elektronowej: 150 ma
 	automatyczna funkcja wygrzewania lampy
 	lampa rentgenowska umieszczona nad analizowaną próbką
 układ wiązki pierwotnej:
 	automatyczny system osłabiania wiązki
 	możliwość wyboru filtra wiązki pierwotnej (dostępne cztery filtry (al-125, al-25, ni-40, ni-400)
 	sześciopozycyjny zmieniacz kolimatorów (35, 30, 20, 10, 1 oraz 0.5 mm)
 układ próbek:
 	automatyczny zmieniacz próbek  (48 pozycji)
 	możliwość obrotu próbki podczas pomiaru
 	hermetyczna komora umożliwiająca pomiar próbek proszkowych i ciekłych w atmosferze helu
 	możliwość prowadzenia pomiaru przy ustalonym kącie
 układ analizatora i detekcji:
 	automatyczny zmieniacz kryształów analizujących
 	8 kryształów analizujących umożliwiających pomiar w zakresie b – u: lif(200) : 22ti-92u pet: 13al-21sc ge: 15p-21sc rx-25: 9f-12mg rx-35: 8o-12mg rx-40: 7n-8o rx-61: 5b-6c lif(220): kryształ współpracujący z licznikiem scyntylacyjnym
 	detektor proporcjonalny i scyntylacyjny
 	system mapowania (pomiar punktowy) wraz z kamerą ccd
  </t>
         </is>
       </c>
-      <c r="D81" t="inlineStr">
+      <c r="D103" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jakościowa oraz ilościowa analiza składu pierwiastkowego
 	bezwzorcowa analiza składu chemicznego
 	makroskopowa oraz punktowa analiza składu chemicznego
 	możliwość wykonania pomiaru przy stałym kącie
 	możliwość analizy składu próbek litych oraz proszkowych
 </t>
         </is>
       </c>
-      <c r="E81" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G81" t="inlineStr">
+      <c r="E103" t="inlineStr"/>
+      <c r="F103" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G103" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H81" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I81" t="inlineStr">
+      <c r="H103" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I103" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J81" t="inlineStr">
+      <c r="J103" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K81" t="inlineStr">
+      <c r="K103" t="inlineStr">
         <is>
           <t>Mech Krzysztof</t>
         </is>
       </c>
-      <c r="L81" t="inlineStr">
+      <c r="L103" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-mech-7959.html</t>
         </is>
       </c>
-      <c r="M81" t="inlineStr">
+      <c r="M103" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N81" t="inlineStr">
+      <c r="N103" t="inlineStr">
         <is>
           <t>Analiza elementarna, analiza ilościowa, analiza jakościowa, badania składu pierwiastkowego, wd-xrf</t>
         </is>
       </c>
     </row>
-    <row r="82">
-      <c r="A82" t="inlineStr">
+    <row r="104">
+      <c r="A104" t="inlineStr">
         <is>
           <t>Spektrometr fotoelektryczny</t>
         </is>
       </c>
-      <c r="B82" t="inlineStr">
+      <c r="B104" t="inlineStr">
         <is>
           <t>Spektrometr fotoelektryczny</t>
         </is>
       </c>
-      <c r="C82" t="inlineStr">
+      <c r="C104" t="inlineStr">
         <is>
           <t>Układ pomiarowy złożony z cyfrowo sterowanego źródła światła (lampa ksenonowa xbo150, monochromator, zestaw filtrów krawędziowych, migawka, układ stabilizacji natężenia światła), kalibrowanej fotodiody, dedykowanego potencjostatu oraz sondy kelvina z elektrodą pomiarową w postaci oscylującej złotej siatki.</t>
         </is>
       </c>
-      <c r="D82" t="inlineStr">
+      <c r="D104" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie służy do badania materiałów półprzewodnikowych i pozwala na:
 	pomiar widm akcji fotoprądu w szerokim zakresie długości fali światła wzbudzającego oraz potencjału elektrody pracującej,
 	pomiar pracy wyjścia w funkcji długości fali padającego światła,
 	wyznaczenie trójwymiarowych map generowanych przez półprzewodnik fotoprądów
 	określenie typu przewodnictwa.
 </t>
         </is>
       </c>
-      <c r="E82" t="inlineStr">
+      <c r="E104" t="inlineStr">
         <is>
           <t xml:space="preserve">Parametry pracy:
 	zakres długości fali: 200-1000 nm
 	zakres polaryzacji elektrody pracującej: ±2 v
 	czułość detektora fotonapięcia &lt;1 mv
 	dokładność ustawienia elektrody pomiarowej sondy 5 µm
 	niskoszumowy przedwzmacniacz sygnału o czułości lepszej niż 0.1 mv
 	ciągła rejestracja zmian pracy wyjścia (zdolność rozdzielcza lepsza niż 1 mev)
 </t>
         </is>
       </c>
-      <c r="F82" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G82" t="inlineStr">
+      <c r="F104" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G104" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H82" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I82" t="inlineStr">
+      <c r="H104" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I104" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J82" t="inlineStr">
+      <c r="J104" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K82" t="inlineStr">
+      <c r="K104" t="inlineStr">
         <is>
           <t>Podborska Agnieszka</t>
         </is>
       </c>
-      <c r="L82" t="inlineStr">
+      <c r="L104" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-podborska-7440.html</t>
         </is>
       </c>
-      <c r="M82" t="inlineStr">
+      <c r="M104" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N82" t="inlineStr">
+      <c r="N104" t="inlineStr">
         <is>
           <t>Fotonapięcie, fotoprąd, półprzewodniki, praca wyjścia</t>
         </is>
       </c>
     </row>
-    <row r="83">
-      <c r="A83" t="inlineStr">
+    <row r="105">
+      <c r="A105" t="inlineStr">
         <is>
           <t>System do analizy półprzewodników keithley  4200-scs</t>
         </is>
       </c>
-      <c r="B83" t="inlineStr">
+      <c r="B105" t="inlineStr">
         <is>
           <t>System do analizy półprzewodników keithley  4200-scs</t>
         </is>
       </c>
-      <c r="C83" t="inlineStr">
+      <c r="C105" t="inlineStr">
         <is>
           <t>System pomiarowy keithley 4200-scs jest modularnym, zintegrowanym rozwiązaniem pomiarowym przeznaczonym do badań materiałów, elementów półprzewodnikowych oraz związanych z nimi procesów. urządzenie zapewnia pełną charakteryzację testowanego układu przy użyciu graficznego interfejsu pomiarowego, prowadzącego użytkownika przez złożone testy. obecna konfiguracja obejmuje 4x smu (jednostka pomiarowa źródła średniej mocy) i 1x pmu (jednostka ultraszybkich impulsów i-v).</t>
         </is>
       </c>
-      <c r="D83" t="inlineStr">
+      <c r="D105" t="inlineStr">
         <is>
           <t>Niektórymi z wielu materiałów i urządzeń, które można charakteryzować przy użyciu keithley 4200-scs są: grafen, nanorurki węglowe, diody led i oled, kondensatory, rezystory, diody, ogniwa słoneczne, mosfet, bjt, pamięci flash, pamięci nieulotne, itp.</t>
         </is>
       </c>
-      <c r="E83" t="inlineStr">
+      <c r="E105" t="inlineStr">
         <is>
           <t xml:space="preserve">4200-smu: moze dostarczać napięcie lub prąd i  jednocześnie mierzyć napięcie, jak i prąd.
 	zakres: ±210 v, ±100 ma
 	rozdzielczość: 0.2 μv, 100 fa
 4225-pmu: jednostka dwukanałowa zapewnia połączenie ultraszybkich impulsów napięciowych z równoczesnymi pomiarami napięcia i prądu.
 	zakres: ±40 v, ±10 v
 	rozdzielczość: 75 na
 </t>
         </is>
       </c>
-      <c r="F83" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G83" t="inlineStr">
+      <c r="F105" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G105" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H83" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I83" t="inlineStr">
+      <c r="H105" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I105" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J83" t="inlineStr">
+      <c r="J105" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K83" t="inlineStr">
+      <c r="K105" t="inlineStr">
         <is>
           <t>Mazur Tomasz</t>
         </is>
       </c>
-      <c r="L83" t="inlineStr">
+      <c r="L105" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-mazur-8414.html</t>
         </is>
       </c>
-      <c r="M83" t="inlineStr">
+      <c r="M105" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N83" t="inlineStr">
+      <c r="N105" t="inlineStr">
         <is>
           <t>Charakterystyka pr, eksperymenty imp, półprzewodniki</t>
         </is>
       </c>
     </row>
-    <row r="84">
-      <c r="A84" t="inlineStr">
+    <row r="106">
+      <c r="A106" t="inlineStr">
         <is>
           <t>Spektrometr ftir do pomiarów widm w podczerwieni</t>
         </is>
       </c>
-      <c r="B84" t="inlineStr">
+      <c r="B106" t="inlineStr">
         <is>
           <t>Spektrometr ftir tensor ii firmy bruker</t>
         </is>
       </c>
-      <c r="C84" t="inlineStr">
+      <c r="C106" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr ftir tensor ii firmy bruker wyposażony jest w:
 	przystawkę do pomiarów osłabionego całkowitego odbicia atr ( attenuated total reflectance) z monolitycznym kryształem diamentowym umożliwiającą pomiar w zakresie 350-8000 cm-1, przystosowaną do pomiarów próbek ciekłych oraz ciał stałych
 	przystawkę atr z kryształem germanowym umożliwiającym pomiary w zakresie 600 – 5000 cm-1, przystosowaną do pomiarów próbek ciekłych oraz stałych; kryształ germanowy idealnie nadaje się do pomiarów widm struktur węglowych, a zwłaszcza fulerenów, nanorurek węglowych czy tlenku grafenu
 	przystawkę do pomiarów transmisyjnych z kuwetą cieczową, rozbieralną z okienkami krs5 oraz znse,
 	detektory: dlatgs (340-12000 cm-1) oraz mct (420-12000 cm-1)
 	komora pomiarowa wyposażona jest w dysypator umożliwiający przedmuchiwanie komory gazem obojętnym
 </t>
         </is>
       </c>
-      <c r="D84" t="inlineStr">
+      <c r="D106" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr ftir umożliwia pomiar widm w podczerwieni różnego rodzaju próbek ciekłych oraz stałych (z wyj. roztworów wodnych). nie wymaga specjalnego przygotowania próbki. pomiary widm w podczerwieni mogą służyć do identyfikcji badanych substancji lub analizy porównawczej materiałów. </t>
         </is>
       </c>
-      <c r="E84" t="inlineStr">
+      <c r="E106" t="inlineStr">
         <is>
           <t>Pomiar widm w podczerwieni techniką atr dla próbek ciekłych i stałych w zakresie 350-8000 cm-1</t>
         </is>
       </c>
-      <c r="F84" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G84" t="inlineStr">
+      <c r="F106" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G106" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H84" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I84" t="inlineStr">
+      <c r="H106" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I106" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J84" t="inlineStr">
+      <c r="J106" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K84" t="inlineStr">
+      <c r="K106" t="inlineStr">
         <is>
           <t>Podborska Agnieszka</t>
         </is>
       </c>
-      <c r="L84" t="inlineStr">
+      <c r="L106" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-podborska-7440.html</t>
         </is>
       </c>
-      <c r="M84" t="inlineStr">
+      <c r="M106" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N84" t="inlineStr">
+      <c r="N106" t="inlineStr">
         <is>
           <t>Atr, ftir</t>
         </is>
       </c>
     </row>
-    <row r="85">
-      <c r="A85" t="inlineStr">
+    <row r="107">
+      <c r="A107" t="inlineStr">
         <is>
           <t>Próżniowy system do nanoszenia cienkich warstw i wytwarzania nanocząstek</t>
         </is>
       </c>
-      <c r="B85" t="inlineStr">
+      <c r="B107" t="inlineStr">
         <is>
           <t>Mantis sputtering system</t>
         </is>
       </c>
-      <c r="C85" t="inlineStr">
+      <c r="C107" t="inlineStr">
         <is>
           <t xml:space="preserve">Stanowisko laboratoryjne składa się z dwóch próżniowych komór procesowych firmy mantis, spełniających standardy wysokiej próżni (hv). pierwsza komora procesowa służy do nanoszenia jednoczesnego lub sekwencyjnego wieloskładnikowych cienkich warstw oraz struktur wielowarstwowych metali i związków metali o kontrolowanym składzie chemicznym i grubości. druga komora procesowa umożliwia wytwarzanie nanocząstek metali i tlenków metali za pomocą działa klastrowego wykorzystującego metodę rozpylania jonowego w połączeniu z techniką igc (inert gas condensation). rozkład wielkości nanocząstek jest kontrolowany za pomocą spektrometru masowego. możliwe jest również jednoczesne pokrywanie nanocząstek otoczką z innego metalu lub tlenku metalu.
 parametry pracy:
 	wysoka próżnia wstępna 1·10-8 torr
 	ciśnienie gazu roboczego 1·10-2-1·10-4 torr
 	kontrolowana temperatura podłoża (25-800°c)
 	regulowane napięcie polaryzacji podłoża (0-600 v)
 	prędkość obrotu uchwytu z podłożem (0-20 rpm)
 	podłoże (2 cale)
 	pomiar szybkości nanoszenia warstw (czujnik kwarcowy qcm)
 	regulowany, stały przepływ gazów (ar, n2, o2)
 nanoszenie cienkich warstw:
 	dwa magnetronowe źródło rozpylania dc oraz magnetronowe źródło rozpylania rf
 	stabilizowany, stały prąd rozpylania (dc) oraz stabilizowana, stała moc rozpylania (rf)
 wytwarzanie nanocząstek:
 	nanogen trio-3 magnetronowe źródła rozpylania dc
 	stabilizowany prąd rozpylania (dc)
 	napięcie polaryzacji w komorze agregacyjnej (0-20 v)
 	strefa agregacyjna chłodzona ciekłym azotem
 	kontrolowany rozmiar otrzymywanych cząstek 1-20 nm przy pomocy kwadrupolowego spektrometru masowego
 </t>
         </is>
       </c>
-      <c r="D85" t="inlineStr">
+      <c r="D107" t="inlineStr">
         <is>
           <t>Otrzymywanie cienkich warstw z targetów przewodzących, półprzewodników i izolatorów, włączając procesy reaktywne
 otrzymywanie nanocząstek z targetów przewodzących</t>
         </is>
       </c>
-      <c r="E85" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G85" t="inlineStr">
+      <c r="E107" t="inlineStr"/>
+      <c r="F107" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G107" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H85" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I85" t="inlineStr">
+      <c r="H107" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I107" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J85" t="inlineStr">
+      <c r="J107" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K85" t="inlineStr">
+      <c r="K107" t="inlineStr">
         <is>
           <t>Jabłoński Piotr</t>
         </is>
       </c>
-      <c r="L85" t="inlineStr">
+      <c r="L107" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/piotr-jablonski-9263.html</t>
         </is>
       </c>
-      <c r="M85" t="inlineStr">
+      <c r="M107" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N85" t="inlineStr">
+      <c r="N107" t="inlineStr">
         <is>
           <t>Cienkie warstwy, nanocząstki, rozpylanie magnetronowe, rozpylanie reaktywne</t>
         </is>
       </c>
     </row>
-    <row r="86">
-      <c r="A86" t="inlineStr">
+    <row r="108">
+      <c r="A108" t="inlineStr">
         <is>
           <t>Napylarka leica em ace600</t>
         </is>
       </c>
-      <c r="B86" t="inlineStr">
+      <c r="B108" t="inlineStr">
         <is>
           <t>Leica em ace600</t>
         </is>
       </c>
-      <c r="C86" t="inlineStr">
+      <c r="C108" t="inlineStr">
         <is>
           <t xml:space="preserve">Wysokopróżniowa napylarka leica em ace600 do napylania cienkich warstw z dwóch źródeł różnych metali. w skład układu wchodzą:
 	wewnętrzna, zintegrowana z systemem membranowa, bezolejowa pompa próżniowa oraz pompa turbomolekularna tmp,
 	2 zintegrowane głowice do napylania metalem,
 	automatyczny stolik z regulowaną wysokością, rotacją i kątem napylania,
 	waga kwarcowa qsg do pomiaru grubości napylonej warstwy.
 </t>
         </is>
       </c>
-      <c r="D86" t="inlineStr">
+      <c r="D108" t="inlineStr">
         <is>
           <t>Otrzymywanie cienkich warstw metalicznych</t>
         </is>
       </c>
-      <c r="E86" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G86" t="inlineStr">
+      <c r="E108" t="inlineStr"/>
+      <c r="F108" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G108" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H86" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I86" t="inlineStr">
+      <c r="H108" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I108" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J86" t="inlineStr">
+      <c r="J108" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K86" t="inlineStr">
+      <c r="K108" t="inlineStr">
         <is>
           <t>Jabłoński Piotr</t>
         </is>
       </c>
-      <c r="L86" t="inlineStr">
+      <c r="L108" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/piotr-jablonski-9263.html</t>
         </is>
       </c>
-      <c r="M86" t="inlineStr">
+      <c r="M108" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N86" t="inlineStr">
+      <c r="N108" t="inlineStr">
         <is>
           <t>Cienkie filmy, cienkie warstwy, warstwy przewodzące</t>
         </is>
       </c>
     </row>
-    <row r="87">
-      <c r="A87" t="inlineStr">
+    <row r="109">
+      <c r="A109" t="inlineStr">
         <is>
           <t>Układ nanomanipulatorów mibot</t>
         </is>
       </c>
-      <c r="B87" t="inlineStr">
+      <c r="B109" t="inlineStr">
         <is>
           <t>Nanomanipulatory mibot</t>
         </is>
       </c>
-      <c r="C87" t="inlineStr">
+      <c r="C109" t="inlineStr">
         <is>
           <t>Układ dwóch nanomanipulatorów typu mibot firmy imina, kompatybilny ze skaningowym mikroskopem elektronowo-jonowym versa 3d, umożliwia pomiary oporu in-situ w trakcie procesu nanostrukturyzacji oraz manipulację pojedynczymi sub-mikronowymi obiektami. każdy z nanomanipulatorów posiada 3 osie, po których może się poruszać z dokładnością do pojedynczych nanometrów, oraz możliwość obrotu. promień zaokrąglenia sondy pomiarowej wynosi od 100 do 500 nm, umożliwiając przepuszczanie prądów o natężeniu 100 ma. do pomiarów oporu wykorzystujemy zewnętrzną elektronikę pomiarową, np. urządzenie keithley 2400.</t>
         </is>
       </c>
-      <c r="D87" t="inlineStr">
+      <c r="D109" t="inlineStr">
         <is>
           <t>Nanomanipulatory pozwalają na zaawansowane badania nanostruktur i sub-mikronowych obiektów, umożliwiając pomiary prądowo-napięciowe bezpośrednio w komorze mikroskopu w trakcie procesu nanostrukturyzacji.</t>
         </is>
       </c>
-      <c r="E87" t="inlineStr">
+      <c r="E109" t="inlineStr">
         <is>
           <t>System umożliwia przepuszczanie prądów o natężeniu 100 ma przy użyciu zewnętrznej elektroniki pomiarowej.
 do pomiarów oporu wykorzystujemy urządzenie keithley 2400.</t>
         </is>
       </c>
-      <c r="F87" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G87" t="inlineStr">
+      <c r="F109" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G109" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H87" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I87" t="inlineStr">
+      <c r="H109" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I109" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J87" t="inlineStr">
+      <c r="J109" t="inlineStr">
         <is>
           <t>Zespół materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K87" t="inlineStr">
+      <c r="K109" t="inlineStr">
         <is>
           <t>Szkudlarek Aleksandra</t>
         </is>
       </c>
-      <c r="L87" t="inlineStr">
+      <c r="L109" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
         </is>
       </c>
-      <c r="M87" t="inlineStr">
+      <c r="M109" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N87" t="inlineStr">
+      <c r="N109" t="inlineStr">
         <is>
           <t>In-situ, nanostruktryzacja, pomiary elektryczne</t>
         </is>
       </c>
     </row>
-    <row r="88">
-      <c r="A88" t="inlineStr">
+    <row r="110">
+      <c r="A110" t="inlineStr">
         <is>
           <t>Spektrometr mössbauerowski</t>
         </is>
       </c>
-      <c r="B88" t="inlineStr">
+      <c r="B110" t="inlineStr">
         <is>
           <t>Ms-4  renon</t>
         </is>
       </c>
-      <c r="C88" t="inlineStr">
+      <c r="C110" t="inlineStr">
         <is>
           <t>Nowej generacji cyfrowy spektrometr mössbauerowski ms-4 firmy renon  zawiera blok detekcji promieniowania obejmujący głowicę detekcyjną, blok jądrowy oraz bloki kontroli wibratora i kontroli systemu. jest wyposażony w laserowy kalibrator prędkości ruchu źródła. głowica detekcyjna spektrometru zawiera zintegrowany przedwzmacniacz i zasilacz wysokiego napięcia. blok jądrowy umożliwia równoczesną analizę czterech widm: dwu widm mössbauerowskich oraz widm amplitudowych γ zbieranych w modzie koincydencji i antykoincydencji z okienkiem analizatora jednokanałowego. jedno z widm może być zastąpione przez dane z laserowego kalibratora prędkości.</t>
         </is>
       </c>
-      <c r="D88" t="inlineStr">
+      <c r="D110" t="inlineStr">
         <is>
           <t>Badanie lokalnych właściwości elektronowych (stopień utlenienia), strukturalnych (gradient pola elektrycznego) oraz magnetycznych (temperatury porządkowania, anizotropia, wewnętrzne pole magnetyczne) próbek zawierających związki fe, sn lub eu. ilościowe określenie składu próbek wielofazowych oraz oszacowanie średniej wielkości nanocząstek na bazie żelaza. badanie warstw o grubości submikronowej przy użyciu techniki detekcji elektronów konwersji (cems).</t>
         </is>
       </c>
-      <c r="E88" t="inlineStr">
+      <c r="E110" t="inlineStr">
         <is>
           <t>Układ spektrometru jest wyposażony w z zalewowy kriostat helowy (firmy iceoxford), umożliwiający pomiary w zakresie temperatur 1.5÷300 k. chłodzony wodą próżniowy piecyk mӧssbauerowski firmy elektronika jądrowa pozwala na pomiary w zakresie temperatur od 300k do 1100 k. zakres prędkości wibratora: od ±0.5 do ±150 mm/s</t>
         </is>
       </c>
-      <c r="F88" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G88" t="inlineStr">
+      <c r="F110" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G110" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H88" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I88" t="inlineStr">
+      <c r="H110" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I110" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J88" t="inlineStr">
+      <c r="J110" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K88" t="inlineStr">
+      <c r="K110" t="inlineStr">
         <is>
           <t>Bilovol Vitaliy</t>
         </is>
       </c>
-      <c r="L88" t="inlineStr">
+      <c r="L110" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/vitaliy-bilovol-9845.html</t>
         </is>
       </c>
-      <c r="M88" t="inlineStr">
+      <c r="M110" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N88" t="inlineStr">
+      <c r="N110" t="inlineStr">
         <is>
           <t>Nanocząstki, spektroskopia moessbauera</t>
         </is>
       </c>
     </row>
-    <row r="89">
-      <c r="A89" t="inlineStr">
+    <row r="111">
+      <c r="A111" t="inlineStr">
         <is>
           <t>Środowiskowa sonda kelvina</t>
         </is>
       </c>
-      <c r="B89" t="inlineStr">
+      <c r="B111" t="inlineStr">
         <is>
           <t>Środowiskowa sonda kelvina</t>
         </is>
       </c>
-      <c r="C89" t="inlineStr">
+      <c r="C111" t="inlineStr">
         <is>
           <t>Środowiskowa sonda kelvina służy do pomiaru pracy wyjścia materiałów przewodzących</t>
         </is>
       </c>
-      <c r="D89" t="inlineStr">
+      <c r="D111" t="inlineStr">
         <is>
           <t>Charakterystyka elektryczna metali i półprzewodników, badania katalityczne i korozyjne.</t>
         </is>
       </c>
-      <c r="E89" t="inlineStr">
+      <c r="E111" t="inlineStr">
         <is>
           <t>Pomiar pracy wyjścia próbek stałych przy użyciu oscylującej elektrody referencyjnej.
 dostępny średnice elektrod: 100 um, 1 mm, 5 mm, 10 mm.
 zdolność rozdzielcza pomiaru 2-3 mev.</t>
         </is>
       </c>
-      <c r="F89" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G89" t="inlineStr">
+      <c r="F111" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G111" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H89" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I89" t="inlineStr">
+      <c r="H111" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I111" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J89" t="inlineStr">
+      <c r="J111" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K89" t="inlineStr">
+      <c r="K111" t="inlineStr">
         <is>
           <t>Szaciłowski Konrad</t>
         </is>
       </c>
-      <c r="L89" t="inlineStr">
+      <c r="L111" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/konrad-szacilowski-7055.html</t>
         </is>
       </c>
-      <c r="M89" t="inlineStr">
+      <c r="M111" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
         </is>
       </c>
-      <c r="N89" t="inlineStr">
+      <c r="N111" t="inlineStr">
         <is>
           <t>Metale, półprzewodniki, praca wyjścia</t>
         </is>
       </c>
     </row>
-    <row r="90">
-      <c r="A90" t="inlineStr">
+    <row r="112">
+      <c r="A112" t="inlineStr">
         <is>
           <t>Laserowy dwuwiązkowy - spektrometr fotoelektryczny</t>
         </is>
       </c>
-      <c r="B90" t="inlineStr">
+      <c r="B112" t="inlineStr">
         <is>
           <t>Laserowy dwuwiązkowy spektrometr fotoelektryczny</t>
         </is>
       </c>
-      <c r="C90" t="inlineStr">
+      <c r="C112" t="inlineStr">
         <is>
           <t xml:space="preserve">Źródło światła: dwa lasery opolette 355 z pompą nd:yag wyposażoną w optyczne oscylatory parametryczne (opo) przestrajalne w zakresie 210-2400 nm o szczytowej mocy impulsu rzędu 500 kw.
 układ detekcji: elektrochemiczna stacja robocza zahner-elektric im6 z układem szybkiej akwizycji danych (tr8m)
 układ sterujący: precyzyjny układ synchronizacji (instytut fotonowy).
 spektrometr pozwoli na szczegółową analizę dynamiki nośników generowanych w strukturach półprzewodnikowych, badanie właściwości stanów pułapkowych oraz badania nad mechanizmami efektów pamięci krótkotrwałej w tzw. synapsach fotoelektrochemicznych. ponadto urządzenie umożliwia pomiary techniką spektroskopii fotomodulacyjnej (cimps). </t>
         </is>
       </c>
-      <c r="D90" t="inlineStr">
+      <c r="D112" t="inlineStr">
         <is>
           <t xml:space="preserve">Laserowy dwuwiązkowy spektrometr fotoelektryczny umożliwia:
 - pomiar natężenia fotoprądu w szerokim zakresie światła: 210-2400 nm
 - badanie dynamiki nośników i określenie właściwości stanów pułapkowych w półprzewodnikach
 - badania neuromimetyczne materiałów, m.in. synapsy fotoelektrochemiczne
 - pomiary technikami spektroskopii fotomodulacyjnej imps i imvs półprzewodników i ogniw słonecznych.  </t>
         </is>
       </c>
-      <c r="E90" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G90" t="inlineStr">
+      <c r="E112" t="inlineStr"/>
+      <c r="F112" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G112" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H90" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I90" t="inlineStr">
+      <c r="H112" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I112" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J90" t="inlineStr">
+      <c r="J112" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K90" t="inlineStr">
+      <c r="K112" t="inlineStr">
         <is>
           <t>Podborska Agnieszka</t>
         </is>
       </c>
-      <c r="L90" t="inlineStr">
+      <c r="L112" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-podborska-7440.html</t>
         </is>
       </c>
-      <c r="M90" t="inlineStr">
+      <c r="M112" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N90" t="inlineStr">
+      <c r="N112" t="inlineStr">
         <is>
           <t>Cimps, fotonapięcie, fotoprąd, imps, imvs, półprzewodniki</t>
         </is>
       </c>
     </row>
-    <row r="91">
-      <c r="A91" t="inlineStr">
+    <row r="113">
+      <c r="A113" t="inlineStr">
         <is>
           <t>Naświetlarka diodowa</t>
         </is>
       </c>
-      <c r="B91" t="inlineStr">
+      <c r="B113" t="inlineStr">
         <is>
           <t>Naświetlarka diodowa firmy chip</t>
         </is>
       </c>
-      <c r="C91" t="inlineStr">
+      <c r="C113" t="inlineStr">
         <is>
           <t xml:space="preserve">Naświetlarka diodowa to urządzenie sterujące diodami led o mocy do 100 mw. zestaw diod obejmuje ledy o długościach światła: 365, 385, 405, 460, 510, 530, 620, 660, 735, 860, 940 nm, a także diody światła białego (3000k, 4000k, 10 000k). urządzenie pozwala na sterowanie intensywnością światła z krokiem co 1%. 
 do urządzenia możemy podłączyć zewnętrzny generator sygnału. pasmo przenoszenia dla światła sinusoidalnego wynosi 100 khz, dla impulsów prostokątnych 10 khz. </t>
         </is>
       </c>
-      <c r="D91" t="inlineStr">
+      <c r="D113" t="inlineStr">
         <is>
           <t>Naświetlarka diodowa może posłużyć do róznego rodzaju eksperymentów, w których wymaganie jest użycie precyzyjnego źródła światła. może posłużyć do badania materiałów półprzewodnikowych, układów neuromimetycznych, a także syntez aktywowanych światłem.</t>
         </is>
       </c>
-      <c r="E91" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G91" t="inlineStr">
+      <c r="E113" t="inlineStr"/>
+      <c r="F113" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G113" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. 
 (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H91" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I91" t="inlineStr">
+      <c r="H113" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I113" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J91" t="inlineStr">
+      <c r="J113" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K91" t="inlineStr">
+      <c r="K113" t="inlineStr">
         <is>
           <t>Podborska Agnieszka</t>
         </is>
       </c>
-      <c r="L91" t="inlineStr">
+      <c r="L113" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-podborska-7440.html</t>
         </is>
       </c>
-      <c r="M91" t="inlineStr">
+      <c r="M113" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N91" t="inlineStr">
+      <c r="N113" t="inlineStr">
         <is>
           <t>Led</t>
         </is>
       </c>
     </row>
-    <row r="92">
-      <c r="A92" t="inlineStr">
+    <row r="114">
+      <c r="A114" t="inlineStr">
         <is>
           <t>Spektrofotometr uv-vis-nir lambda 750 perkinelmer</t>
         </is>
       </c>
-      <c r="B92" t="inlineStr">
+      <c r="B114" t="inlineStr">
         <is>
           <t>Spektrofotometr uv-vis-nir lambda 750 firmy perkinelmer</t>
         </is>
       </c>
-      <c r="C92" t="inlineStr">
+      <c r="C114" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrofotometr uv-vis lambda 750 spektrometr posiada dwie komory pomiarowe umożliwiające pomiar próbek ciekłych oraz ciał stałych. wyposażony jest w sferę całkująca o średnicy 60 mm do pomiarów współczynnika odbicia (reflektancji) i transmisji w ciałach stałych i proszkach. 
 zakres pomiarowy: 200-2500 nm
 rozdzielczość w zakresie uv-vis: 0.17 – 5.00 nm
 rozdzielczość w zakresie nir: 0.20 – 20.00 nm
 podwójne źródło światła: lampa deuterowa oraz wolframowo-halogenowa
  </t>
         </is>
       </c>
-      <c r="D92" t="inlineStr">
+      <c r="D114" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrofotometr umożliwa pomiar absorbancji, trnasmitancji oraz reflektancji dla próbek ciekłych i stałych (cienkie warstwy, proszki).
 pomiar reflektacji ciał stałych umozliwia wyznaczenie szerokości pasma wzbronionego dla materiałów półprzewodnikowych. </t>
         </is>
       </c>
-      <c r="E92" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G92" t="inlineStr">
+      <c r="E114" t="inlineStr"/>
+      <c r="F114" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G114" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I92" t="inlineStr">
+      <c r="H114" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I114" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J92" t="inlineStr">
+      <c r="J114" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K92" t="inlineStr">
+      <c r="K114" t="inlineStr">
         <is>
           <t>Podborska Agnieszka</t>
         </is>
       </c>
-      <c r="L92" t="inlineStr">
+      <c r="L114" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-podborska-7440.html</t>
         </is>
       </c>
-      <c r="M92" t="inlineStr">
+      <c r="M114" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N92" t="inlineStr">
+      <c r="N114" t="inlineStr">
         <is>
           <t>Absorbancja, półprzewodniki, reflektancja, spektrometr, szerokość przerwy wzbronionej, transmitancja, uv-vis-nir</t>
         </is>
       </c>
     </row>
-    <row r="93">
-      <c r="A93" t="inlineStr">
+    <row r="115">
+      <c r="A115" t="inlineStr">
         <is>
           <t>Analizator impedancji biologic mtz-35</t>
         </is>
       </c>
-      <c r="B93" t="inlineStr">
+      <c r="B115" t="inlineStr">
         <is>
           <t>Analizator impedancji biologic mtz-35</t>
         </is>
       </c>
-      <c r="C93" t="inlineStr">
+      <c r="C115" t="inlineStr">
         <is>
           <t>Biologic mtz-35 to analizator impedancji umożliwiający prowadzenie pomiarów w szerokim zakresie częstotliwości (10 µhz – 35  mhz). analizator charakteryzuje się bardzo wysoką dokładnością pomiarową (0.1% amplitudy, 0.05% fazy). umożliwia również pomiar impedancji i jednoczesną polaryzację analizowanych materiałów. posiada możliwość prowadzenia pomiarów w układach 2, 3 oraz 4-elektrodowych.</t>
         </is>
       </c>
-      <c r="D93" t="inlineStr">
+      <c r="D115" t="inlineStr">
         <is>
           <t>Pomiar widm impedancyjnych w zakresie częstotliwości 10 µhz – 35 mhz.</t>
         </is>
       </c>
-      <c r="E93" t="inlineStr">
+      <c r="E115" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	generator:     
 		zakres częstotliwości: od 10 μhz do 35 mhz
 		zakres napięć: od +/-100 μv do +/-10 v dc + pik ac
 	zakresy pomiarowe:    
 		induktancja: od 10 nh do 10 kh
 		pojemność: od 1 pf do 1000 μf
 		rezystancja: od 1 mω do 500 mω
 		dokładność podstawowa: 0.1%
 </t>
         </is>
       </c>
-      <c r="F93" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G93" t="inlineStr">
+      <c r="F115" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G115" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H93" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I93" t="inlineStr">
+      <c r="H115" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I115" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J93" t="inlineStr">
+      <c r="J115" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K93" t="inlineStr">
+      <c r="K115" t="inlineStr">
         <is>
           <t>Mech Krzysztof</t>
         </is>
       </c>
-      <c r="L93" t="inlineStr">
+      <c r="L115" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-mech-7959.html</t>
         </is>
       </c>
-      <c r="M93" t="inlineStr">
+      <c r="M115" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N93" t="inlineStr">
+      <c r="N115" t="inlineStr">
         <is>
           <t>Analizator impedancji, eis, spektroskopia impedancyjna</t>
         </is>
       </c>
     </row>
-    <row r="94">
-      <c r="A94" t="inlineStr">
+    <row r="116">
+      <c r="A116" t="inlineStr">
         <is>
           <t>Spektrometr odwrotnej fotoemisji leips</t>
         </is>
       </c>
-      <c r="B94" t="inlineStr">
+      <c r="B116" t="inlineStr">
         <is>
           <t>Ulvac-phi leips</t>
         </is>
       </c>
-      <c r="C94" t="inlineStr">
+      <c r="C116" t="inlineStr">
         <is>
           <t>Spektrometr odwrotnej fotoemisji leips (low energy inverse photoemission spectroscopy) pozwala wyznaczyć strukturę elektronową nieobsadzonych poziomów energetycznych pasma przewodnictwa materiałów półprzewodnikowych. jego zasada działania oparta jest na analizie widma promieniowania elektromagnetycznego z zakresu światła widzialnego oraz ultrafioletowego emitowanego w wyniku absorpcji elektronów o niskiej i precyzyjnie określonej energii. emisja ta jest wynikiem wypełniania przez elektrony niezajętych stanów energetycznych pasma przewodnictwa.
 spektrometr stanowi doposażenie pracującego już w acmin spektrometru fotoelektronów ups/xps+argcib. metoda xps (x-ray photoelectron spectroscopy) dostarcza informacji o składzie oraz stanach chemicznych pierwiastków w materiale, natomiast dokładna analiza pasma walencyjnego badana jest metodą ups (ultraviolet photoelectron spectroscopy). dołączanie analizy pasma przewodnictwa metodą leips pozwala wyznaczyć pracę wyjścia, energię jonizacji, powinowactwo elektronowe i szerokość przerwy energetycznej, a więc niezbędne wielkości opisujące strukturę elektronową półprzewodników.
 wszystkie trzy metody: xps, ups oraz leips analizują wierzchnią warstwę materiału o grubości nie większej niż 5 nm. badanie głębiej położonych warstw jest możliwe poprzez usunięcie warstwy wierzchniej metodą rozpylania jonowego. do tego celu wykorzystywane jest w unikalne działo jonowe pozwalające usuwać warstwę wierzchnią bombardując jonami klastrów atomów argonu argcib (argon gas cluster ion beam), które minimalizuje lub całkowicie eliminuje niepożądane efekty pojawiające się przy rozpylaniu wiązką monoatomową.</t>
         </is>
       </c>
-      <c r="D94" t="inlineStr">
+      <c r="D116" t="inlineStr">
         <is>
           <t>Zasada działania oparta jest na analizie widma promieniowania elektromagnetycznego z zakresu światła widzialnego oraz ultrafioletowego emitowanego w wyniku absorpcji elektronów o niskiej i precyzyjnie określonej energii. emisja ta jest wynikiem wypełniania przez elektrony niezajętych stanów energetycznych pasma przewodnictwa.</t>
         </is>
       </c>
-      <c r="E94" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G94" t="inlineStr">
+      <c r="E116" t="inlineStr"/>
+      <c r="F116" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G116" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H94" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I94" t="inlineStr">
+      <c r="H116" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I116" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J94" t="inlineStr">
+      <c r="J116" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K94" t="inlineStr">
+      <c r="K116" t="inlineStr">
         <is>
           <t>Marzec Mateusz</t>
         </is>
       </c>
-      <c r="L94" t="inlineStr">
+      <c r="L116" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-marzec-7814.html</t>
         </is>
       </c>
-      <c r="M94" t="inlineStr">
+      <c r="M116" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N94" t="inlineStr">
+      <c r="N116" t="inlineStr">
         <is>
           <t>Ips, leips, odwrotna fotoemisja</t>
         </is>
       </c>
     </row>
-    <row r="95">
-      <c r="A95" t="inlineStr">
+    <row r="117">
+      <c r="A117" t="inlineStr">
         <is>
           <t>Spektrometr fotoelektronów xps</t>
         </is>
       </c>
-      <c r="B95" t="inlineStr">
+      <c r="B117" t="inlineStr">
         <is>
           <t>Phi 5000 xps versaprobeii</t>
         </is>
       </c>
-      <c r="C95" t="inlineStr">
+      <c r="C117" t="inlineStr">
         <is>
           <t>Spektrometr fotoelektronów emitowanych pod wpływem naświetlania promieniowaniem rentgenowskim (xps) lub ultrafiloteowym (ups) służy do analizy składu i stanów chemicznych pierwiastków na powierzchni badanego materiału. laboratorium wyposażone jest w spektrometr fotoelektronów xps/ups model phi 5000 versaprobeii (ulvac-phi, chigasaki, japan). urządzenie to wyposażone jest w hemisferyczny analizator energii elektronów o wysokiej rozdzielczości energetycznej oraz czuły, mikrokanałowy detektor (channel plate). rejestruje on fotoelektrony emitowane przez monochromatyczne źródło promieniowania rentgenowskiego (al kα 1486.6 ev) lub źródło promieniowania w zakresie ultrafioletu (he i 21.2 ev, he ii 40.8 ev). spektrometr wyposażony jest w działo jonowe umożliwiające profilowanie głębokościowe wiązką klastrów argonu o rozmiarach z zakresu 1000 – 5000 atomów/klaster przyśpieszanych energiami 5-20 kev (argon gas cluster ion beam – ar-gcib). dodatkowo drugie działo jonowe umożliwia rozpylanie wiązką mono-atomowych jonów argonu o maksymalnej energii 5 kev. w trakcie badań materiał może być chłodzony lub podgrzewany w zakresie od -120oc do 500oc. pięcio-osiowy manipulator umożliwia przeprowadzenie analizy w zależności od kąta ustawienia próbki względem osi analizatora (ar-xps) oraz prowadzenia rozpylania jonowego na obracającej się próbce (rotacja zalara).</t>
         </is>
       </c>
-      <c r="D95" t="inlineStr">
+      <c r="D117" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analiza ilościowa składu chemicznego oraz określenie stanu chemicznego pierwiastków w warstwie powierzchniowej o grubości ok. 5 nm
 	wyznaczanie stężenia pierwiastków wraz z identyfikacją ich stanu chemicznego względem głębokości (profilowanie głębokościowe) z minimalną zdolnością rozdzielcza względem głębokości 10 nm
 </t>
         </is>
       </c>
-      <c r="E95" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G95" t="inlineStr">
+      <c r="E117" t="inlineStr"/>
+      <c r="F117" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G117" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H95" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I95" t="inlineStr">
+      <c r="H117" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I117" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J95" t="inlineStr">
+      <c r="J117" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K95" t="inlineStr">
+      <c r="K117" t="inlineStr">
         <is>
           <t>Marzec Mateusz</t>
         </is>
       </c>
-      <c r="L95" t="inlineStr">
+      <c r="L117" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-marzec-7814.html</t>
         </is>
       </c>
-      <c r="M95" t="inlineStr">
+      <c r="M117" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N95" t="inlineStr">
+      <c r="N117" t="inlineStr">
         <is>
           <t>Chemia powierzchni, esca, xps</t>
         </is>
       </c>
     </row>
-    <row r="96">
-      <c r="A96" t="inlineStr">
+    <row r="118">
+      <c r="A118" t="inlineStr">
         <is>
           <t>Potencjostaty/galwanostaty biologic sp-300</t>
         </is>
       </c>
-      <c r="B96" t="inlineStr">
+      <c r="B118" t="inlineStr">
         <is>
           <t>Biologic sp-300</t>
         </is>
       </c>
-      <c r="C96" t="inlineStr">
+      <c r="C118" t="inlineStr">
         <is>
           <t>Dwukanałowe potencjostaty/galwanostaty biologic sp-300 umożliwiają wykonanie podstawowych pomiarów elektorchemicznych, badań właściwości elektrokatalitycznych, korozyjnych, analizę kinetyki oraz mechanizmu reakcji elektrodowych jak również syntezę materiałów metalicznych oraz półprzewodnikowych o zróżnicowanej geometrii (nanrurki, nanodruty). oba potencjostaty wyposażone są w moduły eis (różne zakresy częstotliwości) umożiwające prowadzenie badań z wykorzystaniem elektrochemicznej spektroskopii impedancyjnej.
 potencjostat nr 1: jeden z kanałów wyposażony w moduł eis umożliwia prowadzenie badań z wykorzystaniem elektrochemicznej spektroskopii impedancyjnej.
 potencjostat nr 2: dwa kanały wyposażone są w moduły niskoprądowe oraz moduły eis.</t>
         </is>
       </c>
-      <c r="D96" t="inlineStr">
+      <c r="D118" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar charakterystyk prądowo – napięciowych (cv, lv, lsv, dpv)
 	pomiar widm impedancyjnych
 	pomiar krzywych chronoamperometrycznych oraz chronopotencjometrycznych
 	pomiar ocp
 </t>
         </is>
       </c>
-      <c r="E96" t="inlineStr">
+      <c r="E118" t="inlineStr">
         <is>
           <t xml:space="preserve">Potensjostat 1:
 	zakres napięć sterujących: ±10 v (kanały 1, 2)
 	zakres częstotliwości eis: 10 μhz – 7 mhz (kanał 1)
 	zakres prądowy: od 1 a do 10 na (kanały 1, 2)
 potencjostat 2:
 	zakres napięć: ±10 v (kanał 1, 2)
 	zakres częstotliwości eis: 10 μhz – 3 mhz (kanał 1, 2)
 	zakres prądowy: od 1 a do 1 pa (kanał 1, 2)
 </t>
         </is>
       </c>
-      <c r="F96" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G96" t="inlineStr">
+      <c r="F118" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G118" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H96" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I96" t="inlineStr">
+      <c r="H118" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I118" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J96" t="inlineStr">
+      <c r="J118" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K96" t="inlineStr">
+      <c r="K118" t="inlineStr">
         <is>
           <t>Mech Krzysztof</t>
         </is>
       </c>
-      <c r="L96" t="inlineStr">
+      <c r="L118" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-mech-7959.html</t>
         </is>
       </c>
-      <c r="M96" t="inlineStr">
+      <c r="M118" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N96" t="inlineStr">
+      <c r="N118" t="inlineStr">
         <is>
           <t>Eis, elektrochemia, elektroosadzanie, korozja, woltamperometria</t>
         </is>
       </c>
     </row>
-    <row r="97">
-      <c r="A97" t="inlineStr">
+    <row r="119">
+      <c r="A119" t="inlineStr">
         <is>
           <t>Wzmacniacz prądowo-napięciowy 30a/48v biologic hcv-3048</t>
         </is>
       </c>
-      <c r="B97" t="inlineStr">
+      <c r="B119" t="inlineStr">
         <is>
           <t>Zewnętrzny booster prądowo-napięciowy 30a/48v biologic hcv-3048</t>
         </is>
       </c>
-      <c r="C97" t="inlineStr">
+      <c r="C119" t="inlineStr">
         <is>
           <t>Zewnętrzny wzmacniacz prądowo-napięciowy przeznaczony do pracy z potencjostatami biologic serii sp-300. urządzenie umożliwia poszerzenie standardowego zakresu pomiarowego do +/-30 a oraz 48 v.</t>
         </is>
       </c>
-      <c r="D97" t="inlineStr">
+      <c r="D119" t="inlineStr">
         <is>
           <t>Rozszerzenie podstawowego zakresu prądowo-napięciowego potencjostatu biologic sp-300.</t>
         </is>
       </c>
-      <c r="E97" t="inlineStr">
+      <c r="E119" t="inlineStr">
         <is>
           <t>Mksymaly prąd: ±30 a
 zakres napięciowy: 0-48 v
 eis: do 500 khz</t>
         </is>
       </c>
-      <c r="F97" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G97" t="inlineStr">
+      <c r="F119" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G119" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H97" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I97" t="inlineStr">
+      <c r="H119" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I119" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J97" t="inlineStr">
+      <c r="J119" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K97" t="inlineStr">
+      <c r="K119" t="inlineStr">
         <is>
           <t>Mech Krzysztof</t>
         </is>
       </c>
-      <c r="L97" t="inlineStr">
+      <c r="L119" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-mech-7959.html</t>
         </is>
       </c>
-      <c r="M97" t="inlineStr">
+      <c r="M119" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N97" t="inlineStr">
+      <c r="N119" t="inlineStr">
         <is>
           <t>Chronoapmerometria, chronopotencjomatia, galwanostat, potensjostat, voltamperometria</t>
         </is>
       </c>
     </row>
-    <row r="98">
-      <c r="A98" t="inlineStr">
+    <row r="120">
+      <c r="A120" t="inlineStr">
         <is>
           <t>Układ do ultraszybkiej spektroskopii stanów wzbudzonych w zakresie od ultrafioletu do podczerwieni</t>
         </is>
       </c>
-      <c r="B98" t="inlineStr">
+      <c r="B120" t="inlineStr">
         <is>
           <t>Envision™ spektrometr absorpcji przejściowej w zakresie uv/widzialnym/bliskiej podczerwieni</t>
         </is>
       </c>
-      <c r="C98" t="inlineStr">
+      <c r="C120" t="inlineStr">
         <is>
           <t xml:space="preserve">Envision™ zapewnia szerokopasmową nanosekundową spektroskopię absorpcji przejściowej, która płynnie mierzy widmo w zakresie uv, widzialnym i bliskiej podczerwieni z rozdzielczością czasową 5 ns i czasem opóźnienia do milisekund. dzięki wysokiej częstotliwości repetycji lasera wzbudzającego możliwość rejestracji całego widma w czasie kilku minut. detektory oparte o fotodiody tunelowe zapewniają wysoką czułość i niski poziom szumów.
 najnowocześniejsza nanosekundowa spektroskopia absorpcji przejściowej to w pełni zintegrowany, jednoelementowy system, który obejmuje poniższe elementy:
 	źródła światła analizującego: lampa halogenowa, lampa ksenonowa.
 	lasery wzbudzający: pompowany diodowo laser nd:yag z generatorami wyższych harmonicznych 355 oraz 532 nm (6 khz) wraz z opo (410-2300 nm, 100 hz).
 	wszystkie komponenty optyczne zainstalowane na jednej wspólnej płycie otycznej zapewniają wieloletnią stabilność geometrii toru wzbudzenia i detekcji.
 	duży, modułowy przedział na próbki, możliwość pomiaru próbek ciekłych i stałych w trybie transmisji i odbicia.
 	system detekcji oparty o fotodiody tunelowe i dedykowane niskoszumowe przedwzmacniacze.
 	możliwość automatycznej kompensacji fotoemisji próbek.
 	wysokowydajny komputer zintegrowany z systemem pomiarowym.
 	oprogramowanie umożliwiające automatyczną kontrolę wszystkich parametrów eksperymentu.
 </t>
         </is>
       </c>
-      <c r="D98" t="inlineStr">
+      <c r="D120" t="inlineStr">
         <is>
           <t>Przełomowy instrument do pomiarów spektroskopii absorpcji przejściowej o wysokiej czułości umożliwiający pogłębienie wiedzy na temat krótkotrwałych cząsteczek i stanów wzbudzonych w reakcjach fotochemicznych i fotokatalitycznych.</t>
         </is>
       </c>
-      <c r="E98" t="inlineStr">
+      <c r="E120" t="inlineStr">
         <is>
           <t xml:space="preserve">Pomiary absorpcji przejściowej (kinetyczne) przy wzbudzeniu światłem o długości 355 i 532 nm (częstość repetycji lasera 6 khz) i 410-2300 nm (100 hz). analiza w zakresie 300-1700 nm.
 pomiary spektralne absorpcji przejściowej w zakresie 300-1700 nm, maksymalna rozdzielczość czasowa 5 ns.
  </t>
         </is>
       </c>
-      <c r="F98" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G98" t="inlineStr">
+      <c r="F120" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G120" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H98" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I98" t="inlineStr">
+      <c r="H120" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I120" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J98" t="inlineStr">
+      <c r="J120" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K98" t="inlineStr">
+      <c r="K120" t="inlineStr">
         <is>
           <t>Szaciłowski Konrad</t>
         </is>
       </c>
-      <c r="L98" t="inlineStr">
+      <c r="L120" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/konrad-szacilowski-7055.html</t>
         </is>
       </c>
-      <c r="M98" t="inlineStr">
+      <c r="M120" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
         </is>
       </c>
-      <c r="N98" t="inlineStr">
+      <c r="N120" t="inlineStr">
         <is>
           <t>Absorpcja przejściowa, pomiar czasu życia, spektrometria optyczna, stany wzbudzone</t>
         </is>
       </c>
     </row>
-    <row r="99">
-      <c r="A99" t="inlineStr">
+    <row r="121">
+      <c r="A121" t="inlineStr">
         <is>
           <t>Elektronika sterująca głowicą skaningowego mikroskopu tunelowego</t>
         </is>
       </c>
-      <c r="B99" t="inlineStr">
+      <c r="B121" t="inlineStr">
         <is>
           <t>Elektronika sterująca spm rhk r9plus</t>
         </is>
       </c>
-      <c r="C99" t="inlineStr">
+      <c r="C121" t="inlineStr">
         <is>
           <t>„rhk r9plus spm control system” jest częścią skaningowego mikroskopu tunelowego (stm) i jest obecnie najnowszą elektroniką sterującą aparaturą spm firmy rhk, zalecaną do przeprowadzania zaawansowanych pomiarów stm. system ten wyróżnia się m.in. w pełni zintegrowanym, programowalnym systemem kontrolującym pracę aparatury jak i akwizycji danych, co skutkuje znaczącym zwiększeniem responsywności układu oraz obniżeniem generowanych szumów. wbudowane trzy woltomierze fazoczułe, umożliwiają przeprowadzanie wielu równoległych badań spektroskopowych, niezbędnych w precyzyjnych pomiarach rozpraszania powierzchniowej fali elektronowej na defektach, wykluczając negatywny wpływ zewnętrznych połączeń kablowych. przy pomocy tej aparatury możliwe jest: - wykonywanie skanów topografii powierzchni metodą stm, - wyznaczanie charakterystyk prądowo-napięciowych metodą sts.</t>
         </is>
       </c>
-      <c r="D99" t="inlineStr">
+      <c r="D121" t="inlineStr">
         <is>
           <t>Wykonywanie pomiarów topografii powierzchni metodą stm, wyznaczanie charakterystyk prądowo-napięciowych metodą sts</t>
         </is>
       </c>
-      <c r="E99" t="inlineStr">
+      <c r="E121" t="inlineStr">
         <is>
           <t>Wykonywanie pomiarów topografii powierzchni metodą stm, wyznaczanie charakterystyk prądowo-napięciowych metodą sts</t>
         </is>
       </c>
-      <c r="F99" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G99" t="inlineStr">
+      <c r="F121" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G121" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H99" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I99" t="inlineStr">
+      <c r="H121" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I121" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J99" t="inlineStr">
+      <c r="J121" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K99" t="inlineStr">
+      <c r="K121" t="inlineStr">
         <is>
           <t>Trembułowicz Artur</t>
         </is>
       </c>
-      <c r="L99" t="inlineStr">
+      <c r="L121" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/artur-trembulowicz-10005.html</t>
         </is>
       </c>
-      <c r="M99" t="inlineStr">
+      <c r="M121" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N99" t="inlineStr">
+      <c r="N121" t="inlineStr">
         <is>
           <t>Spm, stm, uhv</t>
         </is>
       </c>
     </row>
-    <row r="100">
-      <c r="A100" t="inlineStr">
+    <row r="122">
+      <c r="A122" t="inlineStr">
         <is>
           <t>Aparatura do hipertermii - urządzenie do indukcyjnego nagrzewania roztworów nanocząstek firmy dacpol, wykorzystujące generator firmy ambrell</t>
         </is>
       </c>
-      <c r="B100" t="inlineStr">
+      <c r="B122" t="inlineStr">
         <is>
           <t>Aparatura do hipertermii - urządzenie do indukcyjnego nagrzewania roztworów nanocząstek firmy dacpol, wykorzystujące generator firmy ambrell</t>
         </is>
       </c>
-      <c r="C100" t="inlineStr">
+      <c r="C122" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparatura do hipertermii - urządzenie do indukcyjnego nagrzewania roztworów nanocząstek firmy dacpol, wykorzystujące generator firmy ambrell 
 urządzenie do indukcyjnego nagrzewania roztworów  nanocząstek magnetycznych składa się z:
 	układu sterującego,
 	układu zasilania komponentów,
 	układu chłodzącego wodą,
 	oraz cewki indukcyjnej.
 układ sterujący wyposażony jest w generator tranzystorowy (firmy ambrell) wysokiej częstotliwości do grzania indukcyjnego (easy heat 0224ffce) o mocy do 2,4 kw, układu zasilania komponentów oraz układu sterującego prądem, mocą i czasem nagrzewania próbki. układ chłodzący (texa tcw12nbsbcp0000) połączony jest z generatorem i cewką indukcyjną. istnieje możliwość prowadzania pomiarów  hipertermii w  cewkach indukcyjnych o średnicach wewnętrznych 1;  2,5 oraz 4 cale.  
 badanie metodą hipertermii magnetycznej daje możliwość określenia:
 	temperatury nagrzewania sie roztworu nanocząstek (max. do 100 oc),
 	szybkości nagrzewania i chłodzenia roztworu nanocząstek magnetycznych pod wpływem pola elektromagnetycznego w zależności od ich: rodzaju, wielkości i stężenia,
 	zależności temperaturowych w funkcji czasu, natężenia prądu i mocy przy zadanym prądzie układu indukującego zmienne pole elektromagnetyczne.
 </t>
         </is>
       </c>
-      <c r="D100" t="inlineStr">
+      <c r="D122" t="inlineStr">
         <is>
           <t>Podstawowe parametry pracy:
 a) generator/ parametry zasilania 
 napięcie zasilania ac 200-250 vrms
 maksymalny prąd 14,5 arms, nom
 częstotliwość zasilania 50-60 hz
 moc pozorna 1,3-2,6 kva max
 b) układ chłodzący
 temperatura wody 20-35 oc
 przepływ (minimum) 2,6 l/min
 ciśnienie 2,8-5,5 bar
 ph 7</t>
         </is>
       </c>
-      <c r="E100" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G100" t="inlineStr">
+      <c r="E122" t="inlineStr"/>
+      <c r="F122" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G122" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H100" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I100" t="inlineStr">
+      <c r="H122" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I122" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J100" t="inlineStr">
+      <c r="J122" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K100" t="inlineStr">
+      <c r="K122" t="inlineStr">
         <is>
           <t>Kmita Angelika</t>
         </is>
       </c>
-      <c r="L100" t="inlineStr">
+      <c r="L122" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/angelika-kmita-8131.html</t>
         </is>
       </c>
-      <c r="M100" t="inlineStr">
+      <c r="M122" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N100" t="inlineStr">
+      <c r="N122" t="inlineStr">
         <is>
           <t>Hipertermia, nanocząstki, nanomagnetyzm, terapia leczenia nowotworów</t>
         </is>
       </c>
     </row>
-    <row r="101">
-      <c r="A101" t="inlineStr">
+    <row r="123">
+      <c r="A123" t="inlineStr">
         <is>
           <t>Kwadrupolowy spektrometr mas  hpr-20 r&amp;d (ms)</t>
         </is>
       </c>
-      <c r="B101" t="inlineStr">
+      <c r="B123" t="inlineStr">
         <is>
           <t>Kwadrupolowy spektrometr mas  hpr-20 r&amp;d (ms)</t>
         </is>
       </c>
-      <c r="C101" t="inlineStr">
+      <c r="C123" t="inlineStr">
         <is>
           <t>Kwadrupolowy spektrometr mas  hpr-20 r&amp;d; (ms) sprzężony z termograwimetrem q600 ta instruments (tg).  układ tg/dsc-ms umożliwia analizę jakościową i ilościową uwalnianych gazów i par wydzielających się w trakcie ogrzewania próbki ( w zakresie temperatury do 1500 oc). zakres analizowanych mas do 200 a.m.u. potrójny filtr spektrometru masowego zapwenia bardzo wysoką czułość z ostateczną granicą wykrywalności wynoszącą 10 ppb.
 kwadrupolowy spektrometr mas  hpr-20 r&amp;d;  (ms) firmy  hiden analytical
 czas odpowiedzi przy zmianie stężenia gazu
 &lt; 300 ms
 szybkość skanowania
 do 500 pomiarów/s
 źródło jonów
 zamknięte źródło jonów
 zakres mas atomowych
 0-200 a.m.u.
 opcja ustawienia energii jonizacji 
 spektrometr mas wyposażony jest w opcję ustawienia energii jonizacji.
 krok ustawienia energii jonizacji
 0,2 ev
 limit detekcji gazów
 10 ppb
 dozowanie analizowanych mieszanin gazów i par
 układ ciągłego dozowania analizowanych mieszanin gazów i par. wyposażony w ogrzewaną linię transferową (grzaną min. do 160 oc) z regulacją temperatury i cyfrowym wyświetlaczem temperatury. kapilara wyposażona w wymienny filtr przeciwpyłowy.
 kontrola przepływu gazów
 by-pass do pompy utrzymującej stałeciśnienie w analizatorze wraz z zaworem by-passu próbki. regulowany minimalny przepływ analizowanych gazów.
 interfejs
 interfejs kompatybilny z  q600 ta instruments wyposażony w punkt poboru gazów z termowagi wraz z elementami zapobiegającymi kondensacji par i gazów.</t>
         </is>
       </c>
-      <c r="D101" t="inlineStr">
+      <c r="D123" t="inlineStr">
         <is>
           <t>Kwadrupolowy spektrometr mas  hpr-20 r&amp;d; (ms) sprzężony z termograwimetrem q600 ta instruments (tg).  układ tg-ms umożliwia analizę jakościową i ilościową uwalnianych gazów i par wydzielających się w trakcie ogrzewania próbki ( w zakresie temperatury do 1500 oc). zakres analizowanych mas do 200 a.m.u. potrójny filtr spektrometru masowego zapwenia bardzo wysoką czułość z ostateczną granicą wykrywalności wynoszącą 10 ppb.</t>
         </is>
       </c>
-      <c r="E101" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G101" t="inlineStr">
+      <c r="E123" t="inlineStr"/>
+      <c r="F123" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G123" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H101" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I101" t="inlineStr">
+      <c r="H123" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I123" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J101" t="inlineStr">
+      <c r="J123" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K101" t="inlineStr">
+      <c r="K123" t="inlineStr">
         <is>
           <t>Kmita Angelika</t>
         </is>
       </c>
-      <c r="L101" t="inlineStr">
+      <c r="L123" t="inlineStr">
         <is>
           <t>Https://api.skos.agh.edu.pl/osoba/angelika-kmita-8131.html</t>
         </is>
       </c>
-      <c r="M101" t="inlineStr">
+      <c r="M123" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N101" t="inlineStr">
+      <c r="N123" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza jakościowa, identyfikacja gazów, widmo masowe</t>
         </is>
       </c>
     </row>
-    <row r="102">
-      <c r="A102" t="inlineStr">
+    <row r="124">
+      <c r="A124" t="inlineStr">
         <is>
           <t>Gc-fid</t>
         </is>
       </c>
-      <c r="B102" t="inlineStr">
+      <c r="B124" t="inlineStr">
         <is>
           <t>Chromatograf gazowy hewlett packard 5890 seria ii z detektorem fid</t>
         </is>
       </c>
-      <c r="C102" t="inlineStr">
+      <c r="C124" t="inlineStr">
         <is>
           <t xml:space="preserve">Chromatografia gazowa z detektorem fid umożliwia określenie składu paliw i chemikaliów jak również badanie zanieczyszczeń powietrza, wody i gleb (btex).
  </t>
         </is>
       </c>
-      <c r="D102" t="inlineStr">
+      <c r="D124" t="inlineStr">
         <is>
           <t>Badania geochemiczne skał macierzystych, ropy naftowej oraz gazu ziemnego. okreslenie zanieczyszczeń gleby i wód substancjami pochodzenia naftowego.</t>
         </is>
       </c>
-      <c r="E102" t="inlineStr">
+      <c r="E124" t="inlineStr">
         <is>
           <t>Oznaczanie składu n-alkanów i izoprenoidów w ropie naftowei i produktach naftowych, oznaczanie zawartości frakcji btex w glebach i wodzie.</t>
         </is>
       </c>
-      <c r="F102" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G102" t="inlineStr">
+      <c r="F124" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G124" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H102" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I102" t="inlineStr">
+      <c r="H124" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I124" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J102" t="inlineStr">
+      <c r="J124" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K102" t="inlineStr">
+      <c r="K124" t="inlineStr">
         <is>
           <t>Jurek Krzysztof</t>
         </is>
       </c>
-      <c r="L102" t="inlineStr">
+      <c r="L124" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
         </is>
       </c>
-      <c r="M102" t="inlineStr">
+      <c r="M124" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N102" t="inlineStr">
+      <c r="N124" t="inlineStr">
         <is>
           <t>Btex, gc-fid, ropa naftowa, skała macierzysta, zanieczyszczenia organiczne</t>
         </is>
       </c>
     </row>
-    <row r="103">
-      <c r="A103" t="inlineStr">
+    <row r="125">
+      <c r="A125" t="inlineStr">
         <is>
           <t>Pirolizer</t>
         </is>
       </c>
-      <c r="B103" t="inlineStr">
+      <c r="B125" t="inlineStr">
         <is>
           <t>Pirolizer pyroprobe 5000</t>
         </is>
       </c>
-      <c r="C103" t="inlineStr">
+      <c r="C125" t="inlineStr">
         <is>
           <t>Piroliza to proces ogrzewania dużych złożonych cząsteczek bez dostępu powietrza w celu ich rozbicia na mniejsze bardziej przydatne analitycznie fragmenty. piroliza połączona z gc/ms umożliwia analizę ilościową i jakościową złożonych próbek bez długich ekstrakcji lub derywatyzacji.
 ponadto urządzenie oferuje wieloetapowe programowanie temperatury, co przy pierwszym kroku temperatury analizy poniżej 350 °c umożliwia ekstrahować substancje lotne i półlotne do analizy przed pirolizą pozostałego polimeru. jest to nieocenione przy wykrywaniu rozpuszczalników jak również resztkowych monomerów i dodatków polimerowych.</t>
         </is>
       </c>
-      <c r="D103" t="inlineStr">
+      <c r="D125" t="inlineStr">
         <is>
           <t>Analiza dowolnej matrycy próbki, analiza voc w powietrzu poprzez desorbcję rurek sorbentowych. możliwość pracy w szerokim zakresie temperatur aż do 1400 °c z dokładnością do 1 °c, z impulsywnym lub programowalnym narostem temperatury.</t>
         </is>
       </c>
-      <c r="E103" t="inlineStr">
+      <c r="E125" t="inlineStr">
         <is>
           <t>Analiza lzo w powietrzu, glebach i skałach, analizy składu polimerów, anlizy składu kerogenu i asphaltenów.</t>
         </is>
       </c>
-      <c r="F103" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G103" t="inlineStr">
+      <c r="F125" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G125" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H103" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I103" t="inlineStr">
+      <c r="H125" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I125" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J103" t="inlineStr">
+      <c r="J125" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K103" t="inlineStr">
+      <c r="K125" t="inlineStr">
         <is>
           <t>Jurek Krzysztof</t>
         </is>
       </c>
-      <c r="L103" t="inlineStr">
+      <c r="L125" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
         </is>
       </c>
-      <c r="M103" t="inlineStr">
+      <c r="M125" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N103" t="inlineStr">
+      <c r="N125" t="inlineStr">
         <is>
           <t>Analiza asfaltenów, analiza kerogenu, analiza lzo, piroliza</t>
         </is>
       </c>
     </row>
-    <row r="104">
-      <c r="A104" t="inlineStr">
+    <row r="126">
+      <c r="A126" t="inlineStr">
         <is>
           <t>Gc/ms/ms</t>
         </is>
       </c>
-      <c r="B104" t="inlineStr">
+      <c r="B126" t="inlineStr">
         <is>
           <t>7000-gc/ms z potrójnym kwadrupolem</t>
         </is>
       </c>
-      <c r="C104" t="inlineStr">
+      <c r="C126" t="inlineStr">
         <is>
           <t>Agilent 7000 gc/ms z potrójnym kwadrupolem zapewnia najbardziej dokładne wyniki ilościowe oraz niezawodną identyfikację związków w nawet najbardziej złożonych matrycach. granica detekcji urządzenia (idl), wynoszący dla systemu gc/ms 7000 4 fg oktafluoronaftalenu (ofn), system posiada zintegrowane z oprogramowaniem masshunter narzędzia optymalizacji mrm oraz bazę danych pestycydów i zanieczyszczeń środowiskowych, która umożliwia oznaczanie nawet śladowych ilości dioksyn, polichlorowanych bifenyli (pcbs) ,pestycydów, wwa, lzo, itd.</t>
         </is>
       </c>
-      <c r="D104" t="inlineStr">
+      <c r="D126" t="inlineStr">
         <is>
           <t>System 7000 gc/ms umożliwia oznaczenia ilościowe w złożonych matrycach takich związków jak pestycydy, wwa, hydroxy-wwa, farmaceutyki, biomarkery, diamantoidy, kwasy tłuszczowe.</t>
         </is>
       </c>
-      <c r="E104" t="inlineStr">
+      <c r="E126" t="inlineStr">
         <is>
           <t>System umożliwia wiarygodna analizę związków w ilościach śladowych nawet w najbardziej złożonych matrycach przy idl wynoszącym mniej niż 4fg ofn.</t>
         </is>
       </c>
-      <c r="F104" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G104" t="inlineStr">
+      <c r="F126" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G126" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H104" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I104" t="inlineStr">
+      <c r="H126" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I126" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J104" t="inlineStr">
+      <c r="J126" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K104" t="inlineStr">
+      <c r="K126" t="inlineStr">
         <is>
           <t>Jurek Krzysztof</t>
         </is>
       </c>
-      <c r="L104" t="inlineStr">
+      <c r="L126" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
         </is>
       </c>
-      <c r="M104" t="inlineStr">
+      <c r="M126" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N104" t="inlineStr">
+      <c r="N126" t="inlineStr">
         <is>
           <t>Analiza biomarkerów, diamandoidy, gc-ms-ms, hydroksy-wwa, kwasy tłuszczowe, pestycydy, wwa</t>
         </is>
       </c>
     </row>
-    <row r="105">
-      <c r="A105" t="inlineStr">
+    <row r="127">
+      <c r="A127" t="inlineStr">
         <is>
           <t>Gc/ms</t>
         </is>
       </c>
-      <c r="B105" t="inlineStr">
+      <c r="B127" t="inlineStr">
         <is>
           <t>5975c gc/msd</t>
         </is>
       </c>
-      <c r="C105" t="inlineStr">
+      <c r="C127" t="inlineStr">
         <is>
           <t>Gc/msd to niezawodne narzędzie do badań zanieczyszczeń środowiska i żywności, analiz chemicznych i petrochemicznych, a także do analizy związków w badaniach toksykologicznych i farmaceutycznych.</t>
         </is>
       </c>
-      <c r="D105" t="inlineStr">
+      <c r="D127" t="inlineStr">
         <is>
           <t>Gc/ms agilent 5975c umożliwia wykonywanie dokładnych pomiarów analitycznych oraz pozwala laboratoriom skrócić czas wykonania niezbędnych czynności konserwacyjnych. system gc/ms jest nieoceniony do oznaczania wielu substancji w złożonej matrycy, na przykład oznaczanie pestycydów w żywności, wwa i lotnych związków organicznych w wodzie, ftalanów, a także rozpuszczalników resztkowych w produktach farmaceutycznych.</t>
         </is>
       </c>
-      <c r="E105" t="inlineStr">
+      <c r="E127" t="inlineStr">
         <is>
           <t>Oznaczanie jakościowe i ilościowe stosowane w analizach środowiskowych, badaniu żywności i wielu innych obszarach badawczych z granicą oznaczalności na poziomie nawet 1 fg idl.</t>
         </is>
       </c>
-      <c r="F105" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G105" t="inlineStr">
+      <c r="F127" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G127" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H105" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I105" t="inlineStr">
+      <c r="H127" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I127" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J105" t="inlineStr">
+      <c r="J127" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K105" t="inlineStr">
+      <c r="K127" t="inlineStr">
         <is>
           <t>Jurek Krzysztof</t>
         </is>
       </c>
-      <c r="L105" t="inlineStr">
+      <c r="L127" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
         </is>
       </c>
-      <c r="M105" t="inlineStr">
+      <c r="M127" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N105" t="inlineStr">
+      <c r="N127" t="inlineStr">
         <is>
           <t>Farmaceutyki, gc-ms, pestycydy, wwa, zanieczyszczenia organiczne</t>
         </is>
       </c>
     </row>
-    <row r="106">
-      <c r="A106" t="inlineStr">
+    <row r="128">
+      <c r="A128" t="inlineStr">
         <is>
           <t>Zestaw pomiarowy do badań reologicznych</t>
         </is>
       </c>
-      <c r="B106" t="inlineStr">
+      <c r="B128" t="inlineStr">
         <is>
           <t>Kompaktowy reometr modułowy mcr 302e (anton paar)</t>
         </is>
       </c>
-      <c r="C106" t="inlineStr">
+      <c r="C128" t="inlineStr">
         <is>
           <t xml:space="preserve">Reometr rotacyjny mcr 302e jest zaawansowanym urządzeniem do analizy właściwości reologicznych materiałów. pozwala na badanie różnych parametrów przepływu i deformacji substancji. ze względu na modułową budowę, reometr umożliwia dostosowanie oprzyrządowania do konkretnych wymagań badawczych.  podstawowe możliwości badawcze urządzenia to:
 1. charakterystyka lepkościowa
 	pomiar lepkości dynamicznej w funkcji naprężenia ścinającego, szybkości ścinania lub temperatury.
 	określanie zależności lepkości od czasu (tiksotropia, reopeksja).
 	analiza pseudoplastyczności i dylatancji płynów nieniutonowskich.
 2. krzywe płynięcia
 	wyznaczanie zależności naprężenia ścinającego od szybkości ścinania.
 	określanie modeli reologicznych.
 	identyfikacja granicy płynięcia materiałów.
 3. analiza strukturalna i tiksotropia
 	badanie odwracalnych zmian struktury materiałów pod wpływem sił mechanicznych.
 	pomiar czasu potrzebnego do odbudowy struktury po zakończeniu działania naprężeń ścinających.
 4. oscylacyjne testy dynamiczne
 	badanie modułu sprężystości (g') i modułu stratności (g'') w funkcji częstotliwości, naprężenia lub temperatury.
 	analiza przejścia pomiędzy stanem ciekłym a stałym.
 5. testy temperaturowe
 	określanie wpływu temperatury na właściwości reologiczne.
 	analiza stabilności termicznej materiałów.
 6. badanie zmian lepkości w funkcji czasu
 	monitorowanie zmian reologicznych w trakcie utwardzania, żelowania lub degradacji.
 	identyfikacja procesów starzeniowych i utraty właściwości użytkowych materiałów.
 </t>
         </is>
       </c>
-      <c r="D106" t="inlineStr">
+      <c r="D128" t="inlineStr">
         <is>
           <t>Reometr umożliwia kompleksową analizę lepkości dynamicznej i naprężeń w funkcji szybkości ścinania, temperatury i czasu, także pod wpływem pola magnetycznego lub światła uv. pozwala badać materiały o złożonych właściwościach reologicznych (np. tiksotropowe, dylatacyjne, pseudoplastyczne), mierzyć granicę płynięcia oraz monitorować zmiany lepkości, np. podczas utwardzania. umożliwia także testy oscylacyjne, w tym pomiar modułów sprężystości i stratności.</t>
         </is>
       </c>
-      <c r="E106" t="inlineStr">
+      <c r="E128" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	konwencjonalne badania reologiczne w zakresie temperatur od -40°c do 200°c
 	analiza małych próbek (od 15 µl do kilku ml)
 	badanie ferrocieczy w polu magnetycznym (indukcja do 1 t, -10°c do 100°c)
 	testy w świetle uv (-20°c do 200°c), również przy określonej długości fali (np. 365 nm, 320-480 nm)
 	badania tribologiczne: krzywa stribecka, współczynnik tarcia, smarność
  </t>
         </is>
       </c>
-      <c r="F106" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G106" t="inlineStr">
+      <c r="F128" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G128" t="inlineStr">
         <is>
           <t>Udostępnianie aparatury w ramach wspólnych przedsięwzięć badawczych oraz zgodnie z indywidualnie uzgodnionymi umowami.</t>
         </is>
       </c>
-      <c r="H106" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I106" t="inlineStr">
+      <c r="H128" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I128" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J106" t="inlineStr">
+      <c r="J128" t="inlineStr">
         <is>
           <t>Laboratorium technik smarowniczych i reologii</t>
         </is>
       </c>
-      <c r="K106" t="inlineStr">
+      <c r="K128" t="inlineStr">
         <is>
           <t>Horak Wojciech</t>
         </is>
       </c>
-      <c r="L106" t="inlineStr">
+      <c r="L128" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/wojciech-horak-6681.html</t>
         </is>
       </c>
-      <c r="M106" t="inlineStr">
+      <c r="M128" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N106" t="inlineStr">
+      <c r="N128" t="inlineStr">
         <is>
           <t>Ciecze magnetyczne, lepkość, reologia, reologia uv</t>
         </is>
       </c>
     </row>
-    <row r="107">
-      <c r="A107" t="inlineStr">
+    <row r="129">
+      <c r="A129" t="inlineStr">
         <is>
           <t>Spektrometr ftir-atr</t>
         </is>
       </c>
-      <c r="B107" t="inlineStr">
+      <c r="B129" t="inlineStr">
         <is>
           <t>Spektrometr ftir nicolet™ is50 z modułem atr</t>
         </is>
       </c>
-      <c r="C107" t="inlineStr">
+      <c r="C129" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr ftir nicolet is50 z przystawką atr
 spektrometr ftir nicolet is50 firmy thermo scientific to zaawansowane urządzenie analityczne, szeroko stosowane w badaniach chemicznych, fizycznych i biologicznych. wyposażony w przystawkę atr, umożliwia analizę próbek stałych i ciekłych bez skomplikowanego przygotowania.
 konstrukcja i funkcjonalność
 spektrometr nicolet is50 ma modułową konstrukcję, dostosowaną do różnych potrzeb badawczych. w konfiguracji laboratoryjnej zawiera interferometr michelsona, umożliwiający pomiary w zakresie średniej i dalekiej podczerwieni (7800–350 cm-1). wyposażony jest w ceramiczne źródło globar z azotku krzemu (sin), niewymagające chłodzenia wodą.
 przystawka atr
 przystawka atr wykorzystuje zasadę całkowitego wewnętrznego odbicia, umożliwiając analizę próbek bezpośrednio na powierzchni diamentu. technika atr pozwala na badanie trudnych w przygotowaniu próbek o nieregularnych kształtach.
 cechy i zalety:
 	automatyzacja i intuicyjność nicolet is50 oferuje automatyczne funkcje diagnostyczne, walidacyjne i kalibracyjne. oprogramowanie omnic i baza &gt;10,000 widm chemicznych upraszczają obsługę.
 	wysoka czułość i precyzja detektor dlatgs z okienkiem kbr (12,000–350 cm-1) zapewnia dokładne wyniki nawet przy niskich stężeniach.
 	wszechstronność zastosowań idealny do analizy związków organicznych i nieorganicznych, monitorowania reakcji, analizy polimerów i białek oraz badań środowiskowych, farmaceutycznych i kryminalistyczny
  </t>
         </is>
       </c>
-      <c r="D107" t="inlineStr">
+      <c r="D129" t="inlineStr">
         <is>
           <t xml:space="preserve">Przykładowe aplikacje
 	identyfikacja związków chemicznych: atr pozwala na szybkie i dokładne badanie składu chemicznego próbek.
 	analiza warstw powierzchniowych: dzięki niewielkiej głębokości penetracji promieniowania podczerwonego możliwa jest analiza warstw powierzchniowych materiałów.
 	kontrola jakości: urządzenie umożliwia szybkie wykrywanie zanieczyszczeń lub
 </t>
         </is>
       </c>
-      <c r="E107" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G107" t="inlineStr">
+      <c r="E129" t="inlineStr"/>
+      <c r="F129" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G129" t="inlineStr">
         <is>
           <t>Aparatura udostępniana jest na zasadach komercyjnych</t>
         </is>
       </c>
-      <c r="H107" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I107" t="inlineStr">
+      <c r="H129" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I129" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J107" t="inlineStr">
+      <c r="J129" t="inlineStr">
         <is>
           <t>Laboratorium radioizotopowych analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K107" t="inlineStr">
+      <c r="K129" t="inlineStr">
         <is>
           <t>Pawlyta Jacek</t>
         </is>
       </c>
-      <c r="L107" t="inlineStr">
+      <c r="L129" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jacek-pawlyta-9868.html</t>
         </is>
       </c>
-      <c r="M107" t="inlineStr">
+      <c r="M129" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N107" t="inlineStr">
+      <c r="N129" t="inlineStr">
         <is>
           <t>Analiza chemiczna</t>
         </is>
       </c>
     </row>
-    <row r="108">
-      <c r="A108" t="inlineStr">
+    <row r="130">
+      <c r="A130" t="inlineStr">
         <is>
           <t>Zestaw do oznaczeń radiowęgla i lekkich izotopów stabilnych</t>
         </is>
       </c>
-      <c r="B108" t="inlineStr">
+      <c r="B130" t="inlineStr">
         <is>
           <t>System pims</t>
         </is>
       </c>
-      <c r="C108" t="inlineStr">
+      <c r="C130" t="inlineStr">
         <is>
           <t xml:space="preserve">System nec pims do oznaczania radiowęgla (c-14)
 system pims (positive ion mass spectrometry), zintegrowany z analizatorami elementarnymi  flash ea oraz spektrometrem stosunków izotopowych delta q, stanowi nowoczesne rozwiązanie do precyzyjnych i wydajnych oznaczeń radiowęgla (c-14). konstrukcja systemu eliminuje czaso- i pracochłonny proces grafityzacji, wymagany w metodzie akceleratorowej spektrometrii mas (ams), usprawniając pomiar.
 kluczowe komponenty:
 	2× flash ea (thermo scientific) automatyczne analizatory elementarne przekształcają próbki stałe lub ciekłe w gazowe formy  co₂ i n₂ poprzez ilościowe spalanie. wytworzony co₂ służy jako medium do oznaczeń radiowęgla oraz analizy stabilnych izotopów (np. δ¹³c).
 	delta q irms (thermo scientific) spektrometr delta q irms umożliwia precyzyjne pomiary. δ¹³c, δ¹⁸o i δ¹⁵n pomiary izotopów stabionych można wykonać w ramach datowania radiowęglowego lub niezależnie.
 	gsh (gas sample hub) system gsh przetwarza, oczyszcza i dostarcza co₂ z flash ea do modułów pims i irms. zapewnia to czysty, jednolity strumień próbki wolny od zanieczyszczeń, co jest kluczowe dla czułych pomiarów radiowęglowych.
 	pims z ecr (electron cyclotron resonance) serce systemu stanowi pims z wykorzystaniem źródła ecr, które bezpośrednio generuje dodatni wiązkę jonów węgla z gazu co₂. podejście to eliminuje konieczność grafityzacji, znacząco skracając czas przygotowania próbek, minimalizując ryzyko zanieczyszczeń. system pims cechuje się wyjątkową czułością, umożliwiając precyzyjne pomiary radiowęgla w naturalnych stężeniach.
  </t>
         </is>
       </c>
-      <c r="D108" t="inlineStr">
+      <c r="D130" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	oferowanie szybkich analiz c-14
 	oznaczanie zawartości biokomponentów
 	datowanie radiowęglowe
 	analizy izotopów stabilnych c, n, o, połączonych z datowaniem radiowęglowym oraz niezależnie
 	analiza i interpretacja wyników pomiarów
 	kalibracja dat radiowęglowych, modele radiowęglowe dla stanowisk i profili
 	współpraca  na zasadzie komercyjnej oraz naukowej
  </t>
         </is>
       </c>
-      <c r="E108" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G108" t="inlineStr">
+      <c r="E130" t="inlineStr"/>
+      <c r="F130" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G130" t="inlineStr">
         <is>
           <t>Aparatura udostępniana na zasadach komercyjnych</t>
         </is>
       </c>
-      <c r="H108" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I108" t="inlineStr">
+      <c r="H130" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I130" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J108" t="inlineStr">
+      <c r="J130" t="inlineStr">
         <is>
           <t>Laboratorium radioizotopowych analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K108" t="inlineStr">
+      <c r="K130" t="inlineStr">
         <is>
           <t>Pawlyta Jacek</t>
         </is>
       </c>
-      <c r="L108" t="inlineStr">
+      <c r="L130" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jacek-pawlyta-9868.html</t>
         </is>
       </c>
-      <c r="M108" t="inlineStr">
+      <c r="M130" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N108" t="inlineStr">
+      <c r="N130" t="inlineStr">
         <is>
           <t>Biokomponenty, biopaliwa, c-14, izotopy trwałe, radiowęgiel, spektrometria mas</t>
         </is>
       </c>
     </row>
-    <row r="109">
-      <c r="A109" t="inlineStr">
+    <row r="131">
+      <c r="A131" t="inlineStr">
         <is>
           <t>Aparat do badania rozpadu tabletek/granulek</t>
         </is>
       </c>
-      <c r="B109" t="inlineStr">
+      <c r="B131" t="inlineStr">
         <is>
           <t>Aparat do badania rozpadu zt light</t>
         </is>
       </c>
-      <c r="C109" t="inlineStr">
+      <c r="C131" t="inlineStr">
         <is>
           <t>Tester do badania rozpadu erweka służy do pomiaru czasu rozpadu stałych form materiałów takich jak tabletki, drażetki, pelety, granulki i naturalne formy skalne, zgodnie z obowiązującymi procedurami w normach. podczas testu rozpadu testowane próbki umieszcza się w płynnym medium i utrzymuje w ruchu. rozpad próbki jest badany w określonych warunkach temperatury przez określony czas.</t>
         </is>
       </c>
-      <c r="D109" t="inlineStr">
+      <c r="D131" t="inlineStr">
         <is>
           <t xml:space="preserve">Badanie rozpadu próbek w płynnym medium w określonym czasie. możliwość analizy takich form jak tabletka, granulka, pelet, naturalnie występująca skał. </t>
         </is>
       </c>
-      <c r="E109" t="inlineStr">
+      <c r="E131" t="inlineStr">
         <is>
           <t>Zakres temperatur: 30 - 50 0c
 wysokość suwu: 55 mm
 szybkość: 30 suwów/min
 maksymalna średnica próbki: 20 mm
 czas testu: 0 - 10 h</t>
         </is>
       </c>
-      <c r="F109" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G109" t="inlineStr">
+      <c r="F131" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G131" t="inlineStr">
         <is>
           <t>Zasady udostępniania rozpatrywane są na etapie konsultacji umów/projektów.</t>
         </is>
       </c>
-      <c r="H109" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I109" t="inlineStr">
+      <c r="H131" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I131" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J109" t="inlineStr">
+      <c r="J131" t="inlineStr">
         <is>
           <t>Laboratorium sorbentów mineralnych i organicznych</t>
         </is>
       </c>
-      <c r="K109" t="inlineStr">
+      <c r="K131" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L109" t="inlineStr">
+      <c r="L131" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M109" t="inlineStr">
+      <c r="M131" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N109" t="inlineStr">
+      <c r="N131" t="inlineStr">
         <is>
           <t>Czas rozpadu, granulka, materiał mineralny, materiał organiczny, pelet, rozpad, tabletka</t>
         </is>
       </c>
     </row>
-    <row r="110">
-      <c r="A110" t="inlineStr">
+    <row r="132">
+      <c r="A132" t="inlineStr">
         <is>
           <t>Mieszalnik laboratoryjny</t>
         </is>
       </c>
-      <c r="B110" t="inlineStr">
+      <c r="B132" t="inlineStr">
         <is>
           <t>Uniwersalny mikser o pojemności 1 litra el1</t>
         </is>
       </c>
-      <c r="C110" t="inlineStr">
+      <c r="C132" t="inlineStr">
         <is>
           <t>Wielofunkcyjny mieszalnik granulująco-powlekający, który można stosować do mieszania, granulowania i powlekania materiałów mineralnych, organicznych i syntetycznych.</t>
         </is>
       </c>
-      <c r="D110" t="inlineStr">
+      <c r="D132" t="inlineStr">
         <is>
           <t>Urządzenie umożliwia przeprowadzenie procesu mieszania i uśredniania próbki oraz przeprowadzenie proscesu granulacji i  powlekania w kontrolowanych warunkach temperatury. możliwość prowadzenia procesów przy przeciwbierznych obrotach wirnika i misy.</t>
         </is>
       </c>
-      <c r="E110" t="inlineStr">
+      <c r="E132" t="inlineStr">
         <is>
           <t>Pojemność misy: 1 litr
 maksymalna waga próbki : 1,6 kg
 prędkość obrotowa wirnika: 300-7200 obr/min
 prędkość obrotowa misy: 85-170 obr/min</t>
         </is>
       </c>
-      <c r="F110" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G110" t="inlineStr">
+      <c r="F132" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G132" t="inlineStr">
         <is>
           <t>Możliwość prowadzenia prac na urządzeniu wyłącznie pod nadzorem pracownika laboratorium.</t>
         </is>
       </c>
-      <c r="H110" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I110" t="inlineStr">
+      <c r="H132" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I132" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J110" t="inlineStr">
+      <c r="J132" t="inlineStr">
         <is>
           <t>Laboratorium sorbentów mineralnych i organicznych</t>
         </is>
       </c>
-      <c r="K110" t="inlineStr">
+      <c r="K132" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L110" t="inlineStr">
+      <c r="L132" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M110" t="inlineStr">
+      <c r="M132" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N110" t="inlineStr">
+      <c r="N132" t="inlineStr">
         <is>
           <t>Granulacja, granulki, mieszanie, powlekanie, proszek, sorbenty, uśrednianie, uśrednianie próbki</t>
         </is>
       </c>
     </row>
-    <row r="111">
-      <c r="A111" t="inlineStr">
+    <row r="133">
+      <c r="A133" t="inlineStr">
         <is>
           <t>Aparat do badania odporności na ścieranie oraz kruchości</t>
         </is>
       </c>
-      <c r="B111" t="inlineStr">
+      <c r="B133" t="inlineStr">
         <is>
           <t>Tester kruchości/ścieralności tar 120/220</t>
         </is>
       </c>
-      <c r="C111" t="inlineStr">
+      <c r="C133" t="inlineStr">
         <is>
           <t>Seria tar to urządzenie erweka zgodne z normami usp/ep/jp, służące do badania kruchości i/lub ścieralności.  próbom ścieralności i kruchości mogą być poddawane granulki, tabletki, pelety jak i również naturalnie występujące minerały</t>
         </is>
       </c>
-      <c r="D111" t="inlineStr">
+      <c r="D133" t="inlineStr">
         <is>
           <t>Próbom ścieralności i kruchości mogą być poddawane granulki, tabletki, pelety jak i również naturalnie występujące minerały których średnica nie przekracza 30mm.</t>
         </is>
       </c>
-      <c r="E111" t="inlineStr">
+      <c r="E133" t="inlineStr">
         <is>
           <t>Prędkość obrotowa: 20-100 obr./min
 czas testu: płynna regulacja do 9 godzin, 59 minut, 59 sekund +/- 0,1
 maksymalna  średnica próbki: 30mm</t>
         </is>
       </c>
-      <c r="F111" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G111" t="inlineStr">
+      <c r="F133" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G133" t="inlineStr">
         <is>
           <t>Możliwość udostępnienia aparatury w laboratorium sorbentów mineralnych i organicznych pod nadzorem pracownika laboratorium.</t>
         </is>
       </c>
-      <c r="H111" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I111" t="inlineStr">
+      <c r="H133" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I133" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J111" t="inlineStr">
+      <c r="J133" t="inlineStr">
         <is>
           <t>Laboratorium sorbentów mineralnych i organicznych</t>
         </is>
       </c>
-      <c r="K111" t="inlineStr">
+      <c r="K133" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L111" t="inlineStr">
+      <c r="L133" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M111" t="inlineStr">
+      <c r="M133" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N111" t="inlineStr">
+      <c r="N133" t="inlineStr">
         <is>
           <t>Granulki, kruchość, materiały mineralne, materiały organiczne, pelety, rozpad, ścieralność, tabletki, testy, zakres obrotów</t>
         </is>
       </c>
     </row>
-    <row r="112">
-      <c r="A112" t="inlineStr">
+    <row r="134">
+      <c r="A134" t="inlineStr">
         <is>
           <t>Jednostka napędowa wraz z peletyzatorem (granulatorem talerzowym)</t>
         </is>
       </c>
-      <c r="B112" t="inlineStr">
+      <c r="B134" t="inlineStr">
         <is>
           <t>Jednostka napędowa ar 403 wraz z peletyzatorem gte (granulatorem talerzowym)</t>
         </is>
       </c>
-      <c r="C112" t="inlineStr">
+      <c r="C134" t="inlineStr">
         <is>
           <t>Granulator gte jest przymocowany do ar 403. materiał może być podawany ręcznie lub w sposób ciągły. ruch obrotowy misy przenosi produkt na górę misy, a następnie spływa w dół misy równomiernym strumieniem do podstawy. poprzez dodanie odpowiedniej ilości cieczy proces ten można przekształcić w formowanie peletek. kąt misy i ilość dodanej cieczy określają rozmiar peletek. gdy misa jest pełna, peletki będą stale toczyć się po krawędzi misy do pojemnika.</t>
         </is>
       </c>
-      <c r="D112" t="inlineStr">
+      <c r="D134" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie umożliwia produkcję granulatów o różnych średnicach i wielkości dzięki regulowanemu kątowi nachylenia oraz regulowanej prędkości obrotowej misy. </t>
         </is>
       </c>
-      <c r="E112" t="inlineStr">
+      <c r="E134" t="inlineStr">
         <is>
           <t>Średnica misy: 300 mm prędkość obrotowa: 20-400 obr/min maksymalny kąt pochylenia misy: 40 st.</t>
         </is>
       </c>
-      <c r="F112" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G112" t="inlineStr">
+      <c r="F134" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G134" t="inlineStr">
         <is>
           <t>Zgodnie z indywidualnie uzgodnionymi umowami.</t>
         </is>
       </c>
-      <c r="H112" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I112" t="inlineStr">
+      <c r="H134" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I134" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J112" t="inlineStr">
+      <c r="J134" t="inlineStr">
         <is>
           <t>Laboratorium sorbentów mineralnych i organicznych</t>
         </is>
       </c>
-      <c r="K112" t="inlineStr">
+      <c r="K134" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L112" t="inlineStr">
+      <c r="L134" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M112" t="inlineStr">
+      <c r="M134" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N112" t="inlineStr">
+      <c r="N134" t="inlineStr">
         <is>
           <t>Granulacja, granulator, granulator talerzowy, granulki, materiały mineralne, materiały organiczne</t>
         </is>
       </c>
     </row>
-    <row r="113">
-      <c r="A113" t="inlineStr">
+    <row r="135">
+      <c r="A135" t="inlineStr">
         <is>
           <t>Elipsometr spektroskopowy</t>
         </is>
       </c>
-      <c r="B113" t="inlineStr">
+      <c r="B135" t="inlineStr">
         <is>
           <t>Elipsometr spektroskopowy senresearch 4.0 - model 850</t>
         </is>
       </c>
-      <c r="C113" t="inlineStr">
+      <c r="C135" t="inlineStr">
         <is>
           <t>Elipsometr spektroskopowy ser-850 jest urządzeniem działającym w zakresie od ultrafioletu do bliskiej podczerwieni, służącym do pomiaru grubości oraz podstawowych właściwości optycznych cienkich warstw oraz struktur wielowarstwowych. urządzenie pozwala na prowadzenie zarówno rutynowych jak i zaawansowanych pomiarów właściwości optycznych cienkich warstw, w tym wyznaczanie elementów macierzy muellera i pomiary operando – na przykład podczas procesów korozyjnych czy katalitycznych. mowa tu o współczynniku załamania światła, współczynniku absorpcji – dla układów jedno i wielowarstwowych. możliwe jest również wyznaczenie grubości poszczególnych warstw bez niszczenia próbek. wyniki pozwalają na wyznaczenie chropowatości nie tylko powierzchni próbek ale również poszczególnych interfejsów. precyzja pomiaru jest zapewniona poprzez cyfrowo kontrolowane ruchome ramiona oraz odpowiedni zestaw źródeł światła - lampę deuterową (duv) i wolframową (vis-nir)) oraz czułe detektory i polaryzatory pracujące w trybie step-scan. chłodzony termoelektrycznie detektor zakresu duv-vis zapewnia wysoki stosunek sygnał/szum nawet dla próbek o niskim współczynniku odbicia. w urządzeniach zastosowano tryb skanowania ssa, tzn. nie wymagający ruchu elementów toru optycznego w czasie akwizycji, co znacznie zmniejsza czas pomiaru. dołączone oprogramowanie wraz z zaimplementowaną bazą danych, umożliwiają symulację i modelowanie właściwości optycznych mierzonych układów.</t>
         </is>
       </c>
-      <c r="D113" t="inlineStr">
+      <c r="D135" t="inlineStr">
         <is>
           <t>• próbki w postaci cienkich filmów (jedno i wielowarstwowych) • materiały tlenkowe, półprzewodnikowe • badania grubości warstw • parametry optyczne materiałów - pojedyncze warstwy izotropowe oraz złożone układy wielowarstwowe • wyznaczania chropowatości powierzchni oraz interfejsów • badanie materiałów z gradientowych - powłok porowatych, ultra cienkich warstw • badanie efektu depolaryzacji</t>
         </is>
       </c>
-      <c r="E113" t="inlineStr">
+      <c r="E135" t="inlineStr">
         <is>
           <t>• elipsometr - zakres spektralny 240nm do 1700nm • reflektometr – zakres od 420 nm do 850 nm • automatyczny goniometr</t>
         </is>
       </c>
-      <c r="F113" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G113" t="inlineStr">
+      <c r="F135" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G135" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zakładu lub opiekuna urządzenia. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń.  symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do ewidencji - karty czasu pracy aparatury naukowo-badawczej.</t>
         </is>
       </c>
-      <c r="H113" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I113" t="inlineStr">
+      <c r="H135" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I135" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J113" t="inlineStr">
+      <c r="J135" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K113" t="inlineStr">
+      <c r="K135" t="inlineStr">
         <is>
           <t>Mazur Tomasz</t>
         </is>
       </c>
-      <c r="L113" t="inlineStr">
+      <c r="L135" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-mazur-8414.html</t>
         </is>
       </c>
-      <c r="M113" t="inlineStr">
+      <c r="M135" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N113" t="inlineStr">
+      <c r="N135" t="inlineStr">
         <is>
           <t>Cienkie filmy, elipsometria, właściwości cienkich warstw, właściwości optyczne</t>
         </is>
       </c>
     </row>
-    <row r="114">
-      <c r="A114" t="inlineStr">
+    <row r="136">
+      <c r="A136" t="inlineStr">
         <is>
           <t>Mobilny system cyfrowej radiografii przemysłowej</t>
         </is>
       </c>
-      <c r="B114" t="inlineStr">
+      <c r="B136" t="inlineStr">
         <is>
           <t>Mobilny system cyfrowej radiografii przemysłowej do badań ndt</t>
         </is>
       </c>
-      <c r="C114" t="inlineStr">
+      <c r="C136" t="inlineStr">
         <is>
           <t>Mobilny system radiografii przemysłowej składający się z elementów:
 1. skaner carestream industrex / hpx-1 (custom) z zestawem płyt obrazowych i osprzętu
 2. aparat rentgenowski teledyne icm / site-x d3206 – zestaw
 3. aparat rentgenowski teledyne icm / site-x cp200ds - zestaw
 4. dozymetry/radiometry ped+ (custom) – zestaw 3 szt.
 5. zestaw komputerowy carestream hp z4 workstation (custom).
 6. oprogramowanie carestream industrex</t>
         </is>
       </c>
-      <c r="D114" t="inlineStr">
+      <c r="D136" t="inlineStr">
         <is>
           <t>Metoda rt ma zastosowanie w wielu branżach: odlewnicza, motoryzacyjna, lotnicza, stoczniowa. pozwala na określenie lokalizacji, kształtu i wielkości niezgodności powierzchniowych i wewnętrznych w obiektach wykonanych różnymi technikami wytwarzania: odlewy, odkuwki, spoiny oraz z różnych materiałów konstrukcyjnych tj. metale i ich stopy, materiały niematalowe - kompozyty, ceramika, tworzywa sztuczne. badania detalu w jednej ekspozycji do 70mm grubości dla stali.</t>
         </is>
       </c>
-      <c r="E114" t="inlineStr">
+      <c r="E136" t="inlineStr">
         <is>
           <t xml:space="preserve">Hpx-1
 	skanowanie: 16bit
 	max. podziałka pixeli: 25µm
 	max. rozmiary kaset sztywnych: 14x17cali
 site-x d3206
 	zakres napięcia wyjściowego: 90-320kv
 	zakres prądu lampy: 1-6ma
 	penetracja stali: ok.70mm
 site-x cp200ds
 	zakres napięcia wyjściowego: 10-200kv
 	zakres prądu lampy: 0,5-10ma
 	penetracja stali: ok.40mm
 </t>
         </is>
       </c>
-      <c r="F114" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G114" t="inlineStr">
+      <c r="F136" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G136" t="inlineStr">
         <is>
           <t>Zgodnie z indywidualnie uzgodnionymi umowami</t>
         </is>
       </c>
-      <c r="H114" t="inlineStr">
+      <c r="H136" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I114" t="inlineStr">
+      <c r="I136" t="inlineStr">
         <is>
           <t>Katedra inżynierii maszyn i transportu</t>
         </is>
       </c>
-      <c r="J114" t="inlineStr">
+      <c r="J136" t="inlineStr">
         <is>
           <t>Laboratorium badawcze technicznych środków transportu i materiałów</t>
         </is>
       </c>
-      <c r="K114" t="inlineStr">
+      <c r="K136" t="inlineStr">
         <is>
           <t>Ruta Hubert</t>
         </is>
       </c>
-      <c r="L114" t="inlineStr">
+      <c r="L136" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/hubert-ruta-7195.html</t>
         </is>
       </c>
-      <c r="M114" t="inlineStr">
+      <c r="M136" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną, (pob 8) przekraczanie granic: eksperymentalna fizyka wysokich energii ekstremalne stany materii, zaawansowane technologie w detekcji promieniowania, badania i zastosowania transdyscyplinarne</t>
         </is>
       </c>
-      <c r="N114" t="inlineStr">
+      <c r="N136" t="inlineStr">
         <is>
           <t>Badania nieniszczące, ndt, rt</t>
         </is>
       </c>
     </row>
-    <row r="115">
-      <c r="A115" t="inlineStr">
+    <row r="137">
+      <c r="A137" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa dartec 250</t>
         </is>
       </c>
-      <c r="B115" t="inlineStr">
+      <c r="B137" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa dartec 250</t>
         </is>
       </c>
-      <c r="C115" t="inlineStr">
+      <c r="C137" t="inlineStr">
         <is>
           <t xml:space="preserve">Dwukolumnowa, uniwersalna serwohydrauliczna maszyna wytrzymałościowa umożliwiająca prowadzenia jednoosiowych badań statycznych i zmęczeniowych pod kontrolą siły, przemieszczenia lub jednego z piąciu dodatkowych czujników analogowych, jaki mogą być użyte w trakcie badań.
 przykładowe zastosowanie:
 	wyznaczanie inżynierskich i rzeczywistych krzywych rozciągania,
 	wyznaczanie monotonicznych właściwości wytrzymałościowych materiałów ,
 	badania zmęczeniowe materiałów prowadzone (krzywa wöhlera, krzywa coffina – mansona)
 	wyznaczanie cyklicznej krzywej odkształcenia,
 	wyznaczanie trwałości zmęczeniowej elementów konstrukcji oraz węzłów konstrukcyjnych przy dowolnych sekwencjach osiowych obciążeń,
 	badania rozwoju pęknięć zmęczeniowych w metalach inżynierskich oraz elementach konstrukcji.
 </t>
         </is>
       </c>
-      <c r="D115" t="inlineStr">
+      <c r="D137" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	badania statyczne: póby rozciągania, ściskania, zginania;
 	badania dynamiczne:
 	badania zmęczeniowe nisko- i wysokocyklowe,
 	badania rozwoju pęknięć zmęczeniowych,
 	badania odporności na pękanie,
 	badania charakterystyk dynamicznych materiałów i konstrukcji.
  </t>
         </is>
       </c>
-      <c r="E115" t="inlineStr">
+      <c r="E137" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres obciążeń statycznych: +/- 300 kn;
 	zakres obciążeń dynamicznych: +/- 250 kn;
 	zakres przemieszczeń siłownika: +/- 75 mm;
 	długość próbki rozciąganej: 280 - 1100 mm,
 	średnica części chwytowej (próbki walcowe): 5-45 mm,
 	grubość części chwytowej (póbki płaskie): 0-35 mm,
  </t>
         </is>
       </c>
-      <c r="F115" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G115" t="inlineStr">
+      <c r="F137" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G137" t="inlineStr">
         <is>
           <t>Do ustalenia z osobą kontaktową</t>
         </is>
       </c>
-      <c r="H115" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I115" t="inlineStr">
+      <c r="H137" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I137" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J115" t="inlineStr">
+      <c r="J137" t="inlineStr">
         <is>
           <t>Zespół wytrzymałość materiałów i konstrukcji</t>
         </is>
       </c>
-      <c r="K115" t="inlineStr">
+      <c r="K137" t="inlineStr">
         <is>
           <t>Machniewicz Tomasz</t>
         </is>
       </c>
-      <c r="L115" t="inlineStr">
+      <c r="L137" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-machniewicz-5212.html</t>
         </is>
       </c>
-      <c r="M115" t="inlineStr">
+      <c r="M137" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N115" t="inlineStr">
+      <c r="N137" t="inlineStr">
         <is>
           <t>Badania dynamiczne, badania statyczne, badania zmęczeniowe, charakterystyki statyczne, mechanika pękania, propagacja pęknięć, właściwości mechaniczne, właściwości zmęczeniowe, wzrost pęknięć zmęczeniowych</t>
         </is>
       </c>
     </row>
-    <row r="116">
-      <c r="A116" t="inlineStr">
+    <row r="138">
+      <c r="A138" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa mts 810</t>
         </is>
       </c>
-      <c r="B116" t="inlineStr">
+      <c r="B138" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa mts 810</t>
         </is>
       </c>
-      <c r="C116" t="inlineStr">
+      <c r="C138" t="inlineStr">
         <is>
           <t xml:space="preserve">Dwukolumnowa, uniwersalna serwohydrauliczna maszyna wytrzymałościowa umożliwiająca prowadzenia jednoosiowych badań statycznych i zmęczeniowych pod kontrolą siły, przemieszczenia lub dowolnego czujnika analogowego używanego w trakcie badań (np. tensometru, ekstensometru, itp.).
 przykładowe zastosowanie:
 	wyznaczanie inżynierskich i rzeczywistych krzywych rozciągania,
 	wyznaczanie monotonicznych właściwości wytrzymałościowych materiałów,
 	statyczne badania w warunkach trójpunktowego lub czteropunktowego zginania,
 	badania zmęczeniowe materiałów prowadzone (krzywa wöhlera, krzywa coffina – mansona)
 	wyznaczanie cyklicznej krzywej odkształcenia,
 	wyznaczanie trwałości zmęczeniowej elementów konstrukcji oraz węzłów konstrukcyjnych przy dowolnych sekwencjach osiowych obciążeń,
 	badania rozwoju pęknięć zmęczeniowych w metalach inżynierskich oraz elementach konstrukcji,
 	wyznaczanie statycznych i dynamicznych charakterystyk elementów maszyn (w zakresie prędkości przemieszczenia do 150 mm/sek.)
 </t>
         </is>
       </c>
-      <c r="D116" t="inlineStr">
+      <c r="D138" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	badania statyczne: póby rozciągania, ściskania, zginania;
 	badania dynamiczne:
 	badania zmęczeniowe nisko- i wysokocyklowe,
 	badania propagacji pęknięć,
 	badania rozwoju pęknięć zmęczeniowych,
 	badania odporności na pękanie,
 	badania charakterystyk dynamicznych materiałów i konstrukcji.
 </t>
         </is>
       </c>
-      <c r="E116" t="inlineStr">
+      <c r="E138" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres obciążeń: +/- 100 kn;
 	zakres przemieszczeń siłownika: +/- 75 mm;
 	maksymalna prędkość testu: 150 mm/sek.;
 	prześwit pomiędzy szczękami mocującymi: 0 - 1000 mm,
 	średnica części chwytowej (próbki walcowe): 5.8-22.9 mm,
 	grubość części chwytowej (póbki płaskie): 0-19 mm,
 </t>
         </is>
       </c>
-      <c r="F116" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G116" t="inlineStr">
+      <c r="F138" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G138" t="inlineStr">
         <is>
           <t>Do ustalenia z osobą kontaktową</t>
         </is>
       </c>
-      <c r="H116" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I116" t="inlineStr">
+      <c r="H138" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I138" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J116" t="inlineStr">
+      <c r="J138" t="inlineStr">
         <is>
           <t>Zespół wytrzymałość materiałów i konstrukcji</t>
         </is>
       </c>
-      <c r="K116" t="inlineStr">
+      <c r="K138" t="inlineStr">
         <is>
           <t>Machniewicz Tomasz</t>
         </is>
       </c>
-      <c r="L116" t="inlineStr">
+      <c r="L138" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-machniewicz-5212.html</t>
         </is>
       </c>
-      <c r="M116" t="inlineStr">
+      <c r="M138" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N116" t="inlineStr">
+      <c r="N138" t="inlineStr">
         <is>
           <t>Badania dynamiczne, badania statyczne, badania zmęczeniowe, charakterystyki statyczne, mechanika pękania, propagacja pęknięć, właściwości mechaniczne, właściwości zmęczeniowe, wzrost pęknięć zmęczeniowych</t>
         </is>
       </c>
     </row>
-    <row r="117">
-      <c r="A117" t="inlineStr">
+    <row r="139">
+      <c r="A139" t="inlineStr">
         <is>
           <t>Mikroskop zeiss axiolab 5</t>
         </is>
       </c>
-      <c r="B117" t="inlineStr">
+      <c r="B139" t="inlineStr">
         <is>
           <t>Mikroskop polaryzacyjny zeiss axiolab 5</t>
         </is>
       </c>
-      <c r="C117" t="inlineStr">
+      <c r="C139" t="inlineStr">
         <is>
           <t>Mikroskop axiolab 5 to mikroskop nowej generacji, świetnie nadający się do pracy w środowisku przemysłowym. pozwala na obserwację w świetle przechodzącym i odbitym, posiada kamerę cyfrową oraz oprogramowanie do analizy obrazu. nowoczesne rozwiązania pozwalają na szybkie, łatwe i intuicyjne uzyskiwanie zdjęć i błyskawiczną analizę wyników.
 mikroskop wyposażony jest w:
 obiektywy planachromatyczne, ze szkła odprężonego
 	2,5x / apertura 0,085, odl. robocza 8,8 mm, uniwersalny do preparatów nakrytych i nienakrytych
 	5x / apertura 0,15, odl. robocza 12 mm, uniwersalny do preparatów nakrytych i nienakrytych
 do preparatów nakrytych
 	10x / apertura 0,25, odległość robocza 6,5 mm
 	20x / apertura 0,45, odległość robocza 0,63 mm
 	50x / apertura 0,80, odległość robocza 0,41 mm
 do preparatów nienakrytych, o podwyższonym kontraście
 	10x / apertura 0,25, odległość robocza 11,0 mm
 	50x / apertura 0,75, odległość robocza 1,0 mm
 kamerę cyfrową kolorową:
 	rozdzielczość: 2464 (h) x 2056 (v) = 5 megapikseli lub większa
 	rozmiar piksela 3,45 μm x 3,45 μm
 	czas integracji: od 0,1 ms do 4 s lub większy zakres
 	typowy zakres dynamiki, co najmniej 4800:1
 	prędkość akwizycji: co najmniej 36 fps przy pełnej rozdzielczości
 	migawka klasy „global shutter”
 oprogramowanie do obróbki zdjęć.</t>
         </is>
       </c>
-      <c r="D117" t="inlineStr">
+      <c r="D139" t="inlineStr">
         <is>
           <t>Możliwość analizy petrograficznej skał magmowych, osadowych i metamorficznych. określanie stopnia i rodzaju porowatości skały (pierwotna, wtórna).</t>
         </is>
       </c>
-      <c r="E117" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G117" t="inlineStr">
+      <c r="E139" t="inlineStr"/>
+      <c r="F139" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G139" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
-      <c r="H117" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I117" t="inlineStr">
+      <c r="H139" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I139" t="inlineStr">
         <is>
           <t>Katedra inżynierii naftowej</t>
         </is>
       </c>
-      <c r="J117" t="inlineStr">
+      <c r="J139" t="inlineStr">
         <is>
           <t>Geoenergia - laboratorium zaawansowanych metod wydobycia węglowodorów i magazynowania energii</t>
         </is>
       </c>
-      <c r="K117" t="inlineStr">
+      <c r="K139" t="inlineStr">
         <is>
           <t>Wojnarowski Paweł</t>
         </is>
       </c>
-      <c r="L117" t="inlineStr">
+      <c r="L139" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-wojnarowski-5575.html</t>
         </is>
       </c>
-      <c r="M117" t="inlineStr">
+      <c r="M139" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N117" t="inlineStr">
+      <c r="N139" t="inlineStr">
         <is>
           <t>Mikroskop polaryzacyjny, światło odbite, światło przechodzące</t>
         </is>
       </c>
     </row>
-    <row r="118">
-      <c r="A118" t="inlineStr">
+    <row r="140">
+      <c r="A140" t="inlineStr">
         <is>
           <t>Reaktor chemiczny</t>
         </is>
       </c>
-      <c r="B118" t="inlineStr">
+      <c r="B140" t="inlineStr">
         <is>
           <t>Series 4650 high pressure vessel systems, 500 ml</t>
         </is>
       </c>
-      <c r="C118" t="inlineStr">
+      <c r="C140" t="inlineStr">
         <is>
           <t>System jest wyposażony w wysokociśnieniowe biurety przeznaczone do wprowadzania gazu (zwykle wodoru) do reaktora pod stałym ciśnieniem. biurety składają się ze zbiornika wysokociśnieniowego wyposażonego w zawór wlotowy, manometr i zawór nadmiarowy. do każdej pipety dołączony jest regulator stałego ciśnienia z zaworem zwrotnym, wąż łączący i stojak. ilość gazu zużytego w reakcji można określić, znając objętość zbiornika wysokociśnieniowego i obserwując spadek ciśnienia w zbiorniku podczas reakcji. ponadto system jest wyposażony w pompę preparatywną hplc azura. obejmuje ona szeroki zakres natężenia przepływu i możliwości ciśnieniowych. została zaprojektowana do oczyszczania próbek o masie mg i gramów. mobile control umożliwia intuicyjne sterowanie w trybie autonomicznym. zintegrowane automatyczne rozpoznawanie głowicy pompy za pomocą technologii rfid umożliwia szybkie dostosowanie pompy do różnych zastosowań.</t>
         </is>
       </c>
-      <c r="D118" t="inlineStr">
+      <c r="D140" t="inlineStr">
         <is>
           <t>Procesy chemiczne w wysokiej temperaturze i ciśnieniu.</t>
         </is>
       </c>
-      <c r="E118" t="inlineStr">
+      <c r="E140" t="inlineStr">
         <is>
           <t>Reaktor oferuje ciśnienie robocze do 345 barów (5000 psi) w temperaturach do 350°c.</t>
         </is>
       </c>
-      <c r="F118" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G118" t="inlineStr">
+      <c r="F140" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G140" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
-      <c r="H118" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I118" t="inlineStr">
+      <c r="H140" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I140" t="inlineStr">
         <is>
           <t>Katedra inżynierii naftowej</t>
         </is>
       </c>
-      <c r="J118" t="inlineStr">
+      <c r="J140" t="inlineStr">
         <is>
           <t>Geoenergia - laboratorium zaawansowanych metod wydobycia węglowodorów i magazynowania energii</t>
         </is>
       </c>
-      <c r="K118" t="inlineStr">
+      <c r="K140" t="inlineStr">
         <is>
           <t>Wojnarowski Paweł</t>
         </is>
       </c>
-      <c r="L118" t="inlineStr">
+      <c r="L140" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-wojnarowski-5575.html</t>
         </is>
       </c>
-      <c r="M118" t="inlineStr">
+      <c r="M140" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N118" t="inlineStr">
+      <c r="N140" t="inlineStr">
         <is>
           <t>Geotermia, paliwa syntetyczne, reaktor chemiczny</t>
         </is>
       </c>
     </row>
-    <row r="119">
-      <c r="A119" t="inlineStr">
+    <row r="141">
+      <c r="A141" t="inlineStr">
         <is>
           <t>System do pomiaru ciśnienia kapilarnego i własności elektrycznych w próbkach skalnych</t>
         </is>
       </c>
-      <c r="B119" t="inlineStr">
+      <c r="B141" t="inlineStr">
         <is>
           <t>Rccp system pomiaru ciśnienia kapilarnego i oporności w warunkach złożowych</t>
         </is>
       </c>
-      <c r="C119" t="inlineStr">
+      <c r="C141" t="inlineStr">
         <is>
           <t xml:space="preserve">System zapewnia pomiary w temperaturze i ciśnieniu złożowym. system jest skonfigurowany do dostarczania danych o ciśnieniu kapilarnym metodą płytki porowatej w stanie ustalonym i jednoczesnych danych o właściwościach elektrycznych („f”, „ri”, „sw”, „m”, „n”, „ro”, „rt”, „rw”) z płynami złożowymi. system jest przystosowany do ciśnienia uszczelniającego10 000 psig, ciśnienia porowego 9 500 psig w temperaturze 150 °c i oferuje zautomatyzowaną akwizycję danych oraz półautomatyczną obsługę. szklany mikroporowaty dysk pozwala na osiągnięcie ciśnienia w porach do 1500 psig w systemach ropno/solankowych, znacznie rozszerzając zakres ciśnienia kapilarnego w porównaniu z tradycyjnymi dyskami ceramicznymi.
  </t>
         </is>
       </c>
-      <c r="D119" t="inlineStr">
+      <c r="D141" t="inlineStr">
         <is>
           <t>Badania ciśnienia kapilarnego w układzie ropa-woda (porous plate method). pomiar właściwości elektrycznych rdzenia nasyconego płynami. badanie procesów wypierania płynów (po rekonfiguracji).</t>
         </is>
       </c>
-      <c r="E119" t="inlineStr">
+      <c r="E141" t="inlineStr">
         <is>
           <t>Zakres pracy: maksymalne ciśnienie 68 mpa, maksymalna temperatura 150 °c.</t>
         </is>
       </c>
-      <c r="F119" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G119" t="inlineStr">
+      <c r="F141" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G141" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
-      <c r="H119" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I119" t="inlineStr">
+      <c r="H141" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I141" t="inlineStr">
         <is>
           <t>Katedra inżynierii naftowej</t>
         </is>
       </c>
-      <c r="J119" t="inlineStr">
+      <c r="J141" t="inlineStr">
         <is>
           <t>Geoenergia - laboratorium zaawansowanych metod wydobycia węglowodorów i magazynowania energii</t>
         </is>
       </c>
-      <c r="K119" t="inlineStr">
+      <c r="K141" t="inlineStr">
         <is>
           <t>Wojnarowski Paweł</t>
         </is>
       </c>
-      <c r="L119" t="inlineStr">
+      <c r="L141" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-wojnarowski-5575.html</t>
         </is>
       </c>
-      <c r="M119" t="inlineStr">
+      <c r="M141" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N119" t="inlineStr">
+      <c r="N141" t="inlineStr">
         <is>
           <t>Ciśnienie kapilarne, metoda płytki porowej, własności elektryczne</t>
         </is>
       </c>
     </row>
-    <row r="120">
-      <c r="A120" t="inlineStr">
+    <row r="142">
+      <c r="A142" t="inlineStr">
         <is>
           <t>System do badań efektywności zaawansowanych metod eksploatacji surowców płynnych</t>
         </is>
       </c>
-      <c r="B120" t="inlineStr">
+      <c r="B142" t="inlineStr">
         <is>
           <t>Afs core flooding system</t>
         </is>
       </c>
-      <c r="C120" t="inlineStr">
+      <c r="C142" t="inlineStr">
         <is>
           <t>System do badań efektywności zaawansowanych metod eksploatacji surowców płynnych umożliwia testowania metod wypierania płynów z rdzenia skalnego za pomocą ropy, wody, gazów oraz naprzemiennie wody i gazu, pomiaru resztkowego nasycenia ropy oraz efektywności wypierania dla poszczególnych faz. pozwala na pomiar przepuszczalności absolutnej z wykorzystaniem gazu lub fazy ciekłej w warunkach złożowych oraz wyznaczenie przepuszczalności względnych metodą "unsteady-state". w trakcie badań możliwe jest zatłaczanie solanki, ropy naftowej, polimerów, roztworów kwasów oraz gazów takich jak dwutlenek węgla, azot i metan czy wodór. instalacja umożliwia wtłaczania gazu oraz płynu jednocześnie. urządzenie umożliwia wykonywanie badań przy odtworzeniu warunków złożowych. zakres pracy: maksymalne ciśnienie 68 mpa, maksymalna temperatura 150 °c. zestaw wyposażony jest w dwa separatory do pomiaru w warunkach złożowych oraz warunkach otoczenia oraz trzy niezależne zasobniki na płyny wykorzystywane w trakcie badań.</t>
         </is>
       </c>
-      <c r="D120" t="inlineStr">
+      <c r="D142" t="inlineStr">
         <is>
           <t>1. pomiar porowatości.
 2. pomiar przepuszczalności absolutnej i względnej 
 3. badanie procesów przpływu i magazynowania płynów w ośrodku porowatym.
 4. okreśłanie minimalnego ciśnienia mieszania gazów z cieczami.
 5. badanie procesu dyfuzji w cieczach i gazach.
 6. badanie procesów wypierania płynów.
 7. badanie zwilżalności układzie skała-ropa-woda.</t>
         </is>
       </c>
-      <c r="E120" t="inlineStr">
+      <c r="E142" t="inlineStr">
         <is>
           <t>Zakres pracy: maksymalne ciśnienie 68 mpa, maksymalna temperatura 150 °c.</t>
         </is>
       </c>
-      <c r="F120" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G120" t="inlineStr">
+      <c r="F142" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G142" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
-      <c r="H120" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I120" t="inlineStr">
+      <c r="H142" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I142" t="inlineStr">
         <is>
           <t>Katedra inżynierii naftowej</t>
         </is>
       </c>
-      <c r="J120" t="inlineStr">
+      <c r="J142" t="inlineStr">
         <is>
           <t>Geoenergia - laboratorium zaawansowanych metod wydobycia węglowodorów i magazynowania energii</t>
         </is>
       </c>
-      <c r="K120" t="inlineStr">
+      <c r="K142" t="inlineStr">
         <is>
           <t>Wojnarowski Paweł</t>
         </is>
       </c>
-      <c r="L120" t="inlineStr">
+      <c r="L142" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-wojnarowski-5575.html</t>
         </is>
       </c>
-      <c r="M120" t="inlineStr">
+      <c r="M142" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N120" t="inlineStr">
+      <c r="N142" t="inlineStr">
         <is>
           <t>Eor, magazynowanie energii</t>
         </is>
       </c>
     </row>
-    <row r="121">
-      <c r="A121" t="inlineStr">
+    <row r="143">
+      <c r="A143" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa 300kn</t>
         </is>
       </c>
-      <c r="B121" t="inlineStr">
+      <c r="B143" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa 300 kn</t>
         </is>
       </c>
-      <c r="C121" t="inlineStr">
+      <c r="C143" t="inlineStr">
         <is>
           <t xml:space="preserve">Maszyna wytrzymałościowa shimadzu agx-v 300 kn służy do badań wytrzymałościowych statycznych w zakresie rozciągania, ściskania, zginania itp. maszyna posiada precyzyjne możliwości badawcze dla sił do 300 kn.
 parametry techniczne:
 maszyna wytrzymałościowa shimadzu agx-v 300 kn
 	szerokość przestrzeni roboczej: 600 mm
 	dodatkowa głowica pomiarowa siły: do 20 kn, klasa dokładności 0,5 (1/1000) wg iso 7500-1
 	zakres prędkości przesuwu: od 0,00005 do 750 mm/min przy sile do 300 kn
 	częstotliwość próbkowania: 500 khz
 	automatyczna kontrola ze stałą szybkością odkształcenia, w pełni zgodna z pn en-iso 6892-1
 	automatyczna kontrola ze stałą szybkością narastania siły testującej/naprężenia zgodnie z pn en-iso 6892-1
 	możliwość zapisu wideo przebiegu testu
 wideoekstensometr dic x-sight:
 	rozdzielczość kamery: 16,1 mpix
 	rozdzielczość subpikselowa w płaszczyźnie: &lt; 0,008%
 	zakres pola widzenia: 330 mm x 180 mm
 	klasa dokładności: 0,5 wg iso 9513
 	dokładność: ±1,5 μm (zgodna z pn en-iso 527-1:2012)
 	pomiar zmian szerokości próbek w trakcie testu
 	pomiar współczynników anizotropii n + r oraz liczby poissona
 	zapis wideo testu
 	pełna synchronizacja z krzywą rozciągania
 	częstotliwość próbkowania: 23 hz
 	oprogramowanie do analizy dic
 ekstensometr automatyczny sie-560sa
 	dokładność: klasa 0,5 wg iso 9513
 	dokładność bezwzględna: ±1 μm
 	standardowa baza pomiarowa: 50 mm, możliwość zamówienia dodatkowych baz pomiarowych
 	przeznaczony dla maszyn ag-x plus 250/300 kn
 </t>
         </is>
       </c>
-      <c r="D121" t="inlineStr">
+      <c r="D143" t="inlineStr">
         <is>
           <t>Badania wytrzymałościowe niszczące w zakresie: rozciągania; ściskania, zginania, zdzierania, dkształcalności itp. badania wytrzymałociowe metali wg en-iso 6892-1 jak i niemetali (tworzywa sztuczne, guma np. en-iso 37, en-iso 527) itp.</t>
         </is>
       </c>
-      <c r="E121" t="inlineStr">
+      <c r="E143" t="inlineStr">
         <is>
           <t>Wyznaczenie granicy wytrzymałości,
 wyznaczenie granicy plastyczności,
 wyznaczenie wydłużenia względnego,
 wyznaczenie współczynnika sprężystości wzdłużnej e (modułu younga),
 wyznaczenie współczynnika poissona.
 analiza odkształceń obejmująca deformacje poza płaszczyzną oraz pomiary ruchu</t>
         </is>
       </c>
-      <c r="F121" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G121" t="inlineStr">
+      <c r="F143" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G143" t="inlineStr">
         <is>
           <t>Zgodnie z indywidualnie uzgodnionymi umowami.</t>
         </is>
       </c>
-      <c r="H121" t="inlineStr">
+      <c r="H143" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I121" t="inlineStr">
+      <c r="I143" t="inlineStr">
         <is>
           <t>Katedra systemów wytwarzania</t>
         </is>
       </c>
-      <c r="J121" t="inlineStr"/>
-      <c r="K121" t="inlineStr">
+      <c r="J143" t="inlineStr"/>
+      <c r="K143" t="inlineStr">
         <is>
           <t>Karmiris-Obratański Panagiotis</t>
         </is>
       </c>
-      <c r="L121" t="inlineStr">
+      <c r="L143" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/panagiotis-karmiris-obratanski-9969.html</t>
         </is>
       </c>
-      <c r="M121" t="inlineStr">
+      <c r="M143" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N121" t="inlineStr">
+      <c r="N143" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa</t>
         </is>
       </c>
     </row>
-    <row r="122">
-      <c r="A122" t="inlineStr">
+    <row r="144">
+      <c r="A144" t="inlineStr">
         <is>
           <t>Transmisyjny mikroskop elektronowy</t>
         </is>
       </c>
-      <c r="B122" t="inlineStr">
+      <c r="B144" t="inlineStr">
         <is>
           <t>Jeol jem-arm200f neoarmex</t>
         </is>
       </c>
-      <c r="C122" t="inlineStr">
+      <c r="C144" t="inlineStr">
         <is>
           <t xml:space="preserve">Transmisyjny mikroskop elektronowy wyposażony jest w:
 	działo elektronowe z zimną emisją polową, napięcie przyspieszające 200 kv i 60 kv,
 	korektor aberracji sferycznych cs dla układu oświetleniowego,
 	wysokokątowy pierścieniowy detektor ciemnego pola (haadf),
 	detektor sektorowy (saaf), dedykowany dla technik jasnego pola abf, optymalnego jasnego pola obf, różnicowego kontrastu fazowego dpc,
 	spektrometr rentgenowski z dyspersją energii (eds) - 2 detektory eds typu sdd jeol centurio xxxl,
 	system 4d-stem gatan 4d stem stemx o możliwość akwizycji i analiz danych w technice 4d-stem oraz wykonywania badań takich jak np. mapy odkształceń, mapy orientacji krystalograficznych, tworzenie wirtualnych apertur i różnicowego kontrastu fazowego,
 	kamerę gatan metro bezpośredniej detekcji elektronów,
 	dedykowany uchwyt mrożeniowy do prowadzanie obserwacji i analiz eds w temperaturach kriogenicznych, produkcji firmy gatan, model 915,
 	dedykowany uchwyt środowiskowy firmy protochips, model poseidon select do prowadzenia obserwacji próbek w środowisku ciekłym/stanie ciekłym i badania chemicznych, elektrochemicznych i strukturalnych procesów zachodzących w czasie rzeczywistym i w skali nanometrycznej.
 </t>
         </is>
       </c>
-      <c r="D122" t="inlineStr">
+      <c r="D144" t="inlineStr">
         <is>
           <t>Mikroskop jest przeznaczony do pracy w trybach tem, stem i 4d-stem. mikroskop dedykowany jest do wysokorozdzielczych obserwacji i analiz chemicznych w skali mikro-, nano- i atomowej oraz badań środowiskowych in-situ w cieczach i w temperaturach kriogenicznych. zakres powiększeń obrazów mikroskopowych w tem wynosi od 50 x do 1 500 000 x.</t>
         </is>
       </c>
-      <c r="E122" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G122" t="inlineStr">
+      <c r="E144" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="F144" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G144" t="inlineStr">
         <is>
           <t>Do ustalenia z osobą kontaktową.</t>
         </is>
       </c>
-      <c r="H122" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I122" t="inlineStr">
+      <c r="H144" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I144" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J122" t="inlineStr">
+      <c r="J144" t="inlineStr">
         <is>
           <t>Międzywydziałowe laboratorium transmisyjnej mikroskopii elektronowej</t>
         </is>
       </c>
-      <c r="K122" t="inlineStr">
+      <c r="K144" t="inlineStr">
         <is>
           <t>Moskalewicz Tomasz</t>
         </is>
       </c>
-      <c r="L122" t="inlineStr">
+      <c r="L144" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-moskalewicz-5201.html</t>
         </is>
       </c>
-      <c r="M122" t="inlineStr">
+      <c r="M144" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N122" t="inlineStr">
+      <c r="N144" t="inlineStr">
         <is>
           <t>4d stem, badania in situ, eds, mikroskop elektronowy, mikrostruktura, tem</t>
         </is>
       </c>
     </row>
-    <row r="123">
-      <c r="A123" t="inlineStr">
+    <row r="145">
+      <c r="A145" t="inlineStr">
         <is>
           <t>La-icp-ms spektrometria mas sprzężona z plazmą wzbudzaną indukcyjnie z wprowadzaniem próbki za pomocą ablacji laserowej oraz zintegrowanym systemem libs</t>
         </is>
       </c>
-      <c r="B123" t="inlineStr">
+      <c r="B145" t="inlineStr">
         <is>
           <t>Icap tqe icp-ms triple quadrupole z systemem ablacji laserowej esl213 i systemem libs eslumen</t>
         </is>
       </c>
-      <c r="C123" t="inlineStr">
+      <c r="C145" t="inlineStr">
         <is>
           <t xml:space="preserve">La-icp-ms łączy ablację laserową (la) wykorzystywaną do próbkowania z spektrometria mas sprzężona z plazmą wzbudzaną indukcyjnie (icp-ms) używaną do detekcji i analizy ilościowej pierwiastków.
 na system la-icp-ms/libs składają się:
 	spektrometr mas z jonizacją w plazmie indukcyjnie sprzężonej model icap tqe (thermo scientific) to tandemowy spektrometr mas wyposażony w komorę reakcyjno-kolizyjną. pozwala to to na usuwanie interferencji poprzez dyskryminację kinetyczną jonów (ked) bądź wykorzystanie gazów reakcyjnych  takich jak o2.
 	laser nd:yag (elemental scientific) o długości fali 213 nm, częstotliwości pracy 1-20 hz i rozmiarze wiązki w zakresie 10-100 mikronów.
 	detektora libs (eslumen) do pomiarów opartych na laserowo indukowanej spektroskopii emisyjnej
 aparat jest częścią "zintegrowanej platformy badań chemizmu i mikrotekstury materiałów porowatych oraz reaktywności ich powierzchni" </t>
         </is>
       </c>
-      <c r="D123" t="inlineStr">
+      <c r="D145" t="inlineStr">
         <is>
           <t>Metoda la-icp-ms pozwala na analizy in-situ w ciałach stałych, która ma zastosowanie w analizach próbek geologicznych, biologicznych, metalurgicznych i archeologicznych. pozwala na pomiar zawartości pierwiastków, osiągając niskie limity detekcji od 0.1-10 ppm. możliwe jest wykonywanie map rozkładu pierwiastków i pomiary stosunków izotopowych. libs pozwala na analizy rozkładu pierwiastków śladowych, w tym pierwiastków lekkich jak li czy b.</t>
         </is>
       </c>
-      <c r="E123" t="inlineStr">
+      <c r="E145" t="inlineStr">
         <is>
           <t>Analizom poddawane są próbki o kształcie walca o średnicy ok. 25 mm lub w postaci szlifu mikroskopowego o wymiarach ok. 46 x 27 mm oraz grubości co najmniej 75-100 mikrometrów. metoda la-icp-ms umożliwia oznaczenie ilościowe większości pierwiastków od litu do uranu (z wyłączeniem gazów szlachetnych) z bardzo niskimi limitami detekcji (rutynowo 0.1-10 ppm). 20-30 pierwiastków może być analizowanych podczas jednego pomiaru.</t>
         </is>
       </c>
-      <c r="F123" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G123" t="inlineStr">
+      <c r="F145" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G145" t="inlineStr">
         <is>
           <t>Badania wykonywane są przez upoważniony personel laboratorium na podstawie umów i zleceń za zgodą kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H123" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I123" t="inlineStr">
+      <c r="H145" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I145" t="inlineStr">
         <is>
           <t>Katedra geologii złożowej i górniczej</t>
         </is>
       </c>
-      <c r="J123" t="inlineStr">
+      <c r="J145" t="inlineStr">
         <is>
           <t>Laboratorium pierwiastków krytycznych agh-kghm</t>
         </is>
       </c>
-      <c r="K123" t="inlineStr">
+      <c r="K145" t="inlineStr">
         <is>
           <t>Kozub-Budzyń Gabriela</t>
         </is>
       </c>
-      <c r="L123" t="inlineStr">
+      <c r="L145" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/gabriela-kozub-budzyn-7671.html</t>
         </is>
       </c>
-      <c r="M123" t="inlineStr">
+      <c r="M145" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N123" t="inlineStr">
+      <c r="N145" t="inlineStr">
         <is>
           <t>Ablacja laserowa/elektronowa, analizy chemiczne, pierwiastki śladowe</t>
         </is>
       </c>
     </row>
-    <row r="124">
-      <c r="A124" t="inlineStr">
+    <row r="146">
+      <c r="A146" t="inlineStr">
         <is>
           <t>Wirtualne laboratorium komputerowe w.i.m.i r.</t>
         </is>
       </c>
-      <c r="B124" t="inlineStr">
+      <c r="B146" t="inlineStr">
         <is>
           <t>Wirtualne laboratorium komputerowe w.i.m.i r.</t>
         </is>
       </c>
-      <c r="C124" t="inlineStr">
+      <c r="C146" t="inlineStr">
         <is>
           <t>Wirtualne laboratorium komputerowe zostało opracowane i wdrożone w 2023r. na wydziale inżynierii mechanicznej i robotyki. wdrożone laboratorium umożliwia prowadzenie prac projektowych i realizację analiz numerycznych z zastosowanie klastra komputerowego składającego się z  3 serwerów opartych o procesory intel xeon (łącznie 96 rdzeni i 1,1tb ram) oraz 3 kart gpu nvidia ampere a40  48 gb .
 laboratorium umożliwia zdalne oraz hybrydowe prowadzenie zajęć na zainstalowanym oprogramowaniu zarówno z terenu uczelni jak również z dowolnego miejsca na świecie poprzez połączenie vpn. zasoby serwerów a co za tym idzie również laboratorium mogą być wykorzystane również do badań naukowych.</t>
         </is>
       </c>
-      <c r="D124" t="inlineStr">
+      <c r="D146" t="inlineStr">
         <is>
           <t>Aparatura przeznaczona do wspomagania procesów projektowania wykorzystujących cad/cae  jak również wysokowydajnych symulacji naukowych (hpc),</t>
         </is>
       </c>
-      <c r="E124" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G124" t="inlineStr">
+      <c r="E146" t="inlineStr"/>
+      <c r="F146" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G146" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki bada</t>
         </is>
       </c>
-      <c r="H124" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I124" t="inlineStr">
+      <c r="H146" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I146" t="inlineStr">
         <is>
           <t>Katedra robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="J124" t="inlineStr"/>
-      <c r="K124" t="inlineStr">
+      <c r="J146" t="inlineStr"/>
+      <c r="K146" t="inlineStr">
         <is>
           <t>Mańka Michał</t>
         </is>
       </c>
-      <c r="L124" t="inlineStr">
+      <c r="L146" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/michal-manka-7202.html</t>
         </is>
       </c>
-      <c r="M124" t="inlineStr">
+      <c r="M146" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N124" t="inlineStr">
+      <c r="N146" t="inlineStr">
         <is>
           <t>Cad, modelowanie, symulacje, wirtualizacja zasobów</t>
         </is>
       </c>
     </row>
-    <row r="125">
-      <c r="A125" t="inlineStr">
+    <row r="147">
+      <c r="A147" t="inlineStr">
         <is>
           <t>System laserowy</t>
         </is>
       </c>
-      <c r="B125" t="inlineStr">
+      <c r="B147" t="inlineStr">
         <is>
           <t>System laserowy trulaser cell 3000 (l34)</t>
         </is>
       </c>
-      <c r="C125" t="inlineStr">
+      <c r="C147" t="inlineStr">
         <is>
           <t>System wyposażony jest w laser dyskowy o mocy 2 kw (na przedmiocie obrabianym) oraz długości fali promieniowania laserowego 1030 nm. posiada kabel światłowodowy o dwóch średnicach włókna: 100/400μm i długości 20 m.
 system zawiera:
 - adapter  do optyki spawania i obróbki cieplnej,
 - adapter optyki do napawania,
 - adapter optyki do cięcia,
 - system optyczny do obserwacji i kontroli jakości powłok napawanych i spoin laserowych.
 ponadto system laserowy wyposażony jest w przenośnik proszku z 2 oddzielnymi podajnikami proszku i zbiornikami o pojemności po 1,5 l, przenoszącymi do 2 różnych materiałów dodatkowych.
 zakres przesuwu osi: x = 800 mm, y = 600 mm, z = 400 mm. zakres przechyłu dla optyki w osi b wynosi +/-135 deg. urządzenie wyposażone jest w dodatkową oś obrotową do obróbki elementów typu rura z uchwytem trójszczękowym i możliwością przelotu dla średnicy minimalnej. posiada także aktywnie monitorowaną, za pomocą czujników, obudowę ochronną maszyny, zabezpieczającą dla lasera klasy 1.</t>
         </is>
       </c>
-      <c r="D125" t="inlineStr">
+      <c r="D147" t="inlineStr">
         <is>
           <t>Cięcie, nagrzewanie, napawanie i spawanie materiałów metalicznych i niemetalicznych.</t>
         </is>
       </c>
-      <c r="E125" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G125" t="inlineStr">
+      <c r="E147" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="F147" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G147" t="inlineStr">
         <is>
           <t>Do ustalenia z osobą kontaktową.</t>
         </is>
       </c>
-      <c r="H125" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I125" t="inlineStr">
+      <c r="H147" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I147" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J125" t="inlineStr">
+      <c r="J147" t="inlineStr">
         <is>
           <t>Inżynieria powierzchni</t>
         </is>
       </c>
-      <c r="K125" t="inlineStr">
+      <c r="K147" t="inlineStr">
         <is>
           <t>Kąc Sławomir</t>
         </is>
       </c>
-      <c r="L125" t="inlineStr">
+      <c r="L147" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/slawomir-kac-5204.html</t>
         </is>
       </c>
-      <c r="M125" t="inlineStr">
+      <c r="M147" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N125" t="inlineStr">
+      <c r="N147" t="inlineStr">
         <is>
           <t>Cięcie metali, laser, napawanie, obróbka cieplna, spawanie</t>
         </is>
       </c>
     </row>
-    <row r="126">
-      <c r="A126" t="inlineStr">
+    <row r="148">
+      <c r="A148" t="inlineStr">
         <is>
           <t>Mikrowaga</t>
         </is>
       </c>
-      <c r="B126" t="inlineStr">
+      <c r="B148" t="inlineStr">
         <is>
           <t>Mikrowaga mya 5.4y.b (radwag)</t>
         </is>
       </c>
-      <c r="C126" t="inlineStr">
+      <c r="C148" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikrowaga mya 5.4y.b produkcji radwag o zakresie pomiarowym 5,1 g.
 działka odczytowa: 0,001 mg.
  </t>
         </is>
       </c>
-      <c r="D126" t="inlineStr">
+      <c r="D148" t="inlineStr">
         <is>
           <t>Mikrowaga umożliwia pomiar masy próbek przed i po badaniach korozyjnych.</t>
         </is>
       </c>
-      <c r="E126" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G126" t="inlineStr">
+      <c r="E148" t="inlineStr"/>
+      <c r="F148" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G148" t="inlineStr">
         <is>
           <t>Do ustalenia z osobą kontaktową</t>
         </is>
       </c>
-      <c r="H126" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I126" t="inlineStr">
+      <c r="H148" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I148" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J126" t="inlineStr">
+      <c r="J148" t="inlineStr">
         <is>
           <t>Centrum mikroskopii elektronowej dla inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K126" t="inlineStr">
+      <c r="K148" t="inlineStr">
         <is>
           <t>Rutkowski Bogdan</t>
         </is>
       </c>
-      <c r="L126" t="inlineStr">
+      <c r="L148" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/bogdan-rutkowski-7458.html</t>
         </is>
       </c>
-      <c r="M126" t="inlineStr">
+      <c r="M148" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N126" t="inlineStr">
+      <c r="N148" t="inlineStr">
         <is>
           <t>Korozja wysokotemperaturowa, mikrowaga</t>
         </is>
       </c>
     </row>
-    <row r="127">
-      <c r="A127" t="inlineStr">
+    <row r="149">
+      <c r="A149" t="inlineStr">
         <is>
           <t>Uhplc-ms/ms</t>
         </is>
       </c>
-      <c r="B127" t="inlineStr">
+      <c r="B149" t="inlineStr">
         <is>
           <t>System ultrasprawnej chromatografii cieczowej z tandemowym spektrometrem mas typu potrójny kwadrupol model tsq altis</t>
         </is>
       </c>
-      <c r="C127" t="inlineStr">
+      <c r="C149" t="inlineStr">
         <is>
           <t>System uhplc-ms/ms to połączenie ultra-wysokosprawnej chromatografii cieczowej z tandemowym spektrometrem mas, wykorzystujące zdolność rozdzielczą metody analitycznej oraz zdolność spektrometrii mas do identyfikacji rozdzielanych składników. zastosowanie takiego połączenia stanowi idealne narzędzie umożliwiające analizę ilościową polarnych związków organicznych w skomplikowanych matrycach z doskonałą czułością i precyzją oraz umożliwia przeprowadzanie badań typu screening.
 w tandemowym spektrometrze mas występują dwa analizatory mas oraz komora zderzeń, umożliwiając wykonywanie pomiarów ms jak i ms/ms. powstające w źródle, w wyniku jonizacji techniką esi jony pierwotne są rozdzielane w pierwszym spektrometrze. następnie jony o wybranym stosunku m/z trafiają do komory kolizyjnej, gdzie w zależności od warunków ulegają rozpadowi lub pozostają niezmienione. w wyniku rozpadu jonów (fragmentacji), powstają jony potomne. w drugim spektrometrze (ms2), jony są ponownie rozdzielane ze względu na stosunek masy do ładunku. te z nich, które przejdą przez drugi spektrometr, trafiają do detektora. sprawia to, że czułość układu tandemowego ms/ms jest znacznie większa niż samego układu ms. do oznaczania różnorodnych substancji w próbach środowiskowych, jak i w żywności, zalecane jest stosowanie metody lc-ms lub lc-ms/ms pracującego w trybie sim lub mrm gdyż charakteryzują się wysoką czułością i selektywnością.
 aparaturę typu uhplc-ms/ms wykorzystuje się standardowo do oznaczania metabolitów farmaceutyków, narkotyków, substancji dopingowych, zanieczyszczeń organicznych zarówno w płynach ustrojowych jak i próbkach środowiskowych.
 aparat jest częścią "zintegrowanej platformy badań chemizmu i mikrotekstury materiałów porowatych oraz reaktywności ich powierzchni"</t>
         </is>
       </c>
-      <c r="D127" t="inlineStr">
+      <c r="D149" t="inlineStr">
         <is>
           <t>Aparaturę typu uhplc-ms/ms wykorzystuje się standardowo do oznaczania metabolitów farmaceutyków, narkotyków, substancji dopingowych, zanieczyszczeń organicznych zarówno w płynach ustrojowych jak i próbkach środowiskowych.</t>
         </is>
       </c>
-      <c r="E127" t="inlineStr">
+      <c r="E149" t="inlineStr">
         <is>
           <t>Spektrometr mas wyposażony w źródło jonów typu electrospray esi.
 tryb skanowania: pełne skanowanie (full-scan), monitorowanie wybranego jonu (sim) i monitorowanie wybranej reakcji (srm)
 chromatograf cieczowy z detektorem uv/vis i detektorem dad
 oprogramowanie sterujące pracą spektrometru mas, umożliwiające akwizycję, obróbkę i analizę danych.</t>
         </is>
       </c>
-      <c r="F127" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G127" t="inlineStr">
+      <c r="F149" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G149" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H127" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I127" t="inlineStr">
+      <c r="H149" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I149" t="inlineStr">
         <is>
           <t>Katedra ochrony środowiska</t>
         </is>
       </c>
-      <c r="J127" t="inlineStr">
+      <c r="J149" t="inlineStr">
         <is>
           <t>Zespół analiz ryzyka zdrowotnego i środowiskowego</t>
         </is>
       </c>
-      <c r="K127" t="inlineStr">
+      <c r="K149" t="inlineStr">
         <is>
           <t>Koziarska Marta</t>
         </is>
       </c>
-      <c r="L127" t="inlineStr">
+      <c r="L149" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marta-agnieszka-koziarska-10423.html</t>
         </is>
       </c>
-      <c r="M127" t="inlineStr">
+      <c r="M149" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N127" t="inlineStr">
+      <c r="N149" t="inlineStr">
         <is>
           <t>Analiza ilościowa</t>
         </is>
       </c>
     </row>
-    <row r="128">
-      <c r="A128" t="inlineStr">
+    <row r="150">
+      <c r="A150" t="inlineStr">
         <is>
           <t>Aparat do pomiaru wielkości sorpcji nova 800 anton paar</t>
         </is>
       </c>
-      <c r="B128" t="inlineStr">
+      <c r="B150" t="inlineStr">
         <is>
           <t>Aparat do pomiaru wielkości sorpcji nova 800 anton paar</t>
         </is>
       </c>
-      <c r="C128" t="inlineStr">
+      <c r="C150" t="inlineStr">
         <is>
           <t>Nova 800 anton paar jest analizatorem do pomiaru sorpcji gazów i wyznaczania powierzchni bet, wielkości, objętości i rozkładu mikro- i mezo-porów w proszkach i materiałach porowatych.  
 charakterystyka aparatu:
 	sorpcja gazów: n2, he, co2 oraz par różnych cieczy
 	cztery niezależne stacje odgazowania
 	cztery stacje analityczne
 	wyznaczanie rozmiarów, objętości i powierzchni mezoporów (2 – 50 nm), mikroporów (0.35 – 1.1 nm)
 	zakres ciśnień pracy aparatu 1.5 x 10-7 do 1.0 p/p0
 	odgazowanie próbki w zakresie temperatur: 20-425 ºc
 	analiza materiałów proszkowych i próbek litych o wymiarach nie większych niż 7 x 7 x 10 mm
 aparat jest częścią "zintegrowanej platformy badań chemizmu i mikrotekstury materiałów porowatych oraz reaktywności ich powierzchni"</t>
         </is>
       </c>
-      <c r="D128" t="inlineStr">
+      <c r="D150" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar sorpcji dla próbek mineralnych, syntetycznych, przemysłowych, itp.
 	analiza bet i objętości porów próbek litych i proszkowych
 </t>
         </is>
       </c>
-      <c r="E128" t="inlineStr">
+      <c r="E150" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jedno- i wielopunktowa powierzchnia bet
 	powierzchnia langmuira oraz analiza izoterm temkina i freundlicha
 	rozkłady objętości porów i powierzchni porów w zakresie mezo- i makroporów metodą bjh, dft, nldft
 	rozkład mikroporów metodą d-a, d-r oraz całkowita objętość mikroporów metodą t-plot
 </t>
         </is>
       </c>
-      <c r="F128" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G128" t="inlineStr">
+      <c r="F150" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G150" t="inlineStr">
         <is>
           <t>•	zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 •	współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 •	współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H128" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I128" t="inlineStr">
+      <c r="H150" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I150" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J128" t="inlineStr">
+      <c r="J150" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K128" t="inlineStr">
+      <c r="K150" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L128" t="inlineStr">
+      <c r="L150" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M128" t="inlineStr">
+      <c r="M150" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N128" t="inlineStr">
+      <c r="N150" t="inlineStr">
         <is>
           <t>Adsorpcja, bet, izoterma adsorpcji, porowatość całkowita, powierzchnia właściwa</t>
         </is>
       </c>
     </row>
-    <row r="129">
-      <c r="A129" t="inlineStr">
+    <row r="151">
+      <c r="A151" t="inlineStr">
         <is>
           <t>Spektrofotometr absorpcji atomowej aas ice 3500</t>
         </is>
       </c>
-      <c r="B129" t="inlineStr">
+      <c r="B151" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji atomowej aas ice 3500 thermo scientific</t>
         </is>
       </c>
-      <c r="C129" t="inlineStr">
+      <c r="C151" t="inlineStr">
         <is>
           <t>Thermo scientific ice 3500 aas zapewnia niezrównaną wydajność, elastyczność i prostotę. wysoce precyzyjna optyka z podwójną wiązką w połączeniu z monochromatorem echelle zapewnia niskie granice wykrywalności i długoterminową stabilność analityczną. unikalna korekcja tła deuteru quadline z gwarantowaną wydajnością jest dostarczana w standardzie. konstrukcja rozpylacza płomienia zawiera 50-milimetrowy tytanowy palnik z ulepszoną zdolnością do cząstek stałych w celu zwiększenia wydajności i dokładności analizy płomienia. przystawka do generacji wodorków vp 100 pozwala na wykonywanie analizy pierwiastków tworzących wodorki: as, se,sb,te,bi,sn oraz hg z lepszą czułością i precyzją w porównaniu z techniką płomieniową. przystawka jest sterowana w pełni automatycznie z oprogramowania spektrometru. w jej skład wchodzą pojemniki na reagenty, 4 kanałowa pompa perystaltyczna, zawory mieszające, separator gaz-ciecz oraz masowy kontroler przepływu, do precyzyjnej kontroli przepływu gazu nośnego. kuweta pomiarowa umieszczona w wiązce spektrometru jest podgrzewana standardowo płomieniem acetylenowo powietrznym lub opcjonalnie piecem elektrycznym ec100</t>
         </is>
       </c>
-      <c r="D129" t="inlineStr">
+      <c r="D151" t="inlineStr">
         <is>
           <t>Laboratorium korzysta wyłącznie z atestowanych odczynników i mianowanych roztworów w terminie ważności. laboratorium  wyposażone jest w system generacji par wodorków umożliwiający bezpośrednie oznaczanie mikroilości as, se,sb,te,bi,sn oraz hg odpowiednio od 0,5 i 0,1 mikrogramów/dm3 oraz w trybie normalnym ok. 30 innych pierwiastków</t>
         </is>
       </c>
-      <c r="E129" t="inlineStr">
+      <c r="E151" t="inlineStr">
         <is>
           <t>Analiza ilościowa wód, ścieków, gleb, gruntów, minerałów i skał, roślin oraz różnych badań normatywnych. dotyczy to kompleksowych badań odpadów, badań agresywności wód i gruntów oraz identyfikacji wszelkich nieorganicznych związków niebezpiecznych dla środowiska przyrodniczego. wykonywane są ilościowe analizy pełne, wskaźnikowe i pierwiastków śladowych.</t>
         </is>
       </c>
-      <c r="F129" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G129" t="inlineStr">
+      <c r="F151" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G151" t="inlineStr">
         <is>
           <t>Badania mogą być wykonane odpłatnie, albo na zasadzie współpracy naukowej.</t>
         </is>
       </c>
-      <c r="H129" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I129" t="inlineStr">
+      <c r="H151" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I151" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J129" t="inlineStr">
+      <c r="J151" t="inlineStr">
         <is>
           <t>Laboratorium biogeochemiczne</t>
         </is>
       </c>
-      <c r="K129" t="inlineStr">
+      <c r="K151" t="inlineStr">
         <is>
           <t>Klimek Agnieszka</t>
         </is>
       </c>
-      <c r="L129" t="inlineStr">
+      <c r="L151" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-klimek-7472.html</t>
         </is>
       </c>
-      <c r="M129" t="inlineStr">
+      <c r="M151" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N129" t="inlineStr">
+      <c r="N151" t="inlineStr">
         <is>
           <t>Analiza ilościowa</t>
         </is>
       </c>
     </row>
-    <row r="130">
-      <c r="A130" t="inlineStr">
+    <row r="152">
+      <c r="A152" t="inlineStr">
         <is>
           <t>Rozbudowa laboratorium geoenergetyki agh-innowacyjne otworowe wymienniki ciepła oraz dublet geotermalny  na polu badawczym b laboratorium geoenergetyki agh</t>
         </is>
       </c>
-      <c r="B130" t="inlineStr">
+      <c r="B152" t="inlineStr">
         <is>
           <t>Rozbudowa laboratorium geoenergetyki agh-innowacyjne otworowe wymienniki ciepła oraz dublet geotermalny  na polu badawczym b laboratorium geoenergetyki agh</t>
         </is>
       </c>
-      <c r="C130" t="inlineStr">
+      <c r="C152" t="inlineStr">
         <is>
           <t xml:space="preserve">Instalacja składa się z kilku form pozyskiwania ciepła ziemi oraz magazynowania energii. występują w niej:
 	dublet studni, które mają za zadanie produkcję i zatłaczanie wody podziemnej unoszącej ciepło. woda przepływając w dublecie pomiędzy dwoma studniami trafia do parownika pompy ciepła. ze względu na mineralizację wody zastosowano pośredni czynnik grzewczy w postaci roztworu wodnego glikolu monopropylenowego ora dodatkowy wymiennik ciepła zbudowany z odpornych na korozję materiałów. w instalacji pracuje w związku z tym glikolowa pompa ciepła, przekazując ciepło na cele grzewcze w pawilonie d2;
 	dwa otworowe wymienniki ciepła z bezpośrednim parowaniem. stanowią więc parownik specjalnej (drugiej) pompy ciepła w instalacji. otwory wyposażone są w termometry umieszczone co 10 m do głębokości końcowej, tj. 30 m p.p.t.;
 	dwa wymienniki horyzontalne, z których jeden jest zainstalkowany z podwójną u-rurką z rur pe dn40 w otworze wykonanym metodą przewiertu sterowanego hdd (horizontal directional drilling), a drugi zainstalowano w istniejącej rurze pod ulicą rozdzielającą pawilony a4 i d2 na kampusie agh w krakowie. poziome otworowe wymienniki ciepła pracują jako niskotemperaturowe źródło ciepła dla wcześniej zainstalowanych dwóch glikolowych pomp ciepła;
 	trzy otwory do głębokości 30 m p.p.t., z których dwa służą do magazynowania energii w formie ciśnienia, stanowiąc objętość dla magazynowania sprężonego powietrza. trzeci otwór magazynuje energię w postaci potencjalnej. umieszczony w nim obciążnik ma możliwość poruszania się w górę i w dół. dzięki temu tworzy magazyn, gdzie położenie dolne obciążnika oznacza w pełni rozładowany, a położenie górne w pełni naładowany magazyn. wszystkie trzy otwory służą do magazynowania nadmiarowej energii elektrycznej z paneli fotowoltaicznych.
 </t>
         </is>
       </c>
-      <c r="D130" t="inlineStr">
+      <c r="D152" t="inlineStr">
         <is>
           <t xml:space="preserve">Infrastruktura ma możliwości:
 	badań wpływu parametrów eksploatacyjnych na efektywność otworowych wymienników ciepła,
 	badania oporów przepływu i strat mocy hydraulicznej wymienników otworowych,
 	badania efektywności energetycznej pozyskiwania ciepła z wód podziemnych,
 	badania różnych konstrukcji otworowych wymienników ciepła (różnych rur),
  </t>
         </is>
       </c>
-      <c r="E130" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G130" t="inlineStr">
+      <c r="E152" t="inlineStr"/>
+      <c r="F152" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G152" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza jest udostępniana do badań za pośrednictwem pracowników wwnig agh. badania, na podstawie odpowiednich umów z agh, realizować będą przedstawiciele laboratorium geoenergetyki agh.</t>
         </is>
       </c>
-      <c r="H130" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I130" t="inlineStr">
+      <c r="H152" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I152" t="inlineStr">
         <is>
           <t>Katedra wiertnictwa i geoinżynierii</t>
         </is>
       </c>
-      <c r="J130" t="inlineStr">
+      <c r="J152" t="inlineStr">
         <is>
           <t>Laboratorium geoenergetyki</t>
         </is>
       </c>
-      <c r="K130" t="inlineStr">
+      <c r="K152" t="inlineStr">
         <is>
           <t>Śliwa Tomasz</t>
         </is>
       </c>
-      <c r="L130" t="inlineStr">
+      <c r="L152" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-sliwa-4348.html</t>
         </is>
       </c>
-      <c r="M130" t="inlineStr">
+      <c r="M152" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N130" t="inlineStr">
+      <c r="N152" t="inlineStr">
         <is>
           <t>Geoenergetyka, geotermia, otworowe wymienniki ciepła, wykorzystane otwory wiertnicze</t>
         </is>
       </c>
     </row>
-    <row r="131">
-      <c r="A131" t="inlineStr">
+    <row r="153">
+      <c r="A153" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa</t>
         </is>
       </c>
-      <c r="B131" t="inlineStr">
+      <c r="B153" t="inlineStr">
         <is>
           <t>Elektrodynamiczna maszyna wytrzymałościowa mts acumen® 3</t>
         </is>
       </c>
-      <c r="C131" t="inlineStr">
+      <c r="C153" t="inlineStr">
         <is>
           <t xml:space="preserve">Maszyna elektrodynamiczna  umożliwia testy rozciągania i ściskania oraz badania zmęczeniowe elementów maszyn oraz próbek metalowych, gumowych, piankowych, z tworzyw sztucznych oraz kompozytów z częstotliwością do 100 hz. możliwe sa również badania zjawisk udarowych. szerokość obszaru roboczego: 460 mm, głębokośc obszru roboczego: 501 mm, maksymalna wysokość obszaru roboczego: 819 mm
 maszyna wyposażona jest w 2 czujniki czujniki siły: 3kn oraz 250 n. czujnik 3kn posiada wbudowany akcelerometr. maszyna posiada stoliki do ściskania oraz uchwyty pneumatyczne do prób ściskania-rozciągania. uchwyty pneumatyczne posiadają kliny płaskie oraz kliny do próbek okrągłych.
  </t>
         </is>
       </c>
-      <c r="D131" t="inlineStr">
+      <c r="D153" t="inlineStr">
         <is>
           <t>Podstawowe własności: 
 -obciążenie dynamiczne max 3000 n 
 -obciążenie statyczne max 2000 n 
 -częstotliwość testu: ≤ 100 hz 
 -skok siłownika: 70 mm 
 -napęd elektrodynamiczny – 230v
 zastosowanie: biomateriały, metale, tworzywa sztuczne i kompozyty, elektronika, automotive, dma – dynamic mechanical analysis, elementy podatne, sprężyny</t>
         </is>
       </c>
-      <c r="E131" t="inlineStr">
+      <c r="E153" t="inlineStr">
         <is>
           <t>Maszyna umożliwia prowadzenie testów quasistatycznych i dynamicznych rozciągania i ściskania próbek płaskich lub okrągłych z przejściem przez zero. możliwe jest badanie cykliczne o zadanym przebiegu funkcji przemieszczenia trawersy w czasie: sinusoidalnie zmienne, o przebiegu prostokątnym, trapezowym, badanie z ustaloną amplitudą i zmienną częstotliwością (frequency sweep). możliwe jest równiez zadawanie przebiegu niestandardowego.</t>
         </is>
       </c>
-      <c r="F131" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G131" t="inlineStr">
+      <c r="F153" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G153" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H131" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I131" t="inlineStr">
+      <c r="H153" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I153" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J131" t="inlineStr">
+      <c r="J153" t="inlineStr">
         <is>
           <t>Zespół analiz i modelowania elastycznych elementów maszyn</t>
         </is>
       </c>
-      <c r="K131" t="inlineStr">
+      <c r="K153" t="inlineStr">
         <is>
           <t>Michalczyk Krzysztof</t>
         </is>
       </c>
-      <c r="L131" t="inlineStr">
+      <c r="L153" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-michalczyk-5854.html</t>
         </is>
       </c>
-      <c r="M131" t="inlineStr">
+      <c r="M153" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N131" t="inlineStr">
+      <c r="N153" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa, obciążenia udarowe, obciążenie cykliczne, próba rozciągania, próba ściskania, własności mechaniczne</t>
         </is>
       </c>
     </row>
-    <row r="132">
-      <c r="A132" t="inlineStr">
+    <row r="154">
+      <c r="A154" t="inlineStr">
         <is>
           <t>Mobilny robot kroczący spot</t>
         </is>
       </c>
-      <c r="B132" t="inlineStr">
+      <c r="B154" t="inlineStr">
         <is>
           <t>Robot kroczący spot</t>
         </is>
       </c>
-      <c r="C132" t="inlineStr">
+      <c r="C154" t="inlineStr">
         <is>
           <t>Spot to kroczący, autonomiczny robot mobilny, który porusza się po różnym (w tym trudnym) terenie. posiada możliwość pracy autonomicznej, zbierania danych, integracji z urządzeniami pomiarowymi oraz komunikacji zdalnej.</t>
         </is>
       </c>
-      <c r="D132" t="inlineStr">
+      <c r="D154" t="inlineStr">
         <is>
           <t>Mapowanie terenu
 zastosowanie jako platforma do transportu sprzętu badawczego
 zadania manipulacyjne (w przypadku wyposażenia w manipulator)</t>
         </is>
       </c>
-      <c r="E132" t="inlineStr">
+      <c r="E154" t="inlineStr">
         <is>
           <t>Robot może być wyposażony w różnego rodzaju sprzęt pomiarowy: np. kamery (w tym kamery termowizyjne), mikrofony, czujniki akustyczne, lidary i wielle innych. rodzaj i typ sprzętu ograniczony jest jedynie przez wagę (i objętość).</t>
         </is>
       </c>
-      <c r="F132" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G132" t="inlineStr">
+      <c r="F154" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G154" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H132" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I132" t="inlineStr">
+      <c r="H154" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I154" t="inlineStr">
         <is>
           <t>Centrum doskonałości sztucznej inteligencji</t>
         </is>
       </c>
-      <c r="J132" t="inlineStr"/>
-      <c r="K132" t="inlineStr">
+      <c r="J154" t="inlineStr"/>
+      <c r="K154" t="inlineStr">
         <is>
           <t>Brodzicki Andrzej</t>
         </is>
       </c>
-      <c r="L132" t="inlineStr">
+      <c r="L154" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/andrzej-brodzicki-9722.html</t>
         </is>
       </c>
-      <c r="M132" t="inlineStr">
+      <c r="M154" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N132" t="inlineStr">
+      <c r="N154" t="inlineStr">
         <is>
           <t>Robot, robot kroczący, robotyka mobilna</t>
         </is>
       </c>
     </row>
-    <row r="133">
-      <c r="A133" t="inlineStr">
+    <row r="155">
+      <c r="A155" t="inlineStr">
         <is>
           <t>Mikroskop axio imager m2</t>
         </is>
       </c>
-      <c r="B133" t="inlineStr">
+      <c r="B155" t="inlineStr">
         <is>
           <t>Mikroskop axio imager kmat</t>
         </is>
       </c>
-      <c r="C133" t="inlineStr">
+      <c r="C155" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikroskop polaryzacyjny do obserwacji w świetle przechodzącym i odbitym z kamerą cyfrową i oprogramowaniem do analizy obrazu, z systemem do pomiaru refleksyjności witrynitu jest częścią stanowiska do badań materii organicznej: aparat pirolityczny rock-eval 7s® uzupełniony o moduł w postaci mikroskopu polaryzacyjnego do badań w świetle odbitym, wyposażony w fotometr do pomiarów refleksyjności.
 mikroskop polaryzacyjny do obserwacji w świetle przechodzącym i odbitym umożliwia analizę materii organicznej rozproszonej w skałach osadowych oraz macerałów w węglach. analizie zostaje poddany wypolerowany suknem polerskim fragment skalny, przy użyciu obiektywów immersyjnych o powiększeniu 50 i 100 krotnym. mikroskop sprzężony jest z zestawem fotometrycznym tidas s msp 200 umożliwiającym pomiary refleksyjności materii organicznej i macerałów, z kamerą cyfrową axiocam 305 oraz oprogramowaniem do obróbki zdjęć zen toolkit wraz z modułem uczenia maszynowego wykorzystujący m.in. następujące algorytmy: deep learning, machine learning, object classification. dzięki wyposażeniu w oświetlacz samocentrujący hbo 100 wraz z lampą rtęciową hbo 103 z zasilaczem i zestawem filtrów możliwa jest obserwacja preparatów w świetle niebieskim.   </t>
         </is>
       </c>
-      <c r="D133" t="inlineStr">
+      <c r="D155" t="inlineStr">
         <is>
           <t>Analiza mikroskopowa materii organicznej używana jest do oceny potencjału macierzystości skał. dzięki pomiarom refleksyjności materii organicznej możliwym jest określenie stopnia dojrzałości materii organicznej oraz oszacowania maksymalnych paleotemperatur.</t>
         </is>
       </c>
-      <c r="E133" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G133" t="inlineStr">
+      <c r="E155" t="inlineStr"/>
+      <c r="F155" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G155" t="inlineStr">
         <is>
           <t>Zgodnie z regulaminem laboratorium.</t>
         </is>
       </c>
-      <c r="H133" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I133" t="inlineStr">
+      <c r="H155" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I155" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J133" t="inlineStr">
+      <c r="J155" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K133" t="inlineStr">
+      <c r="K155" t="inlineStr">
         <is>
           <t>Waliczek Marta</t>
         </is>
       </c>
-      <c r="L133" t="inlineStr">
+      <c r="L155" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marta-waliczek-9248.html</t>
         </is>
       </c>
-      <c r="M133" t="inlineStr">
+      <c r="M155" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N133" t="inlineStr">
+      <c r="N155" t="inlineStr">
         <is>
           <t>Dojrzałość termiczna, materia organiczna, pochodzenie organiki, refleksyjność witrynitu, skład macerałowy</t>
         </is>
       </c>
     </row>
-    <row r="134">
-      <c r="A134" t="inlineStr">
+    <row r="156">
+      <c r="A156" t="inlineStr">
         <is>
           <t>Rock-eval 7s</t>
         </is>
       </c>
-      <c r="B134" t="inlineStr">
+      <c r="B156" t="inlineStr">
         <is>
           <t>Analizator rock-eval 7s</t>
         </is>
       </c>
-      <c r="C134" t="inlineStr">
+      <c r="C156" t="inlineStr">
         <is>
           <t>Aparat pirolityczny rock-eval 7s jest częścią stanowiska do badań materii organicznej: aparat pirolityczny rock-eval 7s uzupełniony o moduł w postaci mikroskopu polaryzacyjnego do badań w świetle odbitym, wyposażony w fotometr do pomiarów refleksyjności.
 aparat jest wyposażony w dwa piece: pirolityczny i oksydacyjny. do analizy wykorzystuje się zmieloną próbkę skały (uziarnienie poniżej 0.2 mm) w ilości 50-70 mg, która jest umieszczana w specjalnym tygielku wykonanym ze spieku al2o3. analiza w piecu pirolitycznym (w atmosferze azotu) może być prowadzona w zakresie temperatur 40-850oc z szeroką możliwością programowania cyklu temperaturowego w zakresie: początkowej temperatury i czasu jej utrzymywania, tempa narostu temperatury (od 0.1 do 50oc/min) oraz finalnej temperatury i czasu jej utrzymywania. istnieje możliwość zaprogramowania do pięciu niezależnych narostów temperatury i czasów izotermiczego wygrzewania podczas jednego cyklu badawczego. wydzielające się węglowodory (hc) są oznaczane na detektorze płomieniowo-jonizacyjnym (fid), co2 i co są oznaczane na detektorze podczerwieni (ir), a związki siarki, po dopaleniu w piecu utleniającym (temperatura 850 oc) są oznaczane w postaci so2 na detektorze uv.
 analiza w piecu oksydacyjnym (do temperatury 850℃ w atmosferze powietrza, powyżej – w atmosferze azotu) może być prowadzona w zakresie temperatur 200-1200oc z szeroką możliwością programowania cyklu temperaturowego w zakresie: początkowej temperatury i czasu jej utrzymywania, tempa narostu temperatury (od 0.1 do 50oc/min) oraz finalnej temperatury i czasu jej utrzymywania. produkty spalania i rozkładu – co i co2 przekazywane są na detektor ir, a so2 – na detektor uv w celu oznaczenia ilościowego. inne produkty utleniania nie są oznaczane.</t>
         </is>
       </c>
-      <c r="D134" t="inlineStr">
+      <c r="D156" t="inlineStr">
         <is>
           <t>Aparat rock-eval 7s umożliwia oznaczanie w próbkach stałych m.in. całkowitej zawartości węgla organicznego (toc) i mineralnego (minc), zawartości s org. (tos), pirytowej (fe s) i całkowitej (ts), określenie typu i dojrzałości materii org. oraz ilości i składu frakcyjnego zanieczyszczeń węglowodorowych w glebie. metoda rock-eval może być wykorzystywana do analizy skał, gleb, osadów i odpadów zawierających materiał org. i nielotnych produktów petrochemicznych.</t>
         </is>
       </c>
-      <c r="E134" t="inlineStr">
+      <c r="E156" t="inlineStr">
         <is>
           <t>Wybrane parametry: s1 (mg hc/g skały), s2 (mg hc/g skały), s3 (mg co2/g skały), tmax (oc), pc (% wag.), rc (% wag.), toc (% wag.), minc (% wag.), s1 orgs (% wag.), s2 orgs (% wag.), pyro orgs (% wag.), oxi orgs (% wag.), tot orgs (% wag.), fe s (% wag.), so4 s (% wag.), total s (% wag.), q0, q1, …, q5 (mg hc/g skały)
 wybrane wskaźniki: pi, s2/s3, hi (mg hc/g toc), oi (mg co2/g toc), si (mg orgs/g toc), toco (% wag.), hio (mg hc/g toc)</t>
         </is>
       </c>
-      <c r="F134" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G134" t="inlineStr">
+      <c r="F156" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G156" t="inlineStr">
         <is>
           <t>Zgodnie z regulaminem laboratorium.</t>
         </is>
       </c>
-      <c r="H134" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I134" t="inlineStr">
+      <c r="H156" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I156" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J134" t="inlineStr">
+      <c r="J156" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K134" t="inlineStr">
+      <c r="K156" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L134" t="inlineStr">
+      <c r="L156" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M134" t="inlineStr">
+      <c r="M156" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N134" t="inlineStr">
+      <c r="N156" t="inlineStr">
         <is>
           <t>Skała macierzysta, toc, węglowodory, zanieczyszczenia organiczne</t>
         </is>
       </c>
     </row>
-    <row r="135">
-      <c r="A135" t="inlineStr">
+    <row r="157">
+      <c r="A157" t="inlineStr">
         <is>
           <t>System do pomiarów wibroakustycznych przetworników elektroakustycznych (głośników) - klippel multiscanning workbench oraz near field scanner</t>
         </is>
       </c>
-      <c r="B135" t="inlineStr">
+      <c r="B157" t="inlineStr">
         <is>
           <t>Klippel multiscanning workbench oraz near field scanner</t>
         </is>
       </c>
-      <c r="C135" t="inlineStr">
+      <c r="C157" t="inlineStr">
         <is>
           <t xml:space="preserve">Kompleksowy system do analizy parametrów mało i wielkosygnałowych głośników oraz kompleksowej analizy promieniowania dźwięku. system składa się z dwóch głównych części – skanującego wibrometru z laserowym czujnikiem przemieszczenia oraz systemu z ramieniem robotycznym do analizy kierunkowości. stanowisko pomiarowe jest wyposażone w oprogramowanie i karty dźwiękowe, które umożliwiają bezkontaktowy pomiar wszystkich możliwych parametrów przetworników elektroakustycznych.
 zgodny ze standardami:
 iec 60268-5, iec 60268-7, iec 60268-21, iec 62777, iec wd 63034, aes56, cea-2034 (ansi)
  </t>
         </is>
       </c>
-      <c r="D135" t="inlineStr">
+      <c r="D157" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar geometrii i drgań przetwornika
 	wizualizacja zachowania głośnika
 	prognozowanie kierunkowości
 	oddzielenie modów promieniowych i kołowych
 	analiza aktywnie promieniujących obszarów membrany
 	wykrywanie defektów głośnika
 	spl w dowolnym punkcie przestrzeni 3d
 	kierunkowość w polu bliskim i dalekim
 	identyfikacja liniowego modelu przetwornika (thiele/small)
 </t>
         </is>
       </c>
-      <c r="E135" t="inlineStr">
+      <c r="E157" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar pracy zawieszenia
 	zniekształcenia nieliniowe
 	splmax i maksymalne napięcie zgodnie z normą iec 60268-21
 	ciągły maksymalny spl zgodny z ansi/cea-2010-b i ansi/cea-2034
 	kompresja termiczna
 	wykrywanie zakłóceń o niskiej energii, impulsowych (clicks, rub &amp; buzz itp.)
 	pliki kierunkowości .gll dla oprogramowania takiego jak ease, catt acoustic, ease focus i inne oprogramowanie do obliczeń spl
 </t>
         </is>
       </c>
-      <c r="F135" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G135" t="inlineStr">
+      <c r="F157" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G157" t="inlineStr">
         <is>
           <t>Możliwość udostępnienia możliwości pomiarowych na potrzeby badawcze innych jednostek agh, pomiar każdorazowo wykonywany przez osoby przeszkolone z katedry mechaniki i wibroakustyki - brak możliwości wypożyczenia. w celu ustalenia warunków użytkowania należy skontaktować się z opiekunem aparatury.</t>
         </is>
       </c>
-      <c r="H135" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I135" t="inlineStr">
+      <c r="H157" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I157" t="inlineStr">
         <is>
           <t>Katedra mechaniki i wibroakustyki</t>
         </is>
       </c>
-      <c r="J135" t="inlineStr">
+      <c r="J157" t="inlineStr">
         <is>
           <t>Zespół akustyki architektonicznej / laboratorium akustyki technicznej</t>
         </is>
       </c>
-      <c r="K135" t="inlineStr">
+      <c r="K157" t="inlineStr">
         <is>
           <t>Chojnacki Bartłomiej</t>
         </is>
       </c>
-      <c r="L135" t="inlineStr">
+      <c r="L157" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/bartlomiej-chojnacki-9059.html</t>
         </is>
       </c>
-      <c r="M135" t="inlineStr">
+      <c r="M157" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N135" t="inlineStr">
+      <c r="N157" t="inlineStr">
         <is>
           <t>Elektroakustyka, głośniki, kierunkowość dźwięku, pomiary akustyczne</t>
         </is>
       </c>
     </row>
-    <row r="136">
-      <c r="A136" t="inlineStr">
+    <row r="158">
+      <c r="A158" t="inlineStr">
         <is>
           <t>Superkomputer helios</t>
         </is>
       </c>
-      <c r="B136" t="inlineStr">
+      <c r="B158" t="inlineStr">
         <is>
           <t>Superkomputer helios</t>
         </is>
       </c>
-      <c r="C136" t="inlineStr">
+      <c r="C158" t="inlineStr">
         <is>
           <t>Superkomputer helios to system zainstalowany w ack cyfronet agh, a powstały w wyniku prac realizowanych w koordynowanym przez cyfronet projekcie narodowa infrastruktura superkomputerowa dla eurohpc – eurohpc pl. superkomputer został zbudowany według projektu cyfronetu przez hewlett-packard enterprise w oparciu o platformę hpe cray ex4000 i składa się z trzech partycji obliczeniowych:
 	cpu wyposażonej w 75 264 rdzeni obliczeniowych amd zen4 oraz 200 tb pamięci operacyjnej ddr5,
 	gpu wyposażonej w 440 superczipów nvidia grace hopper gh200,
 	int dla pracy interaktywnej, wyposażonej w 24 akceleratory nvidia h100 i szybką lokalną pamięć nvme.
 helios osiąga 35 petaflops teoretycznej mocy obliczeniowej. 
 podsystem dyskowy heliosa składa się z dwóch rodzajów systemów plików lustre: scratch o pojemności 1,5 pb i prędkości ponad 1,8 tb/s oraz project o pojemności 16 pb i prędkości niemal 200 gb/s. wszystkie komponenty superkomputera połączone są ze sobą siecią slingshot o prędkości 200 gb/s. platforma hpe cray ex4000, w oparciu o którą zbudowano heliosa, jest także używana w budowie najszybszych superkomputerów na świecie (frontier) oraz w europie (lumi). dzięki bezpośredniemu chłodzeniu cieczą partycji cpu i gpu, możliwe jest osiągnięcie bardzo niskiego wskaźnika pue (power usage effectiveness) dla systemu, a w efekcie zwiększenie jego efektywności energetycznej i obniżenie kosztów eksploatacji. dodatkowo, dzięki odzyskowi ciepła odpadowego produkowanego przez heliosa, możliwe będzie wykorzystanie go do ogrzewania.</t>
         </is>
       </c>
-      <c r="D136" t="inlineStr">
+      <c r="D158" t="inlineStr">
         <is>
           <t>Helios jest dostępny zarówno dla jednostek naukowych, jak i podmiotów gospodarki i administracji publicznej. superkomputer wspiera rozwój innowacyjnych badań oraz przyspieszenie wprowadzania na rynek opartych na nich technologii. moc obliczeniowa heliosa dla obliczeń ai to 1,8 exaflops.</t>
         </is>
       </c>
-      <c r="E136" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G136" t="inlineStr">
+      <c r="E158" t="inlineStr"/>
+      <c r="F158" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G158" t="inlineStr">
         <is>
           <t>Zasoby obliczeniowe ack cyfronet agh wchodzą w skład infrastruktury plgrid (http://www.plgrid.pl/). konto dostępowe do infrastruktury plgrid uzyskuje się poprzez rejestrację w portalu plgrid (https://portal.plgrid.pl/). więcej informacji znajduje się pod adresem url: https://www.cyfronet.pl/komputery/13347,artykul,zasady_swiadczenia_uslug.html</t>
         </is>
       </c>
-      <c r="H136" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I136" t="inlineStr">
+      <c r="H158" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I158" t="inlineStr">
         <is>
           <t>Akademickie centrum komputerowe cyfronet agh</t>
         </is>
       </c>
-      <c r="J136" t="inlineStr"/>
-      <c r="K136" t="inlineStr">
+      <c r="J158" t="inlineStr"/>
+      <c r="K158" t="inlineStr">
         <is>
           <t>Magryś Marek</t>
         </is>
       </c>
-      <c r="L136" t="inlineStr">
+      <c r="L158" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-magrys-6812.html</t>
         </is>
       </c>
-      <c r="M136" t="inlineStr">
+      <c r="M158" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N136" t="inlineStr">
+      <c r="N158" t="inlineStr">
         <is>
           <t>Gpgpu, hpc, infrastruktura plgrid, komputery dużej mocy, obliczenia numeryczne, superkomputer, symulacje, sztuczna inteligencja, top500, uczenie maszynowe</t>
         </is>
       </c>
     </row>
-    <row r="137">
-      <c r="A137" t="inlineStr">
+    <row r="159">
+      <c r="A159" t="inlineStr">
         <is>
           <t>Chromatograf cieczowy (hplc)</t>
         </is>
       </c>
-      <c r="B137" t="inlineStr">
+      <c r="B159" t="inlineStr">
         <is>
           <t>Chromatograf cieczowy (hplc)</t>
         </is>
       </c>
-      <c r="C137" t="inlineStr">
+      <c r="C159" t="inlineStr">
         <is>
           <t>Chromatografi cieczowy shimadzu lc-2050c z detektorami uv-vis i fld.</t>
         </is>
       </c>
-      <c r="D137" t="inlineStr">
+      <c r="D159" t="inlineStr">
         <is>
           <t>Ilościowa analiza związków organicznych w próbkach środowiskowych, roztworach modelowych itp.</t>
         </is>
       </c>
-      <c r="E137" t="inlineStr">
+      <c r="E159" t="inlineStr">
         <is>
           <t>Ilościowa analiza związków organicznych.</t>
         </is>
       </c>
-      <c r="F137" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G137" t="inlineStr">
+      <c r="F159" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G159" t="inlineStr">
         <is>
           <t>Za zgodą i pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H137" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I137" t="inlineStr">
+      <c r="H159" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I159" t="inlineStr">
         <is>
           <t>Katedra mineralogii, petrografii i geochemii</t>
         </is>
       </c>
-      <c r="J137" t="inlineStr">
+      <c r="J159" t="inlineStr">
         <is>
           <t>Mineral-based architectures group, http://www.mba-group.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K137" t="inlineStr">
+      <c r="K159" t="inlineStr">
         <is>
           <t>Matusik Jakub</t>
         </is>
       </c>
-      <c r="L137" t="inlineStr">
+      <c r="L159" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jakub-matusik-6924.html</t>
         </is>
       </c>
-      <c r="M137" t="inlineStr">
+      <c r="M159" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N137" t="inlineStr">
+      <c r="N159" t="inlineStr">
         <is>
           <t>Analiza chemiczna</t>
         </is>
       </c>
     </row>
-    <row r="138">
-      <c r="A138" t="inlineStr">
+    <row r="160">
+      <c r="A160" t="inlineStr">
         <is>
           <t>Nabiurkowy dyfraktometr rentgenowski</t>
         </is>
       </c>
-      <c r="B138" t="inlineStr">
+      <c r="B160" t="inlineStr">
         <is>
           <t>Nabiurkowy dyfraktometr rentgenowski bruker phaser d6</t>
         </is>
       </c>
-      <c r="C138" t="inlineStr">
+      <c r="C160" t="inlineStr">
         <is>
           <t>Klasyczny rentgenowski dyfraktometr proszkowy z możliwością pomiaru próbek w temperaturze pokojowej w geometrii odbiciowej bragga-brentano.</t>
         </is>
       </c>
-      <c r="D138" t="inlineStr">
+      <c r="D160" t="inlineStr">
         <is>
           <t>Pomiary dyfrakcyjne w zakresie 5-145 stopni kąta odbitego dla lampy o anodzie miedzianej.
 - analiza strukturalna (symetria i parametry komórki elementarnej)
 - analiza fazowa 
 - badania naprężeń
 - badania rozmiarów krystalitów</t>
         </is>
       </c>
-      <c r="E138" t="inlineStr">
+      <c r="E160" t="inlineStr">
         <is>
           <t>Pomiar dyfrakcyjny w temperaturze pokojowej w geometrii odbiciowej dla próbek proszkowych bądź litych.</t>
         </is>
       </c>
-      <c r="F138" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G138" t="inlineStr">
+      <c r="F160" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G160" t="inlineStr">
         <is>
           <t>Aparatura może być wykorzystana do zleceń dydaktycznych.</t>
         </is>
       </c>
-      <c r="H138" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I138" t="inlineStr">
+      <c r="H160" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I160" t="inlineStr">
         <is>
           <t>Katedra fizyki ciała stałego</t>
         </is>
       </c>
-      <c r="J138" t="inlineStr"/>
-      <c r="K138" t="inlineStr">
+      <c r="J160" t="inlineStr"/>
+      <c r="K160" t="inlineStr">
         <is>
           <t>Gondek Łukasz</t>
         </is>
       </c>
-      <c r="L138" t="inlineStr">
+      <c r="L160" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-gondek-6202.html</t>
         </is>
       </c>
-      <c r="M138" t="inlineStr">
+      <c r="M160" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N138" t="inlineStr">
+      <c r="N160" t="inlineStr">
         <is>
           <t>Dyfrakcja rentgenowska</t>
         </is>
       </c>
     </row>
-    <row r="139">
-      <c r="A139" t="inlineStr">
+    <row r="161">
+      <c r="A161" t="inlineStr">
         <is>
           <t>Superkomputer athena</t>
         </is>
       </c>
-      <c r="B139" t="inlineStr">
+      <c r="B161" t="inlineStr">
         <is>
           <t>Superkomputer athena</t>
         </is>
       </c>
-      <c r="C139" t="inlineStr">
+      <c r="C161" t="inlineStr">
         <is>
           <t xml:space="preserve">Athena osiąga teoretyczną moc obliczeniową ponad 7,7 pflops, co zapewniło maszynie zajęcie 105 miejsca w czerwcu 2022 r. na liście top500. do momentu instalacji heliosa był to najszybszy superkomputer w polsce. zainstalowany w ack cyfronet agh system dostarcza polskiemu środowisku naukowemu i innowacyjnej gospodarce najnowocześniejsze zasoby obliczeniowe oparte na procesorach i akceleratorach gpgpu najnowszej generacji wraz z niezbędnym podsystemem składowania danych opartym na bardzo szybkich pamięciach flash. konfiguracja atheny obejmuje: 48 serwerów z procesorami amd epyc i 1 tb pamięci ram (w sumie 6144 rdzenie obliczeniowe cpu) oraz 384 karty gpgpu nvidia a100.
 niezbędnym elementem umożliwiającym wykorzystanie tak dużej mocy obliczeniowej w efektywny sposób jest zapewnienie wysokowydajnej sieci wewnętrznej superkomputera (infiniband hdr o przepustowości 4 x 200 gb/s na serwer) oraz bardzo szybkiego podsystemu dyskowego. jest on zbudowany w oparciu o otwarte oprogramowanie lustre oraz dedykowane serwery dyskowe wyposażone w pamięci flash w standardzie nvme. system został zainstalowany w istniejącym centrum danych cyfronetu oraz zintegrowany z infrastrukturą plgrid.
  </t>
         </is>
       </c>
-      <c r="D139" t="inlineStr">
+      <c r="D161" t="inlineStr">
         <is>
           <t>Architektura atheny wychodzi naprzeciw potrzebom użytkowników superkomputerów cyfronetu, którzy wykorzystują infrastrukturę obliczeniową zarówno do wykonywania standardowych wysokowydajnych symulacji naukowych (hpc), jak i do aplikowania metod sztucznej inteligencji (ai) i uczenia maszynowego (ml) w badaniach z zakresu medycyny, farmakologii, biologii, chemii, fizyki i wielu innych dziedzin nauki. moc obliczeniowa atheny dla obliczeń ai to prawie 240 pflops.</t>
         </is>
       </c>
-      <c r="E139" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G139" t="inlineStr">
+      <c r="E161" t="inlineStr"/>
+      <c r="F161" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G161" t="inlineStr">
         <is>
           <t>Zasoby obliczeniowe ack cyfronet agh wchodzą w skład infrastruktury plgrid (http://www.plgrid.pl/). konto dostępowe do infrastruktury plgrid uzyskuje się poprzez rejestrację w portalu plgrid (https://portal.plgrid.pl/).</t>
         </is>
       </c>
-      <c r="H139" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I139" t="inlineStr">
+      <c r="H161" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I161" t="inlineStr">
         <is>
           <t>Akademickie centrum komputerowe cyfronet agh</t>
         </is>
       </c>
-      <c r="J139" t="inlineStr"/>
-      <c r="K139" t="inlineStr">
+      <c r="J161" t="inlineStr"/>
+      <c r="K161" t="inlineStr">
         <is>
           <t>Magryś Marek</t>
         </is>
       </c>
-      <c r="L139" t="inlineStr">
+      <c r="L161" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-magrys-6812.html</t>
         </is>
       </c>
-      <c r="M139" t="inlineStr">
+      <c r="M161" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N139" t="inlineStr">
+      <c r="N161" t="inlineStr">
         <is>
           <t>Gpgpu, hpc, infrastruktura plgrid, komputery dużej mocy, obliczenia numeryczne, superkomputer, symulacje, sztuczna inteligencja, top500, uczenie maszynowe</t>
         </is>
       </c>
     </row>
-    <row r="140">
-      <c r="A140" t="inlineStr">
+    <row r="162">
+      <c r="A162" t="inlineStr">
         <is>
           <t>Piec łukowy</t>
         </is>
       </c>
-      <c r="B140" t="inlineStr">
+      <c r="B162" t="inlineStr">
         <is>
           <t>Piec łukowy am (edmund bühler gmbh)</t>
         </is>
       </c>
-      <c r="C140" t="inlineStr">
+      <c r="C162" t="inlineStr">
         <is>
           <t xml:space="preserve">Laboratoryjny piec do syntezy materiałów metalicznych, w tym reaktywnych i wysokotopliwych, na drodze przetapiania łukowego w atmosferze ochronnej.  urządzenie pozwala na wytwarzanie odlewów laboratoryjnych o masie do 200 g krzepnących na miedzianej płycie chłodzonej wodą. ponadto zastosowanie przystawki suction casting  umożliwia odlewanie stopów w formie prętów (średnica od 3 do 10 mm, długość 55 mm) w warunkach przyspieszonego chłodzenia. metoda ta jest stosowana do otrzymywania masywnych szkieł metalicznych i kompozytów amorficzno-krystalicznych. hydrauliczny moduł wodny zapewnia kontrolowane i powtarzalne warunki krzepnięcia stopów, co jest niezwykle istotne przy założeniu powtarzalności wyników badań.  </t>
         </is>
       </c>
-      <c r="D140" t="inlineStr">
+      <c r="D162" t="inlineStr">
         <is>
           <t>Wytwarzanie stopów metali w skali laboratoryjnej</t>
         </is>
       </c>
-      <c r="E140" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G140" t="inlineStr">
+      <c r="E162" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="F162" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G162" t="inlineStr">
         <is>
           <t>Do ustalenia z osoba kontaktową</t>
         </is>
       </c>
-      <c r="H140" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I140" t="inlineStr">
+      <c r="H162" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I162" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J140" t="inlineStr">
+      <c r="J162" t="inlineStr">
         <is>
           <t>Grupa badawcza inżynieria spajania i szkła metaliczne</t>
         </is>
       </c>
-      <c r="K140" t="inlineStr">
+      <c r="K162" t="inlineStr">
         <is>
           <t>Kozieł Tomasz</t>
         </is>
       </c>
-      <c r="L140" t="inlineStr">
+      <c r="L162" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-koziel-6072.html</t>
         </is>
       </c>
-      <c r="M140" t="inlineStr">
+      <c r="M162" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N140" t="inlineStr">
+      <c r="N162" t="inlineStr">
         <is>
           <t>Odlewanie stopów, piec łukowy, synteza materiałów</t>
         </is>
       </c>
     </row>
-    <row r="141">
-      <c r="A141" t="inlineStr">
+    <row r="163">
+      <c r="A163" t="inlineStr">
         <is>
           <t>Zestaw modułowych spektrometrów optycznych (ocean insight)</t>
         </is>
       </c>
-      <c r="B141" t="inlineStr">
+      <c r="B163" t="inlineStr">
         <is>
           <t>Spektrometry optyczne (ocean insight)</t>
         </is>
       </c>
-      <c r="C141" t="inlineStr">
+      <c r="C163" t="inlineStr">
         <is>
           <t>Zestaw obejmuje kilka kompaktowych światłowodowych spektrometrów optycznych, które można konfigurować pod kątem prowadzonych pomiarów. w skład zestawu wchodzą spektrometry : qe-raman, flame-vis-nir, flame-nir, ocean-hdx-xr, flame-s-vis-nir, nir-quest wraz z niezbędnym wyposażeniem dodatkowym: oprogramowaniem do sterowania spektrometrami, sondami pomiarowymi, źródłami światła, sferami integracyjnymi, wzorcami bieli, kompletem światłowodów itd.. zestaw umożliwia pomiary widm absorpcyjnych i odbiciowych (w konfiguracji 45◦ i z użyciem sfer integracyjnych) w zakresie uv-vis-nir (do 2400nm), także widm fluorescencyjnych i bioluminescencji oraz widm ramanowskich (próbek stałych i ciekłych, wzbudzenie 785 nm). zastosowanie systemu w zależności od potrzeb badawczych obejmuje praktycznie wszystkie podstawowe pomiary w zakresie klasycznej spektroskopii optycznej  a także pomiary związane z zastosowaniami biomedycznymi (pomiary na żywych organizmach).
 dodatkowe informacje o możliwościach pomiarowych każdego z wymienionych powyżej spektrometrów można znaleźć na stronie internetowej producenta https://www.oceaninsight.com/</t>
         </is>
       </c>
-      <c r="D141" t="inlineStr">
+      <c r="D163" t="inlineStr">
         <is>
           <t>Pomiary absorpcyjne i odbiciowe (uv-vis-nir), fluorescencji, luminescencji i widm ramanowskich próbek stałych, ciekłych, możliwe pomiary na organizmach żywych np. optyczna charakterystyka tkanek. jednocześnie może być uruchomione kilka procedur pomiarowych, zestaw można elastycznie konfigurować w zależności od potrzeb badawczych i rodzaju badanych próbek.</t>
         </is>
       </c>
-      <c r="E141" t="inlineStr">
+      <c r="E163" t="inlineStr">
         <is>
           <t>Badanie własności optycznych wszelkiego rodzaju próbek stałych i ciekłych (kuwety 1cm), rejestracja widm  także w środowiskach optycznie nieprzezroczystych (zakres uv-vis), dodatkowo pomiary odbiciowe tkanek.</t>
         </is>
       </c>
-      <c r="F141" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G141" t="inlineStr">
+      <c r="F163" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G163" t="inlineStr">
         <is>
           <t>Zestaw spektrometrów  będzie służył nieodpłatnie, w ramach współpracy, do badań zainteresowanym grupom badawczym z agh jak i spoza agh. zestaw składa się z kilku spektrometrów, prowadzenie pomiaru wymaga specjalistycznego przeszkolenia. zestaw konfiguruje się indywidualnie w zależności od konkretnych potrzeb pomiarowych. osoby uczestniczące w pomiarach będą członkami zespołu badawczego publikującego wyniki wspólnych prac naukowych. terminy pomiarowe muszą być uzgodnione z wyprzedzeniem.</t>
         </is>
       </c>
-      <c r="H141" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I141" t="inlineStr">
+      <c r="H163" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I163" t="inlineStr">
         <is>
           <t>Katedra fizyki medycznej i biofizyki</t>
         </is>
       </c>
-      <c r="J141" t="inlineStr"/>
-      <c r="K141" t="inlineStr">
+      <c r="J163" t="inlineStr"/>
+      <c r="K163" t="inlineStr">
         <is>
           <t>Matuszak Zenon</t>
         </is>
       </c>
-      <c r="L141" t="inlineStr">
+      <c r="L163" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/zenon-matuszak-4851.html</t>
         </is>
       </c>
-      <c r="M141" t="inlineStr">
+      <c r="M163" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 8) przekraczanie granic: eksperymentalna fizyka wysokich energii ekstremalne stany materii, zaawansowane technologie w detekcji promieniowania, badania i zastosowania transdyscyplinarne</t>
         </is>
       </c>
-      <c r="N141" t="inlineStr">
+      <c r="N163" t="inlineStr">
         <is>
           <t>Absorpcja, biooptyka, fluorescencja, luminescencja, odbicie, raman, spektrometria optyczna</t>
         </is>
       </c>
     </row>
-    <row r="142">
-      <c r="A142" t="inlineStr">
+    <row r="164">
+      <c r="A164" t="inlineStr">
         <is>
           <t>Czytnik do pomiarów widm termoluminescencji (tl) i optycznie stymulowanej luminescencji (osl)</t>
         </is>
       </c>
-      <c r="B142" t="inlineStr">
+      <c r="B164" t="inlineStr">
         <is>
           <t>Czytnik tl/osl lexsygresearch</t>
         </is>
       </c>
-      <c r="C142" t="inlineStr">
+      <c r="C164" t="inlineStr">
         <is>
           <t>Czytnik tl/osl umożliwia badania podstawowe i interdyscyplinarne w zakresie oceny właściwości materiałów pod kątem ich zastosowania w dozymetrii, ochronie radiologicznej, dozymetrii retrospektywnej i awaryjnej. zastosowanie datowania opartego na luminescencji pozwala na zastosowanie w geologii i archeologii. umożliwia m.in. analizę właściwości materiałów pod kątem zastosowań w dozymetrii retrospektywnej i określenie ich potencjalnej przydatności w dozymetrii rutynowej, badania nad nowymi rozwiązaniami detekcyjnymi, które mogą znaleźć zastosowanie w zaawansowanej radioterapii typu flash, kontroli napromieniania żywności, ocenie właściwości materiałów luminescencyjnych czy badanie autentyczności obiektów.</t>
         </is>
       </c>
-      <c r="D142" t="inlineStr">
+      <c r="D164" t="inlineStr">
         <is>
           <t>Czytnik tl/osl umożliwia rejestrację widm luminescencji stymulowanej termicznie i optycznie badanych materiałów, co pozwala na wyznaczenie zaabsorbowanej dawki promieniowania. badane próbki moga być w formie proszku lub pastylek (maksymalna średnica 10 mm i maksymalna grubość 1 mm).</t>
         </is>
       </c>
-      <c r="E142" t="inlineStr">
+      <c r="E164" t="inlineStr">
         <is>
           <t>Materiały mogą być ogrzewane do 710°c, z szybkością grzania w zakresie 0,1-20°c/s. stymulacja led w zakresie światła niebieskiego, zielonego i podczerwieni  o wysokiej jednorodności.  czułość fotopowielacza w zakresie 160 – 630 nm. możliwość dobrania odpowiedniej filtracji w zależności od materiału i wcześniejszej ekspozycji na promieniowanie jonizujące. elastyczne definiowanie czasu trwania stymulacji, ogrzewania i detekcji. możliwość eksportu danych.</t>
         </is>
       </c>
-      <c r="F142" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G142" t="inlineStr">
+      <c r="F164" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G164" t="inlineStr">
         <is>
           <t>Możliwość wykonania pomiarów na zasadzie współpracy naukowej (np. wspólna publikacja uzyskanych wyników lub nawiązanie współpracy skutkującej złożeniem wniosku o grant) oraz zleceń komercyjnych po wcześniejszym uzgodnieniu zakresu badań, terminu i formy współpracy z opiekunem aparatury.</t>
         </is>
       </c>
-      <c r="H142" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I142" t="inlineStr">
+      <c r="H164" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I164" t="inlineStr">
         <is>
           <t>Katedra fizyki medycznej i biofizyki</t>
         </is>
       </c>
-      <c r="J142" t="inlineStr">
+      <c r="J164" t="inlineStr">
         <is>
           <t>Laboratorium dozymetrii środowiskowej i indywidualnej</t>
         </is>
       </c>
-      <c r="K142" t="inlineStr">
+      <c r="K164" t="inlineStr">
         <is>
           <t>Jung Aleksandra</t>
         </is>
       </c>
-      <c r="L142" t="inlineStr">
+      <c r="L164" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-jung-5539.html</t>
         </is>
       </c>
-      <c r="M142" t="inlineStr">
+      <c r="M164" t="inlineStr">
         <is>
           <t>(pob 8) przekraczanie granic: eksperymentalna fizyka wysokich energii ekstremalne stany materii, zaawansowane technologie w detekcji promieniowania, badania i zastosowania transdyscyplinarne</t>
         </is>
       </c>
-      <c r="N142" t="inlineStr">
+      <c r="N164" t="inlineStr">
         <is>
           <t>Dozymetria, luminescencja, termoluminescencja</t>
         </is>
       </c>
     </row>
-    <row r="143">
-[...75 lines deleted...]
-      <c r="A144" t="inlineStr">
+    <row r="165">
+      <c r="A165" t="inlineStr">
         <is>
           <t>Platforma do badań mechanicznych właściwości powierzchni anton paar step 500</t>
         </is>
       </c>
-      <c r="B144" t="inlineStr">
+      <c r="B165" t="inlineStr">
         <is>
           <t>Platforma do badań mechanicznych właściwości powierzchni anton paar step 500</t>
         </is>
       </c>
-      <c r="C144" t="inlineStr">
+      <c r="C165" t="inlineStr">
         <is>
           <t>Platforma do badań mechanicznych właściwości powierzchni firmy anton paar model step 500 wyposażona jest:
 	głowicę nht3 (nano hardness tester);
 	głowicę mct3 (micro combi tester);
 	głowica optyczną zapewniająca powiększenie 5,20,50,100 krotne;
 	stół antywibracyjny, ruchomy w osiach x (215 mm), y (75 mm), z (30 mm).
 nanoindenter nht3 jest precyzyjnym urządzeniem przeznaczonym do wyznaczenia właściwości mechanicznych materiałów oraz cienkich warstw w skali nanometrycznej. nht3 spełnia wymagania normy astm-e2546 dotyczącej nanotwardościomierzy, natomiast moduł mct3 jest zgodny z nomami astm: c1624, e2546, g171 oraz iso: 14577, 20502, 27307.
 właściwości mikromechaniczne są wyznaczane na podstawie odkształcenia materiału w wyniku wgłębnikowania próbki wgłębnikiem, do którego przyłożone jest określone obciążenie. wartość siły obciążającej i głębokości penetracji ostrza wgłębnika są rejestrowane w sposób ciągły w czasie całego cyklu (obciążania i odciążania). na podstawie wykreślonej krzywej obciążenia vs. przemieszczenia są wyznaczane takie właściwości jak: twardość, moduł young’a, czas pełzania, odporność na kruche pękanie. stosując minimalne siły obciążające wgłębnik, możliwe jest wykonanie pomiaru na głębokościach kilkuset nanometrów, co jest szczególnie istotne podczas badania cienkich warstw, gdzie należy wyeliminować wpływ podłoża na wyznaczane właściwości. moduł mct umożliwia także wykonywanie testów zarysowania.
 platforma oferuje wysoką dokładność repozycji (&lt;1 µm) w całym zakresie odległości oraz synchronizację pozycji mikroskopu wideo z wgłębnikiem głowicy.</t>
         </is>
       </c>
-      <c r="D144" t="inlineStr">
+      <c r="D165" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie umożliwia m.in.:
 	wyznaczenie twardości i modułu younga miękkich, twardych, kruchych oraz ciągliwych (plastycznych) materiałów
 	wykonanie scratch-testu – testu zarysowania
 </t>
         </is>
       </c>
-      <c r="E144" t="inlineStr">
+      <c r="E165" t="inlineStr">
         <is>
           <t>Parametry nht:
 zakres siły obciążającej wgłębnik: 0,1 - 500 mn
 dokładność pomiaru penetracji: 0,01 nm
 dokładność pomiaru siły 0,5 μn
 dokładność pozycjonowania próbki: 1 μm
 parametry mct:
 zakres siły obciążającej wgłębnik: 0,05 - 30 n
 dokładność pomiaru penetracji: 0,03 nm
 dokładność pomiaru siły: 6 μn
 dokładność pozycjonowania próbki: 1 μm</t>
         </is>
       </c>
-      <c r="F144" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G144" t="inlineStr">
+      <c r="F165" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G165" t="inlineStr">
         <is>
           <t>Po kontakcie z kierownikiem laboratorium</t>
         </is>
       </c>
-      <c r="H144" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I144" t="inlineStr">
+      <c r="H165" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I165" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J144" t="inlineStr">
+      <c r="J165" t="inlineStr">
         <is>
           <t>Laboratorium tribologii i inżynierii powierzchni</t>
         </is>
       </c>
-      <c r="K144" t="inlineStr">
+      <c r="K165" t="inlineStr">
         <is>
           <t>Drenda Cezary</t>
         </is>
       </c>
-      <c r="L144" t="inlineStr">
+      <c r="L165" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/cezary-drenda-9676.html</t>
         </is>
       </c>
-      <c r="M144" t="inlineStr">
+      <c r="M165" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N144" t="inlineStr">
+      <c r="N165" t="inlineStr">
         <is>
           <t>Adhezja, indentacje, inżynieria mechaniczna, inżynieria powierzchni, moduł younga, nanoindentacja, powłoki, scratch test, twardość, warstwa wierzchnia</t>
         </is>
       </c>
     </row>
-    <row r="145">
-      <c r="A145" t="inlineStr">
+    <row r="166">
+      <c r="A166" t="inlineStr">
         <is>
           <t>Tribometr do testów metodą pin/ball-on-disk model mft-2000 firmy rtec instruments</t>
         </is>
       </c>
-      <c r="B145" t="inlineStr">
+      <c r="B166" t="inlineStr">
         <is>
           <t>Tribometr mft-2000</t>
         </is>
       </c>
-      <c r="C145" t="inlineStr">
+      <c r="C166" t="inlineStr">
         <is>
           <t>Tribometr do testów metodą pin/ball-on-disk model mft-2000 firmy rtec instruments jest wielofunkcyjnym urządzeniem przeznaczonym do badania tarcia i zużycia w ruchu obrotowym różnych materiałów monolitycznych oraz cienkich i grubych warstw i powłok. badania mogą być prowadzone ze skojarzeniem typu trzpień-tarcza lub kula-tarcza w ślizgowym styku niesmarowanym (tarcie suche) lub smarowanym. za pomocą tego urządzenia można zbadać odporność na zużycie i współczynnik tarcia dowolnego skojarzenia materiałowego w zależności od prędkości poślizgu, obciążenia styku i innych parametrów np. środowiskowych. pomiary prowadzone w czasie rzeczywistym i z dużą precyzją: siły normalnej i stycznej (tarcia) w zakresie 0,05 ÷ 10 n z rozdzielczością 0,3 mn oraz głębokości wytarcia z rozdzielczością 0,1 µm. analiza toru zużycia powstałego po tarciu jest podstawą do opisu mechanizmu zużycia badanych materiałów. wyznaczone parametry i analiza zużycia pozwalają w pełni scharakteryzować właściwości tribologicznych testowanego skojarzenia materiałowego. tribometru mft-2000 wyposażony jest w dedykowaną komorę środowiskową do ruchu obrotowego z kontrolerem wilgotności. komora środowiskowa umożliwia prowadzenie badań tribologicznych w ustalonych warunkach temperatury i wilgotności w układzie zamkniętym w zakresie od 5 % do 95 %.
 system kontrolno-pomiarowy tribometru mft-2000 umożliwia wykonywanie testów z dużą dokładnością i stabilnością metrologiczną.</t>
         </is>
       </c>
-      <c r="D145" t="inlineStr">
+      <c r="D166" t="inlineStr">
         <is>
           <t>Komora środowiskowa do ruchu obrotowego z kontrolerem wilgotności do prowadzenia tarcia w kontrolowanych warunkach w zakresie od 5 % do 95 %,
 sygnał pomiarowy siły normalnej i siły stycznej rejestrowane w sposób ciągły w celu monitorowania tarcia w czasie rzeczywistym,
 układ do pomiaru siły obciążającej i siły tarcia zintegrowany z układem amortyzacji mechanicznej i kompensacją czułości pomiaru siły ze względu na zmiany temperatury.</t>
         </is>
       </c>
-      <c r="E145" t="inlineStr">
+      <c r="E166" t="inlineStr">
         <is>
           <t>Geometria styku:        trzpień-tarcza / kula-tarcza
 średnica trzpienia:     6  lub 8 mm
 średnica kuli:             6 lub 6,3 mm
 średnica tarczy:         do 50 mm 
 obciążenie:                0,05 ÷ 10 n
 prędkość obrotowa:   od 0,1 do 2500 obr/min</t>
         </is>
       </c>
-      <c r="F145" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G145" t="inlineStr">
+      <c r="F166" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G166" t="inlineStr">
         <is>
           <t>Po kontakcie z kierownikiem laboratorium</t>
         </is>
       </c>
-      <c r="H145" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I145" t="inlineStr">
+      <c r="H166" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I166" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J145" t="inlineStr">
+      <c r="J166" t="inlineStr">
         <is>
           <t>Laboratorium tribologii i inżynierii powierzchni</t>
         </is>
       </c>
-      <c r="K145" t="inlineStr">
+      <c r="K166" t="inlineStr">
         <is>
           <t>Drenda Cezary</t>
         </is>
       </c>
-      <c r="L145" t="inlineStr">
+      <c r="L166" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/cezary-drenda-9676.html</t>
         </is>
       </c>
-      <c r="M145" t="inlineStr">
+      <c r="M166" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N145" t="inlineStr">
+      <c r="N166" t="inlineStr">
         <is>
           <t>Adhezja, inżynieria mechaniczna, inżynieria powierzchni, powłoki, tribologia, tribotesty, warstwa wierzchnia</t>
         </is>
       </c>
     </row>
-    <row r="146">
-      <c r="A146" t="inlineStr">
+    <row r="167">
+      <c r="A167" t="inlineStr">
         <is>
           <t>Próżniowy system do napylania magnetronowego</t>
         </is>
       </c>
-      <c r="B146" t="inlineStr">
+      <c r="B167" t="inlineStr">
         <is>
           <t>032 prims</t>
         </is>
       </c>
-      <c r="C146" t="inlineStr">
+      <c r="C167" t="inlineStr">
         <is>
           <t>Prosta i w pełni funkcjonalna aparatura do powtarzalnego nakładania cienkich warstw przy pomocy rozpylania magnetronowego. sprzęt jest zoptymalizowany do osadzania z dwóch źródeł w tym samym czasie (z ang. co-deposition) próbek tem.
 - ciśnienie bazowe 10-7 mbar
 - średnica komory procesowej: ø 355 mm
 - stolik na próbki/substraty o średnicy do 2″
 - dwa 2’’ źródła magnetronowe
 - dwa zasilacza
 - automatyczne dozowanie gazu argonowego poprzez precyzyjny przepływomierz masowy
 - ręczny zawór dławiący
 - podgrzewanie substratu do 600 °c 
 - obrót stolika z próbką/substratem (0 - 60 rpm)
 - waga kwarcowa i urządzenie elektroniczne do pomiaru szybkości osadzania
 - system próżniowego przenoszenia uchwytu tem</t>
         </is>
       </c>
-      <c r="D146" t="inlineStr">
+      <c r="D167" t="inlineStr">
         <is>
           <t>Otrzymywanie cienkich warstw metali i półprzewodników oraz ich stopów</t>
         </is>
       </c>
-      <c r="E146" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G146" t="inlineStr">
+      <c r="E167" t="inlineStr"/>
+      <c r="F167" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G167" t="inlineStr">
         <is>
           <t>Na warunkach uzgodnionych z kierownikiem laboratorium - dr hab. inż. adam kruk, prof. agh</t>
         </is>
       </c>
-      <c r="H146" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I146" t="inlineStr">
+      <c r="H167" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I167" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J146" t="inlineStr">
+      <c r="J167" t="inlineStr">
         <is>
           <t>Centrum mikroskopii elektronowej dla inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K146" t="inlineStr">
+      <c r="K167" t="inlineStr">
         <is>
           <t>Kryshtal Oleksandr</t>
         </is>
       </c>
-      <c r="L146" t="inlineStr">
+      <c r="L167" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/oleksandr-kryshtal-8176.html</t>
         </is>
       </c>
-      <c r="M146" t="inlineStr">
+      <c r="M167" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N146" t="inlineStr">
+      <c r="N167" t="inlineStr">
         <is>
           <t>Ablacja laserowa/elektronowa, cienkie warstwy, rozpylanie magnetronowe</t>
         </is>
       </c>
     </row>
-    <row r="147">
-      <c r="A147" t="inlineStr">
+    <row r="168">
+      <c r="A168" t="inlineStr">
         <is>
           <t>Wielofunkcyjny robot do prasy hydraulicznej 500t</t>
         </is>
       </c>
-      <c r="B147" t="inlineStr">
+      <c r="B168" t="inlineStr">
         <is>
           <t>Wielofunkcyjny robot do prasy hydraulicznej 500t</t>
         </is>
       </c>
-      <c r="C147" t="inlineStr">
+      <c r="C168" t="inlineStr">
         <is>
           <t>1. robot przemysłowy – kawasaki rs030n
 • maksymalny udźwig: 30 kg
 • liczba osi swobody: 6
 • maksymalny zasięg: 2100 mm
 • masa robota (ramię): 555 kg
 • powtarzalności: ≤ ±0.03mm , (±0.06 mm z powierzchnią flanszy kiści -z godnie z normą iso 9283)
 • prędkość na kolejnych osiach robota [°/s]: jt1=180, jt2=180, jt3=185, jt4=260, jt5=260, jt6=360
 • zakres ruchu robota na kolejnych osiach [°]: jt1=±180, jt2=+140 ÷ -105, jt3=+135 ÷ - 155, jt4=±360, jt5=±145, jt6=±360.
 • wbudowana instalacja pneumatyczna
 • stopień ochrony: kiść robota: ip67, ramie robota: ip65
 • ręczny programator robota
 • kontroler robota (wbudowane 2 porty ethernet (z obsługą protokołów tcp i udp) oraz rs232, 32 wejściowe sygnały cyfrowe, 32 wyjściowe sygnały cyfrowe, możliwość dołączenia 3 osi zewnętrznych, funkcja wykrywania kolizji, wbudowany web serwer, port usb, programowanie przy użyciu ręcznego programatora oraz języka strukturalnego z poziomu komputera pc.
 2. chwytak do kucia na gorąco umożliwiający pracę z detalami
 • wykonanymi z różnych materiałów
 • rozgrzanymi do temperatury 1200 stopni celsjusza
 • o masie do 10 kilogramów
 • o maksymalnej długości 500 mm
 3. funkcjonalność nadążania robota za siłą zewnętrzną – licencja soft absorber
 • możliwy złożony ruch robota, będący relacją między siłą zewnętrzną, a siłą napędową robota, co umożliwia zaprogramowanie robota w sposób, w którym jego ruch uzależniony jest całkowicie od działającej siły we wszystkich osiach robota
 4. system bezpieczeństwa stanowiska zrobotyzowanego
 • system bezpieczeństwa oparty o sterownik bezpieczeństwa safety plc</t>
         </is>
       </c>
-      <c r="D147" t="inlineStr">
+      <c r="D168" t="inlineStr">
         <is>
           <t>Badanie zachowania się i obciążenia narzędzi stosowanych do procesów przeróbki plastycznej, analiza zrobotyzowanych procesów kucia matrycowego, badania obciążenia i optymalizacji ruchu manipulatorów do kucia swobodnego, badania związane z programowaniem robotów dedykowanych do procesów przeróbki plastycznej</t>
         </is>
       </c>
-      <c r="E147" t="inlineStr">
+      <c r="E168" t="inlineStr">
         <is>
           <t>Pomiar prędkości ruchu i położenia narzędzi stosowanych do procesów przeróbki plastycznej, pomiar siły nacisku narzędzi i przemieszczeń zachodzących podczas odkształcania, pomiar obciążenia manipulatorów kuźniczych,  pomiar i optymalizacja ruchu robota podaczas kucia wielowykrojowego</t>
         </is>
       </c>
-      <c r="F147" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G147" t="inlineStr">
+      <c r="F168" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G168" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych</t>
         </is>
       </c>
-      <c r="H147" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I147" t="inlineStr">
+      <c r="H168" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I168" t="inlineStr">
         <is>
           <t>Katedra plastycznej przeróbki metali i metalurgii ekstrakcyjnej</t>
         </is>
       </c>
-      <c r="J147" t="inlineStr">
+      <c r="J168" t="inlineStr">
         <is>
           <t>Smart manufacturing - stanowisko robotyzacji i cyfryzacji procesów wytwarzania</t>
         </is>
       </c>
-      <c r="K147" t="inlineStr">
+      <c r="K168" t="inlineStr">
         <is>
           <t>Lisiecki Łukasz</t>
         </is>
       </c>
-      <c r="L147" t="inlineStr">
+      <c r="L168" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-lisiecki-8274.html</t>
         </is>
       </c>
-      <c r="M147" t="inlineStr">
+      <c r="M168" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N147" t="inlineStr">
+      <c r="N168" t="inlineStr">
         <is>
           <t>Automatyzacja, cyfryzacja, przemysł 4.0, przeróbka plastyczna, robotyzacja</t>
         </is>
       </c>
     </row>
-    <row r="148">
-      <c r="A148" t="inlineStr">
+    <row r="169">
+      <c r="A169" t="inlineStr">
         <is>
           <t>Serwer macierzowy hpe alletra 6010</t>
         </is>
       </c>
-      <c r="B148" t="inlineStr">
+      <c r="B169" t="inlineStr">
         <is>
           <t>Serwer macierzowy hpe alletra 6010</t>
         </is>
       </c>
-      <c r="C148" t="inlineStr">
+      <c r="C169" t="inlineStr">
         <is>
           <t>Serwer macierzowy hpe alletra 6010 dający możliwość gromadzenia danych na łącznej powierzchni dyskowej 23tb (12 bardzo szybkich dysków nvme o pojemności 1.92tb każdy).</t>
         </is>
       </c>
-      <c r="D148" t="inlineStr">
+      <c r="D169" t="inlineStr">
         <is>
           <t>Mozliwosć gromadzenia dużych ilości danych cyfrowych na ultraszybkich dyskach nvme</t>
         </is>
       </c>
-      <c r="E148" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G148" t="inlineStr">
+      <c r="E169" t="inlineStr"/>
+      <c r="F169" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G169" t="inlineStr">
         <is>
           <t>Warunki możliwości udostępniania przez administratora systemów komputerowych</t>
         </is>
       </c>
-      <c r="H148" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I148" t="inlineStr">
+      <c r="H169" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I169" t="inlineStr">
         <is>
           <t>Wydział wiertnictwa, nafty i gazu</t>
         </is>
       </c>
-      <c r="J148" t="inlineStr">
+      <c r="J169" t="inlineStr">
         <is>
           <t>Serwerownia</t>
         </is>
       </c>
-      <c r="K148" t="inlineStr">
+      <c r="K169" t="inlineStr">
         <is>
           <t>Skrzypaszek Krzysztof</t>
         </is>
       </c>
-      <c r="L148" t="inlineStr">
+      <c r="L169" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-skrzypaszek-5365.html</t>
         </is>
       </c>
-      <c r="M148" t="inlineStr">
+      <c r="M169" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N148" t="inlineStr">
+      <c r="N169" t="inlineStr">
         <is>
           <t>Macierz</t>
         </is>
       </c>
     </row>
-    <row r="149">
-      <c r="A149" t="inlineStr">
+    <row r="170">
+      <c r="A170" t="inlineStr">
         <is>
           <t>Laserowy system do mikrofabrykacji układów elektronicznych pracujących w zakresie fal mikrofalowych i milimetrowych</t>
         </is>
       </c>
-      <c r="B149" t="inlineStr">
+      <c r="B170" t="inlineStr">
         <is>
           <t>Protolaser u4</t>
         </is>
       </c>
-      <c r="C149" t="inlineStr">
+      <c r="C170" t="inlineStr">
         <is>
           <t>Mikroobróbka w laboratorium źródło lasera uv jako wszechstronne narzędzie lpkf protolaser u4 wykorzystuje laser naprowadzany skanerem o długości fali 355 nm w widmie uv, który został specjalnie opracowany do stosowania w laboratoriach elektronicznych. ta długość fali umożliwia doskonałą obróbkę laserem wielu grup materiałów bez dodatkowych narzędzi, masek i folii. umieszczenie pól skanowania obok siebie daje zakres roboczy do 229 mm x 305 mm x 10 mm. ognisko lasera o średnicy ok. 20 µm pozwala na struktury o odstępie 65 µm (szerokość linii 50 µm w odstępie 15 µm) w porównaniu z fr4 z 18 µm cu. potężne oprogramowanie systemowe przyjazne dla użytkownika oprogramowanie systemowe lpkf circuitpro pl zapewnia dostęp do wszystkich ważnych parametrów procesu. obszerna biblioteka parametrów, która zawiera nie tylko wiele popularnych, ale także egzotycznych materiałów, zapewnia pomoc przy własnych projektach operatora. stabilizacja w zakresie niskich energii precyzyjne, wrażliwe procesy wymagają bardzo małej energii lasera. nowe źródło lasera uv zostało odpowiednio zaprojektowane i jest stabilne w szerokim zakresie mocy. jest to korzystne w przypadku zastosowań ze szczególnie cienkimi warstwami lub delikatnymi materiałami. śledzenie procesu pole pomiaru mocy określa rzeczywistą moc lasera w pozycji ogniskowej. dzięki temu powstają dokładne, rzeczywiste dane służące do dokumentowania procesu produkcyjnego. system wizyjny lpkf protolaser u4 wykorzystuje nowo zaprojektowany, szybki system wizyjny zoptymalizowany pod kątem mikroobróbki laserowej. kamera i proces rozpoznawania obrazu rejestrują punkty odniesienia lub struktury geometryczne na obrabianym podłożu.</t>
         </is>
       </c>
-      <c r="D149" t="inlineStr">
+      <c r="D170" t="inlineStr">
         <is>
           <t>Umieszczenie pól skanowania obok siebie daje zakres roboczy do 229 mm x 305 mm x 10 mm. ognisko lasera o średnicy ok. 20 µm pozwala na struktury o odstępie 65 µm (szerokość linii 50 µm w odstępie 15 µm) w porównaniu z fr4 z 18 µm cu.</t>
         </is>
       </c>
-      <c r="E149" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G149" t="inlineStr">
+      <c r="E170" t="inlineStr"/>
+      <c r="F170" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G170" t="inlineStr">
         <is>
           <t>Indywidualnie</t>
         </is>
       </c>
-      <c r="H149" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I149" t="inlineStr">
+      <c r="H170" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I170" t="inlineStr">
         <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
-      <c r="J149" t="inlineStr">
+      <c r="J170" t="inlineStr">
         <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
-      <c r="K149" t="inlineStr">
+      <c r="K170" t="inlineStr">
         <is>
           <t>Staszek Kamil</t>
         </is>
       </c>
-      <c r="L149" t="inlineStr">
+      <c r="L170" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/kamil-staszek-8884.html</t>
         </is>
       </c>
-      <c r="M149" t="inlineStr">
+      <c r="M170" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N149" t="inlineStr">
+      <c r="N170" t="inlineStr">
         <is>
           <t>Fale mikrofalowe, fale milimetrowe, labolatorium, laser, mikrofabrykacja, system laserowy, układy elektroniczne, źródło lasera</t>
         </is>
       </c>
     </row>
-    <row r="150">
-      <c r="A150" t="inlineStr">
+    <row r="171">
+      <c r="A171" t="inlineStr">
         <is>
           <t>Drukarka 3d do wytwarzania rdzeni/form odlewniczych w technologii binder jetting</t>
         </is>
       </c>
-      <c r="B150" t="inlineStr">
+      <c r="B171" t="inlineStr">
         <is>
           <t>Drukarka kocel ajs300a</t>
         </is>
       </c>
-      <c r="C150" t="inlineStr">
+      <c r="C171" t="inlineStr">
         <is>
           <t>Kocel ajs300a drukarka 3d do wykonywania rdzeni/form w technologii addytywnej z możliwością zastosowania regeneratu (po regeneracji termicznej – o ściśle określonej ziarnistości (0,14-0,18), wymiar komory drukowania (drukowanej formy): 300*200*200mm. urządzenie posiada wbudowaną mieszarkę piasku z katalizatorem oraz głowice drukującą żywicą furanową. urządzenie wyprodukowane zgodnie z ce , iso 9001, iso 14001. rozdzielczość druku: min. 400 dpi. grubość warstwy drukowanej: 0,2 mm. materiał osnowy: piasek kwarcowy, materiał ceramiczny, regenerat. materiał spoiwa: żywica furfurylowa – (furanowa). format pliku żródłowego: stl. dokładność druku: ±0,3 mm. zasilanie: 220v</t>
         </is>
       </c>
-      <c r="D150" t="inlineStr">
+      <c r="D171" t="inlineStr">
         <is>
           <t>Wymiar komory drukowania (drukowanej formy): 300*200*200mm. urządzenie posiada wbudowaną mieszarkę piasku z katalizatorem oraz głowice drukującą żywicą furanową. rozdzielczość druku: min. 400 dpi. grubość warstwy drukowanej: 0,2 mm. materiał osnowy: piasek kwarcowy, materiał ceramiczny, regenerat. materiał spoiwa: żywica furfurylowa – (furanowa). format pliku żródłowego: stl. dokładność druku: ±0,3 mm. zasilanie: 220v</t>
         </is>
       </c>
-      <c r="E150" t="inlineStr">
+      <c r="E171" t="inlineStr">
         <is>
           <t xml:space="preserve">Wymiar komory drukowania (drukowanej formy): 300*200*200mm. urządzenie posiada wbudowaną mieszarkę piasku z katalizatorem oraz głowice drukującą żywicą furanową. rozdzielczość druku: min. 400 dpi. grubość warstwy drukowanej: 0,2 mm. materiał osnowy: piasek kwarcowy, materiał ceramiczny, regenerat. materiał spoiwa: żywica furfurylowa – (furanowa). format pliku żródłowego: stl. dokładność druku: ±0,3 mm. </t>
         </is>
       </c>
-      <c r="F150" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G150" t="inlineStr">
+      <c r="F171" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G171" t="inlineStr">
         <is>
           <t>Urządzenie obsługiwane przez wykwalifikowany personel. cena usługi zostanie skalkulowana po uruchomieniu i testach wstępnych urządzenia. cena zostanie określona w zł/1h działania urządzenia. zostanie opracowany cennik oraz regulamin udostępniania.</t>
         </is>
       </c>
-      <c r="H150" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I150" t="inlineStr">
+      <c r="H171" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I171" t="inlineStr">
         <is>
           <t>Wydział odlewnictwa</t>
         </is>
       </c>
-      <c r="J150" t="inlineStr">
+      <c r="J171" t="inlineStr">
         <is>
           <t>Zaawansowane procesy i materiały; https://odlewnictwo.agh.edu.pl/pracownik/badania/projekty-ncn</t>
         </is>
       </c>
-      <c r="K150" t="inlineStr">
+      <c r="K171" t="inlineStr">
         <is>
           <t>Dańko Rafał</t>
         </is>
       </c>
-      <c r="L150" t="inlineStr">
+      <c r="L171" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/rafal-danko-5019.html</t>
         </is>
       </c>
-      <c r="M150" t="inlineStr">
+      <c r="M171" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N150" t="inlineStr">
+      <c r="N171" t="inlineStr">
         <is>
           <t>3d printer, forma odlewnicza, masa formierska, odlew, rdzeń odlewniczy</t>
         </is>
       </c>
     </row>
-    <row r="151">
-      <c r="A151" t="inlineStr">
+    <row r="172">
+      <c r="A172" t="inlineStr">
         <is>
           <t>Morphologi 4 - zautomatyzowany analizator wielkości i kształtu cząstek</t>
         </is>
       </c>
-      <c r="B151" t="inlineStr">
+      <c r="B172" t="inlineStr">
         <is>
           <t>Malvern morphologi 4</t>
         </is>
       </c>
-      <c r="C151" t="inlineStr">
+      <c r="C172" t="inlineStr">
         <is>
           <t xml:space="preserve">Zautomatyzowany analizator do jednoczesnego określania rozmiaru, kształtu i liczby cząstek w badanej próbce. możliwość badania proszków w stanie suchym, emulsji oraz zawiesin cieczowych w zakresie wielkości cząstek  0,5 – 1300 µm. 
 układ pomiarowy wyposażony w zestaw optyczny nikon cfi 60 (obiektywy 2,5x, 5x, 10x, 20x, 50x).
 możliwość aplikowani próbek: szklana płytka do badania dyspersji proszków, uchwyt na 4 standardowe szkiełka mikroskopowe, wet-cell - przystawka do pomiaró zawiesin cieczowych.
 rejestracja kolorowych obrazów kamerą cyfrową ccd 18mpix. rozmiar piksela 1,25 µm.
 możliwość wyznaczenia parametrów rozmiarów cząstek, parametrów ksztaltu cząstek oraz parametrów przejrzystości cząstek. 
 wyniki w postaci dwuwymiarowych obrazów ziaren, powtarzalość wyników, możliwość porównania wyników przy użyciu szerokiego wachlarza wykresów i diagramów.
 możliwości zastosowania w wielu dziedzinach i badaniach, m.in.: farmacja, gleby, polimery, gumy i plastiki, analiza kryminalistyczna, produkty konsumenckie, chemia specjalistyczna, energetyka i środowisko, przemysł rafineryjny, przemysł spożywczy, elektronika, motoryzacja i lotnictwo, cementy, przemysł chemiczny, proszki i granulaty, emulsje i zawiesiny, wytwarzanie przyrostowe (druk 3d), analiza mikrorzeźby ziaren osadów, badania teksturalne osadów.  
  </t>
         </is>
       </c>
-      <c r="D151" t="inlineStr">
+      <c r="D172" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	właściwości cząstek: rozmiar, kształt, transparentność, liczebność, rozmieszczenie
 	parametry: koło równoważne (ce), średnica, długość, szerokość, obwód, powierzchnia, maksymalna odległość, sfera równoważna (se) objętość, całkowita długość i szerokość włókna, proporcje kształtu, kolistość, wypukłość, wydłużenie, kolistość wysokiej czułości (hs), zwartość, wydłużenie włókien i prostość włókna
 </t>
         </is>
       </c>
-      <c r="E151" t="inlineStr">
+      <c r="E172" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres wielkości cząstek: 0,5–1300 μm
 	dyspersja suchych proszków
 	pomiar emulsji i zawiesin
 	badania cząstek osadzonych na filtrach 47 mm
 	oświetlenie: światło białe, przechodzące i odbite, polaryzatory
 	obiektywy: 2,5x, 5x, 10x, 20x, 50x
 	rejestrowane obrazy ccd 18 mpix (4912x3684) rozmiar piksela 1,25 μm
 </t>
         </is>
       </c>
-      <c r="F151" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G151" t="inlineStr">
+      <c r="F172" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G172" t="inlineStr">
         <is>
           <t>Wszelkie szczegóły w bezpośrednim kontakcie mailowym lub telefonicznym.</t>
         </is>
       </c>
-      <c r="H151" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I151" t="inlineStr">
+      <c r="H172" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I172" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J151" t="inlineStr">
+      <c r="J172" t="inlineStr">
         <is>
           <t>Laboratorium podstawowych właściwości fizykochemicznych zawiesin oraz laboratorium urządzeń ochrony wód</t>
         </is>
       </c>
-      <c r="K151" t="inlineStr">
+      <c r="K172" t="inlineStr">
         <is>
           <t>Turlej Tymoteusz</t>
         </is>
       </c>
-      <c r="L151" t="inlineStr">
+      <c r="L172" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tymoteusz-turlej-7978.html</t>
         </is>
       </c>
-      <c r="M151" t="inlineStr">
+      <c r="M172" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N151" t="inlineStr">
+      <c r="N172" t="inlineStr">
         <is>
           <t>Analiza wód, badania, charakterystyka ziarnowa, materiały ceramiczne, mikrostruktura, surowce, wielkość cząstek, wytwarzanie proszków</t>
         </is>
       </c>
     </row>
-    <row r="152">
-      <c r="A152" t="inlineStr">
+    <row r="173">
+      <c r="A173" t="inlineStr">
         <is>
           <t>Skaner 3d - gom2</t>
         </is>
       </c>
-      <c r="B152" t="inlineStr">
+      <c r="B173" t="inlineStr">
         <is>
           <t>System pomiarowy gom scan 1 200</t>
         </is>
       </c>
-      <c r="C152" t="inlineStr">
+      <c r="C173" t="inlineStr">
         <is>
           <t>Skaner bezstykowy gom scan 1 to zaawansowane urządzenie oparte na technologii niebieskiego światła oraz projekcji prążków gom stosowane w inżynierii odwrotnej do cyfryzacji analizowanych wyrobów i obiektów. gom scan 1 jest wyposażony w zaawansowaną technologie blue light od firmy gom i działa na zasadzie kamery stereoskopowej co zapewnia wysoką precyzję pozyskiwania danych 3d.</t>
         </is>
       </c>
-      <c r="D152" t="inlineStr">
+      <c r="D173" t="inlineStr">
         <is>
           <t>Skanowanie obiektów 3d. przetwarzanie i analiza danych ze skanera. inżynieria odwrotna. szybkie prototypowanie. przygotowanie do komputerowego wspomagania projektowania technologii. przeprowadzanie kontroli jakości skanowanej części.</t>
         </is>
       </c>
-      <c r="E152" t="inlineStr">
+      <c r="E173" t="inlineStr">
         <is>
           <t>Rozdzielczość kamer: 6 mpx błąd pomiarowy: 0.003 mm obszar pomiarowy: 200 x 125mm. możliwość łączenia wielu obszarów pomiarowych w jeden obiekt. odległość od miejsca pomiaru: 450mm źródło światła: led oprogramowanie do obróbki skanów: inspect suite temperatura pracy: -20 do 55°c</t>
         </is>
       </c>
-      <c r="F152" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G152" t="inlineStr">
+      <c r="F173" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G173" t="inlineStr">
         <is>
           <t>Udostępnianie infrastruktury wyłącznie za pośrednictwem upoważnionego pracownika katedry informatyki stosowanej i modelowania. zlecenie/ umowa/inna forma współpracy po uzgodnieniu.</t>
         </is>
       </c>
-      <c r="H152" t="inlineStr">
+      <c r="H173" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I152" t="inlineStr">
+      <c r="I173" t="inlineStr">
         <is>
           <t>Katedra informatyki stosowanej i modelowania</t>
         </is>
       </c>
-      <c r="J152" t="inlineStr">
+      <c r="J173" t="inlineStr">
         <is>
           <t>Grupa badawcza cyfryzacji przemysłu i modelowania wieloskalowego (digitaris) / laboratorium inżynierii odwrotnej i wirtualnej rzeczywistości</t>
         </is>
       </c>
-      <c r="K152" t="inlineStr">
+      <c r="K173" t="inlineStr">
         <is>
           <t>Perzyński Konrad</t>
         </is>
       </c>
-      <c r="L152" t="inlineStr">
+      <c r="L173" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/konrad-perzynski-7420.html</t>
         </is>
       </c>
-      <c r="M152" t="inlineStr">
+      <c r="M173" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N152" t="inlineStr">
+      <c r="N173" t="inlineStr">
         <is>
           <t>Inżynieria odwrotna, profil powierzchni, skaning laserowy 3d</t>
         </is>
       </c>
     </row>
-    <row r="153">
-      <c r="A153" t="inlineStr">
+    <row r="174">
+      <c r="A174" t="inlineStr">
         <is>
           <t>Piknometr gazowy ultrapyc 5000 micro</t>
         </is>
       </c>
-      <c r="B153" t="inlineStr">
+      <c r="B174" t="inlineStr">
         <is>
           <t>Piknometr gazowy do pomiaru gęstości ciał stałych: ultrapyc 5000 micro</t>
         </is>
       </c>
-      <c r="C153" t="inlineStr">
+      <c r="C174" t="inlineStr">
         <is>
           <t>Piknometr gazowy ultrapyc 5000 micro służy do precyzyjnego pomiaru rzeczywistej gęstości ciał stałych w postaci proszków lub monolitów. do pomiarów wykorzystywany jest hel. urządzenie posiada wbudowaną regulację temperatury za pomocą modułu peltiera. pomiary wykonywane są w zakresie 15 °c to 50 °c, standardowo w 20 °c. piknometr gazowy wyposażony jest w trzy komory pomiarowe o róznej objętości: micro cell: 4.5 cm3, meso cell: 1.8 cm3, nano cell: 0.25 cm3.</t>
         </is>
       </c>
-      <c r="D153" t="inlineStr">
+      <c r="D174" t="inlineStr">
         <is>
           <t>Piknometr gazowy wykorzystywany jest do pomiaru gęstości helowej materiałów stałych, takich jak: sadza, katalizatory, cement, ceramika, węgiel drzewny, kosmetyki, środki osuszające, nawozy, włókna, minerały takie jak tlenek glinu, krzemionka, tytan i inne, produkty farmaceutyczne, żywność w proszku i metale w proszku.</t>
         </is>
       </c>
-      <c r="E153" t="inlineStr">
+      <c r="E174" t="inlineStr">
         <is>
           <t>Aparat umożliwia oznaczenie gęstości helowej dla małych ilości próbek od 0,25 cm3 do 4,5 cm3.</t>
         </is>
       </c>
-      <c r="F153" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G153" t="inlineStr">
+      <c r="F174" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G174" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H153" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I153" t="inlineStr">
+      <c r="H174" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I174" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J153" t="inlineStr">
+      <c r="J174" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K153" t="inlineStr">
+      <c r="K174" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L153" t="inlineStr">
+      <c r="L174" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M153" t="inlineStr">
+      <c r="M174" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N153" t="inlineStr">
+      <c r="N174" t="inlineStr">
         <is>
           <t>Badania nieniszczące, gęstość, gęstość helowa, gęstość szkieletowa</t>
         </is>
       </c>
     </row>
-    <row r="154">
-      <c r="A154" t="inlineStr">
+    <row r="175">
+      <c r="A175" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji przejściowej</t>
         </is>
       </c>
-      <c r="B154" t="inlineStr">
+      <c r="B175" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji przejściowej z czasowo rozdzielczymi modułami detekcji nanosekundowymi w zakresie uv-vis-ir</t>
         </is>
       </c>
-      <c r="C154" t="inlineStr">
+      <c r="C175" t="inlineStr">
         <is>
           <t xml:space="preserve">Zintegrowany spektrometr umożliwiający pomiary absorpcji przejściowej stanów elektronowych metodą nanosekundowej laserowej fotolizy błyskowej w zakresie uv-vis-ir.
 źródło światła wzbudzającego
 1. przestrajalny optyczny parametryczny oscylator pompowany nanosekundowym źródłem nd:yag
 2. częstotliwość impulsów 10hz; długość impulsu nie większa niż 5 ns.
 3. energia wiązki przy długości fali 260 nm nie mniejsza niż 6.5 mj, 340 nm,nie mniejsza niż 10 mj, 450 nm nie mniejsza niż 60 mj.
 4. rozdzielczość przestrajania  1 cm-1 w zakresie 410-2600 nm oraz 2 cm-1 poniżej 410 nm.
 5 spektralna szerokość linii dla zakresu 410 – 2600 nm: nie większa niż 5 cm-1.
 6 rozbieżność wiązki &lt; 2 mrad (@ 450 nm). 7.sterowanie z poziomu wyświetlacza zewnętrznego lub komputera.
 monochromator
 1. monochromator typu czerny-turner o długości ogniskowej co najmniej 325 mm umieszczony w torze emisji.
 2. karuzela siatek dyfrakcyjnych na zakres uv-vis i nir; rozdzielczość widmowa 0.1 nm dla zakresu uv-vis.
 3. szczeliny automatycznie ustawiane
 4. dyspersja spektralna 1.66 nm/mm dla pomiarów kinetycznych przy jednej długości fali z zakresu 230-980 nm.
 5. prędkość skanowania 200 nm/s.
 układ detekcji
 a) fotopowielacz chłodzony termoelektrycznie z kontrolą poziomu wzmocnienia. zakres co najmniej od 230 do 980 nm. czas odpowiedzi fotopowielacza nie dłuższy niż 5 ns.
 b) detektor ingaas chłodzony termoelektrycznie. zakres od 900 do 2050 nm. czas odpowiedzi fotopowielacza nie dłuższy niż 100 ns.
 optycznie izolowana komora pomiarowa próbek z pokrywą; dwa niezależne gniazda do umieszczenia przystawek pomiarowych; automatyczna przesłona wiązki lasera.
 .
  </t>
         </is>
       </c>
-      <c r="D154" t="inlineStr">
+      <c r="D175" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji przejściowej w zakresie uv-vis-ir pozwala na pomiary czasowo?rozdzielczej spektroskopii absorpcyjnej i odbiciowej, poprzez nano- i mikrosekundową fluorescencję,  fluorescencję upkonwersji po chemiluminescencję. metoda ta  daje wgląd do szybkich ruchów kolektywnych matryc czy izolowanych układów na ich aktywność zarówno w przypadku naturalnych czy bionicznych układów modelowych w funkcji zmienności warunków środowiskowych.</t>
         </is>
       </c>
-      <c r="E154" t="inlineStr">
+      <c r="E175" t="inlineStr">
         <is>
           <t xml:space="preserve">Pomiary absorpcji przejściowej w zakresie długości fali od 210 nm do 2600 nm mają zastosowanie do próbek ciekłych, gazowych i stałych. proszki i nieprzezroczyste próbki objętościowe są badane w układzie odbicia rozproszonego.dostępne są dedykowane uchwyty na próbki.
  </t>
         </is>
       </c>
-      <c r="F154" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G154" t="inlineStr">
+      <c r="F175" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G175" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji przejściowej będzie służył nieodpłatnie, w ramach współpracy, do badań wszystkim zainteresowanym grupom badawczym (pracownikom i doktorantom) z agh jak i spoza agh.</t>
         </is>
       </c>
-      <c r="H154" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I154" t="inlineStr">
+      <c r="H175" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I175" t="inlineStr">
         <is>
           <t>Wydział fizyki i informatyki stosowanej</t>
         </is>
       </c>
-      <c r="J154" t="inlineStr">
+      <c r="J175" t="inlineStr">
         <is>
           <t>Zespół biofizyki molekularnej i bioenergetyki</t>
         </is>
       </c>
-      <c r="K154" t="inlineStr">
+      <c r="K175" t="inlineStr">
         <is>
           <t>Burda Kvetoslava</t>
         </is>
       </c>
-      <c r="L154" t="inlineStr">
+      <c r="L175" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/kvetoslava-burda-6320.html</t>
         </is>
       </c>
-      <c r="M154" t="inlineStr">
+      <c r="M175" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
         </is>
       </c>
-      <c r="N154" t="inlineStr">
+      <c r="N175" t="inlineStr">
         <is>
           <t>Absorpcja przejściowa, bioenergetyka, kinetyka</t>
         </is>
       </c>
     </row>
-    <row r="155">
-      <c r="A155" t="inlineStr">
+    <row r="176">
+      <c r="A176" t="inlineStr">
         <is>
           <t>Wektorowy analizator sieci</t>
         </is>
       </c>
-      <c r="B155" t="inlineStr">
+      <c r="B176" t="inlineStr">
         <is>
           <t>Wektorowy analizator sieci keysight e5080b</t>
         </is>
       </c>
-      <c r="C155" t="inlineStr">
+      <c r="C176" t="inlineStr">
         <is>
           <t>Wektorowy analizator sieci (vna) e5080b ena umożliwia pełną charakterystykę komponentów pasywnych, wzmacniaczy, mikserów czy też konwerterów częstotliwości. pozwala wykonywać pomiary transmisyjne (współczynnik transmisji, wzmocnienie), odbiciowe (współczynnik odbicia, straty odbiciowe), pomiary impedancji, a także pomiary współczynników macierzy rozproszenia s (s11, s12, s21, s22).</t>
         </is>
       </c>
-      <c r="D155" t="inlineStr">
+      <c r="D176" t="inlineStr">
         <is>
           <t>Pomiary współczynnika transmisji, wzmocnienia, współczynnika odbicia, straty odbiciowe, pomiary impedancji.  pomiary współczynników macierzy rozproszenia s (s11, s12, s21, s22).</t>
         </is>
       </c>
-      <c r="E155" t="inlineStr">
+      <c r="E176" t="inlineStr">
         <is>
           <t>Urządzenie jest wersją 4-portową (wyposażoną w przystawkę kalibracyjną n4433d) i pozwala na przeprowadzenie pomiarów w zakresie częstotliwości od 100 khz do 26,5 ghz.</t>
         </is>
       </c>
-      <c r="F155" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G155" t="inlineStr">
+      <c r="F176" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G176" t="inlineStr">
         <is>
           <t>Dla pracowników i doktorantów agh na zasadach zgodnych z aktualnym regulaminem korzystania z infrastruktury badawczej w agh</t>
         </is>
       </c>
-      <c r="H155" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I155" t="inlineStr">
+      <c r="H176" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I176" t="inlineStr">
         <is>
           <t>Katedra oddziaływań i detekcji cząstek</t>
         </is>
       </c>
-      <c r="J155" t="inlineStr">
+      <c r="J176" t="inlineStr">
         <is>
           <t>Zespół elektroniki jądrowej i detekcji promieniowania / laboratorium mikroelektroniki</t>
         </is>
       </c>
-      <c r="K155" t="inlineStr">
+      <c r="K176" t="inlineStr">
         <is>
           <t>Fiutowski Tomasz</t>
         </is>
       </c>
-      <c r="L155" t="inlineStr">
+      <c r="L176" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-fiutowski-6451.html</t>
         </is>
       </c>
-      <c r="M155" t="inlineStr">
+      <c r="M176" t="inlineStr">
         <is>
           <t>(pob 8) przekraczanie granic: eksperymentalna fizyka wysokich energii ekstremalne stany materii, zaawansowane technologie w detekcji promieniowania, badania i zastosowania transdyscyplinarne</t>
         </is>
       </c>
-      <c r="N155" t="inlineStr">
+      <c r="N176" t="inlineStr">
         <is>
           <t>Macierz rozproszenia s, pomiary impedancji, współczynnik odbicia, współczynnik transmisji, wzmocnienie</t>
         </is>
       </c>
     </row>
-    <row r="156">
-      <c r="A156" t="inlineStr">
+    <row r="177">
+      <c r="A177" t="inlineStr">
         <is>
           <t>Analizator sygnału i widma rohde&amp;schwarz fsw85</t>
         </is>
       </c>
-      <c r="B156" t="inlineStr">
+      <c r="B177" t="inlineStr">
         <is>
           <t>Analizator widma fsw85</t>
         </is>
       </c>
-      <c r="C156" t="inlineStr">
+      <c r="C177" t="inlineStr">
         <is>
           <t>Wysokowydajny analizator sygnału i widma r&amp;s;®fsw pozwala inżynierom wykonanie nawet najbardziej wymagających zadań. charakteryzuje się szerokim pasmem pracy, które umożliwia charakteryzację szerokopasmowych komponentów i systemów komunikacyjnych. więcej informacji: https://www.rohde-schwarz.com/ca/product/fsw-productstartpage_63493-11793.html</t>
         </is>
       </c>
-      <c r="D156" t="inlineStr">
+      <c r="D177" t="inlineStr">
         <is>
           <t>Analiza widma częstotliwościowego</t>
         </is>
       </c>
-      <c r="E156" t="inlineStr">
+      <c r="E177" t="inlineStr">
         <is>
           <t>Zakres częstotliwości: 2hz - 85 ghz, szum fazowy &lt; -136 dbc, max analizowane pasmo: 8312 mhz</t>
         </is>
       </c>
-      <c r="F156" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G156" t="inlineStr">
+      <c r="F177" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G177" t="inlineStr">
         <is>
           <t>Do uzgodnienia z kierownikiem zespołu tmiewc</t>
         </is>
       </c>
-      <c r="H156" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I156" t="inlineStr">
+      <c r="H177" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I177" t="inlineStr">
         <is>
           <t>Wydział informatyki, elektroniki i telekomunikacji</t>
         </is>
       </c>
-      <c r="J156" t="inlineStr">
+      <c r="J177" t="inlineStr">
         <is>
           <t>Zespół techniki mikrofalowej i elektroniki wielkiej częstotliwości</t>
         </is>
       </c>
-      <c r="K156" t="inlineStr">
+      <c r="K177" t="inlineStr">
         <is>
           <t>Piekarz Ilona</t>
         </is>
       </c>
-      <c r="L156" t="inlineStr">
+      <c r="L177" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ilona-kinga-piekarz-8771.html</t>
         </is>
       </c>
-      <c r="M156" t="inlineStr">
+      <c r="M177" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N156" t="inlineStr">
+      <c r="N177" t="inlineStr">
         <is>
           <t>Analizator sygnału, analizator widma, pomiary mikrofalowe</t>
         </is>
       </c>
     </row>
-    <row r="157">
-      <c r="A157" t="inlineStr">
+    <row r="178">
+      <c r="A178" t="inlineStr">
         <is>
           <t>Wektorowy generator sygnału rohde &amp; schwarz smw100a</t>
         </is>
       </c>
-      <c r="B157" t="inlineStr">
+      <c r="B178" t="inlineStr">
         <is>
           <t>Wektorowe źródło sygnałów mikrofalowych z programowalnym modułem modulacji</t>
         </is>
       </c>
-      <c r="C157" t="inlineStr">
+      <c r="C178" t="inlineStr">
         <is>
           <t>Wektorowy generator sygnału odpowiedni do większości nawet najbardziej wymagających zastosowań. urządzenie charakteryzuje się bardzo dobrą charakterystyką rf w zakresie częstotliwości 1oo khz do 44 ghz. więcej informacji: https://www.rohde-schwarz.com/no/product/smf100a-productstartpage_63493-8447.html</t>
         </is>
       </c>
-      <c r="D157" t="inlineStr">
+      <c r="D178" t="inlineStr">
         <is>
           <t>Generacja sygnałów wektorowych</t>
         </is>
       </c>
-      <c r="E157" t="inlineStr">
+      <c r="E178" t="inlineStr">
         <is>
           <t>Zakres częstotliwości 100 khz - 44 ghz, pasmo modulacji rf do 1ghz</t>
         </is>
       </c>
-      <c r="F157" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G157" t="inlineStr">
+      <c r="F178" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G178" t="inlineStr">
         <is>
           <t>Do uzgodnienia z kierownikiem zespołu tmiewc</t>
         </is>
       </c>
-      <c r="H157" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I157" t="inlineStr">
+      <c r="H178" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I178" t="inlineStr">
         <is>
           <t>Wydział informatyki, elektroniki i telekomunikacji</t>
         </is>
       </c>
-      <c r="J157" t="inlineStr">
+      <c r="J178" t="inlineStr">
         <is>
           <t>Zespół techniki mikrofalowej i elektroniki wielkiej częstotliwości</t>
         </is>
       </c>
-      <c r="K157" t="inlineStr">
+      <c r="K178" t="inlineStr">
         <is>
           <t>Piekarz Ilona</t>
         </is>
       </c>
-      <c r="L157" t="inlineStr">
+      <c r="L178" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ilona-kinga-piekarz-8771.html</t>
         </is>
       </c>
-      <c r="M157" t="inlineStr">
+      <c r="M178" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N157" t="inlineStr">
+      <c r="N178" t="inlineStr">
         <is>
           <t>Cyfrowa modulacja, generator sygnału, sygnały zespolone</t>
         </is>
       </c>
     </row>
-    <row r="158">
-      <c r="A158" t="inlineStr">
+    <row r="179">
+      <c r="A179" t="inlineStr">
         <is>
           <t>Stanowisko do badania administracyjnych systemów dynamicznego ważenia pojazdów</t>
         </is>
       </c>
-      <c r="B158" t="inlineStr">
+      <c r="B179" t="inlineStr">
         <is>
           <t>Stanowisko do badania administracyjnych systemów dynamicznego ważenia pojazdów</t>
         </is>
       </c>
-      <c r="C158" t="inlineStr">
+      <c r="C179" t="inlineStr">
         <is>
           <t>Stanowisko składa się z dwóch podsystemów:
 - kompleksowy system pomiarowy (waga dynamiczna wolnoprzejazdowa ls-wim  - 1 szt.,  system wim z czujnikami płytowymi  - 1 szt., stacja meteo - 1 szt.),
 - system wim z czujnikami kwarcowymi – 1 szt.</t>
         </is>
       </c>
-      <c r="D158" t="inlineStr">
+      <c r="D179" t="inlineStr">
         <is>
           <t>Zbudowana infrastruktura będzie wykorzystywana przede wszystkim w badaniach. ich celem jest określenie wpływu czynników środowiskowych na dokładność systemów wim wyposażonych w czujniki nacisku wykonane w różnych technologiach, testowanie nowych metod kalibracji systemów wim oraz testowanie różnych algorytmów zwiększających odporność systemów wim na zmieniające się warunki ich eksploatacji oraz zmiany prędkości ważonych pojazdów.</t>
         </is>
       </c>
-      <c r="E158" t="inlineStr">
+      <c r="E179" t="inlineStr">
         <is>
           <t>Możliwe są następujące pomiary:
 -analiza struktury i natężenia ruchu pojazdów,
 -pomiar podstawowych parametrów ruchu drogowego,
 -ważenie dynamiczne pojazdów (masa całkowita, nacisk statyczny osi),
 -badanie czynników środowiskowych (temp. powietrza, nawierzchni, drogi, prędkość i kierunek wiatru, opad atmosf., oblodzenie) na błędy ważenia pojazdów z podziałem na dwie technologie wykonania czujników nacisku.</t>
         </is>
       </c>
-      <c r="F158" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G158" t="inlineStr">
+      <c r="F179" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G179" t="inlineStr">
         <is>
           <t>Stanowisko może być udostępnione w miejscu zainstalowania, po uzgodnieniu programu badań z opiekunami stanowiska. 
 warunki materialne są negocjowane indywidualnie.</t>
         </is>
       </c>
-      <c r="H158" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I158" t="inlineStr">
+      <c r="H179" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I179" t="inlineStr">
         <is>
           <t>Katedra metrologii i elektroniki</t>
         </is>
       </c>
-      <c r="J158" t="inlineStr">
+      <c r="J179" t="inlineStr">
         <is>
           <t>Prof. janusz gajda, dr hab. inż. ryszard sroka prof. uczelni, dr hab. inż. piotr burnos prof. uczelni</t>
         </is>
       </c>
-      <c r="K158" t="inlineStr">
+      <c r="K179" t="inlineStr">
         <is>
           <t>Gajda Janusz</t>
         </is>
       </c>
-      <c r="L158" t="inlineStr">
+      <c r="L179" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/janusz-gajda-806.html</t>
         </is>
       </c>
-      <c r="M158" t="inlineStr">
+      <c r="M179" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N158" t="inlineStr">
+      <c r="N179" t="inlineStr">
         <is>
           <t>Czujniki nacisku</t>
         </is>
       </c>
     </row>
-    <row r="159">
-      <c r="A159" t="inlineStr">
+    <row r="180">
+      <c r="A180" t="inlineStr">
         <is>
           <t>Elektrodrążarka drutowa</t>
         </is>
       </c>
-      <c r="B159" t="inlineStr">
+      <c r="B180" t="inlineStr">
         <is>
           <t>Neospark b500</t>
         </is>
       </c>
-      <c r="C159" t="inlineStr">
+      <c r="C180" t="inlineStr">
         <is>
           <t>Elektrodrążarka neospark b500 to precyzyjna elektrodrążarka drutowa z posuwisto-zwrotnym ruchem drutu. maszyna ta pozwala osiągnąć bardzo dobrą wydajność podczas obróbki materiałów przewodzących prąd elektryczny i precyzyjnie oddzielić wydrukowane przedmioty od płyty bazowej. jednocześnie, na tej elektrodrążarce możliwe jest wykonanie cięć bez odkształceń i zadziorów nawet najdelikatniejszych konstrukcji metalowych drukowanych w 3d.
 przestrzeń robocza elektrodrążarki neospark b500 wynosi 820 mm x 535 mm, maksymalna waga obrabianego materiału wynosi 800 kg, a wysokość w osi z350 mm. posiada generator o mocy 10a oraz maksymalną wydajność cięcia 200 mm²/min. dokładność tej maszyny pozwala na uzyskanie chropowatości na poziomie 0,8 µm ra, a także dokładność powtarzania w osi x/y 0,005 mm.</t>
         </is>
       </c>
-      <c r="D159" t="inlineStr">
+      <c r="D180" t="inlineStr">
         <is>
           <t>Możliwości badawcze elektrodrążarki neospark b500 pozwalają zoptymalizować proces obróbki materiału oraz ustalić wpływ poszczególnych parametrów na właściwości mechaniczne, mikrostrukturę oraz topografii powierzchni materiału. dodatkowo pozwalają na precyzyjne cięcie próbek do dalszych etapów procesów badawczych.</t>
         </is>
       </c>
-      <c r="E159" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G159" t="inlineStr">
+      <c r="E180" t="inlineStr"/>
+      <c r="F180" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G180" t="inlineStr">
         <is>
           <t>Zgodnie z indywidualnie uzgodnionymi umowami.</t>
         </is>
       </c>
-      <c r="H159" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I159" t="inlineStr">
+      <c r="H180" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I180" t="inlineStr">
         <is>
           <t>Katedra systemów wytwarzania</t>
         </is>
       </c>
-      <c r="J159" t="inlineStr"/>
-      <c r="K159" t="inlineStr">
+      <c r="J180" t="inlineStr"/>
+      <c r="K180" t="inlineStr">
         <is>
           <t>Karmiris-Obratański Panagiotis</t>
         </is>
       </c>
-      <c r="L159" t="inlineStr">
+      <c r="L180" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/panagiotis-karmiris-obratanski-9969.html</t>
         </is>
       </c>
-      <c r="M159" t="inlineStr">
+      <c r="M180" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N159" t="inlineStr">
+      <c r="N180" t="inlineStr">
         <is>
           <t>Wedm, wire edm</t>
         </is>
       </c>
     </row>
-    <row r="160">
-      <c r="A160" t="inlineStr">
+    <row r="181">
+      <c r="A181" t="inlineStr">
         <is>
           <t>Współrzędnościowa maszyna pomiarowa</t>
         </is>
       </c>
-      <c r="B160" t="inlineStr">
+      <c r="B181" t="inlineStr">
         <is>
           <t>Współrzędnościowa maszyna pomiarowa mitutoyo crysta-plus m443</t>
         </is>
       </c>
-      <c r="C160" t="inlineStr">
+      <c r="C181" t="inlineStr">
         <is>
           <t>System pomiarowy umożliwiający kontrolę elementów z wykorzystaniem techniki współrzędnościowej, pozwalający na pomiar długości, kątów i kształtu elementów geometrycznych.</t>
         </is>
       </c>
-      <c r="D160" t="inlineStr">
+      <c r="D181" t="inlineStr">
         <is>
           <t>- opracowanie prototypów wzorców i procedur przeznaczonych do sprawdzania dokładności systemów współrzędnościowych
 - opracowanie metody symulacyjnej szacowania niepewności.</t>
         </is>
       </c>
-      <c r="E160" t="inlineStr">
+      <c r="E181" t="inlineStr">
         <is>
           <t>Przestrzeń robocza urządzenia: ok. 400 x 400 x 300 mm. dokładność: błąd pomiaru długości mpe(e) = 3 + 4*l/1000 µm, l- mierzona długość w mm.
 możliwości pomiarowe:
 - kontrola wymiarowa elementów mierzonych
 - pomiar kształtu elementów mierzonych
 - inżynieria odwrotna</t>
         </is>
       </c>
-      <c r="F160" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G160" t="inlineStr">
+      <c r="F181" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G181" t="inlineStr">
         <is>
           <t>Dostęp możliwy po uzgodnieniu z kierownictwem katedry</t>
         </is>
       </c>
-      <c r="H160" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I160" t="inlineStr">
+      <c r="H181" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I181" t="inlineStr">
         <is>
           <t>Katedra systemów wytwarzania</t>
         </is>
       </c>
-      <c r="J160" t="inlineStr"/>
-      <c r="K160" t="inlineStr">
+      <c r="J181" t="inlineStr"/>
+      <c r="K181" t="inlineStr">
         <is>
           <t>Gąska Piotr</t>
         </is>
       </c>
-      <c r="L160" t="inlineStr">
+      <c r="L181" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/piotr-gaska-9779.html</t>
         </is>
       </c>
-      <c r="M160" t="inlineStr">
+      <c r="M181" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N160" t="inlineStr">
+      <c r="N181" t="inlineStr">
         <is>
           <t>Coordinate measurements, inżynieria odwrotna, pomiary współrzędnościowe, reverse engineering</t>
         </is>
       </c>
     </row>
-    <row r="161">
-      <c r="A161" t="inlineStr">
+    <row r="182">
+      <c r="A182" t="inlineStr">
         <is>
           <t>Transmisyjny mikroskop elektronowy</t>
         </is>
       </c>
-      <c r="B161" t="inlineStr">
+      <c r="B182" t="inlineStr">
         <is>
           <t>Tecnai g2 20 twin (fei)</t>
         </is>
       </c>
-      <c r="C161" t="inlineStr">
+      <c r="C182" t="inlineStr">
         <is>
           <t xml:space="preserve">Fei tecnai g2 20 twin jest transmisyjnym mikroskopem elektronowym, który pełni rolę urządzenia pomocniczego i służącego do wstępnej analizy, jakości wykonanych próbek oraz przeprowadzenia wstępnych badań strukturalnych. jest on wyposażony w działo elektronowe z katodą lab6 i umożliwia pracę w zakresie napięć przyspieszających od 20 kv do 200 kv. analityczny mikroskop elektronowy tecnai g2 wyposażony jest w detektor stem – haadf, system mikroanalizy edx tia układ do precesji dyfrakcji elektronów digistar i system astar do automatycznej analizy orientacji ziaren i map fazowych w nanoobszarach (nanomegas). </t>
         </is>
       </c>
-      <c r="D161" t="inlineStr">
+      <c r="D182" t="inlineStr">
         <is>
           <t>Tem, bf-tem, stem, haadf-stem, stem-edx, analizy orientacji ziaren i map fazowych w nanoobszarach.</t>
         </is>
       </c>
-      <c r="E161" t="inlineStr">
+      <c r="E182" t="inlineStr">
         <is>
           <t>Badania składu chemicznego, analiza fazowa wydzieleń,  analizy orientacji ziaren i map fazowych w nanoobszarach w nanoskali.</t>
         </is>
       </c>
-      <c r="F161" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G161" t="inlineStr">
+      <c r="F182" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G182" t="inlineStr">
         <is>
           <t>Na warunkach uzgodnionych z kierownikiem laboratorium - dr hab. adam kruk, prof.  agh</t>
         </is>
       </c>
-      <c r="H161" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I161" t="inlineStr">
+      <c r="H182" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I182" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J161" t="inlineStr">
+      <c r="J182" t="inlineStr">
         <is>
           <t>Katedra metaloznawstwa i metalurgii proszków. pracownia: centrum mikroskopii elektronowej dla inżynierii materiałowej.</t>
         </is>
       </c>
-      <c r="K161" t="inlineStr">
+      <c r="K182" t="inlineStr">
         <is>
           <t>Kruk Adam</t>
         </is>
       </c>
-      <c r="L161" t="inlineStr">
+      <c r="L182" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-kruk-1679.html</t>
         </is>
       </c>
-      <c r="M161" t="inlineStr">
+      <c r="M182" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N161" t="inlineStr">
+      <c r="N182" t="inlineStr">
         <is>
           <t>Bf-tem, haadf-stem, saed-tem, stem, stem-edx, tem</t>
         </is>
       </c>
     </row>
-    <row r="162">
-      <c r="A162" t="inlineStr">
+    <row r="183">
+      <c r="A183" t="inlineStr">
         <is>
           <t>Analizator pierwiastków o, n i h</t>
         </is>
       </c>
-      <c r="B162" t="inlineStr">
+      <c r="B183" t="inlineStr">
         <is>
           <t>Leco onh 836</t>
         </is>
       </c>
-      <c r="C162" t="inlineStr">
+      <c r="C183" t="inlineStr">
         <is>
           <t xml:space="preserve">Analizator elementarny onh836 tlenu/azotu/wodoru jest przeznaczony do szerokiego zakresu pomiarów zawartości tlenu, azotu i wodoru w materiałach nieorganicznych, stopach żelaza i metali nieżelaznych oraz materiałach ogniotrwałych z wykorzystaniem techniki fuzji w gazie obojętnym. </t>
         </is>
       </c>
-      <c r="D162" t="inlineStr">
+      <c r="D183" t="inlineStr">
         <is>
           <t>System onh836 tlen/azot/wodór jest przeznaczony do jednoczesnego pomiaru w szerokim zakresie zawartości tlenu, azotu i wodoru w stali, metalach ogniotrwałych i innych materiałach nieorganicznych.  potrójne ogniwa ir do wykrywania tlenu zapewniają najszerszy możliwy zakres wykrywania. aby zmniejszyć zakłócenia wynikające z dryftu instrumentu, przed każdą analizą wykonuje się referencyjne pomiary czystego gazu nośnego.</t>
         </is>
       </c>
-      <c r="E162" t="inlineStr">
+      <c r="E183" t="inlineStr">
         <is>
           <t>Jednoczesny pomiar w szerokim zakresie zawartości tlenu, azotu i wodoru w stali, metalach ogniotrwałych i innych materiałach nieorganicznych.</t>
         </is>
       </c>
-      <c r="F162" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G162" t="inlineStr">
+      <c r="F183" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G183" t="inlineStr">
         <is>
           <t>Możliwość wykonania pomiarów na zasadzie współpracy naukowej oraz zleceń komercyjnych po wcześniejszym uzgodnieniu zakresu badań, terminu i formy współpracy z opiekunem aparatury.</t>
         </is>
       </c>
-      <c r="H162" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I162" t="inlineStr">
+      <c r="H183" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I183" t="inlineStr">
         <is>
           <t>Katedra technologii paliw</t>
         </is>
       </c>
-      <c r="J162" t="inlineStr">
+      <c r="J183" t="inlineStr">
         <is>
           <t>Zespół nanomateriałów i odpadów węglonośnych</t>
         </is>
       </c>
-      <c r="K162" t="inlineStr">
+      <c r="K183" t="inlineStr">
         <is>
           <t>Lejda Katarzyna</t>
         </is>
       </c>
-      <c r="L162" t="inlineStr">
+      <c r="L183" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-lejda-9021.html</t>
         </is>
       </c>
-      <c r="M162" t="inlineStr">
+      <c r="M183" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N162" t="inlineStr">
+      <c r="N183" t="inlineStr">
         <is>
           <t>Analiza elementarna, materiały cermiaczne, materiały nieorganiczne, oznaczenie zawartości azotu, oznaczenie zawartości tlenu, oznaczenie zawartości wodoru</t>
         </is>
       </c>
     </row>
-    <row r="163">
-      <c r="A163" t="inlineStr">
+    <row r="184">
+      <c r="A184" t="inlineStr">
         <is>
           <t>3flex</t>
         </is>
       </c>
-      <c r="B163" t="inlineStr">
+      <c r="B184" t="inlineStr">
         <is>
           <t>3flex</t>
         </is>
       </c>
-      <c r="C163" t="inlineStr">
+      <c r="C184" t="inlineStr">
         <is>
           <t>3flex jest w pełni automatycznym analizatorem, jego 3 portowa budowa pozwala na wysokowydajne, długie analizy pola powierzchni, mezoporów i mikroporów, z najwyższą wydajnością rozdzielczością i redukcją danych. każda stacja analityczna jest upgradowalna z mezoporów do mikroporów wraz z swoim własnym przetwornikiem dla jednoczesnych analiz symultanicznych. wraz z wieloma zaawansowanymi cechami, aparat 3flex został zaprojektowany jako jedna całość, po to by poprawić jakość wyników.</t>
         </is>
       </c>
-      <c r="D163" t="inlineStr">
+      <c r="D184" t="inlineStr">
         <is>
           <t>Trzy konfigurowalne, wysokowydajne porty analityczne - dwa lub trzy porty do pomiaru mikroporów standardowe analizy mezoporowate, mikroporowate, jak i gotowość aparatu do analiz fizysorpcyjnych z możliwością użycia kryptonu jako gazu analitycznego dla materiałów małej powierzchni pneumatycznie sterowane, iglicowe zawory zapewniają ultraczystą pracę bez nacieków interaktywne oprogramowanie microactive do obróbki danych</t>
         </is>
       </c>
-      <c r="E163" t="inlineStr">
+      <c r="E184" t="inlineStr">
         <is>
           <t>Określanie powierzchni właściwej i porowatości</t>
         </is>
       </c>
-      <c r="F163" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G163" t="inlineStr">
+      <c r="F184" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G184" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zespołu. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń. przed rozpoczęciem badań wymagane jest podpisanie porozumienia, definiującego warunki udostępnienia. symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do karty czasu pracy aparatury naukowo-badawczej.</t>
         </is>
       </c>
-      <c r="H163" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I163" t="inlineStr">
+      <c r="H184" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I184" t="inlineStr">
         <is>
           <t>Katedra technologii paliw</t>
         </is>
       </c>
-      <c r="J163" t="inlineStr">
+      <c r="J184" t="inlineStr">
         <is>
           <t>Zespół procesów katalitycznych i adsorpcyjnych w energetyce i ochronie środowiska</t>
         </is>
       </c>
-      <c r="K163" t="inlineStr">
+      <c r="K184" t="inlineStr">
         <is>
           <t>Samojeden Bogdan</t>
         </is>
       </c>
-      <c r="L163" t="inlineStr">
+      <c r="L184" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/bogdan-samojeden-6090.html</t>
         </is>
       </c>
-      <c r="M163" t="inlineStr">
+      <c r="M184" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
         </is>
       </c>
-      <c r="N163" t="inlineStr">
+      <c r="N184" t="inlineStr">
         <is>
           <t>Bet, macropores, mesopores, micropores, porosity, texture</t>
         </is>
       </c>
     </row>
-    <row r="164">
-      <c r="A164" t="inlineStr">
+    <row r="185">
+      <c r="A185" t="inlineStr">
         <is>
           <t>Automatyczny bonder i szybki oscyloskop z analizą sygnałów cyfrowych</t>
         </is>
       </c>
-      <c r="B164" t="inlineStr">
+      <c r="B185" t="inlineStr">
         <is>
           <t>Doposażenie laboratorium mikroelektroniki i sensorów promieniowania</t>
         </is>
       </c>
-      <c r="C164" t="inlineStr">
+      <c r="C185" t="inlineStr">
         <is>
           <t xml:space="preserve">W katedrze oddziaływań i detekcji cząstek (koidc) wydziału fizyki i informatyki stosowanej (wfiis) akademii górniczo-hutniczej (agh) od prawie 20 lat projektuje i buduje systemy detekcji dla eksperymentów fizyki cząstek elementarnych. program badawczy koidc obejmuje zarówno projektowanie specjalizowanych wielokanałowych układów scalonych asic (application spesific integrated circuit) do przetwarzania sygnałów z detektorów, jak i budowę całych systemów detekcyjnych opartych na detektorach półprzewodnikowych lub gazowych. automatyczny bonder i szybki oscyloskop z analizą sygnałów cyfrowych są instrumentami krytycznymi i niezbędnymi dla naszej grupy do utrzymania wiodącej pozycji w prowadzonych badaniach i pozwolą na podniesienie poziomu prowadzonych obecnie badań naukowych, w ramach różnych projektów międzynarodowych oraz współpraca.  </t>
         </is>
       </c>
-      <c r="D164" t="inlineStr">
+      <c r="D185" t="inlineStr">
         <is>
           <t>Automatyczny bonder to uniwersalne urządzenie do automatycznego i półautomatycznego wykonywania połączeń mikroprzewodowych z możliwością szybkiej wymiany odpowiednich głowic.
 szybki oscyloskop umożliwia wykonywanie pomiarów na 2/4 kanałach sygnałów czasowych z częstotliwościa próbkowania 80gsps/40gsps, z pasmem przenoszenia do 13ghz. w każym kanale pamiętane jest 100mpts próbek. rozdzielczość czasowa urządzenia jest nie gorsza niż 1ps.</t>
         </is>
       </c>
-      <c r="E164" t="inlineStr">
+      <c r="E185" t="inlineStr">
         <is>
           <t>Automatyczny bonder to uniwersalne urządzenie do automatycznego i półautomatycznego wykonywania połączeń mikroprzewodowych z możliwością szybkiej wymiany odpowiednich głowic.
 szybki oscyloskop umożliwia wykonywanie pomiarów na 2/4 kanałach sygnałów czasowych z częstotliwościa próbkowania 80gsps/40gsps, z pasmem przenoszenia do 13ghz. w każym kanale pamiętane jest 100mpts próbek. rozdzielczość czasowa urządzenia jest nie gorsza niż 1ps.</t>
         </is>
       </c>
-      <c r="F164" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G164" t="inlineStr">
+      <c r="F185" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G185" t="inlineStr">
         <is>
           <t>Dla pracowników i doktorantów agh na zasadach zgodnych z regulaminem korzystania z infrastruktury badawczej agh</t>
         </is>
       </c>
-      <c r="H164" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I164" t="inlineStr">
+      <c r="H185" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I185" t="inlineStr">
         <is>
           <t>Katedra oddziaływań i detekcji cząstek</t>
         </is>
       </c>
-      <c r="J164" t="inlineStr">
+      <c r="J185" t="inlineStr">
         <is>
           <t>Katedra oddziaływań i detekcji cząstek</t>
         </is>
       </c>
-      <c r="K164" t="inlineStr">
+      <c r="K185" t="inlineStr">
         <is>
           <t>Idzik Marek</t>
         </is>
       </c>
-      <c r="L164" t="inlineStr">
+      <c r="L185" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-idzik-4197.html</t>
         </is>
       </c>
-      <c r="M164" t="inlineStr">
+      <c r="M185" t="inlineStr">
         <is>
           <t>(pob 8) przekraczanie granic: eksperymentalna fizyka wysokich energii ekstremalne stany materii, zaawansowane technologie w detekcji promieniowania, badania i zastosowania transdyscyplinarne</t>
         </is>
       </c>
-      <c r="N164" t="inlineStr">
+      <c r="N185" t="inlineStr">
         <is>
           <t>Detektory połprzewodnikowe, elekroniczne odczyty detektoru, elektronika front-end</t>
         </is>
       </c>
     </row>
-    <row r="165">
-      <c r="A165" t="inlineStr">
+    <row r="186">
+      <c r="A186" t="inlineStr">
         <is>
           <t>Stanowisko do wytwarzania i badań in situ nanostruktur sensorowych</t>
         </is>
       </c>
-      <c r="B165" t="inlineStr">
+      <c r="B186" t="inlineStr">
         <is>
           <t>Stanowisko do wytwarzania i badań in situ nanostruktur sensorowych</t>
         </is>
       </c>
-      <c r="C165" t="inlineStr">
+      <c r="C186" t="inlineStr">
         <is>
           <t>Technologiczno-pomiarowe stanowisko składające się z 5 niezależnych komór spełniających standardy ultra-wysokiej próżni (uhv) firmy prevac</t>
         </is>
       </c>
-      <c r="D165" t="inlineStr">
+      <c r="D186" t="inlineStr">
         <is>
           <t xml:space="preserve">Nanoszenie cienkich warstw metodą reaktywnego rozpylania magnetronowego </t>
         </is>
       </c>
-      <c r="E165" t="inlineStr">
+      <c r="E186" t="inlineStr">
         <is>
           <t xml:space="preserve">Pomiary in-situ metodą sondy kelvina i rezystancyjnej sondy czteropunktowej </t>
         </is>
       </c>
-      <c r="F165" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G165" t="inlineStr">
+      <c r="F186" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G186" t="inlineStr">
         <is>
           <t>Do uzgodnienia z kierownikiem laboratorium zlns</t>
         </is>
       </c>
-      <c r="H165" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I165" t="inlineStr">
+      <c r="H186" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I186" t="inlineStr">
         <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
-      <c r="J165" t="inlineStr">
+      <c r="J186" t="inlineStr">
         <is>
           <t>Zintegrowane laboratorium nanostruktur sensorowych, http://www.zlns.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K165" t="inlineStr">
+      <c r="K186" t="inlineStr">
         <is>
           <t>Zakrzewska Katarzyna</t>
         </is>
       </c>
-      <c r="L165" t="inlineStr">
+      <c r="L186" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-zakrzewska-3844.html</t>
         </is>
       </c>
-      <c r="M165" t="inlineStr">
+      <c r="M186" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N165" t="inlineStr">
+      <c r="N186" t="inlineStr">
         <is>
           <t>Cienkie warstwy, rezystancyjna sonda, rozpylanie magnetronowe, sonda kelvina</t>
         </is>
       </c>
     </row>
-    <row r="166">
-      <c r="A166" t="inlineStr">
+    <row r="187">
+      <c r="A187" t="inlineStr">
         <is>
           <t>Skaningowy mikroskop elektronowy, sem</t>
         </is>
       </c>
-      <c r="B166" t="inlineStr">
+      <c r="B187" t="inlineStr">
         <is>
           <t>Merlin gemini ii (zeiss)</t>
         </is>
       </c>
-      <c r="C166" t="inlineStr">
+      <c r="C187" t="inlineStr">
         <is>
           <t>Merlin z kolumną gemini ii i źródłem elektronów feg oferuje obrazowanie w wysokiej rozdzielczości przy użyciu zaawansowanych trybów detekcji, w tym inlens (se), inlens (esb), angle selective back-scattered detektor (asb), 3dsm i stem. ustawienia obrazowania optyki gemini ii, takie jak napięcie przyspieszające lub prąd wiązki, można płynnie regulować.  równoległa detekcja elektronów wtórnych (se) w osi soczewki obiektywowej oraz selektywne energetycznie rozproszenie wsteczne (esb) pozwala z łatwością zidentyfikować najmniejsze różnice w składzie chemicznym materiałów. mikroskop wyposażony jest w detektor edx z systemem mikroanalizy quantax 800 (bruker) oraz detektor ebsd z systemem mikroanalizy quantax crystalign 400 (bruker).</t>
         </is>
       </c>
-      <c r="D166" t="inlineStr">
+      <c r="D187" t="inlineStr">
         <is>
           <t>Inlens (se), inlens (esb), angle selective back-scattered detector (asb), 3dsm, stem, sem-edx, sem-ebsd</t>
         </is>
       </c>
-      <c r="E166" t="inlineStr">
+      <c r="E187" t="inlineStr">
         <is>
           <t>Badania składu chemicznego, wysoka rozdzielczość, pomiary orientacji w nanoskali</t>
         </is>
       </c>
-      <c r="F166" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G166" t="inlineStr">
+      <c r="F187" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G187" t="inlineStr">
         <is>
           <t>Na warunkach uzgodnionych z kierownikiem laboratorium - dr hab. inż. adam kruk, prof. agh</t>
         </is>
       </c>
-      <c r="H166" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I166" t="inlineStr">
+      <c r="H187" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I187" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J166" t="inlineStr">
+      <c r="J187" t="inlineStr">
         <is>
           <t>Katedra metaloznawstwa i metalurgii proszków.  pracownia: centrum mikroskopii elektronowej dla inzynierii materiałowej</t>
         </is>
       </c>
-      <c r="K166" t="inlineStr">
+      <c r="K187" t="inlineStr">
         <is>
           <t>Kruk Adam</t>
         </is>
       </c>
-      <c r="L166" t="inlineStr">
+      <c r="L187" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-kruk-1679.html</t>
         </is>
       </c>
-      <c r="M166" t="inlineStr">
+      <c r="M187" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N166" t="inlineStr">
+      <c r="N187" t="inlineStr">
         <is>
           <t>Sem-bse, sem-edx, sem-se</t>
         </is>
       </c>
     </row>
-    <row r="167">
-      <c r="A167" t="inlineStr">
+    <row r="188">
+      <c r="A188" t="inlineStr">
         <is>
           <t>Wysokorozdzielczy transmisyjny mikroskop elektronowy</t>
         </is>
       </c>
-      <c r="B167" t="inlineStr">
+      <c r="B188" t="inlineStr">
         <is>
           <t>Titan cubed 2 60-300 (fei)</t>
         </is>
       </c>
-      <c r="C167" t="inlineStr">
+      <c r="C188" t="inlineStr">
         <is>
           <t>Wysokorozdzielczy analityczny transmisyjny mikroskop elektronowy (zdolność rozdzielcza równa jest 70 pm) z unikalnym oprzyrządowaniem. jest on wyposażony w działo elektronowe x-feg z monochromatorem, korektor aberracji sferycznej układu kondensorów oraz najnowszy energodyspersyjny spektrometr promieniowania rentgenowskiego (x-feg). charakteryzuje się największym dostępnym zakresem napięć przyspieszających – od 60 do 300 kv. o jego unikalnych możliwościach naukowo-badawczych decydują, między innymi: najnowsze działo elektronowe x-feg o wysokiej jaskrawości i monochromator, nowy korektor aberracji sferycznej układu kondensorów, dcor (dodecapole probe corrector), najnowszy energodyspersyjny spektrometr promieniowania rentgenowskiego super-x (4 detektory sdd) umożliwiający badania składu chemicznego faz z rozdzielczością atomową (0,7ǻ) w oparciu o technologię chemistem, nowy filtr energii elektronów gif quantum 963, uchwyt z bi-pryzmatem, oprzyrządowanie i oprogramowanie do holografii elektronowej, dwupochyłowy uchwyt tomograficzny i oprogramowanie do tomografii elektronowej. mimo upływu bez mała dziesięciu lat od instalacji analitycznego transmisyjnego mikroskopu elektronowego (s)tem titan cubed g2 60-300, dzięki ciągłym aktualizacjom oprogramowania, utrzymaniu ciągłości serwisowania od początku eksploatacji, poziom zaawansowania technicznego a zatem możliwości badawcze są dalej na poziomie najlepszych współcześnie produkowanych zaawansowanych elektronowych mikroskopów transmisyjnych.</t>
         </is>
       </c>
-      <c r="D167" t="inlineStr">
+      <c r="D188" t="inlineStr">
         <is>
           <t>Tem, bf-tem, stem, haadf-stem, stem-edx, eels, tomografia elektronowa, holografia elektronowa tem, ef-tem</t>
         </is>
       </c>
-      <c r="E167" t="inlineStr">
+      <c r="E188" t="inlineStr">
         <is>
           <t>Badania składu chemicznego, wysoka rozdzielczość, pomiary w nanoskali</t>
         </is>
       </c>
-      <c r="F167" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G167" t="inlineStr">
+      <c r="F188" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G188" t="inlineStr">
         <is>
           <t>Na warunkach uzgodnionych z kierownikiem laboratorium - dr hab. inż. adam kruk, prof. agh</t>
         </is>
       </c>
-      <c r="H167" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I167" t="inlineStr">
+      <c r="H188" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I188" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J167" t="inlineStr">
+      <c r="J188" t="inlineStr">
         <is>
           <t>Katedra metaloznawstwa i metalurgii proszków. pracownia: centrum mikroskopii elektronowej dla inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K167" t="inlineStr">
+      <c r="K188" t="inlineStr">
         <is>
           <t>Kruk Adam</t>
         </is>
       </c>
-      <c r="L167" t="inlineStr">
+      <c r="L188" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-kruk-1679.html</t>
         </is>
       </c>
-      <c r="M167" t="inlineStr">
+      <c r="M188" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N167" t="inlineStr">
+      <c r="N188" t="inlineStr">
         <is>
           <t>Bf-tem, df-tem, eels, haadf-stem, holografia elektronowa tem, saed-tem, stem, stem-edx, tem, tomografia elektronowa</t>
         </is>
       </c>
     </row>
-    <row r="168">
-      <c r="A168" t="inlineStr">
+    <row r="189">
+      <c r="A189" t="inlineStr">
         <is>
           <t>Rezystograf do drewna</t>
         </is>
       </c>
-      <c r="B168" t="inlineStr">
+      <c r="B189" t="inlineStr">
         <is>
           <t>Resistograph 4453-s producenta rinntech</t>
         </is>
       </c>
-      <c r="C168" t="inlineStr">
+      <c r="C189" t="inlineStr">
         <is>
           <t xml:space="preserve">Badanie oporów skrawania wykonuje się przy pomocy elastycznego wiertła wykonanego z wolframu o średnicy 1,5 mm z górną krawędzią skrawająca o szerokości 3,0 mm, które wwiercane jest w badany element drewniany ze stałą prędkością obrotową oraz posuwem. moment obrotowy wymagany do utrzymania stałej prędkości obrotowej oraz posuwu odpowiada odporności drewna na skrawanie. jest on rejestrowany i wykreślany z wysoką rozdzielczością w odniesieniu do głębokości nawiertu. </t>
         </is>
       </c>
-      <c r="D168" t="inlineStr">
+      <c r="D189" t="inlineStr">
         <is>
           <t>Urządzenie umożliwa rejestracje zmian oporów skrawania. spadki na wykresach są powiązane z niższym oporem, a tym samym mniejszą gęstością (np. związanych z korozją biologiczną, pustkami, pęknięciami), które wymagają mniejszego momentu obrotowego do pokonania tej samej odległości przez wiertło. wysoka rozdzielczość rejestracji danych pozwala na obserwację zmiany gęstości również w obrębie jednego przyrostu rocznego</t>
         </is>
       </c>
-      <c r="E168" t="inlineStr">
+      <c r="E189" t="inlineStr">
         <is>
           <t xml:space="preserve">Prędkości posuwu wiertła wynosi 40 cm/min i rozdzielczości 1/100 mm (dedykowanego do badania drewna o średniej gęstości).  maksymalna długość pomiaru wynosi 44 cm. </t>
         </is>
       </c>
-      <c r="F168" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G168" t="inlineStr">
+      <c r="F189" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G189" t="inlineStr">
         <is>
           <t>Praca wyłącznie za pośrednictwem upoważnionego pracownika katedry geomechaniki, budownictwa i geotechniki. 
 zlecenie/umowa/inna forma współpracy po uzgodnieniu</t>
         </is>
       </c>
-      <c r="H168" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I168" t="inlineStr">
+      <c r="H189" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I189" t="inlineStr">
         <is>
           <t>Katedra geomechaniki, budownictwa i geotechniki</t>
         </is>
       </c>
-      <c r="J168" t="inlineStr">
+      <c r="J189" t="inlineStr">
         <is>
           <t>Laboratorium diagnostyki konstrukcji budowlanych</t>
         </is>
       </c>
-      <c r="K168" t="inlineStr">
+      <c r="K189" t="inlineStr">
         <is>
           <t>Jaskowska-Lemańska Justyna</t>
         </is>
       </c>
-      <c r="L168" t="inlineStr">
+      <c r="L189" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/justyna-jaskowska-lemanska-7911.html</t>
         </is>
       </c>
-      <c r="M168" t="inlineStr">
+      <c r="M189" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N168" t="inlineStr">
+      <c r="N189" t="inlineStr">
         <is>
           <t>Badania semi-niszczące, drewno, opór skrawania, sdt</t>
         </is>
       </c>
     </row>
-    <row r="169">
-      <c r="A169" t="inlineStr">
+    <row r="190">
+      <c r="A190" t="inlineStr">
         <is>
           <t>Laserowy analizator stężenia atmosferycznego co2, ch4, co i h2o</t>
         </is>
       </c>
-      <c r="B169" t="inlineStr">
+      <c r="B190" t="inlineStr">
         <is>
           <t>Picarro g-2401</t>
         </is>
       </c>
-      <c r="C169" t="inlineStr">
+      <c r="C190" t="inlineStr">
         <is>
           <t>Urządzenie jest dedykowane do precyzyjnych ciągłych pomiarów stężeń atmosferycznych co2, ch4, co i h2o na stacji pomiarowej na kasprowym wierchu.</t>
         </is>
       </c>
-      <c r="D169" t="inlineStr">
+      <c r="D190" t="inlineStr">
         <is>
           <t>Urządzenie jest dedykowane do precyzyjnych ciągłych pomiarów stężeń atmosferycznych co2, ch4, co i h2o na stacji pomiarowej na kasprowym wierchu.</t>
         </is>
       </c>
-      <c r="E169" t="inlineStr">
+      <c r="E190" t="inlineStr">
         <is>
           <t>Precyzyjne pomiary poziomów atmosferycznych stężeń co2, ch4, co i h2o</t>
         </is>
       </c>
-      <c r="F169" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G169" t="inlineStr">
+      <c r="F190" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G190" t="inlineStr">
         <is>
           <t>Analizator dedykowany jest do prowadzenia ciągłych pomiarów stężenia co2, co i ch4 w powietrzu atmosferycznym w miejscu jego instalacji (kasprowy wierch). możliwe jest sporadyczne wykonywanie pomiarów stężenia w/w gazów w próbkach powietrza dostarczonych do laboratorium przez osoby przeszkolone w obsłudze. terminy udostępnienia uzależnione są od programu pomiarowego i muszą być uzgodnione z wyprzedzeniem.</t>
         </is>
       </c>
-      <c r="H169" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I169" t="inlineStr">
+      <c r="H190" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I190" t="inlineStr">
         <is>
           <t>Katedra zastosowań fizyki jądrowej</t>
         </is>
       </c>
-      <c r="J169" t="inlineStr">
+      <c r="J190" t="inlineStr">
         <is>
           <t>Zespół fizyki środowiska</t>
         </is>
       </c>
-      <c r="K169" t="inlineStr">
+      <c r="K190" t="inlineStr">
         <is>
           <t>Zimnoch Mirosław</t>
         </is>
       </c>
-      <c r="L169" t="inlineStr">
+      <c r="L190" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/miroslaw-zimnoch-4207.html</t>
         </is>
       </c>
-      <c r="M169" t="inlineStr">
+      <c r="M190" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N169" t="inlineStr">
+      <c r="N190" t="inlineStr">
         <is>
           <t>Ch4, co, co2, gazy cieplarniane, h2o</t>
         </is>
       </c>
     </row>
-    <row r="170">
-      <c r="A170" t="inlineStr">
+    <row r="191">
+      <c r="A191" t="inlineStr">
         <is>
           <t>Laserowy analizator stężenia atmosferycznego co2, ch4 i h2o</t>
         </is>
       </c>
-      <c r="B170" t="inlineStr">
+      <c r="B191" t="inlineStr">
         <is>
           <t>Picarro g-2311-f</t>
         </is>
       </c>
-      <c r="C170" t="inlineStr">
+      <c r="C191" t="inlineStr">
         <is>
           <t>Urządzenie jest dedykowane do precyzyjnych ciągłych pomiarów stężeń atmosferycznych co2, ch4 i h2o.</t>
         </is>
       </c>
-      <c r="D170" t="inlineStr">
+      <c r="D191" t="inlineStr">
         <is>
           <t>Urządzenie jest dedykowane do precyzyjnych ciągłych pomiarów stężeń atmosferycznych co2, ch4 i h2o.</t>
         </is>
       </c>
-      <c r="E170" t="inlineStr">
+      <c r="E191" t="inlineStr">
         <is>
           <t>Precyzyjne pomiary poziomów atmosferycznych stężeń co2, ch4 i h2o</t>
         </is>
       </c>
-      <c r="F170" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G170" t="inlineStr">
+      <c r="F191" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G191" t="inlineStr">
         <is>
           <t>Analizator dedykowany jest do ciągłych pomiarów stężenia co2 i ch4 w powietrzu atmosferycznym w miejscu jego instalacji. możliwe jest okresowe wykonywanie pomiarów stężenia w/w gazów w próbkach powietrza dostarczonych do laboratorium przez osoby przeszkolone w obsłudze, lub wykonywanie krótkich kampanii pomiarowych (max 2-3 dni) w terenie pod nadzorem przez osoby przeszkolone. terminy udostępnienia uzależnione są od programu pomiarowego i muszą być uzgodnione z wyprzedzeniem.</t>
         </is>
       </c>
-      <c r="H170" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I170" t="inlineStr">
+      <c r="H191" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I191" t="inlineStr">
         <is>
           <t>Katedra zastosowań fizyki jądrowej</t>
         </is>
       </c>
-      <c r="J170" t="inlineStr">
+      <c r="J191" t="inlineStr">
         <is>
           <t>Zespół fizyki środowiska</t>
         </is>
       </c>
-      <c r="K170" t="inlineStr">
+      <c r="K191" t="inlineStr">
         <is>
           <t>Zimnoch Mirosław</t>
         </is>
       </c>
-      <c r="L170" t="inlineStr">
+      <c r="L191" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/miroslaw-zimnoch-4207.html</t>
         </is>
       </c>
-      <c r="M170" t="inlineStr">
+      <c r="M191" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N170" t="inlineStr">
+      <c r="N191" t="inlineStr">
         <is>
           <t>Ch4, co2, gazy cieplarniane, h2o</t>
         </is>
       </c>
     </row>
-    <row r="171">
-      <c r="A171" t="inlineStr">
+    <row r="192">
+      <c r="A192" t="inlineStr">
         <is>
           <t>Chłodziarka helowa do pomiarów moessbauerowskich w temperaturach 4 – 500 k</t>
         </is>
       </c>
-      <c r="B171" t="inlineStr">
+      <c r="B192" t="inlineStr">
         <is>
           <t>Chłodziarka helowa do badań moessbauerowskich</t>
         </is>
       </c>
-      <c r="C171" t="inlineStr">
+      <c r="C192" t="inlineStr">
         <is>
           <t>Chłodziarka helowa, pracująca w cyklu gifforda-macmahona, umożliwia pomiary metodą spektroskopii moessbauera dla próbek proszkowych i cienkowarstwowych materiałów zawierających pierwiastki moessbauerowskie (fe, sn, eu ...) przy temperaturach od 4 k do 500 k.</t>
         </is>
       </c>
-      <c r="D171" t="inlineStr">
+      <c r="D192" t="inlineStr">
         <is>
           <t>Lokalne właściwości magnetyczne i elektronowe materiałów - fizyka, chemia, inżynieria materiałowa, biomedycyna</t>
         </is>
       </c>
-      <c r="E171" t="inlineStr">
+      <c r="E192" t="inlineStr">
         <is>
           <t>Parametry nadsubtelne (pole magnetyczne, przesunięcie izomeryczne i rozszczepienie kwadrupowe) dla temperatur 4 k - 500 k</t>
         </is>
       </c>
-      <c r="F171" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G171" t="inlineStr">
+      <c r="F192" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G192" t="inlineStr">
         <is>
           <t>Będzie udostępniana do prowadzenia badań, dla wspólnych publikacji i we wspólnych projektach, pracownikom i doktorantom z innych zespołów/katedr agh oraz z innych instytucji, które wyraziły/wyrażą pisemnie swoje zainteresowanie takimi możliwościami pomiarowymi.</t>
         </is>
       </c>
-      <c r="H171" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I171" t="inlineStr">
+      <c r="H192" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I192" t="inlineStr">
         <is>
           <t>Katedra fizyki ciała stałego</t>
         </is>
       </c>
-      <c r="J171" t="inlineStr">
+      <c r="J192" t="inlineStr">
         <is>
           <t>Zespół materiałów magnetycznych litych i nanomateriałów</t>
         </is>
       </c>
-      <c r="K171" t="inlineStr">
+      <c r="K192" t="inlineStr">
         <is>
           <t>Kapusta Czesław</t>
         </is>
       </c>
-      <c r="L171" t="inlineStr">
+      <c r="L192" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/czeslaw-kapusta-1324.html</t>
         </is>
       </c>
-      <c r="M171" t="inlineStr">
+      <c r="M192" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N171" t="inlineStr">
+      <c r="N192" t="inlineStr">
         <is>
           <t>Spektroskopia moessbauera</t>
         </is>
       </c>
     </row>
-    <row r="172">
-      <c r="A172" t="inlineStr">
+    <row r="193">
+      <c r="A193" t="inlineStr">
         <is>
           <t>Oscyloskop 8 kanałowy 2,5 ghz</t>
         </is>
       </c>
-      <c r="B172" t="inlineStr">
+      <c r="B193" t="inlineStr">
         <is>
           <t>Tektronix mso68b 6-bw-2500 oscyloskop</t>
         </is>
       </c>
-      <c r="C172" t="inlineStr">
+      <c r="C193" t="inlineStr">
         <is>
           <t>- 8 kanałów analogowych, szerokość pasma w każdym z kanałów: 2,5 ghz - natywna rozdzielczość przetwornika w pracy real-time: 12 bitów - rozdzielczość przetwornika min. 12 bitów przy włączonych min. 4 kanałach pomiarowych i paśmie pracy 2,5 ghz - rozdzielczość przetwornika min. 12 bitów przy włączonych wszystkich kanałach pomiarowych i paśmie pracy 2 ghz - częstotliwość próbkowania 50 gs/s przy włączonych 2 kanałach analogowych i 8 bitowym przetwarzaniu - częstotliwość próbkowania 12,5 gs/s przy włączonych wszystkich kanałach analogowych i 8 bitowym przetwarzaniu - długość rekordu pamięci w każdym kanale przy pracy równoczesnej wszystkich kanałów: 62,5m punktów z (w każdym kanale) - dostępna szybkość przechwytywania przebiegów 500 000 przebiegów/s - analiza widma z niezależnymi nastawami w dziedzinie częstotliwości i czasu, umożliwiająca jednoczesne wyświetlenie analizy w dziedzinie czasu i częstotliwości dla wszystkich kanałów analogowych z zachowaną korelacją czasową - wbudowane interfejsy komunikacyjne przynajmniej 3x usb 3.0 host, usb 3.0 device, lan (10/100/1000 base-t ethernet; zgodny z lxi), display port, dvi-i, vga - przekątna ekranu: 15,6" - rozdzielczość ekranu: full hd (1920 x 1080)</t>
         </is>
       </c>
-      <c r="D172" t="inlineStr">
+      <c r="D193" t="inlineStr">
         <is>
           <t>Pomiary, analiza, obrazowanie sygnałów elektrycznych.</t>
         </is>
       </c>
-      <c r="E172" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G172" t="inlineStr">
+      <c r="E193" t="inlineStr"/>
+      <c r="F193" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G193" t="inlineStr">
         <is>
           <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
         </is>
       </c>
-      <c r="H172" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I172" t="inlineStr">
+      <c r="H193" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I193" t="inlineStr">
         <is>
           <t>Katedra energoelektroniki i automatyki systemów przetwarzania energii</t>
         </is>
       </c>
-      <c r="J172" t="inlineStr">
+      <c r="J193" t="inlineStr">
         <is>
           <t>Ilb interdyscyplinarne laboratorium badawcze</t>
         </is>
       </c>
-      <c r="K172" t="inlineStr">
+      <c r="K193" t="inlineStr">
         <is>
           <t>Penczek Adam</t>
         </is>
       </c>
-      <c r="L172" t="inlineStr">
+      <c r="L193" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
         </is>
       </c>
-      <c r="M172" t="inlineStr">
+      <c r="M193" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N172" t="inlineStr">
+      <c r="N193" t="inlineStr">
         <is>
           <t>Analiza fft, częstotliwość próbkowania, oscyloskop cyfrowy, pasmo analogowe</t>
         </is>
       </c>
     </row>
-    <row r="173">
-      <c r="A173" t="inlineStr">
+    <row r="194">
+      <c r="A194" t="inlineStr">
         <is>
           <t>System szybkiego prototypowania sterowania</t>
         </is>
       </c>
-      <c r="B173" t="inlineStr">
+      <c r="B194" t="inlineStr">
         <is>
           <t>System szybkiego prototypowania sterowania  b-box 3.0</t>
         </is>
       </c>
-      <c r="C173" t="inlineStr">
+      <c r="C194" t="inlineStr">
         <is>
           <t>Kontroler do szybkiego prototypowania dsp+fpga dla energoelektroniki
 system on chip:        xilinx zynq xc7z030-3fbg676e  dsp / processing: 2x arm cortex a9 1ghz 1gb ddr3 fpga:            xilinx kintex 7 125k (programowalny przez użytkownika); xilinx artix 7 35t (pomocniczy) wejścia analogowe:        16x 16 bitów @ 500ksps, próbkowanie symultaniczne, programowalny front-end full-differential wyjścia pwm:        16x optyczne; 32x elektryczne (3.3v) high-speed i/os użytkownika:    36x elektryczne (3.3v) wyjścia cyfrowe:    16x elektryczne (3.3v/5.0v) wejścia cyfrowe:        16x elektryczne (3.3v/5.0v)     wejścia błędów:        16x elektryczne (3,3v); 1x blokada elektryczna; 1x blokada optyczna.     wejścia dekodera przyrostowego:    4x 3-pinowe (a,b,z) (współdzielone z wejściami gpi)     komunikacja:        1x can; 1x ethernet 1 gbps; 3x sfp+ 5gbps (realsync)</t>
         </is>
       </c>
-      <c r="D173" t="inlineStr">
+      <c r="D194" t="inlineStr">
         <is>
           <t>B-box jest systemem szybkiego prototypowania sterowania (rcp) dla aplikacji energoelektronicznych. ułatwia on eksperymentalną walidację sterowania przekształtników mocy.
 system jest w pełni programowalny, w tym zarówno jego procesor dsp, jak i fpga, dzięki czemu nawet najbardziej zaawansowane algorytmy sterowania mogą być skutecznie testowane w środowisku laboratoryjnym. sterownik rcp wspiera również monitorowanie i debugowanie w czasie rzeczywistym.</t>
         </is>
       </c>
-      <c r="E173" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G173" t="inlineStr">
+      <c r="E194" t="inlineStr"/>
+      <c r="F194" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G194" t="inlineStr">
         <is>
           <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
         </is>
       </c>
-      <c r="H173" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I173" t="inlineStr">
+      <c r="H194" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I194" t="inlineStr">
         <is>
           <t>Katedra energoelektroniki i automatyki systemów przetwarzania energii</t>
         </is>
       </c>
-      <c r="J173" t="inlineStr">
+      <c r="J194" t="inlineStr">
         <is>
           <t>Ilb interdyscyplinarne laboratorium badawcze</t>
         </is>
       </c>
-      <c r="K173" t="inlineStr">
+      <c r="K194" t="inlineStr">
         <is>
           <t>Penczek Adam</t>
         </is>
       </c>
-      <c r="L173" t="inlineStr">
+      <c r="L194" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
         </is>
       </c>
-      <c r="M173" t="inlineStr">
+      <c r="M194" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N173" t="inlineStr">
+      <c r="N194" t="inlineStr">
         <is>
           <t>Matlab, systemszybkiegoprototypowania</t>
         </is>
       </c>
     </row>
-    <row r="174">
-      <c r="A174" t="inlineStr">
+    <row r="195">
+      <c r="A195" t="inlineStr">
         <is>
           <t>System do trawienia i nanoszenia warstw z wyposażeniem</t>
         </is>
       </c>
-      <c r="B174" t="inlineStr">
+      <c r="B195" t="inlineStr">
         <is>
           <t>System do trawienia i nanoszenia warstw z wyposażeniem</t>
         </is>
       </c>
-      <c r="C174" t="inlineStr">
+      <c r="C195" t="inlineStr">
         <is>
           <t>Komora próżniowa z magnetronami dc i rf oraz źródłem jonów kdc40</t>
         </is>
       </c>
-      <c r="D174" t="inlineStr">
+      <c r="D195" t="inlineStr">
         <is>
           <t>Nanoszenie cienkich warstw metalicznych i dielektrycznych. trawienie jonowe warstw metalicznych i dielektrycznych</t>
         </is>
       </c>
-      <c r="E174" t="inlineStr">
+      <c r="E195" t="inlineStr">
         <is>
           <t>Brak</t>
         </is>
       </c>
-      <c r="F174" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G174" t="inlineStr">
+      <c r="F195" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G195" t="inlineStr">
         <is>
           <t>Ustalane indywidualnie</t>
         </is>
       </c>
-      <c r="H174" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I174" t="inlineStr">
+      <c r="H195" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I195" t="inlineStr">
         <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
-      <c r="J174" t="inlineStr">
+      <c r="J195" t="inlineStr">
         <is>
           <t>Laboratorium z-11/piotr wiśniowski pwis@agh.edu.pl; bartłomiej szafraniak szafrani@agh.edu.pl, łukasz fuśnik lfusnik@agh.edu.pl</t>
         </is>
       </c>
-      <c r="K174" t="inlineStr">
+      <c r="K195" t="inlineStr">
         <is>
           <t>Wiśniowski Piotr</t>
         </is>
       </c>
-      <c r="L174" t="inlineStr">
+      <c r="L195" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/piotr-wisniowski-6550.html</t>
         </is>
       </c>
-      <c r="M174" t="inlineStr">
+      <c r="M195" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N174" t="inlineStr">
+      <c r="N195" t="inlineStr">
         <is>
           <t>Nanoszenie cienkich warstw, trawienie cienkich warstw</t>
         </is>
       </c>
     </row>
-    <row r="175">
-      <c r="A175" t="inlineStr">
+    <row r="196">
+      <c r="A196" t="inlineStr">
         <is>
           <t>Autochem</t>
         </is>
       </c>
-      <c r="B175" t="inlineStr">
+      <c r="B196" t="inlineStr">
         <is>
           <t>Autochem iii 2930</t>
         </is>
       </c>
-      <c r="C175" t="inlineStr">
+      <c r="C196" t="inlineStr">
         <is>
           <t>Dynamiczne pomiary chemisorpcji i reakcji programowanych temperaturowo wykonywane przez autochem iii dostarczają metryki wydajności, które są krytyczne dla rozwoju nowych materiałów katalitycznych, które będą napędzać technologie wychwytywania i utylizacji dwutlenku węgla, gospodarki wodorowej i innych technologii. autochem iii umożliwia prowadzenie tych prac.</t>
         </is>
       </c>
-      <c r="D175" t="inlineStr">
+      <c r="D196" t="inlineStr">
         <is>
           <t>Chemisorpcja impulsowa techniki termoprogramowane: tpr, tpo, tpd, tpsr chemisorpcja (centra aktywne silnej mocy): powierzchnia metalu reaktywnego, dyspersja, wielkość krystalitów stężenie powierzchniowe centra aktywnego temperatury redukcji, utleniania rozkład centrów kwasowych lewis/brønsted pomiar krzywej przebicia energia aktywacji</t>
         </is>
       </c>
-      <c r="E175" t="inlineStr">
+      <c r="E196" t="inlineStr">
         <is>
           <t>Temperatura otoczenia do 1200°c szybkość narastania temperatury -100°c do 800°c: do 100°c/min 800°c do 1000°c: do 50°c/min 1000°c do 1200°c: do 25°c/min gazy przygotowawcze 6 wlotów: h2, o2, he, ar, h2/ar i inne gazy nośne 6 wlotów: he, ar, h2/ar, i inne gazy analityczne (pętla) he, h2, co, o2, n2o, nh3/he, i inne</t>
         </is>
       </c>
-      <c r="F175" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G175" t="inlineStr">
+      <c r="F196" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G196" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zespołu. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń. przed rozpoczęciem badań wymagane jest podpisanie porozumienia, definiującego warunki udostępnienia. symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do karty czasu pracy aparatury naukowo-badawczej.</t>
         </is>
       </c>
-      <c r="H175" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I175" t="inlineStr">
+      <c r="H196" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I196" t="inlineStr">
         <is>
           <t>Katedra technologii paliw</t>
         </is>
       </c>
-      <c r="J175" t="inlineStr">
+      <c r="J196" t="inlineStr">
         <is>
           <t>Zespół procesów katalitycznych i adsorpcyjnych w energetyce i ochronie środowiska</t>
         </is>
       </c>
-      <c r="K175" t="inlineStr">
+      <c r="K196" t="inlineStr">
         <is>
           <t>Samojeden Bogdan</t>
         </is>
       </c>
-      <c r="L175" t="inlineStr">
+      <c r="L196" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/bogdan-samojeden-6090.html</t>
         </is>
       </c>
-      <c r="M175" t="inlineStr">
+      <c r="M196" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
         </is>
       </c>
-      <c r="N175" t="inlineStr">
+      <c r="N196" t="inlineStr">
         <is>
           <t>Catalysis, catalysts, tpad, tpd, tpo, tpr</t>
         </is>
       </c>
     </row>
-    <row r="176">
-      <c r="A176" t="inlineStr">
+    <row r="197">
+      <c r="A197" t="inlineStr">
         <is>
           <t>Konfokalny mikroskop ramana</t>
         </is>
       </c>
-      <c r="B176" t="inlineStr">
+      <c r="B197" t="inlineStr">
         <is>
           <t>Konfokalny mikroskop ramana alpha300 r witec</t>
         </is>
       </c>
-      <c r="C176" t="inlineStr">
+      <c r="C197" t="inlineStr">
         <is>
           <t>Konfokalny mikroskop ramana alpha300 r wyposażony jest w źródło laserowe o długości fali 532 nm i mocy maksymalnej 30 mw. optyka mikroskopu obejmuje cztery obiektywy o powiększeniach: 100x, 50x, 10x oraz 63x, przy czym ostatni, immersyjny, pozwala na wykonywanie pomiarów w cieczy i tym samym poprawę sygnału wynikającą z większej możliwej do wykorzystania mocy lasera. układ zawiera detektor ccd i umożliwia rejestrację widm ramana dla zakresu liczby falowej 90-4000 cm-1 z rozdzielczością przestrzenną &lt;1 mum2.</t>
         </is>
       </c>
-      <c r="D176" t="inlineStr">
+      <c r="D197" t="inlineStr">
         <is>
           <t>Typowe zastosowania układu obejmują dwu- i trójwymiarowe obrazowanie rozkładów biomolekuł oraz ich zmian strukturalnych w pojedynczych komórkach i fragmentach tkanki, identyfikację mikroplastików, analizę pyłów powietrza i innych próbek środowiskowych.</t>
         </is>
       </c>
-      <c r="E176" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G176" t="inlineStr">
+      <c r="E197" t="inlineStr"/>
+      <c r="F197" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G197" t="inlineStr">
         <is>
           <t>Zgodnie z aktualnym regulaminem korzystania z infrastruktury badawczej w agh. mikroskop alpha300 r stanowi urządzenie specjalistyczne, które może być wykorzystywane wyłącznie przez, wymienione z nazwiska w karcie pracy infrastruktury badawczej osoby, po specjalistycznym przeszkoleniu. będą one pełnoprawnymi członkami zespołu badawczego publikującego wyniki wspólnych prac naukowych. udostępnianie aparatury podmiotom trzecim może być odpłatne, a koszt ustalany każdorazowo indywidualnie.</t>
         </is>
       </c>
-      <c r="H176" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I176" t="inlineStr">
+      <c r="H197" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I197" t="inlineStr">
         <is>
           <t>Katedra fizyki medycznej i biofizyki</t>
         </is>
       </c>
-      <c r="J176" t="inlineStr">
+      <c r="J197" t="inlineStr">
         <is>
           <t>Zespół biospektroskopii atomowej i molekularnej</t>
         </is>
       </c>
-      <c r="K176" t="inlineStr">
+      <c r="K197" t="inlineStr">
         <is>
           <t>Chwiej Joanna</t>
         </is>
       </c>
-      <c r="L176" t="inlineStr">
+      <c r="L197" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/joanna-chwiej-6574.html</t>
         </is>
       </c>
-      <c r="M176" t="inlineStr">
+      <c r="M197" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N176" t="inlineStr">
+      <c r="N197" t="inlineStr">
         <is>
           <t>Mikroskop ramanowski</t>
         </is>
       </c>
     </row>
-    <row r="177">
-      <c r="A177" t="inlineStr">
+    <row r="198">
+      <c r="A198" t="inlineStr">
         <is>
           <t>Drukarka 3d metodą spiekania laserowego</t>
         </is>
       </c>
-      <c r="B177" t="inlineStr">
+      <c r="B198" t="inlineStr">
         <is>
           <t>Eos formiga p100</t>
         </is>
       </c>
-      <c r="C177" t="inlineStr">
+      <c r="C198" t="inlineStr">
         <is>
           <t>Drukarka 3d wtwarzająca elementy metodą selektywnego spiekania proszków tworzyw sztucznych w ochronnej atmosferze azotu z wykorzystaniem lasera co2</t>
         </is>
       </c>
-      <c r="D177" t="inlineStr">
+      <c r="D198" t="inlineStr">
         <is>
           <t>Testowanie nowych materiałów kompozytowych</t>
         </is>
       </c>
-      <c r="E177" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G177" t="inlineStr">
+      <c r="E198" t="inlineStr"/>
+      <c r="F198" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G198" t="inlineStr">
         <is>
           <t>Po uzgodnieniu z kierownictwem katedry</t>
         </is>
       </c>
-      <c r="H177" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I177" t="inlineStr">
+      <c r="H198" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I198" t="inlineStr">
         <is>
           <t>Katedra systemów wytwarzania</t>
         </is>
       </c>
-      <c r="J177" t="inlineStr"/>
-      <c r="K177" t="inlineStr">
+      <c r="J198" t="inlineStr"/>
+      <c r="K198" t="inlineStr">
         <is>
           <t>Dudek Piotr</t>
         </is>
       </c>
-      <c r="L177" t="inlineStr">
+      <c r="L198" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/piotr-dudek-7628.html</t>
         </is>
       </c>
-      <c r="M177" t="inlineStr">
+      <c r="M198" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
         </is>
       </c>
-      <c r="N177" t="inlineStr">
+      <c r="N198" t="inlineStr">
         <is>
           <t>3d printer, pbf-l, sls</t>
         </is>
       </c>
     </row>
-    <row r="178">
-      <c r="A178" t="inlineStr">
+    <row r="199">
+      <c r="A199" t="inlineStr">
         <is>
           <t>Wysokorozdzielczy mikroskop moke</t>
         </is>
       </c>
-      <c r="B178" t="inlineStr">
+      <c r="B199" t="inlineStr">
         <is>
           <t>Wysokorozdzielczy mikroskop moke</t>
         </is>
       </c>
-      <c r="C178" t="inlineStr">
+      <c r="C199" t="inlineStr">
         <is>
           <t>Wysokorozdzielczy mikroskop moke umożliwia obserwację domen magnetycznych o rozmiarach od ~ mm (co umożliwia obrazowanie całej próbki i przegląd jej makroskopowych właściwości) do ~ 300 nm w przypadku maksymalnej rozdzielczości. możliwe jest obrazowanie właściwości magnetycznych bardzo małych domen magnetycznych, układów mezoskopowych a nawet skyrmionów. olbrzymim atutem takiego mikroskopu jest fakt, że obrazowanie odbywa się praktycznie w czasie rzeczywistym w szerokim zakresie temperatur (4, 873 k) oraz w wysokich pola magnetycznych (rzędu 1t). mikroskop umożliwia dokumentację struktury domenowej w cienkich warstwach ferromagnetycznych i antyferromagnetycznych w zakresie temperatur obejmującym temperatury curie i neela większości materiałów na bazie metali 3d (fe,co.ni) i ich tlenków (feo, coo, nio). ponadto możliwe jest śledzenie ewolucji struktury domenowej w układach na podłożach piezoelektrycznych oraz obrazowanie magnetyczne topologicznie chronionych struktur tzw. skyrmionów.</t>
         </is>
       </c>
-      <c r="D178" t="inlineStr">
+      <c r="D199" t="inlineStr">
         <is>
           <t xml:space="preserve">Wysokorozdzielczy mikroskop moke umożliwia obserwację domen magnetycznych o rozmiarach od ~ mm (co umożliwia obrazowanie całej próbki i przegląd jej makroskopowych właściwości) do ~ 300 nm w przypadku maksymalnej rozdzielczości. możliwe jest obrazowanie właściwości magnetycznych bardzo małych domen magnetycznych, układów mezoskopowych a nawet skyrmionów. </t>
         </is>
       </c>
-      <c r="E178" t="inlineStr">
+      <c r="E199" t="inlineStr">
         <is>
           <t xml:space="preserve">Wysokorozdzielczy mikroskop moke umożliwia obserwację domen magnetycznych o rozmiarach od ~ mm (co umożliwia obrazowanie całej próbki i przegląd jej makroskopowych właściwości) do ~ 300 nm w przypadku maksymalnej rozdzielczości. możliwe jest obrazowanie właściwości magnetycznych bardzo małych domen magnetycznych, układów mezoskopowych a nawet skyrmionów. </t>
         </is>
       </c>
-      <c r="F178" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G178" t="inlineStr">
+      <c r="F199" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G199" t="inlineStr">
         <is>
           <t>Dla  użytkowników  z agh oferujemy nieodpłatny dostęp do mikroskopu po wcześniejszym ustaleniu z opiekunem mikroskopu skali czasowej oraz zakresu merytorycznego planowanych pomiarów. obsługa mikroskopu możliwa jest jedynie przez osobę przeszkoloną zaznajomioną z jego specyfiką. dla potencjalnych zainteresowanych wykonaniem pomiarów z użyciem mikroskopu z poza uczelni proponujemy wykonanie pomiarów oraz opracowanie uzyskanych danych w ramach zlecenia na wykonanie usługi.</t>
         </is>
       </c>
-      <c r="H178" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I178" t="inlineStr">
+      <c r="H199" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I199" t="inlineStr">
         <is>
           <t>Katedra fizyki ciała stałego</t>
         </is>
       </c>
-      <c r="J178" t="inlineStr">
+      <c r="J199" t="inlineStr">
         <is>
           <t>Zespół nanostruktur powierzchniowych</t>
         </is>
       </c>
-      <c r="K178" t="inlineStr">
+      <c r="K199" t="inlineStr">
         <is>
           <t>Ślęzak Tomasz</t>
         </is>
       </c>
-      <c r="L178" t="inlineStr">
+      <c r="L199" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-slezak-5532.html</t>
         </is>
       </c>
-      <c r="M178" t="inlineStr">
+      <c r="M199" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N178" t="inlineStr">
+      <c r="N199" t="inlineStr">
         <is>
           <t>Cienkie filmy, thin films characterization</t>
         </is>
       </c>
     </row>
-    <row r="179">
-      <c r="A179" t="inlineStr">
+    <row r="200">
+      <c r="A200" t="inlineStr">
         <is>
           <t>Skanujący wibrometr laserowy (sldv)</t>
         </is>
       </c>
-      <c r="B179" t="inlineStr">
+      <c r="B200" t="inlineStr">
         <is>
           <t>Skanujący wibrometr laserowy polytec psv 500 xtra</t>
         </is>
       </c>
-      <c r="C179" t="inlineStr">
+      <c r="C200" t="inlineStr">
         <is>
           <t xml:space="preserve">Uniwersalne narzędzie umożliwiające analizę i wizualizację drgań strukturalnych w szerokim paśmie częstotliwości (od 0 do 25 mhz) oraz bardzo wysokiej dokładności (&lt;1𝑝𝑚/√𝐻𝑧 lub &lt;0.1 μm/s/√𝐻𝑧). zastosowanie światła laserowego w zakresie bliskiej podczerwieni (~1550 nm) nie  wymaga stosowania pokryć refleksyjnych badanych powierzchni (w odróżnieniu od starszych urządzeń tego typu). pomiary drgań w pełnym polu – skanowanie według zadanej siatki punktów pomiarowych. maoduł skanowania geometrii umożliwia wyznaczenie geometrii skanowanego obiektu.  oprogramowanie umożliwia szczegółowe analizy danych drganiowych, tworzenie wykresów, animacji na dwu lub trójwymiarowych kolorowych mapach, oraz eksport danych do różnych formatów.
  </t>
         </is>
       </c>
-      <c r="D179" t="inlineStr">
+      <c r="D200" t="inlineStr">
         <is>
           <t>Główne zastosowania laserowego wibrometru skanującego to rozwiązywanie problemów związanych drganiami i hałasem (nvh), diagnostyką konstrukcji w tym w badaniach nieniszczących (ndt) i monitorowaniu stanu technicznego konstrukcji (shm) a także w zadaniach walidacji modeli numerycznych (v&amp;v;).</t>
         </is>
       </c>
-      <c r="E179" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G179" t="inlineStr">
+      <c r="E200" t="inlineStr"/>
+      <c r="F200" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G200" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań.  w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H179" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I179" t="inlineStr">
+      <c r="H200" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I200" t="inlineStr">
         <is>
           <t>Katedra robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="J179" t="inlineStr">
+      <c r="J200" t="inlineStr">
         <is>
           <t>Grupa wibrometrii laserowej</t>
         </is>
       </c>
-      <c r="K179" t="inlineStr">
+      <c r="K200" t="inlineStr">
         <is>
           <t>Pieczonka Łukasz</t>
         </is>
       </c>
-      <c r="L179" t="inlineStr">
+      <c r="L200" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-pieczonka-6742.html</t>
         </is>
       </c>
-      <c r="M179" t="inlineStr">
+      <c r="M200" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N179" t="inlineStr">
+      <c r="N200" t="inlineStr">
         <is>
           <t>Analiza modalna, laser vibrometer, modal analysis, pomiar drgań, vibration measurement, wibrometr laserowy</t>
         </is>
       </c>
     </row>
-    <row r="180">
-      <c r="A180" t="inlineStr">
+    <row r="201">
+      <c r="A201" t="inlineStr">
         <is>
           <t>Konfokalny mikrospektrometr ramana thermo scientific dxr3</t>
         </is>
       </c>
-      <c r="B180" t="inlineStr">
+      <c r="B201" t="inlineStr">
         <is>
           <t>Konfokalny mikrospektrometr ramana thermo scientific dxr3</t>
         </is>
       </c>
-      <c r="C180" t="inlineStr">
+      <c r="C201" t="inlineStr">
         <is>
           <t>Konfokalny mikrospektrometr ramana thermo scientific dxr3 wyposażony w laser 532 nm o mocy 10 mw oraz zestaw obiektywów o powiększeniach 10 – 50x. spektrometr współpracuje z celą elektrochemiczną el-cell ecc-opto-std i potencjostatem biologic sp150 umożliwiającymi pomiary in situ i operando pracującego ogniwa elektrochemicznego. ponadto wyposażenie dodatkowe obejmuje stolik wysokotemperaturowy umożliwiający pomiary od temperatury pokojowej do 600°c w kontrolowanej atmosferze.</t>
         </is>
       </c>
-      <c r="D180" t="inlineStr">
+      <c r="D201" t="inlineStr">
         <is>
           <t>Punktowe pomiary widm ramana w zakresie przesunięcia 50 – 3500 cm-1 próbek litych i proszkowych w atmosferze powietrza lub w atmosferze ochronnej z rozdzielczością przestrzenną 1 μm. mapowanie spektralne wybranych obszarów powierzchni próbki z rozdzielczością przestrzenną 1 μm. pomiary konfokalne z rozdzielczością 2 μm. pomiary widm ramana elektrody pracującego ogniwa elektrochemicznego w trybie in situ oraz operando wewnątrz celi el-cell ecc-opto-std</t>
         </is>
       </c>
-      <c r="E180" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G180" t="inlineStr">
+      <c r="E201" t="inlineStr"/>
+      <c r="F201" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G201" t="inlineStr">
         <is>
           <t>Możliwość wykonania pomiarów na zasadzie współpracy naukowej oraz zleceń komercyjnych po wcześniejszym uzgodnieniu zakresu badań, terminu i formy współpracy z opiekunem aparatury.</t>
         </is>
       </c>
-      <c r="H180" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I180" t="inlineStr">
+      <c r="H201" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I201" t="inlineStr">
         <is>
           <t>Katedra energetyki wodorowej</t>
         </is>
       </c>
-      <c r="J180" t="inlineStr">
+      <c r="J201" t="inlineStr">
         <is>
           <t>Katedra energetyki wodorowej</t>
         </is>
       </c>
-      <c r="K180" t="inlineStr">
+      <c r="K201" t="inlineStr">
         <is>
           <t>Zając Wojciech</t>
         </is>
       </c>
-      <c r="L180" t="inlineStr">
+      <c r="L201" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/wojciech-zajac-6771.html</t>
         </is>
       </c>
-      <c r="M180" t="inlineStr">
+      <c r="M201" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N180" t="inlineStr">
+      <c r="N201" t="inlineStr">
         <is>
           <t>Ogniwa elektrochemiczne, pomiary in situ, pomiary operando, pomiary wysokotemperaturowe, spektroskopia ramana</t>
         </is>
       </c>
     </row>
-    <row r="181">
-      <c r="A181" t="inlineStr">
+    <row r="202">
+      <c r="A202" t="inlineStr">
         <is>
           <t>Zestaw do pomiaru dyfuzyjności cieplnej metodą lfa i ciepła właściwego oraz przemian fazowych metodą dsc</t>
         </is>
       </c>
-      <c r="B181" t="inlineStr">
+      <c r="B202" t="inlineStr">
         <is>
           <t>Zestaw do pomiaru dyfuzyjności cieplnej metodą lfa i ciepła właściwego oraz przemian fazowych metodą dsc</t>
         </is>
       </c>
-      <c r="C181" t="inlineStr">
+      <c r="C202" t="inlineStr">
         <is>
           <t>Zestaw składa się z trzech stanowisk wyposażonych w precyzyjną aparaturę badawczą, dostarczoną przez firmę netzsch: lfa 467 hyperflash, lfa 467 ht hyperflash oraz dsc 214 polyma. aparatura ta pozwala na pomiar dyfuzyjności cieplnej w zakresie od 0,01 do 1000 mm2/s dla wartości temperatury [-100°c,+500°c] oraz [temperatura otoczenia,+1250°c], a w przypadku pomiaru ciepła właściwego metodą dsc dla wartości temperatury [-170°c,+600°c]. analizie mogą zostać poddane różne materiały, a także materiały bardzo dobrze przewodzące ciepło i cienkie folie o gr. 1 mm max, ciecze słabo przewodzące ciepło, ciecze o małej lepkości (np. woda, oleje) czy proszki.</t>
         </is>
       </c>
-      <c r="D181" t="inlineStr">
+      <c r="D202" t="inlineStr">
         <is>
           <t>Pomiar dyfuzyjności cieplnej w zakresie od 0,01 do 1000 mm2/s dla szerokiego zakresu wartości temperatury [-100°c do 1200°c], pomiar ciepła właściwego metodą dsc w zakresie wartości temperatury [ 170°c,+600°c]. analizie mogą zostać poddane różne materiały ze względu na właściwości cieplne oraz postać fizyczną.</t>
         </is>
       </c>
-      <c r="E181" t="inlineStr">
+      <c r="E202" t="inlineStr">
         <is>
           <t>Pomiar dyfuzyjności cieplnej w zakresie od 0,01 do 1000 mm2/s dla szerokiego zakresu wartości temperatury [-100°c do 1200°c], pomiar ciepła właściwego metodą dsc w zakresie wartości temperatury [ 170°c,+600°c]. analizie mogą zostać poddane różne materiały ze względu na właściwości cieplne oraz postać fizyczną.</t>
         </is>
       </c>
-      <c r="F181" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G181" t="inlineStr">
+      <c r="F202" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G202" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza może być wykorzystywana przez pracowników i doktorantów wydziału energetyki i paliw i innych wydziałów akademii górniczo-hutniczej, ale nie jest możliwe samodzielne wykorzystanie aparatury. pomiary wykonywane będą przez osobę upoważnioną w miejscu jej instalacji. wykonanie pomiarów będzie odpłatne jeśli są one częścią badań, posiadających zewnętrzne finansowanie (takie jak granty ncbir, ncn, zlecenia z przemysłu, etc.). pozostałe ustalenia będą rozpatrywane indywidualnie.</t>
         </is>
       </c>
-      <c r="H181" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I181" t="inlineStr">
+      <c r="H202" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I202" t="inlineStr">
         <is>
           <t>Katedra podstawowych problemów energetyki</t>
         </is>
       </c>
-      <c r="J181" t="inlineStr">
+      <c r="J202" t="inlineStr">
         <is>
           <t>Zespół badawczy phenix, laboratorium zaawansowanych pomiarów termicznych</t>
         </is>
       </c>
-      <c r="K181" t="inlineStr">
+      <c r="K202" t="inlineStr">
         <is>
           <t>Fornalik-Wajs Elżbieta</t>
         </is>
       </c>
-      <c r="L181" t="inlineStr">
+      <c r="L202" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/elzbieta-fornalik-wajs-5578.html</t>
         </is>
       </c>
-      <c r="M181" t="inlineStr">
+      <c r="M202" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N181" t="inlineStr">
+      <c r="N202" t="inlineStr">
         <is>
           <t>Ciepło własciwe, dsc, dyfuzyjność termiczna, kalorymetria różnicowa, laserowa metoda impulsowa, lfa, przewodność cieplna</t>
         </is>
       </c>
     </row>
-    <row r="182">
-      <c r="A182" t="inlineStr">
+    <row r="203">
+      <c r="A203" t="inlineStr">
         <is>
           <t>Laboratoryjny analizator elementarny mikro chns/o, model ea3100 firmy eurovector</t>
         </is>
       </c>
-      <c r="B182" t="inlineStr">
+      <c r="B203" t="inlineStr">
         <is>
           <t>Analizator elementarny chns/o, model ea3100 firmy eurovector</t>
         </is>
       </c>
-      <c r="C182" t="inlineStr">
+      <c r="C203" t="inlineStr">
         <is>
           <t>Analizator elementarny do pracy w konfiguracjach chn, chns chnso. modułowa budowa pozwalająca na szybką zmianę konfiguracji i analizy chns oraz o. dwa oddzielne piece reakcyjne z elektroniczną kontrolą temperatury, kompatybilne z reaktorami spaleniowo-redukcyjnymi do analizy c, h, n, s i reaktorem pirolitycznym do analizy o, kontrolowane niezależnie z jednego oprogramowania. rozdział gazów metodą chromatograficzną. detektor cieplno - przewodnościowy (tcd).</t>
         </is>
       </c>
-      <c r="D182" t="inlineStr">
+      <c r="D203" t="inlineStr">
         <is>
           <t>1. możliwość oznaczania zawartości węgla, wodoru, azotu, siarki i tlenu 2. aparat przystosowany do analiz próbek ciekłych, past i stałych. 3. wielkość próbki 0.5-100 mg, w zależności od matrycy 4. zakres oznaczania od 100 ppm do 100% dla wszystkich pierwiastków. 5. jeden detektor przewodności cieplnej umieszczony w termostatowanym piecu z elektroniczną kontrolą temperatury umożliwiający analizę wszystkich pierwiastków.</t>
         </is>
       </c>
-      <c r="E182" t="inlineStr">
+      <c r="E203" t="inlineStr">
         <is>
           <t>Zakres oznaczania od 100 ppm do 100% dla wszystkich pierwiastków</t>
         </is>
       </c>
-      <c r="F182" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G182" t="inlineStr">
+      <c r="F203" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G203" t="inlineStr">
         <is>
           <t>Analizator ogólnie dostępny po wcześniejszym uzgodnieniu terminu, ilości próbek i specyfikacji oznaczeń.</t>
         </is>
       </c>
-      <c r="H182" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I182" t="inlineStr">
+      <c r="H203" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I203" t="inlineStr">
         <is>
           <t>Katedra technologii paliw</t>
         </is>
       </c>
-      <c r="J182" t="inlineStr">
+      <c r="J203" t="inlineStr">
         <is>
           <t>Zespół paliw ciekłych</t>
         </is>
       </c>
-      <c r="K182" t="inlineStr">
+      <c r="K203" t="inlineStr">
         <is>
           <t>Lewandowski Marek</t>
         </is>
       </c>
-      <c r="L182" t="inlineStr">
+      <c r="L203" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-lewandowski-8586.html</t>
         </is>
       </c>
-      <c r="M182" t="inlineStr">
+      <c r="M203" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
         </is>
       </c>
-      <c r="N182" t="inlineStr">
+      <c r="N203" t="inlineStr">
         <is>
           <t>Analiza elementarna</t>
         </is>
       </c>
     </row>
-    <row r="183">
-      <c r="A183" t="inlineStr">
+    <row r="204">
+      <c r="A204" t="inlineStr">
         <is>
           <t>System pomiaru parametrów przepływu w ośrodku dla przepływu dwufazowego</t>
         </is>
       </c>
-      <c r="B183" t="inlineStr">
+      <c r="B204" t="inlineStr">
         <is>
           <t>Analizator geospec 12/53 rock core nmr do analizy rdzeni</t>
         </is>
       </c>
-      <c r="C183" t="inlineStr">
+      <c r="C204" t="inlineStr">
         <is>
           <t xml:space="preserve">Magnes 12mhz z miejscem na próbnik o maksymalnej średnicy wewnętrznej 53mm. elektronika spektrometru cyfrowego z programatorem impulsów, akwizycja z szybkim próbkowaniem a/d, przedwzmacniacz zoptymalizowany do pracy z niską częstotliwością i zdolność do 128 000 ech. obejmuje również funkcję strojenia sondy, stojak na elektronikę i magnetyczny regulator temperatury. nadajnik tomco rf, moc szczytowa 500 w. sondy o średnicy 29 i  53 mm. maksymalna długość próbki 50 mm.
 gradient pola impulsowego 1-d w celu umożliwienia pomiarów, w tym dyfuzji, profili nasycenia i ciśnienia kapilarnego. zamontowane na magnesie 1-d aktywnie ekranowane cewki gradientu pola impulsowego, dwukierunkowy wzmacniacz mocy i wyzwalacz sieciowy do synchronizacji impulsów gradientu z cyklami zasilania sieciowego. gradient do 20g/cm.
 	komórka ciśnieniowa overburden p5 firmy oxford instruments. rozmiar rdzenia: 1" maksymalne ciśnienie: 5000 psi. maksymalna temperatura: 100c.
 	komórka ciśnieniowa overburden p5 firmy oxford instruments. rozmiar rdzenia: 1,5" maksymalne ciśnienie: 2500 psi. maksymalna temperatura: 100c.
  </t>
         </is>
       </c>
-      <c r="D183" t="inlineStr">
+      <c r="D204" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	rozkład wielkości porów t1/t2
 	fid
 	analiza t1/t2
 	ffi, bvi, cbw, porowatość efektywna, punkt odcięcia t2
 	oszacowanie przepuszczalności nmr z t1 i t2
 	analiza wielu próbek (analiza statystyczna)
 	oznaczanie indeksu wodorowego
 	przepuszczalność od t1 lub t2
 	przepuszczalność względna
 	izotermy gazów
 	zwilżalność z map dyfuzji t1-t2
 </t>
         </is>
       </c>
-      <c r="E183" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G183" t="inlineStr">
+      <c r="E204" t="inlineStr"/>
+      <c r="F204" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G204" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
-      <c r="H183" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I183" t="inlineStr">
+      <c r="H204" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I204" t="inlineStr">
         <is>
           <t>Katedra inżynierii gazowniczej</t>
         </is>
       </c>
-      <c r="J183" t="inlineStr">
+      <c r="J204" t="inlineStr">
         <is>
           <t>Reservoir geoscience &amp; advanced engineering research group/ laboratorium mechanicznych i petrofizycznych właściwości skał złożowych bud. d2 pok. p.03</t>
         </is>
       </c>
-      <c r="K183" t="inlineStr">
+      <c r="K204" t="inlineStr">
         <is>
           <t>Dąbrowski Karol</t>
         </is>
       </c>
-      <c r="L183" t="inlineStr">
+      <c r="L204" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/karol-dabrowski-8106.html</t>
         </is>
       </c>
-      <c r="M183" t="inlineStr">
+      <c r="M204" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N183" t="inlineStr">
+      <c r="N204" t="inlineStr">
         <is>
           <t>Badanie rdzenia skalnych, nmr, porowatość, rozkład porów, stopień nasycenia, zwilżalność</t>
         </is>
       </c>
     </row>
-    <row r="184">
-      <c r="A184" t="inlineStr">
+    <row r="205">
+      <c r="A205" t="inlineStr">
         <is>
           <t>Drukarka 3d do metalu</t>
         </is>
       </c>
-      <c r="B184" t="inlineStr">
+      <c r="B205" t="inlineStr">
         <is>
           <t>Eos m290</t>
         </is>
       </c>
-      <c r="C184" t="inlineStr">
+      <c r="C205" t="inlineStr">
         <is>
           <t xml:space="preserve">Drukarka eos m290 3d reprezentuje czwartą i najnowszą generację systemów opracowanych przez eos do laserowego topienia proszków metali w technologii dmls/slm (direct metal laser sintering/ selective laser melting). drukarce eos m290 3d jest wyposarzona w laser włóknowy o mocy 400 w. ten typ lasera zapewnia wyjątkowo wysoką jakość wiązki w połączeniu ze stabilnością działania. drukarka ta posiada obszar do budowania 250 x 250 x 325 mm i prędkość skanowania do 7 metrów na sekundę. dodatkowo posiada laser o średnicy 100μm, który może wytwarzać warstwy o grubości od 20 do mikronów. eos m 290 pracuje w ochronnych atmosferach azotu, jak również argonu. dzięki temu system może obrabiać szeroką gamę materiałów, np:
 	stopy aluminium - alsi10mg (en ac-43000)
 	stal nierdzewna - ph1 (1.4540) i 316l (1.4404)
 	stal narzędziowa o wysokiej wytrzymałości - ms1 (1.2709)
 	stop tytanu - ti64 (tial6v4) i ti cp
 	stopy niklu - in718, in625, hx
 	stopy chromowo-kobaltowe - cocrmo sp2
 </t>
         </is>
       </c>
-      <c r="D184" t="inlineStr">
+      <c r="D205" t="inlineStr">
         <is>
           <t>Drukarka eos m290 może być wykorzystanya do opracowania nowych stopów metali i materiałów, optymalizacji procesu druku 3d, wykorzystania metalowego druku 3d do produkcji złożonych elementów konstrukcyjnych, zbadania metalowego druku 3d do naprawy uszkodzonych części metalowych i zmniejszenia kosztów technologii. wysiłki te mają na celu poprawę wytrzymałości, twardości i odporności na korozję drukowanych części.</t>
         </is>
       </c>
-      <c r="E184" t="inlineStr">
+      <c r="E205" t="inlineStr">
         <is>
           <t xml:space="preserve"> 
  </t>
         </is>
       </c>
-      <c r="F184" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G184" t="inlineStr">
+      <c r="F205" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G205" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi - przy czym operator/opiekun ustala zasady korzystania z urządzenia stosownymi umowami. w pozostałych przypadkach udostępnianie infrastruktury badawczej jest odpłatne zgodnie z obecnie obowiązującym kosztem pracy urządzenia oraz operatora. w obu przypadkach koszt materiału wsadowego pokrywa korzystający z urządzenia.</t>
         </is>
       </c>
-      <c r="H184" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I184" t="inlineStr">
+      <c r="H205" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I205" t="inlineStr">
         <is>
           <t>Katedra systemów wytwarzania</t>
         </is>
       </c>
-      <c r="J184" t="inlineStr"/>
-      <c r="K184" t="inlineStr">
+      <c r="J205" t="inlineStr"/>
+      <c r="K205" t="inlineStr">
         <is>
           <t>Karmiris-Obratański Panagiotis</t>
         </is>
       </c>
-      <c r="L184" t="inlineStr">
+      <c r="L205" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/panagiotis-karmiris-obratanski-9969.html</t>
         </is>
       </c>
-      <c r="M184" t="inlineStr">
+      <c r="M205" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N184" t="inlineStr">
+      <c r="N205" t="inlineStr">
         <is>
           <t>3d printer, microstructure, mikrostruktura, slm</t>
         </is>
       </c>
     </row>
-    <row r="185">
-      <c r="A185" t="inlineStr">
+    <row r="206">
+      <c r="A206" t="inlineStr">
         <is>
           <t>Uhplc-ms/ms</t>
         </is>
       </c>
-      <c r="B185" t="inlineStr">
+      <c r="B206" t="inlineStr">
         <is>
           <t>System ultrasprawnej chromatografii cieczowej z  tandemowym spektrometrem mas typu potrójny kwadrupol model tsq altis</t>
         </is>
       </c>
-      <c r="C185" t="inlineStr">
+      <c r="C206" t="inlineStr">
         <is>
           <t>Spektrometry mas typu potrójny kwadrupol to instrumenty tandemowe. głównymi składowymi instrumentu są dwa kwadrupolowe analizatory mas oraz komora kolizyjna. takie rozwiązanie techniczne pozwalają zastosować tę aparaturę do celowanych analiz ilościowych z doskonałą czułością i precyzją oraz do badań przesiewowych (screening). doskonała precyzja, wysoka czułość, szybkości skanowania oraz możliwość fragmentacji badanych związków spowodowały, ze potrójne kwadrupole są obecnie złotym standardem dla tego typu analiz.
 kwadrupolowy analizator mas jest niezbędny przy analizach substancji w skomplikowanych matrycach. w szeroko pojętej farmacji oraz badaniach środowiskowych tego typu aparaturę wykorzystuje się standardowo do oznaczania, m.in. metabolitów leków/narkotyków/dopalaczy w płynach ustrojowych (screening i analiza ilościowa), badań sfałszowanych składników leków, badań farmakokinetycznych, sprawdzania czystość api po syntezie, czystość surowców do syntezy, oznaczanie zanieczyszczeń w gotowym produkcie. kwadrupolowy analizator mas daje możliwość prowadzenia oznaczeń ilościowych na podstawie eksperymentów sim czy srm, które z kolei zapewniają wysoką czułość  i precyzję oznaczeń. dodatkowo tryb srm (inaczej mrm) to złoty standard do oznaczeń ilościowych w technikach wykorzystujących spektrometrię mas. kluczowymi parametrami dla omawianej aparatury jest czułość, rozdzielczość, ilość przejść srm na sekundę oraz liniowość.
 każdego dnia pojawiają się nowe wyzwania w zakresie bezpieczeństwa żywności i środowiska. oznaczenie ilościowe setek zanieczyszczeń na ultraniskich poziomach można łatwo przeprowadzić za pomocą spektrometru mas tsq altis. instrument zapewnia solidne oznaczanie ilościowe, wyjątkową odtwarzalność, najwyższą czułość i niezwykłą szybkość.</t>
         </is>
       </c>
-      <c r="D185" t="inlineStr">
+      <c r="D206" t="inlineStr">
         <is>
           <t>System lc-ms/ms  jest niezbędny przy analizach substancji w skomplikowanych matrycach. w szeroko pojętej farmacji oraz badaniach środowiskowych stosuje się standardowo do oznaczania, m.in. metabolitów leków/narkotyków/dopalaczy w płynach ustrojowych (screening i analiza ilościowa), czystość surowców do syntezy, oznaczanie zanieczyszczeń w gotowym produkcie oraz próbkach środowoiskowych.</t>
         </is>
       </c>
-      <c r="E185" t="inlineStr">
+      <c r="E206" t="inlineStr">
         <is>
           <t>Spektrometr mas
 	źródła jonów typu electrospray z grzaną głowicą; jonizacja chemiczna;
 	tryby skanowania:
 		pełne skanowanie (full-scan)
 		monitorowanie wybranego jonu (sim)
 		monitorowanie wybranej reakcji (srm).
 chromatograf cieczowy
 oprogramowanie sterujące pracą spektrometru mas, umożliwiające akwizycję, obróbkę i  analizę danych.</t>
         </is>
       </c>
-      <c r="F185" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G185" t="inlineStr">
+      <c r="F206" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G206" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H185" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I185" t="inlineStr">
+      <c r="H206" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I206" t="inlineStr">
         <is>
           <t>Katedra chemii węgla i nauk o środowisku</t>
         </is>
       </c>
-      <c r="J185" t="inlineStr">
+      <c r="J206" t="inlineStr">
         <is>
           <t>Zespół badań współczesnych zagrożeń środowiska</t>
         </is>
       </c>
-      <c r="K185" t="inlineStr">
+      <c r="K206" t="inlineStr">
         <is>
           <t>Styszko Katarzyna</t>
         </is>
       </c>
-      <c r="L185" t="inlineStr">
+      <c r="L206" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-styszko-5843.html</t>
         </is>
       </c>
-      <c r="M185" t="inlineStr">
+      <c r="M206" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
         </is>
       </c>
-      <c r="N185" t="inlineStr">
+      <c r="N206" t="inlineStr">
         <is>
           <t>Biomarkery, chromatografia cieczowa, metabolity, mikrozanieczyszczenia, pozostałosci leków, spektrometria mas</t>
         </is>
       </c>
     </row>
-    <row r="186">
-      <c r="A186" t="inlineStr">
+    <row r="207">
+      <c r="A207" t="inlineStr">
         <is>
           <t>Spektrometr ftir nicolet 6700</t>
         </is>
       </c>
-      <c r="B186" t="inlineStr">
+      <c r="B207" t="inlineStr">
         <is>
           <t>Spektrometr ftir nicolet 6700 thermo scientific</t>
         </is>
       </c>
-      <c r="C186" t="inlineStr">
+      <c r="C207" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr ftir nicolet 6700 firmy thermo scientific umożliwia rejestrację wysokiej jakości widm w zakresie podczerwieni (400÷4000 cm-1) z maksymalną rozdzielczością równą 0,1 cm-1.
  wyposażenie:
 	detektory dtgs i mct (chłodzony azotem)  
 	niehigroskopijna optyka
 	przystawki odbiciowe, transmisyjne
 	praying mantis firmy harrick - umożliwiającą pomiary techniką drift w zmiennej temperaturze rt÷450°c, w przepływie gazu (m.in. powietrze, azot, argon)
 	próżniowa komora wysokotemperaturowa, pomiary w trybie transmisyjnym w  temperaturach rt÷500°c
 </t>
         </is>
       </c>
-      <c r="D186" t="inlineStr">
+      <c r="D207" t="inlineStr">
         <is>
           <t>Badania fazowe, strukturalne oraz prace eksperymentalne nad transformacją i modyfikacją właściwości fizykochemicznych materiałów.</t>
         </is>
       </c>
-      <c r="E186" t="inlineStr">
+      <c r="E207" t="inlineStr">
         <is>
           <t>Aparat umożliwia rejestrację widm ftir ciał stałych, w formie proszku lub cienkich warstw i lepkich cieczy, w zmiennych temperaturach i atmosferze różnych gazów.</t>
         </is>
       </c>
-      <c r="F186" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G186" t="inlineStr">
+      <c r="F207" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G207" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H186" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I186" t="inlineStr">
+      <c r="H207" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I207" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J186" t="inlineStr">
+      <c r="J207" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K186" t="inlineStr">
+      <c r="K207" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L186" t="inlineStr">
+      <c r="L207" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M186" t="inlineStr">
+      <c r="M207" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N186" t="inlineStr">
+      <c r="N207" t="inlineStr">
         <is>
           <t>Atr, drift, ftir, podczerwień, spektroskopia</t>
         </is>
       </c>
     </row>
-    <row r="187">
-      <c r="A187" t="inlineStr">
+    <row r="208">
+      <c r="A208" t="inlineStr">
         <is>
           <t>Analizator uziarnienia saturn digisizer ii</t>
         </is>
       </c>
-      <c r="B187" t="inlineStr">
+      <c r="B208" t="inlineStr">
         <is>
           <t>Saturn digisizer ii micromeritics analizator uziarnienia</t>
         </is>
       </c>
-      <c r="C187" t="inlineStr">
+      <c r="C208" t="inlineStr">
         <is>
           <t xml:space="preserve">Saturn digisizer ii micromeritics mierzy dystrybucję rozkładu wielkości cząstek przy użyciu dyfrakcji promieniowania laserowego. 
 charakterystyka aparatu:
 	detektor ccd 
 	laser: półprzewodnikowy diodowy
 	moc lasera: 6-9 mw
 	automatyczny system przygotowania i transportu zawiesiny do dynamicznego układu pomiarowego
 	dyspergator ultradźwiękowy do wstępnego przygotowania zawiesiny
 	zakres pomiarowy: 0,04 do 2500 µm
 	oprogramowanie aparatu wykorzystuje modele mie oraz fraunhofera
 </t>
         </is>
       </c>
-      <c r="D187" t="inlineStr">
+      <c r="D208" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar rozkładu wielkości cząstek dla próbek mineralnych, syntetycznych, przemysłowych, itp.
 </t>
         </is>
       </c>
-      <c r="E187" t="inlineStr">
+      <c r="E208" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	powtarzalność: 0,1 do 1 µm, 3%; 1 do 1000 µm, 1%
 	odtwarzalność: 0,1 do 1 µm, 5%; 1 do 100 µm, 2% 100 do 1000 µm, 5%
  </t>
         </is>
       </c>
-      <c r="F187" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G187" t="inlineStr">
+      <c r="F208" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G208" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H187" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I187" t="inlineStr">
+      <c r="H208" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I208" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J187" t="inlineStr">
+      <c r="J208" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K187" t="inlineStr">
+      <c r="K208" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L187" t="inlineStr">
+      <c r="L208" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M187" t="inlineStr">
+      <c r="M208" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N187" t="inlineStr">
+      <c r="N208" t="inlineStr">
         <is>
           <t>Rozkład wielokości ziaren, uziarnienie</t>
         </is>
       </c>
     </row>
-    <row r="188">
-      <c r="A188" t="inlineStr">
+    <row r="209">
+      <c r="A209" t="inlineStr">
         <is>
           <t>Analizator uziarnienia sedigraph iii</t>
         </is>
       </c>
-      <c r="B188" t="inlineStr">
+      <c r="B209" t="inlineStr">
         <is>
           <t>Analizator uziarnienia sedigraph iii 5120 micromeritics</t>
         </is>
       </c>
-      <c r="C188" t="inlineStr">
+      <c r="C209" t="inlineStr">
         <is>
           <t xml:space="preserve">Sedigraph iii to analizator rozkładu wielkości cząstek metodą sedymentacyjną z rentgenowską detekcją gęstości zawiesiny.
 charakterystyka aparatu:
 	moduł nieruchomego skanera rentgenowskiego
 	moduł pionowego ruchu komory pomiarowej
 	automatyczny system przygotowania zawiesiny i jej transportu do komory pomiarowej
 	zakres pomiarowy: średnica cząstki od 300 do 0,1 μm
 </t>
         </is>
       </c>
-      <c r="D188" t="inlineStr">
+      <c r="D209" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar rozkładu wielkości cząstek dla próbek mineralnych, syntetycznych, przemysłowych, itp.
 </t>
         </is>
       </c>
-      <c r="E188" t="inlineStr">
+      <c r="E209" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres średnicy cząstki od 300 do 0,1 μm 
 	rozdzielczość: mniej niż 0,2% całkowitej skanowanej odległości 
 </t>
         </is>
       </c>
-      <c r="F188" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G188" t="inlineStr">
+      <c r="F209" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G209" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H188" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I188" t="inlineStr">
+      <c r="H209" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I209" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J188" t="inlineStr">
+      <c r="J209" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K188" t="inlineStr">
+      <c r="K209" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L188" t="inlineStr">
+      <c r="L209" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M188" t="inlineStr">
+      <c r="M209" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N188" t="inlineStr">
+      <c r="N209" t="inlineStr">
         <is>
           <t>Analiza uziarnienia, krzywa kumulacyjna, rozkład wielkości ziaren, sedymentacja, uziarnienie</t>
         </is>
       </c>
     </row>
-    <row r="189">
-      <c r="A189" t="inlineStr">
+    <row r="210">
+      <c r="A210" t="inlineStr">
         <is>
           <t>Aparat do pomiaru wielkości sorpcji asap 2020 hd</t>
         </is>
       </c>
-      <c r="B189" t="inlineStr">
+      <c r="B210" t="inlineStr">
         <is>
           <t>Aparat do pomiaru wielkości sorpcji asap 2020 hd micromeritics</t>
         </is>
       </c>
-      <c r="C189" t="inlineStr">
+      <c r="C210" t="inlineStr">
         <is>
           <t xml:space="preserve">Asap 2020 hd micromeritics jest analizatorem do pomiaru sorpcji gazów i wyznaczania powierzchni bet, wielkości, objętości i rozkładu mikro- i mezo-porów w proszkach i materiałach porowatych.  
 charakterystyka aparatu:
 	sorpcja gazów: n2, ar, he, co2 oraz par różnych cieczy
 	dwie niezależne stacje odgazowania
 	jedna stacja analityczna
 	wyznaczanie rozmiarów, objętości i powierzchni mezoporów (2 – 50 nm), mikroporów (0.35 – 2 nm)
 	zakres ciśnień pracy aparatu 1.3 x 10-9 do 1.0 p/p0
 	odgazowanie próbki w zakresie temperatur: 20-450 ºc
 	analiza materiałów proszkowych i próbek litych o wymiarach nie większych niż 7 x 7 x 10 mm
 </t>
         </is>
       </c>
-      <c r="D189" t="inlineStr">
+      <c r="D210" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar sorpcji dla próbek mineralnych, syntetycznych, przemysłowych, itp.
 	analiza bet i objętości porów próbek litych i proszkowych
 </t>
         </is>
       </c>
-      <c r="E189" t="inlineStr">
+      <c r="E210" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jedno- i wielopunktowa powierzchnia bet
 	powierzchnia langmuira oraz analiza izoterm temkina i freundlicha
 	rozkłady objętości porów i powierzchni porów w zakresie mezo- i makroporów metodą bjh
 	rozkład mikroporów metodą d-a oraz całkowita objętość mikroporów metodą t-plot
 </t>
         </is>
       </c>
-      <c r="F189" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G189" t="inlineStr">
+      <c r="F210" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G210" t="inlineStr">
         <is>
           <t>•	zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 •	współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 •	współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H189" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I189" t="inlineStr">
+      <c r="H210" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I210" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J189" t="inlineStr">
+      <c r="J210" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K189" t="inlineStr">
+      <c r="K210" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L189" t="inlineStr">
+      <c r="L210" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M189" t="inlineStr">
+      <c r="M210" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N189" t="inlineStr">
+      <c r="N210" t="inlineStr">
         <is>
           <t>Adsorpcja, bet, izoterma adsorpcji, porowatość całkowita, powierzchnia właściwa</t>
         </is>
       </c>
     </row>
-    <row r="190">
-      <c r="A190" t="inlineStr">
+    <row r="211">
+      <c r="A211" t="inlineStr">
         <is>
           <t>Mikroskop elektronowy skaningowy fei quanta 200 feg</t>
         </is>
       </c>
-      <c r="B190" t="inlineStr">
+      <c r="B211" t="inlineStr">
         <is>
           <t>Mikroskop elektronowy skaningowy fei quanta 200 feg</t>
         </is>
       </c>
-      <c r="C190" t="inlineStr">
+      <c r="C211" t="inlineStr">
         <is>
           <t xml:space="preserve">Wysokorozdzielczy skaningowy mikroskop elektronowy z gorącą emisją polową (feg - wysokostabilny emiter elektronów schottky'ego), zapewniający: możliwość obserwacji w zmiennej próżni, powiększenia 70 ÷ 300 000x, zdolność rozdzielczą ok. 2 nm.
 parametry techniczne:
 	napięcie przyspieszające 5 – 30 kv
 	system zmiennej próżni:
 - wysoka próżnia (hv)  ok. 10-4 pa - preparaty przewodzące
 - niska próżnia (lv)  50÷200 pa - preparaty przewodzące i nie przewodzące
 - tryb esem 200÷2000 pa - preparaty przewodzące i nie przewodzące
 	rozdzielczość:
 &lt;  2,0nm przy 30kv (hv)
 &lt;  3,5nm przy 30kv (lv)
 &lt;  2,0nm przy 30kv (esem)
 detektory:
 	sed everharta-thornleya
 	sed (do lv)
 	sed (do esem)
 	bsed (si solid-state)
 	bsed (do esem)
 	centaurus – fotopowielacz z końcówkami do detekcji bse i cl
 	ebsd (do rejestracji dyfrakcji elektronów wstecznie rozproszonych)
 	krzemowy, chłodzony ciekłym azotem, detektor promieniowania rentgenowskiego ze spektrometrem eds (edax)
 </t>
         </is>
       </c>
-      <c r="D190" t="inlineStr">
+      <c r="D211" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obserwacja powierzchni substancji mineralnych, syntetycznych i biologicznych
 	analiza jakościowa i ilościowa pierwiastków w próbce (edxs)
 	analiza dystrybucji pierwiastków w mikroobszarze (edxs)
 	analiza obrazów w katodoluminiscencji cl  - w trybie stopni szarości
 	analiza dyfrakcji kikuchiego (ebsd) - identyfikacja fazowa i mapy orientacji krystalitów oim
 </t>
         </is>
       </c>
-      <c r="E190" t="inlineStr">
+      <c r="E211" t="inlineStr">
         <is>
           <t xml:space="preserve">Rejestracja, w zmiennej próżni, obrazów generowanych przez:
 	elektrony wtórne sd – kontrast topograficzny
 	elektrony wstecznie rozproszone bse – kontrast różnicy z i orientacyjny
 	charakterystyczne promieniowanie rentgenowskie pierwiastków - mapowanie
 	promieniowanie w zakresie widzialnym – katodoluminecencja cl
 	ebsd - dyfrakcja kikuchiego
 </t>
         </is>
       </c>
-      <c r="F190" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G190" t="inlineStr">
+      <c r="F211" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G211" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H190" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I190" t="inlineStr">
+      <c r="H211" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I211" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J190" t="inlineStr">
+      <c r="J211" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K190" t="inlineStr">
+      <c r="K211" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L190" t="inlineStr">
+      <c r="L211" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M190" t="inlineStr">
+      <c r="M211" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N190" t="inlineStr">
+      <c r="N211" t="inlineStr">
         <is>
           <t>Ebsd, mikroskopia elektronowa, sem, sem-bse, sem-eds, sem-se</t>
         </is>
       </c>
     </row>
-    <row r="191">
-      <c r="A191" t="inlineStr">
+    <row r="212">
+      <c r="A212" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski smartlab 9kw</t>
         </is>
       </c>
-      <c r="B191" t="inlineStr">
+      <c r="B212" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski rigaku smartlab 9kw</t>
         </is>
       </c>
-      <c r="C191" t="inlineStr">
+      <c r="C212" t="inlineStr">
         <is>
           <t xml:space="preserve">Dyfraktometr rentgenowski proszkowy rigaku smartlab  z wirującą anodą cu o mocy 9 kw.
 aparat jest wyposażony w precyzyjny goniometr typu theta-theta, justowany przez komputerowy system sterowania.
 parametry techniczne:
 	maksymalna użyteczna moc lampy rentgenowskiej -  9kw
 	maksymalne napięcie lampy – 45kv
 	maksymalny prąd lampy – 200ma
 	goniometr typu theta-theta o promieniu 30 cm
 	optyka typu bragg-brentano i równoległa
 	szczeliny ustawiane przez komputerowy system sterowania
 	zakres pomiarowy – 0,5÷156º 2ɵ
 wyposażenie:
 	detektory scyntylacyjny sc i paskowy d/tex ultra
 	odpowiednie do typu detektorów monochromatory dla promieniowania cukα
 	kamera wysokotemperaturowa htk 1200
 	kamera o zmiennej, stabilizowanej, wilgotności chc
 	system do dyfrakcji w miliobszarze
 	system do pomiarów rozpraszania niskokątowego saxs
 	automatyczny zmieniacz próbek
 	uchwyt specjalny do preparatów próbek ilastych
 </t>
         </is>
       </c>
-      <c r="D191" t="inlineStr">
+      <c r="D212" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jakościowa i ilościowa analiza próbek stałych
 	analiza minerałów ilastych o strukturze mieszanopakietowej
 	wyznaczanie wielkości krystalitów, wskaźników uporządkowania struktury, parametrów sieciowych, wielkości współczynników absorpcji masowej metodą bezpośrednią
 	identyfikacja słabo krystalicznych minerałów metodą dxrd
 	udokładnianie struktury faz krystalicznych
 </t>
         </is>
       </c>
-      <c r="E191" t="inlineStr">
+      <c r="E212" t="inlineStr">
         <is>
           <t>Rejestracja  próbek:
 -  proszkowych ładowanych: od góry, od tyłu, z boku
 -  litych, zawiesin, cieczy
 -  w trybie krokowym i ciągłym, w próżni i środowisku różnych gazów
 -  w różnych temperaturach do 1200ºc
 -  w różnej wilgotności względnej
 -  nasyconych różnego rodzaju cieczami</t>
         </is>
       </c>
-      <c r="F191" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G191" t="inlineStr">
+      <c r="F212" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G212" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H191" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I191" t="inlineStr">
+      <c r="H212" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I212" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J191" t="inlineStr">
+      <c r="J212" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K191" t="inlineStr">
+      <c r="K212" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L191" t="inlineStr">
+      <c r="L212" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M191" t="inlineStr">
+      <c r="M212" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N191" t="inlineStr">
+      <c r="N212" t="inlineStr">
         <is>
           <t>Analiza fazowa, dyfrakcja rentgenowska, krystalografia, mineralogia, xrd</t>
         </is>
       </c>
     </row>
-    <row r="192">
-      <c r="A192" t="inlineStr">
+    <row r="213">
+      <c r="A213" t="inlineStr">
         <is>
           <t>Aparat do analizy termicznej sta 449 f3 jupiter</t>
         </is>
       </c>
-      <c r="B192" t="inlineStr">
+      <c r="B213" t="inlineStr">
         <is>
           <t>Aparat do analizy termicznej sta 449 f3 jupiter  netzsch</t>
         </is>
       </c>
-      <c r="C192" t="inlineStr">
+      <c r="C213" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparat do analizy termicznej sta 449 f3 jupiter netzsch sprzężony z kwadrupolowym spektrometrem masowym qms 403 c aeolos i spektrometrem ftir bruker tensor 27 z tga-ir.
 parametry techniczne:
 	rzeczywisty pomiar tg, dta–tg, dsc-tg
 	zakres temperatur rt ÷ 1500 °c (piec pt)
 	dynamiczny pomiar z prędkością grzania w zakresie  0.01 ÷ 50 k/min
 	w warunkach quasi izotermicznych
 	maksymalna odważka: 35 g
 	rejestracja zmiany masy z dokładnością 1µg (w całym zakresie)
 	w  atmosferze obojętnej, utleniającej, redukcyjnej oraz w próżni, w trybie statycznym lub dynamicznym
 </t>
         </is>
       </c>
-      <c r="D192" t="inlineStr">
+      <c r="D213" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	badanie stabilności termicznej i procesów zachodzących podczas ogrzewania próbek stałych
 	wyznaczania czystości substancji krystalicznych
 	badania przemian polimorficznych i dysocjacji termicznej
 	wyznaczanie parametrów kinetyki procesów
 	wyznaczanie parametrów termodynamicznych procesów
 	analiza jakościowa produktów gazowych pirolizy metodami qms i ftir tga-ir
 </t>
         </is>
       </c>
-      <c r="E192" t="inlineStr">
+      <c r="E213" t="inlineStr">
         <is>
           <t>Jednoczesny pomiar sta i gazowych produktów pirolizy metodami qms i ftir, - rejestracja widm qms w zakresie 1 ÷ 300 m/z, - rejestracja zbioru widm ftir w zakresie 4000-400 cm-1 podczas pomiaru sta:  - ekstrakcja widma ftir dla żądanej temperatury, - generowanie zmienności intensywności żądanego pasma, na widmach ftir, w funkcji temperatury (temperature trace).</t>
         </is>
       </c>
-      <c r="F192" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G192" t="inlineStr">
+      <c r="F213" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G213" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H192" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I192" t="inlineStr">
+      <c r="H213" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I213" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J192" t="inlineStr">
+      <c r="J213" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K192" t="inlineStr">
+      <c r="K213" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L192" t="inlineStr">
+      <c r="L213" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M192" t="inlineStr">
+      <c r="M213" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N192" t="inlineStr">
+      <c r="N213" t="inlineStr">
         <is>
           <t>Analiza gazów, analiza termiczna, dsc, przemiany fazowe, qms, sta, tg</t>
         </is>
       </c>
     </row>
-    <row r="193">
-      <c r="A193" t="inlineStr">
+    <row r="214">
+      <c r="A214" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski miniflex 600</t>
         </is>
       </c>
-      <c r="B193" t="inlineStr">
+      <c r="B214" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski rigaku miniflex 600</t>
         </is>
       </c>
-      <c r="C193" t="inlineStr">
+      <c r="C214" t="inlineStr">
         <is>
           <t xml:space="preserve">Dyfraktometr rentgenowski proszkowy rigaku miniflex 600 z anodą cu o mocy 600w.  
 aparat, typu biurkowego, jest wyposażony w goniometr typu theta-2theta
 parametry techniczne:
 	maksymalna użyteczna moc lampy rentgenowskiej -  600w
 	maksymalne napięcie lampy – 40kv
 	maksymalny prąd lampy – 15ma
 	optyka typu bragg-brentano
 	zakres pomiarowy – 0,5÷156º 2ɵ
 wyposażenie:
 	detektor scyntylacyjny sc
 	monochromator grafitowy, ze zgiętym kryształem, dla promieniowania cukα
 	automatyczna szczelina dywergencyjna
 	automatyczny zmieniacz próbek
 	uchwyt specjalny do preparatów próbek ilastych
  </t>
         </is>
       </c>
-      <c r="D193" t="inlineStr">
+      <c r="D214" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jakościowa i ilościowa analiza próbek stałych
 	analiza minerałów ilastych o strukturze mieszanopakietowej
 	wyznaczanie wielkości krystalitów, wskaźników uporządkowania struktury, wielkości parametrów sieciowych, wielkości współczynników absorpcji masowej metodą bezpośrednią
 	identyfikacja słabo krystalicznych minerałów metodą dxrd
 	udokładnianie struktury faz krystalicznych
 </t>
         </is>
       </c>
-      <c r="E193" t="inlineStr">
+      <c r="E214" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	rejestracja rentgenogramów preparatów próbek:
 -  proszkowych wykonanych metodami ładowania: od góry, od tyłu, z boku
 -  litych płaskich, zawiesin cieczowych o różnej gęstości, cieczy
 	rejestracja rentgenogramów preparatów próbek:
 -  w trybie krokowym i ciągłym
 -  nasyconych różnego rodzaju cieczami</t>
         </is>
       </c>
-      <c r="F193" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G193" t="inlineStr">
+      <c r="F214" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G214" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H193" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I193" t="inlineStr">
+      <c r="H214" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I214" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J193" t="inlineStr">
+      <c r="J214" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K193" t="inlineStr">
+      <c r="K214" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L193" t="inlineStr">
+      <c r="L214" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M193" t="inlineStr">
+      <c r="M214" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N193" t="inlineStr">
+      <c r="N214" t="inlineStr">
         <is>
           <t>Analiza fazowa, analiza ilościowa, dyfrakcja rentgenowska, mineralogia, xrd</t>
         </is>
       </c>
     </row>
-    <row r="194">
-      <c r="A194" t="inlineStr">
+    <row r="215">
+      <c r="A215" t="inlineStr">
         <is>
           <t>Mikroskop ramanowski dxr</t>
         </is>
       </c>
-      <c r="B194" t="inlineStr">
+      <c r="B215" t="inlineStr">
         <is>
           <t>Mikroskop ramanowski dxr thermo scientific</t>
         </is>
       </c>
-      <c r="C194" t="inlineStr">
+      <c r="C215" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikroskop ramanowski dxr firmy thermo scientific, ze spektrometrem siatkowym i detektorem ccd, umożliwia rejestrację widm w zakresie 50÷3300 cm-1.
 wyposażenie:
 	lasery: 780 nm (max. moc 24mw) i 532nm  (max. moc 10mw)
 	optyczny mikroskop do światła odbitego z obiektywami: 10x, 20x, 50x, 100x
 	konfokalny tor optyczny do spektrometru
 	stolik przedmiotowy xyz
 </t>
         </is>
       </c>
-      <c r="D194" t="inlineStr">
+      <c r="D215" t="inlineStr">
         <is>
           <t>Badanie próbek stałych: minerałów, skał, sorbentów, katalizatorów i in..
 badanie inkluzji stałych, ciekłych i gazowych w próbkach mineralnych.
 .</t>
         </is>
       </c>
-      <c r="E194" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G194" t="inlineStr">
+      <c r="E215" t="inlineStr"/>
+      <c r="F215" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G215" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H194" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I194" t="inlineStr">
+      <c r="H215" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I215" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J194" t="inlineStr">
+      <c r="J215" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K194" t="inlineStr">
+      <c r="K215" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L194" t="inlineStr">
+      <c r="L215" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M194" t="inlineStr">
+      <c r="M215" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N194" t="inlineStr">
+      <c r="N215" t="inlineStr">
         <is>
           <t>Mikroskop ramana, raman, spektroskopia ramana</t>
         </is>
       </c>
     </row>
-    <row r="195">
-      <c r="A195" t="inlineStr">
+    <row r="216">
+      <c r="A216" t="inlineStr">
         <is>
           <t>Spektrometr fluorescencji rentgenowskiej z dyspersją długości fali (wd-xrf) zsx primus ii</t>
         </is>
       </c>
-      <c r="B195" t="inlineStr">
+      <c r="B216" t="inlineStr">
         <is>
           <t>Spektrometr fluorescencji rentgenowskiej z dyspersją długości fali (wd-xrf) rigaku zsx primus ii</t>
         </is>
       </c>
-      <c r="C195" t="inlineStr">
+      <c r="C216" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr fluorescencji rentgenowskiej z dyspersją fal (wdxrf) zsx primus ii rigaku umożliwia analizę jakościową i ilościową pierwiastków w zakresie od azotu (n) do uranu (u) (z = 7 – 92).
 charakterystyka spektrometru:
 	lampa rentgenowska z anodą rh o mocy 4kw z czołowym okienkiem be (30µm) umieszczona nad analizowaną próbką
 	napięcie przyspieszające w zakresie 2-60 kv oraz natężenie prądu wiązki elektronowej w zakresie 2-150 ma
 	możliwość wyboru filtra wiązki pierwotnej (cztery filtry: ni-400, ni-40, al-125, al-25)
 	możliwość wyboru średnicy wiązki analizującej (sześć masek o średnicach: 35, 30, 20, 10, 1 oraz 0.5 mm)
 	możliwość obrotu próbki podczas pomiaru
 	7 kryształów analizujących dla pomiarów w zakresie n – u
 	system mapowania (pomiar punktowy) wraz z kamerą ccd
 	detektory, scyntylacyjny i proporcjonalny przepływowy, do analizy pierwiastków o odpowiedniej masie atomowej
 </t>
         </is>
       </c>
-      <c r="D195" t="inlineStr">
+      <c r="D216" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jakościowa oraz ilościowa analiza składu pierwiastkowego
 	analiza ilościowa metodą wzorcową na podstawie przygotowanych krzywych kalibracyjnych w zakresie n-u lub bezwzorcową opartą na algorytmie parametrów fundamentalnych w zakresie f-u
 	makroskopowa i punktowa analiza składu chemicznego
 	analiza składu chemicznego próbek litych oraz proszkowych
 	preparatyka w postaci prasowanych pastylek i topionych pereł
 </t>
         </is>
       </c>
-      <c r="E195" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G195" t="inlineStr">
+      <c r="E216" t="inlineStr"/>
+      <c r="F216" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G216" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi,
 - w ramach projektów ncn, ncbir, współpraca z przemysłem i w ramach umów,</t>
         </is>
       </c>
-      <c r="H195" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I195" t="inlineStr">
+      <c r="H216" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I216" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J195" t="inlineStr">
+      <c r="J216" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K195" t="inlineStr">
+      <c r="K216" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L195" t="inlineStr">
+      <c r="L216" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M195" t="inlineStr">
+      <c r="M216" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N195" t="inlineStr">
+      <c r="N216" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza jakościowa, analiza składu chemicznego, badania składu pierwiastkowego, fluorescencja rentgenowska, wd-xrf, xrf</t>
         </is>
       </c>
     </row>
-    <row r="196">
-      <c r="A196" t="inlineStr">
+    <row r="217">
+      <c r="A217" t="inlineStr">
         <is>
           <t>Detektor microfid</t>
         </is>
       </c>
-      <c r="B196" t="inlineStr">
+      <c r="B217" t="inlineStr">
         <is>
           <t>Detektor microfid</t>
         </is>
       </c>
-      <c r="C196" t="inlineStr">
+      <c r="C217" t="inlineStr">
         <is>
           <t>Urządzenia pozwala na pomiar sumy lotnych związków organicznych w powietrzu atmosferycznym (lzo). wyposażony jest w detektor płomieniowo-jonizacyjny fid.</t>
         </is>
       </c>
-      <c r="D196" t="inlineStr">
+      <c r="D217" t="inlineStr">
         <is>
           <t>Możliwość oznaczania stężeń następujących substancji: węglowodory nasycone, węglowodory nienasycone, węglowodory chlorowane, związki aromatyczne, ketony alkohole.</t>
         </is>
       </c>
-      <c r="E196" t="inlineStr">
+      <c r="E217" t="inlineStr">
         <is>
           <t>Oznaczanie sumy lotnych związków organicznych (lzo) w zakresie: od 0.1 do 50000 ppm</t>
         </is>
       </c>
-      <c r="F196" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G196" t="inlineStr">
+      <c r="F217" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G217" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H196" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I196" t="inlineStr">
+      <c r="H217" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I217" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J196" t="inlineStr">
+      <c r="J217" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K196" t="inlineStr">
+      <c r="K217" t="inlineStr">
         <is>
           <t>Sechman Henryk</t>
         </is>
       </c>
-      <c r="L196" t="inlineStr">
+      <c r="L217" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
         </is>
       </c>
-      <c r="M196" t="inlineStr">
+      <c r="M217" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N196" t="inlineStr">
+      <c r="N217" t="inlineStr">
         <is>
           <t>Lotne związki organiczne, lzo, metan</t>
         </is>
       </c>
     </row>
-    <row r="197">
-      <c r="A197" t="inlineStr">
+    <row r="218">
+      <c r="A218" t="inlineStr">
         <is>
           <t>Edometry</t>
         </is>
       </c>
-      <c r="B197" t="inlineStr">
+      <c r="B218" t="inlineStr">
         <is>
           <t>Zestaw edometrów firmy controls</t>
         </is>
       </c>
-      <c r="C197" t="inlineStr">
+      <c r="C218" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie służy do określenia edometrycznych modułów ściśliwości gruntu w zakresie obciążeń od 12,5 kpa do 1600 kpa. </t>
         </is>
       </c>
-      <c r="D197" t="inlineStr">
+      <c r="D218" t="inlineStr">
         <is>
           <t>Urządzenie służy do określenia edometrycznych modułów ściśliwości gruntu, na podstawie których można obliczyć wielkość osiadania podłoża gruntowego pod wpływem obciążenia (obciążenia pod fundamentem, nasypem itp.). aparat pozwala także na określenie parametrów pęcznienia gruntu. istnieje też możliwość określenia współczynnika filtracji przy zmiennym gradiencie hydraulicznym dla różnych obciążeń.</t>
         </is>
       </c>
-      <c r="E197" t="inlineStr">
+      <c r="E218" t="inlineStr">
         <is>
           <t>Możliwość stałego monitorowania pionowych odkształceń w trakcie wykonywania badania z dokładnością do 0,001 mm i parametrów konsolidacji gruntów.</t>
         </is>
       </c>
-      <c r="F197" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G197" t="inlineStr">
+      <c r="F218" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G218" t="inlineStr">
         <is>
           <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
         </is>
       </c>
-      <c r="H197" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I197" t="inlineStr">
+      <c r="H218" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I218" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J197" t="inlineStr">
+      <c r="J218" t="inlineStr">
         <is>
           <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
         </is>
       </c>
-      <c r="K197" t="inlineStr">
+      <c r="K218" t="inlineStr">
         <is>
           <t>Rembiś Marek</t>
         </is>
       </c>
-      <c r="L197" t="inlineStr">
+      <c r="L218" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
         </is>
       </c>
-      <c r="M197" t="inlineStr">
+      <c r="M218" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N197" t="inlineStr">
+      <c r="N218" t="inlineStr">
         <is>
           <t>Edometr, grunty, odkształcenie</t>
         </is>
       </c>
     </row>
-    <row r="198">
-      <c r="A198" t="inlineStr">
+    <row r="219">
+      <c r="A219" t="inlineStr">
         <is>
           <t>Aparat bezpośredniego ścinania (aparat ab)</t>
         </is>
       </c>
-      <c r="B198" t="inlineStr">
+      <c r="B219" t="inlineStr">
         <is>
           <t>Automatyczny aparat bezpośredniego ścinania firmy controls</t>
         </is>
       </c>
-      <c r="C198" t="inlineStr">
+      <c r="C219" t="inlineStr">
         <is>
           <t>Urządzenie umożliwia: (1) automatyczne wykonywanie zaprogramowanych etapów konsolidacji, (2) ustawienie różnych prędkości (od 0,00001 do 11,0 mm/min) oraz kierunków dla każdego z cykli w teście ścinania. maksymalne pionowe obciążenie na próbkę: 8 kn. maksymalna siła horyzontalna: 5 kn.</t>
         </is>
       </c>
-      <c r="D198" t="inlineStr">
+      <c r="D219" t="inlineStr">
         <is>
           <t>Aparat skrzynkowy pozwala na wyznaczenie parametrów wytrzymałości na ścinanie dla naprężeń całkowitych i/lub efektywnych dla gruntów. urządzenie umożliwia wykonanie badań zgodnie z pn-en iso 17892-10:2019-01.</t>
         </is>
       </c>
-      <c r="E198" t="inlineStr">
+      <c r="E219" t="inlineStr">
         <is>
           <t>Aparatu sterowany jest mikroprocesorem. wyposażony jest w silnik krokowy o wysokiej precyzji. umożliwia oznaczenie parametrów wytrzymałościowych dla gruntów spoistych oraz sypkich, w tym także specjalnych badań wytrzymałości na ścinanie m.in. wytrzymałości rezydualnej i rezydualnej po zawodnieniu, które mogą być wykorzystywane do określania stateczności osuwisk.</t>
         </is>
       </c>
-      <c r="F198" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G198" t="inlineStr">
+      <c r="F219" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G219" t="inlineStr">
         <is>
           <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
         </is>
       </c>
-      <c r="H198" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I198" t="inlineStr">
+      <c r="H219" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I219" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J198" t="inlineStr">
+      <c r="J219" t="inlineStr">
         <is>
           <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
         </is>
       </c>
-      <c r="K198" t="inlineStr">
+      <c r="K219" t="inlineStr">
         <is>
           <t>Rembiś Marek</t>
         </is>
       </c>
-      <c r="L198" t="inlineStr">
+      <c r="L219" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
         </is>
       </c>
-      <c r="M198" t="inlineStr">
+      <c r="M219" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N198" t="inlineStr">
+      <c r="N219" t="inlineStr">
         <is>
           <t>Aparat ab, grunty, parametry wytrzymałościowe</t>
         </is>
       </c>
     </row>
-    <row r="199">
-      <c r="A199" t="inlineStr">
+    <row r="220">
+      <c r="A220" t="inlineStr">
         <is>
           <t>Aparat proctora</t>
         </is>
       </c>
-      <c r="B199" t="inlineStr">
+      <c r="B220" t="inlineStr">
         <is>
           <t>Automatyczny ubijak proctora firmy multiserw morek</t>
         </is>
       </c>
-      <c r="C199" t="inlineStr">
+      <c r="C220" t="inlineStr">
         <is>
           <t>Aparat wyposażony w 2 formy pomiarowe o średnicy 100 mm i 150 mm.</t>
         </is>
       </c>
-      <c r="D199" t="inlineStr">
+      <c r="D220" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie umożliwia: (a) oznaczanie wilgotności optymalnej, tj. ilości wody potrzebnej do największego zagęszczenia gruntu (b) oznaczanie maksymalnego ciężaru objętościowego szkieletu gruntowego wg pn-en 13286-1:2022-04 i pn-en 13286-2:2010 metodą normalną i zmodyfikowaną, (c) zagęszczanie próbek do badań cbr. </t>
         </is>
       </c>
-      <c r="E199" t="inlineStr">
+      <c r="E220" t="inlineStr">
         <is>
           <t xml:space="preserve">Badania aparatem wykonuje się przy zagęszczeniu gruntów pod budowę lotnisk, nawierzchni drogowych, kolejowych, boisk i innych nasypów budowlanych. aparat umożliwia kilka wariantów oznaczenia wilgotności optymalnej w różnych cylindrach dla standardowej i zmodyfikowanej metody zagęszczania gruntów rodzimych spoistych i sypkich, kruszyw oraz ich mieszanek. </t>
         </is>
       </c>
-      <c r="F199" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G199" t="inlineStr">
+      <c r="F220" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G220" t="inlineStr">
         <is>
           <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
         </is>
       </c>
-      <c r="H199" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I199" t="inlineStr">
+      <c r="H220" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I220" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J199" t="inlineStr">
+      <c r="J220" t="inlineStr">
         <is>
           <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
         </is>
       </c>
-      <c r="K199" t="inlineStr">
+      <c r="K220" t="inlineStr">
         <is>
           <t>Rembiś Marek</t>
         </is>
       </c>
-      <c r="L199" t="inlineStr">
+      <c r="L220" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
         </is>
       </c>
-      <c r="M199" t="inlineStr">
+      <c r="M220" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N199" t="inlineStr">
+      <c r="N220" t="inlineStr">
         <is>
           <t>Aparat proctora, grunty, zagęszczenie</t>
         </is>
       </c>
     </row>
-    <row r="200">
-      <c r="A200" t="inlineStr">
+    <row r="221">
+      <c r="A221" t="inlineStr">
         <is>
           <t>Prasa cbr</t>
         </is>
       </c>
-      <c r="B200" t="inlineStr">
+      <c r="B221" t="inlineStr">
         <is>
           <t>Prasa wytrzymałościowa cbr firmy controls z automatycznym pomiarem wyników badań</t>
         </is>
       </c>
-      <c r="C200" t="inlineStr">
+      <c r="C221" t="inlineStr">
         <is>
           <t>Możliwość stałego monitorowania penetracji z dokładnością do 0,001 mm. zakres pomiarowy obciążenia: do 50 kn.</t>
         </is>
       </c>
-      <c r="D200" t="inlineStr">
+      <c r="D221" t="inlineStr">
         <is>
           <t>Urządzenie służy do określenia kalifornijskiego wskaźnika nośności (cbr), natychmiastowego wskaźnika nośności i pęcznienia liniowego dla gruntów oraz mieszanek dla drogownictwa,  wykorzystywanych do budowy nasypów. możliwość wykonywania oznaczeń zgodnie z pn-en 13286-47:2022-04.</t>
         </is>
       </c>
-      <c r="E200" t="inlineStr">
+      <c r="E221" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie umożliwia wywieranie nacisku z kontrolowaną siłą w określonym czasie z jednoczesnym pomiarem wielkości odkształcenia badanej próbki. pozwala określać parametry nośności dla gruntów rodzimych, kruszyw oraz mieszanek niezwiązanych i związanych spoiwem. </t>
         </is>
       </c>
-      <c r="F200" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G200" t="inlineStr">
+      <c r="F221" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G221" t="inlineStr">
         <is>
           <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
         </is>
       </c>
-      <c r="H200" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I200" t="inlineStr">
+      <c r="H221" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I221" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J200" t="inlineStr">
+      <c r="J221" t="inlineStr">
         <is>
           <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
         </is>
       </c>
-      <c r="K200" t="inlineStr">
+      <c r="K221" t="inlineStr">
         <is>
           <t>Rembiś Marek</t>
         </is>
       </c>
-      <c r="L200" t="inlineStr">
+      <c r="L221" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
         </is>
       </c>
-      <c r="M200" t="inlineStr">
+      <c r="M221" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N200" t="inlineStr">
+      <c r="N221" t="inlineStr">
         <is>
           <t>Grunty, wskaźnik nośności cbr</t>
         </is>
       </c>
     </row>
-    <row r="201">
-      <c r="A201" t="inlineStr">
+    <row r="222">
+      <c r="A222" t="inlineStr">
         <is>
           <t>Aparat trójosiowy</t>
         </is>
       </c>
-      <c r="B201" t="inlineStr">
+      <c r="B222" t="inlineStr">
         <is>
           <t>Aparat trójosiowego ściskania firmy controls</t>
         </is>
       </c>
-      <c r="C201" t="inlineStr">
+      <c r="C222" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparat wyposażony w trzy zaawansowane komory trójosiowe (tri-cell plus), aparat do automatycznego pomiaru zmian objętości próbki oraz moduł do badania naprężeń efektywnych. urządzenie umożliwia użytkownikowi kontrolę manualną lub automatyczną testów trójosiowych naprężeń efektywnych. </t>
         </is>
       </c>
-      <c r="D201" t="inlineStr">
+      <c r="D222" t="inlineStr">
         <is>
           <t>Aparat pozwala na określenie parametrów wytrzymałościowych gruntów (kąt tarcia wewnętrznego oraz spójność). procedury badawcze zgodne są z pn-en iso 17892-8:2018-05 i pn-en iso 17892-9:2018-05. uzyskiwane parametry są wykorzystywane do oznaczeń nośności podłoża budowlanego pod fundamentem, analiz stateczności zboczy, projektowania wykopów, nasypów, składowisk odpadów itp.  aparat pozwala też na oznaczenie współczynnika filtracji.</t>
         </is>
       </c>
-      <c r="E201" t="inlineStr">
+      <c r="E222" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparat pozwala na określenie parametrów wytrzymałościowych gruntów w warunkach  consolidated drained (cd), consolidated undrained (cu) oraz unconsolidated undrained (uu) przy obciążeniu do 50 kn. </t>
         </is>
       </c>
-      <c r="F201" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G201" t="inlineStr">
+      <c r="F222" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G222" t="inlineStr">
         <is>
           <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
         </is>
       </c>
-      <c r="H201" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I201" t="inlineStr">
+      <c r="H222" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I222" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J201" t="inlineStr">
+      <c r="J222" t="inlineStr">
         <is>
           <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
         </is>
       </c>
-      <c r="K201" t="inlineStr">
+      <c r="K222" t="inlineStr">
         <is>
           <t>Rembiś Marek</t>
         </is>
       </c>
-      <c r="L201" t="inlineStr">
+      <c r="L222" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
         </is>
       </c>
-      <c r="M201" t="inlineStr">
+      <c r="M222" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N201" t="inlineStr">
+      <c r="N222" t="inlineStr">
         <is>
           <t>Aparat trójosiowy, grunty, parametry wytrzymałościowe</t>
         </is>
       </c>
     </row>
-    <row r="202">
-      <c r="A202" t="inlineStr">
+    <row r="223">
+      <c r="A223" t="inlineStr">
         <is>
           <t>Mikrosonda elektronowa jeol superprobe jxa-8230</t>
         </is>
       </c>
-      <c r="B202" t="inlineStr">
+      <c r="B223" t="inlineStr">
         <is>
           <t>Mikrosonda elektronowa jeol superprobe jxa-8230</t>
         </is>
       </c>
-      <c r="C202" t="inlineStr">
+      <c r="C223" t="inlineStr">
         <is>
           <t>Mikrosonda elektronowa jeol super probe 8230 wyposażona  jest w :
 - 5 spektrometrów długości fali charakterystycznego promieniowania x (wds) wyposażonych w 12 kryształów dyfrakcyjnych (lif, lifl, lifh, tap, taph, petl, peth, petj, lde1, lde2, lde3);
 - spektrometr dyspersji energii charakterystycznego promieniowania x(eds);
 -  mikroskop optyczny do światła odbitego;
 - mikroskop optyczny do światła przechodzącego;
 - detektor katodoluminescencji.
 laboratorium jest wyposażone również w napylarkę quorum q150te przystosowaną do napylania węglem.</t>
         </is>
       </c>
-      <c r="D202" t="inlineStr">
+      <c r="D223" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikrosonda umożliwia wykonanie punktowej analizy chemicznej faz mineralnych oraz nieorganicznych substancji syntetycznych, a także wykonanie map rozmieszczenia pierwiastków w próbce. analiza chemiczna odbywa się w mikroobszarze o średnicy od około 1-2 µm. przy użyciu mikrosondy możliwe jest oznaczenie składu chemicznego dowolnej substancji występującej w stanie stałym, która uprzednio może być poddana obróbce szlifierskiej i polerskiej.
  </t>
         </is>
       </c>
-      <c r="E202" t="inlineStr">
+      <c r="E223" t="inlineStr">
         <is>
           <t>Analizom przy użyciu mikrosondy poddawane są próbki o średnicy walca ok. 25 mm lub w postaci szlifu mikroskopowego o wymiarach ok. 46 x 27 mm. mikrosonda umożliwia oznaczenie ilościowe pierwiastków głównych i śladowych (4be do 92u, za wyłączeniem gazów szlachetnych). przy użyciu mikrosondy możliwe jest również wykonanie map rozkładu pierwiastków przy pomocy technik eds oraz wds wspomaganych techniką katodoluminescencji.</t>
         </is>
       </c>
-      <c r="F202" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G202" t="inlineStr">
+      <c r="F223" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G223" t="inlineStr">
         <is>
           <t>Na podstawie umów i zleceń za zgodą kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H202" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I202" t="inlineStr">
+      <c r="H223" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I223" t="inlineStr">
         <is>
           <t>Katedra geologii złożowej i górniczej</t>
         </is>
       </c>
-      <c r="J202" t="inlineStr">
+      <c r="J223" t="inlineStr">
         <is>
           <t>Laboratorium pierwiastków krytycznych agh-kghm</t>
         </is>
       </c>
-      <c r="K202" t="inlineStr">
+      <c r="K223" t="inlineStr">
         <is>
           <t>Piestrzyński Adam</t>
         </is>
       </c>
-      <c r="L202" t="inlineStr">
+      <c r="L223" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-piestrzynski-2554.html</t>
         </is>
       </c>
-      <c r="M202" t="inlineStr">
+      <c r="M223" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N202" t="inlineStr">
+      <c r="N223" t="inlineStr">
         <is>
           <t>Analiza chemiczna, bse, mikrosonda eletronowa, wds</t>
         </is>
       </c>
     </row>
-    <row r="203">
-      <c r="A203" t="inlineStr">
+    <row r="224">
+      <c r="A224" t="inlineStr">
         <is>
           <t>Spektrometr nmr</t>
         </is>
       </c>
-      <c r="B203" t="inlineStr">
+      <c r="B224" t="inlineStr">
         <is>
           <t>Spectrometr nmr magritek rock core analyzer - 2mhz</t>
         </is>
       </c>
-      <c r="C203" t="inlineStr">
+      <c r="C224" t="inlineStr">
         <is>
           <t>Spektrometr magritek rock core analyzer (2 mhz) z systemem dyfuzyjnym, jest dedykowany do badań układów porowatych, w szczególności  typu „tight". zawiera przystawkę (thomography system) umożliwiającą wykonywanie kompletnych eksperymentów  tomograficznych 2d-3d. dodatkowo posiadamy system do przeciążeń (overburden system) pozwalający na badanie próbek przy ciśnieniach do 6000 psi.
 skaner nmr służy do badania obiektów pod względem ilościowym i jakościowym   zawartości wody i węglowodorów. w szczególności do badania dowolnych obiektów porowatych ciał stałych lub układów biologicznych zawierających 1h. badanymi obiektami mogą być: rdzenie skalne (skał łupkowych, piaskowców, węglanów), próbki ziemi, biologiczne (owoce, warzywa, rośliny, nasiona, małe zwierzęta, tkanki), ponadto próbki farmaceutyczne, chemiczne, spożywcze etc. 
 wielkość badanych obiektów do 5 cm   średnicy i długości dla eksperymentów 1d przy częstotliwości rezonansowej 2mhz dla 1h, co koresponduje ściśle z badaniami  otworowymi metodami nmr. pomiary 2d i 3d można przeprowadzać dla obiektów o średnicy do 6 cm przy częstotliwości rezonansowej 24 mhz.</t>
         </is>
       </c>
-      <c r="D203" t="inlineStr">
+      <c r="D224" t="inlineStr">
         <is>
           <t xml:space="preserve">Badania dowolnych obiektów porowatych ciał stałych lub układów biologicznych. badanymi obiektami mogą być: rdzenie skalne (skał łupkowych, piaskowców, węglanów), próbki ziemi, biologiczne (owoce, warzywa, rośliny, nasiona, małe zwierzęta, tkanki), ponadto próbki farmaceutyczne, chemiczne, spożywcze etc. </t>
         </is>
       </c>
-      <c r="E203" t="inlineStr">
+      <c r="E224" t="inlineStr">
         <is>
           <t>- porowatość oraz jej rozkład
 - indeksy zawartości wody swobodnej i związanej: ffi, bvi, cbw, t2 cut- off.
 - określania rodzajów płynów, rozkłady czasów t1, t2 i współczynnika dyfuzji d: d-t2, t2-t1, t2-t2, również w wersji przestrzennej (spatially resolved t2).
 - określanie przepuszczalności, profili nasycenia, ciśnień kapilarnych, gardzieli porów.</t>
         </is>
       </c>
-      <c r="F203" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G203" t="inlineStr">
+      <c r="F224" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G224" t="inlineStr">
         <is>
           <t>Kontakt email: akrzyzak@agh.edu.pl</t>
         </is>
       </c>
-      <c r="H203" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I203" t="inlineStr">
+      <c r="H224" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I224" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J203" t="inlineStr">
+      <c r="J224" t="inlineStr">
         <is>
           <t>Systemy porowate/latis - laboratorium tomografii i spektroskopii magnetycznego rezonansu jądrowego</t>
         </is>
       </c>
-      <c r="K203" t="inlineStr">
+      <c r="K224" t="inlineStr">
         <is>
           <t>Krzyżak Artur</t>
         </is>
       </c>
-      <c r="L203" t="inlineStr">
+      <c r="L224" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/artur-tadeusz-krzyzak-8398.html</t>
         </is>
       </c>
-      <c r="M203" t="inlineStr">
+      <c r="M224" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N203" t="inlineStr">
+      <c r="N224" t="inlineStr">
         <is>
           <t>Energia desorpcji, magnetyczny rezonans jądrowy, porowatość, przepuszczalność</t>
         </is>
       </c>
     </row>
-    <row r="204">
-      <c r="A204" t="inlineStr">
+    <row r="225">
+      <c r="A225" t="inlineStr">
         <is>
           <t>Wirówka laboratoryjna beckman</t>
         </is>
       </c>
-      <c r="B204" t="inlineStr">
+      <c r="B225" t="inlineStr">
         <is>
           <t>Wirówka laboratoryjna beckman</t>
         </is>
       </c>
-      <c r="C204" t="inlineStr">
+      <c r="C225" t="inlineStr">
         <is>
           <t>Wirówka laboratoryjna beckman seria gs-6 (max 8000 obrotów/min).</t>
         </is>
       </c>
-      <c r="D204" t="inlineStr">
+      <c r="D225" t="inlineStr">
         <is>
           <t>Wirówka laboratoryjna beckman seria gs-6 (max 8000 obrotów/min) umożliwia jednoczesne wykonanie badania odsączalności skał litych w 4 cylindrch badawczych.</t>
         </is>
       </c>
-      <c r="E204" t="inlineStr">
+      <c r="E225" t="inlineStr">
         <is>
           <t>Oznaczenie odsączalności porowych (spękanych) skał litych.</t>
         </is>
       </c>
-      <c r="F204" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G204" t="inlineStr">
+      <c r="F225" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G225" t="inlineStr">
         <is>
           <t>W ramach podpisanej umowy/zlecenia z laboratorium hydrodynamicznym, po wcześniej akceptacji przez kierownika laboratorium. badanie wykonywane jest wyłącznie przez upoważnionego pracownika laboratorium.</t>
         </is>
       </c>
-      <c r="H204" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I204" t="inlineStr">
+      <c r="H225" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I225" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J204" t="inlineStr">
+      <c r="J225" t="inlineStr">
         <is>
           <t>Laboratorium hydrodynamiczne</t>
         </is>
       </c>
-      <c r="K204" t="inlineStr">
+      <c r="K225" t="inlineStr">
         <is>
           <t>Pierri Dorota</t>
         </is>
       </c>
-      <c r="L204" t="inlineStr">
+      <c r="L225" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dorota-pierri-8219.html</t>
         </is>
       </c>
-      <c r="M204" t="inlineStr">
+      <c r="M225" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N204" t="inlineStr">
+      <c r="N225" t="inlineStr">
         <is>
           <t>Beckman, odsączalność, porowatość, wirówka</t>
         </is>
       </c>
     </row>
-    <row r="205">
-      <c r="A205" t="inlineStr">
+    <row r="226">
+      <c r="A226" t="inlineStr">
         <is>
           <t>Tomograf mr</t>
         </is>
       </c>
-      <c r="B205" t="inlineStr">
+      <c r="B226" t="inlineStr">
         <is>
           <t>Tomograf magritek (24 mhz)</t>
         </is>
       </c>
-      <c r="C205" t="inlineStr">
+      <c r="C226" t="inlineStr">
         <is>
           <t>Badania przy użyciu tomografu mr jak i spektrometru rca umożliwiają rozwój prac teoretycznych i aplikacyjnych dotyczących wykorzystania zjawiska magnetycznego rezonansu jądrowego (mrj) i metod komplementarnych, w biomedycyniew, geofizyce i geologii, chemii i inżynierii materiałowej do badania systemów porowatych. w szczególności dotyczy to obrazowania dyfuzji cząsteczek wody w obecności heterogenicznych gradientów pola magnetycznego z wykorzystaniem technik takich jak dwi, dti, bsd-dti, jak również badania populacji protonów (1h) w różnych układach porowatych w wysokich i niskich polach magnetycznych z zastosowaniem technik relaksometrii  spinowo-sieciowej, t1 i spinowo-spinowej, t2.
 prowadzimy szeroką gamę badań struktury porowej skał i innych materiałów porowatych spotykanych w biologii, medycynie i inżynierii materiałowej. specjalizujemy się w badaniach mrj w niskim polu magnetycznym, a także w bardzo wysokim gradiencie pola magnetycznego. w pracach badawczych analizujemy porowatość i przepuszczalność materiałów, a także prowadzimy prace z zakresu obrazowania przestrzeni porowej. zajmujemy się ponadto kompleksową analizą dyfuzji molekuł wody (posiadamy patenty międzynarodowe dotyczące kalibracji skanerów mr w obecności niejednorodnych gradientów pola magnetycznego) oraz czasów relaksacji t1, t2 (z uwzględnieniem procesów wymiany chemicznej i dyfuzyjnej, a także w obecności gradientów indukowanych). mamy doświadczenie zarówno ze skałami zbiornikowymi (łupki, piaskowce, węglany), jak również z innymi, naturalnymi i syntetycznymi, materiałami porowatymi o szerokim spektrum rozmiaru porów (mikropory &lt; 2nm, mezopory 2-50 nm, makropory &gt; 50 nm), takimi jak hydrożele, zeolity czy tkanki biologiczne.</t>
         </is>
       </c>
-      <c r="D205" t="inlineStr">
+      <c r="D226" t="inlineStr">
         <is>
           <t xml:space="preserve">Prowadzenie badań interdyscyplinarnych, biomedycznych, geofizycznych, i materiałowych
 	rozwój metod mrj do badań biomedycznych: diagnostyka mózgu, mięśnia sercowego, naczyń wieńcowych, wątroby, parametryzacja stanu komórek  in vitro i in vivo.
 	badanie dynamiki wody w układach porowatych: rdzenie skał, hydrożele, włókna węglowe, biologiczne, syntetyczne,. 
  </t>
         </is>
       </c>
-      <c r="E205" t="inlineStr">
+      <c r="E226" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obrazowanie gęstości protonowej materiałów biologicznych jak i przestrzeni porowej skał czy innych materiałów porowatych (2d oraz 3d).
 	obrazowanie dyfuzyjne (obrazowanie ważone dyfuzyjnie — dwi, obrazowanie tensora dyfuzji – dti, obrazowanie tensora dyfuzji w polach niejednorodnych — bsd-dti).
 	wizualizacja traktów neuronalnych lub innych układów anizotropowych.
 </t>
         </is>
       </c>
-      <c r="F205" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G205" t="inlineStr">
+      <c r="F226" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G226" t="inlineStr">
         <is>
           <t>Kontakt - email: akrzyzak@agh.edu.pl</t>
         </is>
       </c>
-      <c r="H205" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I205" t="inlineStr">
+      <c r="H226" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I226" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J205" t="inlineStr">
+      <c r="J226" t="inlineStr">
         <is>
           <t>Systemy porowate/latis - laboratorium tomografii i spektroskopii magnetycznego rezonansu jądrowego</t>
         </is>
       </c>
-      <c r="K205" t="inlineStr">
+      <c r="K226" t="inlineStr">
         <is>
           <t>Krzyżak Artur</t>
         </is>
       </c>
-      <c r="L205" t="inlineStr">
+      <c r="L226" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/artur-tadeusz-krzyzak-8398.html</t>
         </is>
       </c>
-      <c r="M205" t="inlineStr">
+      <c r="M226" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N205" t="inlineStr">
+      <c r="N226" t="inlineStr">
         <is>
           <t>Magnetyczny rezonans jądrowy, relaksometria nmr, tomografia mr</t>
         </is>
       </c>
     </row>
-    <row r="206">
-      <c r="A206" t="inlineStr">
+    <row r="227">
+      <c r="A227" t="inlineStr">
         <is>
           <t>Aparatura do badań gemmologicznych</t>
         </is>
       </c>
-      <c r="B206" t="inlineStr">
+      <c r="B227" t="inlineStr">
         <is>
           <t>Sprzęt gemmologiczny</t>
         </is>
       </c>
-      <c r="C206" t="inlineStr">
+      <c r="C227" t="inlineStr">
         <is>
           <t>Aparatura do badań gemmologicznych obejmuje mikroskop imersyjny, polaryskop, refraktometr, proporcjoskop, duotester  oraz lampę uv.</t>
         </is>
       </c>
-      <c r="D206" t="inlineStr">
+      <c r="D227" t="inlineStr">
         <is>
           <t>Aparatura służy do badania kamieni jubilerskich.</t>
         </is>
       </c>
-      <c r="E206" t="inlineStr">
+      <c r="E227" t="inlineStr">
         <is>
           <t>Aparatura do badań gemmologicznych służy do określenia charakteru optycznego kamieni jubilerskich, pleochroizmu, współczynniku/ów załamania światła, przewodności cieplnej, obecności inkluzji w kamieniach, oceny obróbki szlifu brylantowego oraz reakcji na światło ultrafioletowe.</t>
         </is>
       </c>
-      <c r="F206" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G206" t="inlineStr">
+      <c r="F227" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G227" t="inlineStr">
         <is>
           <t>Aparatura jest udostępniania studentom w trakcie zajęć dydaktycznych i do realizacji projektów prac inż. i mgr</t>
         </is>
       </c>
-      <c r="H206" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I206" t="inlineStr">
+      <c r="H227" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I227" t="inlineStr">
         <is>
           <t>Katedra mineralogii, petrografii i geochemii</t>
         </is>
       </c>
-      <c r="J206" t="inlineStr">
+      <c r="J227" t="inlineStr">
         <is>
           <t>Laboratorium gemmologiczne</t>
         </is>
       </c>
-      <c r="K206" t="inlineStr">
+      <c r="K227" t="inlineStr">
         <is>
           <t>Dumańska-Słowik Magdalena</t>
         </is>
       </c>
-      <c r="L206" t="inlineStr">
+      <c r="L227" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-dumanska-slowik-5858.html</t>
         </is>
       </c>
-      <c r="M206" t="inlineStr">
+      <c r="M227" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N206" t="inlineStr">
+      <c r="N227" t="inlineStr">
         <is>
           <t>Kamienie szlachetne</t>
         </is>
       </c>
     </row>
-    <row r="207">
-      <c r="A207" t="inlineStr">
+    <row r="228">
+      <c r="A228" t="inlineStr">
         <is>
           <t>Stanowisko do badania przepuszczalności skał</t>
         </is>
       </c>
-      <c r="B207" t="inlineStr">
+      <c r="B228" t="inlineStr">
         <is>
           <t>Labboratoryjny przepuszczalnomierz eijkelkamp</t>
         </is>
       </c>
-      <c r="C207" t="inlineStr">
+      <c r="C228" t="inlineStr">
         <is>
           <t>Stanowisko eijkepkamp oznaczania przepuszczalności skał działa zgodnie z poniższą zasadą: wytwarzając różne ciśnienie wody na obu końcach nasyconej próbki i mierząc wynikowy przepływ wody, można określić przepuszczalność wody. w układzie zamkniętym woda ze zbiornika magazynowego pompowana jest pompą zanurzeniową przez filtr do regulatora poziomu o regulowanej wysokości. ten regulator poziomu jest połączony z jednej strony z plastikowym pojemnikiem, a z drugiej strony z rurą, przez którą nadmiar wody przepływa z powrotem do pojemnika magazynowego. pojemnik można zamknąć płytką uszczelniającą, aby ograniczyć parowanie podczas pomiaru. w systemie otwartym woda przepływa bezpośrednio z rury wodnej do regulatora poziomu.
 ponieważ regulator poziomu i zbiornik tworzą naczynie połączone, regulator poziomu będzie utrzymywał poziom wody w zbiorniku (poziom wody w regulatorze poziomu jest równy poziomowi wody w zbiorniku). w pełni nasyconą próbkę pierścienia umieszcza się w uchwycie pierścienia i zakłada nasadkę sita. uchwyt pierścienia jest następnie umieszczany w pojemniku. przez plastikowy syfon woda znad próbki dostaje się do biurety. biurety mają różne długości, dzięki czemu kurki są łatwe w obsłudze. taca ociekowa zbiera wodę z biuret i zwraca ją do zbiornika magazynowego. przy systemie otwartym odpływ odbywa się z tacy ociekowej do np. zlewu. działanie syfonu powoduje powstanie różnicy wysokości (h) poziomu wody wewnątrz i na zewnątrz uchwytu pierścienia. ta różnica wysokości powoduje ciągły przepływ wody przez próbkę. wysokość poziomów wody mierzona jest za pomocą jednopunktowego mostka pomiarowego. gromadząc odprowadzaną wodę w biurecie przez określony czas, współczynnik przepuszczalności wody (współczynnik k) odpowiedniej próbki można obliczyć za pomocą wzoru.</t>
         </is>
       </c>
-      <c r="D207" t="inlineStr">
+      <c r="D228" t="inlineStr">
         <is>
           <t>Oznaczenie współczynnika filtracji skał w granicach 103 do 10-6 m/s.</t>
         </is>
       </c>
-      <c r="E207" t="inlineStr">
+      <c r="E228" t="inlineStr">
         <is>
           <t>Oznaczenie współczynnika filtracji skał w granicach 103 do 10-6 m/s.</t>
         </is>
       </c>
-      <c r="F207" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G207" t="inlineStr">
+      <c r="F228" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G228" t="inlineStr">
         <is>
           <t>W ramach podpisanej umowy/zlecenia z laboratorium hydrodynamicznym, po wcześniej akceptacji przez kierownika laboratorium. badanie wykonywane jest wyłącznie przez upoważnionego pracownika laboratorium.</t>
         </is>
       </c>
-      <c r="H207" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I207" t="inlineStr">
+      <c r="H228" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I228" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J207" t="inlineStr">
+      <c r="J228" t="inlineStr">
         <is>
           <t>Laboratorium hydrodynamiczne</t>
         </is>
       </c>
-      <c r="K207" t="inlineStr">
+      <c r="K228" t="inlineStr">
         <is>
           <t>Pierri Dorota</t>
         </is>
       </c>
-      <c r="L207" t="inlineStr">
+      <c r="L228" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dorota-pierri-8219.html</t>
         </is>
       </c>
-      <c r="M207" t="inlineStr">
+      <c r="M228" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N207" t="inlineStr">
+      <c r="N228" t="inlineStr">
         <is>
           <t>Piasek, przepuszczalność, współczynnik filtracji, żwir</t>
         </is>
       </c>
     </row>
-    <row r="208">
-      <c r="A208" t="inlineStr">
+    <row r="229">
+      <c r="A229" t="inlineStr">
         <is>
           <t>Advanced resistivity system 300 - zestaw do pomiaru oporności</t>
         </is>
       </c>
-      <c r="B208" t="inlineStr">
+      <c r="B229" t="inlineStr">
         <is>
           <t>Advanced resistivity system 300, corelab ins.</t>
         </is>
       </c>
-      <c r="C208" t="inlineStr">
+      <c r="C229" t="inlineStr">
         <is>
           <t>Przeznaczenie: zestaw do pomiarów elektrycznej oporności właściwej cieczy i ciał stałych (rdzeni), pomiary przy różnych nasyceniach umożliwiają wyznaczenie parametru porowatości, parametru nasycenia, współczynnika wysortowania, zwięzłości oraz zwilżalności. pomiary przy różnych temperaturach i ciśnieniu symulują warunki in situ.  pomiary przy różnych poziomach nasycenia. w tym celu pomiar wykonuje się wielokrotnie, z użyciem porous plate  lub po wcześniejszym odwirowaniu próbki, przy ustalonym czasie i liczbie obrotów. na podstawie pomiaru oblicza się parametr porowatości, indeks porowatości (parametr nasycenia), współczynnik wysortowania, wskaźnik zwięzłości próbki oraz współczynnik zwilżalności.
 pomiary próbek stałych (np. skał, materiałów budowlanych) i materiałów sypkich (np. gleba, proszki).
 zestaw advanced resistivity system 300 firmy corelab ins.:
 	miernik
 	komora do pomiarów oporności elektrycznej właściwej cieczy
 	miernik oporności  elektrycznej właściwej dla ciał stałych
 	miernik do pomiaru oporności w symulowanych warunkach złożowych (pod ciśnieniem i w wysokiej temperaturze)
 	czujnik do pomiaru ciał stałych (rdzenie) i materiałów sypkich (gleby)
 	miernik stałej dielektrycznej
 urządzenia preparacyjne, przygotowawcze, pomocnicze: przygotowanie próbek do badań polega na nadaniu próbkom odpowiedniego kształtu, ważeniu, mierzeniu, suszeniu, nasycaniu oraz odwirowywaniu</t>
         </is>
       </c>
-      <c r="D208" t="inlineStr">
+      <c r="D229" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone i wyznaczane parametry:
 	oporność / przewodnictwo właściwe ciał stałych i cieczy
 	oporność właściwa ciał stałych i cieczy w warunkach wysokiego ciśnienia i temperatury
 	parametr porowatości i parametr nasycenia
 	współczynnik zwięzłości
 	współczynnik wysortowania
 	współczynnik zwilżalności
 	stała dielektryczna
 </t>
         </is>
       </c>
-      <c r="E208" t="inlineStr">
+      <c r="E229" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary dla próbki suchej lub nasyconej dowolnym medium, równocześnie wykonuje się pomiar oporności cieczy nasycającej próbkę
 	pomiary przy różnych poziomach nasycenia
 	pomiary w warunkach symulowanych ciśnień złożowych i temperatury
 	wymiary próbek do badań: rdzenie o średnicy 1 cala lub 1,5 cala i długości min. 1,5 cala, pomiary materiałów sypkich
 </t>
         </is>
       </c>
-      <c r="F208" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G208" t="inlineStr">
+      <c r="F229" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G229" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza może być wykorzystywana (w ramach współpracy naukowej lub odpłatnie), ale nie jest możliwe samodzielne wykorzystanie aparatury. pomiary wykonywane będą w miejscu instalacji, przez osobę upoważnioną przez kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H208" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I208" t="inlineStr">
+      <c r="H229" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I229" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J208" t="inlineStr">
+      <c r="J229" t="inlineStr">
         <is>
           <t>Laboratorium petrofizyki / badania własności elektrycznych / petrophysics group</t>
         </is>
       </c>
-      <c r="K208" t="inlineStr">
+      <c r="K229" t="inlineStr">
         <is>
           <t>Puskarczyk Edyta</t>
         </is>
       </c>
-      <c r="L208" t="inlineStr">
+      <c r="L229" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/edyta-puskarczyk-7167.html</t>
         </is>
       </c>
-      <c r="M208" t="inlineStr">
+      <c r="M229" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N208" t="inlineStr">
+      <c r="N229" t="inlineStr">
         <is>
           <t>Badanie skał, geofizyka, oporność, petrofizyka, współczynnik cementacji, współczynnik wysortowania, współczynnik zwilżalności</t>
         </is>
       </c>
     </row>
-    <row r="209">
-      <c r="A209" t="inlineStr">
+    <row r="230">
+      <c r="A230" t="inlineStr">
         <is>
           <t>Fox 50 - zestaw do pomiaru przewodnictwa cieplnego</t>
         </is>
       </c>
-      <c r="B209" t="inlineStr">
+      <c r="B230" t="inlineStr">
         <is>
           <t>Fox 50 heat flow meter, ta instruments. astm c518 and iso 8301 standards</t>
         </is>
       </c>
-      <c r="C209" t="inlineStr">
+      <c r="C230" t="inlineStr">
         <is>
           <t>Przeznaczenie: zestaw pomiarowy do wyznaczania współczynnika przewodnictwa cieplnego, do badań ciał stałych (skał, materiałów budowlanych, izolacyjnych). przedmiotem pomiaru jest współczynnik przewodności cieplnej, a na jego podstawie możliwość obliczenia oraz konstrukcji map rozkładu gęstości powierzchniowego strumienia cieplnego.
 do badań wykorzystuje się aparat płytowy z izolowaną termicznie płytą grzejną. badanie opiera się na metodzie ustalonego strumienia cieplnego, w której strumień ciepła przechodzący przez próbkę materiału ma stałą wartość, a temperatura próbki w każdym punkcie jest ustalona. współczynnik przewodności cieplnej badanego materiału określa się mierząc gęstość strumienia cieplnego i różnicę temperatury po obu stronach próbki. możliwe są dwie procedury pomiarowe - metoda  pojedyńczej (1dx) i podwójnej (2dx) grubości.
 pomiar zgodny z normami astm c518 i iso 8301.
 urządzenia preparacyjne, przygotowawcze, pomocnicze: przygotowanie próbek do badań polega na nadaniu próbkom odpowiedniego kształtu i suszeniu / nasyceniu.</t>
         </is>
       </c>
-      <c r="D209" t="inlineStr">
+      <c r="D230" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone i wyznaczane parametry:
 	współczynnik przewodności cieplnej (zakres pomiarowy: od 0.1 do 10 w/mk)
 	cieplna oporność właściwa
 	opór cieplny
 	gęstość powierzchniowego strumienia cieplnego
 </t>
         </is>
       </c>
-      <c r="E209" t="inlineStr">
+      <c r="E230" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary współczynnika przewodności cieplnej (od 0.1 do 10 w/mk) i cieplnej oporności właściwej
 	pomiar oporu cieplnego (od 0.003 do 0.05 m2k/w)
 	wyznaczenie gęstości powierzchniowego strumienia cieplnego
 	zakres temperaturowy: od -10°c do 190°c (pomiar dla różnych temperatur i przy różnych gradientach temperatury)
 </t>
         </is>
       </c>
-      <c r="F209" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G209" t="inlineStr">
+      <c r="F230" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G230" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza może być wykorzystywana (w ramach współpracy naukowej lub odpłatnie), ale nie jest możliwe samodzielne wykorzystanie aparatury. pomiary wykonywane będą w miejscu instalacji, przez osobę upoważnioną przez kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H209" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I209" t="inlineStr">
+      <c r="H230" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I230" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J209" t="inlineStr">
+      <c r="J230" t="inlineStr">
         <is>
           <t>Laboratorium petrofizyki / badania własności termicznych / petrophysics group</t>
         </is>
       </c>
-      <c r="K209" t="inlineStr">
+      <c r="K230" t="inlineStr">
         <is>
           <t>Puskarczyk Edyta</t>
         </is>
       </c>
-      <c r="L209" t="inlineStr">
+      <c r="L230" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/edyta-puskarczyk-7167.html</t>
         </is>
       </c>
-      <c r="M209" t="inlineStr">
+      <c r="M230" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N209" t="inlineStr">
+      <c r="N230" t="inlineStr">
         <is>
           <t>Badanie skał, geofizyka, opór cieplny, petrofizyka, przewodnictwo cieplne, strumień cieplny</t>
         </is>
       </c>
     </row>
-    <row r="210">
-      <c r="A210" t="inlineStr">
+    <row r="231">
+      <c r="A231" t="inlineStr">
         <is>
           <t>Nmr maran ultra 23mhz - spektrometr magnetycznego rezonansu jądrowego</t>
         </is>
       </c>
-      <c r="B210" t="inlineStr">
+      <c r="B231" t="inlineStr">
         <is>
           <t>Nmr maranultra 23mhz, resonance instruments ltd., gb</t>
         </is>
       </c>
-      <c r="C210" t="inlineStr">
+      <c r="C231" t="inlineStr">
         <is>
           <t>Przeznaczenie: spektrometr przeznaczony jest do badania zawartości wodoru (wody i innych związków zawierających wodór) w skałach, glebach, piaskach, materiałach budowlanych, chemicznych, medycznych, spożywczych. do wyznaczania porowatości ogólnej i efektywnej oraz przepuszczalności i rozkładu nasyceń.
 badania są prowadzone na próbkach ciał stałych (m.in. rdzenie, kawałki skał), ciekłych i gazowych (odpowiednio przygotowana i zabezpieczona próbka).
 warianty badań:
 	pomiar standardowy – analiza rozkładu nasyceń metodą nmr (porowatość ogólna, porowatość efektywna, nasycenie wodą nieredukowalną, zawartość wody wolnej, kapilarnej i związanej),  pomiar dwukrotny dla próbki suchej i nasyconej, metodą echa spinowego, standardowe t2cutoffs i dobrane indywidualnie
 	pomiar rozszerzony – analiza rozkładu nasyceń metodą nmr (porowatość ogólna, porowatość efektywna, nasycenie wodą nieredukowalną, zawartość wody wolnej, kapilarnej i związanej), obliczenie przepuszczalności i rozmiaru porów, interpretacja z wykorzystaniem niestandardowych procedur, indywidualnie dopasowane t2cutoffs według stworzonej procedury
 	pomiary w różnych warunkach nasycenia, wykorzystanie wielu sekwencji pomiarowych
 na podstawie kształtu sygnału nmr można wnioskować o rozmiarach, kształcie i ruchliwości mediów porowych. amplituda sygnału nmr zależy od liczby rezonujących jąder wodoru zawartych w badanej próbce. stanowi to miarę porowatości skały, której pory wypełnione są medium nasycającym. z sumarycznego sygnału wydziela się składowe związane z objętością wody swobodnej, wody kapilarnej i wody związanej w minerałach ilastych.
 urządzenia preparacyjne: nadanie próbkom odpowiedniego kształtu, ważeni, mierzenie, suszenie, nasycanie oraz odwirowywanie.</t>
         </is>
       </c>
-      <c r="D210" t="inlineStr">
+      <c r="D231" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone i wyznaczane parametry:
 	porowatość ogólna, efektywna i dynamiczna
 	objętość wody nasycającej przestrzeń porową z wydzieleniem wody związanej w przestrzeniach międzypakietowych iłów i wody zamkniętej w porach kapilarnych oraz wody swobodnej
 	współczynnik nasycenia wodą związaną, swirr
 	współczynnik przepuszczalności, perm
 	promień porów
 	rozkład porów, psd
 </t>
         </is>
       </c>
-      <c r="E210" t="inlineStr">
+      <c r="E231" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar spektrometryczny t1, t2, dyfuzja
 	standardowe i indywidualnie dopasowane czasy odcięcia - cutoffs
 	zestaw certyfikowanych wzorców do kalibracji
 	oprogramowanie do pomiarów, przetwarzania i interpretacji
 	wymiary próbek: walczyki o średnicy 1 cala i wysokości ok. 1,5 cala lub próbka pokruszona lub ciecz lub mieszanina cieczy i ciała stałego
 </t>
         </is>
       </c>
-      <c r="F210" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G210" t="inlineStr">
+      <c r="F231" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G231" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza może być wykorzystywana (w ramach współpracy naukowej lub odpłatnie), ale nie jest możliwe samodzielne wykorzystanie aparatury. pomiary wykonywane będą w miejscu instalacji, przez osobę upoważnioną przez kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H210" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I210" t="inlineStr">
+      <c r="H231" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I231" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J210" t="inlineStr">
+      <c r="J231" t="inlineStr">
         <is>
           <t>Laboratorium petrofizyki / nmr magnetyczny rezonans jądrowy / petrophysics group</t>
         </is>
       </c>
-      <c r="K210" t="inlineStr">
+      <c r="K231" t="inlineStr">
         <is>
           <t>Puskarczyk Edyta</t>
         </is>
       </c>
-      <c r="L210" t="inlineStr">
+      <c r="L231" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/edyta-puskarczyk-7167.html</t>
         </is>
       </c>
-      <c r="M210" t="inlineStr">
+      <c r="M231" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N210" t="inlineStr">
+      <c r="N231" t="inlineStr">
         <is>
           <t>Magnetyczny rezonans jądrowy, nasycenia, nmr, porowatość, przepuszczalność, psd, rozkład porów, woda kapilarna, woda wolna, woda związana</t>
         </is>
       </c>
     </row>
-    <row r="211">
-      <c r="A211" t="inlineStr">
+    <row r="232">
+      <c r="A232" t="inlineStr">
         <is>
           <t>Chromatograf gazowy carlo erba instruments</t>
         </is>
       </c>
-      <c r="B211" t="inlineStr">
+      <c r="B232" t="inlineStr">
         <is>
           <t>Chromatograf gazowy carlo erba instruments</t>
         </is>
       </c>
-      <c r="C211" t="inlineStr">
+      <c r="C232" t="inlineStr">
         <is>
           <t xml:space="preserve">Chromatograf sprzężony jest z komputerem, wyposażony jest w detektor cieplno-przewodnościowy tcd. przeznaczony jest do rozdziałów mieszanin gazowych. </t>
         </is>
       </c>
-      <c r="D211" t="inlineStr">
+      <c r="D232" t="inlineStr">
         <is>
           <t>Możliwość oznaczania następujących składników: hel, wodór, tlen, azot, metan i dwutlenek węgla.</t>
         </is>
       </c>
-      <c r="E211" t="inlineStr">
+      <c r="E232" t="inlineStr">
         <is>
           <t>Oznaczenia składników w przedziale od 20 ppm do 100% obj.</t>
         </is>
       </c>
-      <c r="F211" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G211" t="inlineStr">
+      <c r="F232" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G232" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H211" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I211" t="inlineStr">
+      <c r="H232" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I232" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J211" t="inlineStr">
+      <c r="J232" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K211" t="inlineStr">
+      <c r="K232" t="inlineStr">
         <is>
           <t>Sechman Henryk</t>
         </is>
       </c>
-      <c r="L211" t="inlineStr">
+      <c r="L232" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
         </is>
       </c>
-      <c r="M211" t="inlineStr">
+      <c r="M232" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N211" t="inlineStr">
+      <c r="N232" t="inlineStr">
         <is>
           <t>Chromatografia gazowa, gc</t>
         </is>
       </c>
     </row>
-    <row r="212">
-      <c r="A212" t="inlineStr">
+    <row r="233">
+      <c r="A233" t="inlineStr">
         <is>
           <t>Chromatograf gazowy fisons instruments gc 8160</t>
         </is>
       </c>
-      <c r="B212" t="inlineStr">
+      <c r="B233" t="inlineStr">
         <is>
           <t>Chromatograf gazowy fisons instruments gc 8160</t>
         </is>
       </c>
-      <c r="C212" t="inlineStr">
+      <c r="C233" t="inlineStr">
         <is>
           <t xml:space="preserve">Chromatograf sprzężony jest z komputerem i generatorem wodoru nm-h2 plus firmy lni schmidlin. chromatograf wyposażony jest w detektor płomieniowo-jonizacyjny fid. przeznaczony jest do rozdziałów mieszanin gazowych.  </t>
         </is>
       </c>
-      <c r="D212" t="inlineStr">
+      <c r="D233" t="inlineStr">
         <is>
           <t>Możliwość oznaczania następujących składników: nasycone węglowodory szeregu metanowego (metan, etan, propan, butany, pentany), gazowe węglowodory nienasycone (etylen, propylen, 1-buten).</t>
         </is>
       </c>
-      <c r="E212" t="inlineStr">
+      <c r="E233" t="inlineStr">
         <is>
           <t>Oznaczenia węglowodorów wykonywane są w przedziale od 0,01 ppm do 100% obj.</t>
         </is>
       </c>
-      <c r="F212" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G212" t="inlineStr">
+      <c r="F233" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G233" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H212" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I212" t="inlineStr">
+      <c r="H233" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I233" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J212" t="inlineStr">
+      <c r="J233" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K212" t="inlineStr">
+      <c r="K233" t="inlineStr">
         <is>
           <t>Sechman Henryk</t>
         </is>
       </c>
-      <c r="L212" t="inlineStr">
+      <c r="L233" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
         </is>
       </c>
-      <c r="M212" t="inlineStr">
+      <c r="M233" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N212" t="inlineStr">
+      <c r="N233" t="inlineStr">
         <is>
           <t>Chromatografia gazowa, gc</t>
         </is>
       </c>
     </row>
-    <row r="213">
-      <c r="A213" t="inlineStr">
+    <row r="234">
+      <c r="A234" t="inlineStr">
         <is>
           <t>Chromatograf gazowy agilent technologies 7820a system</t>
         </is>
       </c>
-      <c r="B213" t="inlineStr">
+      <c r="B234" t="inlineStr">
         <is>
           <t>Chromatograf gazowy agilent technologies 7820a system</t>
         </is>
       </c>
-      <c r="C213" t="inlineStr">
+      <c r="C234" t="inlineStr">
         <is>
           <t xml:space="preserve">Chromatograf sprzężony jest z komputerem, wyposażony jest w detektor cieplno-przewodnościowy tcd. przeznaczony jest do rozdziałów mieszanin gazowych. </t>
         </is>
       </c>
-      <c r="D213" t="inlineStr">
+      <c r="D234" t="inlineStr">
         <is>
           <t>Możliwość oznaczania następujących składników: hel, wodór, tlen i azot.</t>
         </is>
       </c>
-      <c r="E213" t="inlineStr">
+      <c r="E234" t="inlineStr">
         <is>
           <t>Oznaczenia składników w przedziale od 20 ppm do 100% obj.</t>
         </is>
       </c>
-      <c r="F213" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G213" t="inlineStr">
+      <c r="F234" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G234" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H213" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I213" t="inlineStr">
+      <c r="H234" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I234" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J213" t="inlineStr">
+      <c r="J234" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K213" t="inlineStr">
+      <c r="K234" t="inlineStr">
         <is>
           <t>Twaróg Anna</t>
         </is>
       </c>
-      <c r="L213" t="inlineStr">
+      <c r="L234" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/anna-twarog-9247.html</t>
         </is>
       </c>
-      <c r="M213" t="inlineStr">
+      <c r="M234" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N213" t="inlineStr">
+      <c r="N234" t="inlineStr">
         <is>
           <t>Chromatografia gazowa, gc</t>
         </is>
       </c>
     </row>
-    <row r="214">
-      <c r="A214" t="inlineStr">
+    <row r="235">
+      <c r="A235" t="inlineStr">
         <is>
           <t>Fluksometr miernik strumienia emisji metanu i dwutlenku węgla firmy west systems</t>
         </is>
       </c>
-      <c r="B214" t="inlineStr">
+      <c r="B235" t="inlineStr">
         <is>
           <t>West-fluxometr – wysokorozdzielczy, przenośny zestaw pomiarowy strumienia dyfuzji gazów (metan i dwutlenek węgla)  wraz z wyposażeniem, oprogramowaniem i przenośnym komputerem typu palmtop</t>
         </is>
       </c>
-      <c r="C214" t="inlineStr">
+      <c r="C235" t="inlineStr">
         <is>
           <t>Urządzenia pozwala na pomiar emisji metanu i dwutlenku węgla bezpośrednio w terenie. działanie urządzenia polega na pobraniu powietrza z nad powierzchni gleby, które gromadzi się w przestrzeni komory akumulacyjnej. następnie składniki wprowadzane są do połączonych szeregowo detektorów, w których oznaczane są wartości stężenia metanu oraz dwutlenku węgla. urządzenie wyposażone jest w dwa detektory: metanu ws-ch4-tld (zakres od 0,1 ppm do 10% obj.) oraz dwutlenku węgla li820 (ndir) (zakres od 0 do 20 000 ppm).</t>
         </is>
       </c>
-      <c r="D214" t="inlineStr">
+      <c r="D235" t="inlineStr">
         <is>
           <t>Możliwość oznaczania stężeń metanu i dwutlenku węgla w czasie. wyznaczanie wartości strumieni emisji metanu i dwutlenku węgla.</t>
         </is>
       </c>
-      <c r="E214" t="inlineStr">
+      <c r="E235" t="inlineStr">
         <is>
           <t>Detektor metanu ws-ch4-tld (zakres od 0,1 ppm do 10% obj.) oraz detektor dwutlenku węgla li820 (ndir) (zakres od 0 do 20 000 ppm).
 strumień emisji metanu w zakresie: 0.5 mmol/m2/d - 1000 mol/m2/d
 strumień emisji dwutlenku węgla w zakresie: 1 mmol/m2/d - 300 mol/m2/d.</t>
         </is>
       </c>
-      <c r="F214" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G214" t="inlineStr">
+      <c r="F235" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G235" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H214" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I214" t="inlineStr">
+      <c r="H235" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I235" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J214" t="inlineStr">
+      <c r="J235" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K214" t="inlineStr">
+      <c r="K235" t="inlineStr">
         <is>
           <t>Twaróg Anna</t>
         </is>
       </c>
-      <c r="L214" t="inlineStr">
+      <c r="L235" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/anna-twarog-9247.html</t>
         </is>
       </c>
-      <c r="M214" t="inlineStr">
+      <c r="M235" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N214" t="inlineStr">
+      <c r="N235" t="inlineStr">
         <is>
           <t>Emisja dwutlenku węgla, emisja metanu, gaz glebowy</t>
         </is>
       </c>
     </row>
-    <row r="215">
-      <c r="A215" t="inlineStr">
+    <row r="236">
+      <c r="A236" t="inlineStr">
         <is>
           <t>Wodoszczelny ph-metr - konduktometr – solomierz cpc-411</t>
         </is>
       </c>
-      <c r="B215" t="inlineStr">
+      <c r="B236" t="inlineStr">
         <is>
           <t>Wodoszczelny ph-metr - konduktometr – solomierz cpc-411</t>
         </is>
       </c>
-      <c r="C215" t="inlineStr">
+      <c r="C236" t="inlineStr">
         <is>
           <t>Urządzenia mierzy ph, przewodność, zasolenie, mv (potencjał redox) i temperaturę.
 ma zastosowanie w pomiarach terenowych oraz laboratoryjnych.</t>
         </is>
       </c>
-      <c r="D215" t="inlineStr">
+      <c r="D236" t="inlineStr">
         <is>
           <t>Pomiar ph, przewodności, zasolenia, potencjału redox oraz temperatury.</t>
         </is>
       </c>
-      <c r="E215" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G215" t="inlineStr">
+      <c r="E236" t="inlineStr"/>
+      <c r="F236" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G236" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H215" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I215" t="inlineStr">
+      <c r="H236" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I236" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J215" t="inlineStr">
+      <c r="J236" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K215" t="inlineStr">
+      <c r="K236" t="inlineStr">
         <is>
           <t>Sechman Henryk</t>
         </is>
       </c>
-      <c r="L215" t="inlineStr">
+      <c r="L236" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
         </is>
       </c>
-      <c r="M215" t="inlineStr">
+      <c r="M236" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N215" t="inlineStr">
+      <c r="N236" t="inlineStr">
         <is>
           <t>Ph, pomiar ph</t>
         </is>
       </c>
     </row>
-    <row r="216">
-      <c r="A216" t="inlineStr">
+    <row r="237">
+      <c r="A237" t="inlineStr">
         <is>
           <t>Chromatograf gazowy agilent technologies 7890b system</t>
         </is>
       </c>
-      <c r="B216" t="inlineStr">
+      <c r="B237" t="inlineStr">
         <is>
           <t>Chromatograf gazowy agilent technologies 7890b system</t>
         </is>
       </c>
-      <c r="C216" t="inlineStr">
+      <c r="C237" t="inlineStr">
         <is>
           <t xml:space="preserve">Chromatograf sprzężony jest z komputerem i generatorem wodoru nm-h2 plus firmy lni schmidlin. chromatograf wyposażony jest w detektor płomieniowo-jonizacyjny fid oraz detektor cieplno-przewodnościowy tcd. przeznaczony jest do rozdziałów mieszanin gazowych.  </t>
         </is>
       </c>
-      <c r="D216" t="inlineStr">
+      <c r="D237" t="inlineStr">
         <is>
           <t>Możliwość oznaczania następujących składników: nasycone węglowodory szeregu metanowego (metan, etan, propan, butany, pentany), gazowe węglowodory nienasycone (etylen, propylen, 1-buten) oraz dwutlenek węgla.</t>
         </is>
       </c>
-      <c r="E216" t="inlineStr">
+      <c r="E237" t="inlineStr">
         <is>
           <t>Oznaczenia węglowodorów wykonywane są w przedziale od 0,01 ppm do 100% obj. oznaczenia pozostałych składników w przedziale od 20 ppm do 100% obj.</t>
         </is>
       </c>
-      <c r="F216" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G216" t="inlineStr">
+      <c r="F237" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G237" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H216" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I216" t="inlineStr">
+      <c r="H237" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I237" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J216" t="inlineStr">
+      <c r="J237" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K216" t="inlineStr">
+      <c r="K237" t="inlineStr">
         <is>
           <t>Twaróg Anna</t>
         </is>
       </c>
-      <c r="L216" t="inlineStr">
+      <c r="L237" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/anna-twarog-9247.html</t>
         </is>
       </c>
-      <c r="M216" t="inlineStr">
+      <c r="M237" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N216" t="inlineStr">
+      <c r="N237" t="inlineStr">
         <is>
           <t>Chromatografia gazowa, gc</t>
         </is>
       </c>
     </row>
-    <row r="217">
-      <c r="A217" t="inlineStr">
+    <row r="238">
+      <c r="A238" t="inlineStr">
         <is>
           <t>Aparatura do pomiarów geoelektrycznych supersting r8</t>
         </is>
       </c>
-      <c r="B217" t="inlineStr">
+      <c r="B238" t="inlineStr">
         <is>
           <t>Supersting™ wi-fi</t>
         </is>
       </c>
-      <c r="C217" t="inlineStr">
+      <c r="C238" t="inlineStr">
         <is>
           <t>Aparatura supersting r8 jest nowoczesnym systemem pomiarowym służącym do obrazowania ośrodka geologicznego z wykorzystaniem następujących metod geoelektrycznych: elektrooporowa (dc), potencjałów naturalnych (sp) oraz polaryzacji wzbudzonej (ip). w ramach metody elektrooporowej możliwe jest wykonywanie pomiarów metodami: sondowania elektrooporowego (ves), profilowania elektrooporowego i tomografii elektrooporowej (ert). system pomiarowy pozwala na wykorzystanie szeregu standardowych układów pomiarowych (np. wenner, schlumberger, dipole-dipole, pole-dipole, gradient) oraz układów nietypowych, tj. dowolnie programowalnych przez użytkownika. aparatura pozwala na wykonywanie pomiarów w trybie 8-kanałowym, tj. możliwe jest jednoczesne zmierzenie różnic potencjałów dla ośmiu odrębnych par elektrod przy jednokrotnym przepuszczeniu prądu elektrycznego przez badany ośrodek.</t>
         </is>
       </c>
-      <c r="D217" t="inlineStr">
+      <c r="D238" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	wspomaganie badań w zakresie geologii-inżynierskiej i geotechniki.
 	badania strefy przypowierzchniowej dla potrzeb ochrony środowiska gruntowo-wodnego i dla archeologii.
 	badania dla potrzeb rozpoznawania złóż surowców skalnych.
 	badania zapór, obwałowań i innych konstrukcji inżynierskich.
 	badania z użyciem specjalistycznych kabli podwodnych.
 	badania deformacji terenu na obszarach górniczych.
 </t>
         </is>
       </c>
-      <c r="E217" t="inlineStr">
+      <c r="E238" t="inlineStr">
         <is>
           <t>Aparatura supersting r8 pozwala na wykonywanie pomiarów w technice 1d, 2d i 3d, a także w wariancie monitoringu geoelektrycznego (4d). posiadany wariant sprzętowy pozwala na jednoczesne podłączenie zestawu 112 elektrod i maksymalnym ich rozstawie (odległości pomiędzy sąsiadującymi elektrodami) równym 5 m. długość profilu badawczego nie jest ograniczona jedynie do zestawu elektrod - dzięki zastosowaniu techniki roll-along może być odpowiednio powiększana.</t>
         </is>
       </c>
-      <c r="F217" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G217" t="inlineStr">
+      <c r="F238" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G238" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H217" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I217" t="inlineStr">
+      <c r="H238" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I238" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J217" t="inlineStr">
+      <c r="J238" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań geoelektrycznych</t>
         </is>
       </c>
-      <c r="K217" t="inlineStr">
+      <c r="K238" t="inlineStr">
         <is>
           <t>Bania Grzegorz</t>
         </is>
       </c>
-      <c r="L217" t="inlineStr">
+      <c r="L238" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-bania-8216.html</t>
         </is>
       </c>
-      <c r="M217" t="inlineStr">
+      <c r="M238" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N217" t="inlineStr">
+      <c r="N238" t="inlineStr">
         <is>
           <t>Ert, geofizyka, inżynieria środowiska, metody geoelektryczne, obrazowanie elektrooporowe, sondowanie elektrooporowe, tomografia elektrooporowa, ves</t>
         </is>
       </c>
     </row>
-    <row r="218">
-      <c r="A218" t="inlineStr">
+    <row r="239">
+      <c r="A239" t="inlineStr">
         <is>
           <t>Pompa gradientowa do chromatografii jonowej dionex ics-6000</t>
         </is>
       </c>
-      <c r="B218" t="inlineStr">
+      <c r="B239" t="inlineStr">
         <is>
           <t>Dionex ics-6000 sp</t>
         </is>
       </c>
-      <c r="C218" t="inlineStr">
+      <c r="C239" t="inlineStr">
         <is>
           <t>System chromatograficzny dionex ics-6000 sp do rozdziału chromatograficznego specjacji as, cr, sb, se i ich ilościowego oznaczenia w sprzężeniu ze spektrometrią mas (icp-ms):
 	pompa gradientowa model sp z gradientem 4-składnikowym
 	wbudowany próżniowy degazer eluentów
 	zakres przepływu 0,001 – 10 ml/min
 	zakres ciśnienia 0-35 mpa
 	zestaw modułów organizacji i pneumatyki fazy ruchomej eo z zestawem butelek
 	kolumna ionpac as7 (2x250 mm)
 	kolumna ionpac ag7 (2x50 mm)
 	wysokociśnieniowy ręczny zawór nastrzykowy
 szczegóły można znaleźć na stronie: https://www.thermofisher.com/order/catalog/product/22181-60001</t>
         </is>
       </c>
-      <c r="D218" t="inlineStr">
+      <c r="D239" t="inlineStr">
         <is>
           <t>Chromatografia jonowa w sprzężeniu ze spektrometrem mas znajduje szerokie zastosowanie w analizie środowiskowej. daje ona ogromne możliwości w zakresie oznaczenia specjacji wybranych pierwiastków, po zastosowaniu odpowiednich kolumn analitycznych, dobraniu eluentów oraz parametrów pracy aparatury badawczej.</t>
         </is>
       </c>
-      <c r="E218" t="inlineStr">
+      <c r="E239" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego parametru oraz matrycy próbki możliwy jest pomiar stężeń rzędu ng/l. rutynowo granice oznaczalności wahają się od dziesiątych części µg/l do kilku µg/l.</t>
         </is>
       </c>
-      <c r="F218" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G218" t="inlineStr">
+      <c r="F239" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G239" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H218" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I218" t="inlineStr">
+      <c r="H239" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I239" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J218" t="inlineStr">
+      <c r="J239" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K218" t="inlineStr">
+      <c r="K239" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L218" t="inlineStr">
+      <c r="L239" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M218" t="inlineStr">
+      <c r="M239" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N218" t="inlineStr">
+      <c r="N239" t="inlineStr">
         <is>
           <t>Analiza specjacyjna, ic, roztwory wodne, specjacja chemiczna, techniki sprzężone, woda</t>
         </is>
       </c>
     </row>
-    <row r="219">
-      <c r="A219" t="inlineStr">
+    <row r="240">
+      <c r="A240" t="inlineStr">
         <is>
           <t>Aparatura do pomiarów grawimetrycznych</t>
         </is>
       </c>
-      <c r="B219" t="inlineStr">
+      <c r="B240" t="inlineStr">
         <is>
           <t>Autograv cg-5</t>
         </is>
       </c>
-      <c r="C219" t="inlineStr">
+      <c r="C240" t="inlineStr">
         <is>
           <t xml:space="preserve">Grawimetr autograv cg-5 firmy scintrex jest urzadzeniem do pomiaru siły cieżkości, która jest odzwierciedleniem rozkałdu gęstości w ośrodku skalnym. ukłąd pomiarowy grawimetru bazuje na sprężynie kwarcowej i posiada wysoką dokładność pomiaru: rozdzielczość 0,001 mgal, przy błędzie &lt; 0,005 mgal. zakres pomiarowy grawimetru autograv cg-5 obejmuje cały glob. grawimetr charakteryzuje się niskim dryftem, posiada wbudowany moduł eliminujący grawitacyjny wpływ słońca i księżyca i odchylenie od pionu w granicach  ±200 sec.
  </t>
         </is>
       </c>
-      <c r="D219" t="inlineStr">
+      <c r="D240" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	przywracanie użyteczności terenom
 	monitoring grawimetryczny
 	projektowanie dróg i autostrad
 	badania stanu szybów górniczych
 	określanie stanu wałów i zapór
 	wyznaczanie gęstości nasypowej
 	wykrywanie pustek i rozluźnień
 	poszukiwania ropy i gazu oraz złóż węgla, minerałów i rud metali
 	rozpoznanie budowy geologicznej i tektoniki
 </t>
         </is>
       </c>
-      <c r="E219" t="inlineStr">
+      <c r="E240" t="inlineStr">
         <is>
           <t xml:space="preserve">Badania pozwalają na ropoznawanie struktur geologicznych różniących się gęstością objętościową od skał otaczających. parametry autograv cg-5 umożliwiają poszukiwanie struktur o niewielkich rozmiarach, zarówno geologicznych jak i antropogenicznych (badania mikrograwimetryczne). pomiary mogą być wykonywane również wewnątrz wyrobisk górniczych, w tym w szybach górniczych celem zbadania  górotworu poza obudową.
  </t>
         </is>
       </c>
-      <c r="F219" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G219" t="inlineStr">
+      <c r="F240" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G240" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H219" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I219" t="inlineStr">
+      <c r="H240" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I240" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J219" t="inlineStr">
+      <c r="J240" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badańgrawimetrycznych i magnetycznych</t>
         </is>
       </c>
-      <c r="K219" t="inlineStr">
+      <c r="K240" t="inlineStr">
         <is>
           <t>Porzucek Sławomir</t>
         </is>
       </c>
-      <c r="L219" t="inlineStr">
+      <c r="L240" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/slawomir-porzucek-2645.html</t>
         </is>
       </c>
-      <c r="M219" t="inlineStr">
+      <c r="M240" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N219" t="inlineStr">
+      <c r="N240" t="inlineStr">
         <is>
           <t>Geodynamika, geofizyka, geotechnika, górnictwo, inżynieria środowiska, metoda grawimetryczna, metoda mikrograwimetryczna, ochrona powierzchni terenu</t>
         </is>
       </c>
     </row>
-    <row r="220">
-      <c r="A220" t="inlineStr">
+    <row r="241">
+      <c r="A241" t="inlineStr">
         <is>
           <t>Współrzędnościowe ramię pomiarowe</t>
         </is>
       </c>
-      <c r="B220" t="inlineStr">
+      <c r="B241" t="inlineStr">
         <is>
           <t>Ramię pomiarowe 7320si romer</t>
         </is>
       </c>
-      <c r="C220" t="inlineStr">
+      <c r="C241" t="inlineStr">
         <is>
           <t>Przenośny system współrzędnościowy wyposażony w głowicę multisensoryczną umożliwiający przeprowadzanie pomiarów w trybie stykowym oraz z zastosowaniem triangulacji laserowej.</t>
         </is>
       </c>
-      <c r="D220" t="inlineStr">
+      <c r="D241" t="inlineStr">
         <is>
           <t>- opracowanie metod testowania dokładności współrzędnościowych ramion pomiarowych
 - modelowanie dokładności pomiaru przeprowadzonego z wykorzystaniem triangulacji laserowej.</t>
         </is>
       </c>
-      <c r="E220" t="inlineStr">
+      <c r="E241" t="inlineStr">
         <is>
           <t>Przestrzeń robocza urządzenia to wycinek kuli o średnicy 2 metrów. dokładność ok. 0,08 mm.
 możliwości pomiarowe:
 - kontrola wymiarowa elementów mierzonych
 - pomiar kształtu elementów mierzonych
 - porównanie powierzchni elementu mierzonego z modelem cad
 - inżynieria odwrotna</t>
         </is>
       </c>
-      <c r="F220" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G220" t="inlineStr">
+      <c r="F241" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G241" t="inlineStr">
         <is>
           <t>Po uzgodnieniu z kierownictwem katedry</t>
         </is>
       </c>
-      <c r="H220" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I220" t="inlineStr">
+      <c r="H241" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I241" t="inlineStr">
         <is>
           <t>Katedra systemów wytwarzania</t>
         </is>
       </c>
-      <c r="J220" t="inlineStr"/>
-      <c r="K220" t="inlineStr">
+      <c r="J241" t="inlineStr"/>
+      <c r="K241" t="inlineStr">
         <is>
           <t>Gąska Piotr</t>
         </is>
       </c>
-      <c r="L220" t="inlineStr">
+      <c r="L241" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/piotr-gaska-9779.html</t>
         </is>
       </c>
-      <c r="M220" t="inlineStr">
+      <c r="M241" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N220" t="inlineStr">
+      <c r="N241" t="inlineStr">
         <is>
           <t>Inżynieria odwrotna, pomiary współrzędnościowe</t>
         </is>
       </c>
     </row>
-    <row r="221">
-      <c r="A221" t="inlineStr">
+    <row r="242">
+      <c r="A242" t="inlineStr">
         <is>
           <t>Aparatura do pomiarów magnetycznych</t>
         </is>
       </c>
-      <c r="B221" t="inlineStr">
+      <c r="B242" t="inlineStr">
         <is>
           <t>Geometrics g-859as and g-856</t>
         </is>
       </c>
-      <c r="C221" t="inlineStr">
+      <c r="C242" t="inlineStr">
         <is>
           <t xml:space="preserve">Magnetometr g-859as służy do pomiaru indukcji magnetycznej. jest bardzo czułym, szybko próbkującym cezowym magnetometrem kwantowym wykorzystującym zjawisko pompowania optycznego. g-859as zapewnia różne tryby pracy, aby umożliwić niestandardowe zaprojektowanie pomiarów dla konkretnych potrzeb.
 akwizycja danych g-858 umożliwia pracę w trybie ciągłym lub dyskretnym. wysoka częstotliwość próbkowania przyrządu w trybie ciągłym umożliwia operatorowi badanie bez konieczności zatrzymywania się. lokalizację punktów pomiarowych w terenie ułatwia wbudowany system gps.
 magnetometr powala na wykonywanie pomiarów w trybie pracy z jedną sondą pomiarową lub jednocześnie z dwiema sondami pomiarowymi, co w wyniku pozwala na obliczenie gradientu pola magnetycznego.
 zakres pracy urządzenia wynosi  20 000nt – 100 000nt z tolerancją gradientu &gt;20 000nt/m, dokładność pomiaru w ruchu&lt;1.5nt . minimalna częstotliwość pomiaru wynosi 0.1s.
 magnetometr g-856 jest urządzeniem usupełniającym do g-859as i służy do pomiarów bazowych, potrzebnych do analizy dobowych zmian czasowych pola magnetycznego.urządzenie to może wykonywać pomiary w systemie ciągłym z minimalną częstotliwością 4s.
  </t>
         </is>
       </c>
-      <c r="D221" t="inlineStr">
+      <c r="D242" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	badania prospekcyjne złóż,
 	wspomagając rozwiązywanie problemów tektonicznych w obrębie skorupy ziemskiej,
 	prospekcji archeologicznej i historycznej,
 	poszukiwania niewybuchów i niewypałów,
 	w ochronie środowiska,
 	badania podłoża skalnego,
 	badania zmian wiekowych pola magnetycznego na stabilnych stanowiskach pomiarowych,
 	badania zmian wiekowych pola magnetycznego.
 </t>
         </is>
       </c>
-      <c r="E221" t="inlineStr">
+      <c r="E242" t="inlineStr">
         <is>
           <t>Pomiar całkowitego natężenia ziemskiego pola magnetycznego
 pomiar gradeinu pionowego i poziomego ziemskiego pola magnetycznego.
 tryb pomiarowy:
 - dyskretny
 - ciagły</t>
         </is>
       </c>
-      <c r="F221" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G221" t="inlineStr">
+      <c r="F242" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G242" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H221" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I221" t="inlineStr">
+      <c r="H242" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I242" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J221" t="inlineStr">
+      <c r="J242" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań grawimetrycznych i magnetycznych</t>
         </is>
       </c>
-      <c r="K221" t="inlineStr">
+      <c r="K242" t="inlineStr">
         <is>
           <t>Łój Monika</t>
         </is>
       </c>
-      <c r="L221" t="inlineStr">
+      <c r="L242" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/monika-loj-6594.html</t>
         </is>
       </c>
-      <c r="M221" t="inlineStr">
+      <c r="M242" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N221" t="inlineStr">
+      <c r="N242" t="inlineStr">
         <is>
           <t>Archeologia, geofizyka, geotechnika, inżynieria środowiska, metoda magnetyczna, prospekcja złóż, uxo</t>
         </is>
       </c>
     </row>
-    <row r="222">
-      <c r="A222" t="inlineStr">
+    <row r="243">
+      <c r="A243" t="inlineStr">
         <is>
           <t>Soxtec 2055</t>
         </is>
       </c>
-      <c r="B222" t="inlineStr">
+      <c r="B243" t="inlineStr">
         <is>
           <t>System ekstrakcyjny soxtec avanti 2055</t>
         </is>
       </c>
-      <c r="C222" t="inlineStr">
+      <c r="C243" t="inlineStr">
         <is>
           <t xml:space="preserve">System ekstrakcyjny soxtec avanti 2055 umożliwia wykonywanie ekstrakcji przy użyciu szerokiej gamy rozpuszczalników, w sposób szybszy, bezpieczniejszy i bardziej ekonomiczny w porównaniu z ekstrakcją w aparacie soxhlet’a. czas ekstrakcji zredukowany jest do 20% czasu ekstrakcji soxhlet’a, a odzysk rozpuszczalników wynosi do 90%. połączenie techniki ekstrakcji w systemie soxtec oraz szerokiego wachlarza rozpuszczalników czyni system ekstrakcyjny soxtec avanti 2055 elastycznym narzędziem w analizie związków rozpuszczalnych w takich materiałach jak: żywność, pasze, gleba, skały, włókna, produkty chemiczne i farmaceutyki.
  </t>
         </is>
       </c>
-      <c r="D222" t="inlineStr">
+      <c r="D243" t="inlineStr">
         <is>
           <t>Ekstrakcja programowalna i półautomatyczna. czas: w zależności od zastosowania (od 40 min do 5 godz.), typowo 1-2 godz.; wydajność jednej partii: 6 próbek; masa próbki: do 30g; zakres pomiarowy (dla tłuszczu): 0,1-100%; czas nagrzewania: od 20-280°c w 7-9 min; objętość rozpuszczalnika na próbkę: 70-90 ml; dokładność: ± 1% względny.</t>
         </is>
       </c>
-      <c r="E222" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G222" t="inlineStr">
+      <c r="E243" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="F243" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G243" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H222" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I222" t="inlineStr">
+      <c r="H243" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I243" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J222" t="inlineStr">
+      <c r="J243" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K222" t="inlineStr">
+      <c r="K243" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L222" t="inlineStr">
+      <c r="L243" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M222" t="inlineStr">
+      <c r="M243" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N222" t="inlineStr">
+      <c r="N243" t="inlineStr">
         <is>
           <t>Ekstrakcja</t>
         </is>
       </c>
     </row>
-    <row r="223">
-      <c r="A223" t="inlineStr">
+    <row r="244">
+      <c r="A244" t="inlineStr">
         <is>
           <t>Zestaw do prowadzenia eksperymentów pirolizy wodnej</t>
         </is>
       </c>
-      <c r="B223" t="inlineStr">
+      <c r="B244" t="inlineStr">
         <is>
           <t>Reaktor ciśnieniowy typu 4653 (parr instrument company) z oprzyrządowaniem</t>
         </is>
       </c>
-      <c r="C223" t="inlineStr">
+      <c r="C244" t="inlineStr">
         <is>
           <t>Zestaw do pirolizy wodnej (hp) jest unikatowy nie tylko w polsce, ale i w europie. hp jest zaawansowaną metodą doświadczalną służącą do symulacji naturalnych procesów przeobrażenia termicznego materii organicznej i tworzenia się węglowodorów. istotą procesu pirolizy wodnej jest ogrzewanie kawałków skały w zamkniętym reaktorze w obecności wody w ustalonych warunkach temperatury i czasu. gaz i ropa otrzymane w wyniku eksperymentów są fizycznie i chemicznie zbliżone do naturalnych mediów akumulowanych w złożach.
 parametry reaktorów: bez mieszania, pojemność 1000 ml, średnica 6 cm, materiał: hastelloy c276 (55% ni, 15-17% mo, 14,5-16,5% cr, 4-7% fe, 3-4,5% w), wytrzymałość na ciśnienie w 350oc - 410 bar, wytrzymałość na ciśnienie w 600oc - 290 bar, max. temperatura  pracy - 600oc, zawór bezpieczeństwa – 6500 psi (ok. 448 bar)
 piece: ceramiczne o mocy 2250w
 sterowanie i odczyt temperatury i ciśnienia: cyfrowe, rejestrowane co 5 s.
 w skład zestawu wchodzą, oprócz przyrządów bezpośrednio związanych z eksperymentami pirolizy wodnej (reaktory, piece ze sterownikami, płaszcze izotermiczne, termopary, termometry cyfrowe, wielokanałowy przetwornik sygnału, komputer z oprogramowaniem) również urządzenia i przybory niezbędne do przygotowania próbek do analizy oraz napełniania reaktorów i odbioru produktów procesu (gaz, ropa, woda i skała).</t>
         </is>
       </c>
-      <c r="D223" t="inlineStr">
+      <c r="D244" t="inlineStr">
         <is>
           <t>Aparatura wykorzystywana do pirolizy wodnej może zostać użyta nie tylko do symulacji procesów powstawiania ropy i gazu w poszukiwaniach węglowodorów, ale również może do symulacji innych procesów naturalnych: rozkład odpadów, samonagrzewanie węgla, krystalizacja i wytrącanie minerałów oraz przemysłowych: produkcja katalizatorów, produkcja sorbentów węglowych i mineralnych, badanie podatności materiałów na wysokie t i p.</t>
         </is>
       </c>
-      <c r="E223" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G223" t="inlineStr">
+      <c r="E244" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="F244" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G244" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H223" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I223" t="inlineStr">
+      <c r="H244" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I244" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J223" t="inlineStr">
+      <c r="J244" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K223" t="inlineStr">
+      <c r="K244" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L223" t="inlineStr">
+      <c r="L244" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M223" t="inlineStr">
+      <c r="M244" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N223" t="inlineStr">
+      <c r="N244" t="inlineStr">
         <is>
           <t>Generownaie węglowodorów, piroliza bezwodna, piroliza wodna</t>
         </is>
       </c>
     </row>
-    <row r="224">
-      <c r="A224" t="inlineStr">
+    <row r="245">
+      <c r="A245" t="inlineStr">
         <is>
           <t>Gęstościomierz dma 4200 m</t>
         </is>
       </c>
-      <c r="B224" t="inlineStr">
+      <c r="B245" t="inlineStr">
         <is>
           <t>Gęstościomierz anton paar dma 4200 m</t>
         </is>
       </c>
-      <c r="C224" t="inlineStr">
+      <c r="C245" t="inlineStr">
         <is>
           <t>Urządzenie umożliwia pomiary gęstości w temperaturach od -10°c do 200°c i wysokich ciśnieniach do 500 barów.  automatyczna funkcja wykrywania pęcherzyków powietrza fillingcheck™ sprawia, że urządzenie jest zgodne z normami astm d4052 i astm d5002.  wpływ lepkości zostaje wyeliminowany przez szybko działającą funkcję korekcji lepkości, zapewniając tym samym dokładność wyników pomiarów gęstości do 0,0002 g/cm3. funkcja temperfect™ gęstościomierza umożliwia natychmiastowe pomiary gęstości w dowolnej temperaturze między 0 a 150°c w ciśnieniu otoczenia.
 https://www.anton-paar.com/pl-pl/produkty/szczegoly/gestosciomierz-dmatm-4200-m/</t>
         </is>
       </c>
-      <c r="D224" t="inlineStr">
+      <c r="D245" t="inlineStr">
         <is>
           <t>Nadaje się do zastosowań w działalności badawczej związanej z gęstością.</t>
         </is>
       </c>
-      <c r="E224" t="inlineStr">
+      <c r="E245" t="inlineStr">
         <is>
           <t>Wyznaczanie równania stanu
 obliczanie i konfiguracja procesów produkcyjnych
 analiza ropy naftowej metodą ciśn.-objęt.-temp.
 określanie temp. wrzenia ropy naftowej
 szybka i dokładna alternatywa dla hydrometrów p i piknometrów
 https://www.anton-paar.com/pl-pl/produkty/szczegoly/gestosciomierz-dmatm-4200-m</t>
         </is>
       </c>
-      <c r="F224" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G224" t="inlineStr">
+      <c r="F245" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G245" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H224" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I224" t="inlineStr">
+      <c r="H245" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I245" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J224" t="inlineStr">
+      <c r="J245" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K224" t="inlineStr">
+      <c r="K245" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L224" t="inlineStr">
+      <c r="L245" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M224" t="inlineStr">
+      <c r="M245" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N224" t="inlineStr">
+      <c r="N245" t="inlineStr">
         <is>
           <t>Gęstość</t>
         </is>
       </c>
     </row>
-    <row r="225">
-      <c r="A225" t="inlineStr">
+    <row r="246">
+      <c r="A246" t="inlineStr">
         <is>
           <t>Spektrometr delta v plus</t>
         </is>
       </c>
-      <c r="B225" t="inlineStr">
+      <c r="B246" t="inlineStr">
         <is>
           <t>Spektrometr masowy thermo scientific delta v plus</t>
         </is>
       </c>
-      <c r="C225" t="inlineStr">
+      <c r="C246" t="inlineStr">
         <is>
           <t>Aparat służy do pomiaru metodą różnicową składu trwałych izotopów pierwiastków lekkich o masach od 10 do 80 da i dodatkowo wodoru (masa 2 i 3 da). zasada pracy polega na separacji poszczególnych mas jonów w jednorodnym polu magnetycznym a następnie ich wychwytywaniu i zliczaniu w detektorze wyposażonym w puszki faradaya. próbka do spektrometru jest wprowadzana w postaci gazowej. w zależności od analizowanego pierwiastka gazem roboczym jest: przy pomiarze węgla co2, azotu, n2 tlenu co2 lub co, wodoru h2, siarki so2. w zależności od typu substancji pomiarowej (ciało stałe, ciecz, gaz) oraz analizowanego pierwiastka spektrometr jest sprzężony z różnymi przystawkami służącymi do ich preparatyki do pomiaru (analizator elementarny flash 2000, chromatograf trace gc ultra, gasbench ii, tc/ea, precon).</t>
         </is>
       </c>
-      <c r="D225" t="inlineStr">
+      <c r="D246" t="inlineStr">
         <is>
           <t>Analiza składu trwałych izotopów może być wykonywana w celu określenia źródła pochodzenia substancji, rekonstrukcji przeszłych warunków środowiskowych i klimatycznych oraz badania różnych procesów geologicznych, paleontologicznych i chemicznych.</t>
         </is>
       </c>
-      <c r="E225" t="inlineStr">
+      <c r="E246" t="inlineStr">
         <is>
           <t>Pomiar składu trwałych izotopów c, h, n,  o i s w substancjach stałych, ciekłych i gazowych.
 pomiar wykonuje się metodą „on-line”. niepewność analizy trwałych izotopów  z uwzględnieniem preparatyki i dowiązania do wzorca wynosi +/- od 0,2 ‰ do 1‰ w zależności od analizowanego pierwiastka.</t>
         </is>
       </c>
-      <c r="F225" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G225" t="inlineStr">
+      <c r="F246" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G246" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H225" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I225" t="inlineStr">
+      <c r="H246" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I246" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J225" t="inlineStr">
+      <c r="J246" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K225" t="inlineStr">
+      <c r="K246" t="inlineStr">
         <is>
           <t>Kowalski Tomasz</t>
         </is>
       </c>
-      <c r="L225" t="inlineStr">
+      <c r="L246" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-kowalski-1582.html</t>
         </is>
       </c>
-      <c r="M225" t="inlineStr">
+      <c r="M246" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N225" t="inlineStr">
+      <c r="N246" t="inlineStr">
         <is>
           <t>Analiza izotopowa, izotopy trwałe</t>
         </is>
       </c>
     </row>
-    <row r="226">
-      <c r="A226" t="inlineStr">
+    <row r="247">
+      <c r="A247" t="inlineStr">
         <is>
           <t>Gc-fid/tcd</t>
         </is>
       </c>
-      <c r="B226" t="inlineStr">
+      <c r="B247" t="inlineStr">
         <is>
           <t>Chromatograf gazowy agilent 7890a z systemem zaworowym oraz detektorami fid i tcd</t>
         </is>
       </c>
-      <c r="C226" t="inlineStr">
+      <c r="C247" t="inlineStr">
         <is>
           <t>Chromatograf wyposażony w zestaw kolumn oraz dwa detektory: (fid) detektor płomieniowo-jonizacyjny oraz (tcd) detektor cieplno-przewodnościowy. chromatograf wyposażony jest  w trzy zawory, do których połączono trzy pakowane kolumny 1/8” (0,9m hayesep q 80/100 mesh, 1,8 m hayesep q 80/100 mesh i 3 m sito molekularne 13x 45/60 mesh) oraz kolumnę kapilarną gs-alumina (50m x 0.53 mm). system ten zawiera dwa niezależne kanały. kanał z detektorem fid do oznaczania węglowodorów wyposażony w zawór dozujący próbkę oraz kolumnę alumina gs. drugi kanał pracujący z kolumnami pakowanymi i detektorem tcd do oznaczania składników nie-węglowodorowych.</t>
         </is>
       </c>
-      <c r="D226" t="inlineStr">
+      <c r="D247" t="inlineStr">
         <is>
           <t>Określenie składu cząsteczkowego próbek gazowych.</t>
         </is>
       </c>
-      <c r="E226" t="inlineStr">
+      <c r="E247" t="inlineStr">
         <is>
           <t>Oznaczenia następujących składników: c1-c8, co2, o2, h2, n2, he, ne. minimalny limit detekcjji wynosi 0,5 ppm.</t>
         </is>
       </c>
-      <c r="F226" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G226" t="inlineStr">
+      <c r="F247" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G247" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H226" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I226" t="inlineStr">
+      <c r="H247" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I247" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J226" t="inlineStr">
+      <c r="J247" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K226" t="inlineStr">
+      <c r="K247" t="inlineStr">
         <is>
           <t>Bilkiewicz Elżbieta</t>
         </is>
       </c>
-      <c r="L226" t="inlineStr">
+      <c r="L247" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/elzbieta-bilkiewicz-8622.html</t>
         </is>
       </c>
-      <c r="M226" t="inlineStr">
+      <c r="M247" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N226" t="inlineStr">
+      <c r="N247" t="inlineStr">
         <is>
           <t>Gaz ziemny, próbki gazowe, skład cząsteczkowy</t>
         </is>
       </c>
     </row>
-    <row r="227">
-      <c r="A227" t="inlineStr">
+    <row r="248">
+      <c r="A248" t="inlineStr">
         <is>
           <t>Lc</t>
         </is>
       </c>
-      <c r="B227" t="inlineStr">
+      <c r="B248" t="inlineStr">
         <is>
           <t>Chromatograf cieczowy z detektorami uv-vis i refraktometrycznym</t>
         </is>
       </c>
-      <c r="C227" t="inlineStr">
+      <c r="C248" t="inlineStr">
         <is>
           <t>Chromatograf cieczowy  z pompą izokratyczną i detektorem uv-vis i ri wyposażony w ręczny dozownik próbek, zawór umożliwiający podawanie do 6 różnych eluentów  oraz w kolektor frakcji. zestaw jest sterowany poprzez program clarity  służący do zbierania danych oraz opracowania chromatogramów.  chromatograf pracuje w układzie faz odwróconych.</t>
         </is>
       </c>
-      <c r="D227" t="inlineStr">
+      <c r="D248" t="inlineStr">
         <is>
           <t>Chromatograf cieczowy pracujący w układzie faz odwróconych (kolumny z fazą stacjonarna rp18e) umożliwia oznaczenie nielotnych pestycydów, wwa, farmaceutyków z grupy niesterydowych leków przeciwzapalnych jak również polifenoli.</t>
         </is>
       </c>
-      <c r="E227" t="inlineStr">
+      <c r="E248" t="inlineStr">
         <is>
           <t>Oznaczenie zawartości nielotnych pestycydów, wwa, farmaceutyków w próbkach wody</t>
         </is>
       </c>
-      <c r="F227" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G227" t="inlineStr">
+      <c r="F248" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G248" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H227" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I227" t="inlineStr">
+      <c r="H248" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I248" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J227" t="inlineStr">
+      <c r="J248" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K227" t="inlineStr">
+      <c r="K248" t="inlineStr">
         <is>
           <t>Kowalski Adam</t>
         </is>
       </c>
-      <c r="L227" t="inlineStr">
+      <c r="L248" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-kowalski-1573.html</t>
         </is>
       </c>
-      <c r="M227" t="inlineStr">
+      <c r="M248" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N227" t="inlineStr">
+      <c r="N248" t="inlineStr">
         <is>
           <t>Chromatograf cieczowy, farmaceutyki, lc, polifenole, wwa</t>
         </is>
       </c>
     </row>
-    <row r="228">
-      <c r="A228" t="inlineStr">
+    <row r="249">
+      <c r="A249" t="inlineStr">
         <is>
           <t>Gc agilent 7890b-fpd/tcd</t>
         </is>
       </c>
-      <c r="B228" t="inlineStr">
+      <c r="B249" t="inlineStr">
         <is>
           <t>Chromatograf gazowy agilent 7890b z systemem zaworowym oraz detektorami fpd i tcd</t>
         </is>
       </c>
-      <c r="C228" t="inlineStr">
+      <c r="C249" t="inlineStr">
         <is>
           <t>Chromatograf jest wyposażony w dwa dozowniki s/sl oraz dwa detektory fpd i tcd. w torze fpd jest zamontowana kolumna db-1 o wymiarach 60 m x 0,53 mm, film 5 μm, natomiast w torze tcd znajduje się kolumna hp-plot/q o wymiarach 30 m x 0,32 mm, film 20 μm. chromatograf jest wyposażony w układ zaworowy (pętle dozujące).</t>
         </is>
       </c>
-      <c r="D228" t="inlineStr">
+      <c r="D249" t="inlineStr">
         <is>
           <t>Określenie składu cząsteczkowego próbek gazowych.</t>
         </is>
       </c>
-      <c r="E228" t="inlineStr">
+      <c r="E249" t="inlineStr">
         <is>
           <t>Oznaczenie związków organicznych zawierających siarkę i siarkowodoru. minimum detekcji dla fpd 5 pg , dla tcd 100 ppm.</t>
         </is>
       </c>
-      <c r="F228" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G228" t="inlineStr">
+      <c r="F249" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G249" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H228" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I228" t="inlineStr">
+      <c r="H249" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I249" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J228" t="inlineStr">
+      <c r="J249" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K228" t="inlineStr">
+      <c r="K249" t="inlineStr">
         <is>
           <t>Bilkiewicz Elżbieta</t>
         </is>
       </c>
-      <c r="L228" t="inlineStr">
+      <c r="L249" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/elzbieta-bilkiewicz-8622.html</t>
         </is>
       </c>
-      <c r="M228" t="inlineStr">
+      <c r="M249" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N228" t="inlineStr">
+      <c r="N249" t="inlineStr">
         <is>
           <t>Fpd, gc, h2s, tcd, związki siarki</t>
         </is>
       </c>
     </row>
-    <row r="229">
-      <c r="A229" t="inlineStr">
+    <row r="250">
+      <c r="A250" t="inlineStr">
         <is>
           <t>Gc –tcd/fid z metanizerem</t>
         </is>
       </c>
-      <c r="B229" t="inlineStr">
+      <c r="B250" t="inlineStr">
         <is>
           <t>Chromatograf gazowy thermo scientific trace 1300 z systemem zaworowym i z detektorami tcd i fid i metanizerem</t>
         </is>
       </c>
-      <c r="C229" t="inlineStr">
+      <c r="C250" t="inlineStr">
         <is>
           <t>Dwukanałowy chromatograf gazowy wyposażony w system zaworowy do przełączania kolumn i dwa detedetektory (fid i tcd) oraz metanizer. zestaw ten umożliwia oznaczenie zawartości tlenku węgla , metanu, tlenu i azotu oraz w wersji krio argonu w próbkach gazowych.</t>
         </is>
       </c>
-      <c r="D229" t="inlineStr">
+      <c r="D250" t="inlineStr">
         <is>
           <t>Analiza składu cząsteczkowego próbek gazowych ze szczególnym uwzględnieniem zawartości tlenku węgla i argonu.</t>
         </is>
       </c>
-      <c r="E229" t="inlineStr">
+      <c r="E250" t="inlineStr">
         <is>
           <t>Minimalny poziom detekckji co &gt;1 ppb , argonu 400 pg/ml</t>
         </is>
       </c>
-      <c r="F229" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G229" t="inlineStr">
+      <c r="F250" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G250" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H229" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I229" t="inlineStr">
+      <c r="H250" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I250" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J229" t="inlineStr"/>
-      <c r="K229" t="inlineStr">
+      <c r="J250" t="inlineStr"/>
+      <c r="K250" t="inlineStr">
         <is>
           <t>Jurek Krzysztof</t>
         </is>
       </c>
-      <c r="L229" t="inlineStr">
+      <c r="L250" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
         </is>
       </c>
-      <c r="M229" t="inlineStr">
+      <c r="M250" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N229" t="inlineStr">
+      <c r="N250" t="inlineStr">
         <is>
           <t>Analiza cząsteczkowa, argon, metanizer, skład gazu, tlenek węgla</t>
         </is>
       </c>
     </row>
-    <row r="230">
-      <c r="A230" t="inlineStr">
+    <row r="251">
+      <c r="A251" t="inlineStr">
         <is>
           <t>Rock-eval 6</t>
         </is>
       </c>
-      <c r="B230" t="inlineStr">
+      <c r="B251" t="inlineStr">
         <is>
           <t>Rock-eval 6 wersja turbo</t>
         </is>
       </c>
-      <c r="C230" t="inlineStr">
+      <c r="C251" t="inlineStr">
         <is>
           <t>Aparat jest wyposażony w dwa piece: pirolityczny i oksydacyjny. do analizy wykorzystuje się zmieloną próbkę skały (poniżej 0.2 mm) w ilości 50-100 mg, która jest umieszczana w specjalnym metalowym tygielku. analiza w piecu pirolitycznym (w atmosferze azotu) może być prowadzona w zakresie temperatur 80-850oc z szeroką możliwością programowania cyklu temperaturowego w zakresie: początkowej temperatury i czasu jej utrzymywania, tempa narostu temperatury (od 0.1 do 50oc/min) oraz finalnej temperatury i czasu jej utrzymywania. wydzielające się węglowodory (hc) są oznaczane na detektorze płomieniowo-jonizacyjnym (fid), a co2 i co są oznaczane na detektorze podczerwieni (ir).
 analiza w piecu oksydacyjnym (w atmosferze powietrza) może być prowadzona w zakresie temperatur 100-850oc z szeroką możliwością programowania cyklu temperaturowego w zakresie: początkowej temperatury i czasu jej utrzymywania, tempa narostu temperatury (od 0.1 do 50oc/min) oraz finalnej temperatury i czasu jej utrzymywania. produkty spalania i rozkładu – co i co2 przekazywane są na detektor ir w celu oznaczenia ilościowego. inne produkty utleniania nie są oznaczane.</t>
         </is>
       </c>
-      <c r="D230" t="inlineStr">
+      <c r="D251" t="inlineStr">
         <is>
           <t>Analiza re jest dedykowana do oceny potencjału macierzystości skał ropo- i gazotwórczych. umożliwia oznaczanie toc i minc oraz potencjału węglowodorowego skał macierzystych, określenie typu genetycznego i stopnia dojrzałości materii org., wyznaczanie stref nasyconych węglowodorami migracyjnymi oraz określenie ilości i składu frakcyjnego produktów petrochem. w glebie. analiza re może być wykorzystywana do analizy gleb, osadów i nielotnych produktów petrochem.</t>
         </is>
       </c>
-      <c r="E230" t="inlineStr">
+      <c r="E251" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone parametry i wskaźniki:
 s1 (mg hc/g skały),
 s2 (mg hc/g skały),
 s3 (mg co2/g skały),
 tmax  (oc)
 pi (-)
 pc  (% wag.)
 rc  (% wag.)
 toc  (% wag.)
 hi (mg hc/g toc)
 oi (mg co2/g toc)
 minc (% wag.).
  </t>
         </is>
       </c>
-      <c r="F230" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G230" t="inlineStr">
+      <c r="F251" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G251" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H230" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I230" t="inlineStr">
+      <c r="H251" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I251" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J230" t="inlineStr">
+      <c r="J251" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K230" t="inlineStr">
+      <c r="K251" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L230" t="inlineStr">
+      <c r="L251" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M230" t="inlineStr">
+      <c r="M251" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N230" t="inlineStr">
+      <c r="N251" t="inlineStr">
         <is>
           <t>Dojrzałość, piroliza, rock-eval, skała macierzysta, toc, węglowodory</t>
         </is>
       </c>
     </row>
-    <row r="231">
-      <c r="A231" t="inlineStr">
+    <row r="252">
+      <c r="A252" t="inlineStr">
         <is>
           <t>Spektrometr delta plus</t>
         </is>
       </c>
-      <c r="B231" t="inlineStr">
+      <c r="B252" t="inlineStr">
         <is>
           <t>Spektrometr masowy finnigan delta plus</t>
         </is>
       </c>
-      <c r="C231" t="inlineStr">
+      <c r="C252" t="inlineStr">
         <is>
           <t>Aparat służy do pomiaru metodą różnicową składu trwałych izotopów pierwiastków lekkich o masach od 10 do 70 da i dodatkowo wodoru (masa 2 i 3 da). zasada pracy polega na separacji poszczególnych mas jonów w jednorodnym polu magnetycznym a następnie ich wychwytywaniu i zliczaniu w detektorze wyposażonym w puszki faradaya. próbka do spektrometru jest wprowadzana w postaci gazowej. w zależności od analizowanego pierwiastka gazem roboczym jest: przy pomiarze węgla - co2, azotu - n2, tlenu - co2 lub co, wodoru - h2. w zależności od typu substancji pomiarowej (ciało stałe, ciecz, gaz) spektrometr jest sprzężony z różnymi przystawkami służącymi do ich preparatyki do pomiaru (analizator elementarny ea 1108, chromatograf hp serii 6890, h-device itp.).</t>
         </is>
       </c>
-      <c r="D231" t="inlineStr">
+      <c r="D252" t="inlineStr">
         <is>
           <t>Analiza składu trwałych izotopów może być wykonywana w celu określenia źródła pochodzenia substancji, rekonstrukcji przeszłych warunków środowiskowych i klimatycznych oraz badania różnych procesów geologicznych, paleontologicznych i chemicznych.</t>
         </is>
       </c>
-      <c r="E231" t="inlineStr">
+      <c r="E252" t="inlineStr">
         <is>
           <t>Pomiar składu trwałych izotopów c, h, n i o w substancjach stałych, ciekłych i gazowych.
 pomiar wykonuje się metodą „on-line”. niepewność analizy trwałych izotopów z uwzględnieniem preparatyki i dowiązania do wzorca wynosi +/- od 0,2 ‰. do 1 ‰ w zależności od analizowanego pierwiastka.</t>
         </is>
       </c>
-      <c r="F231" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G231" t="inlineStr">
+      <c r="F252" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G252" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H231" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I231" t="inlineStr">
+      <c r="H252" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I252" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J231" t="inlineStr">
+      <c r="J252" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K231" t="inlineStr">
+      <c r="K252" t="inlineStr">
         <is>
           <t>Kowalski Tomasz</t>
         </is>
       </c>
-      <c r="L231" t="inlineStr">
+      <c r="L252" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-kowalski-1582.html</t>
         </is>
       </c>
-      <c r="M231" t="inlineStr">
+      <c r="M252" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N231" t="inlineStr">
+      <c r="N252" t="inlineStr">
         <is>
           <t>Analiza izotopowa, izotopy trwałe</t>
         </is>
       </c>
     </row>
-    <row r="232">
-      <c r="A232" t="inlineStr">
+    <row r="253">
+      <c r="A253" t="inlineStr">
         <is>
           <t>Aparatura do badań sejsmicznych geode</t>
         </is>
       </c>
-      <c r="B232" t="inlineStr">
+      <c r="B253" t="inlineStr">
         <is>
           <t>The geode exploration seismograph</t>
         </is>
       </c>
-      <c r="C232" t="inlineStr">
+      <c r="C253" t="inlineStr">
         <is>
           <t>Aparatura geode (geometrics) jest nowoczesnym systemem do badań sejsmicznych. wykorzystywany jest do rozpoznania zarówno płytkiej strefy ośrodka geologicznego (dla celów inżynieryjnych, geotechnicznych i środowiskowych) oraz głębokiej strefy (rozpoznanie złożowe i strukturalne). pozwala na wykonanie pomiarów refrakcyjnych i tomografii refrakcyjnej fal podłużnych p (srt-p) i fal poprzecznych s (srt-s), wielokanałowej analizy fal powierzchniowych rayleigha (masw) oraz love’a (malw) jak i również płytkie profilowania refleksyjne fal p i s oraz pomiary w płytkich otworach (downhole, crosshole, vsp). jako źródło drgań wykorzystywany jest mobilny system gisco ess 500 turbo o dużej energii (4088 j) oraz młoty i źródła fal poprzecznych. fale sejsmiczne rejestrowane są dzięki odbiornikom o częstotliwościach 4,5 hz, 14 hz oraz 100 hz. do badań z wykorzystaniem fal poprzecznych wykorzystywane są wysokoczułe horyzontalne odbiorniki o częstotliwości 4,5 hz. aparatura geode pozwala na podłączenie do 72 odbiorników. w badaniach otworowych wykorzystywany jest streamer hydrofonowy, sonda 3c oraz sparker jako źródło drgań. aparatura pozwala również na wykonywanie pomiarów z zakresu metod sejsmiki pasywnej - remi (refraction microtremor), spac/esac (spatial autocorrelation/extended spatial autocorrelation) oraz hvsr (horizontal-to-vertical spectral ratio).</t>
         </is>
       </c>
-      <c r="D232" t="inlineStr">
+      <c r="D253" t="inlineStr">
         <is>
           <t>Wysokorozdzielcze rozpoznanie strukturalne i złożowe do głębokości ok. 500m, badania ośrodka gruntowo-skalnego na potrzeby budownictwa lądowego, rozpoznawanie stref osuwiskowych, wykrywanie stref spękań, pustek, kawern i zapadlisk, określenie przebiegu podłoża skalnego, miąższości gleb oraz klasyfikacja gruntów, wspomaganie badań geotechnicznych i geologii inżynierskiej, określenie sejsmiczności badanego obszaru z wykorzystaniem parametru vs30 wg klasyfikacji nehrp i ubc.</t>
         </is>
       </c>
-      <c r="E232" t="inlineStr">
+      <c r="E253" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar fal podłużnych p
 	pomiar fal poprzecznych s
 	pomiar fal powierzchniowych
 	sejsmika refrakcyjna
 	sejsmika refleksyjna
 	wielokanałowa analiza fal powierzchniowych
 	wyznaczanie dynamicznych modułów sprężystości strefy przypowierzchniowej
 	pomiary w otworach
 	sejsmika pasywna
 </t>
         </is>
       </c>
-      <c r="F232" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G232" t="inlineStr">
+      <c r="F253" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G253" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H232" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I232" t="inlineStr">
+      <c r="H253" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I253" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J232" t="inlineStr">
+      <c r="J253" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań sejsmicznych</t>
         </is>
       </c>
-      <c r="K232" t="inlineStr">
+      <c r="K253" t="inlineStr">
         <is>
           <t>Cichostępski Kamil</t>
         </is>
       </c>
-      <c r="L232" t="inlineStr">
+      <c r="L253" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/kamil-cichostepski-8217.html</t>
         </is>
       </c>
-      <c r="M232" t="inlineStr">
+      <c r="M253" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N232" t="inlineStr">
+      <c r="N253" t="inlineStr">
         <is>
           <t>Fale powierzchniowe, geofizyka, geologia inżynierska, geotechnika, inżynieria środowiska, metody sejsmiczne, sejsmika refleksyjna, sejsmika refrakcyjna, tomografia refrakcyjna</t>
         </is>
       </c>
     </row>
-    <row r="233">
-      <c r="A233" t="inlineStr">
+    <row r="254">
+      <c r="A254" t="inlineStr">
         <is>
           <t>Mikroskop nikon eclipse lv100pol</t>
         </is>
       </c>
-      <c r="B233" t="inlineStr">
+      <c r="B254" t="inlineStr">
         <is>
           <t>Mikroskop nikon eclipse lv100pol</t>
         </is>
       </c>
-      <c r="C233" t="inlineStr">
+      <c r="C254" t="inlineStr">
         <is>
           <t>Umożliwia zarówno diaskopowe jak i episkopowe obserwacje polaryzacyjne. epi-iluminator wykorzytuje źródło światła nikon 12v50w, które zapewnia jasne oświetlenie. mechanizm redukcji szumów zapewnia ostre obrazy o wysokim stosunku sygnału do szumu, eliminując rozproszone światło.</t>
         </is>
       </c>
-      <c r="D233" t="inlineStr">
+      <c r="D254" t="inlineStr">
         <is>
           <t>Możliwość stosowania wielu mikroskopowych technik obserwacji zarówno w świetle odbitym jak i przechodzącym.</t>
         </is>
       </c>
-      <c r="E233" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G233" t="inlineStr">
+      <c r="E254" t="inlineStr"/>
+      <c r="F254" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G254" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych po uzgodnieniu z kierownikiem katedry ochrony środowiska.</t>
         </is>
       </c>
-      <c r="H233" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I233" t="inlineStr">
+      <c r="H254" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I254" t="inlineStr">
         <is>
           <t>Katedra ochrony środowiska</t>
         </is>
       </c>
-      <c r="J233" t="inlineStr">
+      <c r="J254" t="inlineStr">
         <is>
           <t>Laboratorium analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K233" t="inlineStr">
+      <c r="K254" t="inlineStr">
         <is>
           <t>Aleksander-Kwaterczak Urszula</t>
         </is>
       </c>
-      <c r="L233" t="inlineStr">
+      <c r="L254" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/urszula-aleksander-kwaterczak-5891.html</t>
         </is>
       </c>
-      <c r="M233" t="inlineStr">
+      <c r="M254" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N233" t="inlineStr">
+      <c r="N254" t="inlineStr">
         <is>
           <t>Mikroskop polaryzacyjny</t>
         </is>
       </c>
     </row>
-    <row r="234">
-      <c r="A234" t="inlineStr">
+    <row r="255">
+      <c r="A255" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji atomowej serii ice3500</t>
         </is>
       </c>
-      <c r="B234" t="inlineStr">
+      <c r="B255" t="inlineStr">
         <is>
           <t>Spektrometr ice3500 firmy thermo scientific</t>
         </is>
       </c>
-      <c r="C234" t="inlineStr">
+      <c r="C255" t="inlineStr">
         <is>
           <t>Automatyczny, wielopierwiastkowy, dwuwiązkowy spektrometr absorpcji atomowej z dwoma komorami pomiarowymi, umożliwiającymi jednoczesne zainstalowanie kombinacji 2 atomizerów, takich jak płomień / piec grafitowy / przystawka do generacji wodorków.</t>
         </is>
       </c>
-      <c r="D234" t="inlineStr">
+      <c r="D255" t="inlineStr">
         <is>
           <t>Oznaczenie metali ciężkich w próbkach, tj. cu, zn, pb, mn, ni, cd, fe</t>
         </is>
       </c>
-      <c r="E234" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G234" t="inlineStr">
+      <c r="E255" t="inlineStr"/>
+      <c r="F255" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G255" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych po uzgodnieniu z kierownikiem katedry ochrony środowiska.</t>
         </is>
       </c>
-      <c r="H234" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I234" t="inlineStr">
+      <c r="H255" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I255" t="inlineStr">
         <is>
           <t>Katedra ochrony środowiska</t>
         </is>
       </c>
-      <c r="J234" t="inlineStr">
+      <c r="J255" t="inlineStr">
         <is>
           <t>Pracownia absorpcyjnej spektroskopii atomowej</t>
         </is>
       </c>
-      <c r="K234" t="inlineStr">
+      <c r="K255" t="inlineStr">
         <is>
           <t>Cyrana Jadwiga</t>
         </is>
       </c>
-      <c r="L234" t="inlineStr">
+      <c r="L255" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jadwiga-cyrana-7159.html</t>
         </is>
       </c>
-      <c r="M234" t="inlineStr">
+      <c r="M255" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N234" t="inlineStr">
+      <c r="N255" t="inlineStr">
         <is>
           <t>Badania składu pierwiastkowego</t>
         </is>
       </c>
     </row>
-    <row r="235">
-      <c r="A235" t="inlineStr">
+    <row r="256">
+      <c r="A256" t="inlineStr">
         <is>
           <t>Spektrometr masowy exploris240 z systemem nanolc ultimate 3000</t>
         </is>
       </c>
-      <c r="B235" t="inlineStr">
+      <c r="B256" t="inlineStr">
         <is>
           <t>Spektrometr masowy exploris240 z systemem nanolc ultimate 3000</t>
         </is>
       </c>
-      <c r="C235" t="inlineStr">
+      <c r="C256" t="inlineStr">
         <is>
           <t>Wysokorozdzielczy spektrometr masowy (maksymalna rozdzielczość 240000) ze źródłami jonów esi oraz nanoesi, wyposażony w kapilarny chromatograf cieczowy z dodatkowym pomiarem uv-vis.</t>
         </is>
       </c>
-      <c r="D235" t="inlineStr">
+      <c r="D256" t="inlineStr">
         <is>
           <t>Analiza małych cząsteczek (np. dla potrzeb chemii organicznej, farmakologii, biologii molekularnej itp.), metabolomika, proteomika, badania białek, analizy ilościowe w proteomice (tmt, itraq, label-free), fragmentacja typu cid, hcd.</t>
         </is>
       </c>
-      <c r="E235" t="inlineStr">
+      <c r="E256" t="inlineStr">
         <is>
           <t>Zakres m/z 50 da - 55 kda (rozdzielczość izotopowa), czułość: fmol/ul, szczegóły w kontakkcie mailowym lub telefonicznym.</t>
         </is>
       </c>
-      <c r="F235" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G235" t="inlineStr">
+      <c r="F256" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G256" t="inlineStr">
         <is>
           <t>Wszelkie szczegóły w bezpośrednim kontakcie mailowym lub telefonicznym.</t>
         </is>
       </c>
-      <c r="H235" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I235" t="inlineStr">
+      <c r="H256" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I256" t="inlineStr">
         <is>
           <t>Katedra chemii analitycznej i biochemii</t>
         </is>
       </c>
-      <c r="J235" t="inlineStr">
+      <c r="J256" t="inlineStr">
         <is>
           <t>Zespół biochemii i neurobiologii</t>
         </is>
       </c>
-      <c r="K235" t="inlineStr">
+      <c r="K256" t="inlineStr">
         <is>
           <t>Suder Piotr</t>
         </is>
       </c>
-      <c r="L235" t="inlineStr">
+      <c r="L256" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/piotr-suder-6910.html</t>
         </is>
       </c>
-      <c r="M235" t="inlineStr">
+      <c r="M256" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N235" t="inlineStr">
+      <c r="N256" t="inlineStr">
         <is>
           <t>Metabolomika, m/z, proteomika, spektrometr masowy, widmo masowe</t>
         </is>
       </c>
     </row>
-    <row r="236">
-      <c r="A236" t="inlineStr">
+    <row r="257">
+      <c r="A257" t="inlineStr">
         <is>
           <t>Stanowisko badań właściwości mechanicznych tworzyw ceramicznych</t>
         </is>
       </c>
-      <c r="B236" t="inlineStr">
+      <c r="B257" t="inlineStr">
         <is>
           <t>Zwick z2.5 i z150</t>
         </is>
       </c>
-      <c r="C236" t="inlineStr">
+      <c r="C257" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa zwick/roell z150 pozwala na wykonywanie pomiarów przy maksymalnym obciążeniu do 150kn. w zależności od zastosowanego osprzętu można wykonywać pomiary przy zginaniu (trzy i czteropunktowe podparcie) ściskaniu czy rozciąganiu. uchwyty do rozciągania umożliwiają badanie próbek płaskich oraz prętów o średnicach od 4 do 25mm.
 maszyna wytrzymałościowa zwick/roell z2.5 pozwala na wykonywanie pomiarów przy maksymalnym obciążeniu do 2.5kn i przeznaczona jest do pomiarów próbek o mniejszych wymiarach (minimalny rozstaw podpór wynosi 16 mm).
 obie maszyny sterowane są poprzez oprogramowanie badawcze testxpert ii, które pozwala na wykonywanie standardowych testów określonych wieloma normami branżowymi oraz na tworzenie własnych, złożonych programów badawczych. dzięki temu możliwe jest wyznaczanie wytrzymałości na zginanie, ściskanie, rozciąganie, granic plastyczności, modułów sprężystości, wydłużenia, pracy do zniszczenia i wielu innych parametrów.</t>
         </is>
       </c>
-      <c r="D236" t="inlineStr">
+      <c r="D257" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	wytrzymałość na zginanie
 	wytrzymałość na ściskanie
 	wytrzymałość na rozciąganie
 	granica plastyczności
 	moduły sprężystości
 	wydłużenie
 	praca do zniszczenia 
 </t>
         </is>
       </c>
-      <c r="E236" t="inlineStr">
+      <c r="E257" t="inlineStr">
         <is>
           <t>Maksymalne obciążenie 150 kn/2.5 kn
 prędkość badania 0.0001 – 600 mm/s /0.0005 – 600 mm/s
 dokładność i powtarzalność pozycjonowania ± 2 μm/± 2 μm
 pomiar siły         klasa 0.5 0.5/1
 maksymalna droga pomiarowa ekstensometru               30 mm</t>
         </is>
       </c>
-      <c r="F236" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G236" t="inlineStr">
+      <c r="F257" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G257" t="inlineStr">
         <is>
           <t>Praca wyłącznie za pośrednictwem operatora  będącego pracownikiem</t>
         </is>
       </c>
-      <c r="H236" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I236" t="inlineStr">
+      <c r="H257" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I257" t="inlineStr">
         <is>
           <t>Katedra ceramiki i materiałów ogniotrwałych</t>
         </is>
       </c>
-      <c r="J236" t="inlineStr">
+      <c r="J257" t="inlineStr">
         <is>
           <t>Laboratorium badań termomechanicznych</t>
         </is>
       </c>
-      <c r="K236" t="inlineStr">
+      <c r="K257" t="inlineStr">
         <is>
           <t>Zych Łukasz</t>
         </is>
       </c>
-      <c r="L236" t="inlineStr">
+      <c r="L257" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-zych-6379.html</t>
         </is>
       </c>
-      <c r="M236" t="inlineStr">
+      <c r="M257" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N236" t="inlineStr">
+      <c r="N257" t="inlineStr">
         <is>
           <t>Granica plastyczności, moduł younga, praca zniszczenia, wytrzymałość na rozciąganie, wytrzymałość na ściskanie, wytrzymałość na zginanie</t>
         </is>
       </c>
     </row>
-    <row r="237">
-      <c r="A237" t="inlineStr">
+    <row r="258">
+      <c r="A258" t="inlineStr">
         <is>
           <t>Stanowisko do pomiaru właściwości termofizycznych materiałów</t>
         </is>
       </c>
-      <c r="B237" t="inlineStr">
+      <c r="B258" t="inlineStr">
         <is>
           <t>Netzsch sta 449 f3®, netzsch lfa 427, netzsch dil 402c</t>
         </is>
       </c>
-      <c r="C237" t="inlineStr">
+      <c r="C258" t="inlineStr">
         <is>
           <t>Analizatory różnicowej kalorymetrii skaningowej dsc , termicznej analizy różnicowej dta, termograwimetrii tg, dyfuzyjności cieplnej metodą laserową oraz dylatometr wysokotemperaturowy.</t>
         </is>
       </c>
-      <c r="D237" t="inlineStr">
+      <c r="D258" t="inlineStr">
         <is>
           <t>Badanie zmian masy oraz towarzyszących efektów cieplnych zachodzących w trakcie dynamicznego ogrzewania/chłodzenia próbki i/lub w warunkach izotermicznych w atmosferze statycznej, dynamicznej, obojętnej, utleniającej lub redukcyjnej.
 bezpośrednie  badanie dyfuzyjności cieplnej oraz pośrednie badanie przewodnictwa cieplnego ciał stałych, proszków oraz cieczy.
 badanie zmian wymiarów liniowych ciał stałych w funkcji temperatury lub czasu.</t>
         </is>
       </c>
-      <c r="E237" t="inlineStr">
+      <c r="E258" t="inlineStr">
         <is>
           <t>Dta, tg, dsc 25-1300°c warunki: statyczne, dynamiczne; atmosfera: obojętna, utleniająca, redukcyjna oraz 25-2000°c atmosfera: statyczna, dynamiczna, obojętna.
 pomiary dyfuzyjności cieplnej w zakresie 0.01-1000 mm2/s oraz przewodnictwa cieplnego ciał stałych oraz cieczy. do 1500oc w atmosferze argonu.
 pomiary dylatometryczne do 1500 °c, stała, zmienna prędkość przyrostu temp. w różnych atmosferach. długości probki max 25 mm.</t>
         </is>
       </c>
-      <c r="F237" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G237" t="inlineStr">
+      <c r="F258" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G258" t="inlineStr">
         <is>
           <t>Operator będący pracownikiem laboratorium. zlecenie lub umowa.</t>
         </is>
       </c>
-      <c r="H237" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I237" t="inlineStr">
+      <c r="H258" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I258" t="inlineStr">
         <is>
           <t>Katedra ceramiki i materiałów ogniotrwałych</t>
         </is>
       </c>
-      <c r="J237" t="inlineStr">
+      <c r="J258" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań termofizycznych</t>
         </is>
       </c>
-      <c r="K237" t="inlineStr">
+      <c r="K258" t="inlineStr">
         <is>
           <t>Szumera Magdalena</t>
         </is>
       </c>
-      <c r="L237" t="inlineStr">
+      <c r="L258" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-szumera-6408.html</t>
         </is>
       </c>
-      <c r="M237" t="inlineStr">
+      <c r="M258" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N237" t="inlineStr">
+      <c r="N258" t="inlineStr">
         <is>
           <t>Ciepło właściwe, dsc, dta, dyfuzyjność cieplna, dylatometria, lfa, przewodność cieplna, rozszerzalność termiczna, termoanaliza, tg</t>
         </is>
       </c>
     </row>
-    <row r="238">
-      <c r="A238" t="inlineStr">
+    <row r="259">
+      <c r="A259" t="inlineStr">
         <is>
           <t>Nova nanosem 200</t>
         </is>
       </c>
-      <c r="B238" t="inlineStr">
+      <c r="B259" t="inlineStr">
         <is>
           <t>Skaningowy mikroskop elektronowy fei nova nanosem 200</t>
         </is>
       </c>
-      <c r="C238" t="inlineStr">
+      <c r="C259" t="inlineStr">
         <is>
           <t>Ultrawysokorozdzielczy skaningowy mikroskop elektronowy z działem z emisją polową (feg– emiter schotkyego), współpracujący z analizatorem eds firmy edax. zdolność rozdzielcza do 2 nm,  powiększenia 70 – 500 000x.</t>
         </is>
       </c>
-      <c r="D238" t="inlineStr">
+      <c r="D259" t="inlineStr">
         <is>
           <t>Wysokorozdzielcze badania mikrostruktury materiałów w wysokiej i niskiej próżni.
 obserwacja powierzchni materiałów w elektronach  wtórnych i wstecznie rozproszonych.
 badania mikrostruktury proszków, świeżych przełamów i zgładów. analizy pierwiastków począwszy od boru do końca układu okresowego.
 analiza rozdładu pierwiastków w mikroobszarach („mapping”), a także analizy liniowe.</t>
         </is>
       </c>
-      <c r="E238" t="inlineStr">
+      <c r="E259" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	napięcie przyspieszające 5 – 30 kv
 	ciśnienie w komorze &lt; 10-2 pa (hvac) oraz 60-200 pa (lvac)
 	detektory wymagające wysokiej próżni: everhart-thornley sed, bsed, in-lens tld – ultrawysokorodzielczy (próbki niemagnetyczne)
 	detektory niksopróżniowe: low vaccum lvd, helix – ultrawysokorozdzielczy (próbki niemagnetyczne)
 </t>
         </is>
       </c>
-      <c r="F238" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G238" t="inlineStr">
+      <c r="F259" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G259" t="inlineStr">
         <is>
           <t>Praca wyłącznie za pośrednictwem operatora będącego pracownikiem wydziałowego laboratorium mikroskopii skaningowej i mikroanalizy wimic
 zlecenie/ umowa/inna forma współpracy po uzgodnieniu.</t>
         </is>
       </c>
-      <c r="H238" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I238" t="inlineStr">
+      <c r="H259" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I259" t="inlineStr">
         <is>
           <t>Katedra ceramiki i materiałów ogniotrwałych</t>
         </is>
       </c>
-      <c r="J238" t="inlineStr">
+      <c r="J259" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium mikroskopii skaningowej i mikroanalizy wimic grupa analizy mikrostruktury materiałów http://kcimo.pl/pl/grupa/grupa-analizy-mikrostruktury-materialow</t>
         </is>
       </c>
-      <c r="K238" t="inlineStr">
+      <c r="K259" t="inlineStr">
         <is>
           <t>Ziąbka Magdalena</t>
         </is>
       </c>
-      <c r="L238" t="inlineStr">
+      <c r="L259" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-ziabka-6972.html</t>
         </is>
       </c>
-      <c r="M238" t="inlineStr">
+      <c r="M259" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N238" t="inlineStr">
+      <c r="N259" t="inlineStr">
         <is>
           <t>Analiza chemiczna, eds, elemental analysis, high resolution, microstructure, mikrostruktura, morfologia, morphology, sem, wysoka rozdzielczość</t>
         </is>
       </c>
     </row>
-    <row r="239">
-      <c r="A239" t="inlineStr">
+    <row r="260">
+      <c r="A260" t="inlineStr">
         <is>
           <t>Mikroskop konfokalny</t>
         </is>
       </c>
-      <c r="B239" t="inlineStr">
+      <c r="B260" t="inlineStr">
         <is>
           <t>Olympus ols 4000 lext - laserowy mikroskop konfokalny</t>
         </is>
       </c>
-      <c r="C239" t="inlineStr">
+      <c r="C260" t="inlineStr">
         <is>
           <t>Olympus lext ols4000 to mikroskop konfokalny o wysokiej rozdzielczości przeznaczony do obrazowania powierzchni 3d oraz pomiarów chropowatości.
 powiększenie (optyczne i cyfrowe) tego mikroskopu mieści się w zakresie od 108x do 17 280x.
 oprogramowanie mikroskopu lext ols4000 pozwala dokonywać pomiarów: chropowatości linii i powierzchni, wymiarów obiektów (wysokości, długości, pola powierzchni, objętości, grubości warstw), itp.
 więcej szczegółów: https://www.olympus-ims.com/pl/metrology/ols4000/</t>
         </is>
       </c>
-      <c r="D239" t="inlineStr">
+      <c r="D260" t="inlineStr">
         <is>
           <t>2d, 3d tryby: rzeczywistych kolorów, wysokiej rozdzielczości i wysokości
 różnicowy kontrast interferencyjny (dic)
 profil: primary profile: pp, pv, pz, pc, pt, pa, pq, psk, pku, psm
 roughnes profile: rp, rv, rz, rc, rt, ra, rq, rsk, rku, rsm
 waviness profile: wp, wv, wz, wc, wt, wa, wq, wsk, wku, wsm
 amplitude parameters: sq, ssk, sku, sp, sv, sz, sa
 functional parameters: smr(c), sdc(mr), sk, spk, svk, smr1, smr2</t>
         </is>
       </c>
-      <c r="E239" t="inlineStr">
+      <c r="E260" t="inlineStr">
         <is>
           <t>Zestaw obiektywów konfokalnych 5x, 10x, 20x, 50x, 100x
 powiększenie 108 - 17280x
 źródło światła: laser półprzewodnikowy 405 nm
 kolorowy obraz: biała dioda led, 2-megapikselowy detektor ccd
 zestaw filtrów pozwalającyh korygować szum, nachylenie oraz krzywiznę lub chropowatość powierzchni
 maksymalna średnica próbki 15 cm
 maksym. grubość próbki 10 cm
 maksym. waga próbki 1 kg</t>
         </is>
       </c>
-      <c r="F239" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G239" t="inlineStr">
+      <c r="F260" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G260" t="inlineStr">
         <is>
           <t>Praca wyłącznie za pośrednictwem operatora będącego pracownikiem kcimo</t>
         </is>
       </c>
-      <c r="H239" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I239" t="inlineStr">
+      <c r="H260" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I260" t="inlineStr">
         <is>
           <t>Katedra ceramiki i materiałów ogniotrwałych</t>
         </is>
       </c>
-      <c r="J239" t="inlineStr">
+      <c r="J260" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium ceramiki szlachetnej i technicznej, dr hab. inż. marcin gajek, dr hab. inż. janusz partyka</t>
         </is>
       </c>
-      <c r="K239" t="inlineStr">
+      <c r="K260" t="inlineStr">
         <is>
           <t>Gajek Marcin</t>
         </is>
       </c>
-      <c r="L239" t="inlineStr">
+      <c r="L260" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marcin-gajek-6833.html</t>
         </is>
       </c>
-      <c r="M239" t="inlineStr">
+      <c r="M260" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N239" t="inlineStr">
+      <c r="N260" t="inlineStr">
         <is>
           <t>Mikroskop konfokalny, obrazowanie powierzchni 3d, profil powierzchni, szorstkość</t>
         </is>
       </c>
     </row>
-    <row r="240">
-      <c r="A240" t="inlineStr">
+    <row r="261">
+      <c r="A261" t="inlineStr">
         <is>
           <t>Zestaw do mikroskopii skaningowej</t>
         </is>
       </c>
-      <c r="B240" t="inlineStr">
+      <c r="B261" t="inlineStr">
         <is>
           <t>Thermofisher scientific apreo 2, scios 2</t>
         </is>
       </c>
-      <c r="C240" t="inlineStr">
+      <c r="C261" t="inlineStr">
         <is>
           <t>Mikroskopy sem z kolumnami elektronowymi (feg) oraz jonową, galową – scios 2. do oprzyrządowania należą spektroskopy eds (edax), katodoluminescencyjny (gatan ametek) oraz masowy jonów wtórnych z pomiarem czasu przelotu – tof-sims. urządzenia posiadają szeroki wachlarz detektorów półprzewodnikowych i scyntylacyjnych, w tym między innymi detektor do trybu stem. zawierają optykę elektrostatyczną i magnetyczną. scios 2 ma możliwość mikroobróbki wiązką jonów galu, w tym wytwarzania preparatów dla tem, tzw. lamel, posiada również detektory jonów wtórnych a także możliwość wizualizacji z użyciem elektronów emitowanych pod wpływem oddziaływania z wiązką jonów pierwotnych. apreo 2 jest wyposażony w detektor ebsd oraz tryb ecci (kontrast kanałowania elektronów). oba urządzenia mają również możliwość pracy w niskiej próżni, 10 – 500 pa.</t>
         </is>
       </c>
-      <c r="D240" t="inlineStr">
+      <c r="D261" t="inlineStr">
         <is>
           <t>Wizualizacja mikrostruktury w tym w kontraście orientacyjnym, mapowanie pierwiastków, pomiary właściwości optycznych i struktury elektronowej (cl), pomiary struktury w skali komórki elementarnej (ebsd) i obrazowanie defektów struktury (np. dyslokacji), mikroobróbka, obrazowanie 3d.</t>
         </is>
       </c>
-      <c r="E240" t="inlineStr">
+      <c r="E261" t="inlineStr">
         <is>
           <t>Napięcie przyspieszające elektronów 0,2 – 30 kv; 0,5 – 30 kv dla jonów. ”landing energy” 20ev do 30 kev. prąd wiązki elektronów 1 pa do 50 na. prąd wiązki jonów 1,5 pa do 65 na. eds od be (rozd. 129 ev). tof-sims do 500 u. standardowy wd 7 i 10 mm. próżnia w komorze do 7x10-6 pa (hvac) lub 10 – 500 pa (lvac). maksymalna średnica próbki 122 mm, standardowa 5 mm. pochylenie stolika  -15/+90o.</t>
         </is>
       </c>
-      <c r="F240" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G240" t="inlineStr">
+      <c r="F261" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G261" t="inlineStr">
         <is>
           <t>Praca wyłącznie za pośrednictwem operatora będącego pracownikiem wydziałowego laboratorium mikroskopii skaningowej i mikroanalizy wimic. zlecenie/ umowa/inna forma współpracy po uzgodnieniu.</t>
         </is>
       </c>
-      <c r="H240" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I240" t="inlineStr">
+      <c r="H261" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I261" t="inlineStr">
         <is>
           <t>Katedra ceramiki i materiałów ogniotrwałych</t>
         </is>
       </c>
-      <c r="J240" t="inlineStr">
+      <c r="J261" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium mikroskopii skaningowej i mikroanalizy wimic grupa analizy mikrostruktury materiałów http://kcimo.pl/pl/grupa/grupa-analizy-mikrostruktury-materialow</t>
         </is>
       </c>
-      <c r="K240" t="inlineStr">
+      <c r="K261" t="inlineStr">
         <is>
           <t>Ziąbka Magdalena</t>
         </is>
       </c>
-      <c r="L240" t="inlineStr">
+      <c r="L261" t="inlineStr">
         <is>
           <t>Https://api.skos.agh.edu.pl/osoba/magdalena-ziabka-6972.html</t>
         </is>
       </c>
-      <c r="M240" t="inlineStr">
+      <c r="M261" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N240" t="inlineStr">
+      <c r="N261" t="inlineStr">
         <is>
           <t>Cl, ebsd, ecci, eds, kolumna jonowa, mikrostruktura, morfologia, sem, stem, tof-sims</t>
         </is>
       </c>
     </row>
-    <row r="241">
-      <c r="A241" t="inlineStr">
+    <row r="262">
+      <c r="A262" t="inlineStr">
         <is>
           <t>Aparatura do pomiarów konduktometrycznych cmd explorer i cmd mini explorer</t>
         </is>
       </c>
-      <c r="B241" t="inlineStr">
+      <c r="B262" t="inlineStr">
         <is>
           <t>Cmd explorer i cmd mini explorer</t>
         </is>
       </c>
-      <c r="C241" t="inlineStr">
+      <c r="C262" t="inlineStr">
         <is>
           <t>Aparatury cmd explorer i cmd mini explorer to nowoczesne systemy pomiarowe charakteryzuje się dużą rozdzielczością zarówno pionową jak i poziomą dla ośrodków dobrze przewodzących. aparatury uzupełniają się co do zasięgów głębokościowych, a pomiar odbywa się w sumie na sześciu poziomach głębokościowych dla każdej z dwóch konfiguracji układu pomiarowego tj. hd i vd.  pozwala to na interpretację geofizyczną i uzyskanie przedziału głębokościowego od ok. 0.25 m do ok. 7 m. aparatury wykorzystują metodę konduktometryczną która należy do metody indukcyjnej opartej o prawo indukcji faradaya. metoda umożliwia dobre rozpoznanie płytko zalegających dobrze przewodzących warstw geologicznych. pozwala ona na obrazowanie ośrodka geologicznego tj. określenia rozkładu przewodności będącej rezultatem interpretacji geofizycznej. w metodzie tej brak jest problemu uziemienia bo pole wzbudzane jest indukcyjnie a nie galwanicznie. pomiar w metodzie konduktometrycznej można wykonać szybko na dużym obszarze i może go wykonać jedna osoba.</t>
         </is>
       </c>
-      <c r="D241" t="inlineStr">
+      <c r="D262" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary inżynieryjne w budownictwie drogowym i kolejowym
 	lokalizacja stref wodonośnych i osuwisk, stref wycieku wody np. na wałach przeciwpowodziowych czy w podłożu wałów
 	monitorowanie wycieków ścieków
 	mapowanie geologiczne
 	w rolnictwie monitorowanie jakości gleby
 	w archeologii
 	środowiskowe mapowanie aureoli zanieczyszczeń
 </t>
         </is>
       </c>
-      <c r="E241" t="inlineStr">
+      <c r="E262" t="inlineStr">
         <is>
           <t>Aparatura pozwala na pomiar przewodności pozornej dla sześciu poziomów głębokościowych dla dwóch konfiguracji hd i vd różniących się rozdzielczością i zasięgiem głębokościowym. aparatury cmd explorer i cmd mini explorer uzupełniają się głębokościowo (każda po trzy poziomy dla dwóch konfiguracji). długość profilu jest dowolna a krok pomiarowy wynosi standardowo 1 m umożliwia uzyskanie dobrej rozdzielczości poziomej.</t>
         </is>
       </c>
-      <c r="F241" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G241" t="inlineStr">
+      <c r="F262" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G262" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H241" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I241" t="inlineStr">
+      <c r="H262" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I262" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J241" t="inlineStr">
+      <c r="J262" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań geoelektrycznych</t>
         </is>
       </c>
-      <c r="K241" t="inlineStr">
+      <c r="K262" t="inlineStr">
         <is>
           <t>Klityński Wojciech</t>
         </is>
       </c>
-      <c r="L241" t="inlineStr">
+      <c r="L262" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/wojciech-klitynski-1416.html</t>
         </is>
       </c>
-      <c r="M241" t="inlineStr">
+      <c r="M262" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N241" t="inlineStr">
+      <c r="N262" t="inlineStr">
         <is>
           <t>Gcm, geofizyka, inżynieria środowiska, konduktometr, metody geoelektryczne, przewodność</t>
         </is>
       </c>
     </row>
-    <row r="242">
-      <c r="A242" t="inlineStr">
+    <row r="263">
+      <c r="A263" t="inlineStr">
         <is>
           <t>Tomograf</t>
         </is>
       </c>
-      <c r="B242" t="inlineStr">
+      <c r="B263" t="inlineStr">
         <is>
           <t>Tomograf g phoenix v|tome|x</t>
         </is>
       </c>
-      <c r="C242" t="inlineStr">
+      <c r="C263" t="inlineStr">
         <is>
           <t>Tomograf wyposażony w dwie lampy – microfocus (maksymalne napięcie 300 kv) i nanofocus (maksymalne napięcie 180 kv)</t>
         </is>
       </c>
-      <c r="D242" t="inlineStr">
+      <c r="D263" t="inlineStr">
         <is>
           <t>Możliwość prowadzenia badań tomograficznych przy jednoczesnym obciążeniu statycznym oraz przy wpływie ekstremalnych temperatur pozwala na pracę z różnymi materiałami m. in. drewnem, metalami, skałami, kompozytami, tkankami organicznymi czy elektroniką</t>
         </is>
       </c>
-      <c r="E242" t="inlineStr">
+      <c r="E263" t="inlineStr">
         <is>
           <t>Dostosowanie źródła promieniowania do materiału
 możliwość dostrzeżenia szczegółów &lt;0,2µm,
 maksymalna średnica elementu 30cm,
 maksymalna masa elementu 25kg,
 maksymalna wysokość elementu 100cm,
 stabilizowany temperatorowo detektor panelowy o wysokim kontraście pozwalający na pozyskanie wysokiej jakości danych
 zautomatyzowane systemy korekcji wpływające na zniwelowania potencjalnych błędów analiz</t>
         </is>
       </c>
-      <c r="F242" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G242" t="inlineStr">
+      <c r="F263" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G263" t="inlineStr">
         <is>
           <t>Praca wyłącznie za pośrednictwem upoważnionego pracownika katedry geomechaniki, budownictwa i geotechniki. 
 zlecenie/ umowa/inna forma współpracy po uzgodnieniu</t>
         </is>
       </c>
-      <c r="H242" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I242" t="inlineStr">
+      <c r="H263" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I263" t="inlineStr">
         <is>
           <t>Katedra geomechaniki, budownictwa i geotechniki</t>
         </is>
       </c>
-      <c r="J242" t="inlineStr">
+      <c r="J263" t="inlineStr">
         <is>
           <t>Pracownia badań tomograficznych</t>
         </is>
       </c>
-      <c r="K242" t="inlineStr">
+      <c r="K263" t="inlineStr">
         <is>
           <t>Wałach Daniel</t>
         </is>
       </c>
-      <c r="L242" t="inlineStr">
+      <c r="L263" t="inlineStr">
         <is>
           <t>Https://api.skos.agh.edu.pl/osoba/daniel-walach-5448.html</t>
         </is>
       </c>
-      <c r="M242" t="inlineStr">
+      <c r="M263" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N242" t="inlineStr">
+      <c r="N263" t="inlineStr">
         <is>
           <t>Badania tomograficzne, phoenix, tomograf</t>
         </is>
       </c>
     </row>
-    <row r="243">
-      <c r="A243" t="inlineStr">
+    <row r="264">
+      <c r="A264" t="inlineStr">
         <is>
           <t>Skaner laserowy 3d</t>
         </is>
       </c>
-      <c r="B243" t="inlineStr">
+      <c r="B264" t="inlineStr">
         <is>
           <t>Faro focus s 150</t>
         </is>
       </c>
-      <c r="C243" t="inlineStr">
+      <c r="C264" t="inlineStr">
         <is>
           <t>Skanery laserowe zostały opracowanie z myślą o pomiarach wewnątrz i na zewnątrz budynków w takich branżach jak architektura, inżynieria, budownictwo, bezpieczeństwo publiczne i kryminalistyka lub projektowanie produktów. urządzenia rejestrują dane ze świata rzeczywistego i zapisują je w formie cyfrowej w celu dostarczenia informacji służących analizom, współpracy i zwiększeniu efektywności procesu decyzyjnego.</t>
         </is>
       </c>
-      <c r="D243" t="inlineStr">
+      <c r="D264" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	skanowanie 3d całych budynków – wewnątrz i na zewnątrz
 	skanowanie 3d pomieszczeń
 	skanowanie 3d dużych obiektów 
  </t>
         </is>
       </c>
-      <c r="E243" t="inlineStr">
+      <c r="E264" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	maksymalna odległość skanowania 3d: 150 m
 	błąd pomiaru odległości: +-1mm
 	szybkość skanowania – pkt/s:     do 2 000 000 pkt/s
 	temperatura pracy:   -20 do 55°c
 </t>
         </is>
       </c>
-      <c r="F243" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G243" t="inlineStr">
+      <c r="F264" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G264" t="inlineStr">
         <is>
           <t>"praca wyłącznie za pośrednictwem upoważnionego pracownika katedry geomechaniki, budownictwa i geotechniki. 
 zlecenie/ umowa/inna forma współpracy po uzgodnieniu"</t>
         </is>
       </c>
-      <c r="H243" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I243" t="inlineStr">
+      <c r="H264" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I264" t="inlineStr">
         <is>
           <t>Katedra geomechaniki, budownictwa i geotechniki</t>
         </is>
       </c>
-      <c r="J243" t="inlineStr">
+      <c r="J264" t="inlineStr">
         <is>
           <t>Laboratorium diagnostyki konstrukcji budowlanych</t>
         </is>
       </c>
-      <c r="K243" t="inlineStr">
+      <c r="K264" t="inlineStr">
         <is>
           <t>Jaskowska-Lemańska Justyna</t>
         </is>
       </c>
-      <c r="L243" t="inlineStr">
+      <c r="L264" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/justyna-jaskowska-lemanska-7911.html</t>
         </is>
       </c>
-      <c r="M243" t="inlineStr">
+      <c r="M264" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N243" t="inlineStr">
+      <c r="N264" t="inlineStr">
         <is>
           <t>Chmura punktów, inwentaryzacja obiektów, skaning laserowy 3d</t>
         </is>
       </c>
     </row>
-    <row r="244">
-      <c r="A244" t="inlineStr">
+    <row r="265">
+      <c r="A265" t="inlineStr">
         <is>
           <t>Porozymetr rtęciowy autopore</t>
         </is>
       </c>
-      <c r="B244" t="inlineStr">
+      <c r="B265" t="inlineStr">
         <is>
           <t>Autopore iv 9520 micromeritics®</t>
         </is>
       </c>
-      <c r="C244" t="inlineStr">
+      <c r="C265" t="inlineStr">
         <is>
           <t>Porozymetr rtęciowy autopore iv 9520 firmy micromeritics. aparat umożliwia pomiar średnicy, objętości i dystrybucji makroporów i mezoporów w próbkach stałych i proszkowych. 
 badania skał: petrofizyka, geologia naftowa, geotermia, hydrogeologia.
 badania materiałów proszkowych: inżynieria surowców mineralnych, inżynieria materiałowa.</t>
         </is>
       </c>
-      <c r="D244" t="inlineStr">
+      <c r="D265" t="inlineStr">
         <is>
           <t>Pomiary próbek stałych (skał), materiałów proszkowych
 mierzone i wyliczane parametry: powierzchnia właściwa, gęstość objętościowa , gęstość szkieletowa, porowatość, przeciętna średnica porów, przepuszczalność.</t>
         </is>
       </c>
-      <c r="E244" t="inlineStr">
+      <c r="E265" t="inlineStr">
         <is>
           <t>• możliwość pomiaru średnic porów w zakresie od 0,003 do 360 µm
 • kontrolowane ciśnienie może wzrastać z dokładnością do 0,05 psi.
 • bardzo wysoka rozdzielczość danych – poniżej 0,1 µl dla inruzji rtęci i objętości ekstruzji
 • wszechstronne możliwości raportowania, w tym wykresy, raporty tabelaryczne (zapisywane jako pliki .txt, .xls, .rpt).</t>
         </is>
       </c>
-      <c r="F244" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G244" t="inlineStr">
+      <c r="F265" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G265" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych</t>
         </is>
       </c>
-      <c r="H244" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I244" t="inlineStr">
+      <c r="H265" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I265" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J244" t="inlineStr">
+      <c r="J265" t="inlineStr">
         <is>
           <t>Laboratorium porozymetryczne</t>
         </is>
       </c>
-      <c r="K244" t="inlineStr">
+      <c r="K265" t="inlineStr">
         <is>
           <t>Machowski Grzegorz</t>
         </is>
       </c>
-      <c r="L244" t="inlineStr">
+      <c r="L265" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-machowski-6650.html</t>
         </is>
       </c>
-      <c r="M244" t="inlineStr">
+      <c r="M265" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N244" t="inlineStr">
+      <c r="N265" t="inlineStr">
         <is>
           <t>Porowatość, porozymetria rtęciowa, średnica porów</t>
         </is>
       </c>
     </row>
-    <row r="245">
-      <c r="A245" t="inlineStr">
+    <row r="266">
+      <c r="A266" t="inlineStr">
         <is>
           <t>Liniowy skaner rentgenowski</t>
         </is>
       </c>
-      <c r="B245" t="inlineStr">
+      <c r="B266" t="inlineStr">
         <is>
           <t>Liniowy skaner rentgenowski do monitorowania nasycenia in situ</t>
         </is>
       </c>
-      <c r="C245" t="inlineStr">
+      <c r="C266" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparatura składa się głównie z grubej, izolującej promieniowanie obudowy ze stali nierdzewnej, sterowanego komputerowo generatora promieniowania rentgenowskiego umożliwiającego użytkownikowi regulację natężenia promieniowania rentgenowskiego, uchwytu rdzenia przezroczystego dla promieni rentgenowskich, liniowego detektora promieniowania rentgenowskiego do pomiarów absorpcji promieniowania rentgenowskiego. generator i detektor są zamontowane na równoległych, solidnych stojakach jednoosiowych i mogą być zdalnie ustawiane w kierunku pionowym i horyzontalnym.
 	maksymalne ciśnienie uszczelniające: 700 barów (10 000 psi)
 	maksymalne ciśnienie porowe: 700 barów (10 000 psi)
 	maksymalna temperatura pracy: 150°c
 	średnica rdzenia: 1”5 oraz 1’’.
 	długość rdzenia: do 12”.
 	źródło promieniowania rentgenowskiego: lampa wolframowa 90 kv, 4 ma
 </t>
         </is>
       </c>
-      <c r="D245" t="inlineStr">
+      <c r="D266" t="inlineStr">
         <is>
           <t>Zautomatyzowany liniowy pomiar wysokiej jakości profili nasycenia in situ jednofazowych i wielofazowych próbek rdzeniowych dla próbek o średnicy 1"5 oraz 1’’ i maksymalnej długości 12”. dla ciśnień do 700 bar i temperatury 150 °c.</t>
         </is>
       </c>
-      <c r="E245" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G245" t="inlineStr">
+      <c r="E266" t="inlineStr"/>
+      <c r="F266" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G266" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
-      <c r="H245" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I245" t="inlineStr">
+      <c r="H266" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I266" t="inlineStr">
         <is>
           <t>Katedra inżynierii gazowniczej</t>
         </is>
       </c>
-      <c r="J245" t="inlineStr">
+      <c r="J266" t="inlineStr">
         <is>
           <t>Reservoir geoscience &amp; advanced engineering research group/ laboratorium mechanicznych i petrofizycznych właściwości skał złożowych bud. d2 pok. p.03</t>
         </is>
       </c>
-      <c r="K245" t="inlineStr">
+      <c r="K266" t="inlineStr">
         <is>
           <t>Dąbrowski Karol</t>
         </is>
       </c>
-      <c r="L245" t="inlineStr">
+      <c r="L266" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/karol-dabrowski-8106.html</t>
         </is>
       </c>
-      <c r="M245" t="inlineStr">
+      <c r="M266" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N245" t="inlineStr">
+      <c r="N266" t="inlineStr">
         <is>
           <t>Badanie rdzeni skalnych, nasycenie rdzeni, porowatość</t>
         </is>
       </c>
     </row>
-    <row r="246">
-      <c r="A246" t="inlineStr">
+    <row r="267">
+      <c r="A267" t="inlineStr">
         <is>
           <t>Ift cell 1000</t>
         </is>
       </c>
-      <c r="B246" t="inlineStr">
+      <c r="B267" t="inlineStr">
         <is>
           <t>Urządzenie do pomiaru napięcia międzyfazowego ift</t>
         </is>
       </c>
-      <c r="C246" t="inlineStr">
+      <c r="C267" t="inlineStr">
         <is>
           <t>Wysokociśnieniowa komórka badawcza wg certyfikatu ce zgodnie z ped 2014/68/eu. możliwość pomiaru dla ciśnień do 1000 bar i 200 °c. system obrotowy dla kąta zwilżania - pomiar między cieczą, a skałą, próbka (płyta skalna ø1" x 5 mm grubości). kamera ccd wraz z oprogramowaniem falcon®. układ ręcznego formowania kropli, jednokomorowa pompa strzykawkowa 6ml / 1000 bar. system ogrzewania pompy do formowania kropli.</t>
         </is>
       </c>
-      <c r="D246" t="inlineStr">
+      <c r="D267" t="inlineStr">
         <is>
           <t>Pomiar napięcia powierzchownego metodą kropli wiszącej oraz kontaktowej dla układu skała/ciecz/gaz dla ciśnień do 1000 bar praz temperatury 200 °c. pomiar dynamicznego napięcia powierzchniowego układu skała/ciecz/gaz.</t>
         </is>
       </c>
-      <c r="E246" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G246" t="inlineStr">
+      <c r="E267" t="inlineStr"/>
+      <c r="F267" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G267" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
-      <c r="H246" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I246" t="inlineStr">
+      <c r="H267" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I267" t="inlineStr">
         <is>
           <t>Katedra inżynierii gazowniczej</t>
         </is>
       </c>
-      <c r="J246" t="inlineStr">
+      <c r="J267" t="inlineStr">
         <is>
           <t>Reservoir geoscience &amp; advanced engineering research group/ laboratorium właściwości pvt płynów złożowych oraz kriogenicznych lng bud. d2 pok. 0.03</t>
         </is>
       </c>
-      <c r="K246" t="inlineStr">
+      <c r="K267" t="inlineStr">
         <is>
           <t>Dąbrowski Karol</t>
         </is>
       </c>
-      <c r="L246" t="inlineStr">
+      <c r="L267" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/karol-dabrowski-8106.html</t>
         </is>
       </c>
-      <c r="M246" t="inlineStr">
+      <c r="M267" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N246" t="inlineStr">
+      <c r="N267" t="inlineStr">
         <is>
           <t>Kąt zwilżania, napięcie powierzchniowe</t>
         </is>
       </c>
     </row>
-    <row r="247">
-      <c r="A247" t="inlineStr">
+    <row r="268">
+      <c r="A268" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji atomowej aas</t>
         </is>
       </c>
-      <c r="B247" t="inlineStr">
+      <c r="B268" t="inlineStr">
         <is>
           <t>Spektrometr aas savantaa gbc</t>
         </is>
       </c>
-      <c r="C247" t="inlineStr">
+      <c r="C268" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji atomowej aas do analiz składu chemicznego roztworów - pierwiastki od li do u.
 spektrometr posiada funkcje takie jak programowalna skrzynka gazowa, 8 lamp z automatycznym ustawieniem lamp, optymalizacją długości fali i szerokości szczeliny oraz ustawieniem prądu lampy.</t>
         </is>
       </c>
-      <c r="D247" t="inlineStr">
+      <c r="D268" t="inlineStr">
         <is>
           <t>Wykonywanie analiz zawartości pierwiastków w próbkach wód naturalnych, ściekach oraz roztworach po roztwarzaniu kwasowym lub ekstrakcji ciał stałych.</t>
         </is>
       </c>
-      <c r="E247" t="inlineStr">
+      <c r="E268" t="inlineStr">
         <is>
           <t>Wykrywalność wybranych pierwiastków [ppm]:
 li - 0.02; be - 0.01; b - 5; na - 0.002; mg - 0.003; al - 0.3; k - 0.03; ca - 0.005; sc - 0.4; ti - 0.7; v - 0.5; cr - 0.03; mn - 0.015; fe - 0.05; co - 0.04; ni - 0.09; cu - 0.01; zn - 0.005; ga - 0.6; as - 0.01; se - 0.01; rb - 0,07; sr - 0.02; mo - 0.2; ag - 0.02; cd - 0.004; in - 0.4; sn - 0.3; sb - 0.4; te - 0.2; cs - 0.04; ba - 0.1; pt - 1; au - 0.1; hg - 0.01; tl - 0.2; pb - 0.1; bi - 0.4</t>
         </is>
       </c>
-      <c r="F247" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G247" t="inlineStr">
+      <c r="F268" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G268" t="inlineStr">
         <is>
           <t>Wykonywanie analiz na zlecenie lub na zasadzie współpracy</t>
         </is>
       </c>
-      <c r="H247" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I247" t="inlineStr">
+      <c r="H268" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I268" t="inlineStr">
         <is>
           <t>Katedra mineralogii, petrografii i geochemii</t>
         </is>
       </c>
-      <c r="J247" t="inlineStr">
+      <c r="J268" t="inlineStr">
         <is>
           <t>Laboratorium mineralogii eksperymentalnej</t>
         </is>
       </c>
-      <c r="K247" t="inlineStr">
+      <c r="K268" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L247" t="inlineStr">
+      <c r="L268" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M247" t="inlineStr">
+      <c r="M268" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N247" t="inlineStr">
+      <c r="N268" t="inlineStr">
         <is>
           <t>Analiza chemiczna, roztwory wodne, spektroskopia</t>
         </is>
       </c>
     </row>
-    <row r="248">
-      <c r="A248" t="inlineStr">
+    <row r="269">
+      <c r="A269" t="inlineStr">
         <is>
           <t>System do badań materiałów metodą laserowo generowanych ultradźwięków</t>
         </is>
       </c>
-      <c r="B248" t="inlineStr">
+      <c r="B269" t="inlineStr">
         <is>
           <t>System do badań nieniszczących metodą laserowo generowanych ultradźwięków</t>
         </is>
       </c>
-      <c r="C248" t="inlineStr">
+      <c r="C269" t="inlineStr">
         <is>
           <t xml:space="preserve">Stanowisko do bdadań nieniszczących metodą laserowo generowanych ultradźwięków służy do badania materiałów konstrukcyjnych takich jak stopy metali, materiały kompozytowe. urządzenie pozwala na bezkontaktowe wzbudzanie i detekcję fal ultradźwiękowych. </t>
         </is>
       </c>
-      <c r="D248" t="inlineStr">
+      <c r="D269" t="inlineStr">
         <is>
           <t>Wykrywanie delaminacji, wtrąceń materiałów obcych, obrazowanie porowatości, wykrywanie zafalowań warstw kompozytu. badanie metali i stopów metali - detekcja pęknięć i nieciągłości, badanie połączeń klejonych między metalami, badnie połączeń spwawanych cienkich blach, określanie stałych sprężystości na podstawie pomiaru propagacji fal sprężystych.</t>
         </is>
       </c>
-      <c r="E248" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G248" t="inlineStr">
+      <c r="E269" t="inlineStr"/>
+      <c r="F269" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G269" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań.  korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H248" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I248" t="inlineStr">
+      <c r="H269" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I269" t="inlineStr">
         <is>
           <t>Katedra robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="J248" t="inlineStr"/>
-      <c r="K248" t="inlineStr">
+      <c r="J269" t="inlineStr"/>
+      <c r="K269" t="inlineStr">
         <is>
           <t>Ambroziński Łukasz</t>
         </is>
       </c>
-      <c r="L248" t="inlineStr">
+      <c r="L269" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-ambrozinski-7225.html</t>
         </is>
       </c>
-      <c r="M248" t="inlineStr">
+      <c r="M269" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N248" t="inlineStr">
+      <c r="N269" t="inlineStr">
         <is>
           <t>Badania nieniszczące, badania ultradźwiękowe</t>
         </is>
       </c>
     </row>
-    <row r="249">
-      <c r="A249" t="inlineStr">
+    <row r="270">
+      <c r="A270" t="inlineStr">
         <is>
           <t>Radar interferometryczny ibis-l/s</t>
         </is>
       </c>
-      <c r="B249" t="inlineStr">
+      <c r="B270" t="inlineStr">
         <is>
           <t>Radar interferometryczny ibis-l/s</t>
         </is>
       </c>
-      <c r="C249" t="inlineStr">
+      <c r="C270" t="inlineStr">
         <is>
           <t>Naziemny radar interferometryczny ibis-l/s to precyzyjne mikrofalowe urządzenie pomiarowe, służące do zdalnego, bezdotykowego pomiaru przemieszczeń i deformacji obiektów budowlanych oraz powierzchni terenu z wysoką dokładnością. głównym elementem systemu jest pracujący w dozwolonym paśmie ku (17,1-17,3 ghz) radar, wykorzystujący technikę syntetycznej apertury (sar). radar emituje w kierunku badanego obiektu spójną wiązkę promieniowania elektromagnetycznego o niewielkiej mocy i skokowo zmiennej częstotliwości (modulacja sfcw), a następnie odbiera, rejestruje i analizuje odbity sygnał. układ interferometryczny precyzyjnie wyznacza zmiany fazy sygnału odbitego względem sygnału nadawanego, pozwalając na pomiar przemieszczeń wybranych części lub obszarów (pikseli) badanego obiektu z dokładnością 0,1 mm. rozróżnialność pikseli jest osiągana przy zmianie odległości o 0,5 m i azymutu o 0,25°. w skład systemu wchodzi specjalistyczne, dedykowane oprogramowanie, pozwalające na sterowanie procesem pomiarowym, archiwizację i wstępną analizę wyników w czasie rzeczywistym, a następnie ich pełną analizę w fazie post-processingu. wyniki poszczególnych etapów opracowania mogą być prezentowane graficznie, rejestrowane i eksportowane do otwartych formatów plików.</t>
         </is>
       </c>
-      <c r="D249" t="inlineStr">
+      <c r="D270" t="inlineStr">
         <is>
           <t xml:space="preserve">-detekcja oraz monitoring deformacji terenu i przemieszczeń budowli, z dokładnością 0,1 mm, nieosiągalną dla innych geodezyjnych metod pomiarowych. .
 -modelowanie deformacji zapór wodnych. równoczesne obserwacje termowizyjne umożliwiają rozdzielenie deformacji termicznych od rzeczywistych deformacji geometrycznych. 
 -modelowanie i analiza deformacji budowli inżynierskich. </t>
         </is>
       </c>
-      <c r="E249" t="inlineStr">
+      <c r="E270" t="inlineStr">
         <is>
           <t>Dokładność pomiaru przemieszczenia wynosi 0,1 mm. system ibis ma 2 wersje:
 - ibis-l–radar dalekiego zasięgu (do 4 km) o rozróżnialności dwuwymiarowej (0,5 m w odległości i 0,25° w azymucie), służy do wyznaczania przemieszczeń obiektów powierzchniowych (np. osuwisk, zapór).
 - ibis-s–radar o zasięgu do 1 km i częstotliwości próbkowania do 200 hz, służy do pomiaru i analizy przemieszczeń oraz szybkozmiennych drgań konstrukcji.</t>
         </is>
       </c>
-      <c r="F249" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G249" t="inlineStr">
+      <c r="F270" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G270" t="inlineStr">
         <is>
           <t>Formalne warunki udostępnienia należy uzgodnić z dziekanem wydziału geodezji górniczej i inżynierii środowiska. praktycznie, ze względu na unikatowość sprzętu, jego używanie wymaga przeszkolenia przeprowadzonego przez producenta albo udziału osoby ze znajomością obsługi urządzenia.</t>
         </is>
       </c>
-      <c r="H249" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I249" t="inlineStr">
+      <c r="H270" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I270" t="inlineStr">
         <is>
           <t>Katedra geodezji inżynieryjnej i budownictwa</t>
         </is>
       </c>
-      <c r="J249" t="inlineStr">
+      <c r="J270" t="inlineStr">
         <is>
           <t>Zespół badawczy technologii informatycznych w inżynierii lądowej</t>
         </is>
       </c>
-      <c r="K249" t="inlineStr">
+      <c r="K270" t="inlineStr">
         <is>
           <t>Kuras Przemysław</t>
         </is>
       </c>
-      <c r="L249" t="inlineStr">
+      <c r="L270" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/przemyslaw-kuras-7152.html</t>
         </is>
       </c>
-      <c r="M249" t="inlineStr">
+      <c r="M270" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N249" t="inlineStr">
+      <c r="N270" t="inlineStr">
         <is>
           <t>Budowle wysokie, deformacje, drgania, monitoring, mosty, osuwiska, przemieszczenia, radar interferometryczny, zapory wodne</t>
         </is>
       </c>
     </row>
-    <row r="250">
-      <c r="A250" t="inlineStr">
+    <row r="271">
+      <c r="A271" t="inlineStr">
         <is>
           <t>Stanowisko do badań statycznych i dynamicznych sorpcji metodą grawimetryczną wraz ze spektrometrem</t>
         </is>
       </c>
-      <c r="B250" t="inlineStr">
+      <c r="B271" t="inlineStr">
         <is>
           <t>Xemis-100</t>
         </is>
       </c>
-      <c r="C250" t="inlineStr">
+      <c r="C271" t="inlineStr">
         <is>
           <t>W pełni zautomatyzowany analizator par i gazów ze sprzężeniem magnetycznym, do badania oddziaływania na granicy  gaz – ciało stałe</t>
         </is>
       </c>
-      <c r="D250" t="inlineStr">
+      <c r="D271" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparatura umożliwia:
 	badania izotermiczne, izobaryczne i kinetyczne w szerokim zakresie ciśnień i temperatur
 	analizę procesów sorpcyjnych w warunkach statycznych i dynamicznych
 	pomiary od próżni do 200 bar
 	ciągły pomiar zmian masy oraz długoterminową stabilność układu pomiarowego
 	analizę gazów z wykorzystaniem spektrometru masowego
 </t>
         </is>
       </c>
-      <c r="E250" t="inlineStr">
+      <c r="E271" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparatura przystosowana jest to prowadzenia analiz w zakresie:
 	obsługiwane gazy do sorpcji - azot, dwutlenek węgla, metan, wodór, para wodna
 	zakres masowy próbki od 1 mg do 2 g
 	temperatury 0 - 5000c
 	ciśnienia 0,00001 - 200 bar
 </t>
         </is>
       </c>
-      <c r="F250" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G250" t="inlineStr">
+      <c r="F271" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G271" t="inlineStr">
         <is>
           <t>Brak możliwości udostępnienia infrastruktury</t>
         </is>
       </c>
-      <c r="H250" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I250" t="inlineStr">
+      <c r="H271" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I271" t="inlineStr">
         <is>
           <t>Katedra inżynierii środowiska</t>
         </is>
       </c>
-      <c r="J250" t="inlineStr">
+      <c r="J271" t="inlineStr">
         <is>
           <t>Międzywydziałowe laboratorium badań statycznych i dynamicznych sorpcji gazów</t>
         </is>
       </c>
-      <c r="K250" t="inlineStr">
+      <c r="K271" t="inlineStr">
         <is>
           <t>Obracaj Dariusz</t>
         </is>
       </c>
-      <c r="L250" t="inlineStr">
+      <c r="L271" t="inlineStr">
         <is>
           <t>Https://api.skos.agh.edu.pl/osoba/dariusz-obracaj-4456.html</t>
         </is>
       </c>
-      <c r="M250" t="inlineStr">
+      <c r="M271" t="inlineStr">
         <is>
           <t>(pob 8) przekraczanie granic: eksperymentalna fizyka wysokich energii ekstremalne stany materii, zaawansowane technologie w detekcji promieniowania, badania i zastosowania transdyscyplinarne</t>
         </is>
       </c>
-      <c r="N250" t="inlineStr">
+      <c r="N271" t="inlineStr">
         <is>
           <t>Azot, badania wysokociśnieniowe, badania wysokotemperaturowe, dwutlenek węgla, metan, sorpcja gazów, spektrometr masowy, węgiel, wodór</t>
         </is>
       </c>
     </row>
-    <row r="251">
-      <c r="A251" t="inlineStr">
+    <row r="272">
+      <c r="A272" t="inlineStr">
         <is>
           <t>Frezarka cnc eberle frp 600</t>
         </is>
       </c>
-      <c r="B251" t="inlineStr">
+      <c r="B272" t="inlineStr">
         <is>
           <t>Frezarka cnc eberle frp 600</t>
         </is>
       </c>
-      <c r="C251" t="inlineStr">
+      <c r="C272" t="inlineStr">
         <is>
           <t>Frezarka cnc o konstrukcji bramowej, z magazynem na 8 narzędzi. maszyna trójosiowa zapewniająca przesuwy osi: x= 320 mm, y=250 mm, z=250 mm. powierzchnia robocza stołu wynosi 500x250 mm. zakres obrotów wrzeciona 20-8000 obr/min, prędkości posuwów 1-500 mm/min. dokładność pozycjonowania +/-0,01 mm. maszyna ma możliwość wykorzystywania wrzeciona nienapędzanego, ze swobodnym prowadzeniem narzędzia (wykorzystywane przy procesach tłoczenia przyrostowego).</t>
         </is>
       </c>
-      <c r="D251" t="inlineStr">
+      <c r="D272" t="inlineStr">
         <is>
           <t>Urządzenie wykorzystywane do obróbki w miękkich metalach oraz w materiałach modelowych do projektowania martyc kuźniczych. umożliwia fizyczną weryfikację poprawności dla zaprojektowanej matrycy. urządzenie wykorzystywane również jako baza dla procesów tłoczenia przyrostowego (ang. incremental forming).</t>
         </is>
       </c>
-      <c r="E251" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G251" t="inlineStr">
+      <c r="E272" t="inlineStr"/>
+      <c r="F272" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G272" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie</t>
         </is>
       </c>
-      <c r="H251" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I251" t="inlineStr">
+      <c r="H272" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I272" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J251" t="inlineStr">
+      <c r="J272" t="inlineStr">
         <is>
           <t>Cieplno – mechaniczna przeróbka plastyczna metali, http://www.tmpm.agh.edu.pl</t>
         </is>
       </c>
-      <c r="K251" t="inlineStr">
+      <c r="K272" t="inlineStr">
         <is>
           <t>Błoniarz Remigiusz</t>
         </is>
       </c>
-      <c r="L251" t="inlineStr">
+      <c r="L272" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/remigiusz-bloniarz-9380.html</t>
         </is>
       </c>
-      <c r="M251" t="inlineStr">
+      <c r="M272" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N251" t="inlineStr">
+      <c r="N272" t="inlineStr">
         <is>
           <t>Cam, frezarka cnc</t>
         </is>
       </c>
     </row>
-    <row r="252">
-      <c r="A252" t="inlineStr">
+    <row r="273">
+      <c r="A273" t="inlineStr">
         <is>
           <t>Termowaga, kalorymetr</t>
         </is>
       </c>
-      <c r="B252" t="inlineStr">
+      <c r="B273" t="inlineStr">
         <is>
           <t>Analizator termiczny netzsch sta 449 f3, spektrometr masowy qms 403 c aëolos</t>
         </is>
       </c>
-      <c r="C252" t="inlineStr">
+      <c r="C273" t="inlineStr">
         <is>
           <t>Badania zmian właściwości termicznych materiałów pod wpływem zastosowanego programu temperaturowego oraz atmosfery pomiarowej. urządzenie wyposażone jest w wagę o rozdzielczości 0.1 µg oraz piec pozwalający na wykonywanie badań w zakresie temperatur od 25 do 1600°c w atmosferze obojętnej (argon/hel 6n) lub utleniającej (powietrze syntetyczne 6n). nośnik dsc oraz dta umożliwią identyfikację efektów cieplnych procesów aktywowanych w próbce pod wpływem zmian temperatury lub pod wpływem reakcji próbki z atmosferą pomiarową. rodowe elementy grzejne pieca oraz dedykowany nośnik dsc cp zapewniają precyzyjne wyznaczenie ciepła właściwego materiału w zakresie temperatur do 1400°c. nagrzewanie próbek z szybkościami od: 0.001 do 50 k/min. do analizator można podłączyć kwadrupolowy spektrometr masowy qms, który umożliwia identyfikację emitowanych z próbki cząsteczek gazowych (o masach do 300 amu) oraz połączenie intensywności wydzielania produktów gazowych z towarzyszącymi im zmianami masy próbki oraz ich efektami cieplnymi. orientacyjna objętość analizowanych próbek: tg: max. 10 ml, dsc: 0.19 ml, dta: 0.9 ml.</t>
         </is>
       </c>
-      <c r="D252" t="inlineStr">
+      <c r="D273" t="inlineStr">
         <is>
           <t>Analiza przemian fazowych materiałów w stanie stałym, określenie temperatury solidus/likwidus stopów, analiza temperatury wydzielania faz podczas krzepnięcia stopów, analiza zmienności ciepła właściwego, analiza zmian masy próbki w funkcji czasu lub temperatury pomiaru, identyfikacja gazów uwalnianych z próbki podczas pomiaru.</t>
         </is>
       </c>
-      <c r="E252" t="inlineStr">
+      <c r="E273" t="inlineStr">
         <is>
           <t>Dsc dta różnicowa analiza termiczna, detekcja efektów exo/endo termicznych towarzyszących procesom zachodzącym w analizowanych materiałach pod wpływem zastosowanego programu temperaturowego. analiza zmienności ciepła właściwego materiałów metodą porównawczą. tg: termograwimetria, analiza zmian masy próbki w wyniku: dehydratacji, utleniania, redukcji, rozpadu termicznego. analiza ega: analiza gazów uwalnianych z próbki podczas badania.</t>
         </is>
       </c>
-      <c r="F252" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G252" t="inlineStr">
+      <c r="F273" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G273" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w pozostałych przypadkach udostępnianie infrastruktury jest odpłatne zgodnie z obecnie obowiązującym kosztem pracy urządzenia oraz operatora.  w obu przypadkach koszt materiału wsadowego pokrywa zamawiający.</t>
         </is>
       </c>
-      <c r="H252" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I252" t="inlineStr">
+      <c r="H273" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I273" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J252" t="inlineStr">
+      <c r="J273" t="inlineStr">
         <is>
           <t>Materiały i procesy wytwarzania przyrostowego / b4 - 3ha / https://www.plastmet.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K252" t="inlineStr">
+      <c r="K273" t="inlineStr">
         <is>
           <t>Kargul Tomasz</t>
         </is>
       </c>
-      <c r="L252" t="inlineStr">
+      <c r="L273" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-kargul-6772.html</t>
         </is>
       </c>
-      <c r="M252" t="inlineStr">
+      <c r="M273" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N252" t="inlineStr">
+      <c r="N273" t="inlineStr">
         <is>
           <t>Ciepło właściwe, dsc, dta, ega, tg</t>
         </is>
       </c>
     </row>
-    <row r="253">
-      <c r="A253" t="inlineStr">
+    <row r="274">
+      <c r="A274" t="inlineStr">
         <is>
           <t>Stanowisko laboratoryjne do badania procesu urabiania poprzez frezowanie lub wiercenie obrotowe pojedynczymi narzędziami skrawającymi lub organami</t>
         </is>
       </c>
-      <c r="B253" t="inlineStr">
+      <c r="B274" t="inlineStr">
         <is>
           <t>Stanowisko laboratoryjne do badania procesu urabiania poprzez frezowanie lub wiercenie obrotowe pojedynczymi narzędziami skrawającymi lub organami</t>
         </is>
       </c>
-      <c r="C253" t="inlineStr">
+      <c r="C274" t="inlineStr">
         <is>
           <t xml:space="preserve">Przedmiotowe stanowisko służy do realizacji kompleksowych badań laboratoryjnych związanych z szeroko pojętym procesem skrawania skał. stanowisko badawcze umożliwia realizację procesu frezowania oraz wiercenia pojedynczymi narzędziami lub organami urabiającymi na sztucznej lub naturalnej próbce skalnej. na stanowisku możliwe jest badanie pełnowymiarowych organów urabiających przy zapewnieniu rzeczywistych parametrów procesu, a realizacja tych badań odbywa się w sposób kontrolowany, w warunkach laboratoryjnych. na stanowisku badać można różne narzędzia, w tym noże styczno-obrotowe oraz narzędzia dyskowe. w trakcie badań rejestrowane są parametry procesu urabiania, w tym opory urabiania. podczas badań możliwe jest rejestrowanie zapylenia. stanowisko wyposażone jest w zestaw do określenia uziarnienia powstałego urobku. 
 podstawowe parametry:
 	moc napędu: 250 kw,
 	prędkość obrotowa organu 0 - 120 obr/min,
 	maksymalna średnica organu 2,2 m,
 	maksymalny zabiór organu 1,0 m,
 	prędkość posuwu próbki 0 - 9,9 m/min,
 	siła posuwu próbki 150 kn,
 	ruch próbki wzdłuż 2,5 m,
 	ruch próbki w poprzek 1,3 m,
 	rozmiar próbki 2,5 m x 2,5 m x 1,3 m,
 	masa próbki ok. 18 mg.
  </t>
         </is>
       </c>
-      <c r="D253" t="inlineStr">
+      <c r="D274" t="inlineStr">
         <is>
           <t xml:space="preserve">Badanie: 
 	szybkości zużycia narzędzi i organów, 
 	wpływu rodzaju narzędzi i układu nożowego na opory urabiania, zapylenie i granulację urobku, 
 	wpływu zraszania na proces urabiania przy zastosowaniu różnych typów narzędzi,
 	oporów urabiania różnych rodzajów skał. 
 	wpływy parametrów na proces urabiania.
 </t>
         </is>
       </c>
-      <c r="E253" t="inlineStr">
+      <c r="E274" t="inlineStr">
         <is>
           <t xml:space="preserve">Stanowisko wyposażone jest w układ pomiarowy oraz dodatkowe wyposażenie pozwalające na pomiar:
 	prędkości posuwu podłużnego,
 	prędkości posuwu poprzecznego,
 	prędkości obrotowej organu,
 	momentu oporu skrawania,
 	siły w kierunku podłużnym,
 	siły w kierunku poprzecznym,
 	zapylenia,
 	uziarnienia,
 	masy narzędzi,
 	masy urobku.
 </t>
         </is>
       </c>
-      <c r="F253" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G253" t="inlineStr">
+      <c r="F274" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G274" t="inlineStr">
         <is>
           <t>Zgodnie z indywidualnie uzgodnionymi umowami.</t>
         </is>
       </c>
-      <c r="H253" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I253" t="inlineStr">
+      <c r="H274" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I274" t="inlineStr">
         <is>
           <t>Katedra inżynierii maszyn i transportu</t>
         </is>
       </c>
-      <c r="J253" t="inlineStr">
+      <c r="J274" t="inlineStr">
         <is>
           <t>Laboratorium badania procesów urabiania skał</t>
         </is>
       </c>
-      <c r="K253" t="inlineStr">
+      <c r="K274" t="inlineStr">
         <is>
           <t>Bołoz Łukasz</t>
         </is>
       </c>
-      <c r="L253" t="inlineStr">
+      <c r="L274" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-boloz-6952.html</t>
         </is>
       </c>
-      <c r="M253" t="inlineStr">
+      <c r="M274" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N253" t="inlineStr">
+      <c r="N274" t="inlineStr">
         <is>
           <t>Badanie narzędzi, organy urabiające, trwałość narzędzi, urabianie skał</t>
         </is>
       </c>
     </row>
-    <row r="254">
-      <c r="A254" t="inlineStr">
+    <row r="275">
+      <c r="A275" t="inlineStr">
         <is>
           <t>Fib-sem, skaningowy mikroskop elektronowy sem z działem jonowym fib</t>
         </is>
       </c>
-      <c r="B254" t="inlineStr">
+      <c r="B275" t="inlineStr">
         <is>
           <t>Crossbeam 350 (zeiss)</t>
         </is>
       </c>
-      <c r="C254" t="inlineStr">
+      <c r="C275" t="inlineStr">
         <is>
           <t>Fib-sem crossbeam 350 z kolumną gemini i źródłem elektronów feg oferuje obrazowanie w wysokiej rozdzielczości przy użyciu zaawansowanych trybów detekcji, w tym inlens (se), inlens (esb), angle selective back-scattered detektor (asb). ustawienia obrazowania optyki gemini , takie jak napięcie przyspieszające lub prąd wiązki, można płynnie regulować (z wybranym określonym skokiem).  równoległa detekcja elektronów wtórnych (se) w osi soczewki obiektywowej oraz selektywne energetycznie rozproszenie wsteczne (esb) pozwala z łatwością zidentyfikować najmniejsze różnice w składzie chemicznym materiałów. wyposażony w zaawansowany system zogniskowanej wiązki jonów fib, który umożliwia szybkie i precyzyjne usuwanie warstwy materiału  oraz wycinanie próbek (lameli) dla  fib-sem crossbeam 350 z kolumną gemini i źródłem elektronów feg oferuje obrazowanie w wysokiej rozdzielczości przy użyciu zaawansowanych trybów detekcji, w tym inlens (se), inlens (esb), angle selective back-scattered detektor (asb). ustawienia obrazowania optyki gemini ii, takie jak napięcie przyspieszające lub prąd wiązki, można płynnie regulować.  równoległa detekcja elektronów wtórnych (se) w osi soczewki obiektywowej oraz selektywne energetycznie rozproszenie wsteczne (esb) pozwala z łatwością zidentyfikować najmniejsze różnice w składzie chemicznym materiałów. wyposażony w zaawansowany system zogniskowanej wiązki jonów fib, który umożliwia szybkie i precyzyjne usuwanie warstwy materiału  oraz wycinanie próbek (lameli) dla  tem. możliwości crossbeam można rozszerzyć za pomocą oprogramowania atlas 5 (zeiss), wiodącego na rynku pakietu do szybkiej, precyzyjnej tomografii. crossbeam  350 (zeiss) ma optykę elektronową gemini i optykę jonów fib dostosowaną do szybkości i precyzji.</t>
         </is>
       </c>
-      <c r="D254" t="inlineStr">
+      <c r="D275" t="inlineStr">
         <is>
           <t>Inlens (se), inlens (esb), angle selective back-scattered detector (asb), tomografia fib-sem</t>
         </is>
       </c>
-      <c r="E254" t="inlineStr">
+      <c r="E275" t="inlineStr">
         <is>
           <t>Obrazowanie mikrostruktury w elektronach wtówrnych se i wstecznie rozproszonych bse. tomografia fib-sem. wykonanie lameli do badań tem.</t>
         </is>
       </c>
-      <c r="F254" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G254" t="inlineStr">
+      <c r="F275" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G275" t="inlineStr">
         <is>
           <t>Na warunkach uzgodnionych z kierownikiem laboratorium - dr hab. inż. adam kruk, prof. agh</t>
         </is>
       </c>
-      <c r="H254" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I254" t="inlineStr">
+      <c r="H275" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I275" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J254" t="inlineStr">
+      <c r="J275" t="inlineStr">
         <is>
           <t>Katedra metaloznawstwa i metalurgii proszków.  pracownia: centrum mikroskopii elektronowej dla inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K254" t="inlineStr">
+      <c r="K275" t="inlineStr">
         <is>
           <t>Kruk Adam</t>
         </is>
       </c>
-      <c r="L254" t="inlineStr">
+      <c r="L275" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-kruk-1679.html</t>
         </is>
       </c>
-      <c r="M254" t="inlineStr">
+      <c r="M275" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N254" t="inlineStr">
+      <c r="N275" t="inlineStr">
         <is>
           <t>Sem-bse, sem-se</t>
         </is>
       </c>
     </row>
-    <row r="255">
-      <c r="A255" t="inlineStr">
+    <row r="276">
+      <c r="A276" t="inlineStr">
         <is>
           <t>Rentgenowski skaningowy mikroanalizator fluorescencyjny</t>
         </is>
       </c>
-      <c r="B255" t="inlineStr">
+      <c r="B276" t="inlineStr">
         <is>
           <t>M4 tornado plus, bruker</t>
         </is>
       </c>
-      <c r="C255" t="inlineStr">
+      <c r="C276" t="inlineStr">
         <is>
           <t>Aparatura wyposażona jest w dwie lampy rentgenowskie małej mocy (30 w) z anodami rh i ag. lampa z anodą rh wyposażona jest w soczewkę polikapilarną, umożliwiająca uzyskanie wiązki promieniowania rentgenowskiego o średnicy 20 µm. lampa z anodą ag współpracuje natomiast, z kolimatorami pozwalającymi na realizację pomiarów z wykorzystaniem wiązki o średnicy  0.5, 1, 2 lub 4.5 mm. optymalizację widma wiązki promieniowania pierwotnego zapewnia wbudowany zestaw filtrów. dodatkowo, aparatura wyposażona jest w system kontroli szerokości wiązki umożliwiający regulację głębi ostrości, co otwiera nowe możliwości dla pomiarów nieidealnie płaskich próbek jak np. w przypadku materiałów biologicznych czy geologicznych. wzbudzone promieniowanie charakterystyczne pierwiastków rejestrowane może być równocześnie przez 2 detektory (dryftowe detektory krzemowe – sdd, fwhm 150 ev/5.9 kev, 60 mm2) wysokiej przepustowości (~105 imp./s,) wyposażone w ultra cienkie okienka.</t>
         </is>
       </c>
-      <c r="D255" t="inlineStr">
+      <c r="D276" t="inlineStr">
         <is>
           <t>1) jednoczesne oznaczania i obrazowania przestrzennego pierwiastków w zakresie od c do am, 2) wysoka czułość układu detekcyjnego; 3) pomiary w skali mikrometrowej i milimetrowej; 4) krótki czas pomiaru (rzędu pojedynczych ms / punkt); 5)  realizacja prac badawczych w wielu obszarach nauki jak biologia, medycyna, geologia, farmakologia, biotechnologia, elektronika, archeologia, muzealnictwo i in.</t>
         </is>
       </c>
-      <c r="E255" t="inlineStr">
+      <c r="E276" t="inlineStr">
         <is>
           <t>Możliwość realizacji pomiarów w próżni, atmosferze helu lub powietrzu. aparatura posiada zintegrowany mikroskop optyczny (x10, x100) z funkcją sklejania obrazów dla wizualizacji dużych próbek. zaletą jest możliwość prowadzenia analizy również na dużych obiektach, tj. o maksymalnym rozmiarze 27 cm x 24 cm oraz masie do 7 kg. pomiary mogą być realizowane w trybie punktowym/wielopunktowym, liniowym lub powierzchniowym.</t>
         </is>
       </c>
-      <c r="F255" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G255" t="inlineStr">
+      <c r="F276" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G276" t="inlineStr">
         <is>
           <t>W prace badawcze, prowadzone nieodpłatnie, z użyciem aparatury musi być zaangażowany przynajmniej jeden przeszkolony pracownik, który będzie członkiem zespołu publikującego wyniki prac badawczych. dodatkowo, członkiem zespołu publikującego jest każdorazowo tzw. opiekun aparatury wymieniony z nazwiska w karcie pracy infrastruktury badawczej. udostępnianie czasu pomiarowego aparatury podmiotom trzecim jest odpłatne. koszt wykorzystania aparatury ustalany jest każdorazowo indywidualnie.</t>
         </is>
       </c>
-      <c r="H255" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I255" t="inlineStr">
+      <c r="H276" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I276" t="inlineStr">
         <is>
           <t>Katedra fizyki medycznej i biofizyki</t>
         </is>
       </c>
-      <c r="J255" t="inlineStr">
+      <c r="J276" t="inlineStr">
         <is>
           <t>Zespół badań biomedycznych i środowiskowych</t>
         </is>
       </c>
-      <c r="K255" t="inlineStr">
+      <c r="K276" t="inlineStr">
         <is>
           <t>Szczerbowska-Boruchowska Magdalena</t>
         </is>
       </c>
-      <c r="L255" t="inlineStr">
+      <c r="L276" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-szczerbowska-boruchowska-5776.html</t>
         </is>
       </c>
-      <c r="M255" t="inlineStr">
+      <c r="M276" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N255" t="inlineStr">
+      <c r="N276" t="inlineStr">
         <is>
           <t>Analiza mikro-xrf, elemental microanalysis, elemental microimaging, micro-xrf analysis, mikroanaliza pierwiastkowa, mikroobrazowanie pierwiastkowe</t>
         </is>
       </c>
     </row>
-    <row r="256">
-      <c r="A256" t="inlineStr">
+    <row r="277">
+      <c r="A277" t="inlineStr">
         <is>
           <t>Profilometr optyczny</t>
         </is>
       </c>
-      <c r="B256" t="inlineStr">
+      <c r="B277" t="inlineStr">
         <is>
           <t>Profilometr optyczny wyko nt930</t>
         </is>
       </c>
-      <c r="C256" t="inlineStr">
+      <c r="C277" t="inlineStr">
         <is>
           <t>Tryb pionowej interferometrii skanującej, tryb interferometrii przesunięcia fazowego oraz tryb  łączący obydwie powyższe techniki. pionowy zakres skanowania 10 mm ze sprzężeniem zwrotnym w zamkniętej pętli dla całego zakresu skanowania. kamera o matrycy 640 x 480 pikseli o szybkości 60 klatek na sekundę. rewolwer sterowany z poziomu oprogramowania na 3 soczewki zmieniające pole obserwacji. zmotoryzowany stolik próbki xy, o zakresach przesuwu 200 mm x 200 mm, sterowany dedykowanym oprogramowaniem do sklejania mniejszych obrazów w większe. zmotoryzowany mechanizm regulacji pochyłu realizowany poprzez pochył głowicy pomiarowej. system izolacji antywibracyjnej (z kompresorem). komputer pc z oprogramowaniem sterującym oraz oprogramowaniem do akwizycji i analizy danych, do analizy obrazu oraz typowymi  funkcjami analitycznymi do badań tribologicznych. • obiektywy  interferencyjne 5x i 20x. zasilacz awaryjny ups.</t>
         </is>
       </c>
-      <c r="D256" t="inlineStr">
+      <c r="D277" t="inlineStr">
         <is>
           <t>Urządzenie zapewnia możliwość pomiarów topografii powierzchni z wysoką rozdzielczością dla szerokiego zakresu materiałów</t>
         </is>
       </c>
-      <c r="E256" t="inlineStr">
+      <c r="E277" t="inlineStr">
         <is>
           <t xml:space="preserve">• 10 mm zakres skanowania o bardzo dużej dokładności • zautomatyzowany stolik z z zakresem 100 mm; zmotoryzowany stolik xy o zakresie przesuwu 200 mm w obu kierunkach; automatyczna regulacja pochyłu próbki • obiektyw interferometryczny michelson 5x do pomiaru próbek o współczynniku odbicia około 20 %. wysokość próbki nie może przekraczać 4”
  </t>
         </is>
       </c>
-      <c r="F256" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G256" t="inlineStr">
+      <c r="F277" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G277" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam.</t>
         </is>
       </c>
-      <c r="H256" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I256" t="inlineStr">
+      <c r="H277" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I277" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J256" t="inlineStr">
+      <c r="J277" t="inlineStr">
         <is>
           <t>Kipim, laboratorium badania własności materiałów  kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K256" t="inlineStr">
+      <c r="K277" t="inlineStr">
         <is>
           <t>Rozmus-Górnikowska Magdalena</t>
         </is>
       </c>
-      <c r="L256" t="inlineStr">
+      <c r="L277" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-rozmus-gornikowska-6351.html</t>
         </is>
       </c>
-      <c r="M256" t="inlineStr">
+      <c r="M277" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N256" t="inlineStr">
+      <c r="N277" t="inlineStr">
         <is>
           <t>Chropowatość powierzchni, parametry chropowatości, profilometr optyczny, topografia powierzchni</t>
         </is>
       </c>
     </row>
-    <row r="257">
-      <c r="A257" t="inlineStr">
+    <row r="278">
+      <c r="A278" t="inlineStr">
         <is>
           <t>Nanotwardościomierz i nano-scratch tester firmy csm instruments</t>
         </is>
       </c>
-      <c r="B257" t="inlineStr">
+      <c r="B278" t="inlineStr">
         <is>
           <t>Nanotwardościomierz nht 50-183; nano-scrach tester nst 50-146</t>
         </is>
       </c>
-      <c r="C257" t="inlineStr">
+      <c r="C278" t="inlineStr">
         <is>
           <t xml:space="preserve">Nanotwardościomierz: urządzenie służy do pomiaru twardości materiałów o drobnokrystalicznej strukturze, cienkich warstw. wykonywanie pomiarów pojedynczych i cyklicznych. możliwość nanoszenia obciążenia od 0,05 mn do 500 mn. wyposażone we wgłębnik berkovich’a (z certyfikatami), mikroskop optyczny, zmotoryzowany stolik w osiach x i y. oprogramowanie umożliwia pomiary odległości, grubości powłok.  nano-scrach tester:  urządzenie służy do charakteryzowania własności mechanicznych powierzchni materiałów, cienkich warstw i powłok, np: adhezji, pękania, delaminacji i deformacji, twardości. może być używany do różnych rodzajów powłok np.: nakładanych techniką pld, plazmowych, w technologii półprzewodników i powłok o własnościach optycznych. nanoscrach-tester umożliwia określenie parametrów: siły tarcia, głębokości penetracji wgłębnika, siły zużycia i in.. do pomiaru wykorzystuje się diamentowe ostrze, które działa na materiał z określoną zadaną siłą. </t>
         </is>
       </c>
-      <c r="D257" t="inlineStr">
+      <c r="D278" t="inlineStr">
         <is>
           <t>Pomiary nanotwardości, modułu younga, twardości intendancyjjnej cienkich warstw, powłok, drobnokrystalicznej struktury; adhezji powłok do podłoża (test rysy).</t>
         </is>
       </c>
-      <c r="E257" t="inlineStr">
+      <c r="E278" t="inlineStr">
         <is>
           <t xml:space="preserve">Pomiary za pomocą nanotwardościomierza wykonywane przy zastosowaniu wgłębnika berkovich'a. nanoscrachtester: sferostożkowe ostrze diamentowe </t>
         </is>
       </c>
-      <c r="F257" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G257" t="inlineStr">
+      <c r="F278" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G278" t="inlineStr">
         <is>
           <t>Upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
-      <c r="H257" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I257" t="inlineStr">
+      <c r="H278" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I278" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J257" t="inlineStr">
+      <c r="J278" t="inlineStr">
         <is>
           <t>Labolatorium badań właściwości materiałów, kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K257" t="inlineStr">
+      <c r="K278" t="inlineStr">
         <is>
           <t>Radziszewska Agnieszka</t>
         </is>
       </c>
-      <c r="L257" t="inlineStr">
+      <c r="L278" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-radziszewska-5214.html</t>
         </is>
       </c>
-      <c r="M257" t="inlineStr">
+      <c r="M278" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N257" t="inlineStr">
+      <c r="N278" t="inlineStr">
         <is>
           <t>Adhezja, modul younga, nanotwardość, scrachtest, test rysy</t>
         </is>
       </c>
     </row>
-    <row r="258">
-      <c r="A258" t="inlineStr">
+    <row r="279">
+      <c r="A279" t="inlineStr">
         <is>
           <t>Prasa 500</t>
         </is>
       </c>
-      <c r="B258" t="inlineStr">
+      <c r="B279" t="inlineStr">
         <is>
           <t>Prasa hydrauliczna 500t zamet</t>
         </is>
       </c>
-      <c r="C258" t="inlineStr">
+      <c r="C279" t="inlineStr">
         <is>
           <t>Prasa hydrauliczna o maksymalnym nacisku 5 mn. urządzenie posiada unikalną wśród tego typu maszyn możliwość pracy ze stałą prędkością odkształcenia. prasa zaprojektowana została do odkształcania materiałów w dwóch zakresach prędkości ruchu trawersy: - zakres normalny 0,5 - 50 mm/s - maksymalna siła nacisku 500 ton (5 mn) - zakres izotermiczny 0,01 - 0,5 mm/s - maksymalna siła nacisku 400 ton (4 mn) zespół prasy 500t składa się z następujących elementów: - prasy pionowej z suwakiem głównym i trzema wyrzutnikami - zespołu akumulatorów hydraulicznych - zbiornika oleju hydraulicznego z zamontowanymi na nim pompami oraz zaworami - szafy systemu sterowania - pulpitu operatorskiego - komputera rejestracji zmiennych procesowych całkowity skok cylindra głównego prasy wynosi 400 mm, natomiast całkowity skok wyrzutników jest równy 150 mm. cylinder główny posiada pomiar położenia i precyzyjne sterowanie umożliwiające płynną regulację jego pozycji. wyrzutnik główny (środkowy) podobnie jak cylinder posiada odpowiedni system pozwalający na kontrolę jego pozycji chwilowej.  wyrzutniki skrajne sterowane są dwustanowo - schowany/wysunięty.</t>
         </is>
       </c>
-      <c r="D258" t="inlineStr">
+      <c r="D279" t="inlineStr">
         <is>
           <t xml:space="preserve">Prasa 500t stosowana jest do analizy procesów kucia swobodnego i matrycowego, wyciskania i tłoczenia w warunkach kształtowania na zimno, ciepło i gorąco. wykonywane są badania uwzględniające zarówno prosty kształt narzędzi i kształtowanego materiału oraz próby w warunkach półprzemysłowych z wykorzystaniem matryc o skomplikowanych kształtach. </t>
         </is>
       </c>
-      <c r="E258" t="inlineStr">
+      <c r="E279" t="inlineStr">
         <is>
           <t>Możliwe jest śledzenia zmiany siły nacisku, temperatury, położenia oraz prędkości narzędzi. stanowisko wyposażone jest w bogate oprzyrządowanie dodatkowe, np.: piece do podgrzewania wsadu i narzędzi oraz urządzenia do kontrolowanej obróbki cieplnej komponentów bezpośrednio po kształtowaniu</t>
         </is>
       </c>
-      <c r="F258" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G258" t="inlineStr">
+      <c r="F279" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G279" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim uzgodnieniu terminu i zakresu prac</t>
         </is>
       </c>
-      <c r="H258" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I258" t="inlineStr">
+      <c r="H279" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I279" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J258" t="inlineStr">
+      <c r="J279" t="inlineStr">
         <is>
           <t>Technologie procesów i materiałów inżynierskich, http://www.kucie.agh.edu.pl</t>
         </is>
       </c>
-      <c r="K258" t="inlineStr">
+      <c r="K279" t="inlineStr">
         <is>
           <t>Lisiecki Łukasz</t>
         </is>
       </c>
-      <c r="L258" t="inlineStr">
+      <c r="L279" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-lisiecki-8274.html</t>
         </is>
       </c>
-      <c r="M258" t="inlineStr">
+      <c r="M279" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N258" t="inlineStr">
+      <c r="N279" t="inlineStr">
         <is>
           <t>Kucie matrycowe, kucie swobodne, prasa hydrauliczna</t>
         </is>
       </c>
     </row>
-    <row r="259">
-      <c r="A259" t="inlineStr">
+    <row r="280">
+      <c r="A280" t="inlineStr">
         <is>
           <t>Zestaw do jonowego polerowania i trawienia materiałów</t>
         </is>
       </c>
-      <c r="B259" t="inlineStr">
+      <c r="B280" t="inlineStr">
         <is>
           <t>Im4000 plus</t>
         </is>
       </c>
-      <c r="C259" t="inlineStr">
+      <c r="C280" t="inlineStr">
         <is>
           <t>Działo jonów ar typu penning, pracujące przy napięciu w zakresie od 0kv do 6kv możliwość obserwacji próbki podczas procesu polerowania i cięcia przy użyciu stereoskopu zakres polerowania próbek: średniacy 50 mm, wysokość 25 mm tryb polerowania: -maksymalny rozmiar próbki w trybie polerowania 50mm - zakres ruchu (średnica obszaru polerowanego) - oś x:0-5 mm -kąt padania wiązki 0°-90° -kąt obrotu próbki ±90° -możliwość rotacji próbki z wyborem prędkości obrotowej -możliwość oscylacji próbki z wyborem kata oscylacji tryb wykonywania przekrojów : - maksymalny rozmiar próbki 20mmx20mmx7mm - zakres ruchu – oś x ±7mm - zakres ruchu – oś y ±3mm - kąt obrotu  ±3mm - prędkość obrotu próbki 1obr/min, 25 obr/min - szybkość/wydajność cięcia: 500 µm/h (dla krzemu)</t>
         </is>
       </c>
-      <c r="D259" t="inlineStr">
+      <c r="D280" t="inlineStr">
         <is>
           <t>Polerowanie końcowe, np. dla ebsd, przy ścinianiu pod niskim kątem (flatmilling) lub w celu kontrastowania przez ścienianie pod wysokim kątem  w ciągu kilku minut. wysokiej jakości nieodkształcone przekroje poprzeczne dla analiza struktur pod powierzchnią.</t>
         </is>
       </c>
-      <c r="E259" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G259" t="inlineStr">
+      <c r="E280" t="inlineStr"/>
+      <c r="F280" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G280" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
-      <c r="H259" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I259" t="inlineStr">
+      <c r="H280" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I280" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J259" t="inlineStr">
+      <c r="J280" t="inlineStr">
         <is>
           <t>Laboratorium metalograficzne  kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K259" t="inlineStr">
+      <c r="K280" t="inlineStr">
         <is>
           <t>Kopyściański Mateusz</t>
         </is>
       </c>
-      <c r="L259" t="inlineStr">
+      <c r="L280" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
         </is>
       </c>
-      <c r="M259" t="inlineStr">
+      <c r="M280" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N259" t="inlineStr">
+      <c r="N280" t="inlineStr">
         <is>
           <t>Ablacja laserowa/elektronowa, ped, pld</t>
         </is>
       </c>
     </row>
-    <row r="260">
-      <c r="A260" t="inlineStr">
+    <row r="281">
+      <c r="A281" t="inlineStr">
         <is>
           <t>Skaningowy mikroskop elektronowy nova nano sem 450</t>
         </is>
       </c>
-      <c r="B260" t="inlineStr">
+      <c r="B281" t="inlineStr">
         <is>
           <t>Nova nano sem 450</t>
         </is>
       </c>
-      <c r="C260" t="inlineStr">
+      <c r="C281" t="inlineStr">
         <is>
           <t>Źródło elektronów schottk'ego o wysokiej stabilności prądu wiązki, niska i wysoka próżnia. detekcja elektronów wtórnych (se), wstecznie rozproszonych (bse), tld-se i -bse, tryb transmisyjny (stem), możliwości analityczne eds, ebsd, wds, obrazowanie mikrostruktury hr-sem (se, bse) analiza eds, wds składu chemicznego analizy orientacji krystalograficznych (ebsd) obrazowanie w trybie stem</t>
         </is>
       </c>
-      <c r="D260" t="inlineStr">
+      <c r="D281" t="inlineStr">
         <is>
           <t xml:space="preserve">Badania struktury nanomateriałów, morfologii i składu chemicznego próbek nieprzewodzących w niskiej i zmiennej próżni. analiza topografii orientacji materiałów drobnokrystalicznych z pełną identyfikacją fazową, analizy punktowe, liniowe oraz powierzchniowe pierwiastków z wykorzystaniem spektrometrów edxs i wdxs, analiza orientacji krystalograficznych z wykorzystaniem ebsd oraz transmisyjna dyfrakcja ebsd. </t>
         </is>
       </c>
-      <c r="E260" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G260" t="inlineStr">
+      <c r="E281" t="inlineStr"/>
+      <c r="F281" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G281" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
-      <c r="H260" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I260" t="inlineStr">
+      <c r="H281" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I281" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J260" t="inlineStr">
+      <c r="J281" t="inlineStr">
         <is>
           <t>Laboratorium skaningowej mikroskopii elektronowej kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K260" t="inlineStr">
+      <c r="K281" t="inlineStr">
         <is>
           <t>Kopyściański Mateusz</t>
         </is>
       </c>
-      <c r="L260" t="inlineStr">
+      <c r="L281" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
         </is>
       </c>
-      <c r="M260" t="inlineStr">
+      <c r="M281" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N260" t="inlineStr">
+      <c r="N281" t="inlineStr">
         <is>
           <t>Bse, ebsd, eds, mikrostruktura, sem, wds</t>
         </is>
       </c>
     </row>
-    <row r="261">
-      <c r="A261" t="inlineStr">
+    <row r="282">
+      <c r="A282" t="inlineStr">
         <is>
           <t>Skaningowy mikroskop elektronowy inspect s50</t>
         </is>
       </c>
-      <c r="B261" t="inlineStr">
+      <c r="B282" t="inlineStr">
         <is>
           <t>Inspect s50</t>
         </is>
       </c>
-      <c r="C261" t="inlineStr">
+      <c r="C282" t="inlineStr">
         <is>
           <t>Źródło elektronów , elektorda wolframowa energia wiązki 200 ev - 30 kev detekcja elektronów wtórnych (se), wstecznie rozproszonych (bse), możliwosci analityczne eds, ebsd rozdzielczość (wg producenta): 3 nm przy 30 kv (sed) 1,0 nm przy 15 kv (sed) niska próżnia: - 10 nm przy 30kv (sed) - 3 nm przy 3 kv (sed) bezolejowy system pompowy.</t>
         </is>
       </c>
-      <c r="D261" t="inlineStr">
+      <c r="D282" t="inlineStr">
         <is>
           <t>Badania morfologii i składu chemicznego próbek nieprzewodzących w niskiej i zmiennej próżni, analiza topografii orientacji materiałów drobnokrystalicznych z pełną identyfikacją fazową, analizy punktowe, liniowe oraz powierzchniowe pierwiastków z wykorzystaniem spektrometrów edxs i wdxs, analiza orientacji krystalograficznych z wykorzystaniem dyfrakcji elektronów wstecznie rozproszonych ebsd</t>
         </is>
       </c>
-      <c r="E261" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G261" t="inlineStr">
+      <c r="E282" t="inlineStr"/>
+      <c r="F282" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G282" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam.</t>
         </is>
       </c>
-      <c r="H261" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I261" t="inlineStr">
+      <c r="H282" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I282" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J261" t="inlineStr">
+      <c r="J282" t="inlineStr">
         <is>
           <t>Laboratorium skaningowej mikroskopii elektronowej kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K261" t="inlineStr">
+      <c r="K282" t="inlineStr">
         <is>
           <t>Kopyściański Mateusz</t>
         </is>
       </c>
-      <c r="L261" t="inlineStr">
+      <c r="L282" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
         </is>
       </c>
-      <c r="M261" t="inlineStr">
+      <c r="M282" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N261" t="inlineStr">
+      <c r="N282" t="inlineStr">
         <is>
           <t>Bse, ebsd, eds, mikrostruktura, sem</t>
         </is>
       </c>
     </row>
-    <row r="262">
-      <c r="A262" t="inlineStr">
+    <row r="283">
+      <c r="A283" t="inlineStr">
         <is>
           <t>Skaningowy kalorymetr różnicowy</t>
         </is>
       </c>
-      <c r="B262" t="inlineStr">
+      <c r="B283" t="inlineStr">
         <is>
           <t>Dsc 8000</t>
         </is>
       </c>
-      <c r="C262" t="inlineStr">
+      <c r="C283" t="inlineStr">
         <is>
           <t>Konstrukcja dwupiecowa zasada pomiaru : kompensacyjna materiał pieca: 90% stopu platyny czujniki temperatury: rozproszone, platynowe termometry oporowe zakres -180˚c do 750˚c dokładność ±0,05˚c pecyzja  ±0,008˚c punkty danych/s 33 kontrolowane tempo nagrzewania od 0,01 do 300 ˚c/min kontrolowane tempo chłodzenia od 0,01 do 150˚c/min</t>
         </is>
       </c>
-      <c r="D262" t="inlineStr">
+      <c r="D283" t="inlineStr">
         <is>
           <t xml:space="preserve">Przemiany fazowe dyfuzyjne, wymuszone temperaturą, stabilność cieplna faz, rozpad z udziałem fazy gazowej, utlenianie; np. rekrystalizacja w stopach na bazie al i zr. weryfikacja układów fazowych. przemiana szklista, krystalizacja i kinetyka przemian, diagramy c-p-t; np. w szkłach metalicznych i polimerach. ciepło właściwe układów metalicznych i pochłaniających ciepło, wielofazowe związki międzymetaliczne.  </t>
         </is>
       </c>
-      <c r="E262" t="inlineStr">
+      <c r="E283" t="inlineStr">
         <is>
           <t xml:space="preserve">Przemiany fazowe dyfuzyjne, wymuszone temperaturą, stabilność cieplna faz, rozpad z udziałem fazy gazowej, utlenianie; np. rekrystalizacja w stopach na bazie al i zr. weryfikacja układów fazowych. przemiana szklista, krystalizacja i kinetyka przemian, diagramy c-p-t; np. w szkłach metalicznych i polimerach. ciepło właściwe układów metalicznych i pochłaniających ciepło, wielofazowe związki międzymetaliczne.  </t>
         </is>
       </c>
-      <c r="F262" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G262" t="inlineStr">
+      <c r="F283" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G283" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
-      <c r="H262" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I262" t="inlineStr">
+      <c r="H283" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I283" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J262" t="inlineStr">
+      <c r="J283" t="inlineStr">
         <is>
           <t>Laboratorium analizy termicznej/kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K262" t="inlineStr">
+      <c r="K283" t="inlineStr">
         <is>
           <t>Kopyściański Mateusz</t>
         </is>
       </c>
-      <c r="L262" t="inlineStr">
+      <c r="L283" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
         </is>
       </c>
-      <c r="M262" t="inlineStr">
+      <c r="M283" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N262" t="inlineStr">
+      <c r="N283" t="inlineStr">
         <is>
           <t>Dsc, dta, przemiany fazowe</t>
         </is>
       </c>
     </row>
-    <row r="263">
-      <c r="A263" t="inlineStr">
+    <row r="284">
+      <c r="A284" t="inlineStr">
         <is>
           <t>Zespół urządzeń ciągarka ławowa - walcarka skośna</t>
         </is>
       </c>
-      <c r="B263" t="inlineStr">
+      <c r="B284" t="inlineStr">
         <is>
           <t>Zespół urządzeń ciągarka ławowa - walcarka skośna</t>
         </is>
       </c>
-      <c r="C263" t="inlineStr">
+      <c r="C284" t="inlineStr">
         <is>
           <t>Zespół urządzeń ze wspólny  napędem opartym o silnik o mocy 67 kw. moment jest przekazywany za pośrednictwem sprzęgieł rozłącznych najedno z urządzeń: ciągarkę ławową lub walcarkę skośną. ciągarka ławowa umożliwia ciągnienie prętów i rur o długości max 7m. wózek ciągowy ciągarki ławowej porusza się na prowadnicach liniowych zapewniających sztywne prowadzenie wózka z rolerancją liniowości ±0,5mm na 7m dostępnej długości ławy. walcarka skośna umożliwia walcowanie prętów i rur na gorąco oraz przebijanie tujei rurowych. wyposażona jest w liczne oprzyrządowanie dodatkowe, co pozwala na przebudowę urzązdenia do zastosowań spocjalistycznych.</t>
         </is>
       </c>
-      <c r="D263" t="inlineStr">
+      <c r="D284" t="inlineStr">
         <is>
           <t>Ciągarka: prędkość ciągnienia 0,1 - 50m/min, siła ciągnienia 80 kn (praca ciągła) 120 kn (praca chwilowa). walcarka skośna: prędkość obrotowa walców max 80 obr/min, możliwość konfiguracji jako walcarki trójwalcowej, dwuwalcowej z prowadnicami stałymi lub obrotowymi oraz dwuwalcowej z prowadnicami napędzanymi</t>
         </is>
       </c>
-      <c r="E263" t="inlineStr">
+      <c r="E284" t="inlineStr">
         <is>
           <t>Ciągarka: rejestracja siły ciągnienia w pełnym zakresie, pomiar rzeczywistej prędkości ciągnienia przy wykorzystaniu liniału laserowego, rejestracja parametrów pracy napędu, dodatkowe 7 kanałów pomiarowych pod opcjonalne opomiarowanie procesu. walcarka skośna: rejestracja parametrów pracy napędu, pomiar rzeczywistego momentu walcowania na łącznikach walców, pomiar sił nacisku na czopach walców, pomiar siły nacisku na trzpień dziurujący.</t>
         </is>
       </c>
-      <c r="F263" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G263" t="inlineStr">
+      <c r="F284" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G284" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie</t>
         </is>
       </c>
-      <c r="H263" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I263" t="inlineStr">
+      <c r="H284" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I284" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J263" t="inlineStr">
+      <c r="J284" t="inlineStr">
         <is>
           <t>Cieplno – mechaniczna przeróbka plastyczna metali, http://www.tmpm.agh.edu.pl</t>
         </is>
       </c>
-      <c r="K263" t="inlineStr">
+      <c r="K284" t="inlineStr">
         <is>
           <t>Błoniarz Remigiusz</t>
         </is>
       </c>
-      <c r="L263" t="inlineStr">
+      <c r="L284" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/remigiusz-bloniarz-9380.html</t>
         </is>
       </c>
-      <c r="M263" t="inlineStr">
+      <c r="M284" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N263" t="inlineStr">
+      <c r="N284" t="inlineStr">
         <is>
           <t>Ciągarka ławowa, ciągnienie, walcarka skośna, walcowanie rur</t>
         </is>
       </c>
     </row>
-    <row r="264">
-      <c r="A264" t="inlineStr">
+    <row r="285">
+      <c r="A285" t="inlineStr">
         <is>
           <t>Mikroskop ze skanującą sondą (mikroskop sił bliskiego zasięgu)</t>
         </is>
       </c>
-      <c r="B264" t="inlineStr">
+      <c r="B285" t="inlineStr">
         <is>
           <t>Dimension icon with scanasyst (veeco/bruker)</t>
         </is>
       </c>
-      <c r="C264" t="inlineStr">
+      <c r="C285" t="inlineStr">
         <is>
           <t>Tryby pracy: afm – mikroskop sił atmowych lfm – mikroskop sił poprzecznych mfm – mikroskop sił magnetycznych efm – mikroskop sił elektrycznych peakforce qnm - obrazowanie własności nano-mechanicznych na podstawie analizy krzywych siłowych obszar analizy xy od max 100 μm x 100 μm do min kilka nm x kilka nm zakres analizy w kierunku z do max 9.5 μm rozdzielczość analizy max do 1 nm w zależności od użytej sondy i trybu pracy.</t>
         </is>
       </c>
-      <c r="D264" t="inlineStr">
+      <c r="D285" t="inlineStr">
         <is>
           <t>Wyznaczanie topografii powierzchni 3d (par. chropowatości) - afm obrazowanie rozkładu: • mikrobszarów o różnym współczynniku tarcia – lfm • mikrodomen magnetycznych – mfm • mikrobszarów o odmiennych własnościach elektrycznych – efm • różnym sposobie oddziaływania mechanicznego badanej powierzchni z ostrzem sondy: adhezja,  odkształcenie, moduł younga.</t>
         </is>
       </c>
-      <c r="E264" t="inlineStr">
+      <c r="E285" t="inlineStr">
         <is>
           <t>Wyznaczanie topografii powierzchni 3d (par. chropowatości) - afm obrazowanie rozkładu: • mikrobszarów o różnym współczynniku tarcia – lfm • mikrodomen magnetycznych – mfm • mikrobszarów o odmiennych własnościach elektrycznych – efm • różnym sposobie oddziaływania mechanicznego badanej powierzchni z ostrzem sondy: adhezja,  odkształcenie, moduł younga.</t>
         </is>
       </c>
-      <c r="F264" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G264" t="inlineStr">
+      <c r="F285" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G285" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
-      <c r="H264" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I264" t="inlineStr">
+      <c r="H285" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I285" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J264" t="inlineStr">
+      <c r="J285" t="inlineStr">
         <is>
           <t>Laboratorium badań własności materiałów, kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K264" t="inlineStr">
+      <c r="K285" t="inlineStr">
         <is>
           <t>Cieniek Łukasz</t>
         </is>
       </c>
-      <c r="L264" t="inlineStr">
+      <c r="L285" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-cieniek-6418.html</t>
         </is>
       </c>
-      <c r="M264" t="inlineStr">
+      <c r="M285" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N264" t="inlineStr">
+      <c r="N285" t="inlineStr">
         <is>
           <t>Afm, efm, lfm, mfm</t>
         </is>
       </c>
     </row>
-    <row r="265">
-      <c r="A265" t="inlineStr">
+    <row r="286">
+      <c r="A286" t="inlineStr">
         <is>
           <t>Indukcyjny piec próżniowy</t>
         </is>
       </c>
-      <c r="B265" t="inlineStr">
+      <c r="B286" t="inlineStr">
         <is>
           <t>Indukcyjny piec próżniowy do wytapiania stali i stopów metali oraz ich odlewania w kontrolowanej atmosferze, typ vim lab 20 - 50</t>
         </is>
       </c>
-      <c r="C265" t="inlineStr">
+      <c r="C286" t="inlineStr">
         <is>
           <t>Indukcyjny piec próżniowy służy do topienia i odlewania stopów żelaza w warunkach próżniowych o masie do 10 kg (a po wymianie cewki do 25 kg). składa się z jednej komory topienia, w której zainstalowany jest tygiel wraz z cewką indukcyjną oraz stół formy. w piecu możliwe jest przeprowadzanie procesu w próżni, w atmosferze powietrza lub gazu obojętnego. zastosowana cewka indukcyjna pozwala na roztopienie i rozgrzanie metalu do temperatury 1800°c. układ próżniowy zastosowany w piecu zapewnia osiągnięcie w komorze topienia podciśnienia na poziomie 1x10-3 mbar przy zimnej, pustej, czystej i suchej komorze. piec wyposażony jest w system pomiaru temperatury przy pomocy termopary oraz pirometru optycznego. mechanizm napędu termopary służy również do napędzania systemu poboru próbek ciekłego metalu wprost z tygla, przy zachowaniu w piecu zadanej atmosfery (podciśnienia lub gazu ochronnego). na komorze zainstalowany jest system podawania dodatków stopowych. zastosowana zasuwa próżniowa pozwala na wielokrotne dodawanie dodatków podczas procesu, bez zakłócania atmosfery wewnątrz pieca. wszystkie zastosowane w piecu napędy są elektryczne. pozwala to na precyzyjne i płynne sterowanie ruchomymi elementami pieca. kontrola tych podzespołów realizowana jest poprzez dotykowy panel sterujący. są na nim również prezentowane odczyty z czujników, takich jak: pirometr optyczny, termopara, głowice próżniowe, czujniki przepływu cieczy chłodzącej, itd. piec składa się z podzespołów takich jak: komora z drzwiami, mechanizm przechyłu tygla, obrotowy stół formy, system próżniowy, system indukcyjny, system pomiaru temperatury, system poboru próbek, podajnik dodatków stopowych, instalacja ciśnienia cząstkowego, dwa wzierniki optyczne, kolektory cieczy chłodzącej, agregat chłodniczy, system sterowania, podest roboczy pieca.</t>
         </is>
       </c>
-      <c r="D265" t="inlineStr">
+      <c r="D286" t="inlineStr">
         <is>
           <t>Indukcyjny piec próżniowy umożliwia wytopienie, rafinację w próżni i odlanie stopów metali o wymaganym składzie chemicznym i czystości. wsadem mogą być czyste metale i ich stopy. w trakcie procesu mogą być pobierane próbki do analizy chemicznej. skład chemiczny może być modyfikowany poprzez dodawanie dodatków stopowych bez przerywania procesu. spust wytopu odbywa się do wlewnicy lub przygotowanej według modelu formy piaskowej.</t>
         </is>
       </c>
-      <c r="E265" t="inlineStr">
+      <c r="E286" t="inlineStr">
         <is>
           <t>Proces wytapiania odbywa się pod ciągłą kontrolą temperatury wytopu i ciśnienia w komorze próżniowej. pomiar temperatury realizowany jest w sposób ciągły za pomocą pirometru oraz chwilowo za pomocą termopary poprzez zanurzenie jej w wytopie. pomiar ciśnienia w komorze próżniowej realizowany jest w całym zakresie pracy. czas osiągnięcia temperatury wytopu na poziomie 1600°c wynosi max. 60 min, a ciśnienia poniżej 1 mbar max. 5 min.</t>
         </is>
       </c>
-      <c r="F265" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G265" t="inlineStr">
+      <c r="F286" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G286" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w pozostałych przypadkach udostępnianie infrastruktury jest odpłatne zgodnie z obecnie obowiązującym kosztem pracy urządzenia oraz operatora.  w obu przypadkach koszt materiału wsadowego pokrywa zamawiający.</t>
         </is>
       </c>
-      <c r="H265" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I265" t="inlineStr">
+      <c r="H286" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I286" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J265" t="inlineStr">
+      <c r="J286" t="inlineStr">
         <is>
           <t>Materiały i procesy wytwarzania przyrostowego / b4 - 3ha / https://www.plastmet.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K265" t="inlineStr">
+      <c r="K286" t="inlineStr">
         <is>
           <t>Drożdż Paweł</t>
         </is>
       </c>
-      <c r="L265" t="inlineStr">
+      <c r="L286" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-drozdz-5819.html</t>
         </is>
       </c>
-      <c r="M265" t="inlineStr">
+      <c r="M286" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N265" t="inlineStr">
+      <c r="N286" t="inlineStr">
         <is>
           <t>Indukcyjny piec próżniowy</t>
         </is>
       </c>
     </row>
-    <row r="266">
-      <c r="A266" t="inlineStr">
+    <row r="287">
+      <c r="A287" t="inlineStr">
         <is>
           <t>Zwick z250</t>
         </is>
       </c>
-      <c r="B266" t="inlineStr">
+      <c r="B287" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa zwickroell bt1-fr250sn.a4k</t>
         </is>
       </c>
-      <c r="C266" t="inlineStr">
+      <c r="C287" t="inlineStr">
         <is>
           <t xml:space="preserve">Maszyna wytrzymałościowa służy to precyzyjnego wyznaczania własności materiałów w warunkach quasi-statycznych. pozwala na przeprowadzanie testów materiałowych w warunkach jednoosiowego rozciągania, jednoosiowego ściskania oraz w próbach zginania. oprogramowanie sterujące pozwala również na realizację prób zmęczeniowych. konfiguracja urządzenia jest w formie ramy o konstrukcji pionowej, wolnostojącej. wysoka sztywność konstrukcji jest zapewniona przez zastosowanie czterech kolumn prowadnicowych prowadzących trawersę za pomocą panewek ślizgowych. pomiar siły może być dokonywany za pomocą jednej z dwóch dostępnych głowic pomiarowych: o udźwigu 250 kn i rozdzielczości pomiarowej r=1 n, oraz o udźwigu 10kn i rozdzielczości pomiarowej r=0,1 n. urządzenie wyposażone jest w dwa rodzaje ekstensometrów: montowany sprężynowo na próbce, o drodze pomiarowej 13,5 mm do prowadzenia pomiarów w temperaturze pokojowej, oraz ekstensometr mackowy o drodze pomiarowej 10mm do wykonywania pomiarów w temperaturach podwyższonych. urządzenie posiada dodatkowe wyposażenie w postaci dwóch pieców umożliwiających prowadzenie prób w podwyższonych temperaturach: piec z grzałkami spiralnymi oraz z grzałkami sylitowymi, które pozwalają prowadzić badania w temperaturach maksymalnych odpowiednio 1200 i 1500 °c. piece mają możliwość zapewnienia w obszarze roboczym atmosfery ochronnej przez podawanie do komory roboczej w formie przepływowej gazu obojętnego. urządzenie było w 2022 r. wzorcowane w zakresie sił pomiarowych dla obu głowic, w zakresie przemieszczenia i prędkości ruchu trawersy oraz wskazań odkształceń dla obu ekstensometrów. </t>
         </is>
       </c>
-      <c r="D266" t="inlineStr">
+      <c r="D287" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie pozwala na przeprowadzenie prób:
 	rozciągania próbek z główkami płaskimi, okrągłymi z podtoczeniami i  bez – wszystkie zgodne z normami pn-en
 	ściskania o dowolnym przekroju poprzecznym przy zachowaniu bezpiecznej smukłości w temp. od 20 do 1150°c
 	zginania próbek o dowolnym przekroju poprzecznym przy zachowaniu odpowiedniej relacji długości do przekroju w temperaturach od 20 do 1450°
 </t>
         </is>
       </c>
-      <c r="E266" t="inlineStr">
+      <c r="E287" t="inlineStr">
         <is>
           <t>Urządzenie charakteryzuje się następującymi parametrami: - prędkość ruchu trawersy od 0.001mm/min do 600mm/min. - rejestracja siły w zakresie od 0.5n do 250kn, - maksymalna temperatura nagrzewania: 1450 °c, - prędkość nagrzewania próbek w piecach to max. 15°c/min,  -zakres prędkości odkształceń: od 0.001 s^-1 do 1 s^-1,  -możliwość wprowadzania krzywych korekcyjnych eliminujących ugięcia sprężyste</t>
         </is>
       </c>
-      <c r="F266" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G266" t="inlineStr">
+      <c r="F287" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G287" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie</t>
         </is>
       </c>
-      <c r="H266" t="inlineStr">
+      <c r="H287" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I266" t="inlineStr">
+      <c r="I287" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J266" t="inlineStr">
+      <c r="J287" t="inlineStr">
         <is>
           <t>Cieplno – mechaniczna przeróbka plastyczna metali, http://www.tmpm.agh.edu.pl</t>
         </is>
       </c>
-      <c r="K266" t="inlineStr">
+      <c r="K287" t="inlineStr">
         <is>
           <t>Błoniarz Remigiusz</t>
         </is>
       </c>
-      <c r="L266" t="inlineStr">
+      <c r="L287" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/remigiusz-bloniarz-9380.html</t>
         </is>
       </c>
-      <c r="M266" t="inlineStr">
+      <c r="M287" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N266" t="inlineStr">
+      <c r="N287" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa, próba rozciągania, próba ściskania, próba zginania</t>
         </is>
       </c>
     </row>
-    <row r="267">
-      <c r="A267" t="inlineStr">
+    <row r="288">
+      <c r="A288" t="inlineStr">
         <is>
           <t>Wgłębne centrum elektroerozyjne wraz z systemem pomiarowym</t>
         </is>
       </c>
-      <c r="B267" t="inlineStr">
+      <c r="B288" t="inlineStr">
         <is>
           <t>Elektrodrążarka wgłębna agie charmilles fo 350 sp, współrzędnościowa maszyna pomiarowa dea global</t>
         </is>
       </c>
-      <c r="C267" t="inlineStr">
+      <c r="C288" t="inlineStr">
         <is>
           <t>Przedmiotowe stanowisko służy do realizacji kompleksowych badań laboratoryjnych związanych z procesem elektrodrążenia wgłębnego oraz przeprowadzania pomiarów wielkości charakteryzujących wymiary wytworzonych elementów w trybie cnc. na stanowisku dotyczącym elektrodrążenia możliwe jest przeprowadzanie badań możliwości obróbki elementów wytwarzanych z różnych materiałów przewodzących prąd elektryczny z zastosowaniem narzędzi z różnych materiałów przy zmiennych parametrach technologicznych. w przypadku stanowiska pomiarowego możliwość jest przeprowadzania pomiarów w trybie punktowym oraz skanowania. w trakcie badań rejestrowane są parametry procesu. podstawowe parametry elektrodrążarka wgłębna agie charmilles fo 350 sp – wymiary stołu : 500 x 400 mm – maksymalny wymiar detalu : 780 x 530 x 300 mm – przesuw osi x, y, z : 350 x 250 x 300 m – maksymalny ciężar detalu : 500 kg – chropowatość powierzchni (ra) : 0,1 um współrzędnościowa maszyna pomiarowa dea global - wymiary stołu: 500x700x500 mm - dokładność pomiaru: błąd pomiaru długości mpe(e) = 3 + l/333 µm</t>
         </is>
       </c>
-      <c r="D267" t="inlineStr">
+      <c r="D288" t="inlineStr">
         <is>
           <t>- wpływ nastawialnych parametrów obróbki na kształt i jakość powierzchni - szybkość zużycia narzędzia  - ocena wpływu wybranych czynników na niepewność pomiaru współrzędnościowego - modelowanie dokładności głowic pomiarowych</t>
         </is>
       </c>
-      <c r="E267" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G267" t="inlineStr">
+      <c r="E288" t="inlineStr"/>
+      <c r="F288" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G288" t="inlineStr">
         <is>
           <t>Zgodnie z indywidualnie uzgodnionymi umowami</t>
         </is>
       </c>
-      <c r="H267" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I267" t="inlineStr">
+      <c r="H288" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I288" t="inlineStr">
         <is>
           <t>Katedra systemów wytwarzania</t>
         </is>
       </c>
-      <c r="J267" t="inlineStr"/>
-      <c r="K267" t="inlineStr">
+      <c r="J288" t="inlineStr"/>
+      <c r="K288" t="inlineStr">
         <is>
           <t>Zagórski Krzysztof</t>
         </is>
       </c>
-      <c r="L267" t="inlineStr">
+      <c r="L288" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-zagorski-5655.html</t>
         </is>
       </c>
-      <c r="M267" t="inlineStr">
+      <c r="M288" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N267" t="inlineStr">
+      <c r="N288" t="inlineStr">
         <is>
           <t>Elektrodrążenie, pomiary współrzędnościowe, wytwarzanie</t>
         </is>
       </c>
     </row>
-    <row r="268">
-      <c r="A268" t="inlineStr">
+    <row r="289">
+      <c r="A289" t="inlineStr">
         <is>
           <t>Elektronowy mikroskop skaningowy z eds i ebsd</t>
         </is>
       </c>
-      <c r="B268" t="inlineStr">
+      <c r="B289" t="inlineStr">
         <is>
           <t>Skaningowy mikroskop elektronowy, tescan mira4 gmu. system dyspersji energii promieniowania charakterystycznego eds – aztec energy oxford instruments. system dyfrakcji elektronów wstecznie rozproszonych ebsd – aztec ebsd z detektorem symmetry s2 oxford instruments.</t>
         </is>
       </c>
-      <c r="C268" t="inlineStr">
+      <c r="C289" t="inlineStr">
         <is>
           <t>Skaningowy mikroskop elektronowy - tescan mira4 gmu z wyposażeniem. -źródło elektronów – emiter polowy (schottky) o wysokiej jasności, -płynna regulacja prądu wiązki w zakresie od 2 pa do 400 na, -komora typu gm umożliwiająca umieszczenie w niej próbki o maksymalnych wymiarach: 335 (x) x 310 (y) x147 (z) mm, -udźwig stolika do 8 kg, -mikroskop wyposażony w dwa detektory obrazowania: detektor elektronów wtórnych (se) i wstecznie rozproszonych (bse), -dodatkowy detektor gsd elektronów wtórnych (se) przeznaczony do pracy w trybie niskiej próżni, który pozwala na obserwację próbek nieprzewodzących w ich naturalnym stanie, -rozdzielczość nominalna 1,2 nm w trybie obrazowania se,  -regulacja ciśnienia w trybie niskiej próżni od 7 do 700 pa,  -zakres powiększeń elektronowych od 2x do co najmniej 1 000 000 razy dla próbek w ich naturalnym stanie. system dyspersji energii promieniowania charakterystycznego eds – aztec energy oxford instruments. -detektor serii ultimmax o powierzchni aktywnej 40 mm2 i rozdzielczości &lt;127 ev.  system dyfrakcji elektronów wstecznie rozproszonych ebsd – aztec ebsd z detektorem symmetry s2 oxford instruments. -kamera ebsd serii symmetry s2 wykorzystująca technologię cmos. szybkość kamery lepsza niż 4500 pps. rozdzielczość maksymalna lepsza niż 1.2 megapiksela. urządzenie do nanoindentacji i analizy własności fizycznych powierzchni – alemmnis nanoindenter -moduł nanoindentera instalowany w komorze mikroskopu sem -zakres obciążeń od 4 μn do 500 mn</t>
         </is>
       </c>
-      <c r="D268" t="inlineStr">
+      <c r="D289" t="inlineStr">
         <is>
           <t>Sem obrazowanie w trybie elektronów wtórnych i wstecznie rozproszonych obrazowanie próbek nieprzewodzących eds jakościowa i ilościowa anal. pierw. we wskazanym pnkcie lub w zadanym obszarze, a także uzyskiwanie map rozkładu pierw., pomiar grubości warstw przy użyciu trybu skanowania liniowego. ebsd wyzn. orientacji kryształu lub ziarna określ. kąta dezorientacji, granicy ziaren, wyzn. tekstury globalnej i lok., określ. frakcji rekrystalizacji-deformacji</t>
         </is>
       </c>
-      <c r="E268" t="inlineStr">
+      <c r="E289" t="inlineStr">
         <is>
           <t>Sem rozdzielczość nom. 1,2 nm w trybie obrazowania se, regulacja ciśn. w trybie niskiej próżni od 7 do 700 pa, zakres powiększeń elektronowych od 2x do co najmniej 1 000 000 razy eds detektor serii ultimmax o powierzchni aktywnej 40 mm2 i rozdzielczości &lt;127 ev.  ebsd kamera ebsd serii symmetry s2 wykorzystująca technologię cmos. szybkość kamery lepsza niż 4500 pps. rozdzielczość maksymalna lepsza niż 1.2 megapiksela. urządzenie do nanoindentacji</t>
         </is>
       </c>
-      <c r="F268" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G268" t="inlineStr">
+      <c r="F289" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G289" t="inlineStr">
         <is>
           <t>Współpraca:
 - w ramach centrum badań nawarstwień historycznych w badaniach interdyscyplinarnych,
 - naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi,
 - w ramach projektów ncn, ncbir, współpraca z przemysłem i w ramach umów,
 - w zakresie dydaktyki.</t>
         </is>
       </c>
-      <c r="H268" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I268" t="inlineStr">
+      <c r="H289" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I289" t="inlineStr">
         <is>
           <t>Wydział odlewnictwa</t>
         </is>
       </c>
-      <c r="J268" t="inlineStr">
+      <c r="J289" t="inlineStr">
         <is>
           <t>Katedra tworzyw formierskich, technologii formy i odlewnictwa metali nieżelaznych</t>
         </is>
       </c>
-      <c r="K268" t="inlineStr">
+      <c r="K289" t="inlineStr">
         <is>
           <t>Garbacz-Klempka Aldona</t>
         </is>
       </c>
-      <c r="L268" t="inlineStr">
+      <c r="L289" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aldona-garbacz-klempka-6036.html</t>
         </is>
       </c>
-      <c r="M268" t="inlineStr">
+      <c r="M289" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N268" t="inlineStr">
+      <c r="N289" t="inlineStr">
         <is>
           <t>Archeometalurgia, ebsd, eds, materiały ceramiczne, metale, mikrostruktura, sem, stopy, surowce</t>
         </is>
       </c>
     </row>
-    <row r="269">
-      <c r="A269" t="inlineStr">
+    <row r="290">
+      <c r="A290" t="inlineStr">
         <is>
           <t>Smart- special device for measurements in support of advanced research at high-temperature</t>
         </is>
       </c>
-      <c r="B269" t="inlineStr">
+      <c r="B290" t="inlineStr">
         <is>
           <t>Smart- special device for measurements in support of advanced research at high-temperature</t>
         </is>
       </c>
-      <c r="C269" t="inlineStr">
+      <c r="C290" t="inlineStr">
         <is>
           <t>Autorskie i opatentowane urządzenie smart składa się z następujących elementów: -wysokotemperaturowej komory badawczej, -zespołu kapilarnego dozowania ciekłego metalu (mechanizm kroplówki), -komory załadowczej (do 6 próbek), -manipulatora komory załadowczej (5-cio osiowego), -analizatora gazów resztkowych, -kamer pomiarowych, -ruchomej platformy, -systemu sterowania i rejestracji elektronicznej, mobile stanowisko do wysokotemperaturowych badań właściwości ciekłych metali, stopów, szkieł, żużli i innych substancji w szerokim zakresie temperatury topienia służy do wyznaczania ich charakterystyk oraz oddziaływania ciekłej materii z podłożami stałymi. stanowisko umożliwia prowadzenie badań w zakresie od temperatury pokojowej do 2100 °c. urządzenie wykonane zostało w technice wysokiej próżni i umożliwia pracę w zakresie od ciśnienia atmosferycznego do 10-7 mbar. po uzyskaniu w komorze wysokiej próżni na poziomie 10-6 mbar możliwe jest uruchomienie procesu grzania podłoża i kroplówki do wymaganej temperatury eksperymentu. dla metali silnie sublimujących w temperaturach poniżej temperatury topnienia przewidziana jest procedura topienia metalu w warunkach gazu osłonowego i/lub aktywnego. zachowanie i oddziaływanie stopionego materiału z podłożem obserwowane jest za pomocą szybkich kamer usytuowanych w dwóch prostopadłych względem siebie kierunkach. aparatura wyposażona jest w analizator gazów resztkowych, umożliwiającego identyfikację gazów wydzielających się w trakcie procesu grzania i oddziaływania wzajemnego w układzie ciecz/ciało stałe w wysokiej temperaturze. istnieje możliwość rozdzielenie obszaru grzania kroplówki z obszarem grzania podłoża wraz z możliwością szybkiego wprowadzenia podłoża do obszaru badanego z obszaru o temperaturze zbliżonej do temperatury pokojowej. umożliwia to ulokowanie kropli ciekłego metalu na zimne podłoże, pozwalając tym sam na badanie procesów zbliżonych do warunków rzeczywistych, występujących w trakcie procesu odlewania.</t>
         </is>
       </c>
-      <c r="D269" t="inlineStr">
+      <c r="D290" t="inlineStr">
         <is>
           <t>Obserwacja i pomiary w czasie rzeczywistym w atmosferze gazów lub w wysokiej próżni w temp. do 2100°c. wizualizacja zjawisk interakcji w układach ciecz/ciało stałe/półstałe, rejestracja zjawisk w  układach niereaktywnych i reaktywnych za pomocą wysokorozdzielczych kamer monochromatycznych. układ eksperymentalny objęty jest europejską ochroną patentową. mobilność aparatury umożliwia podjęcie badań in situ np. z zastosowaniem synchrotronu.</t>
         </is>
       </c>
-      <c r="E269" t="inlineStr">
+      <c r="E290" t="inlineStr">
         <is>
           <t>Przechylny stół pomiarowy, metoda kropli leżącej, wiszącej, toczącej się, dużej kropli, łączenie metod (do 4w1), pomiary izo- i nieizotermiczne, oczyszczanie kapilarne, procedura odsysania, przenoszenia, przechylania kropli, synteza stopu in situ w trakcie badań i zastosow. cykli grzania, wyznaczenie kąta younga, napięcia pow., gęstości, lepkości, pracy adhezji, badanie procesów topnienia, krystalizacji, zwilżania, rozpływności i infiltracji, anal. gazów resztkowych.</t>
         </is>
       </c>
-      <c r="F269" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G269" t="inlineStr">
+      <c r="F290" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G290" t="inlineStr">
         <is>
           <t>Udostępnianie urządzenia w ramach wspólnych przedsięwzięć badawczych, w tym projektów krajowych i zagranicznych oraz zleceń bezpośrednich; realizacji prac inżynierii, magisterskich, doktorskich oraz habilitacyjnych.</t>
         </is>
       </c>
-      <c r="H269" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I269" t="inlineStr">
+      <c r="H290" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I290" t="inlineStr">
         <is>
           <t>Wydział odlewnictwa</t>
         </is>
       </c>
-      <c r="J269" t="inlineStr">
+      <c r="J290" t="inlineStr">
         <is>
           <t>Katedra tworzyw formierskich, technologii formy i odlewnictwa metali nieżelaznych</t>
         </is>
       </c>
-      <c r="K269" t="inlineStr">
+      <c r="K290" t="inlineStr">
         <is>
           <t>Sobczak Jerzy</t>
         </is>
       </c>
-      <c r="L269" t="inlineStr">
+      <c r="L290" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jerzy-jozef-sobczak-8979.html</t>
         </is>
       </c>
-      <c r="M269" t="inlineStr">
+      <c r="M290" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N269" t="inlineStr">
+      <c r="N290" t="inlineStr">
         <is>
           <t>Badania wysokotemperaturowe, identyfikacja faz i wydzieleń, metoda kropli leżącej, napięcie powierzchniowe, praca adhezji, zwilżalność</t>
         </is>
       </c>
     </row>
-    <row r="270">
-      <c r="A270" t="inlineStr">
+    <row r="291">
+      <c r="A291" t="inlineStr">
         <is>
           <t>Stolik grzewczo-tensometryczny</t>
         </is>
       </c>
-      <c r="B270" t="inlineStr">
+      <c r="B291" t="inlineStr">
         <is>
           <t>Kammrath&amp;weiss 5kn</t>
         </is>
       </c>
-      <c r="C270" t="inlineStr">
+      <c r="C291" t="inlineStr">
         <is>
           <t>Zakres siłowy (ściskanie i rozciąganie): 5kn zakres temperatury pracy: 20-1000°c prędkość trawersy: 0.1 – 20 µm/s całkowite przemieszczenie enkodera liniowego: 45 mm (rozdzielczość: 100 nm)</t>
         </is>
       </c>
-      <c r="D270" t="inlineStr">
+      <c r="D291" t="inlineStr">
         <is>
           <t>Możliwość realizacji badań plastometrycznych w skali mikro (rozciąganie, ściskanie, próby cykliczne)  in-situ (w komorze mikroskopu skaningowego) i ex-situ (poza komorą mikroskopu) możliwość równoczesnej obserwacji zmian mikrostruktry w trakcie odkształcania (w tym rejestracji wideo) oraz analizy ebsd lub/i eds</t>
         </is>
       </c>
-      <c r="E270" t="inlineStr">
+      <c r="E291" t="inlineStr">
         <is>
           <t>Max wymiary próbek (płaskich): 60 x 10 x 5 mm. max wymiary próbek cylindrycznych do ściskania fi4x6 mm. możliwość zintegrowania badań z systemem pomiaru odkształceń (cyfrowa korelacja obrazu - dic)</t>
         </is>
       </c>
-      <c r="F270" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G270" t="inlineStr">
+      <c r="F291" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G291" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie</t>
         </is>
       </c>
-      <c r="H270" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I270" t="inlineStr">
+      <c r="H291" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I291" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J270" t="inlineStr">
+      <c r="J291" t="inlineStr">
         <is>
           <t>Cieplno – mechaniczna przeróbka plastyczna metali, http://www.tmpm.agh.edu.pl</t>
         </is>
       </c>
-      <c r="K270" t="inlineStr">
+      <c r="K291" t="inlineStr">
         <is>
           <t>Lisiecka-Graca Paulina</t>
         </is>
       </c>
-      <c r="L270" t="inlineStr">
+      <c r="L291" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/paulina-lisiecka-graca-8171.html</t>
         </is>
       </c>
-      <c r="M270" t="inlineStr">
+      <c r="M291" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N270" t="inlineStr">
+      <c r="N291" t="inlineStr">
         <is>
           <t>Badania, in situ, rozciąganie</t>
         </is>
       </c>
     </row>
-    <row r="271">
-      <c r="A271" t="inlineStr">
+    <row r="292">
+      <c r="A292" t="inlineStr">
         <is>
           <t>Asp 2</t>
         </is>
       </c>
-      <c r="B271" t="inlineStr">
+      <c r="B292" t="inlineStr">
         <is>
           <t>Symulator termomechaniczny asp 2</t>
         </is>
       </c>
-      <c r="C271" t="inlineStr">
+      <c r="C292" t="inlineStr">
         <is>
           <t>Serwohydrauliczny symulator termomechaniczny asp ii firmy servotest umożliwiający prowadzenie sekwencyjnych i równoczesnych testów skręcania (w sposób ciągły, w obu kierunkach) oraz testów osiowych (rozciągania i ściskania). na maszynie można badać materiały lite – głównie metale i stopy (m.in. na osnowie żelaza, tytanu, aluminium) w warunkach złożonych cykli termo-mechanicznych (od temperatury pokojowej do 1300°c). maszyna ma możliwość płynnej kontroli względnych parametrów skręcania, odkształcenia osiowego, prędkości grzania, temperatury odkształcenia i prędkości chłodzenia. dane wejściowe dla tych parametrów mogą pochodzić z systemu sterowania (proste ścieżki odkształcenia) lub z plików zdefiniowanych przez użytkownika (złożone ścieżki odkształcenia). parametry: max. moment obrotowy: +/-500 nm • max prędkość obrotowa (ciągła) 560 rpm • max prędkość obrotowa do 1000 rpm • posuw +/-25 mm • testy zmęczeniowe +/- 100 kn liniowe / +/- 500 nm skrętne • system grzania indukcyjnego 20kw – od temperatury pokojowej do 1300 °c • kontrolowane chłodzenie (woda/powietrze/cewka + hartowanie)</t>
         </is>
       </c>
-      <c r="D271" t="inlineStr">
+      <c r="D292" t="inlineStr">
         <is>
           <t>Próby rozciągania, ściskania i skręcania. symulacje fizyczne procesów termomechanicznych w warunkach prostych i złożonych dróg  odkształcenia w temperaturach od początkowej do 1300°c. jedno i wielostopniowe testy ściskania ze stałą rzeczywistą prędkością odkształcenia od 0,001 do 100 s-1 w temperaturach od pokojowej do 1300°c. badania zmęczeniowe (rozciąganie-ściskanie, skręcanie,temperaturowe). badania relaksacji naprężeń.</t>
         </is>
       </c>
-      <c r="E271" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G271" t="inlineStr">
+      <c r="E292" t="inlineStr"/>
+      <c r="F292" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G292" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie</t>
         </is>
       </c>
-      <c r="H271" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I271" t="inlineStr">
+      <c r="H292" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I292" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J271" t="inlineStr">
+      <c r="J292" t="inlineStr">
         <is>
           <t>Cieplno – mechaniczna przeróbka plastyczna metali, http://www.tmpm.agh.edu.pl</t>
         </is>
       </c>
-      <c r="K271" t="inlineStr">
+      <c r="K292" t="inlineStr">
         <is>
           <t>Błoniarz Remigiusz</t>
         </is>
       </c>
-      <c r="L271" t="inlineStr">
+      <c r="L292" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/remigiusz-bloniarz-9380.html</t>
         </is>
       </c>
-      <c r="M271" t="inlineStr">
+      <c r="M292" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N271" t="inlineStr">
+      <c r="N292" t="inlineStr">
         <is>
           <t>Badania zmęczeniowe, maszyna wytrzymałościowa, próba rozciągania, próba ściskania, próba zginania, symulator termomechaniczny</t>
         </is>
       </c>
     </row>
-    <row r="272">
-      <c r="A272" t="inlineStr">
+    <row r="293">
+      <c r="A293" t="inlineStr">
         <is>
           <t>Drukarka 3d</t>
         </is>
       </c>
-      <c r="B272" t="inlineStr">
+      <c r="B293" t="inlineStr">
         <is>
           <t>Ayas 120 lm</t>
         </is>
       </c>
-      <c r="C272" t="inlineStr">
+      <c r="C293" t="inlineStr">
         <is>
           <t>Modułowe urządzenie do wytwarzania przyrostowego (druku 3d) z proszków metali w procesie selektywnego spajania warstw proszku skupioną wiązką lasera (lpbf). moduł laserowy wyposażony jest w laser jednomodowy nd:yag o maksymalnej mocy 200 w i średnicy roboczej plamki lasera równej 35 µm. moduł mechaniczny wyposażony jest w komorę z platformą roboczą pozwalający na druk elementów o średnicy do 120 mm oraz wysokości maksymalnej 120 mm z możliwością kontrolowania jej temperatury do 200 °c. urządzenie pracuje w atmosferze ochronnej argonu z kontrolowaną zawartością tlenu w komorze.</t>
         </is>
       </c>
-      <c r="D272" t="inlineStr">
+      <c r="D293" t="inlineStr">
         <is>
           <t>Urządzenie przystosowane do wytwarzania przyrostowego wyrobów z proszków metalowych o średnicy cząstek ok. 40 µm w procesie selektywnego spajania warstw proszku skupioną wiązką lasera (lpbf). dedykowane jest do precyzyjnego druku elementów o maksymalnych wymiarach 120 mm x 120 mm. urządzenie umożliwia druk 3d m. in. ze stali, stopów niklu oraz kobaltu przy zastosowaniu różnych parametrów procesowych.</t>
         </is>
       </c>
-      <c r="E272" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G272" t="inlineStr">
+      <c r="E293" t="inlineStr"/>
+      <c r="F293" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G293" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w pozostałych przypadkach udostępnianie infrastruktury jest odpłatne zgodnie z obecnie obowiązującym kosztem pracy urządzenia oraz operatora.  w obu przypadkach koszt materiału wsadowego pokrywa zamawiający. 
 w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.  w pozostałych kwestiach uzasadnienie znajdują informacje zawarte w regulaminie korzystania z infrastruktury badawczej agh uchwała senatu 32/2016.</t>
         </is>
       </c>
-      <c r="H272" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I272" t="inlineStr">
+      <c r="H293" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I293" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J272" t="inlineStr">
+      <c r="J293" t="inlineStr">
         <is>
           <t>Materiały i procesy wytwarzania przyrostowego / b4 - 3ha / https://www.plastmet.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K272" t="inlineStr">
+      <c r="K293" t="inlineStr">
         <is>
           <t>Dubiel Beata</t>
         </is>
       </c>
-      <c r="L272" t="inlineStr">
+      <c r="L293" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/beata-dubiel-4341.html</t>
         </is>
       </c>
-      <c r="M272" t="inlineStr">
+      <c r="M293" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N272" t="inlineStr">
+      <c r="N293" t="inlineStr">
         <is>
           <t>Druk 3d, lpbf, wytwarzanie przyrostowe</t>
         </is>
       </c>
     </row>
-    <row r="273">
-      <c r="A273" t="inlineStr">
+    <row r="294">
+      <c r="A294" t="inlineStr">
         <is>
           <t>Atomizer ultradźwiękowy</t>
         </is>
       </c>
-      <c r="B273" t="inlineStr">
+      <c r="B294" t="inlineStr">
         <is>
           <t>Ato lab +</t>
         </is>
       </c>
-      <c r="C273" t="inlineStr">
+      <c r="C294" t="inlineStr">
         <is>
           <t>Atomizer ultradźwiękowy wyposażony w układ ultradźwiękowy o częstotliwości 35-36 khz, pozwalający na produkcję sferycznego proszku do zastosowań w metodach przyrostowych o wielkości cząstek ok. 45 µm. urządzenie wyposażone jest w kontrolowany palnik łuku elektrycznego z elektrodą wolframową pozwalający na topienie materiału wsadowego w formie drutu lub prętów. możliwość pracy układu ultradźwiękowego w atmosferze ochronnej argonu przy zawartości tlenu poniżej 10 ppm. układ ultradźwiękowy wyposażony jest w wymienne platformy atomizujące z rdzeniami ze stali, wolframu lub tytanu, które umożliwiają wytwarzanie proszku z szerokiej gamy materiałów metalowych. urządzenie wyposażone jest w układ próżniowy oraz jest chłodzone wodą lodową.</t>
         </is>
       </c>
-      <c r="D273" t="inlineStr">
+      <c r="D294" t="inlineStr">
         <is>
           <t xml:space="preserve">Możliwość wytwarzania proszków metalowych z drutu spawalniczego oraz prętów metalowych ze stali, stopów aluminium, niklu, kobaltu, żelaza oraz tytanu. urządzenie pozwala na wytwarzanie kulistych cząstek proszku o średniej średnicy poniżej 50 µm. ze względu na pracę w atmosferze ochronnej argonu wytworzony proszek charakteryzuje się niską zawartością tlenu.  </t>
         </is>
       </c>
-      <c r="E273" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G273" t="inlineStr">
+      <c r="E294" t="inlineStr"/>
+      <c r="F294" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G294" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w pozostałych przypadkach udostępnianie infrastruktury jest odpłatne zgodnie z obecnie obowiązującym kosztem pracy urządzenia oraz operatora.  w obu przypadkach koszt materiału wsadowego pokrywa zamawiający.
 możliwe jest korzystanie z urządzenia w obecności operatora/opiekuna przez osoby, które przez niego zostały przeszkolone, a szkolenie potwierdziły własnoręcznym podpisem. w pozostałych kwestiach uzasadnienie znajdują informacje zawarte w regulaminie korzystania z infrastruktury badawczej agh uchwała senatu 32/2016</t>
         </is>
       </c>
-      <c r="H273" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I273" t="inlineStr">
+      <c r="H294" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I294" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J273" t="inlineStr">
+      <c r="J294" t="inlineStr">
         <is>
           <t>Materiały i procesy wytwarzania przyrostowego / b4 - 3ha / https://www.plastmet.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K273" t="inlineStr">
+      <c r="K294" t="inlineStr">
         <is>
           <t>Dubiel Beata</t>
         </is>
       </c>
-      <c r="L273" t="inlineStr">
+      <c r="L294" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/beata-dubiel-4341.html</t>
         </is>
       </c>
-      <c r="M273" t="inlineStr">
+      <c r="M294" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N273" t="inlineStr">
+      <c r="N294" t="inlineStr">
         <is>
           <t>Atomizacja ultradźwiękowa, wytwarzanie proszków</t>
         </is>
       </c>
     </row>
-    <row r="274">
-      <c r="A274" t="inlineStr">
+    <row r="295">
+      <c r="A295" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa</t>
         </is>
       </c>
-      <c r="B274" t="inlineStr">
+      <c r="B295" t="inlineStr">
         <is>
           <t>Zwick hb 100</t>
         </is>
       </c>
-      <c r="C274" t="inlineStr">
+      <c r="C295" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie wyposażone jest w dwa podstawowe kanały sterowania. pierwszy kanał sterowania dotyczy drogi przemieszczenia uchwytów, zaś drugi siły naciagu lub ściskania badanych probek. przemieszczenie uchwytów do póbek możliwe jest na dystancie około 120 mm. siła oddziaływania na próbki należy do przdziału od -100 do 100 kn. urządzenie wyposażone jest w bardzo precyzyjny pomiar drogi przemieszczenia z dokładnością do +/- 5 mm. maszyna posiada zainstalowany tensometr, ktory umożliwia pomiar siły z dokładnoscią do 0.1 n. na uwagę zasługuje przestrzeń robocza maszyny wynosząca w pionie oraz poziomie ok 60 mm. maszyna wytrzymałościowa posiada konstrukcję dwukolumnową oraz napęd hydrauliczny zamocowany na górnej trawersie. dodatkowo przestrzeń robocza maszyny jest regulowana za pomocą górnej trawersy, której usytuowanie w poziomie można regulować hydraulicznie. zaletą regulowanej hydraulicznie trawersy jest szybka zmiana jej położenia, bez konieczności manualnej regulacji położenia bardzo cieżkiego napędu hydraulicznego. </t>
         </is>
       </c>
-      <c r="D274" t="inlineStr">
+      <c r="D295" t="inlineStr">
         <is>
           <t>Testy materiałowe: statyczna proba rozciągania, statyczna próba ściskania, proby ściskania oraz rozciągania ze zwiekszonymi predkosciami odkształcenia, zachowanie się materiału pod wpływem zmiennego stanu odkształcenia oraz naprężenia.</t>
         </is>
       </c>
-      <c r="E274" t="inlineStr">
+      <c r="E295" t="inlineStr">
         <is>
           <t>Aparatura umożliwia wyznaczenie szeregu właściwości materiałowych. w szczególności należą do nich granica plastyczności, moduł younga, wytrzymałość na rozciąganie, czy naprężenie zrywające. badania można wykonywać na probkach okrągłych oraz próbkach płaskich. dodatkowo aparatura została zaadaptowana do testowania sprężyn stosowanych w krystalizatorach instalacji ciągłego odlewania stali.</t>
         </is>
       </c>
-      <c r="F274" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G274" t="inlineStr">
+      <c r="F295" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G295" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w pozostałych przypadkach udostępnianie infrastruktury jest odpłatne zgodnie z obecnie obowiązującym kosztem pracy urządzenia oraz operatora.  w obu przypadkach koszt materiału wsadowego pokrywa zamawiający. 
 w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.                                                                                                                                                                                 w pozostałych kwestiach uzasadnienie znajdują informacje zawarte w regulaminie korzystania z infrastruktury badawczej agh uchwała senatu 32/2016.</t>
         </is>
       </c>
-      <c r="H274" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I274" t="inlineStr">
+      <c r="H295" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I295" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J274" t="inlineStr">
+      <c r="J295" t="inlineStr">
         <is>
           <t>Materiały i procesy wytwarzania przyrostowego / b4 - 3ha / https://www.plastmet.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K274" t="inlineStr">
+      <c r="K295" t="inlineStr">
         <is>
           <t>Sołek Krzysztof</t>
         </is>
       </c>
-      <c r="L274" t="inlineStr">
+      <c r="L295" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-piotr-solek-5262.html</t>
         </is>
       </c>
-      <c r="M274" t="inlineStr">
+      <c r="M295" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N274" t="inlineStr">
+      <c r="N295" t="inlineStr">
         <is>
           <t>Maszyna hydrauliczna, testy materiałowe</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>