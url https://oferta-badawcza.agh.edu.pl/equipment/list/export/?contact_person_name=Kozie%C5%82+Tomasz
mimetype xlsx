--- v0 (2025-11-02)
+++ v1 (2025-12-25)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:N3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,113 +493,185 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>Cyfrowy mikroskop optyczny (stanowisko do badań makro- i mikrostrukturalnych materiałów z wykorzystaniem różnych technik kontrastowych światła odbitego i przechodzącego)</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Mikroskop keyence vhx-x1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Mikroskop cyfrowy keyence vhx-x1 jest zaawansowanym, zautomatyzowanym systemem do szerokiej gamy zastosowań analitycznych w badaniach metalograficznych, fraktograficznych oraz analiz powierzchni. system łączy w sobie funkcje klasycznego mikroskopu optycznego, mikroskopu stereoskopowego oraz stacji pomiarowej 2d/3d, umożliwiając wieloskalową analizę struktury materiałów. posiada automatyczną głowicę rewolwerową zawierającą obiektywy w zakresie powiększeń od 20x do 2500x oraz dodatkowy statyw i dwa obiektywy mobilne do obserwacji makroskopowych o zakresie powiększeń 0,1x – 50x i 20x – 200x.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mikroskop umożliwia obrazowanie w świetle odbitym w trybach jasnego pola (bf), ciemnego pola (df), światła spolaryzowanego (pol) oraz w kontraście interferencyjnym nomarskiego (dic). w świetle przechodzącym możliwe jest obrazowanie w jasnym polu (bf). urządzenie umożliwia automatyczne wykonywanie zdjęć o powiększonej głębi ostrości, generowanie trójwymiarowych modeli powierzchni, a także automatyczne skanowanie całych zgładów metalograficznych w wysokiej rozdzielczości.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Pomiar długości, średnic, kątów, pól powierzchni i chropowatości 2d, możliwość rekonstrukcji topografii powierzchni w 3d, analiza zgrubna i precyzyjna defektów oraz dokumentacja makro- i mikrostrukturalna, zapamiętywanie ustawień pomiarowych i tworzenie szablonów wyświetlania.</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Do ustalenia z osobą kontaktową.</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Wydział inżynierii metali i informatyki przemysłowej</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Inżynieria spajania i szkła metaliczne</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Kozieł Tomasz</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/tomasz-koziel-6072.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Mikroskop cyfrowy, mikroskop optyczny</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
           <t>Piec łukowy</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B3" t="inlineStr">
         <is>
           <t>Piec łukowy am (edmund bühler gmbh)</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C3" t="inlineStr">
         <is>
           <t xml:space="preserve">Laboratoryjny piec do syntezy materiałów metalicznych, w tym reaktywnych i wysokotopliwych, na drodze przetapiania łukowego w atmosferze ochronnej.  urządzenie pozwala na wytwarzanie odlewów laboratoryjnych o masie do 200 g krzepnących na miedzianej płycie chłodzonej wodą. ponadto zastosowanie przystawki suction casting  umożliwia odlewanie stopów w formie prętów (średnica od 3 do 10 mm, długość 55 mm) w warunkach przyspieszonego chłodzenia. metoda ta jest stosowana do otrzymywania masywnych szkieł metalicznych i kompozytów amorficzno-krystalicznych. hydrauliczny moduł wodny zapewnia kontrolowane i powtarzalne warunki krzepnięcia stopów, co jest niezwykle istotne przy założeniu powtarzalności wyników badań.  </t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D3" t="inlineStr">
         <is>
           <t>Wytwarzanie stopów metali w skali laboratoryjnej</t>
         </is>
       </c>
-      <c r="E2" t="inlineStr">
+      <c r="E3" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F3" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G2" t="inlineStr">
+      <c r="G3" t="inlineStr">
         <is>
           <t>Do ustalenia z osoba kontaktową</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
+      <c r="H3" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I3" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
+      <c r="J3" t="inlineStr">
         <is>
           <t>Grupa badawcza inżynieria spajania i szkła metaliczne</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr">
+      <c r="K3" t="inlineStr">
         <is>
           <t>Kozieł Tomasz</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L3" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-koziel-6072.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M3" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N3" t="inlineStr">
         <is>
           <t>Odlewanie stopów, piec łukowy, synteza materiałów</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>