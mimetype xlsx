--- v0 (2025-10-28)
+++ v1 (2025-12-24)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N32"/>
+  <dimension ref="A1:N35"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,2304 +493,2534 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Walcarka duo 11"</t>
+          <t>Cyfrowy mikroskop optyczny (stanowisko do badań makro- i mikrostrukturalnych materiałów z wykorzystaniem różnych technik kontrastowych światła odbitego i przechodzącego)</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Walcarka duo 11"</t>
+          <t>Mikroskop keyence vhx-x1</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Półprzemysłowa walcarka do walcowania na gorąco w układzie nawrotnym. urządzenie wyposażone w walce o długości beczki 600mm i średnicach w zakresie ø 280-348 mm. pozwala walcować wyroby płaskie o grubościach do 100 mm. napęd walcarki stanowi silink 132 kw. pozwala on osiągnąć maksymalny moment walcowania 60 knm (30knm na walec). maksymalna dopuszczalna siła nasiku na walce to 1000 kn w osi walcowania oraz 700 kn poza osią. maksymalna liniowa prędkość walcowania to 0,38m/s. urządzenie wyposażone jest w system rejestracji danych, który pozwala na rejestrację siły nacisku na oba czopy walca górnego, moment walcowania na silniku, rejestrację prędkości obrotowej oraz rejestrację temperatury na wejściu i na wyjściu z kotliny odkształcenia. pomiar temperatury jest realizowany za pomocą pirometrów. urządzenie oprzyrządowane w stolik podawczy do walcowania wyrobów płaskich oraz w aparaty podawcze do walcowania wyrobów długich. piece grzewcze będące częścią gniazda walcowniczego znajdują się po obu stronach klatki walcowniczej i pozwalają na osiągnięcie maksymalnej temperatury odpowiednio 1350 oraz 1200 °c.</t>
+          <t>Mikroskop cyfrowy keyence vhx-x1 jest zaawansowanym, zautomatyzowanym systemem do szerokiej gamy zastosowań analitycznych w badaniach metalograficznych, fraktograficznych oraz analiz powierzchni. system łączy w sobie funkcje klasycznego mikroskopu optycznego, mikroskopu stereoskopowego oraz stacji pomiarowej 2d/3d, umożliwiając wieloskalową analizę struktury materiałów. posiada automatyczną głowicę rewolwerową zawierającą obiektywy w zakresie powiększeń od 20x do 2500x oraz dodatkowy statyw i dwa obiektywy mobilne do obserwacji makroskopowych o zakresie powiększeń 0,1x – 50x i 20x – 200x.</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Walcarka pozwala na prowadzenie badań w zakresie walcowania na gorąco wyrobów płaskich oraz wyrobów długich. urządzenie oprzyrządowane w stolik podawczy do walcowania wyrobów płaskich oraz w aparaty podawcze  do walcowania wyrobów długich. piece grzewcze będące częścią gniazda walcowniczego znajdują się po obu stronach klatki walcowniczej i pozwalają na osiągnięcie maksymalnej temperatury odpowiednio 1350 oraz 1200 °c.</t>
+          <t>Mikroskop umożliwia obrazowanie w świetle odbitym w trybach jasnego pola (bf), ciemnego pola (df), światła spolaryzowanego (pol) oraz w kontraście interferencyjnym nomarskiego (dic). w świetle przechodzącym możliwe jest obrazowanie w jasnym polu (bf). urządzenie umożliwia automatyczne wykonywanie zdjęć o powiększonej głębi ostrości, generowanie trójwymiarowych modeli powierzchni, a także automatyczne skanowanie całych zgładów metalograficznych w wysokiej rozdzielczości.</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Urządzenie wyposażone jest w system rejestracji danych, który pozwala na rejestrację siły nacisku na oba czopy walca górnego, moment walcowania na silniku, rejestracje prędkości obrotowej oraz rejestrację temperatury na wejściu i na wyjściu z kotliny odkształcenia. pomiar temperatury jest realizowany za pomocą pirometrów.</t>
+          <t>Pomiar długości, średnic, kątów, pól powierzchni i chropowatości 2d, możliwość rekonstrukcji topografii powierzchni w 3d, analiza zgrubna i precyzyjna defektów oraz dokumentacja makro- i mikrostrukturalna, zapamiętywanie ustawień pomiarowych i tworzenie szablonów wyświetlania.</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim uzgodnieniu terminu i zakresu prac.</t>
+          <t>Do ustalenia z osobą kontaktową.</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>Cieplno – mechaniczna przeróbka plastyczna metali, http://www.tmpm.agh.edu.pl</t>
+          <t>Inżynieria spajania i szkła metaliczne</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Błoniarz Remigiusz</t>
+          <t>Kozieł Tomasz</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/remigiusz-bloniarz-9380.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/tomasz-koziel-6072.html</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>Walcowanie wyrobów długich, walcowanie wyrobów płaskich, walcownanie na gorąco</t>
+          <t>Mikroskop cyfrowy, mikroskop optyczny</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
+          <t>Aparat do pomiaru analizatora do pomiaru sorpcji gazów i wyznaczania powierzchni właściwej, wielkości, objętości i rozkładu mikro- i mezo-porów w proszkach i materiałach porowatych</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Aparat do pomiaru wielkości sorpcji nova 800 anton paar</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Aparat nova 800 anton paar:
+	posiada możliwość analizy sorpcji gazów takich jak n2, he i co2 oraz par cieczy. 
+	wykorzystywany do wyznaczania powierzchni właściwej bet, wielkości, objętości i rozkładu mikro- i mezo-porów w próbkach proszkowych i materiałach porowatych.
+	wyposażony w cztery niezależne stacje do odgazowania próbek, co pozwala na równoczesne przygotowanie kilku próbek.
+ </t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	pomiar sorpcji dla próbek mineralnych, organicznych, syntetycznych, przemysłowych, itp.
+	analiza bet i objętości porów próbek litych i proszkowych.
+</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Aparat nova 800 anton paar umożliwia:
+	wyznaczanie jedno- i wielopunktowej powierzchni właściwej bet,
+	określanie powierzchni langmuira oraz analizę izoterm adsorpcji,
+	obliczanie rozkładów objętości i powierzchni porów przy użyciu metod bjh, dft i nldft,
+	analizę rozkładu mikroporów i całkowitej objętości mikroporów.
+ </t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>• współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi,
+• współpraca w ramach projektów ncn, ncbir, eu i w ramach umów z przemysłem.</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>Katedra techniki cieplnej i ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>Grupa badawcza: procesy termiczne</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>Magdziarz Aneta</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/aneta-magdziarz-5868.html</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>Adsorpcja, bet, biowęgiel, co2, izoterma adsorpcji, porowatość, powierzchnia właściwa</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>Piknometr helowy do pomiaru gęstości ciał stałych: ultrapyc 5000 micro (anton paar)</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Piknometr helowy do pomiaru gęstości ciał stałych: ultrapyc 5000 micro (anton paar)</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Piknometr gazowy ultrapyc 5000 micro służy do precyzyjnego pomiaru rzeczywistej gęstości ciał stałych w postaci proszków lub monolitów. do pomiarów wykorzystywany jest hel. urządzenie posiada wbudowaną regulację temperatury za pomocą modułu peltiera. pomiary wykonywane są w zakresie 15 °c to 50 °c, standardowo w 20 °c. piknometr gazowy wyposażony jest w trzy komory pomiarowe o różnej objętości. </t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>Piknometr gazowy wykorzystywany jest do pomiaru gęstości helowej materiałów stałych, takich jak: sadza, katalizatory, biowęgle, cement, ceramika, kosmetyki, środki osuszające, nawozy, włókna, minerały, produkty farmaceutyczne i metale w proszku.</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>Piknometr gazowy wykorzystywany jest do pomiaru gęstości helowej materiałów stałych, takich jak: sadza, katalizatory, biowęgle, cement, ceramika, kosmetyki, środki osuszające, nawozy, włókna, minerały, produkty farmaceutyczne i metale w proszku.</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>- współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi,
+- współpraca w ramach projektów ncn, ncbir, eu i w ramach umów z przemysłem.</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>Katedra techniki cieplnej i ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J4" t="inlineStr">
+        <is>
+          <t>Grupa badawcza procesy termiczne</t>
+        </is>
+      </c>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>Magdziarz Aneta</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/aneta-magdziarz-5868.html</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>Biowęgiel, gęstość helowa, gęstość szkieletowa, katalizator, minerały</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>Walcarka duo 11"</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Walcarka duo 11"</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>Półprzemysłowa walcarka do walcowania na gorąco w układzie nawrotnym. urządzenie wyposażone w walce o długości beczki 600mm i średnicach w zakresie ø 280-348 mm. pozwala walcować wyroby płaskie o grubościach do 100 mm. napęd walcarki stanowi silink 132 kw. pozwala on osiągnąć maksymalny moment walcowania 60 knm (30knm na walec). maksymalna dopuszczalna siła nasiku na walce to 1000 kn w osi walcowania oraz 700 kn poza osią. maksymalna liniowa prędkość walcowania to 0,38m/s. urządzenie wyposażone jest w system rejestracji danych, który pozwala na rejestrację siły nacisku na oba czopy walca górnego, moment walcowania na silniku, rejestrację prędkości obrotowej oraz rejestrację temperatury na wejściu i na wyjściu z kotliny odkształcenia. pomiar temperatury jest realizowany za pomocą pirometrów. urządzenie oprzyrządowane w stolik podawczy do walcowania wyrobów płaskich oraz w aparaty podawcze do walcowania wyrobów długich. piece grzewcze będące częścią gniazda walcowniczego znajdują się po obu stronach klatki walcowniczej i pozwalają na osiągnięcie maksymalnej temperatury odpowiednio 1350 oraz 1200 °c.</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>Walcarka pozwala na prowadzenie badań w zakresie walcowania na gorąco wyrobów płaskich oraz wyrobów długich. urządzenie oprzyrządowane w stolik podawczy do walcowania wyrobów płaskich oraz w aparaty podawcze  do walcowania wyrobów długich. piece grzewcze będące częścią gniazda walcowniczego znajdują się po obu stronach klatki walcowniczej i pozwalają na osiągnięcie maksymalnej temperatury odpowiednio 1350 oraz 1200 °c.</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>Urządzenie wyposażone jest w system rejestracji danych, który pozwala na rejestrację siły nacisku na oba czopy walca górnego, moment walcowania na silniku, rejestracje prędkości obrotowej oraz rejestrację temperatury na wejściu i na wyjściu z kotliny odkształcenia. pomiar temperatury jest realizowany za pomocą pirometrów.</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
+        <is>
+          <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim uzgodnieniu terminu i zakresu prac.</t>
+        </is>
+      </c>
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I5" t="inlineStr">
+        <is>
+          <t>Wydział inżynierii metali i informatyki przemysłowej</t>
+        </is>
+      </c>
+      <c r="J5" t="inlineStr">
+        <is>
+          <t>Cieplno – mechaniczna przeróbka plastyczna metali, http://www.tmpm.agh.edu.pl</t>
+        </is>
+      </c>
+      <c r="K5" t="inlineStr">
+        <is>
+          <t>Błoniarz Remigiusz</t>
+        </is>
+      </c>
+      <c r="L5" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/remigiusz-bloniarz-9380.html</t>
+        </is>
+      </c>
+      <c r="M5" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N5" t="inlineStr">
+        <is>
+          <t>Walcowanie wyrobów długich, walcowanie wyrobów płaskich, walcownanie na gorąco</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
           <t>Elektroprzędzarka z kontrolą klimatu – ske research equipment</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B6" t="inlineStr">
         <is>
           <t>Samodzielny system igłowy ef300 - ske research equipment</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C6" t="inlineStr">
         <is>
           <t>• napięcie maks.: +/- 40 kv
 • zakres regulacji klimatu: temperatura 20-40 °c i wilgotność względna 20-65%
 • 2 pompy podające roztwory polimerowe
 trzy rodzaje dyszy:
 • dysza standardowa – pojedyncza igła
 • dysza podwójna
 • dysza współosiowa
 kolektory:
 • 6 różnych bębnów obrotowych o średnicy od 1 cm do 18 cm.
 • prędkość obrotowa kolektora: 1 – 1500 obr./min.</t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D6" t="inlineStr">
         <is>
           <t>Urządzenie pozwala na produkcję włókien polimerowych w skali nano- do mikro- w procesie elektroprzędzenia. komora jest wyposażona w klimatyzację. zapewnia stabilne i powtarzalne warunki środowiskowe dzięki regulacji temperatury i wilgotności względnej wewnątrz komory.</t>
         </is>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E6" t="inlineStr">
         <is>
           <t>Nie dotyczy.</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G3" t="inlineStr">
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
         <is>
           <t>Do ustalenia z kierownikiem zespołu badawczego.</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I3" t="inlineStr">
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I6" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J3" t="inlineStr">
+      <c r="J6" t="inlineStr">
         <is>
           <t>Grupa badawcza elektroprzędzenia polimerów</t>
         </is>
       </c>
-      <c r="K3" t="inlineStr">
+      <c r="K6" t="inlineStr">
         <is>
           <t>Stachewicz Urszula</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="L6" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/urszula-stachewicz-7916.html</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="M6" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="N6" t="inlineStr">
         <is>
           <t>Elektoprzędzenie, membrany, włókna polimerowe</t>
         </is>
       </c>
     </row>
-    <row r="4">
-      <c r="A4" t="inlineStr">
+    <row r="7">
+      <c r="A7" t="inlineStr">
         <is>
           <t>Transmisyjny mikroskop elektronowy</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B7" t="inlineStr">
         <is>
           <t>Jeol jem-arm200f neoarmex</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C7" t="inlineStr">
         <is>
           <t xml:space="preserve">Transmisyjny mikroskop elektronowy wyposażony jest w:
 	działo elektronowe z zimną emisją polową, napięcie przyspieszające 200 kv i 60 kv,
 	korektor aberracji sferycznych cs dla układu oświetleniowego,
 	wysokokątowy pierścieniowy detektor ciemnego pola (haadf),
 	detektor sektorowy (saaf), dedykowany dla technik jasnego pola abf, optymalnego jasnego pola obf, różnicowego kontrastu fazowego dpc,
 	spektrometr rentgenowski z dyspersją energii (eds) - 2 detektory eds typu sdd jeol centurio xxxl,
 	system 4d-stem gatan 4d stem stemx o możliwość akwizycji i analiz danych w technice 4d-stem oraz wykonywania badań takich jak np. mapy odkształceń, mapy orientacji krystalograficznych, tworzenie wirtualnych apertur i różnicowego kontrastu fazowego,
 	kamerę gatan metro bezpośredniej detekcji elektronów,
 	dedykowany uchwyt mrożeniowy do prowadzanie obserwacji i analiz eds w temperaturach kriogenicznych, produkcji firmy gatan, model 915,
 	dedykowany uchwyt środowiskowy firmy protochips, model poseidon select do prowadzenia obserwacji próbek w środowisku ciekłym/stanie ciekłym i badania chemicznych, elektrochemicznych i strukturalnych procesów zachodzących w czasie rzeczywistym i w skali nanometrycznej.
 </t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D7" t="inlineStr">
         <is>
           <t>Mikroskop jest przeznaczony do pracy w trybach tem, stem i 4d-stem. mikroskop dedykowany jest do wysokorozdzielczych obserwacji i analiz chemicznych w skali mikro-, nano- i atomowej oraz badań środowiskowych in-situ w cieczach i w temperaturach kriogenicznych. zakres powiększeń obrazów mikroskopowych w tem wynosi od 50 x do 1 500 000 x.</t>
         </is>
       </c>
-      <c r="E4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G4" t="inlineStr">
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
         <is>
           <t>Do ustalenia z osobą kontaktową.</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I4" t="inlineStr">
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I7" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr">
+      <c r="J7" t="inlineStr">
         <is>
           <t>Międzywydziałowe laboratorium transmisyjnej mikroskopii elektronowej</t>
         </is>
       </c>
-      <c r="K4" t="inlineStr">
+      <c r="K7" t="inlineStr">
         <is>
           <t>Moskalewicz Tomasz</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L7" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-moskalewicz-5201.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M7" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N7" t="inlineStr">
         <is>
           <t>4d stem, badania in situ, eds, mikroskop elektronowy, mikrostruktura, tem</t>
         </is>
       </c>
     </row>
-    <row r="5">
-      <c r="A5" t="inlineStr">
+    <row r="8">
+      <c r="A8" t="inlineStr">
         <is>
           <t>System laserowy</t>
         </is>
       </c>
-      <c r="B5" t="inlineStr">
+      <c r="B8" t="inlineStr">
         <is>
           <t>System laserowy trulaser cell 3000 (l34)</t>
         </is>
       </c>
-      <c r="C5" t="inlineStr">
+      <c r="C8" t="inlineStr">
         <is>
           <t>System wyposażony jest w laser dyskowy o mocy 2 kw (na przedmiocie obrabianym) oraz długości fali promieniowania laserowego 1030 nm. posiada kabel światłowodowy o dwóch średnicach włókna: 100/400μm i długości 20 m.
 system zawiera:
 - adapter  do optyki spawania i obróbki cieplnej,
 - adapter optyki do napawania,
 - adapter optyki do cięcia,
 - system optyczny do obserwacji i kontroli jakości powłok napawanych i spoin laserowych.
 ponadto system laserowy wyposażony jest w przenośnik proszku z 2 oddzielnymi podajnikami proszku i zbiornikami o pojemności po 1,5 l, przenoszącymi do 2 różnych materiałów dodatkowych.
 zakres przesuwu osi: x = 800 mm, y = 600 mm, z = 400 mm. zakres przechyłu dla optyki w osi b wynosi +/-135 deg. urządzenie wyposażone jest w dodatkową oś obrotową do obróbki elementów typu rura z uchwytem trójszczękowym i możliwością przelotu dla średnicy minimalnej. posiada także aktywnie monitorowaną, za pomocą czujników, obudowę ochronną maszyny, zabezpieczającą dla lasera klasy 1.</t>
         </is>
       </c>
-      <c r="D5" t="inlineStr">
+      <c r="D8" t="inlineStr">
         <is>
           <t>Cięcie, nagrzewanie, napawanie i spawanie materiałów metalicznych i niemetalicznych.</t>
         </is>
       </c>
-      <c r="E5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G5" t="inlineStr">
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
         <is>
           <t>Do ustalenia z osobą kontaktową.</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I5" t="inlineStr">
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I8" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J5" t="inlineStr">
+      <c r="J8" t="inlineStr">
         <is>
           <t>Inżynieria powierzchni</t>
         </is>
       </c>
-      <c r="K5" t="inlineStr">
+      <c r="K8" t="inlineStr">
         <is>
           <t>Kąc Sławomir</t>
         </is>
       </c>
-      <c r="L5" t="inlineStr">
+      <c r="L8" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/slawomir-kac-5204.html</t>
         </is>
       </c>
-      <c r="M5" t="inlineStr">
+      <c r="M8" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N5" t="inlineStr">
+      <c r="N8" t="inlineStr">
         <is>
           <t>Cięcie metali, laser, napawanie, obróbka cieplna, spawanie</t>
         </is>
       </c>
     </row>
-    <row r="6">
-      <c r="A6" t="inlineStr">
+    <row r="9">
+      <c r="A9" t="inlineStr">
         <is>
           <t>Mikrowaga</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B9" t="inlineStr">
         <is>
           <t>Mikrowaga mya 5.4y.b (radwag)</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C9" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikrowaga mya 5.4y.b produkcji radwag o zakresie pomiarowym 5,1 g.
 działka odczytowa: 0,001 mg.
  </t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D9" t="inlineStr">
         <is>
           <t>Mikrowaga umożliwia pomiar masy próbek przed i po badaniach korozyjnych.</t>
         </is>
       </c>
-      <c r="E6" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G6" t="inlineStr">
+      <c r="E9" t="inlineStr"/>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
         <is>
           <t>Do ustalenia z osobą kontaktową</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I6" t="inlineStr">
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I9" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr">
+      <c r="J9" t="inlineStr">
         <is>
           <t>Centrum mikroskopii elektronowej dla inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K6" t="inlineStr">
+      <c r="K9" t="inlineStr">
         <is>
           <t>Rutkowski Bogdan</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L9" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/bogdan-rutkowski-7458.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M9" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N9" t="inlineStr">
         <is>
           <t>Korozja wysokotemperaturowa, mikrowaga</t>
         </is>
       </c>
     </row>
-    <row r="7">
-      <c r="A7" t="inlineStr">
+    <row r="10">
+      <c r="A10" t="inlineStr">
         <is>
           <t>Piec łukowy</t>
         </is>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B10" t="inlineStr">
         <is>
           <t>Piec łukowy am (edmund bühler gmbh)</t>
         </is>
       </c>
-      <c r="C7" t="inlineStr">
+      <c r="C10" t="inlineStr">
         <is>
           <t xml:space="preserve">Laboratoryjny piec do syntezy materiałów metalicznych, w tym reaktywnych i wysokotopliwych, na drodze przetapiania łukowego w atmosferze ochronnej.  urządzenie pozwala na wytwarzanie odlewów laboratoryjnych o masie do 200 g krzepnących na miedzianej płycie chłodzonej wodą. ponadto zastosowanie przystawki suction casting  umożliwia odlewanie stopów w formie prętów (średnica od 3 do 10 mm, długość 55 mm) w warunkach przyspieszonego chłodzenia. metoda ta jest stosowana do otrzymywania masywnych szkieł metalicznych i kompozytów amorficzno-krystalicznych. hydrauliczny moduł wodny zapewnia kontrolowane i powtarzalne warunki krzepnięcia stopów, co jest niezwykle istotne przy założeniu powtarzalności wyników badań.  </t>
         </is>
       </c>
-      <c r="D7" t="inlineStr">
+      <c r="D10" t="inlineStr">
         <is>
           <t>Wytwarzanie stopów metali w skali laboratoryjnej</t>
         </is>
       </c>
-      <c r="E7" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G7" t="inlineStr">
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
         <is>
           <t>Do ustalenia z osoba kontaktową</t>
         </is>
       </c>
-      <c r="H7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I7" t="inlineStr">
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I10" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J7" t="inlineStr">
+      <c r="J10" t="inlineStr">
         <is>
           <t>Grupa badawcza inżynieria spajania i szkła metaliczne</t>
         </is>
       </c>
-      <c r="K7" t="inlineStr">
+      <c r="K10" t="inlineStr">
         <is>
           <t>Kozieł Tomasz</t>
         </is>
       </c>
-      <c r="L7" t="inlineStr">
+      <c r="L10" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-koziel-6072.html</t>
         </is>
       </c>
-      <c r="M7" t="inlineStr">
+      <c r="M10" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N7" t="inlineStr">
+      <c r="N10" t="inlineStr">
         <is>
           <t>Odlewanie stopów, piec łukowy, synteza materiałów</t>
         </is>
       </c>
     </row>
-    <row r="8">
-      <c r="A8" t="inlineStr">
+    <row r="11">
+      <c r="A11" t="inlineStr">
         <is>
           <t>Próżniowy system do napylania magnetronowego</t>
         </is>
       </c>
-      <c r="B8" t="inlineStr">
+      <c r="B11" t="inlineStr">
         <is>
           <t>032 prims</t>
         </is>
       </c>
-      <c r="C8" t="inlineStr">
+      <c r="C11" t="inlineStr">
         <is>
           <t>Prosta i w pełni funkcjonalna aparatura do powtarzalnego nakładania cienkich warstw przy pomocy rozpylania magnetronowego. sprzęt jest zoptymalizowany do osadzania z dwóch źródeł w tym samym czasie (z ang. co-deposition) próbek tem.
 - ciśnienie bazowe 10-7 mbar
 - średnica komory procesowej: ø 355 mm
 - stolik na próbki/substraty o średnicy do 2″
 - dwa 2’’ źródła magnetronowe
 - dwa zasilacza
 - automatyczne dozowanie gazu argonowego poprzez precyzyjny przepływomierz masowy
 - ręczny zawór dławiący
 - podgrzewanie substratu do 600 °c 
 - obrót stolika z próbką/substratem (0 - 60 rpm)
 - waga kwarcowa i urządzenie elektroniczne do pomiaru szybkości osadzania
 - system próżniowego przenoszenia uchwytu tem</t>
         </is>
       </c>
-      <c r="D8" t="inlineStr">
+      <c r="D11" t="inlineStr">
         <is>
           <t>Otrzymywanie cienkich warstw metali i półprzewodników oraz ich stopów</t>
         </is>
       </c>
-      <c r="E8" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G8" t="inlineStr">
+      <c r="E11" t="inlineStr"/>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
         <is>
           <t>Na warunkach uzgodnionych z kierownikiem laboratorium - dr hab. inż. adam kruk, prof. agh</t>
         </is>
       </c>
-      <c r="H8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I8" t="inlineStr">
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I11" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J8" t="inlineStr">
+      <c r="J11" t="inlineStr">
         <is>
           <t>Centrum mikroskopii elektronowej dla inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K8" t="inlineStr">
+      <c r="K11" t="inlineStr">
         <is>
           <t>Kryshtal Oleksandr</t>
         </is>
       </c>
-      <c r="L8" t="inlineStr">
+      <c r="L11" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/oleksandr-kryshtal-8176.html</t>
         </is>
       </c>
-      <c r="M8" t="inlineStr">
+      <c r="M11" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N8" t="inlineStr">
+      <c r="N11" t="inlineStr">
         <is>
           <t>Ablacja laserowa/elektronowa, cienkie warstwy, rozpylanie magnetronowe</t>
         </is>
       </c>
     </row>
-    <row r="9">
-      <c r="A9" t="inlineStr">
+    <row r="12">
+      <c r="A12" t="inlineStr">
         <is>
           <t>Wielofunkcyjny robot do prasy hydraulicznej 500t</t>
         </is>
       </c>
-      <c r="B9" t="inlineStr">
+      <c r="B12" t="inlineStr">
         <is>
           <t>Wielofunkcyjny robot do prasy hydraulicznej 500t</t>
         </is>
       </c>
-      <c r="C9" t="inlineStr">
+      <c r="C12" t="inlineStr">
         <is>
           <t>1. robot przemysłowy – kawasaki rs030n
 • maksymalny udźwig: 30 kg
 • liczba osi swobody: 6
 • maksymalny zasięg: 2100 mm
 • masa robota (ramię): 555 kg
 • powtarzalności: ≤ ±0.03mm , (±0.06 mm z powierzchnią flanszy kiści -z godnie z normą iso 9283)
 • prędkość na kolejnych osiach robota [°/s]: jt1=180, jt2=180, jt3=185, jt4=260, jt5=260, jt6=360
 • zakres ruchu robota na kolejnych osiach [°]: jt1=±180, jt2=+140 ÷ -105, jt3=+135 ÷ - 155, jt4=±360, jt5=±145, jt6=±360.
 • wbudowana instalacja pneumatyczna
 • stopień ochrony: kiść robota: ip67, ramie robota: ip65
 • ręczny programator robota
 • kontroler robota (wbudowane 2 porty ethernet (z obsługą protokołów tcp i udp) oraz rs232, 32 wejściowe sygnały cyfrowe, 32 wyjściowe sygnały cyfrowe, możliwość dołączenia 3 osi zewnętrznych, funkcja wykrywania kolizji, wbudowany web serwer, port usb, programowanie przy użyciu ręcznego programatora oraz języka strukturalnego z poziomu komputera pc.
 2. chwytak do kucia na gorąco umożliwiający pracę z detalami
 • wykonanymi z różnych materiałów
 • rozgrzanymi do temperatury 1200 stopni celsjusza
 • o masie do 10 kilogramów
 • o maksymalnej długości 500 mm
 3. funkcjonalność nadążania robota za siłą zewnętrzną – licencja soft absorber
 • możliwy złożony ruch robota, będący relacją między siłą zewnętrzną, a siłą napędową robota, co umożliwia zaprogramowanie robota w sposób, w którym jego ruch uzależniony jest całkowicie od działającej siły we wszystkich osiach robota
 4. system bezpieczeństwa stanowiska zrobotyzowanego
 • system bezpieczeństwa oparty o sterownik bezpieczeństwa safety plc</t>
         </is>
       </c>
-      <c r="D9" t="inlineStr">
+      <c r="D12" t="inlineStr">
         <is>
           <t>Badanie zachowania się i obciążenia narzędzi stosowanych do procesów przeróbki plastycznej, analiza zrobotyzowanych procesów kucia matrycowego, badania obciążenia i optymalizacji ruchu manipulatorów do kucia swobodnego, badania związane z programowaniem robotów dedykowanych do procesów przeróbki plastycznej</t>
         </is>
       </c>
-      <c r="E9" t="inlineStr">
+      <c r="E12" t="inlineStr">
         <is>
           <t>Pomiar prędkości ruchu i położenia narzędzi stosowanych do procesów przeróbki plastycznej, pomiar siły nacisku narzędzi i przemieszczeń zachodzących podczas odkształcania, pomiar obciążenia manipulatorów kuźniczych,  pomiar i optymalizacja ruchu robota podaczas kucia wielowykrojowego</t>
         </is>
       </c>
-      <c r="F9" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G9" t="inlineStr">
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych</t>
         </is>
       </c>
-      <c r="H9" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I9" t="inlineStr">
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I12" t="inlineStr">
         <is>
           <t>Katedra plastycznej przeróbki metali i metalurgii ekstrakcyjnej</t>
         </is>
       </c>
-      <c r="J9" t="inlineStr">
+      <c r="J12" t="inlineStr">
         <is>
           <t>Smart manufacturing - stanowisko robotyzacji i cyfryzacji procesów wytwarzania</t>
         </is>
       </c>
-      <c r="K9" t="inlineStr">
+      <c r="K12" t="inlineStr">
         <is>
           <t>Lisiecki Łukasz</t>
         </is>
       </c>
-      <c r="L9" t="inlineStr">
+      <c r="L12" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-lisiecki-8274.html</t>
         </is>
       </c>
-      <c r="M9" t="inlineStr">
+      <c r="M12" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N9" t="inlineStr">
+      <c r="N12" t="inlineStr">
         <is>
           <t>Automatyzacja, cyfryzacja, przemysł 4.0, przeróbka plastyczna, robotyzacja</t>
-        </is>
-[...214 lines deleted...]
-          <t>Sem-bse, sem-edx, sem-se</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>Wysokorozdzielczy transmisyjny mikroskop elektronowy</t>
+          <t>Skaner 3d - gom2</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Titan cubed 2 60-300 (fei)</t>
+          <t>System pomiarowy gom scan 1 200</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Wysokorozdzielczy analityczny transmisyjny mikroskop elektronowy (zdolność rozdzielcza równa jest 70 pm) z unikalnym oprzyrządowaniem. jest on wyposażony w działo elektronowe x-feg z monochromatorem, korektor aberracji sferycznej układu kondensorów oraz najnowszy energodyspersyjny spektrometr promieniowania rentgenowskiego (x-feg). charakteryzuje się największym dostępnym zakresem napięć przyspieszających – od 60 do 300 kv. o jego unikalnych możliwościach naukowo-badawczych decydują, między innymi: najnowsze działo elektronowe x-feg o wysokiej jaskrawości i monochromator, nowy korektor aberracji sferycznej układu kondensorów, dcor (dodecapole probe corrector), najnowszy energodyspersyjny spektrometr promieniowania rentgenowskiego super-x (4 detektory sdd) umożliwiający badania składu chemicznego faz z rozdzielczością atomową (0,7ǻ) w oparciu o technologię chemistem, nowy filtr energii elektronów gif quantum 963, uchwyt z bi-pryzmatem, oprzyrządowanie i oprogramowanie do holografii elektronowej, dwupochyłowy uchwyt tomograficzny i oprogramowanie do tomografii elektronowej. mimo upływu bez mała dziesięciu lat od instalacji analitycznego transmisyjnego mikroskopu elektronowego (s)tem titan cubed g2 60-300, dzięki ciągłym aktualizacjom oprogramowania, utrzymaniu ciągłości serwisowania od początku eksploatacji, poziom zaawansowania technicznego a zatem możliwości badawcze są dalej na poziomie najlepszych współcześnie produkowanych zaawansowanych elektronowych mikroskopów transmisyjnych.</t>
+          <t>Skaner bezstykowy gom scan 1 to zaawansowane urządzenie oparte na technologii niebieskiego światła oraz projekcji prążków gom stosowane w inżynierii odwrotnej do cyfryzacji analizowanych wyrobów i obiektów. gom scan 1 jest wyposażony w zaawansowaną technologie blue light od firmy gom i działa na zasadzie kamery stereoskopowej co zapewnia wysoką precyzję pozyskiwania danych 3d.</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>Tem, bf-tem, stem, haadf-stem, stem-edx, eels, tomografia elektronowa, holografia elektronowa tem, ef-tem</t>
+          <t>Skanowanie obiektów 3d. przetwarzanie i analiza danych ze skanera. inżynieria odwrotna. szybkie prototypowanie. przygotowanie do komputerowego wspomagania projektowania technologii. przeprowadzanie kontroli jakości skanowanej części.</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
-          <t>Badania składu chemicznego, wysoka rozdzielczość, pomiary w nanoskali</t>
+          <t>Rozdzielczość kamer: 6 mpx błąd pomiarowy: 0.003 mm obszar pomiarowy: 200 x 125mm. możliwość łączenia wielu obszarów pomiarowych w jeden obiekt. odległość od miejsca pomiaru: 450mm źródło światła: led oprogramowanie do obróbki skanów: inspect suite temperatura pracy: -20 do 55°c</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t>Na warunkach uzgodnionych z kierownikiem laboratorium - dr hab. inż. adam kruk, prof. agh</t>
+          <t>Udostępnianie infrastruktury wyłącznie za pośrednictwem upoważnionego pracownika katedry informatyki stosowanej i modelowania. zlecenie/ umowa/inna forma współpracy po uzgodnieniu.</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
-          <t>Nie dotyczy</t>
+          <t>Certyfikat</t>
         </is>
       </c>
       <c r="I13" t="inlineStr">
         <is>
-          <t>Wydział inżynierii metali i informatyki przemysłowej</t>
+          <t>Katedra informatyki stosowanej i modelowania</t>
         </is>
       </c>
       <c r="J13" t="inlineStr">
         <is>
-          <t>Katedra metaloznawstwa i metalurgii proszków. pracownia: centrum mikroskopii elektronowej dla inżynierii materiałowej</t>
+          <t>Grupa badawcza cyfryzacji przemysłu i modelowania wieloskalowego (digitaris) / laboratorium inżynierii odwrotnej i wirtualnej rzeczywistości</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
-          <t>Kruk Adam</t>
+          <t>Perzyński Konrad</t>
         </is>
       </c>
       <c r="L13" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/adam-kruk-1679.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/konrad-perzynski-7420.html</t>
         </is>
       </c>
       <c r="M13" t="inlineStr">
         <is>
-          <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N13" t="inlineStr">
         <is>
-          <t>Bf-tem, df-tem, eels, haadf-stem, holografia elektronowa tem, saed-tem, stem, stem-edx, tem, tomografia elektronowa</t>
+          <t>Inżynieria odwrotna, profil powierzchni, skaning laserowy 3d</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>Frezarka cnc eberle frp 600</t>
+          <t>Transmisyjny mikroskop elektronowy</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Frezarka cnc eberle frp 600</t>
+          <t>Tecnai g2 20 twin (fei)</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>Frezarka cnc o konstrukcji bramowej, z magazynem na 8 narzędzi. maszyna trójosiowa zapewniająca przesuwy osi: x= 320 mm, y=250 mm, z=250 mm. powierzchnia robocza stołu wynosi 500x250 mm. zakres obrotów wrzeciona 20-8000 obr/min, prędkości posuwów 1-500 mm/min. dokładność pozycjonowania +/-0,01 mm. maszyna ma możliwość wykorzystywania wrzeciona nienapędzanego, ze swobodnym prowadzeniem narzędzia (wykorzystywane przy procesach tłoczenia przyrostowego).</t>
+          <t xml:space="preserve">Fei tecnai g2 20 twin jest transmisyjnym mikroskopem elektronowym, który pełni rolę urządzenia pomocniczego i służącego do wstępnej analizy, jakości wykonanych próbek oraz przeprowadzenia wstępnych badań strukturalnych. jest on wyposażony w działo elektronowe z katodą lab6 i umożliwia pracę w zakresie napięć przyspieszających od 20 kv do 200 kv. analityczny mikroskop elektronowy tecnai g2 wyposażony jest w detektor stem – haadf, system mikroanalizy edx tia układ do precesji dyfrakcji elektronów digistar i system astar do automatycznej analizy orientacji ziaren i map fazowych w nanoobszarach (nanomegas). </t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>Urządzenie wykorzystywane do obróbki w miękkich metalach oraz w materiałach modelowych do projektowania martyc kuźniczych. umożliwia fizyczną weryfikację poprawności dla zaprojektowanej matrycy. urządzenie wykorzystywane również jako baza dla procesów tłoczenia przyrostowego (ang. incremental forming).</t>
-[...2 lines deleted...]
-      <c r="E14" t="inlineStr"/>
+          <t>Tem, bf-tem, stem, haadf-stem, stem-edx, analizy orientacji ziaren i map fazowych w nanoobszarach.</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>Badania składu chemicznego, analiza fazowa wydzieleń,  analizy orientacji ziaren i map fazowych w nanoobszarach w nanoskali.</t>
+        </is>
+      </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
-          <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie</t>
+          <t>Na warunkach uzgodnionych z kierownikiem laboratorium - dr hab. adam kruk, prof.  agh</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I14" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J14" t="inlineStr">
         <is>
-          <t>Cieplno – mechaniczna przeróbka plastyczna metali, http://www.tmpm.agh.edu.pl</t>
+          <t>Katedra metaloznawstwa i metalurgii proszków. pracownia: centrum mikroskopii elektronowej dla inżynierii materiałowej.</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
-          <t>Błoniarz Remigiusz</t>
+          <t>Kruk Adam</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/remigiusz-bloniarz-9380.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/adam-kruk-1679.html</t>
         </is>
       </c>
       <c r="M14" t="inlineStr">
         <is>
-          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+          <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N14" t="inlineStr">
         <is>
-          <t>Cam, frezarka cnc</t>
+          <t>Bf-tem, haadf-stem, saed-tem, stem, stem-edx, tem</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>Termowaga, kalorymetr</t>
+          <t>Skaningowy mikroskop elektronowy, sem</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Analizator termiczny netzsch sta 449 f3, spektrometr masowy qms 403 c aëolos</t>
+          <t>Merlin gemini ii (zeiss)</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>Badania zmian właściwości termicznych materiałów pod wpływem zastosowanego programu temperaturowego oraz atmosfery pomiarowej. urządzenie wyposażone jest w wagę o rozdzielczości 0.1 µg oraz piec pozwalający na wykonywanie badań w zakresie temperatur od 25 do 1600°c w atmosferze obojętnej (argon/hel 6n) lub utleniającej (powietrze syntetyczne 6n). nośnik dsc oraz dta umożliwią identyfikację efektów cieplnych procesów aktywowanych w próbce pod wpływem zmian temperatury lub pod wpływem reakcji próbki z atmosferą pomiarową. rodowe elementy grzejne pieca oraz dedykowany nośnik dsc cp zapewniają precyzyjne wyznaczenie ciepła właściwego materiału w zakresie temperatur do 1400°c. nagrzewanie próbek z szybkościami od: 0.001 do 50 k/min. do analizator można podłączyć kwadrupolowy spektrometr masowy qms, który umożliwia identyfikację emitowanych z próbki cząsteczek gazowych (o masach do 300 amu) oraz połączenie intensywności wydzielania produktów gazowych z towarzyszącymi im zmianami masy próbki oraz ich efektami cieplnymi. orientacyjna objętość analizowanych próbek: tg: max. 10 ml, dsc: 0.19 ml, dta: 0.9 ml.</t>
+          <t>Merlin z kolumną gemini ii i źródłem elektronów feg oferuje obrazowanie w wysokiej rozdzielczości przy użyciu zaawansowanych trybów detekcji, w tym inlens (se), inlens (esb), angle selective back-scattered detektor (asb), 3dsm i stem. ustawienia obrazowania optyki gemini ii, takie jak napięcie przyspieszające lub prąd wiązki, można płynnie regulować.  równoległa detekcja elektronów wtórnych (se) w osi soczewki obiektywowej oraz selektywne energetycznie rozproszenie wsteczne (esb) pozwala z łatwością zidentyfikować najmniejsze różnice w składzie chemicznym materiałów. mikroskop wyposażony jest w detektor edx z systemem mikroanalizy quantax 800 (bruker) oraz detektor ebsd z systemem mikroanalizy quantax crystalign 400 (bruker).</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>Analiza przemian fazowych materiałów w stanie stałym, określenie temperatury solidus/likwidus stopów, analiza temperatury wydzielania faz podczas krzepnięcia stopów, analiza zmienności ciepła właściwego, analiza zmian masy próbki w funkcji czasu lub temperatury pomiaru, identyfikacja gazów uwalnianych z próbki podczas pomiaru.</t>
+          <t>Inlens (se), inlens (esb), angle selective back-scattered detector (asb), 3dsm, stem, sem-edx, sem-ebsd</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>Dsc dta różnicowa analiza termiczna, detekcja efektów exo/endo termicznych towarzyszących procesom zachodzącym w analizowanych materiałach pod wpływem zastosowanego programu temperaturowego. analiza zmienności ciepła właściwego materiałów metodą porównawczą. tg: termograwimetria, analiza zmian masy próbki w wyniku: dehydratacji, utleniania, redukcji, rozpadu termicznego. analiza ega: analiza gazów uwalnianych z próbki podczas badania.</t>
+          <t>Badania składu chemicznego, wysoka rozdzielczość, pomiary orientacji w nanoskali</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
-          <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w pozostałych przypadkach udostępnianie infrastruktury jest odpłatne zgodnie z obecnie obowiązującym kosztem pracy urządzenia oraz operatora.  w obu przypadkach koszt materiału wsadowego pokrywa zamawiający.</t>
+          <t>Na warunkach uzgodnionych z kierownikiem laboratorium - dr hab. inż. adam kruk, prof. agh</t>
         </is>
       </c>
       <c r="H15" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I15" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J15" t="inlineStr">
         <is>
-          <t>Materiały i procesy wytwarzania przyrostowego / b4 - 3ha / https://www.plastmet.agh.edu.pl/</t>
+          <t>Katedra metaloznawstwa i metalurgii proszków.  pracownia: centrum mikroskopii elektronowej dla inzynierii materiałowej</t>
         </is>
       </c>
       <c r="K15" t="inlineStr">
         <is>
-          <t>Kargul Tomasz</t>
+          <t>Kruk Adam</t>
         </is>
       </c>
       <c r="L15" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/tomasz-kargul-6772.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/adam-kruk-1679.html</t>
         </is>
       </c>
       <c r="M15" t="inlineStr">
         <is>
-          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+          <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N15" t="inlineStr">
         <is>
-          <t>Ciepło właściwe, dsc, dta, ega, tg</t>
+          <t>Sem-bse, sem-edx, sem-se</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>Fib-sem, skaningowy mikroskop elektronowy sem z działem jonowym fib</t>
+          <t>Wysokorozdzielczy transmisyjny mikroskop elektronowy</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Crossbeam 350 (zeiss)</t>
+          <t>Titan cubed 2 60-300 (fei)</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>Fib-sem crossbeam 350 z kolumną gemini i źródłem elektronów feg oferuje obrazowanie w wysokiej rozdzielczości przy użyciu zaawansowanych trybów detekcji, w tym inlens (se), inlens (esb), angle selective back-scattered detektor (asb). ustawienia obrazowania optyki gemini , takie jak napięcie przyspieszające lub prąd wiązki, można płynnie regulować (z wybranym określonym skokiem).  równoległa detekcja elektronów wtórnych (se) w osi soczewki obiektywowej oraz selektywne energetycznie rozproszenie wsteczne (esb) pozwala z łatwością zidentyfikować najmniejsze różnice w składzie chemicznym materiałów. wyposażony w zaawansowany system zogniskowanej wiązki jonów fib, który umożliwia szybkie i precyzyjne usuwanie warstwy materiału  oraz wycinanie próbek (lameli) dla  fib-sem crossbeam 350 z kolumną gemini i źródłem elektronów feg oferuje obrazowanie w wysokiej rozdzielczości przy użyciu zaawansowanych trybów detekcji, w tym inlens (se), inlens (esb), angle selective back-scattered detektor (asb). ustawienia obrazowania optyki gemini ii, takie jak napięcie przyspieszające lub prąd wiązki, można płynnie regulować.  równoległa detekcja elektronów wtórnych (se) w osi soczewki obiektywowej oraz selektywne energetycznie rozproszenie wsteczne (esb) pozwala z łatwością zidentyfikować najmniejsze różnice w składzie chemicznym materiałów. wyposażony w zaawansowany system zogniskowanej wiązki jonów fib, który umożliwia szybkie i precyzyjne usuwanie warstwy materiału  oraz wycinanie próbek (lameli) dla  tem. możliwości crossbeam można rozszerzyć za pomocą oprogramowania atlas 5 (zeiss), wiodącego na rynku pakietu do szybkiej, precyzyjnej tomografii. crossbeam  350 (zeiss) ma optykę elektronową gemini i optykę jonów fib dostosowaną do szybkości i precyzji.</t>
+          <t>Wysokorozdzielczy analityczny transmisyjny mikroskop elektronowy (zdolność rozdzielcza równa jest 70 pm) z unikalnym oprzyrządowaniem. jest on wyposażony w działo elektronowe x-feg z monochromatorem, korektor aberracji sferycznej układu kondensorów oraz najnowszy energodyspersyjny spektrometr promieniowania rentgenowskiego (x-feg). charakteryzuje się największym dostępnym zakresem napięć przyspieszających – od 60 do 300 kv. o jego unikalnych możliwościach naukowo-badawczych decydują, między innymi: najnowsze działo elektronowe x-feg o wysokiej jaskrawości i monochromator, nowy korektor aberracji sferycznej układu kondensorów, dcor (dodecapole probe corrector), najnowszy energodyspersyjny spektrometr promieniowania rentgenowskiego super-x (4 detektory sdd) umożliwiający badania składu chemicznego faz z rozdzielczością atomową (0,7ǻ) w oparciu o technologię chemistem, nowy filtr energii elektronów gif quantum 963, uchwyt z bi-pryzmatem, oprzyrządowanie i oprogramowanie do holografii elektronowej, dwupochyłowy uchwyt tomograficzny i oprogramowanie do tomografii elektronowej. mimo upływu bez mała dziesięciu lat od instalacji analitycznego transmisyjnego mikroskopu elektronowego (s)tem titan cubed g2 60-300, dzięki ciągłym aktualizacjom oprogramowania, utrzymaniu ciągłości serwisowania od początku eksploatacji, poziom zaawansowania technicznego a zatem możliwości badawcze są dalej na poziomie najlepszych współcześnie produkowanych zaawansowanych elektronowych mikroskopów transmisyjnych.</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>Inlens (se), inlens (esb), angle selective back-scattered detector (asb), tomografia fib-sem</t>
+          <t>Tem, bf-tem, stem, haadf-stem, stem-edx, eels, tomografia elektronowa, holografia elektronowa tem, ef-tem</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
-          <t>Obrazowanie mikrostruktury w elektronach wtówrnych se i wstecznie rozproszonych bse. tomografia fib-sem. wykonanie lameli do badań tem.</t>
+          <t>Badania składu chemicznego, wysoka rozdzielczość, pomiary w nanoskali</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G16" t="inlineStr">
         <is>
           <t>Na warunkach uzgodnionych z kierownikiem laboratorium - dr hab. inż. adam kruk, prof. agh</t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I16" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J16" t="inlineStr">
         <is>
-          <t>Katedra metaloznawstwa i metalurgii proszków.  pracownia: centrum mikroskopii elektronowej dla inżynierii materiałowej</t>
+          <t>Katedra metaloznawstwa i metalurgii proszków. pracownia: centrum mikroskopii elektronowej dla inżynierii materiałowej</t>
         </is>
       </c>
       <c r="K16" t="inlineStr">
         <is>
           <t>Kruk Adam</t>
         </is>
       </c>
       <c r="L16" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-kruk-1679.html</t>
         </is>
       </c>
       <c r="M16" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N16" t="inlineStr">
         <is>
-          <t>Sem-bse, sem-se</t>
+          <t>Bf-tem, df-tem, eels, haadf-stem, holografia elektronowa tem, saed-tem, stem, stem-edx, tem, tomografia elektronowa</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
+          <t>Frezarka cnc eberle frp 600</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Frezarka cnc eberle frp 600</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>Frezarka cnc o konstrukcji bramowej, z magazynem na 8 narzędzi. maszyna trójosiowa zapewniająca przesuwy osi: x= 320 mm, y=250 mm, z=250 mm. powierzchnia robocza stołu wynosi 500x250 mm. zakres obrotów wrzeciona 20-8000 obr/min, prędkości posuwów 1-500 mm/min. dokładność pozycjonowania +/-0,01 mm. maszyna ma możliwość wykorzystywania wrzeciona nienapędzanego, ze swobodnym prowadzeniem narzędzia (wykorzystywane przy procesach tłoczenia przyrostowego).</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>Urządzenie wykorzystywane do obróbki w miękkich metalach oraz w materiałach modelowych do projektowania martyc kuźniczych. umożliwia fizyczną weryfikację poprawności dla zaprojektowanej matrycy. urządzenie wykorzystywane również jako baza dla procesów tłoczenia przyrostowego (ang. incremental forming).</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr"/>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr">
+        <is>
+          <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie</t>
+        </is>
+      </c>
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I17" t="inlineStr">
+        <is>
+          <t>Wydział inżynierii metali i informatyki przemysłowej</t>
+        </is>
+      </c>
+      <c r="J17" t="inlineStr">
+        <is>
+          <t>Cieplno – mechaniczna przeróbka plastyczna metali, http://www.tmpm.agh.edu.pl</t>
+        </is>
+      </c>
+      <c r="K17" t="inlineStr">
+        <is>
+          <t>Błoniarz Remigiusz</t>
+        </is>
+      </c>
+      <c r="L17" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/remigiusz-bloniarz-9380.html</t>
+        </is>
+      </c>
+      <c r="M17" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N17" t="inlineStr">
+        <is>
+          <t>Cam, frezarka cnc</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>Termowaga, kalorymetr</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Analizator termiczny netzsch sta 449 f3, spektrometr masowy qms 403 c aëolos</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>Badania zmian właściwości termicznych materiałów pod wpływem zastosowanego programu temperaturowego oraz atmosfery pomiarowej. urządzenie wyposażone jest w wagę o rozdzielczości 0.1 µg oraz piec pozwalający na wykonywanie badań w zakresie temperatur od 25 do 1600°c w atmosferze obojętnej (argon/hel 6n) lub utleniającej (powietrze syntetyczne 6n). nośnik dsc oraz dta umożliwią identyfikację efektów cieplnych procesów aktywowanych w próbce pod wpływem zmian temperatury lub pod wpływem reakcji próbki z atmosferą pomiarową. rodowe elementy grzejne pieca oraz dedykowany nośnik dsc cp zapewniają precyzyjne wyznaczenie ciepła właściwego materiału w zakresie temperatur do 1400°c. nagrzewanie próbek z szybkościami od: 0.001 do 50 k/min. do analizator można podłączyć kwadrupolowy spektrometr masowy qms, który umożliwia identyfikację emitowanych z próbki cząsteczek gazowych (o masach do 300 amu) oraz połączenie intensywności wydzielania produktów gazowych z towarzyszącymi im zmianami masy próbki oraz ich efektami cieplnymi. orientacyjna objętość analizowanych próbek: tg: max. 10 ml, dsc: 0.19 ml, dta: 0.9 ml.</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>Analiza przemian fazowych materiałów w stanie stałym, określenie temperatury solidus/likwidus stopów, analiza temperatury wydzielania faz podczas krzepnięcia stopów, analiza zmienności ciepła właściwego, analiza zmian masy próbki w funkcji czasu lub temperatury pomiaru, identyfikacja gazów uwalnianych z próbki podczas pomiaru.</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>Dsc dta różnicowa analiza termiczna, detekcja efektów exo/endo termicznych towarzyszących procesom zachodzącym w analizowanych materiałach pod wpływem zastosowanego programu temperaturowego. analiza zmienności ciepła właściwego materiałów metodą porównawczą. tg: termograwimetria, analiza zmian masy próbki w wyniku: dehydratacji, utleniania, redukcji, rozpadu termicznego. analiza ega: analiza gazów uwalnianych z próbki podczas badania.</t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
+        <is>
+          <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w pozostałych przypadkach udostępnianie infrastruktury jest odpłatne zgodnie z obecnie obowiązującym kosztem pracy urządzenia oraz operatora.  w obu przypadkach koszt materiału wsadowego pokrywa zamawiający.</t>
+        </is>
+      </c>
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I18" t="inlineStr">
+        <is>
+          <t>Wydział inżynierii metali i informatyki przemysłowej</t>
+        </is>
+      </c>
+      <c r="J18" t="inlineStr">
+        <is>
+          <t>Materiały i procesy wytwarzania przyrostowego / b4 - 3ha / https://www.plastmet.agh.edu.pl/</t>
+        </is>
+      </c>
+      <c r="K18" t="inlineStr">
+        <is>
+          <t>Kargul Tomasz</t>
+        </is>
+      </c>
+      <c r="L18" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/tomasz-kargul-6772.html</t>
+        </is>
+      </c>
+      <c r="M18" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N18" t="inlineStr">
+        <is>
+          <t>Ciepło właściwe, dsc, dta, ega, tg</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>Fib-sem, skaningowy mikroskop elektronowy sem z działem jonowym fib</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>Crossbeam 350 (zeiss)</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>Fib-sem crossbeam 350 z kolumną gemini i źródłem elektronów feg oferuje obrazowanie w wysokiej rozdzielczości przy użyciu zaawansowanych trybów detekcji, w tym inlens (se), inlens (esb), angle selective back-scattered detektor (asb). ustawienia obrazowania optyki gemini , takie jak napięcie przyspieszające lub prąd wiązki, można płynnie regulować (z wybranym określonym skokiem).  równoległa detekcja elektronów wtórnych (se) w osi soczewki obiektywowej oraz selektywne energetycznie rozproszenie wsteczne (esb) pozwala z łatwością zidentyfikować najmniejsze różnice w składzie chemicznym materiałów. wyposażony w zaawansowany system zogniskowanej wiązki jonów fib, który umożliwia szybkie i precyzyjne usuwanie warstwy materiału  oraz wycinanie próbek (lameli) dla  fib-sem crossbeam 350 z kolumną gemini i źródłem elektronów feg oferuje obrazowanie w wysokiej rozdzielczości przy użyciu zaawansowanych trybów detekcji, w tym inlens (se), inlens (esb), angle selective back-scattered detektor (asb). ustawienia obrazowania optyki gemini ii, takie jak napięcie przyspieszające lub prąd wiązki, można płynnie regulować.  równoległa detekcja elektronów wtórnych (se) w osi soczewki obiektywowej oraz selektywne energetycznie rozproszenie wsteczne (esb) pozwala z łatwością zidentyfikować najmniejsze różnice w składzie chemicznym materiałów. wyposażony w zaawansowany system zogniskowanej wiązki jonów fib, który umożliwia szybkie i precyzyjne usuwanie warstwy materiału  oraz wycinanie próbek (lameli) dla  tem. możliwości crossbeam można rozszerzyć za pomocą oprogramowania atlas 5 (zeiss), wiodącego na rynku pakietu do szybkiej, precyzyjnej tomografii. crossbeam  350 (zeiss) ma optykę elektronową gemini i optykę jonów fib dostosowaną do szybkości i precyzji.</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>Inlens (se), inlens (esb), angle selective back-scattered detector (asb), tomografia fib-sem</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>Obrazowanie mikrostruktury w elektronach wtówrnych se i wstecznie rozproszonych bse. tomografia fib-sem. wykonanie lameli do badań tem.</t>
+        </is>
+      </c>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
+        <is>
+          <t>Na warunkach uzgodnionych z kierownikiem laboratorium - dr hab. inż. adam kruk, prof. agh</t>
+        </is>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I19" t="inlineStr">
+        <is>
+          <t>Wydział inżynierii metali i informatyki przemysłowej</t>
+        </is>
+      </c>
+      <c r="J19" t="inlineStr">
+        <is>
+          <t>Katedra metaloznawstwa i metalurgii proszków.  pracownia: centrum mikroskopii elektronowej dla inżynierii materiałowej</t>
+        </is>
+      </c>
+      <c r="K19" t="inlineStr">
+        <is>
+          <t>Kruk Adam</t>
+        </is>
+      </c>
+      <c r="L19" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/adam-kruk-1679.html</t>
+        </is>
+      </c>
+      <c r="M19" t="inlineStr">
+        <is>
+          <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N19" t="inlineStr">
+        <is>
+          <t>Sem-bse, sem-se</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
           <t>Profilometr optyczny</t>
         </is>
       </c>
-      <c r="B17" t="inlineStr">
+      <c r="B20" t="inlineStr">
         <is>
           <t>Profilometr optyczny wyko nt930</t>
         </is>
       </c>
-      <c r="C17" t="inlineStr">
+      <c r="C20" t="inlineStr">
         <is>
           <t>Tryb pionowej interferometrii skanującej, tryb interferometrii przesunięcia fazowego oraz tryb  łączący obydwie powyższe techniki. pionowy zakres skanowania 10 mm ze sprzężeniem zwrotnym w zamkniętej pętli dla całego zakresu skanowania. kamera o matrycy 640 x 480 pikseli o szybkości 60 klatek na sekundę. rewolwer sterowany z poziomu oprogramowania na 3 soczewki zmieniające pole obserwacji. zmotoryzowany stolik próbki xy, o zakresach przesuwu 200 mm x 200 mm, sterowany dedykowanym oprogramowaniem do sklejania mniejszych obrazów w większe. zmotoryzowany mechanizm regulacji pochyłu realizowany poprzez pochył głowicy pomiarowej. system izolacji antywibracyjnej (z kompresorem). komputer pc z oprogramowaniem sterującym oraz oprogramowaniem do akwizycji i analizy danych, do analizy obrazu oraz typowymi  funkcjami analitycznymi do badań tribologicznych. • obiektywy  interferencyjne 5x i 20x. zasilacz awaryjny ups.</t>
         </is>
       </c>
-      <c r="D17" t="inlineStr">
+      <c r="D20" t="inlineStr">
         <is>
           <t>Urządzenie zapewnia możliwość pomiarów topografii powierzchni z wysoką rozdzielczością dla szerokiego zakresu materiałów</t>
         </is>
       </c>
-      <c r="E17" t="inlineStr">
+      <c r="E20" t="inlineStr">
         <is>
           <t xml:space="preserve">• 10 mm zakres skanowania o bardzo dużej dokładności • zautomatyzowany stolik z z zakresem 100 mm; zmotoryzowany stolik xy o zakresie przesuwu 200 mm w obu kierunkach; automatyczna regulacja pochyłu próbki • obiektyw interferometryczny michelson 5x do pomiaru próbek o współczynniku odbicia około 20 %. wysokość próbki nie może przekraczać 4”
  </t>
         </is>
       </c>
-      <c r="F17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G17" t="inlineStr">
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam.</t>
         </is>
       </c>
-      <c r="H17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I17" t="inlineStr">
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I20" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J17" t="inlineStr">
+      <c r="J20" t="inlineStr">
         <is>
           <t>Kipim, laboratorium badania własności materiałów  kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K17" t="inlineStr">
+      <c r="K20" t="inlineStr">
         <is>
           <t>Rozmus-Górnikowska Magdalena</t>
         </is>
       </c>
-      <c r="L17" t="inlineStr">
+      <c r="L20" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-rozmus-gornikowska-6351.html</t>
         </is>
       </c>
-      <c r="M17" t="inlineStr">
+      <c r="M20" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N17" t="inlineStr">
+      <c r="N20" t="inlineStr">
         <is>
           <t>Chropowatość powierzchni, parametry chropowatości, profilometr optyczny, topografia powierzchni</t>
-        </is>
-[...210 lines deleted...]
-          <t>Ablacja laserowa/elektronowa, ped, pld</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>Skaningowy mikroskop elektronowy nova nano sem 450</t>
+          <t>Nanotwardościomierz i nano-scratch tester firmy csm instruments</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Nova nano sem 450</t>
+          <t>Nanotwardościomierz nht 50-183; nano-scrach tester nst 50-146</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>Źródło elektronów schottk'ego o wysokiej stabilności prądu wiązki, niska i wysoka próżnia. detekcja elektronów wtórnych (se), wstecznie rozproszonych (bse), tld-se i -bse, tryb transmisyjny (stem), możliwości analityczne eds, ebsd, wds, obrazowanie mikrostruktury hr-sem (se, bse) analiza eds, wds składu chemicznego analizy orientacji krystalograficznych (ebsd) obrazowanie w trybie stem</t>
+          <t xml:space="preserve">Nanotwardościomierz: urządzenie służy do pomiaru twardości materiałów o drobnokrystalicznej strukturze, cienkich warstw. wykonywanie pomiarów pojedynczych i cyklicznych. możliwość nanoszenia obciążenia od 0,05 mn do 500 mn. wyposażone we wgłębnik berkovich’a (z certyfikatami), mikroskop optyczny, zmotoryzowany stolik w osiach x i y. oprogramowanie umożliwia pomiary odległości, grubości powłok.  nano-scrach tester:  urządzenie służy do charakteryzowania własności mechanicznych powierzchni materiałów, cienkich warstw i powłok, np: adhezji, pękania, delaminacji i deformacji, twardości. może być używany do różnych rodzajów powłok np.: nakładanych techniką pld, plazmowych, w technologii półprzewodników i powłok o własnościach optycznych. nanoscrach-tester umożliwia określenie parametrów: siły tarcia, głębokości penetracji wgłębnika, siły zużycia i in.. do pomiaru wykorzystuje się diamentowe ostrze, które działa na materiał z określoną zadaną siłą. </t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t xml:space="preserve">Badania struktury nanomateriałów, morfologii i składu chemicznego próbek nieprzewodzących w niskiej i zmiennej próżni. analiza topografii orientacji materiałów drobnokrystalicznych z pełną identyfikacją fazową, analizy punktowe, liniowe oraz powierzchniowe pierwiastków z wykorzystaniem spektrometrów edxs i wdxs, analiza orientacji krystalograficznych z wykorzystaniem ebsd oraz transmisyjna dyfrakcja ebsd. </t>
-[...2 lines deleted...]
-      <c r="E21" t="inlineStr"/>
+          <t>Pomiary nanotwardości, modułu younga, twardości intendancyjjnej cienkich warstw, powłok, drobnokrystalicznej struktury; adhezji powłok do podłoża (test rysy).</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Pomiary za pomocą nanotwardościomierza wykonywane przy zastosowaniu wgłębnika berkovich'a. nanoscrachtester: sferostożkowe ostrze diamentowe </t>
+        </is>
+      </c>
       <c r="F21" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
-          <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
+          <t>Upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
       <c r="H21" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I21" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J21" t="inlineStr">
         <is>
-          <t>Laboratorium skaningowej mikroskopii elektronowej kipiam https://kipiam.agh.edu.pl/</t>
+          <t>Labolatorium badań właściwości materiałów, kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
-          <t>Kopyściański Mateusz</t>
+          <t>Radziszewska Agnieszka</t>
         </is>
       </c>
       <c r="L21" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/agnieszka-radziszewska-5214.html</t>
         </is>
       </c>
       <c r="M21" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N21" t="inlineStr">
         <is>
-          <t>Bse, ebsd, eds, mikrostruktura, sem, wds</t>
+          <t>Adhezja, modul younga, nanotwardość, scrachtest, test rysy</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>Skaningowy mikroskop elektronowy inspect s50</t>
+          <t>Prasa 500</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Inspect s50</t>
+          <t>Prasa hydrauliczna 500t zamet</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Źródło elektronów , elektorda wolframowa energia wiązki 200 ev - 30 kev detekcja elektronów wtórnych (se), wstecznie rozproszonych (bse), możliwosci analityczne eds, ebsd rozdzielczość (wg producenta): 3 nm przy 30 kv (sed) 1,0 nm przy 15 kv (sed) niska próżnia: - 10 nm przy 30kv (sed) - 3 nm przy 3 kv (sed) bezolejowy system pompowy.</t>
+          <t>Prasa hydrauliczna o maksymalnym nacisku 5 mn. urządzenie posiada unikalną wśród tego typu maszyn możliwość pracy ze stałą prędkością odkształcenia. prasa zaprojektowana została do odkształcania materiałów w dwóch zakresach prędkości ruchu trawersy: - zakres normalny 0,5 - 50 mm/s - maksymalna siła nacisku 500 ton (5 mn) - zakres izotermiczny 0,01 - 0,5 mm/s - maksymalna siła nacisku 400 ton (4 mn) zespół prasy 500t składa się z następujących elementów: - prasy pionowej z suwakiem głównym i trzema wyrzutnikami - zespołu akumulatorów hydraulicznych - zbiornika oleju hydraulicznego z zamontowanymi na nim pompami oraz zaworami - szafy systemu sterowania - pulpitu operatorskiego - komputera rejestracji zmiennych procesowych całkowity skok cylindra głównego prasy wynosi 400 mm, natomiast całkowity skok wyrzutników jest równy 150 mm. cylinder główny posiada pomiar położenia i precyzyjne sterowanie umożliwiające płynną regulację jego pozycji. wyrzutnik główny (środkowy) podobnie jak cylinder posiada odpowiedni system pozwalający na kontrolę jego pozycji chwilowej.  wyrzutniki skrajne sterowane są dwustanowo - schowany/wysunięty.</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>Badania morfologii i składu chemicznego próbek nieprzewodzących w niskiej i zmiennej próżni, analiza topografii orientacji materiałów drobnokrystalicznych z pełną identyfikacją fazową, analizy punktowe, liniowe oraz powierzchniowe pierwiastków z wykorzystaniem spektrometrów edxs i wdxs, analiza orientacji krystalograficznych z wykorzystaniem dyfrakcji elektronów wstecznie rozproszonych ebsd</t>
-[...2 lines deleted...]
-      <c r="E22" t="inlineStr"/>
+          <t xml:space="preserve">Prasa 500t stosowana jest do analizy procesów kucia swobodnego i matrycowego, wyciskania i tłoczenia w warunkach kształtowania na zimno, ciepło i gorąco. wykonywane są badania uwzględniające zarówno prosty kształt narzędzi i kształtowanego materiału oraz próby w warunkach półprzemysłowych z wykorzystaniem matryc o skomplikowanych kształtach. </t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>Możliwe jest śledzenia zmiany siły nacisku, temperatury, położenia oraz prędkości narzędzi. stanowisko wyposażone jest w bogate oprzyrządowanie dodatkowe, np.: piece do podgrzewania wsadu i narzędzi oraz urządzenia do kontrolowanej obróbki cieplnej komponentów bezpośrednio po kształtowaniu</t>
+        </is>
+      </c>
       <c r="F22" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
-          <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam.</t>
+          <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim uzgodnieniu terminu i zakresu prac</t>
         </is>
       </c>
       <c r="H22" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I22" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J22" t="inlineStr">
         <is>
-          <t>Laboratorium skaningowej mikroskopii elektronowej kipiam https://kipiam.agh.edu.pl/</t>
+          <t>Technologie procesów i materiałów inżynierskich, http://www.kucie.agh.edu.pl</t>
         </is>
       </c>
       <c r="K22" t="inlineStr">
         <is>
-          <t>Kopyściański Mateusz</t>
+          <t>Lisiecki Łukasz</t>
         </is>
       </c>
       <c r="L22" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/lukasz-lisiecki-8274.html</t>
         </is>
       </c>
       <c r="M22" t="inlineStr">
         <is>
-          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N22" t="inlineStr">
         <is>
-          <t>Bse, ebsd, eds, mikrostruktura, sem</t>
+          <t>Kucie matrycowe, kucie swobodne, prasa hydrauliczna</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>Skaningowy kalorymetr różnicowy</t>
+          <t>Zestaw do jonowego polerowania i trawienia materiałów</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Dsc 8000</t>
+          <t>Im4000 plus</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Konstrukcja dwupiecowa zasada pomiaru : kompensacyjna materiał pieca: 90% stopu platyny czujniki temperatury: rozproszone, platynowe termometry oporowe zakres -180˚c do 750˚c dokładność ±0,05˚c pecyzja  ±0,008˚c punkty danych/s 33 kontrolowane tempo nagrzewania od 0,01 do 300 ˚c/min kontrolowane tempo chłodzenia od 0,01 do 150˚c/min</t>
+          <t>Działo jonów ar typu penning, pracujące przy napięciu w zakresie od 0kv do 6kv możliwość obserwacji próbki podczas procesu polerowania i cięcia przy użyciu stereoskopu zakres polerowania próbek: średniacy 50 mm, wysokość 25 mm tryb polerowania: -maksymalny rozmiar próbki w trybie polerowania 50mm - zakres ruchu (średnica obszaru polerowanego) - oś x:0-5 mm -kąt padania wiązki 0°-90° -kąt obrotu próbki ±90° -możliwość rotacji próbki z wyborem prędkości obrotowej -możliwość oscylacji próbki z wyborem kata oscylacji tryb wykonywania przekrojów : - maksymalny rozmiar próbki 20mmx20mmx7mm - zakres ruchu – oś x ±7mm - zakres ruchu – oś y ±3mm - kąt obrotu  ±3mm - prędkość obrotu próbki 1obr/min, 25 obr/min - szybkość/wydajność cięcia: 500 µm/h (dla krzemu)</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t xml:space="preserve">Przemiany fazowe dyfuzyjne, wymuszone temperaturą, stabilność cieplna faz, rozpad z udziałem fazy gazowej, utlenianie; np. rekrystalizacja w stopach na bazie al i zr. weryfikacja układów fazowych. przemiana szklista, krystalizacja i kinetyka przemian, diagramy c-p-t; np. w szkłach metalicznych i polimerach. ciepło właściwe układów metalicznych i pochłaniających ciepło, wielofazowe związki międzymetaliczne.  </t>
-[...6 lines deleted...]
-      </c>
+          <t>Polerowanie końcowe, np. dla ebsd, przy ścinianiu pod niskim kątem (flatmilling) lub w celu kontrastowania przez ścienianie pod wysokim kątem  w ciągu kilku minut. wysokiej jakości nieodkształcone przekroje poprzeczne dla analiza struktur pod powierzchnią.</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr"/>
       <c r="F23" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
       <c r="H23" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I23" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J23" t="inlineStr">
         <is>
-          <t>Laboratorium analizy termicznej/kipiam https://kipiam.agh.edu.pl/</t>
+          <t>Laboratorium metalograficzne  kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
       <c r="K23" t="inlineStr">
         <is>
           <t>Kopyściański Mateusz</t>
         </is>
       </c>
       <c r="L23" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
         </is>
       </c>
       <c r="M23" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N23" t="inlineStr">
         <is>
-          <t>Dsc, dta, przemiany fazowe</t>
+          <t>Ablacja laserowa/elektronowa, ped, pld</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>Zespół urządzeń ciągarka ławowa - walcarka skośna</t>
+          <t>Skaningowy mikroskop elektronowy nova nano sem 450</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Zespół urządzeń ciągarka ławowa - walcarka skośna</t>
+          <t>Nova nano sem 450</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>Zespół urządzeń ze wspólny  napędem opartym o silnik o mocy 67 kw. moment jest przekazywany za pośrednictwem sprzęgieł rozłącznych najedno z urządzeń: ciągarkę ławową lub walcarkę skośną. ciągarka ławowa umożliwia ciągnienie prętów i rur o długości max 7m. wózek ciągowy ciągarki ławowej porusza się na prowadnicach liniowych zapewniających sztywne prowadzenie wózka z rolerancją liniowości ±0,5mm na 7m dostępnej długości ławy. walcarka skośna umożliwia walcowanie prętów i rur na gorąco oraz przebijanie tujei rurowych. wyposażona jest w liczne oprzyrządowanie dodatkowe, co pozwala na przebudowę urzązdenia do zastosowań spocjalistycznych.</t>
+          <t>Źródło elektronów schottk'ego o wysokiej stabilności prądu wiązki, niska i wysoka próżnia. detekcja elektronów wtórnych (se), wstecznie rozproszonych (bse), tld-se i -bse, tryb transmisyjny (stem), możliwości analityczne eds, ebsd, wds, obrazowanie mikrostruktury hr-sem (se, bse) analiza eds, wds składu chemicznego analizy orientacji krystalograficznych (ebsd) obrazowanie w trybie stem</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>Ciągarka: prędkość ciągnienia 0,1 - 50m/min, siła ciągnienia 80 kn (praca ciągła) 120 kn (praca chwilowa). walcarka skośna: prędkość obrotowa walców max 80 obr/min, możliwość konfiguracji jako walcarki trójwalcowej, dwuwalcowej z prowadnicami stałymi lub obrotowymi oraz dwuwalcowej z prowadnicami napędzanymi</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">Badania struktury nanomateriałów, morfologii i składu chemicznego próbek nieprzewodzących w niskiej i zmiennej próżni. analiza topografii orientacji materiałów drobnokrystalicznych z pełną identyfikacją fazową, analizy punktowe, liniowe oraz powierzchniowe pierwiastków z wykorzystaniem spektrometrów edxs i wdxs, analiza orientacji krystalograficznych z wykorzystaniem ebsd oraz transmisyjna dyfrakcja ebsd. </t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr"/>
       <c r="F24" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G24" t="inlineStr">
         <is>
-          <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie</t>
+          <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
       <c r="H24" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I24" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J24" t="inlineStr">
         <is>
-          <t>Cieplno – mechaniczna przeróbka plastyczna metali, http://www.tmpm.agh.edu.pl</t>
+          <t>Laboratorium skaningowej mikroskopii elektronowej kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
       <c r="K24" t="inlineStr">
         <is>
-          <t>Błoniarz Remigiusz</t>
+          <t>Kopyściański Mateusz</t>
         </is>
       </c>
       <c r="L24" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/remigiusz-bloniarz-9380.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
         </is>
       </c>
       <c r="M24" t="inlineStr">
         <is>
-          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N24" t="inlineStr">
         <is>
-          <t>Ciągarka ławowa, ciągnienie, walcarka skośna, walcowanie rur</t>
+          <t>Bse, ebsd, eds, mikrostruktura, sem, wds</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>Mikroskop ze skanującą sondą (mikroskop sił bliskiego zasięgu)</t>
+          <t>Skaningowy mikroskop elektronowy inspect s50</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Dimension icon with scanasyst (veeco/bruker)</t>
+          <t>Inspect s50</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>Tryby pracy: afm – mikroskop sił atmowych lfm – mikroskop sił poprzecznych mfm – mikroskop sił magnetycznych efm – mikroskop sił elektrycznych peakforce qnm - obrazowanie własności nano-mechanicznych na podstawie analizy krzywych siłowych obszar analizy xy od max 100 μm x 100 μm do min kilka nm x kilka nm zakres analizy w kierunku z do max 9.5 μm rozdzielczość analizy max do 1 nm w zależności od użytej sondy i trybu pracy.</t>
+          <t>Źródło elektronów , elektorda wolframowa energia wiązki 200 ev - 30 kev detekcja elektronów wtórnych (se), wstecznie rozproszonych (bse), możliwosci analityczne eds, ebsd rozdzielczość (wg producenta): 3 nm przy 30 kv (sed) 1,0 nm przy 15 kv (sed) niska próżnia: - 10 nm przy 30kv (sed) - 3 nm przy 3 kv (sed) bezolejowy system pompowy.</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>Wyznaczanie topografii powierzchni 3d (par. chropowatości) - afm obrazowanie rozkładu: • mikrobszarów o różnym współczynniku tarcia – lfm • mikrodomen magnetycznych – mfm • mikrobszarów o odmiennych własnościach elektrycznych – efm • różnym sposobie oddziaływania mechanicznego badanej powierzchni z ostrzem sondy: adhezja,  odkształcenie, moduł younga.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Badania morfologii i składu chemicznego próbek nieprzewodzących w niskiej i zmiennej próżni, analiza topografii orientacji materiałów drobnokrystalicznych z pełną identyfikacją fazową, analizy punktowe, liniowe oraz powierzchniowe pierwiastków z wykorzystaniem spektrometrów edxs i wdxs, analiza orientacji krystalograficznych z wykorzystaniem dyfrakcji elektronów wstecznie rozproszonych ebsd</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr"/>
       <c r="F25" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G25" t="inlineStr">
         <is>
-          <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
+          <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam.</t>
         </is>
       </c>
       <c r="H25" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I25" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J25" t="inlineStr">
         <is>
-          <t>Laboratorium badań własności materiałów, kipiam https://kipiam.agh.edu.pl/</t>
+          <t>Laboratorium skaningowej mikroskopii elektronowej kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
       <c r="K25" t="inlineStr">
         <is>
-          <t>Cieniek Łukasz</t>
+          <t>Kopyściański Mateusz</t>
         </is>
       </c>
       <c r="L25" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/lukasz-cieniek-6418.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
         </is>
       </c>
       <c r="M25" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N25" t="inlineStr">
         <is>
-          <t>Afm, efm, lfm, mfm</t>
+          <t>Bse, ebsd, eds, mikrostruktura, sem</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>Indukcyjny piec próżniowy</t>
+          <t>Skaningowy kalorymetr różnicowy</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Indukcyjny piec próżniowy do wytapiania stali i stopów metali oraz ich odlewania w kontrolowanej atmosferze, typ vim lab 20 - 50</t>
+          <t>Dsc 8000</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>Indukcyjny piec próżniowy służy do topienia i odlewania stopów żelaza w warunkach próżniowych o masie do 10 kg (a po wymianie cewki do 25 kg). składa się z jednej komory topienia, w której zainstalowany jest tygiel wraz z cewką indukcyjną oraz stół formy. w piecu możliwe jest przeprowadzanie procesu w próżni, w atmosferze powietrza lub gazu obojętnego. zastosowana cewka indukcyjna pozwala na roztopienie i rozgrzanie metalu do temperatury 1800°c. układ próżniowy zastosowany w piecu zapewnia osiągnięcie w komorze topienia podciśnienia na poziomie 1x10-3 mbar przy zimnej, pustej, czystej i suchej komorze. piec wyposażony jest w system pomiaru temperatury przy pomocy termopary oraz pirometru optycznego. mechanizm napędu termopary służy również do napędzania systemu poboru próbek ciekłego metalu wprost z tygla, przy zachowaniu w piecu zadanej atmosfery (podciśnienia lub gazu ochronnego). na komorze zainstalowany jest system podawania dodatków stopowych. zastosowana zasuwa próżniowa pozwala na wielokrotne dodawanie dodatków podczas procesu, bez zakłócania atmosfery wewnątrz pieca. wszystkie zastosowane w piecu napędy są elektryczne. pozwala to na precyzyjne i płynne sterowanie ruchomymi elementami pieca. kontrola tych podzespołów realizowana jest poprzez dotykowy panel sterujący. są na nim również prezentowane odczyty z czujników, takich jak: pirometr optyczny, termopara, głowice próżniowe, czujniki przepływu cieczy chłodzącej, itd. piec składa się z podzespołów takich jak: komora z drzwiami, mechanizm przechyłu tygla, obrotowy stół formy, system próżniowy, system indukcyjny, system pomiaru temperatury, system poboru próbek, podajnik dodatków stopowych, instalacja ciśnienia cząstkowego, dwa wzierniki optyczne, kolektory cieczy chłodzącej, agregat chłodniczy, system sterowania, podest roboczy pieca.</t>
+          <t>Konstrukcja dwupiecowa zasada pomiaru : kompensacyjna materiał pieca: 90% stopu platyny czujniki temperatury: rozproszone, platynowe termometry oporowe zakres -180˚c do 750˚c dokładność ±0,05˚c pecyzja  ±0,008˚c punkty danych/s 33 kontrolowane tempo nagrzewania od 0,01 do 300 ˚c/min kontrolowane tempo chłodzenia od 0,01 do 150˚c/min</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>Indukcyjny piec próżniowy umożliwia wytopienie, rafinację w próżni i odlanie stopów metali o wymaganym składzie chemicznym i czystości. wsadem mogą być czyste metale i ich stopy. w trakcie procesu mogą być pobierane próbki do analizy chemicznej. skład chemiczny może być modyfikowany poprzez dodawanie dodatków stopowych bez przerywania procesu. spust wytopu odbywa się do wlewnicy lub przygotowanej według modelu formy piaskowej.</t>
+          <t xml:space="preserve">Przemiany fazowe dyfuzyjne, wymuszone temperaturą, stabilność cieplna faz, rozpad z udziałem fazy gazowej, utlenianie; np. rekrystalizacja w stopach na bazie al i zr. weryfikacja układów fazowych. przemiana szklista, krystalizacja i kinetyka przemian, diagramy c-p-t; np. w szkłach metalicznych i polimerach. ciepło właściwe układów metalicznych i pochłaniających ciepło, wielofazowe związki międzymetaliczne.  </t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>Proces wytapiania odbywa się pod ciągłą kontrolą temperatury wytopu i ciśnienia w komorze próżniowej. pomiar temperatury realizowany jest w sposób ciągły za pomocą pirometru oraz chwilowo za pomocą termopary poprzez zanurzenie jej w wytopie. pomiar ciśnienia w komorze próżniowej realizowany jest w całym zakresie pracy. czas osiągnięcia temperatury wytopu na poziomie 1600°c wynosi max. 60 min, a ciśnienia poniżej 1 mbar max. 5 min.</t>
+          <t xml:space="preserve">Przemiany fazowe dyfuzyjne, wymuszone temperaturą, stabilność cieplna faz, rozpad z udziałem fazy gazowej, utlenianie; np. rekrystalizacja w stopach na bazie al i zr. weryfikacja układów fazowych. przemiana szklista, krystalizacja i kinetyka przemian, diagramy c-p-t; np. w szkłach metalicznych i polimerach. ciepło właściwe układów metalicznych i pochłaniających ciepło, wielofazowe związki międzymetaliczne.  </t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G26" t="inlineStr">
         <is>
-          <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w pozostałych przypadkach udostępnianie infrastruktury jest odpłatne zgodnie z obecnie obowiązującym kosztem pracy urządzenia oraz operatora.  w obu przypadkach koszt materiału wsadowego pokrywa zamawiający.</t>
+          <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
       <c r="H26" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I26" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J26" t="inlineStr">
         <is>
-          <t>Materiały i procesy wytwarzania przyrostowego / b4 - 3ha / https://www.plastmet.agh.edu.pl/</t>
+          <t>Laboratorium analizy termicznej/kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
       <c r="K26" t="inlineStr">
         <is>
-          <t>Drożdż Paweł</t>
+          <t>Kopyściański Mateusz</t>
         </is>
       </c>
       <c r="L26" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/pawel-drozdz-5819.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
         </is>
       </c>
       <c r="M26" t="inlineStr">
         <is>
-          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N26" t="inlineStr">
         <is>
-          <t>Indukcyjny piec próżniowy</t>
+          <t>Dsc, dta, przemiany fazowe</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
+          <t>Zespół urządzeń ciągarka ławowa - walcarka skośna</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>Zespół urządzeń ciągarka ławowa - walcarka skośna</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>Zespół urządzeń ze wspólny  napędem opartym o silnik o mocy 67 kw. moment jest przekazywany za pośrednictwem sprzęgieł rozłącznych najedno z urządzeń: ciągarkę ławową lub walcarkę skośną. ciągarka ławowa umożliwia ciągnienie prętów i rur o długości max 7m. wózek ciągowy ciągarki ławowej porusza się na prowadnicach liniowych zapewniających sztywne prowadzenie wózka z rolerancją liniowości ±0,5mm na 7m dostępnej długości ławy. walcarka skośna umożliwia walcowanie prętów i rur na gorąco oraz przebijanie tujei rurowych. wyposażona jest w liczne oprzyrządowanie dodatkowe, co pozwala na przebudowę urzązdenia do zastosowań spocjalistycznych.</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>Ciągarka: prędkość ciągnienia 0,1 - 50m/min, siła ciągnienia 80 kn (praca ciągła) 120 kn (praca chwilowa). walcarka skośna: prędkość obrotowa walców max 80 obr/min, możliwość konfiguracji jako walcarki trójwalcowej, dwuwalcowej z prowadnicami stałymi lub obrotowymi oraz dwuwalcowej z prowadnicami napędzanymi</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>Ciągarka: rejestracja siły ciągnienia w pełnym zakresie, pomiar rzeczywistej prędkości ciągnienia przy wykorzystaniu liniału laserowego, rejestracja parametrów pracy napędu, dodatkowe 7 kanałów pomiarowych pod opcjonalne opomiarowanie procesu. walcarka skośna: rejestracja parametrów pracy napędu, pomiar rzeczywistego momentu walcowania na łącznikach walców, pomiar sił nacisku na czopach walców, pomiar siły nacisku na trzpień dziurujący.</t>
+        </is>
+      </c>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr">
+        <is>
+          <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie</t>
+        </is>
+      </c>
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I27" t="inlineStr">
+        <is>
+          <t>Wydział inżynierii metali i informatyki przemysłowej</t>
+        </is>
+      </c>
+      <c r="J27" t="inlineStr">
+        <is>
+          <t>Cieplno – mechaniczna przeróbka plastyczna metali, http://www.tmpm.agh.edu.pl</t>
+        </is>
+      </c>
+      <c r="K27" t="inlineStr">
+        <is>
+          <t>Błoniarz Remigiusz</t>
+        </is>
+      </c>
+      <c r="L27" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/remigiusz-bloniarz-9380.html</t>
+        </is>
+      </c>
+      <c r="M27" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N27" t="inlineStr">
+        <is>
+          <t>Ciągarka ławowa, ciągnienie, walcarka skośna, walcowanie rur</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>Mikroskop ze skanującą sondą (mikroskop sił bliskiego zasięgu)</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>Dimension icon with scanasyst (veeco/bruker)</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>Tryby pracy: afm – mikroskop sił atmowych lfm – mikroskop sił poprzecznych mfm – mikroskop sił magnetycznych efm – mikroskop sił elektrycznych peakforce qnm - obrazowanie własności nano-mechanicznych na podstawie analizy krzywych siłowych obszar analizy xy od max 100 μm x 100 μm do min kilka nm x kilka nm zakres analizy w kierunku z do max 9.5 μm rozdzielczość analizy max do 1 nm w zależności od użytej sondy i trybu pracy.</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>Wyznaczanie topografii powierzchni 3d (par. chropowatości) - afm obrazowanie rozkładu: • mikrobszarów o różnym współczynniku tarcia – lfm • mikrodomen magnetycznych – mfm • mikrobszarów o odmiennych własnościach elektrycznych – efm • różnym sposobie oddziaływania mechanicznego badanej powierzchni z ostrzem sondy: adhezja,  odkształcenie, moduł younga.</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>Wyznaczanie topografii powierzchni 3d (par. chropowatości) - afm obrazowanie rozkładu: • mikrobszarów o różnym współczynniku tarcia – lfm • mikrodomen magnetycznych – mfm • mikrobszarów o odmiennych własnościach elektrycznych – efm • różnym sposobie oddziaływania mechanicznego badanej powierzchni z ostrzem sondy: adhezja,  odkształcenie, moduł younga.</t>
+        </is>
+      </c>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
+        <is>
+          <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
+        </is>
+      </c>
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I28" t="inlineStr">
+        <is>
+          <t>Wydział inżynierii metali i informatyki przemysłowej</t>
+        </is>
+      </c>
+      <c r="J28" t="inlineStr">
+        <is>
+          <t>Laboratorium badań własności materiałów, kipiam https://kipiam.agh.edu.pl/</t>
+        </is>
+      </c>
+      <c r="K28" t="inlineStr">
+        <is>
+          <t>Cieniek Łukasz</t>
+        </is>
+      </c>
+      <c r="L28" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/lukasz-cieniek-6418.html</t>
+        </is>
+      </c>
+      <c r="M28" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N28" t="inlineStr">
+        <is>
+          <t>Afm, efm, lfm, mfm</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>Indukcyjny piec próżniowy</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>Indukcyjny piec próżniowy do wytapiania stali i stopów metali oraz ich odlewania w kontrolowanej atmosferze, typ vim lab 20 - 50</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>Indukcyjny piec próżniowy służy do topienia i odlewania stopów żelaza w warunkach próżniowych o masie do 10 kg (a po wymianie cewki do 25 kg). składa się z jednej komory topienia, w której zainstalowany jest tygiel wraz z cewką indukcyjną oraz stół formy. w piecu możliwe jest przeprowadzanie procesu w próżni, w atmosferze powietrza lub gazu obojętnego. zastosowana cewka indukcyjna pozwala na roztopienie i rozgrzanie metalu do temperatury 1800°c. układ próżniowy zastosowany w piecu zapewnia osiągnięcie w komorze topienia podciśnienia na poziomie 1x10-3 mbar przy zimnej, pustej, czystej i suchej komorze. piec wyposażony jest w system pomiaru temperatury przy pomocy termopary oraz pirometru optycznego. mechanizm napędu termopary służy również do napędzania systemu poboru próbek ciekłego metalu wprost z tygla, przy zachowaniu w piecu zadanej atmosfery (podciśnienia lub gazu ochronnego). na komorze zainstalowany jest system podawania dodatków stopowych. zastosowana zasuwa próżniowa pozwala na wielokrotne dodawanie dodatków podczas procesu, bez zakłócania atmosfery wewnątrz pieca. wszystkie zastosowane w piecu napędy są elektryczne. pozwala to na precyzyjne i płynne sterowanie ruchomymi elementami pieca. kontrola tych podzespołów realizowana jest poprzez dotykowy panel sterujący. są na nim również prezentowane odczyty z czujników, takich jak: pirometr optyczny, termopara, głowice próżniowe, czujniki przepływu cieczy chłodzącej, itd. piec składa się z podzespołów takich jak: komora z drzwiami, mechanizm przechyłu tygla, obrotowy stół formy, system próżniowy, system indukcyjny, system pomiaru temperatury, system poboru próbek, podajnik dodatków stopowych, instalacja ciśnienia cząstkowego, dwa wzierniki optyczne, kolektory cieczy chłodzącej, agregat chłodniczy, system sterowania, podest roboczy pieca.</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>Indukcyjny piec próżniowy umożliwia wytopienie, rafinację w próżni i odlanie stopów metali o wymaganym składzie chemicznym i czystości. wsadem mogą być czyste metale i ich stopy. w trakcie procesu mogą być pobierane próbki do analizy chemicznej. skład chemiczny może być modyfikowany poprzez dodawanie dodatków stopowych bez przerywania procesu. spust wytopu odbywa się do wlewnicy lub przygotowanej według modelu formy piaskowej.</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>Proces wytapiania odbywa się pod ciągłą kontrolą temperatury wytopu i ciśnienia w komorze próżniowej. pomiar temperatury realizowany jest w sposób ciągły za pomocą pirometru oraz chwilowo za pomocą termopary poprzez zanurzenie jej w wytopie. pomiar ciśnienia w komorze próżniowej realizowany jest w całym zakresie pracy. czas osiągnięcia temperatury wytopu na poziomie 1600°c wynosi max. 60 min, a ciśnienia poniżej 1 mbar max. 5 min.</t>
+        </is>
+      </c>
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr">
+        <is>
+          <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w pozostałych przypadkach udostępnianie infrastruktury jest odpłatne zgodnie z obecnie obowiązującym kosztem pracy urządzenia oraz operatora.  w obu przypadkach koszt materiału wsadowego pokrywa zamawiający.</t>
+        </is>
+      </c>
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I29" t="inlineStr">
+        <is>
+          <t>Wydział inżynierii metali i informatyki przemysłowej</t>
+        </is>
+      </c>
+      <c r="J29" t="inlineStr">
+        <is>
+          <t>Materiały i procesy wytwarzania przyrostowego / b4 - 3ha / https://www.plastmet.agh.edu.pl/</t>
+        </is>
+      </c>
+      <c r="K29" t="inlineStr">
+        <is>
+          <t>Drożdż Paweł</t>
+        </is>
+      </c>
+      <c r="L29" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-drozdz-5819.html</t>
+        </is>
+      </c>
+      <c r="M29" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N29" t="inlineStr">
+        <is>
+          <t>Indukcyjny piec próżniowy</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
           <t>Zwick z250</t>
         </is>
       </c>
-      <c r="B27" t="inlineStr">
+      <c r="B30" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa zwickroell bt1-fr250sn.a4k</t>
         </is>
       </c>
-      <c r="C27" t="inlineStr">
+      <c r="C30" t="inlineStr">
         <is>
           <t xml:space="preserve">Maszyna wytrzymałościowa służy to precyzyjnego wyznaczania własności materiałów w warunkach quasi-statycznych. pozwala na przeprowadzanie testów materiałowych w warunkach jednoosiowego rozciągania, jednoosiowego ściskania oraz w próbach zginania. oprogramowanie sterujące pozwala również na realizację prób zmęczeniowych. konfiguracja urządzenia jest w formie ramy o konstrukcji pionowej, wolnostojącej. wysoka sztywność konstrukcji jest zapewniona przez zastosowanie czterech kolumn prowadnicowych prowadzących trawersę za pomocą panewek ślizgowych. pomiar siły może być dokonywany za pomocą jednej z dwóch dostępnych głowic pomiarowych: o udźwigu 250 kn i rozdzielczości pomiarowej r=1 n, oraz o udźwigu 10kn i rozdzielczości pomiarowej r=0,1 n. urządzenie wyposażone jest w dwa rodzaje ekstensometrów: montowany sprężynowo na próbce, o drodze pomiarowej 13,5 mm do prowadzenia pomiarów w temperaturze pokojowej, oraz ekstensometr mackowy o drodze pomiarowej 10mm do wykonywania pomiarów w temperaturach podwyższonych. urządzenie posiada dodatkowe wyposażenie w postaci dwóch pieców umożliwiających prowadzenie prób w podwyższonych temperaturach: piec z grzałkami spiralnymi oraz z grzałkami sylitowymi, które pozwalają prowadzić badania w temperaturach maksymalnych odpowiednio 1200 i 1500 °c. piece mają możliwość zapewnienia w obszarze roboczym atmosfery ochronnej przez podawanie do komory roboczej w formie przepływowej gazu obojętnego. urządzenie było w 2022 r. wzorcowane w zakresie sił pomiarowych dla obu głowic, w zakresie przemieszczenia i prędkości ruchu trawersy oraz wskazań odkształceń dla obu ekstensometrów. </t>
         </is>
       </c>
-      <c r="D27" t="inlineStr">
+      <c r="D30" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie pozwala na przeprowadzenie prób:
 	rozciągania próbek z główkami płaskimi, okrągłymi z podtoczeniami i  bez – wszystkie zgodne z normami pn-en
 	ściskania o dowolnym przekroju poprzecznym przy zachowaniu bezpiecznej smukłości w temp. od 20 do 1150°c
 	zginania próbek o dowolnym przekroju poprzecznym przy zachowaniu odpowiedniej relacji długości do przekroju w temperaturach od 20 do 1450°
 </t>
         </is>
       </c>
-      <c r="E27" t="inlineStr">
+      <c r="E30" t="inlineStr">
         <is>
           <t>Urządzenie charakteryzuje się następującymi parametrami: - prędkość ruchu trawersy od 0.001mm/min do 600mm/min. - rejestracja siły w zakresie od 0.5n do 250kn, - maksymalna temperatura nagrzewania: 1450 °c, - prędkość nagrzewania próbek w piecach to max. 15°c/min,  -zakres prędkości odkształceń: od 0.001 s^-1 do 1 s^-1,  -możliwość wprowadzania krzywych korekcyjnych eliminujących ugięcia sprężyste</t>
         </is>
       </c>
-      <c r="F27" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G27" t="inlineStr">
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie</t>
         </is>
       </c>
-      <c r="H27" t="inlineStr">
+      <c r="H30" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I27" t="inlineStr">
+      <c r="I30" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J27" t="inlineStr">
+      <c r="J30" t="inlineStr">
         <is>
           <t>Cieplno – mechaniczna przeróbka plastyczna metali, http://www.tmpm.agh.edu.pl</t>
         </is>
       </c>
-      <c r="K27" t="inlineStr">
+      <c r="K30" t="inlineStr">
         <is>
           <t>Błoniarz Remigiusz</t>
         </is>
       </c>
-      <c r="L27" t="inlineStr">
+      <c r="L30" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/remigiusz-bloniarz-9380.html</t>
         </is>
       </c>
-      <c r="M27" t="inlineStr">
+      <c r="M30" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N27" t="inlineStr">
+      <c r="N30" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa, próba rozciągania, próba ściskania, próba zginania</t>
         </is>
       </c>
     </row>
-    <row r="28">
-      <c r="A28" t="inlineStr">
+    <row r="31">
+      <c r="A31" t="inlineStr">
         <is>
           <t>Stolik grzewczo-tensometryczny</t>
         </is>
       </c>
-      <c r="B28" t="inlineStr">
+      <c r="B31" t="inlineStr">
         <is>
           <t>Kammrath&amp;weiss 5kn</t>
         </is>
       </c>
-      <c r="C28" t="inlineStr">
+      <c r="C31" t="inlineStr">
         <is>
           <t>Zakres siłowy (ściskanie i rozciąganie): 5kn zakres temperatury pracy: 20-1000°c prędkość trawersy: 0.1 – 20 µm/s całkowite przemieszczenie enkodera liniowego: 45 mm (rozdzielczość: 100 nm)</t>
         </is>
       </c>
-      <c r="D28" t="inlineStr">
+      <c r="D31" t="inlineStr">
         <is>
           <t>Możliwość realizacji badań plastometrycznych w skali mikro (rozciąganie, ściskanie, próby cykliczne)  in-situ (w komorze mikroskopu skaningowego) i ex-situ (poza komorą mikroskopu) możliwość równoczesnej obserwacji zmian mikrostruktry w trakcie odkształcania (w tym rejestracji wideo) oraz analizy ebsd lub/i eds</t>
         </is>
       </c>
-      <c r="E28" t="inlineStr">
+      <c r="E31" t="inlineStr">
         <is>
           <t>Max wymiary próbek (płaskich): 60 x 10 x 5 mm. max wymiary próbek cylindrycznych do ściskania fi4x6 mm. możliwość zintegrowania badań z systemem pomiaru odkształceń (cyfrowa korelacja obrazu - dic)</t>
         </is>
       </c>
-      <c r="F28" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G28" t="inlineStr">
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie</t>
         </is>
       </c>
-      <c r="H28" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I28" t="inlineStr">
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I31" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J28" t="inlineStr">
+      <c r="J31" t="inlineStr">
         <is>
           <t>Cieplno – mechaniczna przeróbka plastyczna metali, http://www.tmpm.agh.edu.pl</t>
         </is>
       </c>
-      <c r="K28" t="inlineStr">
+      <c r="K31" t="inlineStr">
         <is>
           <t>Lisiecka-Graca Paulina</t>
         </is>
       </c>
-      <c r="L28" t="inlineStr">
+      <c r="L31" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/paulina-lisiecka-graca-8171.html</t>
         </is>
       </c>
-      <c r="M28" t="inlineStr">
+      <c r="M31" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N28" t="inlineStr">
+      <c r="N31" t="inlineStr">
         <is>
           <t>Badania, in situ, rozciąganie</t>
         </is>
       </c>
     </row>
-    <row r="29">
-      <c r="A29" t="inlineStr">
+    <row r="32">
+      <c r="A32" t="inlineStr">
         <is>
           <t>Asp 2</t>
         </is>
       </c>
-      <c r="B29" t="inlineStr">
+      <c r="B32" t="inlineStr">
         <is>
           <t>Symulator termomechaniczny asp 2</t>
         </is>
       </c>
-      <c r="C29" t="inlineStr">
+      <c r="C32" t="inlineStr">
         <is>
           <t>Serwohydrauliczny symulator termomechaniczny asp ii firmy servotest umożliwiający prowadzenie sekwencyjnych i równoczesnych testów skręcania (w sposób ciągły, w obu kierunkach) oraz testów osiowych (rozciągania i ściskania). na maszynie można badać materiały lite – głównie metale i stopy (m.in. na osnowie żelaza, tytanu, aluminium) w warunkach złożonych cykli termo-mechanicznych (od temperatury pokojowej do 1300°c). maszyna ma możliwość płynnej kontroli względnych parametrów skręcania, odkształcenia osiowego, prędkości grzania, temperatury odkształcenia i prędkości chłodzenia. dane wejściowe dla tych parametrów mogą pochodzić z systemu sterowania (proste ścieżki odkształcenia) lub z plików zdefiniowanych przez użytkownika (złożone ścieżki odkształcenia). parametry: max. moment obrotowy: +/-500 nm • max prędkość obrotowa (ciągła) 560 rpm • max prędkość obrotowa do 1000 rpm • posuw +/-25 mm • testy zmęczeniowe +/- 100 kn liniowe / +/- 500 nm skrętne • system grzania indukcyjnego 20kw – od temperatury pokojowej do 1300 °c • kontrolowane chłodzenie (woda/powietrze/cewka + hartowanie)</t>
         </is>
       </c>
-      <c r="D29" t="inlineStr">
+      <c r="D32" t="inlineStr">
         <is>
           <t>Próby rozciągania, ściskania i skręcania. symulacje fizyczne procesów termomechanicznych w warunkach prostych i złożonych dróg  odkształcenia w temperaturach od początkowej do 1300°c. jedno i wielostopniowe testy ściskania ze stałą rzeczywistą prędkością odkształcenia od 0,001 do 100 s-1 w temperaturach od pokojowej do 1300°c. badania zmęczeniowe (rozciąganie-ściskanie, skręcanie,temperaturowe). badania relaksacji naprężeń.</t>
         </is>
       </c>
-      <c r="E29" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G29" t="inlineStr">
+      <c r="E32" t="inlineStr"/>
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie</t>
         </is>
       </c>
-      <c r="H29" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I29" t="inlineStr">
+      <c r="H32" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I32" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J29" t="inlineStr">
+      <c r="J32" t="inlineStr">
         <is>
           <t>Cieplno – mechaniczna przeróbka plastyczna metali, http://www.tmpm.agh.edu.pl</t>
         </is>
       </c>
-      <c r="K29" t="inlineStr">
+      <c r="K32" t="inlineStr">
         <is>
           <t>Błoniarz Remigiusz</t>
         </is>
       </c>
-      <c r="L29" t="inlineStr">
+      <c r="L32" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/remigiusz-bloniarz-9380.html</t>
         </is>
       </c>
-      <c r="M29" t="inlineStr">
+      <c r="M32" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N29" t="inlineStr">
+      <c r="N32" t="inlineStr">
         <is>
           <t>Badania zmęczeniowe, maszyna wytrzymałościowa, próba rozciągania, próba ściskania, próba zginania, symulator termomechaniczny</t>
         </is>
       </c>
     </row>
-    <row r="30">
-      <c r="A30" t="inlineStr">
+    <row r="33">
+      <c r="A33" t="inlineStr">
         <is>
           <t>Drukarka 3d</t>
         </is>
       </c>
-      <c r="B30" t="inlineStr">
+      <c r="B33" t="inlineStr">
         <is>
           <t>Ayas 120 lm</t>
         </is>
       </c>
-      <c r="C30" t="inlineStr">
+      <c r="C33" t="inlineStr">
         <is>
           <t>Modułowe urządzenie do wytwarzania przyrostowego (druku 3d) z proszków metali w procesie selektywnego spajania warstw proszku skupioną wiązką lasera (lpbf). moduł laserowy wyposażony jest w laser jednomodowy nd:yag o maksymalnej mocy 200 w i średnicy roboczej plamki lasera równej 35 µm. moduł mechaniczny wyposażony jest w komorę z platformą roboczą pozwalający na druk elementów o średnicy do 120 mm oraz wysokości maksymalnej 120 mm z możliwością kontrolowania jej temperatury do 200 °c. urządzenie pracuje w atmosferze ochronnej argonu z kontrolowaną zawartością tlenu w komorze.</t>
         </is>
       </c>
-      <c r="D30" t="inlineStr">
+      <c r="D33" t="inlineStr">
         <is>
           <t>Urządzenie przystosowane do wytwarzania przyrostowego wyrobów z proszków metalowych o średnicy cząstek ok. 40 µm w procesie selektywnego spajania warstw proszku skupioną wiązką lasera (lpbf). dedykowane jest do precyzyjnego druku elementów o maksymalnych wymiarach 120 mm x 120 mm. urządzenie umożliwia druk 3d m. in. ze stali, stopów niklu oraz kobaltu przy zastosowaniu różnych parametrów procesowych.</t>
         </is>
       </c>
-      <c r="E30" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G30" t="inlineStr">
+      <c r="E33" t="inlineStr"/>
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w pozostałych przypadkach udostępnianie infrastruktury jest odpłatne zgodnie z obecnie obowiązującym kosztem pracy urządzenia oraz operatora.  w obu przypadkach koszt materiału wsadowego pokrywa zamawiający. 
 w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.  w pozostałych kwestiach uzasadnienie znajdują informacje zawarte w regulaminie korzystania z infrastruktury badawczej agh uchwała senatu 32/2016.</t>
         </is>
       </c>
-      <c r="H30" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I30" t="inlineStr">
+      <c r="H33" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I33" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J30" t="inlineStr">
+      <c r="J33" t="inlineStr">
         <is>
           <t>Materiały i procesy wytwarzania przyrostowego / b4 - 3ha / https://www.plastmet.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K30" t="inlineStr">
+      <c r="K33" t="inlineStr">
         <is>
           <t>Dubiel Beata</t>
         </is>
       </c>
-      <c r="L30" t="inlineStr">
+      <c r="L33" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/beata-dubiel-4341.html</t>
         </is>
       </c>
-      <c r="M30" t="inlineStr">
+      <c r="M33" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N30" t="inlineStr">
+      <c r="N33" t="inlineStr">
         <is>
           <t>Druk 3d, lpbf, wytwarzanie przyrostowe</t>
         </is>
       </c>
     </row>
-    <row r="31">
-      <c r="A31" t="inlineStr">
+    <row r="34">
+      <c r="A34" t="inlineStr">
         <is>
           <t>Atomizer ultradźwiękowy</t>
         </is>
       </c>
-      <c r="B31" t="inlineStr">
+      <c r="B34" t="inlineStr">
         <is>
           <t>Ato lab +</t>
         </is>
       </c>
-      <c r="C31" t="inlineStr">
+      <c r="C34" t="inlineStr">
         <is>
           <t>Atomizer ultradźwiękowy wyposażony w układ ultradźwiękowy o częstotliwości 35-36 khz, pozwalający na produkcję sferycznego proszku do zastosowań w metodach przyrostowych o wielkości cząstek ok. 45 µm. urządzenie wyposażone jest w kontrolowany palnik łuku elektrycznego z elektrodą wolframową pozwalający na topienie materiału wsadowego w formie drutu lub prętów. możliwość pracy układu ultradźwiękowego w atmosferze ochronnej argonu przy zawartości tlenu poniżej 10 ppm. układ ultradźwiękowy wyposażony jest w wymienne platformy atomizujące z rdzeniami ze stali, wolframu lub tytanu, które umożliwiają wytwarzanie proszku z szerokiej gamy materiałów metalowych. urządzenie wyposażone jest w układ próżniowy oraz jest chłodzone wodą lodową.</t>
         </is>
       </c>
-      <c r="D31" t="inlineStr">
+      <c r="D34" t="inlineStr">
         <is>
           <t xml:space="preserve">Możliwość wytwarzania proszków metalowych z drutu spawalniczego oraz prętów metalowych ze stali, stopów aluminium, niklu, kobaltu, żelaza oraz tytanu. urządzenie pozwala na wytwarzanie kulistych cząstek proszku o średniej średnicy poniżej 50 µm. ze względu na pracę w atmosferze ochronnej argonu wytworzony proszek charakteryzuje się niską zawartością tlenu.  </t>
         </is>
       </c>
-      <c r="E31" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G31" t="inlineStr">
+      <c r="E34" t="inlineStr"/>
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w pozostałych przypadkach udostępnianie infrastruktury jest odpłatne zgodnie z obecnie obowiązującym kosztem pracy urządzenia oraz operatora.  w obu przypadkach koszt materiału wsadowego pokrywa zamawiający.
 możliwe jest korzystanie z urządzenia w obecności operatora/opiekuna przez osoby, które przez niego zostały przeszkolone, a szkolenie potwierdziły własnoręcznym podpisem. w pozostałych kwestiach uzasadnienie znajdują informacje zawarte w regulaminie korzystania z infrastruktury badawczej agh uchwała senatu 32/2016</t>
         </is>
       </c>
-      <c r="H31" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I31" t="inlineStr">
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I34" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J31" t="inlineStr">
+      <c r="J34" t="inlineStr">
         <is>
           <t>Materiały i procesy wytwarzania przyrostowego / b4 - 3ha / https://www.plastmet.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K31" t="inlineStr">
+      <c r="K34" t="inlineStr">
         <is>
           <t>Dubiel Beata</t>
         </is>
       </c>
-      <c r="L31" t="inlineStr">
+      <c r="L34" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/beata-dubiel-4341.html</t>
         </is>
       </c>
-      <c r="M31" t="inlineStr">
+      <c r="M34" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N31" t="inlineStr">
+      <c r="N34" t="inlineStr">
         <is>
           <t>Atomizacja ultradźwiękowa, wytwarzanie proszków</t>
         </is>
       </c>
     </row>
-    <row r="32">
-      <c r="A32" t="inlineStr">
+    <row r="35">
+      <c r="A35" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa</t>
         </is>
       </c>
-      <c r="B32" t="inlineStr">
+      <c r="B35" t="inlineStr">
         <is>
           <t>Zwick hb 100</t>
         </is>
       </c>
-      <c r="C32" t="inlineStr">
+      <c r="C35" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie wyposażone jest w dwa podstawowe kanały sterowania. pierwszy kanał sterowania dotyczy drogi przemieszczenia uchwytów, zaś drugi siły naciagu lub ściskania badanych probek. przemieszczenie uchwytów do póbek możliwe jest na dystancie około 120 mm. siła oddziaływania na próbki należy do przdziału od -100 do 100 kn. urządzenie wyposażone jest w bardzo precyzyjny pomiar drogi przemieszczenia z dokładnością do +/- 5 mm. maszyna posiada zainstalowany tensometr, ktory umożliwia pomiar siły z dokładnoscią do 0.1 n. na uwagę zasługuje przestrzeń robocza maszyny wynosząca w pionie oraz poziomie ok 60 mm. maszyna wytrzymałościowa posiada konstrukcję dwukolumnową oraz napęd hydrauliczny zamocowany na górnej trawersie. dodatkowo przestrzeń robocza maszyny jest regulowana za pomocą górnej trawersy, której usytuowanie w poziomie można regulować hydraulicznie. zaletą regulowanej hydraulicznie trawersy jest szybka zmiana jej położenia, bez konieczności manualnej regulacji położenia bardzo cieżkiego napędu hydraulicznego. </t>
         </is>
       </c>
-      <c r="D32" t="inlineStr">
+      <c r="D35" t="inlineStr">
         <is>
           <t>Testy materiałowe: statyczna proba rozciągania, statyczna próba ściskania, proby ściskania oraz rozciągania ze zwiekszonymi predkosciami odkształcenia, zachowanie się materiału pod wpływem zmiennego stanu odkształcenia oraz naprężenia.</t>
         </is>
       </c>
-      <c r="E32" t="inlineStr">
+      <c r="E35" t="inlineStr">
         <is>
           <t>Aparatura umożliwia wyznaczenie szeregu właściwości materiałowych. w szczególności należą do nich granica plastyczności, moduł younga, wytrzymałość na rozciąganie, czy naprężenie zrywające. badania można wykonywać na probkach okrągłych oraz próbkach płaskich. dodatkowo aparatura została zaadaptowana do testowania sprężyn stosowanych w krystalizatorach instalacji ciągłego odlewania stali.</t>
         </is>
       </c>
-      <c r="F32" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G32" t="inlineStr">
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w pozostałych przypadkach udostępnianie infrastruktury jest odpłatne zgodnie z obecnie obowiązującym kosztem pracy urządzenia oraz operatora.  w obu przypadkach koszt materiału wsadowego pokrywa zamawiający. 
 w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.                                                                                                                                                                                 w pozostałych kwestiach uzasadnienie znajdują informacje zawarte w regulaminie korzystania z infrastruktury badawczej agh uchwała senatu 32/2016.</t>
         </is>
       </c>
-      <c r="H32" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I32" t="inlineStr">
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I35" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J32" t="inlineStr">
+      <c r="J35" t="inlineStr">
         <is>
           <t>Materiały i procesy wytwarzania przyrostowego / b4 - 3ha / https://www.plastmet.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K32" t="inlineStr">
+      <c r="K35" t="inlineStr">
         <is>
           <t>Sołek Krzysztof</t>
         </is>
       </c>
-      <c r="L32" t="inlineStr">
+      <c r="L35" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-piotr-solek-5262.html</t>
         </is>
       </c>
-      <c r="M32" t="inlineStr">
+      <c r="M35" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N32" t="inlineStr">
+      <c r="N35" t="inlineStr">
         <is>
           <t>Maszyna hydrauliczna, testy materiałowe</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>