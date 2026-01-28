--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N76"/>
+  <dimension ref="A1:N79"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,5866 +493,6112 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Mobilny mikrochromatograf gazowy</t>
+          <t>Zintegrowany zestaw przygotowania prób i wzorców do analiz śladowych</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Mobilny mikrochromatograf gazowy 3-kanałowy model - 990 mobile micro gc agilent technologies</t>
+          <t>System baker spe 12g - system próżniowy z 12 króćcami typu luera do przygotowania próbek z zastosowaniem kolumienek bakerbond™ spe</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t xml:space="preserve">Mikrochromatograf jest umieszczony w walizce z kołami, co umożliwia łatwy jego transport. urządzenie jest wyposażone w 3 kolumny służące do rozdziału mieszanin gazowych oraz detektory przewodnictwa cieplnego tcd. posiada 2 cylindry na gazy nośne o objętości 150 ml każdy. mikrochromatograf jest sprzężony z komputerem i zainstalowanym systemem openlab cds workstation software.  </t>
+          <t>System baker spe 12g to specjalistyczny system próżniowy przeznaczony do równoległego przygotowywania próbek metodą ekstrakcji do fazy stałej (spe). wyposażony w 12 króćców typu luer, umożliwia jednoczesne podłączanie kolumienek bakerbond™ spe, co pozwala na równoległe oczyszczanie i zatężanie próbek w sposób szybki, powtarzalny i kontrolowany. system zapewnia:
+	równomierną regulację podciśnienia dla wszystkich próbek,
+	możliwość jednoczesnej pracy z różnymi typami kolumienek,
+	szczelną i wytrzymałą konstrukcję odporną na działanie rozpuszczalników,
+	ergonomiczny układ króćców ułatwiający obsługę i minimalizujący ryzyko błędów.
+dzięki swojej funkcjonalności system baker spe 12g jest niezastąpionym narzędziem w laboratoriach analitycznych zajmujących się analizą śladową, kontrolą jakości, badaniami środowiskowymi oraz analizą żywności i farmaceutyków.</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Mobilny mikrochromatograf ma możliwość oznaczania następujących składników: hel, wodór, tlen, azot, tlenek węgla, dwutlenek węgla, lekkie węglowodory.</t>
-[...2 lines deleted...]
-      <c r="E2" t="inlineStr"/>
+          <t xml:space="preserve">System znajduje zastosowanie w analizach hplc, gc, lc-ms czy gc-ms, gdzie jakość przygotowania próbek ma kluczowe znaczenie dla czułości i dokładności wyników.
+baker spe 12g umożliwia pracę z szeroką gamą sorbentów, co daje możliwość dopasowania metody do specyfiki badanych analitów – od pestycydów i leków, przez metabolity i biomarkery, aż po związki zanieczyszczające środowisko. 
+ </t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">System baker spe 12g umożliwia:
+	uzyskiwanie niskich granic oznaczalności (lod/loq),
+	zapewnienie wysokiej powtarzalności i odtwarzalności wyników,
+	redukcję wpływu matrycy - większa dokładność i precyzję pomiarów,
+	przygotowanie próbek do analiz chromatograficznych i spektrometrycznych (hplc, gc, lc-ms, gc-ms).
+</t>
+        </is>
+      </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
+          <t>Aparatura badawcza dostępna w laboratoriach uczelni udostępniana jest studentom, doktorantom, pracownikom naukowym oraz – na zasadach komercyjnych – podmiotom zewnętrznym. korzystanie z urządzeń odbywa się zgodnie z regulaminem laboratorium i wymaga wcześniejszego uzgodnienia terminu z osobą odpowiedzialną za obsługę aparatury.</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>Katedra surowców energetycznych</t>
+          <t>Katedra ochrony środowiska</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>Grupa badawcza "geochemia powierzchniowa", zespół geoenergia, laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
+          <t>Laboratorium chromatografii cieczowej</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Sechman Henryk</t>
+          <t>Koziarska Marta</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/marta-agnieszka-koziarska-10423.html</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>Chromatografia gazowa</t>
+          <t>Ekstrakcja do fazy stałej, hplc-ms/ms, przygotowanie prób</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
+          <t>Zintegrowany zestaw przygotowania prób i wzorców do analiz śladowych</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Koncentrator próżniowy centrivap pro</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Koncentrator próżniowy centrivap® pro vacuum jest  przeznaczony do szybkiego i skutecznego zatężania próbek w różnorodnych matrycach. system wykorzystuje połączenie próżni, ciepła i wymuszonego przepływu gazu w celu odparowania rozpuszczalników, zapewniając bezpieczne i efektywne przygotowanie próbek do dalszych analiz.
+główne cechy urządzenia:
+	wysoka wydajność zatężania próbek w małych i średnich objętościach.
+	równomierne rozprowadzanie ciepła zapewniające minimalizację strat analitów wrażliwych na temperaturę.
+	kontrolowane warunki próżni i temperatury umożliwiają optymalizację procesu dla różnych typów rozpuszczalników i próbek.
+	kompatybilność z różnymi typami probówek i płyt mikropróbkowych.
+ </t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Centrivap® pro vacuum concentrator umożliwia:
+	zatężanie próbek chemicznych i biologicznych,
+	przygotowanie próbek do technik hplc, gc, lc-ms, ms, icp-ms,
+	obróbka próbek z różnorodnych matryc,
+	redukcja matryc i interferencji.
+</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	niższe granice wykrywalności (lod) i oznaczalności (loq),
+	poprawa dokładności i precyzji pomiarów, 
+	możliwość pracy z próbkami o bardzo małej objętości,
+	przygotowanie próbek do hplc, gc, lc-ms, gc-ms, ms, icp-ms,
+	zwiększenie powtarzalności wyników.
+</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>Aparatura badawcza dostępna w laboratoriach uczelni udostępniana jest studentom, doktorantom, pracownikom naukowym oraz – na zasadach komercyjnych – podmiotom zewnętrznym. korzystanie z urządzeń odbywa się zgodnie z regulaminem laboratorium i wymaga wcześniejszego uzgodnienia terminu z osobą odpowiedzialną za obsługę aparatury.</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>Katedra ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>Laboratorium chromatografii cieczowej</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>Koziarska Marta</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marta-agnieszka-koziarska-10423.html</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>Centrivap, koncentrator, próżnia</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>Geomosslab - spektrometr mössbauera wraz ze stanowiskiem pomiarowym dedykowanym do badań materiałów geologicznych</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Spektrometr mössbauera - elektronika jądrowa &amp; renon</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>Spektrometr mössbauera pracujący w systemie transmisyjnym z wysoką rozdzielczością energetyczną (hvr - high velocity resolution) z dwoma torami jądrowymi i proporcjonalnymi detektorami kryptonowymi oraz stanowiskiem pomiarowym dedykowanym do badań materiałów geologicznych.</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>Spektroskopia mössbauera (57fe-ms) jest jądrową metodą badawczą opartą na zjawisku rezonansowej absorpcji niskoenergetycznego promieniowania gamma. w badaniach geochemicznych stosowana jest do analizy składu fazowego oraz wyznaczenia wybranych parametrów fizyko-chemicznych materiałów geologicznych. atomy fe będące sondą w badanym materiale poprzez oddziaływania nadsubtelne dostarczają informacji o ich lokalnym otoczeniu chemicznym.</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>57fe-ms pozwala na: 1) jakościowe i ilościowe rozpoznanie minerałów zawierających żelazo, 2) wyznaczenie stosunku fe2+/fe3+, 3) identyfikację lokalnej krystalicznej geometrii koordynacyjnej.
+pomiary wykonywane są na próbkach proszkowych o masie od około 10 mg (miligram) do 100 mg. metoda jest nie-destrukcyjna i po pomiarze próbka może być wykorzystana do dalszych badań innymi metodami.</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Badania wykonywane są w ramach współpracy naukowej.  zapraszam :)</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>Wydział geologii, geofizyki i ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J4" t="inlineStr">
+        <is>
+          <t>Geofizyka</t>
+        </is>
+      </c>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>Błachowski Artur</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/artur-blachowski-10032.html</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>Spektroskopia mossbauera</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>Mobilny mikrochromatograf gazowy</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Mobilny mikrochromatograf gazowy 3-kanałowy model - 990 mobile micro gc agilent technologies</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Mikrochromatograf jest umieszczony w walizce z kołami, co umożliwia łatwy jego transport. urządzenie jest wyposażone w 3 kolumny służące do rozdziału mieszanin gazowych oraz detektory przewodnictwa cieplnego tcd. posiada 2 cylindry na gazy nośne o objętości 150 ml każdy. mikrochromatograf jest sprzężony z komputerem i zainstalowanym systemem openlab cds workstation software.  </t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>Mobilny mikrochromatograf ma możliwość oznaczania następujących składników: hel, wodór, tlen, azot, tlenek węgla, dwutlenek węgla, lekkie węglowodory.</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr"/>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
+        <is>
+          <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
+        </is>
+      </c>
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I5" t="inlineStr">
+        <is>
+          <t>Katedra surowców energetycznych</t>
+        </is>
+      </c>
+      <c r="J5" t="inlineStr">
+        <is>
+          <t>Grupa badawcza "geochemia powierzchniowa", zespół geoenergia, laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
+        </is>
+      </c>
+      <c r="K5" t="inlineStr">
+        <is>
+          <t>Sechman Henryk</t>
+        </is>
+      </c>
+      <c r="L5" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
+        </is>
+      </c>
+      <c r="M5" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N5" t="inlineStr">
+        <is>
+          <t>Chromatografia gazowa</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
           <t>Optyczny spektrometr emisyjny ze wzbudzeniem w plazmie indukcyjnie sprzężonej (icp-oes)</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B6" t="inlineStr">
         <is>
           <t>Optima 7300dv</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C6" t="inlineStr">
         <is>
           <t>Optyczny spektrometr emisyjny ze wzbudzeniem w plazmie indukcyjnie sprzężonej model optima 7300dv (perkin elmer).
 możliwość obserwacji plazmy w dwóch kierunkach tzw. system dual view (axial i radial) oraz zastosowanie dwóch detektorów półprzewodnikowych (jeden dla uv, jeden dla vis) pozwala na równoczasowe wykonywanie analiz wielopierwiastkowych w szerokim zakresie stężeń przy jednoczesnej dużej odporności na trudne matryce próbek. możliwość elastycznego wyboru długości fal.
 szczegóły można znaleźć na stronie: https://resources.perkinelmer.com/corporate/content/relatedmaterials/brochures/bro_optima7x00seriesicp-oes.pdf</t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D6" t="inlineStr">
         <is>
           <t>Icp-oes to czuła, wielopierwiastkowa, dokładna i szybka technika, która znajduje szerokie zastosowanie w analizie środowiskowej. pozwala na pomiar stężenia niemal wszystkich pierwiastków znajdujących się w układzie okresowym w próbkach roztworów wodnych. analiza próbek stałych wymaga ich wcześniejszego przeprowadzenia do roztworu np. poprzez mineralizację mikrofalową.</t>
         </is>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E6" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego pierwiastka oraz matrycy próbki możliwy jest pomiar stężeń rzędu µg/l. rutynowo granice oznaczalności wahają się od kilku do kilkuset µg/l. szczegóły można znaleźć w zakresie akredytacji laboratorium (certyfikat akredytacji numer ab 1050).</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G3" t="inlineStr">
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
+      <c r="H6" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I6" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J3" t="inlineStr">
+      <c r="J6" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K3" t="inlineStr">
+      <c r="K6" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="L6" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="M6" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="N6" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza pierwiastkowa, icp-oes, makroskładniki, mikroskładniki, roztwory wodne, woda</t>
         </is>
       </c>
     </row>
-    <row r="4">
-      <c r="A4" t="inlineStr">
+    <row r="7">
+      <c r="A7" t="inlineStr">
         <is>
           <t>Spektrometr mas z jonizacją w plazmie indukcyjnie sprzężonej  (icp-ms)</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B7" t="inlineStr">
         <is>
           <t>Icap rq (c2)</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C7" t="inlineStr">
         <is>
           <t>Spektrometr mas z jonizacją w plazmie indukcyjnie sprzężonej model icap rq (c2) z komorą zderzeniową/reakcyjną (thermo scientific).
 szeroki zakres opcji interfejsów, daje doskonałe możliwości wyboru w zależności od potrzeb i analizowanych matryc. możliwość pracy z 3 różnymi insertami: „robust” do analizy próbek o złożonej matrycy, „high matrix” dla próbek rutynowych (np. wody), „high sensitivity” do pomiarów wymagających wysokiej czułości.
 system optyki jonowej z odchyleniem wiązki o 90° (rapid lens) pozwala na wstępne usunięcie interferencji. spektrometr icap rq icp-ms umożliwia pomiar wszystkich analitów i efektywne usuwanie interferencji w jednym trybie he-dyskryminacji energii kinetycznej (he ked). daje również możliwość stosowania gazów reakcyjnych dla wymagających zastosowań.
 szczegóły dostępne na stronie: https://tools.thermofisher.com/content/sfs/brochures/ps-43318-icp-ms-icap-rq-ps43318-en.pdf</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D7" t="inlineStr">
         <is>
           <t>Icp-ms to wysoce czuła, wielopierwiastkowa, dokładna i szybka technika, która znajduje szerokie zastosowanie w analizie środowiskowej. pozwala na pomiar stężenia niemal wszystkich pierwiastków znajdujących się w układzie okresowym w próbkach roztworów wodnych. analiza próbek stałych wymaga ich wcześniejszego przeprowadzenia do roztworu np. poprzez mineralizację mikrofalową.</t>
         </is>
       </c>
-      <c r="E4" t="inlineStr">
+      <c r="E7" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego pierwiastka oraz matrycy próbki możliwy jest pomiar stężeń rzędu ng/l. rutynowo granice oznaczalności wahają się od kilkuset ng/l do kilku µg/l. szczegóły można znaleźć w zakresie akredytacji laboratorium (nr ab 1050).</t>
         </is>
       </c>
-      <c r="F4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G4" t="inlineStr">
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
+      <c r="H7" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I4" t="inlineStr">
+      <c r="I7" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr">
+      <c r="J7" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K4" t="inlineStr">
+      <c r="K7" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L7" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M7" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N7" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza pierwiastkowa, analiza śladowa, icp-ms, mikroskładniki, roztwory wodne, woda</t>
         </is>
       </c>
     </row>
-    <row r="5">
-      <c r="A5" t="inlineStr">
+    <row r="8">
+      <c r="A8" t="inlineStr">
         <is>
           <t>System do analizy pierwiastków składający się ze spektrometru, mineralizatora do przygotowania prób do analizy kationów i modułu do chromatografii jonowej do analizy anionów</t>
         </is>
       </c>
-      <c r="B5" t="inlineStr">
+      <c r="B8" t="inlineStr">
         <is>
           <t>System do analizy pierwiastków składający się ze spektrometru, mineralizatora do przygotowania prób do analizy kationów i modułu do chromatografii jonowej do analizy anionów</t>
         </is>
       </c>
-      <c r="C5" t="inlineStr">
+      <c r="C8" t="inlineStr">
         <is>
           <t>System składa się z:
  1. optycznego spektrometru emisyjnego icp-oes
 model icap pro xp duo (thermo scientific) z pionowym palnikiem, polichromatorem echelle i detektorem cid.
 2. mineralizatora mikrofalowego ultrawave (milestone)
 technologia src (single reactor chamber) – pojedyncza komora ze stali kwasoodpornej, odporna na 300°c i 200 barów.
 3. chromatografu jonowego thermo scientific dionex aquion
 z wbudowaną pompą izokratyczną, systemem odgazowania próżniowego, termostatowaną celą detektora przewodnościowego do analizy anionów.</t>
         </is>
       </c>
-      <c r="D5" t="inlineStr">
+      <c r="D8" t="inlineStr">
         <is>
           <t>Icp-oes to czuła, wielopierwiastkowa, dokładna i szybka technika, która znajduje szerokie zastosowanie w analizie środowiskowej. analiza próbek stałych wymaga ich wcześniejszego przeprowadzenia do roztworu np. poprzez mineralizację mikrofalową.
 chromatografia jonowa to czuła i dokładna technika, która znajduje szerokie zastosowanie w analizie środowiskowej. pozwala na pomiar stężenia anionóww roztworach wodnych.</t>
         </is>
       </c>
-      <c r="E5" t="inlineStr">
+      <c r="E8" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego pierwiastka oraz matrycy próbki możliwy jest pomiar stężeń rzędu µg/l. rutynowo granice oznaczalności wahają się od kilku do kilkuset µg/l.
 możliwość mineralizacji próbek o różnych matrycach przy zastosowaniu odpowiednich reagentów i warunków przeprowadzania procesu. 
 zależnie od analizowanego jonu oraz matrycy próbki możliwy jest pomiar stężeń rzędu µg/l.</t>
         </is>
       </c>
-      <c r="F5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G5" t="inlineStr">
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr">
+      <c r="H8" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I5" t="inlineStr">
+      <c r="I8" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J5" t="inlineStr">
+      <c r="J8" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K5" t="inlineStr">
+      <c r="K8" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L5" t="inlineStr">
+      <c r="L8" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M5" t="inlineStr">
+      <c r="M8" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N5" t="inlineStr">
+      <c r="N8" t="inlineStr">
         <is>
           <t>Analiza anionów, analiza ilościowa, analiza pierwiastkowa, ic, icp-oes, mineralizacja mikrofalowa, woda</t>
         </is>
       </c>
     </row>
-    <row r="6">
-      <c r="A6" t="inlineStr">
+    <row r="9">
+      <c r="A9" t="inlineStr">
         <is>
           <t>Mobilne laboratorium badania jakości wód</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B9" t="inlineStr">
         <is>
           <t>Mobilne laboratorium badania jakości wód</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C9" t="inlineStr">
         <is>
           <t>Mobilne laboratorium badania jakości wód na bazie pojazdu m-b sprinter. pojazd typu furgon z napędem na obie osie (4x4), z reduktorem terenowym. trwała specjalistyczna zabudowa laboratoryjna z materiałów kwasoodpornych (szafy i szuflady, półki, lodówka laboratoryjna, wyciąg oparów, oświetlenie robocze) – do badań, pomiarów i transportu próbek w warunkach zgodnych z wymaganiami. wyposażenie laboratoryjne: monitoringowa pompa głębinowa wraz z wężami, agregatem, sterownikiem; przenośny akumulatorowy zestaw pompowy; terenowa pompa perystaltyczna wraz z aparatem filtracyjnym; próbniki do poboru próbek wód oraz inne, kompletowane w zależności od zmieniających się potrzeb. laboratorium mobilne jest wykorzystywane do poboru próbek wód podziemnych i powierzchniowych, do pomiaru parametrów fizykochemicznych wód (ph, eh, pew, temperatury, o2), do oznaczania zawartości składników nietrwałych w terenie oraz do transportu w odpowiednich warunkach próbek do laboratorium stacjonarnego. posiadany sprzęt umożliwia dokonywanie poboru próbek wód czystych i zanieczyszczonych.</t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D9" t="inlineStr">
         <is>
           <t>Pompowanie oczyszczające i pomiarowe wód podziemnych z otworów wiertniczych z głębokości nie przekraczającej 90 m; oznaczenie w terenie nietrwałych wskaźników jakości wód; pobór próbek wód podziemnych; pobór próbek wód powierzchniowych z cieków i zbiorników powierzchniowych (z lądu); transport próbek w warunkach chłodniczych.</t>
         </is>
       </c>
-      <c r="E6" t="inlineStr">
+      <c r="E9" t="inlineStr">
         <is>
           <t>Zależne od rodzaju, typu i modelu zastosowanego sprzętu pomiarowego. do pomiarów w terenie wykorzystywane są przenośne przyrządy służące m.in. do pomiarów przewodności, ph, eh, zawartości tlenu, temperatury, a także do oznaczeń fotometrycznych.</t>
         </is>
       </c>
-      <c r="F6" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G6" t="inlineStr">
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
         <is>
           <t>W ramach podpisanych umów i zleceń, po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
+      <c r="H9" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I6" t="inlineStr">
+      <c r="I9" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr">
+      <c r="J9" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K6" t="inlineStr">
+      <c r="K9" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L9" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M9" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N9" t="inlineStr">
         <is>
           <t>Badania terenowe, jakość wody, mobilne laboratorium, pobór próbek, wody podziemne, wody powierzchniowe</t>
         </is>
       </c>
     </row>
-    <row r="7">
-      <c r="A7" t="inlineStr">
+    <row r="10">
+      <c r="A10" t="inlineStr">
         <is>
           <t>Ea1108</t>
         </is>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B10" t="inlineStr">
         <is>
           <t>Analizator elementarny ea-1108 firmy carlo-erba</t>
         </is>
       </c>
-      <c r="C7" t="inlineStr">
+      <c r="C10" t="inlineStr">
         <is>
           <t>Analizator elementarny ea-1108 to urządzenie do organicznej analizy elementarnej (oea) wykorzystujące metodę dynamicznego spalania próbek (pochodzenia organicznego, jak i nieorganicznego) w reaktorze wypełnionym złożem katalitycznym utleniająco-redukcyjnym, z elektronicznie sterowaną temperaturą dochodzącą do 1800 °c (analizy chns) lub w reaktorze pirolitycznym (analizy o). zaletą analizatora ea-1108 jest niezawodność i prostota polegająca na separacji powstających podczas spalania gazów na kolumnie chromatograficznej, a następnie ich detekcja na wysokiej czułości detektorze termoprzewodnościowym.</t>
         </is>
       </c>
-      <c r="D7" t="inlineStr">
+      <c r="D10" t="inlineStr">
         <is>
           <t>Analizator ea-1108 spełnia potrzeby analityczne szerokiego spektrum odbiorców. istnieje możliwość dobrania najlepszej konfiguracji do precyzyjnych oznaczeń zawartości takich pierwiastków, jak: c, h, n, s, o w próbkach różnego pochodzenia: nieorganicznych i organicznych, farmaceutycznych, petrochemicznych, materiałach nanowęglowych, węglach, koksie, biomasie, w tym drewnie, środowiskowych (woda, osady, filtry), glebach, zbożach, żywności.</t>
         </is>
       </c>
-      <c r="E7" t="inlineStr">
+      <c r="E10" t="inlineStr">
         <is>
           <t>Szeroki zakres pomiarowy: możliwość analizy próbek od 0,1 mg do 1 g w jednym aparacie;  czułość od kilkunastu ppm (w zależności od pierwiastka i stanu skupienia próbki); możliwość analiz próbek cieczy i ciał stałych;  wszechstronność – analiza wszystkich pierwiastków chnso oraz całkowitego węgla organicznego (toc) w jednym aparacie (w zależności od wypełnienia reaktora); krótkie czasy analiz: od 5 do 15 min;</t>
         </is>
       </c>
-      <c r="F7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G7" t="inlineStr">
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I7" t="inlineStr">
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I10" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J7" t="inlineStr">
+      <c r="J10" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K7" t="inlineStr">
+      <c r="K10" t="inlineStr">
         <is>
           <t>Kowalski Tomasz</t>
         </is>
       </c>
-      <c r="L7" t="inlineStr">
+      <c r="L10" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-kowalski-1582.html</t>
         </is>
       </c>
-      <c r="M7" t="inlineStr">
+      <c r="M10" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N7" t="inlineStr">
+      <c r="N10" t="inlineStr">
         <is>
           <t>Analiza elementarna</t>
         </is>
       </c>
     </row>
-    <row r="8">
-      <c r="A8" t="inlineStr">
+    <row r="11">
+      <c r="A11" t="inlineStr">
         <is>
           <t>Gc-fid</t>
         </is>
       </c>
-      <c r="B8" t="inlineStr">
+      <c r="B11" t="inlineStr">
         <is>
           <t>Chromatograf gazowy hewlett packard 5890 seria ii z detektorem fid</t>
         </is>
       </c>
-      <c r="C8" t="inlineStr">
+      <c r="C11" t="inlineStr">
         <is>
           <t xml:space="preserve">Chromatografia gazowa z detektorem fid umożliwia określenie składu paliw i chemikaliów jak również badanie zanieczyszczeń powietrza, wody i gleb (btex).
  </t>
         </is>
       </c>
-      <c r="D8" t="inlineStr">
+      <c r="D11" t="inlineStr">
         <is>
           <t>Badania geochemiczne skał macierzystych, ropy naftowej oraz gazu ziemnego. okreslenie zanieczyszczeń gleby i wód substancjami pochodzenia naftowego.</t>
         </is>
       </c>
-      <c r="E8" t="inlineStr">
+      <c r="E11" t="inlineStr">
         <is>
           <t>Oznaczanie składu n-alkanów i izoprenoidów w ropie naftowei i produktach naftowych, oznaczanie zawartości frakcji btex w glebach i wodzie.</t>
         </is>
       </c>
-      <c r="F8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G8" t="inlineStr">
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I8" t="inlineStr">
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I11" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J8" t="inlineStr">
+      <c r="J11" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K8" t="inlineStr">
+      <c r="K11" t="inlineStr">
         <is>
           <t>Jurek Krzysztof</t>
         </is>
       </c>
-      <c r="L8" t="inlineStr">
+      <c r="L11" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
         </is>
       </c>
-      <c r="M8" t="inlineStr">
+      <c r="M11" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N8" t="inlineStr">
+      <c r="N11" t="inlineStr">
         <is>
           <t>Btex, gc-fid, ropa naftowa, skała macierzysta, zanieczyszczenia organiczne</t>
         </is>
       </c>
     </row>
-    <row r="9">
-      <c r="A9" t="inlineStr">
+    <row r="12">
+      <c r="A12" t="inlineStr">
         <is>
           <t>Pirolizer</t>
         </is>
       </c>
-      <c r="B9" t="inlineStr">
+      <c r="B12" t="inlineStr">
         <is>
           <t>Pirolizer pyroprobe 5000</t>
         </is>
       </c>
-      <c r="C9" t="inlineStr">
+      <c r="C12" t="inlineStr">
         <is>
           <t>Piroliza to proces ogrzewania dużych złożonych cząsteczek bez dostępu powietrza w celu ich rozbicia na mniejsze bardziej przydatne analitycznie fragmenty. piroliza połączona z gc/ms umożliwia analizę ilościową i jakościową złożonych próbek bez długich ekstrakcji lub derywatyzacji.
 ponadto urządzenie oferuje wieloetapowe programowanie temperatury, co przy pierwszym kroku temperatury analizy poniżej 350 °c umożliwia ekstrahować substancje lotne i półlotne do analizy przed pirolizą pozostałego polimeru. jest to nieocenione przy wykrywaniu rozpuszczalników jak również resztkowych monomerów i dodatków polimerowych.</t>
         </is>
       </c>
-      <c r="D9" t="inlineStr">
+      <c r="D12" t="inlineStr">
         <is>
           <t>Analiza dowolnej matrycy próbki, analiza voc w powietrzu poprzez desorbcję rurek sorbentowych. możliwość pracy w szerokim zakresie temperatur aż do 1400 °c z dokładnością do 1 °c, z impulsywnym lub programowalnym narostem temperatury.</t>
         </is>
       </c>
-      <c r="E9" t="inlineStr">
+      <c r="E12" t="inlineStr">
         <is>
           <t>Analiza lzo w powietrzu, glebach i skałach, analizy składu polimerów, anlizy składu kerogenu i asphaltenów.</t>
         </is>
       </c>
-      <c r="F9" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G9" t="inlineStr">
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H9" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I9" t="inlineStr">
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I12" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J9" t="inlineStr">
+      <c r="J12" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K9" t="inlineStr">
+      <c r="K12" t="inlineStr">
         <is>
           <t>Jurek Krzysztof</t>
         </is>
       </c>
-      <c r="L9" t="inlineStr">
+      <c r="L12" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
         </is>
       </c>
-      <c r="M9" t="inlineStr">
+      <c r="M12" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N9" t="inlineStr">
+      <c r="N12" t="inlineStr">
         <is>
           <t>Analiza asfaltenów, analiza kerogenu, analiza lzo, piroliza</t>
         </is>
       </c>
     </row>
-    <row r="10">
-      <c r="A10" t="inlineStr">
+    <row r="13">
+      <c r="A13" t="inlineStr">
         <is>
           <t>Gc/ms/ms</t>
         </is>
       </c>
-      <c r="B10" t="inlineStr">
+      <c r="B13" t="inlineStr">
         <is>
           <t>7000-gc/ms z potrójnym kwadrupolem</t>
         </is>
       </c>
-      <c r="C10" t="inlineStr">
+      <c r="C13" t="inlineStr">
         <is>
           <t>Agilent 7000 gc/ms z potrójnym kwadrupolem zapewnia najbardziej dokładne wyniki ilościowe oraz niezawodną identyfikację związków w nawet najbardziej złożonych matrycach. granica detekcji urządzenia (idl), wynoszący dla systemu gc/ms 7000 4 fg oktafluoronaftalenu (ofn), system posiada zintegrowane z oprogramowaniem masshunter narzędzia optymalizacji mrm oraz bazę danych pestycydów i zanieczyszczeń środowiskowych, która umożliwia oznaczanie nawet śladowych ilości dioksyn, polichlorowanych bifenyli (pcbs) ,pestycydów, wwa, lzo, itd.</t>
         </is>
       </c>
-      <c r="D10" t="inlineStr">
+      <c r="D13" t="inlineStr">
         <is>
           <t>System 7000 gc/ms umożliwia oznaczenia ilościowe w złożonych matrycach takich związków jak pestycydy, wwa, hydroxy-wwa, farmaceutyki, biomarkery, diamantoidy, kwasy tłuszczowe.</t>
         </is>
       </c>
-      <c r="E10" t="inlineStr">
+      <c r="E13" t="inlineStr">
         <is>
           <t>System umożliwia wiarygodna analizę związków w ilościach śladowych nawet w najbardziej złożonych matrycach przy idl wynoszącym mniej niż 4fg ofn.</t>
         </is>
       </c>
-      <c r="F10" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G10" t="inlineStr">
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H10" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I10" t="inlineStr">
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I13" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J10" t="inlineStr">
+      <c r="J13" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K10" t="inlineStr">
+      <c r="K13" t="inlineStr">
         <is>
           <t>Jurek Krzysztof</t>
         </is>
       </c>
-      <c r="L10" t="inlineStr">
+      <c r="L13" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
         </is>
       </c>
-      <c r="M10" t="inlineStr">
+      <c r="M13" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N10" t="inlineStr">
+      <c r="N13" t="inlineStr">
         <is>
           <t>Analiza biomarkerów, diamandoidy, gc-ms-ms, hydroksy-wwa, kwasy tłuszczowe, pestycydy, wwa</t>
         </is>
       </c>
     </row>
-    <row r="11">
-      <c r="A11" t="inlineStr">
+    <row r="14">
+      <c r="A14" t="inlineStr">
         <is>
           <t>Gc/ms</t>
         </is>
       </c>
-      <c r="B11" t="inlineStr">
+      <c r="B14" t="inlineStr">
         <is>
           <t>5975c gc/msd</t>
         </is>
       </c>
-      <c r="C11" t="inlineStr">
+      <c r="C14" t="inlineStr">
         <is>
           <t>Gc/msd to niezawodne narzędzie do badań zanieczyszczeń środowiska i żywności, analiz chemicznych i petrochemicznych, a także do analizy związków w badaniach toksykologicznych i farmaceutycznych.</t>
         </is>
       </c>
-      <c r="D11" t="inlineStr">
+      <c r="D14" t="inlineStr">
         <is>
           <t>Gc/ms agilent 5975c umożliwia wykonywanie dokładnych pomiarów analitycznych oraz pozwala laboratoriom skrócić czas wykonania niezbędnych czynności konserwacyjnych. system gc/ms jest nieoceniony do oznaczania wielu substancji w złożonej matrycy, na przykład oznaczanie pestycydów w żywności, wwa i lotnych związków organicznych w wodzie, ftalanów, a także rozpuszczalników resztkowych w produktach farmaceutycznych.</t>
         </is>
       </c>
-      <c r="E11" t="inlineStr">
+      <c r="E14" t="inlineStr">
         <is>
           <t>Oznaczanie jakościowe i ilościowe stosowane w analizach środowiskowych, badaniu żywności i wielu innych obszarach badawczych z granicą oznaczalności na poziomie nawet 1 fg idl.</t>
         </is>
       </c>
-      <c r="F11" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G11" t="inlineStr">
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H11" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I11" t="inlineStr">
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I14" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J11" t="inlineStr">
+      <c r="J14" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K11" t="inlineStr">
+      <c r="K14" t="inlineStr">
         <is>
           <t>Jurek Krzysztof</t>
         </is>
       </c>
-      <c r="L11" t="inlineStr">
+      <c r="L14" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
         </is>
       </c>
-      <c r="M11" t="inlineStr">
+      <c r="M14" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N11" t="inlineStr">
+      <c r="N14" t="inlineStr">
         <is>
           <t>Farmaceutyki, gc-ms, pestycydy, wwa, zanieczyszczenia organiczne</t>
         </is>
       </c>
     </row>
-    <row r="12">
-      <c r="A12" t="inlineStr">
+    <row r="15">
+      <c r="A15" t="inlineStr">
         <is>
           <t>Spektrometr ftir-atr</t>
         </is>
       </c>
-      <c r="B12" t="inlineStr">
+      <c r="B15" t="inlineStr">
         <is>
           <t>Spektrometr ftir nicolet™ is50 z modułem atr</t>
         </is>
       </c>
-      <c r="C12" t="inlineStr">
+      <c r="C15" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr ftir nicolet is50 z przystawką atr
 spektrometr ftir nicolet is50 firmy thermo scientific to zaawansowane urządzenie analityczne, szeroko stosowane w badaniach chemicznych, fizycznych i biologicznych. wyposażony w przystawkę atr, umożliwia analizę próbek stałych i ciekłych bez skomplikowanego przygotowania.
 konstrukcja i funkcjonalność
 spektrometr nicolet is50 ma modułową konstrukcję, dostosowaną do różnych potrzeb badawczych. w konfiguracji laboratoryjnej zawiera interferometr michelsona, umożliwiający pomiary w zakresie średniej i dalekiej podczerwieni (7800–350 cm-1). wyposażony jest w ceramiczne źródło globar z azotku krzemu (sin), niewymagające chłodzenia wodą.
 przystawka atr
 przystawka atr wykorzystuje zasadę całkowitego wewnętrznego odbicia, umożliwiając analizę próbek bezpośrednio na powierzchni diamentu. technika atr pozwala na badanie trudnych w przygotowaniu próbek o nieregularnych kształtach.
 cechy i zalety:
 	automatyzacja i intuicyjność nicolet is50 oferuje automatyczne funkcje diagnostyczne, walidacyjne i kalibracyjne. oprogramowanie omnic i baza &gt;10,000 widm chemicznych upraszczają obsługę.
 	wysoka czułość i precyzja detektor dlatgs z okienkiem kbr (12,000–350 cm-1) zapewnia dokładne wyniki nawet przy niskich stężeniach.
 	wszechstronność zastosowań idealny do analizy związków organicznych i nieorganicznych, monitorowania reakcji, analizy polimerów i białek oraz badań środowiskowych, farmaceutycznych i kryminalistyczny
  </t>
         </is>
       </c>
-      <c r="D12" t="inlineStr">
+      <c r="D15" t="inlineStr">
         <is>
           <t xml:space="preserve">Przykładowe aplikacje
 	identyfikacja związków chemicznych: atr pozwala na szybkie i dokładne badanie składu chemicznego próbek.
 	analiza warstw powierzchniowych: dzięki niewielkiej głębokości penetracji promieniowania podczerwonego możliwa jest analiza warstw powierzchniowych materiałów.
 	kontrola jakości: urządzenie umożliwia szybkie wykrywanie zanieczyszczeń lub
 </t>
         </is>
       </c>
-      <c r="E12" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G12" t="inlineStr">
+      <c r="E15" t="inlineStr"/>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
         <is>
           <t>Aparatura udostępniana jest na zasadach komercyjnych</t>
         </is>
       </c>
-      <c r="H12" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I12" t="inlineStr">
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I15" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J12" t="inlineStr">
+      <c r="J15" t="inlineStr">
         <is>
           <t>Laboratorium radioizotopowych analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K12" t="inlineStr">
+      <c r="K15" t="inlineStr">
         <is>
           <t>Pawlyta Jacek</t>
         </is>
       </c>
-      <c r="L12" t="inlineStr">
+      <c r="L15" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jacek-pawlyta-9868.html</t>
         </is>
       </c>
-      <c r="M12" t="inlineStr">
+      <c r="M15" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N12" t="inlineStr">
+      <c r="N15" t="inlineStr">
         <is>
           <t>Analiza chemiczna</t>
         </is>
       </c>
     </row>
-    <row r="13">
-      <c r="A13" t="inlineStr">
+    <row r="16">
+      <c r="A16" t="inlineStr">
         <is>
           <t>Zestaw do oznaczeń radiowęgla i lekkich izotopów stabilnych</t>
         </is>
       </c>
-      <c r="B13" t="inlineStr">
+      <c r="B16" t="inlineStr">
         <is>
           <t>System pims</t>
         </is>
       </c>
-      <c r="C13" t="inlineStr">
+      <c r="C16" t="inlineStr">
         <is>
           <t xml:space="preserve">System nec pims do oznaczania radiowęgla (c-14)
 system pims (positive ion mass spectrometry), zintegrowany z analizatorami elementarnymi  flash ea oraz spektrometrem stosunków izotopowych delta q, stanowi nowoczesne rozwiązanie do precyzyjnych i wydajnych oznaczeń radiowęgla (c-14). konstrukcja systemu eliminuje czaso- i pracochłonny proces grafityzacji, wymagany w metodzie akceleratorowej spektrometrii mas (ams), usprawniając pomiar.
 kluczowe komponenty:
 	2× flash ea (thermo scientific) automatyczne analizatory elementarne przekształcają próbki stałe lub ciekłe w gazowe formy  co₂ i n₂ poprzez ilościowe spalanie. wytworzony co₂ służy jako medium do oznaczeń radiowęgla oraz analizy stabilnych izotopów (np. δ¹³c).
 	delta q irms (thermo scientific) spektrometr delta q irms umożliwia precyzyjne pomiary. δ¹³c, δ¹⁸o i δ¹⁵n pomiary izotopów stabionych można wykonać w ramach datowania radiowęglowego lub niezależnie.
 	gsh (gas sample hub) system gsh przetwarza, oczyszcza i dostarcza co₂ z flash ea do modułów pims i irms. zapewnia to czysty, jednolity strumień próbki wolny od zanieczyszczeń, co jest kluczowe dla czułych pomiarów radiowęglowych.
 	pims z ecr (electron cyclotron resonance) serce systemu stanowi pims z wykorzystaniem źródła ecr, które bezpośrednio generuje dodatni wiązkę jonów węgla z gazu co₂. podejście to eliminuje konieczność grafityzacji, znacząco skracając czas przygotowania próbek, minimalizując ryzyko zanieczyszczeń. system pims cechuje się wyjątkową czułością, umożliwiając precyzyjne pomiary radiowęgla w naturalnych stężeniach.
  </t>
         </is>
       </c>
-      <c r="D13" t="inlineStr">
+      <c r="D16" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	oferowanie szybkich analiz c-14
 	oznaczanie zawartości biokomponentów
 	datowanie radiowęglowe
 	analizy izotopów stabilnych c, n, o, połączonych z datowaniem radiowęglowym oraz niezależnie
 	analiza i interpretacja wyników pomiarów
 	kalibracja dat radiowęglowych, modele radiowęglowe dla stanowisk i profili
 	współpraca  na zasadzie komercyjnej oraz naukowej
  </t>
         </is>
       </c>
-      <c r="E13" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G13" t="inlineStr">
+      <c r="E16" t="inlineStr"/>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
         <is>
           <t>Aparatura udostępniana na zasadach komercyjnych</t>
         </is>
       </c>
-      <c r="H13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I13" t="inlineStr">
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I16" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J13" t="inlineStr">
+      <c r="J16" t="inlineStr">
         <is>
           <t>Laboratorium radioizotopowych analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K13" t="inlineStr">
+      <c r="K16" t="inlineStr">
         <is>
           <t>Pawlyta Jacek</t>
         </is>
       </c>
-      <c r="L13" t="inlineStr">
+      <c r="L16" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jacek-pawlyta-9868.html</t>
         </is>
       </c>
-      <c r="M13" t="inlineStr">
+      <c r="M16" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N13" t="inlineStr">
+      <c r="N16" t="inlineStr">
         <is>
           <t>Biokomponenty, biopaliwa, c-14, izotopy trwałe, radiowęgiel, spektrometria mas</t>
         </is>
       </c>
     </row>
-    <row r="14">
-      <c r="A14" t="inlineStr">
+    <row r="17">
+      <c r="A17" t="inlineStr">
         <is>
           <t>Aparat do badania rozpadu tabletek/granulek</t>
         </is>
       </c>
-      <c r="B14" t="inlineStr">
+      <c r="B17" t="inlineStr">
         <is>
           <t>Aparat do badania rozpadu zt light</t>
         </is>
       </c>
-      <c r="C14" t="inlineStr">
+      <c r="C17" t="inlineStr">
         <is>
           <t>Tester do badania rozpadu erweka służy do pomiaru czasu rozpadu stałych form materiałów takich jak tabletki, drażetki, pelety, granulki i naturalne formy skalne, zgodnie z obowiązującymi procedurami w normach. podczas testu rozpadu testowane próbki umieszcza się w płynnym medium i utrzymuje w ruchu. rozpad próbki jest badany w określonych warunkach temperatury przez określony czas.</t>
         </is>
       </c>
-      <c r="D14" t="inlineStr">
+      <c r="D17" t="inlineStr">
         <is>
           <t xml:space="preserve">Badanie rozpadu próbek w płynnym medium w określonym czasie. możliwość analizy takich form jak tabletka, granulka, pelet, naturalnie występująca skał. </t>
         </is>
       </c>
-      <c r="E14" t="inlineStr">
+      <c r="E17" t="inlineStr">
         <is>
           <t>Zakres temperatur: 30 - 50 0c
 wysokość suwu: 55 mm
 szybkość: 30 suwów/min
 maksymalna średnica próbki: 20 mm
 czas testu: 0 - 10 h</t>
         </is>
       </c>
-      <c r="F14" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G14" t="inlineStr">
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr">
         <is>
           <t>Zasady udostępniania rozpatrywane są na etapie konsultacji umów/projektów.</t>
         </is>
       </c>
-      <c r="H14" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I14" t="inlineStr">
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I17" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J14" t="inlineStr">
+      <c r="J17" t="inlineStr">
         <is>
           <t>Laboratorium sorbentów mineralnych i organicznych</t>
         </is>
       </c>
-      <c r="K14" t="inlineStr">
+      <c r="K17" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L14" t="inlineStr">
+      <c r="L17" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M14" t="inlineStr">
+      <c r="M17" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N14" t="inlineStr">
+      <c r="N17" t="inlineStr">
         <is>
           <t>Czas rozpadu, granulka, materiał mineralny, materiał organiczny, pelet, rozpad, tabletka</t>
         </is>
       </c>
     </row>
-    <row r="15">
-      <c r="A15" t="inlineStr">
+    <row r="18">
+      <c r="A18" t="inlineStr">
         <is>
           <t>Mieszalnik laboratoryjny</t>
         </is>
       </c>
-      <c r="B15" t="inlineStr">
+      <c r="B18" t="inlineStr">
         <is>
           <t>Uniwersalny mikser o pojemności 1 litra el1</t>
         </is>
       </c>
-      <c r="C15" t="inlineStr">
+      <c r="C18" t="inlineStr">
         <is>
           <t>Wielofunkcyjny mieszalnik granulująco-powlekający, który można stosować do mieszania, granulowania i powlekania materiałów mineralnych, organicznych i syntetycznych.</t>
         </is>
       </c>
-      <c r="D15" t="inlineStr">
+      <c r="D18" t="inlineStr">
         <is>
           <t>Urządzenie umożliwia przeprowadzenie procesu mieszania i uśredniania próbki oraz przeprowadzenie proscesu granulacji i  powlekania w kontrolowanych warunkach temperatury. możliwość prowadzenia procesów przy przeciwbierznych obrotach wirnika i misy.</t>
         </is>
       </c>
-      <c r="E15" t="inlineStr">
+      <c r="E18" t="inlineStr">
         <is>
           <t>Pojemność misy: 1 litr
 maksymalna waga próbki : 1,6 kg
 prędkość obrotowa wirnika: 300-7200 obr/min
 prędkość obrotowa misy: 85-170 obr/min</t>
         </is>
       </c>
-      <c r="F15" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G15" t="inlineStr">
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
         <is>
           <t>Możliwość prowadzenia prac na urządzeniu wyłącznie pod nadzorem pracownika laboratorium.</t>
         </is>
       </c>
-      <c r="H15" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I15" t="inlineStr">
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I18" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J15" t="inlineStr">
+      <c r="J18" t="inlineStr">
         <is>
           <t>Laboratorium sorbentów mineralnych i organicznych</t>
         </is>
       </c>
-      <c r="K15" t="inlineStr">
+      <c r="K18" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L15" t="inlineStr">
+      <c r="L18" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M15" t="inlineStr">
+      <c r="M18" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N15" t="inlineStr">
+      <c r="N18" t="inlineStr">
         <is>
           <t>Granulacja, granulki, mieszanie, powlekanie, proszek, sorbenty, uśrednianie, uśrednianie próbki</t>
         </is>
       </c>
     </row>
-    <row r="16">
-      <c r="A16" t="inlineStr">
+    <row r="19">
+      <c r="A19" t="inlineStr">
         <is>
           <t>Aparat do badania odporności na ścieranie oraz kruchości</t>
         </is>
       </c>
-      <c r="B16" t="inlineStr">
+      <c r="B19" t="inlineStr">
         <is>
           <t>Tester kruchości/ścieralności tar 120/220</t>
         </is>
       </c>
-      <c r="C16" t="inlineStr">
+      <c r="C19" t="inlineStr">
         <is>
           <t>Seria tar to urządzenie erweka zgodne z normami usp/ep/jp, służące do badania kruchości i/lub ścieralności.  próbom ścieralności i kruchości mogą być poddawane granulki, tabletki, pelety jak i również naturalnie występujące minerały</t>
         </is>
       </c>
-      <c r="D16" t="inlineStr">
+      <c r="D19" t="inlineStr">
         <is>
           <t>Próbom ścieralności i kruchości mogą być poddawane granulki, tabletki, pelety jak i również naturalnie występujące minerały których średnica nie przekracza 30mm.</t>
         </is>
       </c>
-      <c r="E16" t="inlineStr">
+      <c r="E19" t="inlineStr">
         <is>
           <t>Prędkość obrotowa: 20-100 obr./min
 czas testu: płynna regulacja do 9 godzin, 59 minut, 59 sekund +/- 0,1
 maksymalna  średnica próbki: 30mm</t>
         </is>
       </c>
-      <c r="F16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G16" t="inlineStr">
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
         <is>
           <t>Możliwość udostępnienia aparatury w laboratorium sorbentów mineralnych i organicznych pod nadzorem pracownika laboratorium.</t>
         </is>
       </c>
-      <c r="H16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I16" t="inlineStr">
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I19" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J16" t="inlineStr">
+      <c r="J19" t="inlineStr">
         <is>
           <t>Laboratorium sorbentów mineralnych i organicznych</t>
         </is>
       </c>
-      <c r="K16" t="inlineStr">
+      <c r="K19" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L16" t="inlineStr">
+      <c r="L19" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M16" t="inlineStr">
+      <c r="M19" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N16" t="inlineStr">
+      <c r="N19" t="inlineStr">
         <is>
           <t>Granulki, kruchość, materiały mineralne, materiały organiczne, pelety, rozpad, ścieralność, tabletki, testy, zakres obrotów</t>
         </is>
       </c>
     </row>
-    <row r="17">
-      <c r="A17" t="inlineStr">
+    <row r="20">
+      <c r="A20" t="inlineStr">
         <is>
           <t>Jednostka napędowa wraz z peletyzatorem (granulatorem talerzowym)</t>
         </is>
       </c>
-      <c r="B17" t="inlineStr">
+      <c r="B20" t="inlineStr">
         <is>
           <t>Jednostka napędowa ar 403 wraz z peletyzatorem gte (granulatorem talerzowym)</t>
         </is>
       </c>
-      <c r="C17" t="inlineStr">
+      <c r="C20" t="inlineStr">
         <is>
           <t>Granulator gte jest przymocowany do ar 403. materiał może być podawany ręcznie lub w sposób ciągły. ruch obrotowy misy przenosi produkt na górę misy, a następnie spływa w dół misy równomiernym strumieniem do podstawy. poprzez dodanie odpowiedniej ilości cieczy proces ten można przekształcić w formowanie peletek. kąt misy i ilość dodanej cieczy określają rozmiar peletek. gdy misa jest pełna, peletki będą stale toczyć się po krawędzi misy do pojemnika.</t>
         </is>
       </c>
-      <c r="D17" t="inlineStr">
+      <c r="D20" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie umożliwia produkcję granulatów o różnych średnicach i wielkości dzięki regulowanemu kątowi nachylenia oraz regulowanej prędkości obrotowej misy. </t>
         </is>
       </c>
-      <c r="E17" t="inlineStr">
+      <c r="E20" t="inlineStr">
         <is>
           <t>Średnica misy: 300 mm prędkość obrotowa: 20-400 obr/min maksymalny kąt pochylenia misy: 40 st.</t>
         </is>
       </c>
-      <c r="F17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G17" t="inlineStr">
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr">
         <is>
           <t>Zgodnie z indywidualnie uzgodnionymi umowami.</t>
         </is>
       </c>
-      <c r="H17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I17" t="inlineStr">
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I20" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J17" t="inlineStr">
+      <c r="J20" t="inlineStr">
         <is>
           <t>Laboratorium sorbentów mineralnych i organicznych</t>
         </is>
       </c>
-      <c r="K17" t="inlineStr">
+      <c r="K20" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L17" t="inlineStr">
+      <c r="L20" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M17" t="inlineStr">
+      <c r="M20" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N17" t="inlineStr">
+      <c r="N20" t="inlineStr">
         <is>
           <t>Granulacja, granulator, granulator talerzowy, granulki, materiały mineralne, materiały organiczne</t>
         </is>
       </c>
     </row>
-    <row r="18">
-      <c r="A18" t="inlineStr">
+    <row r="21">
+      <c r="A21" t="inlineStr">
         <is>
           <t>La-icp-ms spektrometria mas sprzężona z plazmą wzbudzaną indukcyjnie z wprowadzaniem próbki za pomocą ablacji laserowej oraz zintegrowanym systemem libs</t>
         </is>
       </c>
-      <c r="B18" t="inlineStr">
+      <c r="B21" t="inlineStr">
         <is>
           <t>Icap tqe icp-ms triple quadrupole z systemem ablacji laserowej esl213 i systemem libs eslumen</t>
         </is>
       </c>
-      <c r="C18" t="inlineStr">
+      <c r="C21" t="inlineStr">
         <is>
           <t xml:space="preserve">La-icp-ms łączy ablację laserową (la) wykorzystywaną do próbkowania z spektrometria mas sprzężona z plazmą wzbudzaną indukcyjnie (icp-ms) używaną do detekcji i analizy ilościowej pierwiastków.
 na system la-icp-ms/libs składają się:
 	spektrometr mas z jonizacją w plazmie indukcyjnie sprzężonej model icap tqe (thermo scientific) to tandemowy spektrometr mas wyposażony w komorę reakcyjno-kolizyjną. pozwala to to na usuwanie interferencji poprzez dyskryminację kinetyczną jonów (ked) bądź wykorzystanie gazów reakcyjnych  takich jak o2.
 	laser nd:yag (elemental scientific) o długości fali 213 nm, częstotliwości pracy 1-20 hz i rozmiarze wiązki w zakresie 10-100 mikronów.
 	detektora libs (eslumen) do pomiarów opartych na laserowo indukowanej spektroskopii emisyjnej
 aparat jest częścią "zintegrowanej platformy badań chemizmu i mikrotekstury materiałów porowatych oraz reaktywności ich powierzchni" </t>
         </is>
       </c>
-      <c r="D18" t="inlineStr">
+      <c r="D21" t="inlineStr">
         <is>
           <t>Metoda la-icp-ms pozwala na analizy in-situ w ciałach stałych, która ma zastosowanie w analizach próbek geologicznych, biologicznych, metalurgicznych i archeologicznych. pozwala na pomiar zawartości pierwiastków, osiągając niskie limity detekcji od 0.1-10 ppm. możliwe jest wykonywanie map rozkładu pierwiastków i pomiary stosunków izotopowych. libs pozwala na analizy rozkładu pierwiastków śladowych, w tym pierwiastków lekkich jak li czy b.</t>
         </is>
       </c>
-      <c r="E18" t="inlineStr">
+      <c r="E21" t="inlineStr">
         <is>
           <t>Analizom poddawane są próbki o kształcie walca o średnicy ok. 25 mm lub w postaci szlifu mikroskopowego o wymiarach ok. 46 x 27 mm oraz grubości co najmniej 75-100 mikrometrów. metoda la-icp-ms umożliwia oznaczenie ilościowe większości pierwiastków od litu do uranu (z wyłączeniem gazów szlachetnych) z bardzo niskimi limitami detekcji (rutynowo 0.1-10 ppm). 20-30 pierwiastków może być analizowanych podczas jednego pomiaru.</t>
         </is>
       </c>
-      <c r="F18" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G18" t="inlineStr">
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G21" t="inlineStr">
         <is>
           <t>Badania wykonywane są przez upoważniony personel laboratorium na podstawie umów i zleceń za zgodą kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H18" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I18" t="inlineStr">
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I21" t="inlineStr">
         <is>
           <t>Katedra geologii złożowej i górniczej</t>
         </is>
       </c>
-      <c r="J18" t="inlineStr">
+      <c r="J21" t="inlineStr">
         <is>
           <t>Laboratorium pierwiastków krytycznych agh-kghm</t>
         </is>
       </c>
-      <c r="K18" t="inlineStr">
+      <c r="K21" t="inlineStr">
         <is>
           <t>Kozub-Budzyń Gabriela</t>
         </is>
       </c>
-      <c r="L18" t="inlineStr">
+      <c r="L21" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/gabriela-kozub-budzyn-7671.html</t>
         </is>
       </c>
-      <c r="M18" t="inlineStr">
+      <c r="M21" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N18" t="inlineStr">
+      <c r="N21" t="inlineStr">
         <is>
           <t>Ablacja laserowa/elektronowa, analizy chemiczne, pierwiastki śladowe</t>
         </is>
       </c>
     </row>
-    <row r="19">
-      <c r="A19" t="inlineStr">
+    <row r="22">
+      <c r="A22" t="inlineStr">
         <is>
           <t>Uhplc-ms/ms</t>
         </is>
       </c>
-      <c r="B19" t="inlineStr">
+      <c r="B22" t="inlineStr">
         <is>
           <t>System ultrasprawnej chromatografii cieczowej z tandemowym spektrometrem mas typu potrójny kwadrupol model tsq altis</t>
         </is>
       </c>
-      <c r="C19" t="inlineStr">
+      <c r="C22" t="inlineStr">
         <is>
           <t>System uhplc-ms/ms to połączenie ultra-wysokosprawnej chromatografii cieczowej z tandemowym spektrometrem mas, wykorzystujące zdolność rozdzielczą metody analitycznej oraz zdolność spektrometrii mas do identyfikacji rozdzielanych składników. zastosowanie takiego połączenia stanowi idealne narzędzie umożliwiające analizę ilościową polarnych związków organicznych w skomplikowanych matrycach z doskonałą czułością i precyzją oraz umożliwia przeprowadzanie badań typu screening.
 w tandemowym spektrometrze mas występują dwa analizatory mas oraz komora zderzeń, umożliwiając wykonywanie pomiarów ms jak i ms/ms. powstające w źródle, w wyniku jonizacji techniką esi jony pierwotne są rozdzielane w pierwszym spektrometrze. następnie jony o wybranym stosunku m/z trafiają do komory kolizyjnej, gdzie w zależności od warunków ulegają rozpadowi lub pozostają niezmienione. w wyniku rozpadu jonów (fragmentacji), powstają jony potomne. w drugim spektrometrze (ms2), jony są ponownie rozdzielane ze względu na stosunek masy do ładunku. te z nich, które przejdą przez drugi spektrometr, trafiają do detektora. sprawia to, że czułość układu tandemowego ms/ms jest znacznie większa niż samego układu ms. do oznaczania różnorodnych substancji w próbach środowiskowych, jak i w żywności, zalecane jest stosowanie metody lc-ms lub lc-ms/ms pracującego w trybie sim lub mrm gdyż charakteryzują się wysoką czułością i selektywnością.
 aparaturę typu uhplc-ms/ms wykorzystuje się standardowo do oznaczania metabolitów farmaceutyków, narkotyków, substancji dopingowych, zanieczyszczeń organicznych zarówno w płynach ustrojowych jak i próbkach środowiskowych.
 aparat jest częścią "zintegrowanej platformy badań chemizmu i mikrotekstury materiałów porowatych oraz reaktywności ich powierzchni"</t>
         </is>
       </c>
-      <c r="D19" t="inlineStr">
+      <c r="D22" t="inlineStr">
         <is>
           <t>Aparaturę typu uhplc-ms/ms wykorzystuje się standardowo do oznaczania metabolitów farmaceutyków, narkotyków, substancji dopingowych, zanieczyszczeń organicznych zarówno w płynach ustrojowych jak i próbkach środowiskowych.</t>
         </is>
       </c>
-      <c r="E19" t="inlineStr">
+      <c r="E22" t="inlineStr">
         <is>
           <t>Spektrometr mas wyposażony w źródło jonów typu electrospray esi.
 tryb skanowania: pełne skanowanie (full-scan), monitorowanie wybranego jonu (sim) i monitorowanie wybranej reakcji (srm)
 chromatograf cieczowy z detektorem uv/vis i detektorem dad
 oprogramowanie sterujące pracą spektrometru mas, umożliwiające akwizycję, obróbkę i analizę danych.</t>
         </is>
       </c>
-      <c r="F19" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G19" t="inlineStr">
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G22" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H19" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I19" t="inlineStr">
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I22" t="inlineStr">
         <is>
           <t>Katedra ochrony środowiska</t>
         </is>
       </c>
-      <c r="J19" t="inlineStr">
+      <c r="J22" t="inlineStr">
         <is>
           <t>Zespół analiz ryzyka zdrowotnego i środowiskowego</t>
         </is>
       </c>
-      <c r="K19" t="inlineStr">
+      <c r="K22" t="inlineStr">
         <is>
           <t>Koziarska Marta</t>
         </is>
       </c>
-      <c r="L19" t="inlineStr">
+      <c r="L22" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marta-agnieszka-koziarska-10423.html</t>
         </is>
       </c>
-      <c r="M19" t="inlineStr">
+      <c r="M22" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N19" t="inlineStr">
+      <c r="N22" t="inlineStr">
         <is>
           <t>Analiza ilościowa</t>
         </is>
       </c>
     </row>
-    <row r="20">
-      <c r="A20" t="inlineStr">
+    <row r="23">
+      <c r="A23" t="inlineStr">
         <is>
           <t>Aparat do pomiaru wielkości sorpcji nova 800 anton paar</t>
         </is>
       </c>
-      <c r="B20" t="inlineStr">
+      <c r="B23" t="inlineStr">
         <is>
           <t>Aparat do pomiaru wielkości sorpcji nova 800 anton paar</t>
         </is>
       </c>
-      <c r="C20" t="inlineStr">
+      <c r="C23" t="inlineStr">
         <is>
           <t>Nova 800 anton paar jest analizatorem do pomiaru sorpcji gazów i wyznaczania powierzchni bet, wielkości, objętości i rozkładu mikro- i mezo-porów w proszkach i materiałach porowatych.  
 charakterystyka aparatu:
 	sorpcja gazów: n2, he, co2 oraz par różnych cieczy
 	cztery niezależne stacje odgazowania
 	cztery stacje analityczne
 	wyznaczanie rozmiarów, objętości i powierzchni mezoporów (2 – 50 nm), mikroporów (0.35 – 1.1 nm)
 	zakres ciśnień pracy aparatu 1.5 x 10-7 do 1.0 p/p0
 	odgazowanie próbki w zakresie temperatur: 20-425 ºc
 	analiza materiałów proszkowych i próbek litych o wymiarach nie większych niż 7 x 7 x 10 mm
 aparat jest częścią "zintegrowanej platformy badań chemizmu i mikrotekstury materiałów porowatych oraz reaktywności ich powierzchni"</t>
         </is>
       </c>
-      <c r="D20" t="inlineStr">
+      <c r="D23" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar sorpcji dla próbek mineralnych, syntetycznych, przemysłowych, itp.
 	analiza bet i objętości porów próbek litych i proszkowych
 </t>
         </is>
       </c>
-      <c r="E20" t="inlineStr">
+      <c r="E23" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jedno- i wielopunktowa powierzchnia bet
 	powierzchnia langmuira oraz analiza izoterm temkina i freundlicha
 	rozkłady objętości porów i powierzchni porów w zakresie mezo- i makroporów metodą bjh, dft, nldft
 	rozkład mikroporów metodą d-a, d-r oraz całkowita objętość mikroporów metodą t-plot
 </t>
         </is>
       </c>
-      <c r="F20" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G20" t="inlineStr">
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr">
         <is>
           <t>•	zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 •	współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 •	współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H20" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I20" t="inlineStr">
+      <c r="H23" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I23" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J20" t="inlineStr">
+      <c r="J23" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K20" t="inlineStr">
+      <c r="K23" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L20" t="inlineStr">
+      <c r="L23" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M20" t="inlineStr">
+      <c r="M23" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N20" t="inlineStr">
+      <c r="N23" t="inlineStr">
         <is>
           <t>Adsorpcja, bet, izoterma adsorpcji, porowatość całkowita, powierzchnia właściwa</t>
         </is>
       </c>
     </row>
-    <row r="21">
-      <c r="A21" t="inlineStr">
+    <row r="24">
+      <c r="A24" t="inlineStr">
         <is>
           <t>Spektrofotometr absorpcji atomowej aas ice 3500</t>
         </is>
       </c>
-      <c r="B21" t="inlineStr">
+      <c r="B24" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji atomowej aas ice 3500 thermo scientific</t>
         </is>
       </c>
-      <c r="C21" t="inlineStr">
+      <c r="C24" t="inlineStr">
         <is>
           <t>Thermo scientific ice 3500 aas zapewnia niezrównaną wydajność, elastyczność i prostotę. wysoce precyzyjna optyka z podwójną wiązką w połączeniu z monochromatorem echelle zapewnia niskie granice wykrywalności i długoterminową stabilność analityczną. unikalna korekcja tła deuteru quadline z gwarantowaną wydajnością jest dostarczana w standardzie. konstrukcja rozpylacza płomienia zawiera 50-milimetrowy tytanowy palnik z ulepszoną zdolnością do cząstek stałych w celu zwiększenia wydajności i dokładności analizy płomienia. przystawka do generacji wodorków vp 100 pozwala na wykonywanie analizy pierwiastków tworzących wodorki: as, se,sb,te,bi,sn oraz hg z lepszą czułością i precyzją w porównaniu z techniką płomieniową. przystawka jest sterowana w pełni automatycznie z oprogramowania spektrometru. w jej skład wchodzą pojemniki na reagenty, 4 kanałowa pompa perystaltyczna, zawory mieszające, separator gaz-ciecz oraz masowy kontroler przepływu, do precyzyjnej kontroli przepływu gazu nośnego. kuweta pomiarowa umieszczona w wiązce spektrometru jest podgrzewana standardowo płomieniem acetylenowo powietrznym lub opcjonalnie piecem elektrycznym ec100</t>
         </is>
       </c>
-      <c r="D21" t="inlineStr">
+      <c r="D24" t="inlineStr">
         <is>
           <t>Laboratorium korzysta wyłącznie z atestowanych odczynników i mianowanych roztworów w terminie ważności. laboratorium  wyposażone jest w system generacji par wodorków umożliwiający bezpośrednie oznaczanie mikroilości as, se,sb,te,bi,sn oraz hg odpowiednio od 0,5 i 0,1 mikrogramów/dm3 oraz w trybie normalnym ok. 30 innych pierwiastków</t>
         </is>
       </c>
-      <c r="E21" t="inlineStr">
+      <c r="E24" t="inlineStr">
         <is>
           <t>Analiza ilościowa wód, ścieków, gleb, gruntów, minerałów i skał, roślin oraz różnych badań normatywnych. dotyczy to kompleksowych badań odpadów, badań agresywności wód i gruntów oraz identyfikacji wszelkich nieorganicznych związków niebezpiecznych dla środowiska przyrodniczego. wykonywane są ilościowe analizy pełne, wskaźnikowe i pierwiastków śladowych.</t>
         </is>
       </c>
-      <c r="F21" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G21" t="inlineStr">
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr">
         <is>
           <t>Badania mogą być wykonane odpłatnie, albo na zasadzie współpracy naukowej.</t>
         </is>
       </c>
-      <c r="H21" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I21" t="inlineStr">
+      <c r="H24" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I24" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J21" t="inlineStr">
+      <c r="J24" t="inlineStr">
         <is>
           <t>Laboratorium biogeochemiczne</t>
         </is>
       </c>
-      <c r="K21" t="inlineStr">
+      <c r="K24" t="inlineStr">
         <is>
           <t>Klimek Agnieszka</t>
         </is>
       </c>
-      <c r="L21" t="inlineStr">
+      <c r="L24" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-klimek-7472.html</t>
         </is>
       </c>
-      <c r="M21" t="inlineStr">
+      <c r="M24" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N21" t="inlineStr">
+      <c r="N24" t="inlineStr">
         <is>
           <t>Analiza ilościowa</t>
         </is>
       </c>
     </row>
-    <row r="22">
-      <c r="A22" t="inlineStr">
+    <row r="25">
+      <c r="A25" t="inlineStr">
         <is>
           <t>Mikroskop axio imager m2</t>
         </is>
       </c>
-      <c r="B22" t="inlineStr">
+      <c r="B25" t="inlineStr">
         <is>
           <t>Mikroskop axio imager kmat</t>
         </is>
       </c>
-      <c r="C22" t="inlineStr">
+      <c r="C25" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikroskop polaryzacyjny do obserwacji w świetle przechodzącym i odbitym z kamerą cyfrową i oprogramowaniem do analizy obrazu, z systemem do pomiaru refleksyjności witrynitu jest częścią stanowiska do badań materii organicznej: aparat pirolityczny rock-eval 7s® uzupełniony o moduł w postaci mikroskopu polaryzacyjnego do badań w świetle odbitym, wyposażony w fotometr do pomiarów refleksyjności.
 mikroskop polaryzacyjny do obserwacji w świetle przechodzącym i odbitym umożliwia analizę materii organicznej rozproszonej w skałach osadowych oraz macerałów w węglach. analizie zostaje poddany wypolerowany suknem polerskim fragment skalny, przy użyciu obiektywów immersyjnych o powiększeniu 50 i 100 krotnym. mikroskop sprzężony jest z zestawem fotometrycznym tidas s msp 200 umożliwiającym pomiary refleksyjności materii organicznej i macerałów, z kamerą cyfrową axiocam 305 oraz oprogramowaniem do obróbki zdjęć zen toolkit wraz z modułem uczenia maszynowego wykorzystujący m.in. następujące algorytmy: deep learning, machine learning, object classification. dzięki wyposażeniu w oświetlacz samocentrujący hbo 100 wraz z lampą rtęciową hbo 103 z zasilaczem i zestawem filtrów możliwa jest obserwacja preparatów w świetle niebieskim.   </t>
         </is>
       </c>
-      <c r="D22" t="inlineStr">
+      <c r="D25" t="inlineStr">
         <is>
           <t>Analiza mikroskopowa materii organicznej używana jest do oceny potencjału macierzystości skał. dzięki pomiarom refleksyjności materii organicznej możliwym jest określenie stopnia dojrzałości materii organicznej oraz oszacowania maksymalnych paleotemperatur.</t>
         </is>
       </c>
-      <c r="E22" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G22" t="inlineStr">
+      <c r="E25" t="inlineStr"/>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr">
         <is>
           <t>Zgodnie z regulaminem laboratorium.</t>
         </is>
       </c>
-      <c r="H22" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I22" t="inlineStr">
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I25" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J22" t="inlineStr">
+      <c r="J25" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K22" t="inlineStr">
+      <c r="K25" t="inlineStr">
         <is>
           <t>Waliczek Marta</t>
         </is>
       </c>
-      <c r="L22" t="inlineStr">
+      <c r="L25" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marta-waliczek-9248.html</t>
         </is>
       </c>
-      <c r="M22" t="inlineStr">
+      <c r="M25" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N22" t="inlineStr">
+      <c r="N25" t="inlineStr">
         <is>
           <t>Dojrzałość termiczna, materia organiczna, pochodzenie organiki, refleksyjność witrynitu, skład macerałowy</t>
         </is>
       </c>
     </row>
-    <row r="23">
-      <c r="A23" t="inlineStr">
+    <row r="26">
+      <c r="A26" t="inlineStr">
         <is>
           <t>Rock-eval 7s</t>
         </is>
       </c>
-      <c r="B23" t="inlineStr">
+      <c r="B26" t="inlineStr">
         <is>
           <t>Analizator rock-eval 7s</t>
         </is>
       </c>
-      <c r="C23" t="inlineStr">
+      <c r="C26" t="inlineStr">
         <is>
           <t>Aparat pirolityczny rock-eval 7s jest częścią stanowiska do badań materii organicznej: aparat pirolityczny rock-eval 7s uzupełniony o moduł w postaci mikroskopu polaryzacyjnego do badań w świetle odbitym, wyposażony w fotometr do pomiarów refleksyjności.
 aparat jest wyposażony w dwa piece: pirolityczny i oksydacyjny. do analizy wykorzystuje się zmieloną próbkę skały (uziarnienie poniżej 0.2 mm) w ilości 50-70 mg, która jest umieszczana w specjalnym tygielku wykonanym ze spieku al2o3. analiza w piecu pirolitycznym (w atmosferze azotu) może być prowadzona w zakresie temperatur 40-850oc z szeroką możliwością programowania cyklu temperaturowego w zakresie: początkowej temperatury i czasu jej utrzymywania, tempa narostu temperatury (od 0.1 do 50oc/min) oraz finalnej temperatury i czasu jej utrzymywania. istnieje możliwość zaprogramowania do pięciu niezależnych narostów temperatury i czasów izotermiczego wygrzewania podczas jednego cyklu badawczego. wydzielające się węglowodory (hc) są oznaczane na detektorze płomieniowo-jonizacyjnym (fid), co2 i co są oznaczane na detektorze podczerwieni (ir), a związki siarki, po dopaleniu w piecu utleniającym (temperatura 850 oc) są oznaczane w postaci so2 na detektorze uv.
 analiza w piecu oksydacyjnym (do temperatury 850℃ w atmosferze powietrza, powyżej – w atmosferze azotu) może być prowadzona w zakresie temperatur 200-1200oc z szeroką możliwością programowania cyklu temperaturowego w zakresie: początkowej temperatury i czasu jej utrzymywania, tempa narostu temperatury (od 0.1 do 50oc/min) oraz finalnej temperatury i czasu jej utrzymywania. produkty spalania i rozkładu – co i co2 przekazywane są na detektor ir, a so2 – na detektor uv w celu oznaczenia ilościowego. inne produkty utleniania nie są oznaczane.</t>
         </is>
       </c>
-      <c r="D23" t="inlineStr">
+      <c r="D26" t="inlineStr">
         <is>
           <t>Aparat rock-eval 7s umożliwia oznaczanie w próbkach stałych m.in. całkowitej zawartości węgla organicznego (toc) i mineralnego (minc), zawartości s org. (tos), pirytowej (fe s) i całkowitej (ts), określenie typu i dojrzałości materii org. oraz ilości i składu frakcyjnego zanieczyszczeń węglowodorowych w glebie. metoda rock-eval może być wykorzystywana do analizy skał, gleb, osadów i odpadów zawierających materiał org. i nielotnych produktów petrochemicznych.</t>
         </is>
       </c>
-      <c r="E23" t="inlineStr">
+      <c r="E26" t="inlineStr">
         <is>
           <t>Wybrane parametry: s1 (mg hc/g skały), s2 (mg hc/g skały), s3 (mg co2/g skały), tmax (oc), pc (% wag.), rc (% wag.), toc (% wag.), minc (% wag.), s1 orgs (% wag.), s2 orgs (% wag.), pyro orgs (% wag.), oxi orgs (% wag.), tot orgs (% wag.), fe s (% wag.), so4 s (% wag.), total s (% wag.), q0, q1, …, q5 (mg hc/g skały)
 wybrane wskaźniki: pi, s2/s3, hi (mg hc/g toc), oi (mg co2/g toc), si (mg orgs/g toc), toco (% wag.), hio (mg hc/g toc)</t>
         </is>
       </c>
-      <c r="F23" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G23" t="inlineStr">
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr">
         <is>
           <t>Zgodnie z regulaminem laboratorium.</t>
         </is>
       </c>
-      <c r="H23" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I23" t="inlineStr">
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I26" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J23" t="inlineStr">
+      <c r="J26" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K23" t="inlineStr">
+      <c r="K26" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L23" t="inlineStr">
+      <c r="L26" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M23" t="inlineStr">
+      <c r="M26" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N23" t="inlineStr">
+      <c r="N26" t="inlineStr">
         <is>
           <t>Skała macierzysta, toc, węglowodory, zanieczyszczenia organiczne</t>
         </is>
       </c>
     </row>
-    <row r="24">
-      <c r="A24" t="inlineStr">
+    <row r="27">
+      <c r="A27" t="inlineStr">
         <is>
           <t>Chromatograf cieczowy (hplc)</t>
         </is>
       </c>
-      <c r="B24" t="inlineStr">
+      <c r="B27" t="inlineStr">
         <is>
           <t>Chromatograf cieczowy (hplc)</t>
         </is>
       </c>
-      <c r="C24" t="inlineStr">
+      <c r="C27" t="inlineStr">
         <is>
           <t>Chromatografi cieczowy shimadzu lc-2050c z detektorami uv-vis i fld.</t>
         </is>
       </c>
-      <c r="D24" t="inlineStr">
+      <c r="D27" t="inlineStr">
         <is>
           <t>Ilościowa analiza związków organicznych w próbkach środowiskowych, roztworach modelowych itp.</t>
         </is>
       </c>
-      <c r="E24" t="inlineStr">
+      <c r="E27" t="inlineStr">
         <is>
           <t>Ilościowa analiza związków organicznych.</t>
         </is>
       </c>
-      <c r="F24" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G24" t="inlineStr">
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr">
         <is>
           <t>Za zgodą i pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H24" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I24" t="inlineStr">
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I27" t="inlineStr">
         <is>
           <t>Katedra mineralogii, petrografii i geochemii</t>
         </is>
       </c>
-      <c r="J24" t="inlineStr">
+      <c r="J27" t="inlineStr">
         <is>
           <t>Mineral-based architectures group, http://www.mba-group.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K24" t="inlineStr">
+      <c r="K27" t="inlineStr">
         <is>
           <t>Matusik Jakub</t>
         </is>
       </c>
-      <c r="L24" t="inlineStr">
+      <c r="L27" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jakub-matusik-6924.html</t>
         </is>
       </c>
-      <c r="M24" t="inlineStr">
+      <c r="M27" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N24" t="inlineStr">
+      <c r="N27" t="inlineStr">
         <is>
           <t>Analiza chemiczna</t>
         </is>
       </c>
     </row>
-    <row r="25">
-      <c r="A25" t="inlineStr">
+    <row r="28">
+      <c r="A28" t="inlineStr">
         <is>
           <t>Piknometr gazowy ultrapyc 5000 micro</t>
         </is>
       </c>
-      <c r="B25" t="inlineStr">
+      <c r="B28" t="inlineStr">
         <is>
           <t>Piknometr gazowy do pomiaru gęstości ciał stałych: ultrapyc 5000 micro</t>
         </is>
       </c>
-      <c r="C25" t="inlineStr">
+      <c r="C28" t="inlineStr">
         <is>
           <t>Piknometr gazowy ultrapyc 5000 micro służy do precyzyjnego pomiaru rzeczywistej gęstości ciał stałych w postaci proszków lub monolitów. do pomiarów wykorzystywany jest hel. urządzenie posiada wbudowaną regulację temperatury za pomocą modułu peltiera. pomiary wykonywane są w zakresie 15 °c to 50 °c, standardowo w 20 °c. piknometr gazowy wyposażony jest w trzy komory pomiarowe o róznej objętości: micro cell: 4.5 cm3, meso cell: 1.8 cm3, nano cell: 0.25 cm3.</t>
         </is>
       </c>
-      <c r="D25" t="inlineStr">
+      <c r="D28" t="inlineStr">
         <is>
           <t>Piknometr gazowy wykorzystywany jest do pomiaru gęstości helowej materiałów stałych, takich jak: sadza, katalizatory, cement, ceramika, węgiel drzewny, kosmetyki, środki osuszające, nawozy, włókna, minerały takie jak tlenek glinu, krzemionka, tytan i inne, produkty farmaceutyczne, żywność w proszku i metale w proszku.</t>
         </is>
       </c>
-      <c r="E25" t="inlineStr">
+      <c r="E28" t="inlineStr">
         <is>
           <t>Aparat umożliwia oznaczenie gęstości helowej dla małych ilości próbek od 0,25 cm3 do 4,5 cm3.</t>
         </is>
       </c>
-      <c r="F25" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G25" t="inlineStr">
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H25" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I25" t="inlineStr">
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I28" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J25" t="inlineStr">
+      <c r="J28" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K25" t="inlineStr">
+      <c r="K28" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L25" t="inlineStr">
+      <c r="L28" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M25" t="inlineStr">
+      <c r="M28" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N25" t="inlineStr">
+      <c r="N28" t="inlineStr">
         <is>
           <t>Badania nieniszczące, gęstość, gęstość helowa, gęstość szkieletowa</t>
         </is>
       </c>
     </row>
-    <row r="26">
-      <c r="A26" t="inlineStr">
+    <row r="29">
+      <c r="A29" t="inlineStr">
         <is>
           <t>Spektrometr ftir nicolet 6700</t>
         </is>
       </c>
-      <c r="B26" t="inlineStr">
+      <c r="B29" t="inlineStr">
         <is>
           <t>Spektrometr ftir nicolet 6700 thermo scientific</t>
         </is>
       </c>
-      <c r="C26" t="inlineStr">
+      <c r="C29" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr ftir nicolet 6700 firmy thermo scientific umożliwia rejestrację wysokiej jakości widm w zakresie podczerwieni (400÷4000 cm-1) z maksymalną rozdzielczością równą 0,1 cm-1.
  wyposażenie:
 	detektory dtgs i mct (chłodzony azotem)  
 	niehigroskopijna optyka
 	przystawki odbiciowe, transmisyjne
 	praying mantis firmy harrick - umożliwiającą pomiary techniką drift w zmiennej temperaturze rt÷450°c, w przepływie gazu (m.in. powietrze, azot, argon)
 	próżniowa komora wysokotemperaturowa, pomiary w trybie transmisyjnym w  temperaturach rt÷500°c
 </t>
         </is>
       </c>
-      <c r="D26" t="inlineStr">
+      <c r="D29" t="inlineStr">
         <is>
           <t>Badania fazowe, strukturalne oraz prace eksperymentalne nad transformacją i modyfikacją właściwości fizykochemicznych materiałów.</t>
         </is>
       </c>
-      <c r="E26" t="inlineStr">
+      <c r="E29" t="inlineStr">
         <is>
           <t>Aparat umożliwia rejestrację widm ftir ciał stałych, w formie proszku lub cienkich warstw i lepkich cieczy, w zmiennych temperaturach i atmosferze różnych gazów.</t>
         </is>
       </c>
-      <c r="F26" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G26" t="inlineStr">
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H26" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I26" t="inlineStr">
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I29" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J26" t="inlineStr">
+      <c r="J29" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K26" t="inlineStr">
+      <c r="K29" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L26" t="inlineStr">
+      <c r="L29" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M26" t="inlineStr">
+      <c r="M29" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N26" t="inlineStr">
+      <c r="N29" t="inlineStr">
         <is>
           <t>Atr, drift, ftir, podczerwień, spektroskopia</t>
         </is>
       </c>
     </row>
-    <row r="27">
-      <c r="A27" t="inlineStr">
+    <row r="30">
+      <c r="A30" t="inlineStr">
         <is>
           <t>Analizator uziarnienia saturn digisizer ii</t>
         </is>
       </c>
-      <c r="B27" t="inlineStr">
+      <c r="B30" t="inlineStr">
         <is>
           <t>Saturn digisizer ii micromeritics analizator uziarnienia</t>
         </is>
       </c>
-      <c r="C27" t="inlineStr">
+      <c r="C30" t="inlineStr">
         <is>
           <t xml:space="preserve">Saturn digisizer ii micromeritics mierzy dystrybucję rozkładu wielkości cząstek przy użyciu dyfrakcji promieniowania laserowego. 
 charakterystyka aparatu:
 	detektor ccd 
 	laser: półprzewodnikowy diodowy
 	moc lasera: 6-9 mw
 	automatyczny system przygotowania i transportu zawiesiny do dynamicznego układu pomiarowego
 	dyspergator ultradźwiękowy do wstępnego przygotowania zawiesiny
 	zakres pomiarowy: 0,04 do 2500 µm
 	oprogramowanie aparatu wykorzystuje modele mie oraz fraunhofera
 </t>
         </is>
       </c>
-      <c r="D27" t="inlineStr">
+      <c r="D30" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar rozkładu wielkości cząstek dla próbek mineralnych, syntetycznych, przemysłowych, itp.
 </t>
         </is>
       </c>
-      <c r="E27" t="inlineStr">
+      <c r="E30" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	powtarzalność: 0,1 do 1 µm, 3%; 1 do 1000 µm, 1%
 	odtwarzalność: 0,1 do 1 µm, 5%; 1 do 100 µm, 2% 100 do 1000 µm, 5%
  </t>
         </is>
       </c>
-      <c r="F27" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G27" t="inlineStr">
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H27" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I27" t="inlineStr">
+      <c r="H30" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I30" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J27" t="inlineStr">
+      <c r="J30" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K27" t="inlineStr">
+      <c r="K30" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L27" t="inlineStr">
+      <c r="L30" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M27" t="inlineStr">
+      <c r="M30" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N27" t="inlineStr">
+      <c r="N30" t="inlineStr">
         <is>
           <t>Rozkład wielokości ziaren, uziarnienie</t>
         </is>
       </c>
     </row>
-    <row r="28">
-      <c r="A28" t="inlineStr">
+    <row r="31">
+      <c r="A31" t="inlineStr">
         <is>
           <t>Analizator uziarnienia sedigraph iii</t>
         </is>
       </c>
-      <c r="B28" t="inlineStr">
+      <c r="B31" t="inlineStr">
         <is>
           <t>Analizator uziarnienia sedigraph iii 5120 micromeritics</t>
         </is>
       </c>
-      <c r="C28" t="inlineStr">
+      <c r="C31" t="inlineStr">
         <is>
           <t xml:space="preserve">Sedigraph iii to analizator rozkładu wielkości cząstek metodą sedymentacyjną z rentgenowską detekcją gęstości zawiesiny.
 charakterystyka aparatu:
 	moduł nieruchomego skanera rentgenowskiego
 	moduł pionowego ruchu komory pomiarowej
 	automatyczny system przygotowania zawiesiny i jej transportu do komory pomiarowej
 	zakres pomiarowy: średnica cząstki od 300 do 0,1 μm
 </t>
         </is>
       </c>
-      <c r="D28" t="inlineStr">
+      <c r="D31" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar rozkładu wielkości cząstek dla próbek mineralnych, syntetycznych, przemysłowych, itp.
 </t>
         </is>
       </c>
-      <c r="E28" t="inlineStr">
+      <c r="E31" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres średnicy cząstki od 300 do 0,1 μm 
 	rozdzielczość: mniej niż 0,2% całkowitej skanowanej odległości 
 </t>
         </is>
       </c>
-      <c r="F28" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G28" t="inlineStr">
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H28" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I28" t="inlineStr">
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I31" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J28" t="inlineStr">
+      <c r="J31" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K28" t="inlineStr">
+      <c r="K31" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L28" t="inlineStr">
+      <c r="L31" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M28" t="inlineStr">
+      <c r="M31" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N28" t="inlineStr">
+      <c r="N31" t="inlineStr">
         <is>
           <t>Analiza uziarnienia, krzywa kumulacyjna, rozkład wielkości ziaren, sedymentacja, uziarnienie</t>
         </is>
       </c>
     </row>
-    <row r="29">
-      <c r="A29" t="inlineStr">
+    <row r="32">
+      <c r="A32" t="inlineStr">
         <is>
           <t>Aparat do pomiaru wielkości sorpcji asap 2020 hd</t>
         </is>
       </c>
-      <c r="B29" t="inlineStr">
+      <c r="B32" t="inlineStr">
         <is>
           <t>Aparat do pomiaru wielkości sorpcji asap 2020 hd micromeritics</t>
         </is>
       </c>
-      <c r="C29" t="inlineStr">
+      <c r="C32" t="inlineStr">
         <is>
           <t xml:space="preserve">Asap 2020 hd micromeritics jest analizatorem do pomiaru sorpcji gazów i wyznaczania powierzchni bet, wielkości, objętości i rozkładu mikro- i mezo-porów w proszkach i materiałach porowatych.  
 charakterystyka aparatu:
 	sorpcja gazów: n2, ar, he, co2 oraz par różnych cieczy
 	dwie niezależne stacje odgazowania
 	jedna stacja analityczna
 	wyznaczanie rozmiarów, objętości i powierzchni mezoporów (2 – 50 nm), mikroporów (0.35 – 2 nm)
 	zakres ciśnień pracy aparatu 1.3 x 10-9 do 1.0 p/p0
 	odgazowanie próbki w zakresie temperatur: 20-450 ºc
 	analiza materiałów proszkowych i próbek litych o wymiarach nie większych niż 7 x 7 x 10 mm
 </t>
         </is>
       </c>
-      <c r="D29" t="inlineStr">
+      <c r="D32" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar sorpcji dla próbek mineralnych, syntetycznych, przemysłowych, itp.
 	analiza bet i objętości porów próbek litych i proszkowych
 </t>
         </is>
       </c>
-      <c r="E29" t="inlineStr">
+      <c r="E32" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jedno- i wielopunktowa powierzchnia bet
 	powierzchnia langmuira oraz analiza izoterm temkina i freundlicha
 	rozkłady objętości porów i powierzchni porów w zakresie mezo- i makroporów metodą bjh
 	rozkład mikroporów metodą d-a oraz całkowita objętość mikroporów metodą t-plot
 </t>
         </is>
       </c>
-      <c r="F29" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G29" t="inlineStr">
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr">
         <is>
           <t>•	zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 •	współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 •	współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H29" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I29" t="inlineStr">
+      <c r="H32" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I32" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J29" t="inlineStr">
+      <c r="J32" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K29" t="inlineStr">
+      <c r="K32" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L29" t="inlineStr">
+      <c r="L32" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M29" t="inlineStr">
+      <c r="M32" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N29" t="inlineStr">
+      <c r="N32" t="inlineStr">
         <is>
           <t>Adsorpcja, bet, izoterma adsorpcji, porowatość całkowita, powierzchnia właściwa</t>
         </is>
       </c>
     </row>
-    <row r="30">
-      <c r="A30" t="inlineStr">
+    <row r="33">
+      <c r="A33" t="inlineStr">
         <is>
           <t>Mikroskop elektronowy skaningowy fei quanta 200 feg</t>
         </is>
       </c>
-      <c r="B30" t="inlineStr">
+      <c r="B33" t="inlineStr">
         <is>
           <t>Mikroskop elektronowy skaningowy fei quanta 200 feg</t>
         </is>
       </c>
-      <c r="C30" t="inlineStr">
+      <c r="C33" t="inlineStr">
         <is>
           <t xml:space="preserve">Wysokorozdzielczy skaningowy mikroskop elektronowy z gorącą emisją polową (feg - wysokostabilny emiter elektronów schottky'ego), zapewniający: możliwość obserwacji w zmiennej próżni, powiększenia 70 ÷ 300 000x, zdolność rozdzielczą ok. 2 nm.
 parametry techniczne:
 	napięcie przyspieszające 5 – 30 kv
 	system zmiennej próżni:
 - wysoka próżnia (hv)  ok. 10-4 pa - preparaty przewodzące
 - niska próżnia (lv)  50÷200 pa - preparaty przewodzące i nie przewodzące
 - tryb esem 200÷2000 pa - preparaty przewodzące i nie przewodzące
 	rozdzielczość:
 &lt;  2,0nm przy 30kv (hv)
 &lt;  3,5nm przy 30kv (lv)
 &lt;  2,0nm przy 30kv (esem)
 detektory:
 	sed everharta-thornleya
 	sed (do lv)
 	sed (do esem)
 	bsed (si solid-state)
 	bsed (do esem)
 	centaurus – fotopowielacz z końcówkami do detekcji bse i cl
 	ebsd (do rejestracji dyfrakcji elektronów wstecznie rozproszonych)
 	krzemowy, chłodzony ciekłym azotem, detektor promieniowania rentgenowskiego ze spektrometrem eds (edax)
 </t>
         </is>
       </c>
-      <c r="D30" t="inlineStr">
+      <c r="D33" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obserwacja powierzchni substancji mineralnych, syntetycznych i biologicznych
 	analiza jakościowa i ilościowa pierwiastków w próbce (edxs)
 	analiza dystrybucji pierwiastków w mikroobszarze (edxs)
 	analiza obrazów w katodoluminiscencji cl  - w trybie stopni szarości
 	analiza dyfrakcji kikuchiego (ebsd) - identyfikacja fazowa i mapy orientacji krystalitów oim
 </t>
         </is>
       </c>
-      <c r="E30" t="inlineStr">
+      <c r="E33" t="inlineStr">
         <is>
           <t xml:space="preserve">Rejestracja, w zmiennej próżni, obrazów generowanych przez:
 	elektrony wtórne sd – kontrast topograficzny
 	elektrony wstecznie rozproszone bse – kontrast różnicy z i orientacyjny
 	charakterystyczne promieniowanie rentgenowskie pierwiastków - mapowanie
 	promieniowanie w zakresie widzialnym – katodoluminecencja cl
 	ebsd - dyfrakcja kikuchiego
 </t>
         </is>
       </c>
-      <c r="F30" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G30" t="inlineStr">
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H30" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I30" t="inlineStr">
+      <c r="H33" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I33" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J30" t="inlineStr">
+      <c r="J33" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K30" t="inlineStr">
+      <c r="K33" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L30" t="inlineStr">
+      <c r="L33" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M30" t="inlineStr">
+      <c r="M33" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N30" t="inlineStr">
+      <c r="N33" t="inlineStr">
         <is>
           <t>Ebsd, mikroskopia elektronowa, sem, sem-bse, sem-eds, sem-se</t>
         </is>
       </c>
     </row>
-    <row r="31">
-      <c r="A31" t="inlineStr">
+    <row r="34">
+      <c r="A34" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski smartlab 9kw</t>
         </is>
       </c>
-      <c r="B31" t="inlineStr">
+      <c r="B34" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski rigaku smartlab 9kw</t>
         </is>
       </c>
-      <c r="C31" t="inlineStr">
+      <c r="C34" t="inlineStr">
         <is>
           <t xml:space="preserve">Dyfraktometr rentgenowski proszkowy rigaku smartlab  z wirującą anodą cu o mocy 9 kw.
 aparat jest wyposażony w precyzyjny goniometr typu theta-theta, justowany przez komputerowy system sterowania.
 parametry techniczne:
 	maksymalna użyteczna moc lampy rentgenowskiej -  9kw
 	maksymalne napięcie lampy – 45kv
 	maksymalny prąd lampy – 200ma
 	goniometr typu theta-theta o promieniu 30 cm
 	optyka typu bragg-brentano i równoległa
 	szczeliny ustawiane przez komputerowy system sterowania
 	zakres pomiarowy – 0,5÷156º 2ɵ
 wyposażenie:
 	detektory scyntylacyjny sc i paskowy d/tex ultra
 	odpowiednie do typu detektorów monochromatory dla promieniowania cukα
 	kamera wysokotemperaturowa htk 1200
 	kamera o zmiennej, stabilizowanej, wilgotności chc
 	system do dyfrakcji w miliobszarze
 	system do pomiarów rozpraszania niskokątowego saxs
 	automatyczny zmieniacz próbek
 	uchwyt specjalny do preparatów próbek ilastych
 </t>
         </is>
       </c>
-      <c r="D31" t="inlineStr">
+      <c r="D34" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jakościowa i ilościowa analiza próbek stałych
 	analiza minerałów ilastych o strukturze mieszanopakietowej
 	wyznaczanie wielkości krystalitów, wskaźników uporządkowania struktury, parametrów sieciowych, wielkości współczynników absorpcji masowej metodą bezpośrednią
 	identyfikacja słabo krystalicznych minerałów metodą dxrd
 	udokładnianie struktury faz krystalicznych
 </t>
         </is>
       </c>
-      <c r="E31" t="inlineStr">
+      <c r="E34" t="inlineStr">
         <is>
           <t>Rejestracja  próbek:
 -  proszkowych ładowanych: od góry, od tyłu, z boku
 -  litych, zawiesin, cieczy
 -  w trybie krokowym i ciągłym, w próżni i środowisku różnych gazów
 -  w różnych temperaturach do 1200ºc
 -  w różnej wilgotności względnej
 -  nasyconych różnego rodzaju cieczami</t>
         </is>
       </c>
-      <c r="F31" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G31" t="inlineStr">
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H31" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I31" t="inlineStr">
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I34" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J31" t="inlineStr">
+      <c r="J34" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K31" t="inlineStr">
+      <c r="K34" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L31" t="inlineStr">
+      <c r="L34" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M31" t="inlineStr">
+      <c r="M34" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N31" t="inlineStr">
+      <c r="N34" t="inlineStr">
         <is>
           <t>Analiza fazowa, dyfrakcja rentgenowska, krystalografia, mineralogia, xrd</t>
         </is>
       </c>
     </row>
-    <row r="32">
-      <c r="A32" t="inlineStr">
+    <row r="35">
+      <c r="A35" t="inlineStr">
         <is>
           <t>Aparat do analizy termicznej sta 449 f3 jupiter</t>
         </is>
       </c>
-      <c r="B32" t="inlineStr">
+      <c r="B35" t="inlineStr">
         <is>
           <t>Aparat do analizy termicznej sta 449 f3 jupiter  netzsch</t>
         </is>
       </c>
-      <c r="C32" t="inlineStr">
+      <c r="C35" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparat do analizy termicznej sta 449 f3 jupiter netzsch sprzężony z kwadrupolowym spektrometrem masowym qms 403 c aeolos i spektrometrem ftir bruker tensor 27 z tga-ir.
 parametry techniczne:
 	rzeczywisty pomiar tg, dta–tg, dsc-tg
 	zakres temperatur rt ÷ 1500 °c (piec pt)
 	dynamiczny pomiar z prędkością grzania w zakresie  0.01 ÷ 50 k/min
 	w warunkach quasi izotermicznych
 	maksymalna odważka: 35 g
 	rejestracja zmiany masy z dokładnością 1µg (w całym zakresie)
 	w  atmosferze obojętnej, utleniającej, redukcyjnej oraz w próżni, w trybie statycznym lub dynamicznym
 </t>
         </is>
       </c>
-      <c r="D32" t="inlineStr">
+      <c r="D35" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	badanie stabilności termicznej i procesów zachodzących podczas ogrzewania próbek stałych
 	wyznaczania czystości substancji krystalicznych
 	badania przemian polimorficznych i dysocjacji termicznej
 	wyznaczanie parametrów kinetyki procesów
 	wyznaczanie parametrów termodynamicznych procesów
 	analiza jakościowa produktów gazowych pirolizy metodami qms i ftir tga-ir
 </t>
         </is>
       </c>
-      <c r="E32" t="inlineStr">
+      <c r="E35" t="inlineStr">
         <is>
           <t>Jednoczesny pomiar sta i gazowych produktów pirolizy metodami qms i ftir, - rejestracja widm qms w zakresie 1 ÷ 300 m/z, - rejestracja zbioru widm ftir w zakresie 4000-400 cm-1 podczas pomiaru sta:  - ekstrakcja widma ftir dla żądanej temperatury, - generowanie zmienności intensywności żądanego pasma, na widmach ftir, w funkcji temperatury (temperature trace).</t>
         </is>
       </c>
-      <c r="F32" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G32" t="inlineStr">
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H32" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I32" t="inlineStr">
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I35" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J32" t="inlineStr">
+      <c r="J35" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K32" t="inlineStr">
+      <c r="K35" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L32" t="inlineStr">
+      <c r="L35" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M32" t="inlineStr">
+      <c r="M35" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N32" t="inlineStr">
+      <c r="N35" t="inlineStr">
         <is>
           <t>Analiza gazów, analiza termiczna, dsc, przemiany fazowe, qms, sta, tg</t>
         </is>
       </c>
     </row>
-    <row r="33">
-      <c r="A33" t="inlineStr">
+    <row r="36">
+      <c r="A36" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski miniflex 600</t>
         </is>
       </c>
-      <c r="B33" t="inlineStr">
+      <c r="B36" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski rigaku miniflex 600</t>
         </is>
       </c>
-      <c r="C33" t="inlineStr">
+      <c r="C36" t="inlineStr">
         <is>
           <t xml:space="preserve">Dyfraktometr rentgenowski proszkowy rigaku miniflex 600 z anodą cu o mocy 600w.  
 aparat, typu biurkowego, jest wyposażony w goniometr typu theta-2theta
 parametry techniczne:
 	maksymalna użyteczna moc lampy rentgenowskiej -  600w
 	maksymalne napięcie lampy – 40kv
 	maksymalny prąd lampy – 15ma
 	optyka typu bragg-brentano
 	zakres pomiarowy – 0,5÷156º 2ɵ
 wyposażenie:
 	detektor scyntylacyjny sc
 	monochromator grafitowy, ze zgiętym kryształem, dla promieniowania cukα
 	automatyczna szczelina dywergencyjna
 	automatyczny zmieniacz próbek
 	uchwyt specjalny do preparatów próbek ilastych
  </t>
         </is>
       </c>
-      <c r="D33" t="inlineStr">
+      <c r="D36" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jakościowa i ilościowa analiza próbek stałych
 	analiza minerałów ilastych o strukturze mieszanopakietowej
 	wyznaczanie wielkości krystalitów, wskaźników uporządkowania struktury, wielkości parametrów sieciowych, wielkości współczynników absorpcji masowej metodą bezpośrednią
 	identyfikacja słabo krystalicznych minerałów metodą dxrd
 	udokładnianie struktury faz krystalicznych
 </t>
         </is>
       </c>
-      <c r="E33" t="inlineStr">
+      <c r="E36" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	rejestracja rentgenogramów preparatów próbek:
 -  proszkowych wykonanych metodami ładowania: od góry, od tyłu, z boku
 -  litych płaskich, zawiesin cieczowych o różnej gęstości, cieczy
 	rejestracja rentgenogramów preparatów próbek:
 -  w trybie krokowym i ciągłym
 -  nasyconych różnego rodzaju cieczami</t>
         </is>
       </c>
-      <c r="F33" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G33" t="inlineStr">
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H33" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I33" t="inlineStr">
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I36" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J33" t="inlineStr">
+      <c r="J36" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K33" t="inlineStr">
+      <c r="K36" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L33" t="inlineStr">
+      <c r="L36" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M33" t="inlineStr">
+      <c r="M36" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N33" t="inlineStr">
+      <c r="N36" t="inlineStr">
         <is>
           <t>Analiza fazowa, analiza ilościowa, dyfrakcja rentgenowska, mineralogia, xrd</t>
         </is>
       </c>
     </row>
-    <row r="34">
-      <c r="A34" t="inlineStr">
+    <row r="37">
+      <c r="A37" t="inlineStr">
         <is>
           <t>Mikroskop ramanowski dxr</t>
         </is>
       </c>
-      <c r="B34" t="inlineStr">
+      <c r="B37" t="inlineStr">
         <is>
           <t>Mikroskop ramanowski dxr thermo scientific</t>
         </is>
       </c>
-      <c r="C34" t="inlineStr">
+      <c r="C37" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikroskop ramanowski dxr firmy thermo scientific, ze spektrometrem siatkowym i detektorem ccd, umożliwia rejestrację widm w zakresie 50÷3300 cm-1.
 wyposażenie:
 	lasery: 780 nm (max. moc 24mw) i 532nm  (max. moc 10mw)
 	optyczny mikroskop do światła odbitego z obiektywami: 10x, 20x, 50x, 100x
 	konfokalny tor optyczny do spektrometru
 	stolik przedmiotowy xyz
 </t>
         </is>
       </c>
-      <c r="D34" t="inlineStr">
+      <c r="D37" t="inlineStr">
         <is>
           <t>Badanie próbek stałych: minerałów, skał, sorbentów, katalizatorów i in..
 badanie inkluzji stałych, ciekłych i gazowych w próbkach mineralnych.
 .</t>
         </is>
       </c>
-      <c r="E34" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G34" t="inlineStr">
+      <c r="E37" t="inlineStr"/>
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H34" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I34" t="inlineStr">
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I37" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J34" t="inlineStr">
+      <c r="J37" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K34" t="inlineStr">
+      <c r="K37" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L34" t="inlineStr">
+      <c r="L37" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M34" t="inlineStr">
+      <c r="M37" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N34" t="inlineStr">
+      <c r="N37" t="inlineStr">
         <is>
           <t>Mikroskop ramana, raman, spektroskopia ramana</t>
         </is>
       </c>
     </row>
-    <row r="35">
-      <c r="A35" t="inlineStr">
+    <row r="38">
+      <c r="A38" t="inlineStr">
         <is>
           <t>Spektrometr fluorescencji rentgenowskiej z dyspersją długości fali (wd-xrf) zsx primus ii</t>
         </is>
       </c>
-      <c r="B35" t="inlineStr">
+      <c r="B38" t="inlineStr">
         <is>
           <t>Spektrometr fluorescencji rentgenowskiej z dyspersją długości fali (wd-xrf) rigaku zsx primus ii</t>
         </is>
       </c>
-      <c r="C35" t="inlineStr">
+      <c r="C38" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr fluorescencji rentgenowskiej z dyspersją fal (wdxrf) zsx primus ii rigaku umożliwia analizę jakościową i ilościową pierwiastków w zakresie od azotu (n) do uranu (u) (z = 7 – 92).
 charakterystyka spektrometru:
 	lampa rentgenowska z anodą rh o mocy 4kw z czołowym okienkiem be (30µm) umieszczona nad analizowaną próbką
 	napięcie przyspieszające w zakresie 2-60 kv oraz natężenie prądu wiązki elektronowej w zakresie 2-150 ma
 	możliwość wyboru filtra wiązki pierwotnej (cztery filtry: ni-400, ni-40, al-125, al-25)
 	możliwość wyboru średnicy wiązki analizującej (sześć masek o średnicach: 35, 30, 20, 10, 1 oraz 0.5 mm)
 	możliwość obrotu próbki podczas pomiaru
 	7 kryształów analizujących dla pomiarów w zakresie n – u
 	system mapowania (pomiar punktowy) wraz z kamerą ccd
 	detektory, scyntylacyjny i proporcjonalny przepływowy, do analizy pierwiastków o odpowiedniej masie atomowej
 </t>
         </is>
       </c>
-      <c r="D35" t="inlineStr">
+      <c r="D38" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jakościowa oraz ilościowa analiza składu pierwiastkowego
 	analiza ilościowa metodą wzorcową na podstawie przygotowanych krzywych kalibracyjnych w zakresie n-u lub bezwzorcową opartą na algorytmie parametrów fundamentalnych w zakresie f-u
 	makroskopowa i punktowa analiza składu chemicznego
 	analiza składu chemicznego próbek litych oraz proszkowych
 	preparatyka w postaci prasowanych pastylek i topionych pereł
 </t>
         </is>
       </c>
-      <c r="E35" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G35" t="inlineStr">
+      <c r="E38" t="inlineStr"/>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G38" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi,
 - w ramach projektów ncn, ncbir, współpraca z przemysłem i w ramach umów,</t>
         </is>
       </c>
-      <c r="H35" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I35" t="inlineStr">
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I38" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J35" t="inlineStr">
+      <c r="J38" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K35" t="inlineStr">
+      <c r="K38" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L35" t="inlineStr">
+      <c r="L38" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M35" t="inlineStr">
+      <c r="M38" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N35" t="inlineStr">
+      <c r="N38" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza jakościowa, analiza składu chemicznego, badania składu pierwiastkowego, fluorescencja rentgenowska, wd-xrf, xrf</t>
-        </is>
-[...214 lines deleted...]
-          <t>Aparat ab, grunty, parametry wytrzymałościowe</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>Aparat proctora</t>
+          <t>Detektor microfid</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>Automatyczny ubijak proctora firmy multiserw morek</t>
+          <t>Detektor microfid</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>Aparat wyposażony w 2 formy pomiarowe o średnicy 100 mm i 150 mm.</t>
+          <t>Urządzenia pozwala na pomiar sumy lotnych związków organicznych w powietrzu atmosferycznym (lzo). wyposażony jest w detektor płomieniowo-jonizacyjny fid.</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t xml:space="preserve">Urządzenie umożliwia: (a) oznaczanie wilgotności optymalnej, tj. ilości wody potrzebnej do największego zagęszczenia gruntu (b) oznaczanie maksymalnego ciężaru objętościowego szkieletu gruntowego wg pn-en 13286-1:2022-04 i pn-en 13286-2:2010 metodą normalną i zmodyfikowaną, (c) zagęszczanie próbek do badań cbr. </t>
+          <t>Możliwość oznaczania stężeń następujących substancji: węglowodory nasycone, węglowodory nienasycone, węglowodory chlorowane, związki aromatyczne, ketony alkohole.</t>
         </is>
       </c>
       <c r="E39" t="inlineStr">
         <is>
-          <t xml:space="preserve">Badania aparatem wykonuje się przy zagęszczeniu gruntów pod budowę lotnisk, nawierzchni drogowych, kolejowych, boisk i innych nasypów budowlanych. aparat umożliwia kilka wariantów oznaczenia wilgotności optymalnej w różnych cylindrach dla standardowej i zmodyfikowanej metody zagęszczania gruntów rodzimych spoistych i sypkich, kruszyw oraz ich mieszanek. </t>
+          <t>Oznaczanie sumy lotnych związków organicznych (lzo) w zakresie: od 0.1 do 50000 ppm</t>
         </is>
       </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
-          <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
+          <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I39" t="inlineStr">
         <is>
-          <t>Katedra hydrogeologii i geologii inżynierskiej</t>
+          <t>Katedra surowców energetycznych</t>
         </is>
       </c>
       <c r="J39" t="inlineStr">
         <is>
-          <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
+          <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
       <c r="K39" t="inlineStr">
         <is>
-          <t>Rembiś Marek</t>
+          <t>Sechman Henryk</t>
         </is>
       </c>
       <c r="L39" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
         </is>
       </c>
       <c r="M39" t="inlineStr">
         <is>
-          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N39" t="inlineStr">
         <is>
-          <t>Aparat proctora, grunty, zagęszczenie</t>
+          <t>Lotne związki organiczne, lzo, metan</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>Prasa cbr</t>
+          <t>Edometry</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Prasa wytrzymałościowa cbr firmy controls z automatycznym pomiarem wyników badań</t>
+          <t>Zestaw edometrów firmy controls</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>Możliwość stałego monitorowania penetracji z dokładnością do 0,001 mm. zakres pomiarowy obciążenia: do 50 kn.</t>
+          <t xml:space="preserve">Urządzenie służy do określenia edometrycznych modułów ściśliwości gruntu w zakresie obciążeń od 12,5 kpa do 1600 kpa. </t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>Urządzenie służy do określenia kalifornijskiego wskaźnika nośności (cbr), natychmiastowego wskaźnika nośności i pęcznienia liniowego dla gruntów oraz mieszanek dla drogownictwa,  wykorzystywanych do budowy nasypów. możliwość wykonywania oznaczeń zgodnie z pn-en 13286-47:2022-04.</t>
+          <t>Urządzenie służy do określenia edometrycznych modułów ściśliwości gruntu, na podstawie których można obliczyć wielkość osiadania podłoża gruntowego pod wpływem obciążenia (obciążenia pod fundamentem, nasypem itp.). aparat pozwala także na określenie parametrów pęcznienia gruntu. istnieje też możliwość określenia współczynnika filtracji przy zmiennym gradiencie hydraulicznym dla różnych obciążeń.</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
-          <t xml:space="preserve">Urządzenie umożliwia wywieranie nacisku z kontrolowaną siłą w określonym czasie z jednoczesnym pomiarem wielkości odkształcenia badanej próbki. pozwala określać parametry nośności dla gruntów rodzimych, kruszyw oraz mieszanek niezwiązanych i związanych spoiwem. </t>
+          <t>Możliwość stałego monitorowania pionowych odkształceń w trakcie wykonywania badania z dokładnością do 0,001 mm i parametrów konsolidacji gruntów.</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
           <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
         </is>
       </c>
       <c r="H40" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I40" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
       <c r="J40" t="inlineStr">
         <is>
           <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
         </is>
       </c>
       <c r="K40" t="inlineStr">
         <is>
           <t>Rembiś Marek</t>
         </is>
       </c>
       <c r="L40" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
         </is>
       </c>
       <c r="M40" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
       <c r="N40" t="inlineStr">
         <is>
-          <t>Grunty, wskaźnik nośności cbr</t>
+          <t>Edometr, grunty, odkształcenie</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>Aparat trójosiowy</t>
+          <t>Aparat bezpośredniego ścinania (aparat ab)</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Aparat trójosiowego ściskania firmy controls</t>
+          <t>Automatyczny aparat bezpośredniego ścinania firmy controls</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t xml:space="preserve">Aparat wyposażony w trzy zaawansowane komory trójosiowe (tri-cell plus), aparat do automatycznego pomiaru zmian objętości próbki oraz moduł do badania naprężeń efektywnych. urządzenie umożliwia użytkownikowi kontrolę manualną lub automatyczną testów trójosiowych naprężeń efektywnych. </t>
+          <t>Urządzenie umożliwia: (1) automatyczne wykonywanie zaprogramowanych etapów konsolidacji, (2) ustawienie różnych prędkości (od 0,00001 do 11,0 mm/min) oraz kierunków dla każdego z cykli w teście ścinania. maksymalne pionowe obciążenie na próbkę: 8 kn. maksymalna siła horyzontalna: 5 kn.</t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>Aparat pozwala na określenie parametrów wytrzymałościowych gruntów (kąt tarcia wewnętrznego oraz spójność). procedury badawcze zgodne są z pn-en iso 17892-8:2018-05 i pn-en iso 17892-9:2018-05. uzyskiwane parametry są wykorzystywane do oznaczeń nośności podłoża budowlanego pod fundamentem, analiz stateczności zboczy, projektowania wykopów, nasypów, składowisk odpadów itp.  aparat pozwala też na oznaczenie współczynnika filtracji.</t>
+          <t>Aparat skrzynkowy pozwala na wyznaczenie parametrów wytrzymałości na ścinanie dla naprężeń całkowitych i/lub efektywnych dla gruntów. urządzenie umożliwia wykonanie badań zgodnie z pn-en iso 17892-10:2019-01.</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t xml:space="preserve">Aparat pozwala na określenie parametrów wytrzymałościowych gruntów w warunkach  consolidated drained (cd), consolidated undrained (cu) oraz unconsolidated undrained (uu) przy obciążeniu do 50 kn. </t>
+          <t>Aparatu sterowany jest mikroprocesorem. wyposażony jest w silnik krokowy o wysokiej precyzji. umożliwia oznaczenie parametrów wytrzymałościowych dla gruntów spoistych oraz sypkich, w tym także specjalnych badań wytrzymałości na ścinanie m.in. wytrzymałości rezydualnej i rezydualnej po zawodnieniu, które mogą być wykorzystywane do określania stateczności osuwisk.</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
           <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
         </is>
       </c>
       <c r="H41" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I41" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
       <c r="J41" t="inlineStr">
         <is>
           <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
         </is>
       </c>
       <c r="K41" t="inlineStr">
         <is>
           <t>Rembiś Marek</t>
         </is>
       </c>
       <c r="L41" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
         </is>
       </c>
       <c r="M41" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
       <c r="N41" t="inlineStr">
         <is>
-          <t>Aparat trójosiowy, grunty, parametry wytrzymałościowe</t>
+          <t>Aparat ab, grunty, parametry wytrzymałościowe</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
+          <t>Aparat proctora</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>Automatyczny ubijak proctora firmy multiserw morek</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>Aparat wyposażony w 2 formy pomiarowe o średnicy 100 mm i 150 mm.</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Urządzenie umożliwia: (a) oznaczanie wilgotności optymalnej, tj. ilości wody potrzebnej do największego zagęszczenia gruntu (b) oznaczanie maksymalnego ciężaru objętościowego szkieletu gruntowego wg pn-en 13286-1:2022-04 i pn-en 13286-2:2010 metodą normalną i zmodyfikowaną, (c) zagęszczanie próbek do badań cbr. </t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Badania aparatem wykonuje się przy zagęszczeniu gruntów pod budowę lotnisk, nawierzchni drogowych, kolejowych, boisk i innych nasypów budowlanych. aparat umożliwia kilka wariantów oznaczenia wilgotności optymalnej w różnych cylindrach dla standardowej i zmodyfikowanej metody zagęszczania gruntów rodzimych spoistych i sypkich, kruszyw oraz ich mieszanek. </t>
+        </is>
+      </c>
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G42" t="inlineStr">
+        <is>
+          <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
+        </is>
+      </c>
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I42" t="inlineStr">
+        <is>
+          <t>Katedra hydrogeologii i geologii inżynierskiej</t>
+        </is>
+      </c>
+      <c r="J42" t="inlineStr">
+        <is>
+          <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
+        </is>
+      </c>
+      <c r="K42" t="inlineStr">
+        <is>
+          <t>Rembiś Marek</t>
+        </is>
+      </c>
+      <c r="L42" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
+        </is>
+      </c>
+      <c r="M42" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+        </is>
+      </c>
+      <c r="N42" t="inlineStr">
+        <is>
+          <t>Aparat proctora, grunty, zagęszczenie</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>Prasa cbr</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>Prasa wytrzymałościowa cbr firmy controls z automatycznym pomiarem wyników badań</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>Możliwość stałego monitorowania penetracji z dokładnością do 0,001 mm. zakres pomiarowy obciążenia: do 50 kn.</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>Urządzenie służy do określenia kalifornijskiego wskaźnika nośności (cbr), natychmiastowego wskaźnika nośności i pęcznienia liniowego dla gruntów oraz mieszanek dla drogownictwa,  wykorzystywanych do budowy nasypów. możliwość wykonywania oznaczeń zgodnie z pn-en 13286-47:2022-04.</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Urządzenie umożliwia wywieranie nacisku z kontrolowaną siłą w określonym czasie z jednoczesnym pomiarem wielkości odkształcenia badanej próbki. pozwala określać parametry nośności dla gruntów rodzimych, kruszyw oraz mieszanek niezwiązanych i związanych spoiwem. </t>
+        </is>
+      </c>
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr">
+        <is>
+          <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
+        </is>
+      </c>
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I43" t="inlineStr">
+        <is>
+          <t>Katedra hydrogeologii i geologii inżynierskiej</t>
+        </is>
+      </c>
+      <c r="J43" t="inlineStr">
+        <is>
+          <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
+        </is>
+      </c>
+      <c r="K43" t="inlineStr">
+        <is>
+          <t>Rembiś Marek</t>
+        </is>
+      </c>
+      <c r="L43" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
+        </is>
+      </c>
+      <c r="M43" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+        </is>
+      </c>
+      <c r="N43" t="inlineStr">
+        <is>
+          <t>Grunty, wskaźnik nośności cbr</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>Aparat trójosiowy</t>
+        </is>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>Aparat trójosiowego ściskania firmy controls</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Aparat wyposażony w trzy zaawansowane komory trójosiowe (tri-cell plus), aparat do automatycznego pomiaru zmian objętości próbki oraz moduł do badania naprężeń efektywnych. urządzenie umożliwia użytkownikowi kontrolę manualną lub automatyczną testów trójosiowych naprężeń efektywnych. </t>
+        </is>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>Aparat pozwala na określenie parametrów wytrzymałościowych gruntów (kąt tarcia wewnętrznego oraz spójność). procedury badawcze zgodne są z pn-en iso 17892-8:2018-05 i pn-en iso 17892-9:2018-05. uzyskiwane parametry są wykorzystywane do oznaczeń nośności podłoża budowlanego pod fundamentem, analiz stateczności zboczy, projektowania wykopów, nasypów, składowisk odpadów itp.  aparat pozwala też na oznaczenie współczynnika filtracji.</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Aparat pozwala na określenie parametrów wytrzymałościowych gruntów w warunkach  consolidated drained (cd), consolidated undrained (cu) oraz unconsolidated undrained (uu) przy obciążeniu do 50 kn. </t>
+        </is>
+      </c>
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G44" t="inlineStr">
+        <is>
+          <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
+        </is>
+      </c>
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I44" t="inlineStr">
+        <is>
+          <t>Katedra hydrogeologii i geologii inżynierskiej</t>
+        </is>
+      </c>
+      <c r="J44" t="inlineStr">
+        <is>
+          <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
+        </is>
+      </c>
+      <c r="K44" t="inlineStr">
+        <is>
+          <t>Rembiś Marek</t>
+        </is>
+      </c>
+      <c r="L44" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
+        </is>
+      </c>
+      <c r="M44" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+        </is>
+      </c>
+      <c r="N44" t="inlineStr">
+        <is>
+          <t>Aparat trójosiowy, grunty, parametry wytrzymałościowe</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
           <t>Mikrosonda elektronowa jeol superprobe jxa-8230</t>
         </is>
       </c>
-      <c r="B42" t="inlineStr">
+      <c r="B45" t="inlineStr">
         <is>
           <t>Mikrosonda elektronowa jeol superprobe jxa-8230</t>
         </is>
       </c>
-      <c r="C42" t="inlineStr">
+      <c r="C45" t="inlineStr">
         <is>
           <t>Mikrosonda elektronowa jeol super probe 8230 wyposażona  jest w :
 - 5 spektrometrów długości fali charakterystycznego promieniowania x (wds) wyposażonych w 12 kryształów dyfrakcyjnych (lif, lifl, lifh, tap, taph, petl, peth, petj, lde1, lde2, lde3);
 - spektrometr dyspersji energii charakterystycznego promieniowania x(eds);
 -  mikroskop optyczny do światła odbitego;
 - mikroskop optyczny do światła przechodzącego;
 - detektor katodoluminescencji.
 laboratorium jest wyposażone również w napylarkę quorum q150te przystosowaną do napylania węglem.</t>
         </is>
       </c>
-      <c r="D42" t="inlineStr">
+      <c r="D45" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikrosonda umożliwia wykonanie punktowej analizy chemicznej faz mineralnych oraz nieorganicznych substancji syntetycznych, a także wykonanie map rozmieszczenia pierwiastków w próbce. analiza chemiczna odbywa się w mikroobszarze o średnicy od około 1-2 µm. przy użyciu mikrosondy możliwe jest oznaczenie składu chemicznego dowolnej substancji występującej w stanie stałym, która uprzednio może być poddana obróbce szlifierskiej i polerskiej.
  </t>
         </is>
       </c>
-      <c r="E42" t="inlineStr">
+      <c r="E45" t="inlineStr">
         <is>
           <t>Analizom przy użyciu mikrosondy poddawane są próbki o średnicy walca ok. 25 mm lub w postaci szlifu mikroskopowego o wymiarach ok. 46 x 27 mm. mikrosonda umożliwia oznaczenie ilościowe pierwiastków głównych i śladowych (4be do 92u, za wyłączeniem gazów szlachetnych). przy użyciu mikrosondy możliwe jest również wykonanie map rozkładu pierwiastków przy pomocy technik eds oraz wds wspomaganych techniką katodoluminescencji.</t>
         </is>
       </c>
-      <c r="F42" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G42" t="inlineStr">
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr">
         <is>
           <t>Na podstawie umów i zleceń za zgodą kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H42" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I42" t="inlineStr">
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I45" t="inlineStr">
         <is>
           <t>Katedra geologii złożowej i górniczej</t>
         </is>
       </c>
-      <c r="J42" t="inlineStr">
+      <c r="J45" t="inlineStr">
         <is>
           <t>Laboratorium pierwiastków krytycznych agh-kghm</t>
         </is>
       </c>
-      <c r="K42" t="inlineStr">
+      <c r="K45" t="inlineStr">
         <is>
           <t>Piestrzyński Adam</t>
         </is>
       </c>
-      <c r="L42" t="inlineStr">
+      <c r="L45" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-piestrzynski-2554.html</t>
         </is>
       </c>
-      <c r="M42" t="inlineStr">
+      <c r="M45" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N42" t="inlineStr">
+      <c r="N45" t="inlineStr">
         <is>
           <t>Analiza chemiczna, bse, mikrosonda eletronowa, wds</t>
         </is>
       </c>
     </row>
-    <row r="43">
-      <c r="A43" t="inlineStr">
+    <row r="46">
+      <c r="A46" t="inlineStr">
         <is>
           <t>Spektrometr nmr</t>
         </is>
       </c>
-      <c r="B43" t="inlineStr">
+      <c r="B46" t="inlineStr">
         <is>
           <t>Spectrometr nmr magritek rock core analyzer - 2mhz</t>
         </is>
       </c>
-      <c r="C43" t="inlineStr">
+      <c r="C46" t="inlineStr">
         <is>
           <t>Spektrometr magritek rock core analyzer (2 mhz) z systemem dyfuzyjnym, jest dedykowany do badań układów porowatych, w szczególności  typu „tight". zawiera przystawkę (thomography system) umożliwiającą wykonywanie kompletnych eksperymentów  tomograficznych 2d-3d. dodatkowo posiadamy system do przeciążeń (overburden system) pozwalający na badanie próbek przy ciśnieniach do 6000 psi.
 skaner nmr służy do badania obiektów pod względem ilościowym i jakościowym   zawartości wody i węglowodorów. w szczególności do badania dowolnych obiektów porowatych ciał stałych lub układów biologicznych zawierających 1h. badanymi obiektami mogą być: rdzenie skalne (skał łupkowych, piaskowców, węglanów), próbki ziemi, biologiczne (owoce, warzywa, rośliny, nasiona, małe zwierzęta, tkanki), ponadto próbki farmaceutyczne, chemiczne, spożywcze etc. 
 wielkość badanych obiektów do 5 cm   średnicy i długości dla eksperymentów 1d przy częstotliwości rezonansowej 2mhz dla 1h, co koresponduje ściśle z badaniami  otworowymi metodami nmr. pomiary 2d i 3d można przeprowadzać dla obiektów o średnicy do 6 cm przy częstotliwości rezonansowej 24 mhz.</t>
         </is>
       </c>
-      <c r="D43" t="inlineStr">
+      <c r="D46" t="inlineStr">
         <is>
           <t xml:space="preserve">Badania dowolnych obiektów porowatych ciał stałych lub układów biologicznych. badanymi obiektami mogą być: rdzenie skalne (skał łupkowych, piaskowców, węglanów), próbki ziemi, biologiczne (owoce, warzywa, rośliny, nasiona, małe zwierzęta, tkanki), ponadto próbki farmaceutyczne, chemiczne, spożywcze etc. </t>
         </is>
       </c>
-      <c r="E43" t="inlineStr">
+      <c r="E46" t="inlineStr">
         <is>
           <t>- porowatość oraz jej rozkład
 - indeksy zawartości wody swobodnej i związanej: ffi, bvi, cbw, t2 cut- off.
 - określania rodzajów płynów, rozkłady czasów t1, t2 i współczynnika dyfuzji d: d-t2, t2-t1, t2-t2, również w wersji przestrzennej (spatially resolved t2).
 - określanie przepuszczalności, profili nasycenia, ciśnień kapilarnych, gardzieli porów.</t>
         </is>
       </c>
-      <c r="F43" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G43" t="inlineStr">
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G46" t="inlineStr">
         <is>
           <t>Kontakt email: akrzyzak@agh.edu.pl</t>
         </is>
       </c>
-      <c r="H43" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I43" t="inlineStr">
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I46" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J43" t="inlineStr">
+      <c r="J46" t="inlineStr">
         <is>
           <t>Systemy porowate/latis - laboratorium tomografii i spektroskopii magnetycznego rezonansu jądrowego</t>
         </is>
       </c>
-      <c r="K43" t="inlineStr">
+      <c r="K46" t="inlineStr">
         <is>
           <t>Krzyżak Artur</t>
         </is>
       </c>
-      <c r="L43" t="inlineStr">
+      <c r="L46" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/artur-tadeusz-krzyzak-8398.html</t>
         </is>
       </c>
-      <c r="M43" t="inlineStr">
+      <c r="M46" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N43" t="inlineStr">
+      <c r="N46" t="inlineStr">
         <is>
           <t>Energia desorpcji, magnetyczny rezonans jądrowy, porowatość, przepuszczalność</t>
         </is>
       </c>
     </row>
-    <row r="44">
-      <c r="A44" t="inlineStr">
+    <row r="47">
+      <c r="A47" t="inlineStr">
         <is>
           <t>Wirówka laboratoryjna beckman</t>
         </is>
       </c>
-      <c r="B44" t="inlineStr">
+      <c r="B47" t="inlineStr">
         <is>
           <t>Wirówka laboratoryjna beckman</t>
         </is>
       </c>
-      <c r="C44" t="inlineStr">
+      <c r="C47" t="inlineStr">
         <is>
           <t>Wirówka laboratoryjna beckman seria gs-6 (max 8000 obrotów/min).</t>
         </is>
       </c>
-      <c r="D44" t="inlineStr">
+      <c r="D47" t="inlineStr">
         <is>
           <t>Wirówka laboratoryjna beckman seria gs-6 (max 8000 obrotów/min) umożliwia jednoczesne wykonanie badania odsączalności skał litych w 4 cylindrch badawczych.</t>
         </is>
       </c>
-      <c r="E44" t="inlineStr">
+      <c r="E47" t="inlineStr">
         <is>
           <t>Oznaczenie odsączalności porowych (spękanych) skał litych.</t>
         </is>
       </c>
-      <c r="F44" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G44" t="inlineStr">
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G47" t="inlineStr">
         <is>
           <t>W ramach podpisanej umowy/zlecenia z laboratorium hydrodynamicznym, po wcześniej akceptacji przez kierownika laboratorium. badanie wykonywane jest wyłącznie przez upoważnionego pracownika laboratorium.</t>
         </is>
       </c>
-      <c r="H44" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I44" t="inlineStr">
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I47" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J44" t="inlineStr">
+      <c r="J47" t="inlineStr">
         <is>
           <t>Laboratorium hydrodynamiczne</t>
         </is>
       </c>
-      <c r="K44" t="inlineStr">
+      <c r="K47" t="inlineStr">
         <is>
           <t>Pierri Dorota</t>
         </is>
       </c>
-      <c r="L44" t="inlineStr">
+      <c r="L47" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dorota-pierri-8219.html</t>
         </is>
       </c>
-      <c r="M44" t="inlineStr">
+      <c r="M47" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N44" t="inlineStr">
+      <c r="N47" t="inlineStr">
         <is>
           <t>Beckman, odsączalność, porowatość, wirówka</t>
         </is>
       </c>
     </row>
-    <row r="45">
-      <c r="A45" t="inlineStr">
+    <row r="48">
+      <c r="A48" t="inlineStr">
         <is>
           <t>Tomograf mr</t>
         </is>
       </c>
-      <c r="B45" t="inlineStr">
+      <c r="B48" t="inlineStr">
         <is>
           <t>Tomograf magritek (24 mhz)</t>
         </is>
       </c>
-      <c r="C45" t="inlineStr">
+      <c r="C48" t="inlineStr">
         <is>
           <t>Badania przy użyciu tomografu mr jak i spektrometru rca umożliwiają rozwój prac teoretycznych i aplikacyjnych dotyczących wykorzystania zjawiska magnetycznego rezonansu jądrowego (mrj) i metod komplementarnych, w biomedycyniew, geofizyce i geologii, chemii i inżynierii materiałowej do badania systemów porowatych. w szczególności dotyczy to obrazowania dyfuzji cząsteczek wody w obecności heterogenicznych gradientów pola magnetycznego z wykorzystaniem technik takich jak dwi, dti, bsd-dti, jak również badania populacji protonów (1h) w różnych układach porowatych w wysokich i niskich polach magnetycznych z zastosowaniem technik relaksometrii  spinowo-sieciowej, t1 i spinowo-spinowej, t2.
 prowadzimy szeroką gamę badań struktury porowej skał i innych materiałów porowatych spotykanych w biologii, medycynie i inżynierii materiałowej. specjalizujemy się w badaniach mrj w niskim polu magnetycznym, a także w bardzo wysokim gradiencie pola magnetycznego. w pracach badawczych analizujemy porowatość i przepuszczalność materiałów, a także prowadzimy prace z zakresu obrazowania przestrzeni porowej. zajmujemy się ponadto kompleksową analizą dyfuzji molekuł wody (posiadamy patenty międzynarodowe dotyczące kalibracji skanerów mr w obecności niejednorodnych gradientów pola magnetycznego) oraz czasów relaksacji t1, t2 (z uwzględnieniem procesów wymiany chemicznej i dyfuzyjnej, a także w obecności gradientów indukowanych). mamy doświadczenie zarówno ze skałami zbiornikowymi (łupki, piaskowce, węglany), jak również z innymi, naturalnymi i syntetycznymi, materiałami porowatymi o szerokim spektrum rozmiaru porów (mikropory &lt; 2nm, mezopory 2-50 nm, makropory &gt; 50 nm), takimi jak hydrożele, zeolity czy tkanki biologiczne.</t>
         </is>
       </c>
-      <c r="D45" t="inlineStr">
+      <c r="D48" t="inlineStr">
         <is>
           <t xml:space="preserve">Prowadzenie badań interdyscyplinarnych, biomedycznych, geofizycznych, i materiałowych
 	rozwój metod mrj do badań biomedycznych: diagnostyka mózgu, mięśnia sercowego, naczyń wieńcowych, wątroby, parametryzacja stanu komórek  in vitro i in vivo.
 	badanie dynamiki wody w układach porowatych: rdzenie skał, hydrożele, włókna węglowe, biologiczne, syntetyczne,. 
  </t>
         </is>
       </c>
-      <c r="E45" t="inlineStr">
+      <c r="E48" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obrazowanie gęstości protonowej materiałów biologicznych jak i przestrzeni porowej skał czy innych materiałów porowatych (2d oraz 3d).
 	obrazowanie dyfuzyjne (obrazowanie ważone dyfuzyjnie — dwi, obrazowanie tensora dyfuzji – dti, obrazowanie tensora dyfuzji w polach niejednorodnych — bsd-dti).
 	wizualizacja traktów neuronalnych lub innych układów anizotropowych.
 </t>
         </is>
       </c>
-      <c r="F45" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G45" t="inlineStr">
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G48" t="inlineStr">
         <is>
           <t>Kontakt - email: akrzyzak@agh.edu.pl</t>
         </is>
       </c>
-      <c r="H45" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I45" t="inlineStr">
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I48" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J45" t="inlineStr">
+      <c r="J48" t="inlineStr">
         <is>
           <t>Systemy porowate/latis - laboratorium tomografii i spektroskopii magnetycznego rezonansu jądrowego</t>
         </is>
       </c>
-      <c r="K45" t="inlineStr">
+      <c r="K48" t="inlineStr">
         <is>
           <t>Krzyżak Artur</t>
         </is>
       </c>
-      <c r="L45" t="inlineStr">
+      <c r="L48" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/artur-tadeusz-krzyzak-8398.html</t>
         </is>
       </c>
-      <c r="M45" t="inlineStr">
+      <c r="M48" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N45" t="inlineStr">
+      <c r="N48" t="inlineStr">
         <is>
           <t>Magnetyczny rezonans jądrowy, relaksometria nmr, tomografia mr</t>
         </is>
       </c>
     </row>
-    <row r="46">
-      <c r="A46" t="inlineStr">
+    <row r="49">
+      <c r="A49" t="inlineStr">
         <is>
           <t>Aparatura do badań gemmologicznych</t>
         </is>
       </c>
-      <c r="B46" t="inlineStr">
+      <c r="B49" t="inlineStr">
         <is>
           <t>Sprzęt gemmologiczny</t>
         </is>
       </c>
-      <c r="C46" t="inlineStr">
+      <c r="C49" t="inlineStr">
         <is>
           <t>Aparatura do badań gemmologicznych obejmuje mikroskop imersyjny, polaryskop, refraktometr, proporcjoskop, duotester  oraz lampę uv.</t>
         </is>
       </c>
-      <c r="D46" t="inlineStr">
+      <c r="D49" t="inlineStr">
         <is>
           <t>Aparatura służy do badania kamieni jubilerskich.</t>
         </is>
       </c>
-      <c r="E46" t="inlineStr">
+      <c r="E49" t="inlineStr">
         <is>
           <t>Aparatura do badań gemmologicznych służy do określenia charakteru optycznego kamieni jubilerskich, pleochroizmu, współczynniku/ów załamania światła, przewodności cieplnej, obecności inkluzji w kamieniach, oceny obróbki szlifu brylantowego oraz reakcji na światło ultrafioletowe.</t>
         </is>
       </c>
-      <c r="F46" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G46" t="inlineStr">
+      <c r="F49" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G49" t="inlineStr">
         <is>
           <t>Aparatura jest udostępniania studentom w trakcie zajęć dydaktycznych i do realizacji projektów prac inż. i mgr</t>
         </is>
       </c>
-      <c r="H46" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I46" t="inlineStr">
+      <c r="H49" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I49" t="inlineStr">
         <is>
           <t>Katedra mineralogii, petrografii i geochemii</t>
         </is>
       </c>
-      <c r="J46" t="inlineStr">
+      <c r="J49" t="inlineStr">
         <is>
           <t>Laboratorium gemmologiczne</t>
         </is>
       </c>
-      <c r="K46" t="inlineStr">
+      <c r="K49" t="inlineStr">
         <is>
           <t>Dumańska-Słowik Magdalena</t>
         </is>
       </c>
-      <c r="L46" t="inlineStr">
+      <c r="L49" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-dumanska-slowik-5858.html</t>
         </is>
       </c>
-      <c r="M46" t="inlineStr">
+      <c r="M49" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N46" t="inlineStr">
+      <c r="N49" t="inlineStr">
         <is>
           <t>Kamienie szlachetne</t>
         </is>
       </c>
     </row>
-    <row r="47">
-      <c r="A47" t="inlineStr">
+    <row r="50">
+      <c r="A50" t="inlineStr">
         <is>
           <t>Stanowisko do badania przepuszczalności skał</t>
         </is>
       </c>
-      <c r="B47" t="inlineStr">
+      <c r="B50" t="inlineStr">
         <is>
           <t>Labboratoryjny przepuszczalnomierz eijkelkamp</t>
         </is>
       </c>
-      <c r="C47" t="inlineStr">
+      <c r="C50" t="inlineStr">
         <is>
           <t>Stanowisko eijkepkamp oznaczania przepuszczalności skał działa zgodnie z poniższą zasadą: wytwarzając różne ciśnienie wody na obu końcach nasyconej próbki i mierząc wynikowy przepływ wody, można określić przepuszczalność wody. w układzie zamkniętym woda ze zbiornika magazynowego pompowana jest pompą zanurzeniową przez filtr do regulatora poziomu o regulowanej wysokości. ten regulator poziomu jest połączony z jednej strony z plastikowym pojemnikiem, a z drugiej strony z rurą, przez którą nadmiar wody przepływa z powrotem do pojemnika magazynowego. pojemnik można zamknąć płytką uszczelniającą, aby ograniczyć parowanie podczas pomiaru. w systemie otwartym woda przepływa bezpośrednio z rury wodnej do regulatora poziomu.
 ponieważ regulator poziomu i zbiornik tworzą naczynie połączone, regulator poziomu będzie utrzymywał poziom wody w zbiorniku (poziom wody w regulatorze poziomu jest równy poziomowi wody w zbiorniku). w pełni nasyconą próbkę pierścienia umieszcza się w uchwycie pierścienia i zakłada nasadkę sita. uchwyt pierścienia jest następnie umieszczany w pojemniku. przez plastikowy syfon woda znad próbki dostaje się do biurety. biurety mają różne długości, dzięki czemu kurki są łatwe w obsłudze. taca ociekowa zbiera wodę z biuret i zwraca ją do zbiornika magazynowego. przy systemie otwartym odpływ odbywa się z tacy ociekowej do np. zlewu. działanie syfonu powoduje powstanie różnicy wysokości (h) poziomu wody wewnątrz i na zewnątrz uchwytu pierścienia. ta różnica wysokości powoduje ciągły przepływ wody przez próbkę. wysokość poziomów wody mierzona jest za pomocą jednopunktowego mostka pomiarowego. gromadząc odprowadzaną wodę w biurecie przez określony czas, współczynnik przepuszczalności wody (współczynnik k) odpowiedniej próbki można obliczyć za pomocą wzoru.</t>
         </is>
       </c>
-      <c r="D47" t="inlineStr">
+      <c r="D50" t="inlineStr">
         <is>
           <t>Oznaczenie współczynnika filtracji skał w granicach 103 do 10-6 m/s.</t>
         </is>
       </c>
-      <c r="E47" t="inlineStr">
+      <c r="E50" t="inlineStr">
         <is>
           <t>Oznaczenie współczynnika filtracji skał w granicach 103 do 10-6 m/s.</t>
         </is>
       </c>
-      <c r="F47" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G47" t="inlineStr">
+      <c r="F50" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G50" t="inlineStr">
         <is>
           <t>W ramach podpisanej umowy/zlecenia z laboratorium hydrodynamicznym, po wcześniej akceptacji przez kierownika laboratorium. badanie wykonywane jest wyłącznie przez upoważnionego pracownika laboratorium.</t>
         </is>
       </c>
-      <c r="H47" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I47" t="inlineStr">
+      <c r="H50" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I50" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J47" t="inlineStr">
+      <c r="J50" t="inlineStr">
         <is>
           <t>Laboratorium hydrodynamiczne</t>
         </is>
       </c>
-      <c r="K47" t="inlineStr">
+      <c r="K50" t="inlineStr">
         <is>
           <t>Pierri Dorota</t>
         </is>
       </c>
-      <c r="L47" t="inlineStr">
+      <c r="L50" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dorota-pierri-8219.html</t>
         </is>
       </c>
-      <c r="M47" t="inlineStr">
+      <c r="M50" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N47" t="inlineStr">
+      <c r="N50" t="inlineStr">
         <is>
           <t>Piasek, przepuszczalność, współczynnik filtracji, żwir</t>
         </is>
       </c>
     </row>
-    <row r="48">
-      <c r="A48" t="inlineStr">
+    <row r="51">
+      <c r="A51" t="inlineStr">
         <is>
           <t>Advanced resistivity system 300 - zestaw do pomiaru oporności</t>
         </is>
       </c>
-      <c r="B48" t="inlineStr">
+      <c r="B51" t="inlineStr">
         <is>
           <t>Advanced resistivity system 300, corelab ins.</t>
         </is>
       </c>
-      <c r="C48" t="inlineStr">
+      <c r="C51" t="inlineStr">
         <is>
           <t>Przeznaczenie: zestaw do pomiarów elektrycznej oporności właściwej cieczy i ciał stałych (rdzeni), pomiary przy różnych nasyceniach umożliwiają wyznaczenie parametru porowatości, parametru nasycenia, współczynnika wysortowania, zwięzłości oraz zwilżalności. pomiary przy różnych temperaturach i ciśnieniu symulują warunki in situ.  pomiary przy różnych poziomach nasycenia. w tym celu pomiar wykonuje się wielokrotnie, z użyciem porous plate  lub po wcześniejszym odwirowaniu próbki, przy ustalonym czasie i liczbie obrotów. na podstawie pomiaru oblicza się parametr porowatości, indeks porowatości (parametr nasycenia), współczynnik wysortowania, wskaźnik zwięzłości próbki oraz współczynnik zwilżalności.
 pomiary próbek stałych (np. skał, materiałów budowlanych) i materiałów sypkich (np. gleba, proszki).
 zestaw advanced resistivity system 300 firmy corelab ins.:
 	miernik
 	komora do pomiarów oporności elektrycznej właściwej cieczy
 	miernik oporności  elektrycznej właściwej dla ciał stałych
 	miernik do pomiaru oporności w symulowanych warunkach złożowych (pod ciśnieniem i w wysokiej temperaturze)
 	czujnik do pomiaru ciał stałych (rdzenie) i materiałów sypkich (gleby)
 	miernik stałej dielektrycznej
 urządzenia preparacyjne, przygotowawcze, pomocnicze: przygotowanie próbek do badań polega na nadaniu próbkom odpowiedniego kształtu, ważeniu, mierzeniu, suszeniu, nasycaniu oraz odwirowywaniu</t>
         </is>
       </c>
-      <c r="D48" t="inlineStr">
+      <c r="D51" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone i wyznaczane parametry:
 	oporność / przewodnictwo właściwe ciał stałych i cieczy
 	oporność właściwa ciał stałych i cieczy w warunkach wysokiego ciśnienia i temperatury
 	parametr porowatości i parametr nasycenia
 	współczynnik zwięzłości
 	współczynnik wysortowania
 	współczynnik zwilżalności
 	stała dielektryczna
 </t>
         </is>
       </c>
-      <c r="E48" t="inlineStr">
+      <c r="E51" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary dla próbki suchej lub nasyconej dowolnym medium, równocześnie wykonuje się pomiar oporności cieczy nasycającej próbkę
 	pomiary przy różnych poziomach nasycenia
 	pomiary w warunkach symulowanych ciśnień złożowych i temperatury
 	wymiary próbek do badań: rdzenie o średnicy 1 cala lub 1,5 cala i długości min. 1,5 cala, pomiary materiałów sypkich
 </t>
         </is>
       </c>
-      <c r="F48" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G48" t="inlineStr">
+      <c r="F51" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G51" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza może być wykorzystywana (w ramach współpracy naukowej lub odpłatnie), ale nie jest możliwe samodzielne wykorzystanie aparatury. pomiary wykonywane będą w miejscu instalacji, przez osobę upoważnioną przez kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H48" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I48" t="inlineStr">
+      <c r="H51" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I51" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J48" t="inlineStr">
+      <c r="J51" t="inlineStr">
         <is>
           <t>Laboratorium petrofizyki / badania własności elektrycznych / petrophysics group</t>
         </is>
       </c>
-      <c r="K48" t="inlineStr">
+      <c r="K51" t="inlineStr">
         <is>
           <t>Puskarczyk Edyta</t>
         </is>
       </c>
-      <c r="L48" t="inlineStr">
+      <c r="L51" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/edyta-puskarczyk-7167.html</t>
         </is>
       </c>
-      <c r="M48" t="inlineStr">
+      <c r="M51" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N48" t="inlineStr">
+      <c r="N51" t="inlineStr">
         <is>
           <t>Badanie skał, geofizyka, oporność, petrofizyka, współczynnik cementacji, współczynnik wysortowania, współczynnik zwilżalności</t>
         </is>
       </c>
     </row>
-    <row r="49">
-      <c r="A49" t="inlineStr">
+    <row r="52">
+      <c r="A52" t="inlineStr">
         <is>
           <t>Fox 50 - zestaw do pomiaru przewodnictwa cieplnego</t>
         </is>
       </c>
-      <c r="B49" t="inlineStr">
+      <c r="B52" t="inlineStr">
         <is>
           <t>Fox 50 heat flow meter, ta instruments. astm c518 and iso 8301 standards</t>
         </is>
       </c>
-      <c r="C49" t="inlineStr">
+      <c r="C52" t="inlineStr">
         <is>
           <t>Przeznaczenie: zestaw pomiarowy do wyznaczania współczynnika przewodnictwa cieplnego, do badań ciał stałych (skał, materiałów budowlanych, izolacyjnych). przedmiotem pomiaru jest współczynnik przewodności cieplnej, a na jego podstawie możliwość obliczenia oraz konstrukcji map rozkładu gęstości powierzchniowego strumienia cieplnego.
 do badań wykorzystuje się aparat płytowy z izolowaną termicznie płytą grzejną. badanie opiera się na metodzie ustalonego strumienia cieplnego, w której strumień ciepła przechodzący przez próbkę materiału ma stałą wartość, a temperatura próbki w każdym punkcie jest ustalona. współczynnik przewodności cieplnej badanego materiału określa się mierząc gęstość strumienia cieplnego i różnicę temperatury po obu stronach próbki. możliwe są dwie procedury pomiarowe - metoda  pojedyńczej (1dx) i podwójnej (2dx) grubości.
 pomiar zgodny z normami astm c518 i iso 8301.
 urządzenia preparacyjne, przygotowawcze, pomocnicze: przygotowanie próbek do badań polega na nadaniu próbkom odpowiedniego kształtu i suszeniu / nasyceniu.</t>
         </is>
       </c>
-      <c r="D49" t="inlineStr">
+      <c r="D52" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone i wyznaczane parametry:
 	współczynnik przewodności cieplnej (zakres pomiarowy: od 0.1 do 10 w/mk)
 	cieplna oporność właściwa
 	opór cieplny
 	gęstość powierzchniowego strumienia cieplnego
 </t>
         </is>
       </c>
-      <c r="E49" t="inlineStr">
+      <c r="E52" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary współczynnika przewodności cieplnej (od 0.1 do 10 w/mk) i cieplnej oporności właściwej
 	pomiar oporu cieplnego (od 0.003 do 0.05 m2k/w)
 	wyznaczenie gęstości powierzchniowego strumienia cieplnego
 	zakres temperaturowy: od -10°c do 190°c (pomiar dla różnych temperatur i przy różnych gradientach temperatury)
 </t>
         </is>
       </c>
-      <c r="F49" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G49" t="inlineStr">
+      <c r="F52" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G52" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza może być wykorzystywana (w ramach współpracy naukowej lub odpłatnie), ale nie jest możliwe samodzielne wykorzystanie aparatury. pomiary wykonywane będą w miejscu instalacji, przez osobę upoważnioną przez kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H49" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I49" t="inlineStr">
+      <c r="H52" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I52" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J49" t="inlineStr">
+      <c r="J52" t="inlineStr">
         <is>
           <t>Laboratorium petrofizyki / badania własności termicznych / petrophysics group</t>
         </is>
       </c>
-      <c r="K49" t="inlineStr">
+      <c r="K52" t="inlineStr">
         <is>
           <t>Puskarczyk Edyta</t>
         </is>
       </c>
-      <c r="L49" t="inlineStr">
+      <c r="L52" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/edyta-puskarczyk-7167.html</t>
         </is>
       </c>
-      <c r="M49" t="inlineStr">
+      <c r="M52" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N49" t="inlineStr">
+      <c r="N52" t="inlineStr">
         <is>
           <t>Badanie skał, geofizyka, opór cieplny, petrofizyka, przewodnictwo cieplne, strumień cieplny</t>
         </is>
       </c>
     </row>
-    <row r="50">
-      <c r="A50" t="inlineStr">
+    <row r="53">
+      <c r="A53" t="inlineStr">
         <is>
           <t>Nmr maran ultra 23mhz - spektrometr magnetycznego rezonansu jądrowego</t>
         </is>
       </c>
-      <c r="B50" t="inlineStr">
+      <c r="B53" t="inlineStr">
         <is>
           <t>Nmr maranultra 23mhz, resonance instruments ltd., gb</t>
         </is>
       </c>
-      <c r="C50" t="inlineStr">
+      <c r="C53" t="inlineStr">
         <is>
           <t>Przeznaczenie: spektrometr przeznaczony jest do badania zawartości wodoru (wody i innych związków zawierających wodór) w skałach, glebach, piaskach, materiałach budowlanych, chemicznych, medycznych, spożywczych. do wyznaczania porowatości ogólnej i efektywnej oraz przepuszczalności i rozkładu nasyceń.
 badania są prowadzone na próbkach ciał stałych (m.in. rdzenie, kawałki skał), ciekłych i gazowych (odpowiednio przygotowana i zabezpieczona próbka).
 warianty badań:
 	pomiar standardowy – analiza rozkładu nasyceń metodą nmr (porowatość ogólna, porowatość efektywna, nasycenie wodą nieredukowalną, zawartość wody wolnej, kapilarnej i związanej),  pomiar dwukrotny dla próbki suchej i nasyconej, metodą echa spinowego, standardowe t2cutoffs i dobrane indywidualnie
 	pomiar rozszerzony – analiza rozkładu nasyceń metodą nmr (porowatość ogólna, porowatość efektywna, nasycenie wodą nieredukowalną, zawartość wody wolnej, kapilarnej i związanej), obliczenie przepuszczalności i rozmiaru porów, interpretacja z wykorzystaniem niestandardowych procedur, indywidualnie dopasowane t2cutoffs według stworzonej procedury
 	pomiary w różnych warunkach nasycenia, wykorzystanie wielu sekwencji pomiarowych
 na podstawie kształtu sygnału nmr można wnioskować o rozmiarach, kształcie i ruchliwości mediów porowych. amplituda sygnału nmr zależy od liczby rezonujących jąder wodoru zawartych w badanej próbce. stanowi to miarę porowatości skały, której pory wypełnione są medium nasycającym. z sumarycznego sygnału wydziela się składowe związane z objętością wody swobodnej, wody kapilarnej i wody związanej w minerałach ilastych.
 urządzenia preparacyjne: nadanie próbkom odpowiedniego kształtu, ważeni, mierzenie, suszenie, nasycanie oraz odwirowywanie.</t>
         </is>
       </c>
-      <c r="D50" t="inlineStr">
+      <c r="D53" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone i wyznaczane parametry:
 	porowatość ogólna, efektywna i dynamiczna
 	objętość wody nasycającej przestrzeń porową z wydzieleniem wody związanej w przestrzeniach międzypakietowych iłów i wody zamkniętej w porach kapilarnych oraz wody swobodnej
 	współczynnik nasycenia wodą związaną, swirr
 	współczynnik przepuszczalności, perm
 	promień porów
 	rozkład porów, psd
 </t>
         </is>
       </c>
-      <c r="E50" t="inlineStr">
+      <c r="E53" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar spektrometryczny t1, t2, dyfuzja
 	standardowe i indywidualnie dopasowane czasy odcięcia - cutoffs
 	zestaw certyfikowanych wzorców do kalibracji
 	oprogramowanie do pomiarów, przetwarzania i interpretacji
 	wymiary próbek: walczyki o średnicy 1 cala i wysokości ok. 1,5 cala lub próbka pokruszona lub ciecz lub mieszanina cieczy i ciała stałego
 </t>
         </is>
       </c>
-      <c r="F50" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G50" t="inlineStr">
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G53" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza może być wykorzystywana (w ramach współpracy naukowej lub odpłatnie), ale nie jest możliwe samodzielne wykorzystanie aparatury. pomiary wykonywane będą w miejscu instalacji, przez osobę upoważnioną przez kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H50" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I50" t="inlineStr">
+      <c r="H53" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I53" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J50" t="inlineStr">
+      <c r="J53" t="inlineStr">
         <is>
           <t>Laboratorium petrofizyki / nmr magnetyczny rezonans jądrowy / petrophysics group</t>
         </is>
       </c>
-      <c r="K50" t="inlineStr">
+      <c r="K53" t="inlineStr">
         <is>
           <t>Puskarczyk Edyta</t>
         </is>
       </c>
-      <c r="L50" t="inlineStr">
+      <c r="L53" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/edyta-puskarczyk-7167.html</t>
         </is>
       </c>
-      <c r="M50" t="inlineStr">
+      <c r="M53" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N50" t="inlineStr">
+      <c r="N53" t="inlineStr">
         <is>
           <t>Magnetyczny rezonans jądrowy, nasycenia, nmr, porowatość, przepuszczalność, psd, rozkład porów, woda kapilarna, woda wolna, woda związana</t>
-        </is>
-[...214 lines deleted...]
-          <t>Chromatografia gazowa, gc</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
+          <t>Chromatograf gazowy carlo erba instruments</t>
+        </is>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>Chromatograf gazowy carlo erba instruments</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Chromatograf sprzężony jest z komputerem, wyposażony jest w detektor cieplno-przewodnościowy tcd. przeznaczony jest do rozdziałów mieszanin gazowych. </t>
+        </is>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <t>Możliwość oznaczania następujących składników: hel, wodór, tlen, azot, metan i dwutlenek węgla.</t>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>Oznaczenia składników w przedziale od 20 ppm do 100% obj.</t>
+        </is>
+      </c>
+      <c r="F54" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G54" t="inlineStr">
+        <is>
+          <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
+        </is>
+      </c>
+      <c r="H54" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I54" t="inlineStr">
+        <is>
+          <t>Katedra surowców energetycznych</t>
+        </is>
+      </c>
+      <c r="J54" t="inlineStr">
+        <is>
+          <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
+        </is>
+      </c>
+      <c r="K54" t="inlineStr">
+        <is>
+          <t>Sechman Henryk</t>
+        </is>
+      </c>
+      <c r="L54" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
+        </is>
+      </c>
+      <c r="M54" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N54" t="inlineStr">
+        <is>
+          <t>Chromatografia gazowa, gc</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
+        <is>
+          <t>Chromatograf gazowy fisons instruments gc 8160</t>
+        </is>
+      </c>
+      <c r="B55" t="inlineStr">
+        <is>
+          <t>Chromatograf gazowy fisons instruments gc 8160</t>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Chromatograf sprzężony jest z komputerem i generatorem wodoru nm-h2 plus firmy lni schmidlin. chromatograf wyposażony jest w detektor płomieniowo-jonizacyjny fid. przeznaczony jest do rozdziałów mieszanin gazowych.  </t>
+        </is>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <t>Możliwość oznaczania następujących składników: nasycone węglowodory szeregu metanowego (metan, etan, propan, butany, pentany), gazowe węglowodory nienasycone (etylen, propylen, 1-buten).</t>
+        </is>
+      </c>
+      <c r="E55" t="inlineStr">
+        <is>
+          <t>Oznaczenia węglowodorów wykonywane są w przedziale od 0,01 ppm do 100% obj.</t>
+        </is>
+      </c>
+      <c r="F55" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G55" t="inlineStr">
+        <is>
+          <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
+        </is>
+      </c>
+      <c r="H55" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I55" t="inlineStr">
+        <is>
+          <t>Katedra surowców energetycznych</t>
+        </is>
+      </c>
+      <c r="J55" t="inlineStr">
+        <is>
+          <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
+        </is>
+      </c>
+      <c r="K55" t="inlineStr">
+        <is>
+          <t>Sechman Henryk</t>
+        </is>
+      </c>
+      <c r="L55" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
+        </is>
+      </c>
+      <c r="M55" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N55" t="inlineStr">
+        <is>
+          <t>Chromatografia gazowa, gc</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
+        <is>
+          <t>Chromatograf gazowy agilent technologies 7820a system</t>
+        </is>
+      </c>
+      <c r="B56" t="inlineStr">
+        <is>
+          <t>Chromatograf gazowy agilent technologies 7820a system</t>
+        </is>
+      </c>
+      <c r="C56" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Chromatograf sprzężony jest z komputerem, wyposażony jest w detektor cieplno-przewodnościowy tcd. przeznaczony jest do rozdziałów mieszanin gazowych. </t>
+        </is>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>Możliwość oznaczania następujących składników: hel, wodór, tlen i azot.</t>
+        </is>
+      </c>
+      <c r="E56" t="inlineStr">
+        <is>
+          <t>Oznaczenia składników w przedziale od 20 ppm do 100% obj.</t>
+        </is>
+      </c>
+      <c r="F56" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G56" t="inlineStr">
+        <is>
+          <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
+        </is>
+      </c>
+      <c r="H56" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I56" t="inlineStr">
+        <is>
+          <t>Katedra surowców energetycznych</t>
+        </is>
+      </c>
+      <c r="J56" t="inlineStr">
+        <is>
+          <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
+        </is>
+      </c>
+      <c r="K56" t="inlineStr">
+        <is>
+          <t>Twaróg Anna</t>
+        </is>
+      </c>
+      <c r="L56" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/anna-twarog-9247.html</t>
+        </is>
+      </c>
+      <c r="M56" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N56" t="inlineStr">
+        <is>
+          <t>Chromatografia gazowa, gc</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
+        <is>
           <t>Fluksometr miernik strumienia emisji metanu i dwutlenku węgla firmy west systems</t>
         </is>
       </c>
-      <c r="B54" t="inlineStr">
+      <c r="B57" t="inlineStr">
         <is>
           <t>West-fluxometr – wysokorozdzielczy, przenośny zestaw pomiarowy strumienia dyfuzji gazów (metan i dwutlenek węgla)  wraz z wyposażeniem, oprogramowaniem i przenośnym komputerem typu palmtop</t>
         </is>
       </c>
-      <c r="C54" t="inlineStr">
+      <c r="C57" t="inlineStr">
         <is>
           <t>Urządzenia pozwala na pomiar emisji metanu i dwutlenku węgla bezpośrednio w terenie. działanie urządzenia polega na pobraniu powietrza z nad powierzchni gleby, które gromadzi się w przestrzeni komory akumulacyjnej. następnie składniki wprowadzane są do połączonych szeregowo detektorów, w których oznaczane są wartości stężenia metanu oraz dwutlenku węgla. urządzenie wyposażone jest w dwa detektory: metanu ws-ch4-tld (zakres od 0,1 ppm do 10% obj.) oraz dwutlenku węgla li820 (ndir) (zakres od 0 do 20 000 ppm).</t>
         </is>
       </c>
-      <c r="D54" t="inlineStr">
+      <c r="D57" t="inlineStr">
         <is>
           <t>Możliwość oznaczania stężeń metanu i dwutlenku węgla w czasie. wyznaczanie wartości strumieni emisji metanu i dwutlenku węgla.</t>
         </is>
       </c>
-      <c r="E54" t="inlineStr">
+      <c r="E57" t="inlineStr">
         <is>
           <t>Detektor metanu ws-ch4-tld (zakres od 0,1 ppm do 10% obj.) oraz detektor dwutlenku węgla li820 (ndir) (zakres od 0 do 20 000 ppm).
 strumień emisji metanu w zakresie: 0.5 mmol/m2/d - 1000 mol/m2/d
 strumień emisji dwutlenku węgla w zakresie: 1 mmol/m2/d - 300 mol/m2/d.</t>
         </is>
       </c>
-      <c r="F54" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G54" t="inlineStr">
+      <c r="F57" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G57" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H54" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I54" t="inlineStr">
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I57" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J54" t="inlineStr">
+      <c r="J57" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K54" t="inlineStr">
+      <c r="K57" t="inlineStr">
         <is>
           <t>Twaróg Anna</t>
         </is>
       </c>
-      <c r="L54" t="inlineStr">
+      <c r="L57" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/anna-twarog-9247.html</t>
         </is>
       </c>
-      <c r="M54" t="inlineStr">
+      <c r="M57" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N54" t="inlineStr">
+      <c r="N57" t="inlineStr">
         <is>
           <t>Emisja dwutlenku węgla, emisja metanu, gaz glebowy</t>
         </is>
       </c>
     </row>
-    <row r="55">
-      <c r="A55" t="inlineStr">
+    <row r="58">
+      <c r="A58" t="inlineStr">
         <is>
           <t>Wodoszczelny ph-metr - konduktometr – solomierz cpc-411</t>
         </is>
       </c>
-      <c r="B55" t="inlineStr">
+      <c r="B58" t="inlineStr">
         <is>
           <t>Wodoszczelny ph-metr - konduktometr – solomierz cpc-411</t>
         </is>
       </c>
-      <c r="C55" t="inlineStr">
+      <c r="C58" t="inlineStr">
         <is>
           <t>Urządzenia mierzy ph, przewodność, zasolenie, mv (potencjał redox) i temperaturę.
 ma zastosowanie w pomiarach terenowych oraz laboratoryjnych.</t>
         </is>
       </c>
-      <c r="D55" t="inlineStr">
+      <c r="D58" t="inlineStr">
         <is>
           <t>Pomiar ph, przewodności, zasolenia, potencjału redox oraz temperatury.</t>
         </is>
       </c>
-      <c r="E55" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G55" t="inlineStr">
+      <c r="E58" t="inlineStr"/>
+      <c r="F58" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G58" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H55" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I55" t="inlineStr">
+      <c r="H58" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I58" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J55" t="inlineStr">
+      <c r="J58" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K55" t="inlineStr">
+      <c r="K58" t="inlineStr">
         <is>
           <t>Sechman Henryk</t>
         </is>
       </c>
-      <c r="L55" t="inlineStr">
+      <c r="L58" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
         </is>
       </c>
-      <c r="M55" t="inlineStr">
+      <c r="M58" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N55" t="inlineStr">
+      <c r="N58" t="inlineStr">
         <is>
           <t>Ph, pomiar ph</t>
         </is>
       </c>
     </row>
-    <row r="56">
-      <c r="A56" t="inlineStr">
+    <row r="59">
+      <c r="A59" t="inlineStr">
         <is>
           <t>Chromatograf gazowy agilent technologies 7890b system</t>
         </is>
       </c>
-      <c r="B56" t="inlineStr">
+      <c r="B59" t="inlineStr">
         <is>
           <t>Chromatograf gazowy agilent technologies 7890b system</t>
         </is>
       </c>
-      <c r="C56" t="inlineStr">
+      <c r="C59" t="inlineStr">
         <is>
           <t xml:space="preserve">Chromatograf sprzężony jest z komputerem i generatorem wodoru nm-h2 plus firmy lni schmidlin. chromatograf wyposażony jest w detektor płomieniowo-jonizacyjny fid oraz detektor cieplno-przewodnościowy tcd. przeznaczony jest do rozdziałów mieszanin gazowych.  </t>
         </is>
       </c>
-      <c r="D56" t="inlineStr">
+      <c r="D59" t="inlineStr">
         <is>
           <t>Możliwość oznaczania następujących składników: nasycone węglowodory szeregu metanowego (metan, etan, propan, butany, pentany), gazowe węglowodory nienasycone (etylen, propylen, 1-buten) oraz dwutlenek węgla.</t>
         </is>
       </c>
-      <c r="E56" t="inlineStr">
+      <c r="E59" t="inlineStr">
         <is>
           <t>Oznaczenia węglowodorów wykonywane są w przedziale od 0,01 ppm do 100% obj. oznaczenia pozostałych składników w przedziale od 20 ppm do 100% obj.</t>
         </is>
       </c>
-      <c r="F56" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G56" t="inlineStr">
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G59" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H56" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I56" t="inlineStr">
+      <c r="H59" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I59" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J56" t="inlineStr">
+      <c r="J59" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K56" t="inlineStr">
+      <c r="K59" t="inlineStr">
         <is>
           <t>Twaróg Anna</t>
         </is>
       </c>
-      <c r="L56" t="inlineStr">
+      <c r="L59" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/anna-twarog-9247.html</t>
         </is>
       </c>
-      <c r="M56" t="inlineStr">
+      <c r="M59" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N56" t="inlineStr">
+      <c r="N59" t="inlineStr">
         <is>
           <t>Chromatografia gazowa, gc</t>
         </is>
       </c>
     </row>
-    <row r="57">
-      <c r="A57" t="inlineStr">
+    <row r="60">
+      <c r="A60" t="inlineStr">
         <is>
           <t>Aparatura do pomiarów geoelektrycznych supersting r8</t>
         </is>
       </c>
-      <c r="B57" t="inlineStr">
+      <c r="B60" t="inlineStr">
         <is>
           <t>Supersting™ wi-fi</t>
         </is>
       </c>
-      <c r="C57" t="inlineStr">
+      <c r="C60" t="inlineStr">
         <is>
           <t>Aparatura supersting r8 jest nowoczesnym systemem pomiarowym służącym do obrazowania ośrodka geologicznego z wykorzystaniem następujących metod geoelektrycznych: elektrooporowa (dc), potencjałów naturalnych (sp) oraz polaryzacji wzbudzonej (ip). w ramach metody elektrooporowej możliwe jest wykonywanie pomiarów metodami: sondowania elektrooporowego (ves), profilowania elektrooporowego i tomografii elektrooporowej (ert). system pomiarowy pozwala na wykorzystanie szeregu standardowych układów pomiarowych (np. wenner, schlumberger, dipole-dipole, pole-dipole, gradient) oraz układów nietypowych, tj. dowolnie programowalnych przez użytkownika. aparatura pozwala na wykonywanie pomiarów w trybie 8-kanałowym, tj. możliwe jest jednoczesne zmierzenie różnic potencjałów dla ośmiu odrębnych par elektrod przy jednokrotnym przepuszczeniu prądu elektrycznego przez badany ośrodek.</t>
         </is>
       </c>
-      <c r="D57" t="inlineStr">
+      <c r="D60" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	wspomaganie badań w zakresie geologii-inżynierskiej i geotechniki.
 	badania strefy przypowierzchniowej dla potrzeb ochrony środowiska gruntowo-wodnego i dla archeologii.
 	badania dla potrzeb rozpoznawania złóż surowców skalnych.
 	badania zapór, obwałowań i innych konstrukcji inżynierskich.
 	badania z użyciem specjalistycznych kabli podwodnych.
 	badania deformacji terenu na obszarach górniczych.
 </t>
         </is>
       </c>
-      <c r="E57" t="inlineStr">
+      <c r="E60" t="inlineStr">
         <is>
           <t>Aparatura supersting r8 pozwala na wykonywanie pomiarów w technice 1d, 2d i 3d, a także w wariancie monitoringu geoelektrycznego (4d). posiadany wariant sprzętowy pozwala na jednoczesne podłączenie zestawu 112 elektrod i maksymalnym ich rozstawie (odległości pomiędzy sąsiadującymi elektrodami) równym 5 m. długość profilu badawczego nie jest ograniczona jedynie do zestawu elektrod - dzięki zastosowaniu techniki roll-along może być odpowiednio powiększana.</t>
         </is>
       </c>
-      <c r="F57" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G57" t="inlineStr">
+      <c r="F60" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G60" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H57" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I57" t="inlineStr">
+      <c r="H60" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I60" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J57" t="inlineStr">
+      <c r="J60" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań geoelektrycznych</t>
         </is>
       </c>
-      <c r="K57" t="inlineStr">
+      <c r="K60" t="inlineStr">
         <is>
           <t>Bania Grzegorz</t>
         </is>
       </c>
-      <c r="L57" t="inlineStr">
+      <c r="L60" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-bania-8216.html</t>
         </is>
       </c>
-      <c r="M57" t="inlineStr">
+      <c r="M60" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N57" t="inlineStr">
+      <c r="N60" t="inlineStr">
         <is>
           <t>Ert, geofizyka, inżynieria środowiska, metody geoelektryczne, obrazowanie elektrooporowe, sondowanie elektrooporowe, tomografia elektrooporowa, ves</t>
         </is>
       </c>
     </row>
-    <row r="58">
-      <c r="A58" t="inlineStr">
+    <row r="61">
+      <c r="A61" t="inlineStr">
         <is>
           <t>Pompa gradientowa do chromatografii jonowej dionex ics-6000</t>
         </is>
       </c>
-      <c r="B58" t="inlineStr">
+      <c r="B61" t="inlineStr">
         <is>
           <t>Dionex ics-6000 sp</t>
         </is>
       </c>
-      <c r="C58" t="inlineStr">
+      <c r="C61" t="inlineStr">
         <is>
           <t>System chromatograficzny dionex ics-6000 sp do rozdziału chromatograficznego specjacji as, cr, sb, se i ich ilościowego oznaczenia w sprzężeniu ze spektrometrią mas (icp-ms):
 	pompa gradientowa model sp z gradientem 4-składnikowym
 	wbudowany próżniowy degazer eluentów
 	zakres przepływu 0,001 – 10 ml/min
 	zakres ciśnienia 0-35 mpa
 	zestaw modułów organizacji i pneumatyki fazy ruchomej eo z zestawem butelek
 	kolumna ionpac as7 (2x250 mm)
 	kolumna ionpac ag7 (2x50 mm)
 	wysokociśnieniowy ręczny zawór nastrzykowy
 szczegóły można znaleźć na stronie: https://www.thermofisher.com/order/catalog/product/22181-60001</t>
         </is>
       </c>
-      <c r="D58" t="inlineStr">
+      <c r="D61" t="inlineStr">
         <is>
           <t>Chromatografia jonowa w sprzężeniu ze spektrometrem mas znajduje szerokie zastosowanie w analizie środowiskowej. daje ona ogromne możliwości w zakresie oznaczenia specjacji wybranych pierwiastków, po zastosowaniu odpowiednich kolumn analitycznych, dobraniu eluentów oraz parametrów pracy aparatury badawczej.</t>
         </is>
       </c>
-      <c r="E58" t="inlineStr">
+      <c r="E61" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego parametru oraz matrycy próbki możliwy jest pomiar stężeń rzędu ng/l. rutynowo granice oznaczalności wahają się od dziesiątych części µg/l do kilku µg/l.</t>
         </is>
       </c>
-      <c r="F58" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G58" t="inlineStr">
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G61" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H58" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I58" t="inlineStr">
+      <c r="H61" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I61" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J58" t="inlineStr">
+      <c r="J61" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K58" t="inlineStr">
+      <c r="K61" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L58" t="inlineStr">
+      <c r="L61" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M58" t="inlineStr">
+      <c r="M61" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N58" t="inlineStr">
+      <c r="N61" t="inlineStr">
         <is>
           <t>Analiza specjacyjna, ic, roztwory wodne, specjacja chemiczna, techniki sprzężone, woda</t>
         </is>
       </c>
     </row>
-    <row r="59">
-      <c r="A59" t="inlineStr">
+    <row r="62">
+      <c r="A62" t="inlineStr">
         <is>
           <t>Aparatura do pomiarów grawimetrycznych</t>
         </is>
       </c>
-      <c r="B59" t="inlineStr">
+      <c r="B62" t="inlineStr">
         <is>
           <t>Autograv cg-5</t>
         </is>
       </c>
-      <c r="C59" t="inlineStr">
+      <c r="C62" t="inlineStr">
         <is>
           <t xml:space="preserve">Grawimetr autograv cg-5 firmy scintrex jest urzadzeniem do pomiaru siły cieżkości, która jest odzwierciedleniem rozkałdu gęstości w ośrodku skalnym. ukłąd pomiarowy grawimetru bazuje na sprężynie kwarcowej i posiada wysoką dokładność pomiaru: rozdzielczość 0,001 mgal, przy błędzie &lt; 0,005 mgal. zakres pomiarowy grawimetru autograv cg-5 obejmuje cały glob. grawimetr charakteryzuje się niskim dryftem, posiada wbudowany moduł eliminujący grawitacyjny wpływ słońca i księżyca i odchylenie od pionu w granicach  ±200 sec.
  </t>
         </is>
       </c>
-      <c r="D59" t="inlineStr">
+      <c r="D62" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	przywracanie użyteczności terenom
 	monitoring grawimetryczny
 	projektowanie dróg i autostrad
 	badania stanu szybów górniczych
 	określanie stanu wałów i zapór
 	wyznaczanie gęstości nasypowej
 	wykrywanie pustek i rozluźnień
 	poszukiwania ropy i gazu oraz złóż węgla, minerałów i rud metali
 	rozpoznanie budowy geologicznej i tektoniki
 </t>
         </is>
       </c>
-      <c r="E59" t="inlineStr">
+      <c r="E62" t="inlineStr">
         <is>
           <t xml:space="preserve">Badania pozwalają na ropoznawanie struktur geologicznych różniących się gęstością objętościową od skał otaczających. parametry autograv cg-5 umożliwiają poszukiwanie struktur o niewielkich rozmiarach, zarówno geologicznych jak i antropogenicznych (badania mikrograwimetryczne). pomiary mogą być wykonywane również wewnątrz wyrobisk górniczych, w tym w szybach górniczych celem zbadania  górotworu poza obudową.
  </t>
         </is>
       </c>
-      <c r="F59" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G59" t="inlineStr">
+      <c r="F62" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G62" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H59" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I59" t="inlineStr">
+      <c r="H62" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I62" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J59" t="inlineStr">
+      <c r="J62" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badańgrawimetrycznych i magnetycznych</t>
         </is>
       </c>
-      <c r="K59" t="inlineStr">
+      <c r="K62" t="inlineStr">
         <is>
           <t>Porzucek Sławomir</t>
         </is>
       </c>
-      <c r="L59" t="inlineStr">
+      <c r="L62" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/slawomir-porzucek-2645.html</t>
         </is>
       </c>
-      <c r="M59" t="inlineStr">
+      <c r="M62" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N59" t="inlineStr">
+      <c r="N62" t="inlineStr">
         <is>
           <t>Geodynamika, geofizyka, geotechnika, górnictwo, inżynieria środowiska, metoda grawimetryczna, metoda mikrograwimetryczna, ochrona powierzchni terenu</t>
         </is>
       </c>
     </row>
-    <row r="60">
-      <c r="A60" t="inlineStr">
+    <row r="63">
+      <c r="A63" t="inlineStr">
         <is>
           <t>Aparatura do pomiarów magnetycznych</t>
         </is>
       </c>
-      <c r="B60" t="inlineStr">
+      <c r="B63" t="inlineStr">
         <is>
           <t>Geometrics g-859as and g-856</t>
         </is>
       </c>
-      <c r="C60" t="inlineStr">
+      <c r="C63" t="inlineStr">
         <is>
           <t xml:space="preserve">Magnetometr g-859as służy do pomiaru indukcji magnetycznej. jest bardzo czułym, szybko próbkującym cezowym magnetometrem kwantowym wykorzystującym zjawisko pompowania optycznego. g-859as zapewnia różne tryby pracy, aby umożliwić niestandardowe zaprojektowanie pomiarów dla konkretnych potrzeb.
 akwizycja danych g-858 umożliwia pracę w trybie ciągłym lub dyskretnym. wysoka częstotliwość próbkowania przyrządu w trybie ciągłym umożliwia operatorowi badanie bez konieczności zatrzymywania się. lokalizację punktów pomiarowych w terenie ułatwia wbudowany system gps.
 magnetometr powala na wykonywanie pomiarów w trybie pracy z jedną sondą pomiarową lub jednocześnie z dwiema sondami pomiarowymi, co w wyniku pozwala na obliczenie gradientu pola magnetycznego.
 zakres pracy urządzenia wynosi  20 000nt – 100 000nt z tolerancją gradientu &gt;20 000nt/m, dokładność pomiaru w ruchu&lt;1.5nt . minimalna częstotliwość pomiaru wynosi 0.1s.
 magnetometr g-856 jest urządzeniem usupełniającym do g-859as i służy do pomiarów bazowych, potrzebnych do analizy dobowych zmian czasowych pola magnetycznego.urządzenie to może wykonywać pomiary w systemie ciągłym z minimalną częstotliwością 4s.
  </t>
         </is>
       </c>
-      <c r="D60" t="inlineStr">
+      <c r="D63" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	badania prospekcyjne złóż,
 	wspomagając rozwiązywanie problemów tektonicznych w obrębie skorupy ziemskiej,
 	prospekcji archeologicznej i historycznej,
 	poszukiwania niewybuchów i niewypałów,
 	w ochronie środowiska,
 	badania podłoża skalnego,
 	badania zmian wiekowych pola magnetycznego na stabilnych stanowiskach pomiarowych,
 	badania zmian wiekowych pola magnetycznego.
 </t>
         </is>
       </c>
-      <c r="E60" t="inlineStr">
+      <c r="E63" t="inlineStr">
         <is>
           <t>Pomiar całkowitego natężenia ziemskiego pola magnetycznego
 pomiar gradeinu pionowego i poziomego ziemskiego pola magnetycznego.
 tryb pomiarowy:
 - dyskretny
 - ciagły</t>
         </is>
       </c>
-      <c r="F60" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G60" t="inlineStr">
+      <c r="F63" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G63" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H60" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I60" t="inlineStr">
+      <c r="H63" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I63" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J60" t="inlineStr">
+      <c r="J63" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań grawimetrycznych i magnetycznych</t>
         </is>
       </c>
-      <c r="K60" t="inlineStr">
+      <c r="K63" t="inlineStr">
         <is>
           <t>Łój Monika</t>
         </is>
       </c>
-      <c r="L60" t="inlineStr">
+      <c r="L63" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/monika-loj-6594.html</t>
         </is>
       </c>
-      <c r="M60" t="inlineStr">
+      <c r="M63" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N60" t="inlineStr">
+      <c r="N63" t="inlineStr">
         <is>
           <t>Archeologia, geofizyka, geotechnika, inżynieria środowiska, metoda magnetyczna, prospekcja złóż, uxo</t>
         </is>
       </c>
     </row>
-    <row r="61">
-      <c r="A61" t="inlineStr">
+    <row r="64">
+      <c r="A64" t="inlineStr">
         <is>
           <t>Soxtec 2055</t>
         </is>
       </c>
-      <c r="B61" t="inlineStr">
+      <c r="B64" t="inlineStr">
         <is>
           <t>System ekstrakcyjny soxtec avanti 2055</t>
         </is>
       </c>
-      <c r="C61" t="inlineStr">
+      <c r="C64" t="inlineStr">
         <is>
           <t xml:space="preserve">System ekstrakcyjny soxtec avanti 2055 umożliwia wykonywanie ekstrakcji przy użyciu szerokiej gamy rozpuszczalników, w sposób szybszy, bezpieczniejszy i bardziej ekonomiczny w porównaniu z ekstrakcją w aparacie soxhlet’a. czas ekstrakcji zredukowany jest do 20% czasu ekstrakcji soxhlet’a, a odzysk rozpuszczalników wynosi do 90%. połączenie techniki ekstrakcji w systemie soxtec oraz szerokiego wachlarza rozpuszczalników czyni system ekstrakcyjny soxtec avanti 2055 elastycznym narzędziem w analizie związków rozpuszczalnych w takich materiałach jak: żywność, pasze, gleba, skały, włókna, produkty chemiczne i farmaceutyki.
  </t>
         </is>
       </c>
-      <c r="D61" t="inlineStr">
+      <c r="D64" t="inlineStr">
         <is>
           <t>Ekstrakcja programowalna i półautomatyczna. czas: w zależności od zastosowania (od 40 min do 5 godz.), typowo 1-2 godz.; wydajność jednej partii: 6 próbek; masa próbki: do 30g; zakres pomiarowy (dla tłuszczu): 0,1-100%; czas nagrzewania: od 20-280°c w 7-9 min; objętość rozpuszczalnika na próbkę: 70-90 ml; dokładność: ± 1% względny.</t>
         </is>
       </c>
-      <c r="E61" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G61" t="inlineStr">
+      <c r="E64" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="F64" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G64" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H61" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I61" t="inlineStr">
+      <c r="H64" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I64" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J61" t="inlineStr">
+      <c r="J64" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K61" t="inlineStr">
+      <c r="K64" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L61" t="inlineStr">
+      <c r="L64" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M61" t="inlineStr">
+      <c r="M64" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N61" t="inlineStr">
+      <c r="N64" t="inlineStr">
         <is>
           <t>Ekstrakcja</t>
         </is>
       </c>
     </row>
-    <row r="62">
-      <c r="A62" t="inlineStr">
+    <row r="65">
+      <c r="A65" t="inlineStr">
         <is>
           <t>Zestaw do prowadzenia eksperymentów pirolizy wodnej</t>
         </is>
       </c>
-      <c r="B62" t="inlineStr">
+      <c r="B65" t="inlineStr">
         <is>
           <t>Reaktor ciśnieniowy typu 4653 (parr instrument company) z oprzyrządowaniem</t>
         </is>
       </c>
-      <c r="C62" t="inlineStr">
+      <c r="C65" t="inlineStr">
         <is>
           <t>Zestaw do pirolizy wodnej (hp) jest unikatowy nie tylko w polsce, ale i w europie. hp jest zaawansowaną metodą doświadczalną służącą do symulacji naturalnych procesów przeobrażenia termicznego materii organicznej i tworzenia się węglowodorów. istotą procesu pirolizy wodnej jest ogrzewanie kawałków skały w zamkniętym reaktorze w obecności wody w ustalonych warunkach temperatury i czasu. gaz i ropa otrzymane w wyniku eksperymentów są fizycznie i chemicznie zbliżone do naturalnych mediów akumulowanych w złożach.
 parametry reaktorów: bez mieszania, pojemność 1000 ml, średnica 6 cm, materiał: hastelloy c276 (55% ni, 15-17% mo, 14,5-16,5% cr, 4-7% fe, 3-4,5% w), wytrzymałość na ciśnienie w 350oc - 410 bar, wytrzymałość na ciśnienie w 600oc - 290 bar, max. temperatura  pracy - 600oc, zawór bezpieczeństwa – 6500 psi (ok. 448 bar)
 piece: ceramiczne o mocy 2250w
 sterowanie i odczyt temperatury i ciśnienia: cyfrowe, rejestrowane co 5 s.
 w skład zestawu wchodzą, oprócz przyrządów bezpośrednio związanych z eksperymentami pirolizy wodnej (reaktory, piece ze sterownikami, płaszcze izotermiczne, termopary, termometry cyfrowe, wielokanałowy przetwornik sygnału, komputer z oprogramowaniem) również urządzenia i przybory niezbędne do przygotowania próbek do analizy oraz napełniania reaktorów i odbioru produktów procesu (gaz, ropa, woda i skała).</t>
         </is>
       </c>
-      <c r="D62" t="inlineStr">
+      <c r="D65" t="inlineStr">
         <is>
           <t>Aparatura wykorzystywana do pirolizy wodnej może zostać użyta nie tylko do symulacji procesów powstawiania ropy i gazu w poszukiwaniach węglowodorów, ale również może do symulacji innych procesów naturalnych: rozkład odpadów, samonagrzewanie węgla, krystalizacja i wytrącanie minerałów oraz przemysłowych: produkcja katalizatorów, produkcja sorbentów węglowych i mineralnych, badanie podatności materiałów na wysokie t i p.</t>
         </is>
       </c>
-      <c r="E62" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G62" t="inlineStr">
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="F65" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G65" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H62" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I62" t="inlineStr">
+      <c r="H65" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I65" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J62" t="inlineStr">
+      <c r="J65" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K62" t="inlineStr">
+      <c r="K65" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L62" t="inlineStr">
+      <c r="L65" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M62" t="inlineStr">
+      <c r="M65" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N62" t="inlineStr">
+      <c r="N65" t="inlineStr">
         <is>
           <t>Generownaie węglowodorów, piroliza bezwodna, piroliza wodna</t>
         </is>
       </c>
     </row>
-    <row r="63">
-      <c r="A63" t="inlineStr">
+    <row r="66">
+      <c r="A66" t="inlineStr">
         <is>
           <t>Gęstościomierz dma 4200 m</t>
         </is>
       </c>
-      <c r="B63" t="inlineStr">
+      <c r="B66" t="inlineStr">
         <is>
           <t>Gęstościomierz anton paar dma 4200 m</t>
         </is>
       </c>
-      <c r="C63" t="inlineStr">
+      <c r="C66" t="inlineStr">
         <is>
           <t>Urządzenie umożliwia pomiary gęstości w temperaturach od -10°c do 200°c i wysokich ciśnieniach do 500 barów.  automatyczna funkcja wykrywania pęcherzyków powietrza fillingcheck™ sprawia, że urządzenie jest zgodne z normami astm d4052 i astm d5002.  wpływ lepkości zostaje wyeliminowany przez szybko działającą funkcję korekcji lepkości, zapewniając tym samym dokładność wyników pomiarów gęstości do 0,0002 g/cm3. funkcja temperfect™ gęstościomierza umożliwia natychmiastowe pomiary gęstości w dowolnej temperaturze między 0 a 150°c w ciśnieniu otoczenia.
 https://www.anton-paar.com/pl-pl/produkty/szczegoly/gestosciomierz-dmatm-4200-m/</t>
         </is>
       </c>
-      <c r="D63" t="inlineStr">
+      <c r="D66" t="inlineStr">
         <is>
           <t>Nadaje się do zastosowań w działalności badawczej związanej z gęstością.</t>
         </is>
       </c>
-      <c r="E63" t="inlineStr">
+      <c r="E66" t="inlineStr">
         <is>
           <t>Wyznaczanie równania stanu
 obliczanie i konfiguracja procesów produkcyjnych
 analiza ropy naftowej metodą ciśn.-objęt.-temp.
 określanie temp. wrzenia ropy naftowej
 szybka i dokładna alternatywa dla hydrometrów p i piknometrów
 https://www.anton-paar.com/pl-pl/produkty/szczegoly/gestosciomierz-dmatm-4200-m</t>
         </is>
       </c>
-      <c r="F63" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G63" t="inlineStr">
+      <c r="F66" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G66" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H63" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I63" t="inlineStr">
+      <c r="H66" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I66" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J63" t="inlineStr">
+      <c r="J66" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K63" t="inlineStr">
+      <c r="K66" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L63" t="inlineStr">
+      <c r="L66" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M63" t="inlineStr">
+      <c r="M66" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N63" t="inlineStr">
+      <c r="N66" t="inlineStr">
         <is>
           <t>Gęstość</t>
         </is>
       </c>
     </row>
-    <row r="64">
-      <c r="A64" t="inlineStr">
+    <row r="67">
+      <c r="A67" t="inlineStr">
         <is>
           <t>Spektrometr delta v plus</t>
         </is>
       </c>
-      <c r="B64" t="inlineStr">
+      <c r="B67" t="inlineStr">
         <is>
           <t>Spektrometr masowy thermo scientific delta v plus</t>
         </is>
       </c>
-      <c r="C64" t="inlineStr">
+      <c r="C67" t="inlineStr">
         <is>
           <t>Aparat służy do pomiaru metodą różnicową składu trwałych izotopów pierwiastków lekkich o masach od 10 do 80 da i dodatkowo wodoru (masa 2 i 3 da). zasada pracy polega na separacji poszczególnych mas jonów w jednorodnym polu magnetycznym a następnie ich wychwytywaniu i zliczaniu w detektorze wyposażonym w puszki faradaya. próbka do spektrometru jest wprowadzana w postaci gazowej. w zależności od analizowanego pierwiastka gazem roboczym jest: przy pomiarze węgla co2, azotu, n2 tlenu co2 lub co, wodoru h2, siarki so2. w zależności od typu substancji pomiarowej (ciało stałe, ciecz, gaz) oraz analizowanego pierwiastka spektrometr jest sprzężony z różnymi przystawkami służącymi do ich preparatyki do pomiaru (analizator elementarny flash 2000, chromatograf trace gc ultra, gasbench ii, tc/ea, precon).</t>
         </is>
       </c>
-      <c r="D64" t="inlineStr">
+      <c r="D67" t="inlineStr">
         <is>
           <t>Analiza składu trwałych izotopów może być wykonywana w celu określenia źródła pochodzenia substancji, rekonstrukcji przeszłych warunków środowiskowych i klimatycznych oraz badania różnych procesów geologicznych, paleontologicznych i chemicznych.</t>
         </is>
       </c>
-      <c r="E64" t="inlineStr">
+      <c r="E67" t="inlineStr">
         <is>
           <t>Pomiar składu trwałych izotopów c, h, n,  o i s w substancjach stałych, ciekłych i gazowych.
 pomiar wykonuje się metodą „on-line”. niepewność analizy trwałych izotopów  z uwzględnieniem preparatyki i dowiązania do wzorca wynosi +/- od 0,2 ‰ do 1‰ w zależności od analizowanego pierwiastka.</t>
         </is>
       </c>
-      <c r="F64" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G64" t="inlineStr">
+      <c r="F67" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G67" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H64" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I64" t="inlineStr">
+      <c r="H67" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I67" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J64" t="inlineStr">
+      <c r="J67" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K64" t="inlineStr">
+      <c r="K67" t="inlineStr">
         <is>
           <t>Kowalski Tomasz</t>
         </is>
       </c>
-      <c r="L64" t="inlineStr">
+      <c r="L67" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-kowalski-1582.html</t>
         </is>
       </c>
-      <c r="M64" t="inlineStr">
+      <c r="M67" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N64" t="inlineStr">
+      <c r="N67" t="inlineStr">
         <is>
           <t>Analiza izotopowa, izotopy trwałe</t>
-        </is>
-[...214 lines deleted...]
-          <t>Fpd, gc, h2s, tcd, związki siarki</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>Gc –tcd/fid z metanizerem</t>
+          <t>Gc-fid/tcd</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>Chromatograf gazowy thermo scientific trace 1300 z systemem zaworowym i z detektorami tcd i fid i metanizerem</t>
+          <t>Chromatograf gazowy agilent 7890a z systemem zaworowym oraz detektorami fid i tcd</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
-          <t>Dwukanałowy chromatograf gazowy wyposażony w system zaworowy do przełączania kolumn i dwa detedetektory (fid i tcd) oraz metanizer. zestaw ten umożliwia oznaczenie zawartości tlenku węgla , metanu, tlenu i azotu oraz w wersji krio argonu w próbkach gazowych.</t>
+          <t>Chromatograf wyposażony w zestaw kolumn oraz dwa detektory: (fid) detektor płomieniowo-jonizacyjny oraz (tcd) detektor cieplno-przewodnościowy. chromatograf wyposażony jest  w trzy zawory, do których połączono trzy pakowane kolumny 1/8” (0,9m hayesep q 80/100 mesh, 1,8 m hayesep q 80/100 mesh i 3 m sito molekularne 13x 45/60 mesh) oraz kolumnę kapilarną gs-alumina (50m x 0.53 mm). system ten zawiera dwa niezależne kanały. kanał z detektorem fid do oznaczania węglowodorów wyposażony w zawór dozujący próbkę oraz kolumnę alumina gs. drugi kanał pracujący z kolumnami pakowanymi i detektorem tcd do oznaczania składników nie-węglowodorowych.</t>
         </is>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>Analiza składu cząsteczkowego próbek gazowych ze szczególnym uwzględnieniem zawartości tlenku węgla i argonu.</t>
+          <t>Określenie składu cząsteczkowego próbek gazowych.</t>
         </is>
       </c>
       <c r="E68" t="inlineStr">
         <is>
-          <t>Minimalny poziom detekckji co &gt;1 ppb , argonu 400 pg/ml</t>
+          <t>Oznaczenia następujących składników: c1-c8, co2, o2, h2, n2, he, ne. minimalny limit detekcjji wynosi 0,5 ppm.</t>
         </is>
       </c>
       <c r="F68" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G68" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
       <c r="H68" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I68" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J68" t="inlineStr"/>
+      <c r="J68" t="inlineStr">
+        <is>
+          <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
+        </is>
+      </c>
       <c r="K68" t="inlineStr">
         <is>
-          <t>Jurek Krzysztof</t>
+          <t>Bilkiewicz Elżbieta</t>
         </is>
       </c>
       <c r="L68" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/elzbieta-bilkiewicz-8622.html</t>
         </is>
       </c>
       <c r="M68" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N68" t="inlineStr">
         <is>
-          <t>Analiza cząsteczkowa, argon, metanizer, skład gazu, tlenek węgla</t>
+          <t>Gaz ziemny, próbki gazowe, skład cząsteczkowy</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
+          <t>Lc</t>
+        </is>
+      </c>
+      <c r="B69" t="inlineStr">
+        <is>
+          <t>Chromatograf cieczowy z detektorami uv-vis i refraktometrycznym</t>
+        </is>
+      </c>
+      <c r="C69" t="inlineStr">
+        <is>
+          <t>Chromatograf cieczowy  z pompą izokratyczną i detektorem uv-vis i ri wyposażony w ręczny dozownik próbek, zawór umożliwiający podawanie do 6 różnych eluentów  oraz w kolektor frakcji. zestaw jest sterowany poprzez program clarity  służący do zbierania danych oraz opracowania chromatogramów.  chromatograf pracuje w układzie faz odwróconych.</t>
+        </is>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>Chromatograf cieczowy pracujący w układzie faz odwróconych (kolumny z fazą stacjonarna rp18e) umożliwia oznaczenie nielotnych pestycydów, wwa, farmaceutyków z grupy niesterydowych leków przeciwzapalnych jak również polifenoli.</t>
+        </is>
+      </c>
+      <c r="E69" t="inlineStr">
+        <is>
+          <t>Oznaczenie zawartości nielotnych pestycydów, wwa, farmaceutyków w próbkach wody</t>
+        </is>
+      </c>
+      <c r="F69" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G69" t="inlineStr">
+        <is>
+          <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
+        </is>
+      </c>
+      <c r="H69" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I69" t="inlineStr">
+        <is>
+          <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
+        </is>
+      </c>
+      <c r="J69" t="inlineStr">
+        <is>
+          <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
+        </is>
+      </c>
+      <c r="K69" t="inlineStr">
+        <is>
+          <t>Kowalski Adam</t>
+        </is>
+      </c>
+      <c r="L69" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/adam-kowalski-1573.html</t>
+        </is>
+      </c>
+      <c r="M69" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N69" t="inlineStr">
+        <is>
+          <t>Chromatograf cieczowy, farmaceutyki, lc, polifenole, wwa</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
+        <is>
+          <t>Gc agilent 7890b-fpd/tcd</t>
+        </is>
+      </c>
+      <c r="B70" t="inlineStr">
+        <is>
+          <t>Chromatograf gazowy agilent 7890b z systemem zaworowym oraz detektorami fpd i tcd</t>
+        </is>
+      </c>
+      <c r="C70" t="inlineStr">
+        <is>
+          <t>Chromatograf jest wyposażony w dwa dozowniki s/sl oraz dwa detektory fpd i tcd. w torze fpd jest zamontowana kolumna db-1 o wymiarach 60 m x 0,53 mm, film 5 μm, natomiast w torze tcd znajduje się kolumna hp-plot/q o wymiarach 30 m x 0,32 mm, film 20 μm. chromatograf jest wyposażony w układ zaworowy (pętle dozujące).</t>
+        </is>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>Określenie składu cząsteczkowego próbek gazowych.</t>
+        </is>
+      </c>
+      <c r="E70" t="inlineStr">
+        <is>
+          <t>Oznaczenie związków organicznych zawierających siarkę i siarkowodoru. minimum detekcji dla fpd 5 pg , dla tcd 100 ppm.</t>
+        </is>
+      </c>
+      <c r="F70" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G70" t="inlineStr">
+        <is>
+          <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
+        </is>
+      </c>
+      <c r="H70" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I70" t="inlineStr">
+        <is>
+          <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
+        </is>
+      </c>
+      <c r="J70" t="inlineStr">
+        <is>
+          <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
+        </is>
+      </c>
+      <c r="K70" t="inlineStr">
+        <is>
+          <t>Bilkiewicz Elżbieta</t>
+        </is>
+      </c>
+      <c r="L70" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/elzbieta-bilkiewicz-8622.html</t>
+        </is>
+      </c>
+      <c r="M70" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N70" t="inlineStr">
+        <is>
+          <t>Fpd, gc, h2s, tcd, związki siarki</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>Gc –tcd/fid z metanizerem</t>
+        </is>
+      </c>
+      <c r="B71" t="inlineStr">
+        <is>
+          <t>Chromatograf gazowy thermo scientific trace 1300 z systemem zaworowym i z detektorami tcd i fid i metanizerem</t>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr">
+        <is>
+          <t>Dwukanałowy chromatograf gazowy wyposażony w system zaworowy do przełączania kolumn i dwa detedetektory (fid i tcd) oraz metanizer. zestaw ten umożliwia oznaczenie zawartości tlenku węgla , metanu, tlenu i azotu oraz w wersji krio argonu w próbkach gazowych.</t>
+        </is>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <t>Analiza składu cząsteczkowego próbek gazowych ze szczególnym uwzględnieniem zawartości tlenku węgla i argonu.</t>
+        </is>
+      </c>
+      <c r="E71" t="inlineStr">
+        <is>
+          <t>Minimalny poziom detekckji co &gt;1 ppb , argonu 400 pg/ml</t>
+        </is>
+      </c>
+      <c r="F71" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G71" t="inlineStr">
+        <is>
+          <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
+        </is>
+      </c>
+      <c r="H71" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I71" t="inlineStr">
+        <is>
+          <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
+        </is>
+      </c>
+      <c r="J71" t="inlineStr"/>
+      <c r="K71" t="inlineStr">
+        <is>
+          <t>Jurek Krzysztof</t>
+        </is>
+      </c>
+      <c r="L71" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
+        </is>
+      </c>
+      <c r="M71" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N71" t="inlineStr">
+        <is>
+          <t>Analiza cząsteczkowa, argon, metanizer, skład gazu, tlenek węgla</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
           <t>Rock-eval 6</t>
         </is>
       </c>
-      <c r="B69" t="inlineStr">
+      <c r="B72" t="inlineStr">
         <is>
           <t>Rock-eval 6 wersja turbo</t>
         </is>
       </c>
-      <c r="C69" t="inlineStr">
+      <c r="C72" t="inlineStr">
         <is>
           <t>Aparat jest wyposażony w dwa piece: pirolityczny i oksydacyjny. do analizy wykorzystuje się zmieloną próbkę skały (poniżej 0.2 mm) w ilości 50-100 mg, która jest umieszczana w specjalnym metalowym tygielku. analiza w piecu pirolitycznym (w atmosferze azotu) może być prowadzona w zakresie temperatur 80-850oc z szeroką możliwością programowania cyklu temperaturowego w zakresie: początkowej temperatury i czasu jej utrzymywania, tempa narostu temperatury (od 0.1 do 50oc/min) oraz finalnej temperatury i czasu jej utrzymywania. wydzielające się węglowodory (hc) są oznaczane na detektorze płomieniowo-jonizacyjnym (fid), a co2 i co są oznaczane na detektorze podczerwieni (ir).
 analiza w piecu oksydacyjnym (w atmosferze powietrza) może być prowadzona w zakresie temperatur 100-850oc z szeroką możliwością programowania cyklu temperaturowego w zakresie: początkowej temperatury i czasu jej utrzymywania, tempa narostu temperatury (od 0.1 do 50oc/min) oraz finalnej temperatury i czasu jej utrzymywania. produkty spalania i rozkładu – co i co2 przekazywane są na detektor ir w celu oznaczenia ilościowego. inne produkty utleniania nie są oznaczane.</t>
         </is>
       </c>
-      <c r="D69" t="inlineStr">
+      <c r="D72" t="inlineStr">
         <is>
           <t>Analiza re jest dedykowana do oceny potencjału macierzystości skał ropo- i gazotwórczych. umożliwia oznaczanie toc i minc oraz potencjału węglowodorowego skał macierzystych, określenie typu genetycznego i stopnia dojrzałości materii org., wyznaczanie stref nasyconych węglowodorami migracyjnymi oraz określenie ilości i składu frakcyjnego produktów petrochem. w glebie. analiza re może być wykorzystywana do analizy gleb, osadów i nielotnych produktów petrochem.</t>
         </is>
       </c>
-      <c r="E69" t="inlineStr">
+      <c r="E72" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone parametry i wskaźniki:
 s1 (mg hc/g skały),
 s2 (mg hc/g skały),
 s3 (mg co2/g skały),
 tmax  (oc)
 pi (-)
 pc  (% wag.)
 rc  (% wag.)
 toc  (% wag.)
 hi (mg hc/g toc)
 oi (mg co2/g toc)
 minc (% wag.).
  </t>
         </is>
       </c>
-      <c r="F69" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G69" t="inlineStr">
+      <c r="F72" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G72" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H69" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I69" t="inlineStr">
+      <c r="H72" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I72" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J69" t="inlineStr">
+      <c r="J72" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K69" t="inlineStr">
+      <c r="K72" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L69" t="inlineStr">
+      <c r="L72" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M69" t="inlineStr">
+      <c r="M72" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N69" t="inlineStr">
+      <c r="N72" t="inlineStr">
         <is>
           <t>Dojrzałość, piroliza, rock-eval, skała macierzysta, toc, węglowodory</t>
         </is>
       </c>
     </row>
-    <row r="70">
-      <c r="A70" t="inlineStr">
+    <row r="73">
+      <c r="A73" t="inlineStr">
         <is>
           <t>Spektrometr delta plus</t>
         </is>
       </c>
-      <c r="B70" t="inlineStr">
+      <c r="B73" t="inlineStr">
         <is>
           <t>Spektrometr masowy finnigan delta plus</t>
         </is>
       </c>
-      <c r="C70" t="inlineStr">
+      <c r="C73" t="inlineStr">
         <is>
           <t>Aparat służy do pomiaru metodą różnicową składu trwałych izotopów pierwiastków lekkich o masach od 10 do 70 da i dodatkowo wodoru (masa 2 i 3 da). zasada pracy polega na separacji poszczególnych mas jonów w jednorodnym polu magnetycznym a następnie ich wychwytywaniu i zliczaniu w detektorze wyposażonym w puszki faradaya. próbka do spektrometru jest wprowadzana w postaci gazowej. w zależności od analizowanego pierwiastka gazem roboczym jest: przy pomiarze węgla - co2, azotu - n2, tlenu - co2 lub co, wodoru - h2. w zależności od typu substancji pomiarowej (ciało stałe, ciecz, gaz) spektrometr jest sprzężony z różnymi przystawkami służącymi do ich preparatyki do pomiaru (analizator elementarny ea 1108, chromatograf hp serii 6890, h-device itp.).</t>
         </is>
       </c>
-      <c r="D70" t="inlineStr">
+      <c r="D73" t="inlineStr">
         <is>
           <t>Analiza składu trwałych izotopów może być wykonywana w celu określenia źródła pochodzenia substancji, rekonstrukcji przeszłych warunków środowiskowych i klimatycznych oraz badania różnych procesów geologicznych, paleontologicznych i chemicznych.</t>
         </is>
       </c>
-      <c r="E70" t="inlineStr">
+      <c r="E73" t="inlineStr">
         <is>
           <t>Pomiar składu trwałych izotopów c, h, n i o w substancjach stałych, ciekłych i gazowych.
 pomiar wykonuje się metodą „on-line”. niepewność analizy trwałych izotopów z uwzględnieniem preparatyki i dowiązania do wzorca wynosi +/- od 0,2 ‰. do 1 ‰ w zależności od analizowanego pierwiastka.</t>
         </is>
       </c>
-      <c r="F70" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G70" t="inlineStr">
+      <c r="F73" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G73" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H70" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I70" t="inlineStr">
+      <c r="H73" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I73" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J70" t="inlineStr">
+      <c r="J73" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K70" t="inlineStr">
+      <c r="K73" t="inlineStr">
         <is>
           <t>Kowalski Tomasz</t>
         </is>
       </c>
-      <c r="L70" t="inlineStr">
+      <c r="L73" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-kowalski-1582.html</t>
         </is>
       </c>
-      <c r="M70" t="inlineStr">
+      <c r="M73" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N70" t="inlineStr">
+      <c r="N73" t="inlineStr">
         <is>
           <t>Analiza izotopowa, izotopy trwałe</t>
         </is>
       </c>
     </row>
-    <row r="71">
-      <c r="A71" t="inlineStr">
+    <row r="74">
+      <c r="A74" t="inlineStr">
         <is>
           <t>Aparatura do badań sejsmicznych geode</t>
         </is>
       </c>
-      <c r="B71" t="inlineStr">
+      <c r="B74" t="inlineStr">
         <is>
           <t>The geode exploration seismograph</t>
         </is>
       </c>
-      <c r="C71" t="inlineStr">
+      <c r="C74" t="inlineStr">
         <is>
           <t>Aparatura geode (geometrics) jest nowoczesnym systemem do badań sejsmicznych. wykorzystywany jest do rozpoznania zarówno płytkiej strefy ośrodka geologicznego (dla celów inżynieryjnych, geotechnicznych i środowiskowych) oraz głębokiej strefy (rozpoznanie złożowe i strukturalne). pozwala na wykonanie pomiarów refrakcyjnych i tomografii refrakcyjnej fal podłużnych p (srt-p) i fal poprzecznych s (srt-s), wielokanałowej analizy fal powierzchniowych rayleigha (masw) oraz love’a (malw) jak i również płytkie profilowania refleksyjne fal p i s oraz pomiary w płytkich otworach (downhole, crosshole, vsp). jako źródło drgań wykorzystywany jest mobilny system gisco ess 500 turbo o dużej energii (4088 j) oraz młoty i źródła fal poprzecznych. fale sejsmiczne rejestrowane są dzięki odbiornikom o częstotliwościach 4,5 hz, 14 hz oraz 100 hz. do badań z wykorzystaniem fal poprzecznych wykorzystywane są wysokoczułe horyzontalne odbiorniki o częstotliwości 4,5 hz. aparatura geode pozwala na podłączenie do 72 odbiorników. w badaniach otworowych wykorzystywany jest streamer hydrofonowy, sonda 3c oraz sparker jako źródło drgań. aparatura pozwala również na wykonywanie pomiarów z zakresu metod sejsmiki pasywnej - remi (refraction microtremor), spac/esac (spatial autocorrelation/extended spatial autocorrelation) oraz hvsr (horizontal-to-vertical spectral ratio).</t>
         </is>
       </c>
-      <c r="D71" t="inlineStr">
+      <c r="D74" t="inlineStr">
         <is>
           <t>Wysokorozdzielcze rozpoznanie strukturalne i złożowe do głębokości ok. 500m, badania ośrodka gruntowo-skalnego na potrzeby budownictwa lądowego, rozpoznawanie stref osuwiskowych, wykrywanie stref spękań, pustek, kawern i zapadlisk, określenie przebiegu podłoża skalnego, miąższości gleb oraz klasyfikacja gruntów, wspomaganie badań geotechnicznych i geologii inżynierskiej, określenie sejsmiczności badanego obszaru z wykorzystaniem parametru vs30 wg klasyfikacji nehrp i ubc.</t>
         </is>
       </c>
-      <c r="E71" t="inlineStr">
+      <c r="E74" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar fal podłużnych p
 	pomiar fal poprzecznych s
 	pomiar fal powierzchniowych
 	sejsmika refrakcyjna
 	sejsmika refleksyjna
 	wielokanałowa analiza fal powierzchniowych
 	wyznaczanie dynamicznych modułów sprężystości strefy przypowierzchniowej
 	pomiary w otworach
 	sejsmika pasywna
 </t>
         </is>
       </c>
-      <c r="F71" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G71" t="inlineStr">
+      <c r="F74" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G74" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H71" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I71" t="inlineStr">
+      <c r="H74" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I74" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J71" t="inlineStr">
+      <c r="J74" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań sejsmicznych</t>
         </is>
       </c>
-      <c r="K71" t="inlineStr">
+      <c r="K74" t="inlineStr">
         <is>
           <t>Cichostępski Kamil</t>
         </is>
       </c>
-      <c r="L71" t="inlineStr">
+      <c r="L74" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/kamil-cichostepski-8217.html</t>
         </is>
       </c>
-      <c r="M71" t="inlineStr">
+      <c r="M74" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N71" t="inlineStr">
+      <c r="N74" t="inlineStr">
         <is>
           <t>Fale powierzchniowe, geofizyka, geologia inżynierska, geotechnika, inżynieria środowiska, metody sejsmiczne, sejsmika refleksyjna, sejsmika refrakcyjna, tomografia refrakcyjna</t>
         </is>
       </c>
     </row>
-    <row r="72">
-      <c r="A72" t="inlineStr">
+    <row r="75">
+      <c r="A75" t="inlineStr">
         <is>
           <t>Mikroskop nikon eclipse lv100pol</t>
         </is>
       </c>
-      <c r="B72" t="inlineStr">
+      <c r="B75" t="inlineStr">
         <is>
           <t>Mikroskop nikon eclipse lv100pol</t>
         </is>
       </c>
-      <c r="C72" t="inlineStr">
+      <c r="C75" t="inlineStr">
         <is>
           <t>Umożliwia zarówno diaskopowe jak i episkopowe obserwacje polaryzacyjne. epi-iluminator wykorzytuje źródło światła nikon 12v50w, które zapewnia jasne oświetlenie. mechanizm redukcji szumów zapewnia ostre obrazy o wysokim stosunku sygnału do szumu, eliminując rozproszone światło.</t>
         </is>
       </c>
-      <c r="D72" t="inlineStr">
+      <c r="D75" t="inlineStr">
         <is>
           <t>Możliwość stosowania wielu mikroskopowych technik obserwacji zarówno w świetle odbitym jak i przechodzącym.</t>
         </is>
       </c>
-      <c r="E72" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G72" t="inlineStr">
+      <c r="E75" t="inlineStr"/>
+      <c r="F75" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G75" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych po uzgodnieniu z kierownikiem katedry ochrony środowiska.</t>
         </is>
       </c>
-      <c r="H72" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I72" t="inlineStr">
+      <c r="H75" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I75" t="inlineStr">
         <is>
           <t>Katedra ochrony środowiska</t>
         </is>
       </c>
-      <c r="J72" t="inlineStr">
+      <c r="J75" t="inlineStr">
         <is>
           <t>Laboratorium analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K72" t="inlineStr">
+      <c r="K75" t="inlineStr">
         <is>
           <t>Aleksander-Kwaterczak Urszula</t>
         </is>
       </c>
-      <c r="L72" t="inlineStr">
+      <c r="L75" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/urszula-aleksander-kwaterczak-5891.html</t>
         </is>
       </c>
-      <c r="M72" t="inlineStr">
+      <c r="M75" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N72" t="inlineStr">
+      <c r="N75" t="inlineStr">
         <is>
           <t>Mikroskop polaryzacyjny</t>
         </is>
       </c>
     </row>
-    <row r="73">
-      <c r="A73" t="inlineStr">
+    <row r="76">
+      <c r="A76" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji atomowej serii ice3500</t>
         </is>
       </c>
-      <c r="B73" t="inlineStr">
+      <c r="B76" t="inlineStr">
         <is>
           <t>Spektrometr ice3500 firmy thermo scientific</t>
         </is>
       </c>
-      <c r="C73" t="inlineStr">
+      <c r="C76" t="inlineStr">
         <is>
           <t>Automatyczny, wielopierwiastkowy, dwuwiązkowy spektrometr absorpcji atomowej z dwoma komorami pomiarowymi, umożliwiającymi jednoczesne zainstalowanie kombinacji 2 atomizerów, takich jak płomień / piec grafitowy / przystawka do generacji wodorków.</t>
         </is>
       </c>
-      <c r="D73" t="inlineStr">
+      <c r="D76" t="inlineStr">
         <is>
           <t>Oznaczenie metali ciężkich w próbkach, tj. cu, zn, pb, mn, ni, cd, fe</t>
         </is>
       </c>
-      <c r="E73" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G73" t="inlineStr">
+      <c r="E76" t="inlineStr"/>
+      <c r="F76" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G76" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych po uzgodnieniu z kierownikiem katedry ochrony środowiska.</t>
         </is>
       </c>
-      <c r="H73" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I73" t="inlineStr">
+      <c r="H76" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I76" t="inlineStr">
         <is>
           <t>Katedra ochrony środowiska</t>
         </is>
       </c>
-      <c r="J73" t="inlineStr">
+      <c r="J76" t="inlineStr">
         <is>
           <t>Pracownia absorpcyjnej spektroskopii atomowej</t>
         </is>
       </c>
-      <c r="K73" t="inlineStr">
+      <c r="K76" t="inlineStr">
         <is>
           <t>Cyrana Jadwiga</t>
         </is>
       </c>
-      <c r="L73" t="inlineStr">
+      <c r="L76" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jadwiga-cyrana-7159.html</t>
         </is>
       </c>
-      <c r="M73" t="inlineStr">
+      <c r="M76" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N73" t="inlineStr">
+      <c r="N76" t="inlineStr">
         <is>
           <t>Badania składu pierwiastkowego</t>
         </is>
       </c>
     </row>
-    <row r="74">
-      <c r="A74" t="inlineStr">
+    <row r="77">
+      <c r="A77" t="inlineStr">
         <is>
           <t>Aparatura do pomiarów konduktometrycznych cmd explorer i cmd mini explorer</t>
         </is>
       </c>
-      <c r="B74" t="inlineStr">
+      <c r="B77" t="inlineStr">
         <is>
           <t>Cmd explorer i cmd mini explorer</t>
         </is>
       </c>
-      <c r="C74" t="inlineStr">
+      <c r="C77" t="inlineStr">
         <is>
           <t>Aparatury cmd explorer i cmd mini explorer to nowoczesne systemy pomiarowe charakteryzuje się dużą rozdzielczością zarówno pionową jak i poziomą dla ośrodków dobrze przewodzących. aparatury uzupełniają się co do zasięgów głębokościowych, a pomiar odbywa się w sumie na sześciu poziomach głębokościowych dla każdej z dwóch konfiguracji układu pomiarowego tj. hd i vd.  pozwala to na interpretację geofizyczną i uzyskanie przedziału głębokościowego od ok. 0.25 m do ok. 7 m. aparatury wykorzystują metodę konduktometryczną która należy do metody indukcyjnej opartej o prawo indukcji faradaya. metoda umożliwia dobre rozpoznanie płytko zalegających dobrze przewodzących warstw geologicznych. pozwala ona na obrazowanie ośrodka geologicznego tj. określenia rozkładu przewodności będącej rezultatem interpretacji geofizycznej. w metodzie tej brak jest problemu uziemienia bo pole wzbudzane jest indukcyjnie a nie galwanicznie. pomiar w metodzie konduktometrycznej można wykonać szybko na dużym obszarze i może go wykonać jedna osoba.</t>
         </is>
       </c>
-      <c r="D74" t="inlineStr">
+      <c r="D77" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary inżynieryjne w budownictwie drogowym i kolejowym
 	lokalizacja stref wodonośnych i osuwisk, stref wycieku wody np. na wałach przeciwpowodziowych czy w podłożu wałów
 	monitorowanie wycieków ścieków
 	mapowanie geologiczne
 	w rolnictwie monitorowanie jakości gleby
 	w archeologii
 	środowiskowe mapowanie aureoli zanieczyszczeń
 </t>
         </is>
       </c>
-      <c r="E74" t="inlineStr">
+      <c r="E77" t="inlineStr">
         <is>
           <t>Aparatura pozwala na pomiar przewodności pozornej dla sześciu poziomów głębokościowych dla dwóch konfiguracji hd i vd różniących się rozdzielczością i zasięgiem głębokościowym. aparatury cmd explorer i cmd mini explorer uzupełniają się głębokościowo (każda po trzy poziomy dla dwóch konfiguracji). długość profilu jest dowolna a krok pomiarowy wynosi standardowo 1 m umożliwia uzyskanie dobrej rozdzielczości poziomej.</t>
         </is>
       </c>
-      <c r="F74" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G74" t="inlineStr">
+      <c r="F77" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G77" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H74" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I74" t="inlineStr">
+      <c r="H77" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I77" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J74" t="inlineStr">
+      <c r="J77" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań geoelektrycznych</t>
         </is>
       </c>
-      <c r="K74" t="inlineStr">
+      <c r="K77" t="inlineStr">
         <is>
           <t>Klityński Wojciech</t>
         </is>
       </c>
-      <c r="L74" t="inlineStr">
+      <c r="L77" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/wojciech-klitynski-1416.html</t>
         </is>
       </c>
-      <c r="M74" t="inlineStr">
+      <c r="M77" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N74" t="inlineStr">
+      <c r="N77" t="inlineStr">
         <is>
           <t>Gcm, geofizyka, inżynieria środowiska, konduktometr, metody geoelektryczne, przewodność</t>
         </is>
       </c>
     </row>
-    <row r="75">
-      <c r="A75" t="inlineStr">
+    <row r="78">
+      <c r="A78" t="inlineStr">
         <is>
           <t>Porozymetr rtęciowy autopore</t>
         </is>
       </c>
-      <c r="B75" t="inlineStr">
+      <c r="B78" t="inlineStr">
         <is>
           <t>Autopore iv 9520 micromeritics®</t>
         </is>
       </c>
-      <c r="C75" t="inlineStr">
+      <c r="C78" t="inlineStr">
         <is>
           <t>Porozymetr rtęciowy autopore iv 9520 firmy micromeritics. aparat umożliwia pomiar średnicy, objętości i dystrybucji makroporów i mezoporów w próbkach stałych i proszkowych. 
 badania skał: petrofizyka, geologia naftowa, geotermia, hydrogeologia.
 badania materiałów proszkowych: inżynieria surowców mineralnych, inżynieria materiałowa.</t>
         </is>
       </c>
-      <c r="D75" t="inlineStr">
+      <c r="D78" t="inlineStr">
         <is>
           <t>Pomiary próbek stałych (skał), materiałów proszkowych
 mierzone i wyliczane parametry: powierzchnia właściwa, gęstość objętościowa , gęstość szkieletowa, porowatość, przeciętna średnica porów, przepuszczalność.</t>
         </is>
       </c>
-      <c r="E75" t="inlineStr">
+      <c r="E78" t="inlineStr">
         <is>
           <t>• możliwość pomiaru średnic porów w zakresie od 0,003 do 360 µm
 • kontrolowane ciśnienie może wzrastać z dokładnością do 0,05 psi.
 • bardzo wysoka rozdzielczość danych – poniżej 0,1 µl dla inruzji rtęci i objętości ekstruzji
 • wszechstronne możliwości raportowania, w tym wykresy, raporty tabelaryczne (zapisywane jako pliki .txt, .xls, .rpt).</t>
         </is>
       </c>
-      <c r="F75" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G75" t="inlineStr">
+      <c r="F78" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G78" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych</t>
         </is>
       </c>
-      <c r="H75" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I75" t="inlineStr">
+      <c r="H78" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I78" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J75" t="inlineStr">
+      <c r="J78" t="inlineStr">
         <is>
           <t>Laboratorium porozymetryczne</t>
         </is>
       </c>
-      <c r="K75" t="inlineStr">
+      <c r="K78" t="inlineStr">
         <is>
           <t>Machowski Grzegorz</t>
         </is>
       </c>
-      <c r="L75" t="inlineStr">
+      <c r="L78" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-machowski-6650.html</t>
         </is>
       </c>
-      <c r="M75" t="inlineStr">
+      <c r="M78" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N75" t="inlineStr">
+      <c r="N78" t="inlineStr">
         <is>
           <t>Porowatość, porozymetria rtęciowa, średnica porów</t>
         </is>
       </c>
     </row>
-    <row r="76">
-      <c r="A76" t="inlineStr">
+    <row r="79">
+      <c r="A79" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji atomowej aas</t>
         </is>
       </c>
-      <c r="B76" t="inlineStr">
+      <c r="B79" t="inlineStr">
         <is>
           <t>Spektrometr aas savantaa gbc</t>
         </is>
       </c>
-      <c r="C76" t="inlineStr">
+      <c r="C79" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji atomowej aas do analiz składu chemicznego roztworów - pierwiastki od li do u.
 spektrometr posiada funkcje takie jak programowalna skrzynka gazowa, 8 lamp z automatycznym ustawieniem lamp, optymalizacją długości fali i szerokości szczeliny oraz ustawieniem prądu lampy.</t>
         </is>
       </c>
-      <c r="D76" t="inlineStr">
+      <c r="D79" t="inlineStr">
         <is>
           <t>Wykonywanie analiz zawartości pierwiastków w próbkach wód naturalnych, ściekach oraz roztworach po roztwarzaniu kwasowym lub ekstrakcji ciał stałych.</t>
         </is>
       </c>
-      <c r="E76" t="inlineStr">
+      <c r="E79" t="inlineStr">
         <is>
           <t>Wykrywalność wybranych pierwiastków [ppm]:
 li - 0.02; be - 0.01; b - 5; na - 0.002; mg - 0.003; al - 0.3; k - 0.03; ca - 0.005; sc - 0.4; ti - 0.7; v - 0.5; cr - 0.03; mn - 0.015; fe - 0.05; co - 0.04; ni - 0.09; cu - 0.01; zn - 0.005; ga - 0.6; as - 0.01; se - 0.01; rb - 0,07; sr - 0.02; mo - 0.2; ag - 0.02; cd - 0.004; in - 0.4; sn - 0.3; sb - 0.4; te - 0.2; cs - 0.04; ba - 0.1; pt - 1; au - 0.1; hg - 0.01; tl - 0.2; pb - 0.1; bi - 0.4</t>
         </is>
       </c>
-      <c r="F76" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G76" t="inlineStr">
+      <c r="F79" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G79" t="inlineStr">
         <is>
           <t>Wykonywanie analiz na zlecenie lub na zasadzie współpracy</t>
         </is>
       </c>
-      <c r="H76" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I76" t="inlineStr">
+      <c r="H79" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I79" t="inlineStr">
         <is>
           <t>Katedra mineralogii, petrografii i geochemii</t>
         </is>
       </c>
-      <c r="J76" t="inlineStr">
+      <c r="J79" t="inlineStr">
         <is>
           <t>Laboratorium mineralogii eksperymentalnej</t>
         </is>
       </c>
-      <c r="K76" t="inlineStr">
+      <c r="K79" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L76" t="inlineStr">
+      <c r="L79" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M76" t="inlineStr">
+      <c r="M79" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N76" t="inlineStr">
+      <c r="N79" t="inlineStr">
         <is>
           <t>Analiza chemiczna, roztwory wodne, spektroskopia</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>