--- v1 (2026-01-28)
+++ v2 (2026-03-19)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N79"/>
+  <dimension ref="A1:N80"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,4257 +493,4261 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>Mikroskop polaryzacyjny -  uniwersalny olympus bx-51</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Mikroskop polaryzacyjny - uniwersalny olympus bx-51</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Polaryzacyjny mikroskop firmy olympus - model bx-51 stanowi kompletny system do badań właściwości optycznych minerałów i faz krystalicznych w świetle spolaryzowanym przechodzącym i odbitym. mikroskop został wyposażony w kamerę cyfrową olympus sc180 oraz dwa zestawy obiektywów u-plan f: x5, x10, x20, x40 oraz um-plan f (do światła odbitego): x5, x10, x20, x50. 
+ </t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zestaw mikroskopowy umożliwia opis właściwości optycznych minerałów i faz krystalicznych obserwowanych w świetle spolaryzowanym, przechodzącym i odbitym. ponadto umożliwia wykonanie pełnego opisu petrograficznego próbek skalnych i opisu rud, wraz z szczegółową dokumentacją fotograficzną.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Badania właściwości optycznych minerałów i faz krystalicznych w świetle spolaryzowanym przechodzącym i odbitym
+badania konoskopowe
+identyfikacja i opis minerałów i faz krystalicznych
+opis, analiza ilościowa skał</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Wymagana jest zgoda kierownika katedry kmpig. badania mogą być wykonane odpłatnie, albo na zasadzie współpracy naukowej.</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Katedra mineralogii, petrografii i geochemii</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Zespół mineralogii, petrologii i geochemii</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Sęk Mateusz</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/mateusz-sek-9325.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Geologia, mikroskop polaryzacyjny, mikroskopia, mineralogia, petrografia</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
           <t>Zintegrowany zestaw przygotowania prób i wzorców do analiz śladowych</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B3" t="inlineStr">
         <is>
           <t>System baker spe 12g - system próżniowy z 12 króćcami typu luera do przygotowania próbek z zastosowaniem kolumienek bakerbond™ spe</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C3" t="inlineStr">
         <is>
           <t>System baker spe 12g to specjalistyczny system próżniowy przeznaczony do równoległego przygotowywania próbek metodą ekstrakcji do fazy stałej (spe). wyposażony w 12 króćców typu luer, umożliwia jednoczesne podłączanie kolumienek bakerbond™ spe, co pozwala na równoległe oczyszczanie i zatężanie próbek w sposób szybki, powtarzalny i kontrolowany. system zapewnia:
 	równomierną regulację podciśnienia dla wszystkich próbek,
 	możliwość jednoczesnej pracy z różnymi typami kolumienek,
 	szczelną i wytrzymałą konstrukcję odporną na działanie rozpuszczalników,
 	ergonomiczny układ króćców ułatwiający obsługę i minimalizujący ryzyko błędów.
 dzięki swojej funkcjonalności system baker spe 12g jest niezastąpionym narzędziem w laboratoriach analitycznych zajmujących się analizą śladową, kontrolą jakości, badaniami środowiskowymi oraz analizą żywności i farmaceutyków.</t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D3" t="inlineStr">
         <is>
           <t xml:space="preserve">System znajduje zastosowanie w analizach hplc, gc, lc-ms czy gc-ms, gdzie jakość przygotowania próbek ma kluczowe znaczenie dla czułości i dokładności wyników.
 baker spe 12g umożliwia pracę z szeroką gamą sorbentów, co daje możliwość dopasowania metody do specyfiki badanych analitów – od pestycydów i leków, przez metabolity i biomarkery, aż po związki zanieczyszczające środowisko. 
  </t>
         </is>
       </c>
-      <c r="E2" t="inlineStr">
+      <c r="E3" t="inlineStr">
         <is>
           <t xml:space="preserve">System baker spe 12g umożliwia:
 	uzyskiwanie niskich granic oznaczalności (lod/loq),
 	zapewnienie wysokiej powtarzalności i odtwarzalności wyników,
 	redukcję wpływu matrycy - większa dokładność i precyzję pomiarów,
 	przygotowanie próbek do analiz chromatograficznych i spektrometrycznych (hplc, gc, lc-ms, gc-ms).
 </t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G2" t="inlineStr">
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
         <is>
           <t>Aparatura badawcza dostępna w laboratoriach uczelni udostępniana jest studentom, doktorantom, pracownikom naukowym oraz – na zasadach komercyjnych – podmiotom zewnętrznym. korzystanie z urządzeń odbywa się zgodnie z regulaminem laboratorium i wymaga wcześniejszego uzgodnienia terminu z osobą odpowiedzialną za obsługę aparatury.</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I2" t="inlineStr">
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
         <is>
           <t>Katedra ochrony środowiska</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
+      <c r="J3" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii cieczowej</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr">
+      <c r="K3" t="inlineStr">
         <is>
           <t>Koziarska Marta</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L3" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marta-agnieszka-koziarska-10423.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M3" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N3" t="inlineStr">
         <is>
           <t>Ekstrakcja do fazy stałej, hplc-ms/ms, przygotowanie prób</t>
         </is>
       </c>
     </row>
-    <row r="3">
-      <c r="A3" t="inlineStr">
+    <row r="4">
+      <c r="A4" t="inlineStr">
         <is>
           <t>Zintegrowany zestaw przygotowania prób i wzorców do analiz śladowych</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B4" t="inlineStr">
         <is>
           <t>Koncentrator próżniowy centrivap pro</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C4" t="inlineStr">
         <is>
           <t xml:space="preserve">Koncentrator próżniowy centrivap® pro vacuum jest  przeznaczony do szybkiego i skutecznego zatężania próbek w różnorodnych matrycach. system wykorzystuje połączenie próżni, ciepła i wymuszonego przepływu gazu w celu odparowania rozpuszczalników, zapewniając bezpieczne i efektywne przygotowanie próbek do dalszych analiz.
 główne cechy urządzenia:
 	wysoka wydajność zatężania próbek w małych i średnich objętościach.
 	równomierne rozprowadzanie ciepła zapewniające minimalizację strat analitów wrażliwych na temperaturę.
 	kontrolowane warunki próżni i temperatury umożliwiają optymalizację procesu dla różnych typów rozpuszczalników i próbek.
 	kompatybilność z różnymi typami probówek i płyt mikropróbkowych.
  </t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D4" t="inlineStr">
         <is>
           <t xml:space="preserve">Centrivap® pro vacuum concentrator umożliwia:
 	zatężanie próbek chemicznych i biologicznych,
 	przygotowanie próbek do technik hplc, gc, lc-ms, ms, icp-ms,
 	obróbka próbek z różnorodnych matryc,
 	redukcja matryc i interferencji.
 </t>
         </is>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E4" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	niższe granice wykrywalności (lod) i oznaczalności (loq),
 	poprawa dokładności i precyzji pomiarów, 
 	możliwość pracy z próbkami o bardzo małej objętości,
 	przygotowanie próbek do hplc, gc, lc-ms, gc-ms, ms, icp-ms,
 	zwiększenie powtarzalności wyników.
 </t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G3" t="inlineStr">
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
         <is>
           <t>Aparatura badawcza dostępna w laboratoriach uczelni udostępniana jest studentom, doktorantom, pracownikom naukowym oraz – na zasadach komercyjnych – podmiotom zewnętrznym. korzystanie z urządzeń odbywa się zgodnie z regulaminem laboratorium i wymaga wcześniejszego uzgodnienia terminu z osobą odpowiedzialną za obsługę aparatury.</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I3" t="inlineStr">
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
         <is>
           <t>Katedra ochrony środowiska</t>
         </is>
       </c>
-      <c r="J3" t="inlineStr">
+      <c r="J4" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii cieczowej</t>
         </is>
       </c>
-      <c r="K3" t="inlineStr">
+      <c r="K4" t="inlineStr">
         <is>
           <t>Koziarska Marta</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="L4" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marta-agnieszka-koziarska-10423.html</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="M4" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="N4" t="inlineStr">
         <is>
           <t>Centrivap, koncentrator, próżnia</t>
         </is>
       </c>
     </row>
-    <row r="4">
-      <c r="A4" t="inlineStr">
+    <row r="5">
+      <c r="A5" t="inlineStr">
         <is>
           <t>Geomosslab - spektrometr mössbauera wraz ze stanowiskiem pomiarowym dedykowanym do badań materiałów geologicznych</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B5" t="inlineStr">
         <is>
           <t>Spektrometr mössbauera - elektronika jądrowa &amp; renon</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C5" t="inlineStr">
         <is>
           <t>Spektrometr mössbauera pracujący w systemie transmisyjnym z wysoką rozdzielczością energetyczną (hvr - high velocity resolution) z dwoma torami jądrowymi i proporcjonalnymi detektorami kryptonowymi oraz stanowiskiem pomiarowym dedykowanym do badań materiałów geologicznych.</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D5" t="inlineStr">
         <is>
           <t>Spektroskopia mössbauera (57fe-ms) jest jądrową metodą badawczą opartą na zjawisku rezonansowej absorpcji niskoenergetycznego promieniowania gamma. w badaniach geochemicznych stosowana jest do analizy składu fazowego oraz wyznaczenia wybranych parametrów fizyko-chemicznych materiałów geologicznych. atomy fe będące sondą w badanym materiale poprzez oddziaływania nadsubtelne dostarczają informacji o ich lokalnym otoczeniu chemicznym.</t>
         </is>
       </c>
-      <c r="E4" t="inlineStr">
+      <c r="E5" t="inlineStr">
         <is>
           <t>57fe-ms pozwala na: 1) jakościowe i ilościowe rozpoznanie minerałów zawierających żelazo, 2) wyznaczenie stosunku fe2+/fe3+, 3) identyfikację lokalnej krystalicznej geometrii koordynacyjnej.
 pomiary wykonywane są na próbkach proszkowych o masie od około 10 mg (miligram) do 100 mg. metoda jest nie-destrukcyjna i po pomiarze próbka może być wykorzystana do dalszych badań innymi metodami.</t>
         </is>
       </c>
-      <c r="F4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G4" t="inlineStr">
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
         <is>
           <t>Badania wykonywane są w ramach współpracy naukowej.  zapraszam :)</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I4" t="inlineStr">
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I5" t="inlineStr">
         <is>
           <t>Wydział geologii, geofizyki i ochrony środowiska</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr">
+      <c r="J5" t="inlineStr">
         <is>
           <t>Geofizyka</t>
         </is>
       </c>
-      <c r="K4" t="inlineStr">
+      <c r="K5" t="inlineStr">
         <is>
           <t>Błachowski Artur</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L5" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/artur-blachowski-10032.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M5" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N5" t="inlineStr">
         <is>
           <t>Spektroskopia mossbauera</t>
-        </is>
-[...66 lines deleted...]
-          <t>Chromatografia gazowa</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
+          <t>Mobilny mikrochromatograf gazowy</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Mobilny mikrochromatograf gazowy 3-kanałowy model - 990 mobile micro gc agilent technologies</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Mikrochromatograf jest umieszczony w walizce z kołami, co umożliwia łatwy jego transport. urządzenie jest wyposażone w 3 kolumny służące do rozdziału mieszanin gazowych oraz detektory przewodnictwa cieplnego tcd. posiada 2 cylindry na gazy nośne o objętości 150 ml każdy. mikrochromatograf jest sprzężony z komputerem i zainstalowanym systemem openlab cds workstation software.  </t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>Mobilny mikrochromatograf ma możliwość oznaczania następujących składników: hel, wodór, tlen, azot, tlenek węgla, dwutlenek węgla, lekkie węglowodory.</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr"/>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
+        <is>
+          <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
+        </is>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>Katedra surowców energetycznych</t>
+        </is>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t>Grupa badawcza "geochemia powierzchniowa", zespół geoenergia, laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
+        </is>
+      </c>
+      <c r="K6" t="inlineStr">
+        <is>
+          <t>Sechman Henryk</t>
+        </is>
+      </c>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
+        </is>
+      </c>
+      <c r="M6" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N6" t="inlineStr">
+        <is>
+          <t>Chromatografia gazowa</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
           <t>Optyczny spektrometr emisyjny ze wzbudzeniem w plazmie indukcyjnie sprzężonej (icp-oes)</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B7" t="inlineStr">
         <is>
           <t>Optima 7300dv</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C7" t="inlineStr">
         <is>
           <t>Optyczny spektrometr emisyjny ze wzbudzeniem w plazmie indukcyjnie sprzężonej model optima 7300dv (perkin elmer).
 możliwość obserwacji plazmy w dwóch kierunkach tzw. system dual view (axial i radial) oraz zastosowanie dwóch detektorów półprzewodnikowych (jeden dla uv, jeden dla vis) pozwala na równoczasowe wykonywanie analiz wielopierwiastkowych w szerokim zakresie stężeń przy jednoczesnej dużej odporności na trudne matryce próbek. możliwość elastycznego wyboru długości fal.
 szczegóły można znaleźć na stronie: https://resources.perkinelmer.com/corporate/content/relatedmaterials/brochures/bro_optima7x00seriesicp-oes.pdf</t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D7" t="inlineStr">
         <is>
           <t>Icp-oes to czuła, wielopierwiastkowa, dokładna i szybka technika, która znajduje szerokie zastosowanie w analizie środowiskowej. pozwala na pomiar stężenia niemal wszystkich pierwiastków znajdujących się w układzie okresowym w próbkach roztworów wodnych. analiza próbek stałych wymaga ich wcześniejszego przeprowadzenia do roztworu np. poprzez mineralizację mikrofalową.</t>
         </is>
       </c>
-      <c r="E6" t="inlineStr">
+      <c r="E7" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego pierwiastka oraz matrycy próbki możliwy jest pomiar stężeń rzędu µg/l. rutynowo granice oznaczalności wahają się od kilku do kilkuset µg/l. szczegóły można znaleźć w zakresie akredytacji laboratorium (certyfikat akredytacji numer ab 1050).</t>
         </is>
       </c>
-      <c r="F6" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G6" t="inlineStr">
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
+      <c r="H7" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I6" t="inlineStr">
+      <c r="I7" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr">
+      <c r="J7" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K6" t="inlineStr">
+      <c r="K7" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L7" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M7" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N7" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza pierwiastkowa, icp-oes, makroskładniki, mikroskładniki, roztwory wodne, woda</t>
         </is>
       </c>
     </row>
-    <row r="7">
-      <c r="A7" t="inlineStr">
+    <row r="8">
+      <c r="A8" t="inlineStr">
         <is>
           <t>Spektrometr mas z jonizacją w plazmie indukcyjnie sprzężonej  (icp-ms)</t>
         </is>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B8" t="inlineStr">
         <is>
           <t>Icap rq (c2)</t>
         </is>
       </c>
-      <c r="C7" t="inlineStr">
+      <c r="C8" t="inlineStr">
         <is>
           <t>Spektrometr mas z jonizacją w plazmie indukcyjnie sprzężonej model icap rq (c2) z komorą zderzeniową/reakcyjną (thermo scientific).
 szeroki zakres opcji interfejsów, daje doskonałe możliwości wyboru w zależności od potrzeb i analizowanych matryc. możliwość pracy z 3 różnymi insertami: „robust” do analizy próbek o złożonej matrycy, „high matrix” dla próbek rutynowych (np. wody), „high sensitivity” do pomiarów wymagających wysokiej czułości.
 system optyki jonowej z odchyleniem wiązki o 90° (rapid lens) pozwala na wstępne usunięcie interferencji. spektrometr icap rq icp-ms umożliwia pomiar wszystkich analitów i efektywne usuwanie interferencji w jednym trybie he-dyskryminacji energii kinetycznej (he ked). daje również możliwość stosowania gazów reakcyjnych dla wymagających zastosowań.
 szczegóły dostępne na stronie: https://tools.thermofisher.com/content/sfs/brochures/ps-43318-icp-ms-icap-rq-ps43318-en.pdf</t>
         </is>
       </c>
-      <c r="D7" t="inlineStr">
+      <c r="D8" t="inlineStr">
         <is>
           <t>Icp-ms to wysoce czuła, wielopierwiastkowa, dokładna i szybka technika, która znajduje szerokie zastosowanie w analizie środowiskowej. pozwala na pomiar stężenia niemal wszystkich pierwiastków znajdujących się w układzie okresowym w próbkach roztworów wodnych. analiza próbek stałych wymaga ich wcześniejszego przeprowadzenia do roztworu np. poprzez mineralizację mikrofalową.</t>
         </is>
       </c>
-      <c r="E7" t="inlineStr">
+      <c r="E8" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego pierwiastka oraz matrycy próbki możliwy jest pomiar stężeń rzędu ng/l. rutynowo granice oznaczalności wahają się od kilkuset ng/l do kilku µg/l. szczegóły można znaleźć w zakresie akredytacji laboratorium (nr ab 1050).</t>
         </is>
       </c>
-      <c r="F7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G7" t="inlineStr">
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H7" t="inlineStr">
+      <c r="H8" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I7" t="inlineStr">
+      <c r="I8" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J7" t="inlineStr">
+      <c r="J8" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K7" t="inlineStr">
+      <c r="K8" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L7" t="inlineStr">
+      <c r="L8" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M7" t="inlineStr">
+      <c r="M8" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N7" t="inlineStr">
+      <c r="N8" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza pierwiastkowa, analiza śladowa, icp-ms, mikroskładniki, roztwory wodne, woda</t>
         </is>
       </c>
     </row>
-    <row r="8">
-      <c r="A8" t="inlineStr">
+    <row r="9">
+      <c r="A9" t="inlineStr">
         <is>
           <t>System do analizy pierwiastków składający się ze spektrometru, mineralizatora do przygotowania prób do analizy kationów i modułu do chromatografii jonowej do analizy anionów</t>
         </is>
       </c>
-      <c r="B8" t="inlineStr">
+      <c r="B9" t="inlineStr">
         <is>
           <t>System do analizy pierwiastków składający się ze spektrometru, mineralizatora do przygotowania prób do analizy kationów i modułu do chromatografii jonowej do analizy anionów</t>
         </is>
       </c>
-      <c r="C8" t="inlineStr">
+      <c r="C9" t="inlineStr">
         <is>
           <t>System składa się z:
  1. optycznego spektrometru emisyjnego icp-oes
 model icap pro xp duo (thermo scientific) z pionowym palnikiem, polichromatorem echelle i detektorem cid.
 2. mineralizatora mikrofalowego ultrawave (milestone)
 technologia src (single reactor chamber) – pojedyncza komora ze stali kwasoodpornej, odporna na 300°c i 200 barów.
 3. chromatografu jonowego thermo scientific dionex aquion
 z wbudowaną pompą izokratyczną, systemem odgazowania próżniowego, termostatowaną celą detektora przewodnościowego do analizy anionów.</t>
         </is>
       </c>
-      <c r="D8" t="inlineStr">
+      <c r="D9" t="inlineStr">
         <is>
           <t>Icp-oes to czuła, wielopierwiastkowa, dokładna i szybka technika, która znajduje szerokie zastosowanie w analizie środowiskowej. analiza próbek stałych wymaga ich wcześniejszego przeprowadzenia do roztworu np. poprzez mineralizację mikrofalową.
 chromatografia jonowa to czuła i dokładna technika, która znajduje szerokie zastosowanie w analizie środowiskowej. pozwala na pomiar stężenia anionóww roztworach wodnych.</t>
         </is>
       </c>
-      <c r="E8" t="inlineStr">
+      <c r="E9" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego pierwiastka oraz matrycy próbki możliwy jest pomiar stężeń rzędu µg/l. rutynowo granice oznaczalności wahają się od kilku do kilkuset µg/l.
 możliwość mineralizacji próbek o różnych matrycach przy zastosowaniu odpowiednich reagentów i warunków przeprowadzania procesu. 
 zależnie od analizowanego jonu oraz matrycy próbki możliwy jest pomiar stężeń rzędu µg/l.</t>
         </is>
       </c>
-      <c r="F8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G8" t="inlineStr">
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H8" t="inlineStr">
+      <c r="H9" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I8" t="inlineStr">
+      <c r="I9" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J8" t="inlineStr">
+      <c r="J9" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K8" t="inlineStr">
+      <c r="K9" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L8" t="inlineStr">
+      <c r="L9" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M8" t="inlineStr">
+      <c r="M9" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N8" t="inlineStr">
+      <c r="N9" t="inlineStr">
         <is>
           <t>Analiza anionów, analiza ilościowa, analiza pierwiastkowa, ic, icp-oes, mineralizacja mikrofalowa, woda</t>
-        </is>
-[...70 lines deleted...]
-          <t>Badania terenowe, jakość wody, mobilne laboratorium, pobór próbek, wody podziemne, wody powierzchniowe</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Ea1108</t>
+          <t>Mobilne laboratorium badania jakości wód</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Analizator elementarny ea-1108 firmy carlo-erba</t>
+          <t>Mobilne laboratorium badania jakości wód</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>Analizator elementarny ea-1108 to urządzenie do organicznej analizy elementarnej (oea) wykorzystujące metodę dynamicznego spalania próbek (pochodzenia organicznego, jak i nieorganicznego) w reaktorze wypełnionym złożem katalitycznym utleniająco-redukcyjnym, z elektronicznie sterowaną temperaturą dochodzącą do 1800 °c (analizy chns) lub w reaktorze pirolitycznym (analizy o). zaletą analizatora ea-1108 jest niezawodność i prostota polegająca na separacji powstających podczas spalania gazów na kolumnie chromatograficznej, a następnie ich detekcja na wysokiej czułości detektorze termoprzewodnościowym.</t>
+          <t>Mobilne laboratorium badania jakości wód na bazie pojazdu m-b sprinter. pojazd typu furgon z napędem na obie osie (4x4), z reduktorem terenowym. trwała specjalistyczna zabudowa laboratoryjna z materiałów kwasoodpornych (szafy i szuflady, półki, lodówka laboratoryjna, wyciąg oparów, oświetlenie robocze) – do badań, pomiarów i transportu próbek w warunkach zgodnych z wymaganiami. wyposażenie laboratoryjne: monitoringowa pompa głębinowa wraz z wężami, agregatem, sterownikiem; przenośny akumulatorowy zestaw pompowy; terenowa pompa perystaltyczna wraz z aparatem filtracyjnym; próbniki do poboru próbek wód oraz inne, kompletowane w zależności od zmieniających się potrzeb. laboratorium mobilne jest wykorzystywane do poboru próbek wód podziemnych i powierzchniowych, do pomiaru parametrów fizykochemicznych wód (ph, eh, pew, temperatury, o2), do oznaczania zawartości składników nietrwałych w terenie oraz do transportu w odpowiednich warunkach próbek do laboratorium stacjonarnego. posiadany sprzęt umożliwia dokonywanie poboru próbek wód czystych i zanieczyszczonych.</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Analizator ea-1108 spełnia potrzeby analityczne szerokiego spektrum odbiorców. istnieje możliwość dobrania najlepszej konfiguracji do precyzyjnych oznaczeń zawartości takich pierwiastków, jak: c, h, n, s, o w próbkach różnego pochodzenia: nieorganicznych i organicznych, farmaceutycznych, petrochemicznych, materiałach nanowęglowych, węglach, koksie, biomasie, w tym drewnie, środowiskowych (woda, osady, filtry), glebach, zbożach, żywności.</t>
+          <t>Pompowanie oczyszczające i pomiarowe wód podziemnych z otworów wiertniczych z głębokości nie przekraczającej 90 m; oznaczenie w terenie nietrwałych wskaźników jakości wód; pobór próbek wód podziemnych; pobór próbek wód powierzchniowych z cieków i zbiorników powierzchniowych (z lądu); transport próbek w warunkach chłodniczych.</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>Szeroki zakres pomiarowy: możliwość analizy próbek od 0,1 mg do 1 g w jednym aparacie;  czułość od kilkunastu ppm (w zależności od pierwiastka i stanu skupienia próbki); możliwość analiz próbek cieczy i ciał stałych;  wszechstronność – analiza wszystkich pierwiastków chnso oraz całkowitego węgla organicznego (toc) w jednym aparacie (w zależności od wypełnienia reaktora); krótkie czasy analiz: od 5 do 15 min;</t>
+          <t>Zależne od rodzaju, typu i modelu zastosowanego sprzętu pomiarowego. do pomiarów w terenie wykorzystywane są przenośne przyrządy służące m.in. do pomiarów przewodności, ph, eh, zawartości tlenu, temperatury, a także do oznaczeń fotometrycznych.</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
-          <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
+          <t>W ramach podpisanych umów i zleceń, po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
-          <t>Nie dotyczy</t>
+          <t>Akredytacja</t>
         </is>
       </c>
       <c r="I10" t="inlineStr">
         <is>
-          <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
+          <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
       <c r="J10" t="inlineStr">
         <is>
-          <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
+          <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
-          <t>Kowalski Tomasz</t>
+          <t>Kmiecik Ewa</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/tomasz-kowalski-1582.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
       <c r="M10" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N10" t="inlineStr">
         <is>
-          <t>Analiza elementarna</t>
+          <t>Badania terenowe, jakość wody, mobilne laboratorium, pobór próbek, wody podziemne, wody powierzchniowe</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
+          <t>Ea1108</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Analizator elementarny ea-1108 firmy carlo-erba</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>Analizator elementarny ea-1108 to urządzenie do organicznej analizy elementarnej (oea) wykorzystujące metodę dynamicznego spalania próbek (pochodzenia organicznego, jak i nieorganicznego) w reaktorze wypełnionym złożem katalitycznym utleniająco-redukcyjnym, z elektronicznie sterowaną temperaturą dochodzącą do 1800 °c (analizy chns) lub w reaktorze pirolitycznym (analizy o). zaletą analizatora ea-1108 jest niezawodność i prostota polegająca na separacji powstających podczas spalania gazów na kolumnie chromatograficznej, a następnie ich detekcja na wysokiej czułości detektorze termoprzewodnościowym.</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>Analizator ea-1108 spełnia potrzeby analityczne szerokiego spektrum odbiorców. istnieje możliwość dobrania najlepszej konfiguracji do precyzyjnych oznaczeń zawartości takich pierwiastków, jak: c, h, n, s, o w próbkach różnego pochodzenia: nieorganicznych i organicznych, farmaceutycznych, petrochemicznych, materiałach nanowęglowych, węglach, koksie, biomasie, w tym drewnie, środowiskowych (woda, osady, filtry), glebach, zbożach, żywności.</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>Szeroki zakres pomiarowy: możliwość analizy próbek od 0,1 mg do 1 g w jednym aparacie;  czułość od kilkunastu ppm (w zależności od pierwiastka i stanu skupienia próbki); możliwość analiz próbek cieczy i ciał stałych;  wszechstronność – analiza wszystkich pierwiastków chnso oraz całkowitego węgla organicznego (toc) w jednym aparacie (w zależności od wypełnienia reaktora); krótkie czasy analiz: od 5 do 15 min;</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
+        </is>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I11" t="inlineStr">
+        <is>
+          <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
+        </is>
+      </c>
+      <c r="J11" t="inlineStr">
+        <is>
+          <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
+        </is>
+      </c>
+      <c r="K11" t="inlineStr">
+        <is>
+          <t>Kowalski Tomasz</t>
+        </is>
+      </c>
+      <c r="L11" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/tomasz-kowalski-1582.html</t>
+        </is>
+      </c>
+      <c r="M11" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N11" t="inlineStr">
+        <is>
+          <t>Analiza elementarna</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
           <t>Gc-fid</t>
         </is>
       </c>
-      <c r="B11" t="inlineStr">
+      <c r="B12" t="inlineStr">
         <is>
           <t>Chromatograf gazowy hewlett packard 5890 seria ii z detektorem fid</t>
         </is>
       </c>
-      <c r="C11" t="inlineStr">
+      <c r="C12" t="inlineStr">
         <is>
           <t xml:space="preserve">Chromatografia gazowa z detektorem fid umożliwia określenie składu paliw i chemikaliów jak również badanie zanieczyszczeń powietrza, wody i gleb (btex).
  </t>
         </is>
       </c>
-      <c r="D11" t="inlineStr">
+      <c r="D12" t="inlineStr">
         <is>
           <t>Badania geochemiczne skał macierzystych, ropy naftowej oraz gazu ziemnego. okreslenie zanieczyszczeń gleby i wód substancjami pochodzenia naftowego.</t>
         </is>
       </c>
-      <c r="E11" t="inlineStr">
+      <c r="E12" t="inlineStr">
         <is>
           <t>Oznaczanie składu n-alkanów i izoprenoidów w ropie naftowei i produktach naftowych, oznaczanie zawartości frakcji btex w glebach i wodzie.</t>
         </is>
       </c>
-      <c r="F11" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G11" t="inlineStr">
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H11" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I11" t="inlineStr">
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I12" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J11" t="inlineStr">
+      <c r="J12" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K11" t="inlineStr">
+      <c r="K12" t="inlineStr">
         <is>
           <t>Jurek Krzysztof</t>
         </is>
       </c>
-      <c r="L11" t="inlineStr">
+      <c r="L12" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
         </is>
       </c>
-      <c r="M11" t="inlineStr">
+      <c r="M12" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N11" t="inlineStr">
+      <c r="N12" t="inlineStr">
         <is>
           <t>Btex, gc-fid, ropa naftowa, skała macierzysta, zanieczyszczenia organiczne</t>
         </is>
       </c>
     </row>
-    <row r="12">
-      <c r="A12" t="inlineStr">
+    <row r="13">
+      <c r="A13" t="inlineStr">
         <is>
           <t>Pirolizer</t>
         </is>
       </c>
-      <c r="B12" t="inlineStr">
+      <c r="B13" t="inlineStr">
         <is>
           <t>Pirolizer pyroprobe 5000</t>
         </is>
       </c>
-      <c r="C12" t="inlineStr">
+      <c r="C13" t="inlineStr">
         <is>
           <t>Piroliza to proces ogrzewania dużych złożonych cząsteczek bez dostępu powietrza w celu ich rozbicia na mniejsze bardziej przydatne analitycznie fragmenty. piroliza połączona z gc/ms umożliwia analizę ilościową i jakościową złożonych próbek bez długich ekstrakcji lub derywatyzacji.
 ponadto urządzenie oferuje wieloetapowe programowanie temperatury, co przy pierwszym kroku temperatury analizy poniżej 350 °c umożliwia ekstrahować substancje lotne i półlotne do analizy przed pirolizą pozostałego polimeru. jest to nieocenione przy wykrywaniu rozpuszczalników jak również resztkowych monomerów i dodatków polimerowych.</t>
         </is>
       </c>
-      <c r="D12" t="inlineStr">
+      <c r="D13" t="inlineStr">
         <is>
           <t>Analiza dowolnej matrycy próbki, analiza voc w powietrzu poprzez desorbcję rurek sorbentowych. możliwość pracy w szerokim zakresie temperatur aż do 1400 °c z dokładnością do 1 °c, z impulsywnym lub programowalnym narostem temperatury.</t>
         </is>
       </c>
-      <c r="E12" t="inlineStr">
+      <c r="E13" t="inlineStr">
         <is>
           <t>Analiza lzo w powietrzu, glebach i skałach, analizy składu polimerów, anlizy składu kerogenu i asphaltenów.</t>
         </is>
       </c>
-      <c r="F12" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G12" t="inlineStr">
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H12" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I12" t="inlineStr">
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I13" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J12" t="inlineStr">
+      <c r="J13" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K12" t="inlineStr">
+      <c r="K13" t="inlineStr">
         <is>
           <t>Jurek Krzysztof</t>
         </is>
       </c>
-      <c r="L12" t="inlineStr">
+      <c r="L13" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
         </is>
       </c>
-      <c r="M12" t="inlineStr">
+      <c r="M13" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N12" t="inlineStr">
+      <c r="N13" t="inlineStr">
         <is>
           <t>Analiza asfaltenów, analiza kerogenu, analiza lzo, piroliza</t>
-        </is>
-[...70 lines deleted...]
-          <t>Analiza biomarkerów, diamandoidy, gc-ms-ms, hydroksy-wwa, kwasy tłuszczowe, pestycydy, wwa</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>Gc/ms</t>
+          <t>Gc/ms/ms</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>5975c gc/msd</t>
+          <t>7000-gc/ms z potrójnym kwadrupolem</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>Gc/msd to niezawodne narzędzie do badań zanieczyszczeń środowiska i żywności, analiz chemicznych i petrochemicznych, a także do analizy związków w badaniach toksykologicznych i farmaceutycznych.</t>
+          <t>Agilent 7000 gc/ms z potrójnym kwadrupolem zapewnia najbardziej dokładne wyniki ilościowe oraz niezawodną identyfikację związków w nawet najbardziej złożonych matrycach. granica detekcji urządzenia (idl), wynoszący dla systemu gc/ms 7000 4 fg oktafluoronaftalenu (ofn), system posiada zintegrowane z oprogramowaniem masshunter narzędzia optymalizacji mrm oraz bazę danych pestycydów i zanieczyszczeń środowiskowych, która umożliwia oznaczanie nawet śladowych ilości dioksyn, polichlorowanych bifenyli (pcbs) ,pestycydów, wwa, lzo, itd.</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>Gc/ms agilent 5975c umożliwia wykonywanie dokładnych pomiarów analitycznych oraz pozwala laboratoriom skrócić czas wykonania niezbędnych czynności konserwacyjnych. system gc/ms jest nieoceniony do oznaczania wielu substancji w złożonej matrycy, na przykład oznaczanie pestycydów w żywności, wwa i lotnych związków organicznych w wodzie, ftalanów, a także rozpuszczalników resztkowych w produktach farmaceutycznych.</t>
+          <t>System 7000 gc/ms umożliwia oznaczenia ilościowe w złożonych matrycach takich związków jak pestycydy, wwa, hydroxy-wwa, farmaceutyki, biomarkery, diamantoidy, kwasy tłuszczowe.</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>Oznaczanie jakościowe i ilościowe stosowane w analizach środowiskowych, badaniu żywności i wielu innych obszarach badawczych z granicą oznaczalności na poziomie nawet 1 fg idl.</t>
+          <t>System umożliwia wiarygodna analizę związków w ilościach śladowych nawet w najbardziej złożonych matrycach przy idl wynoszącym mniej niż 4fg ofn.</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I14" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
       <c r="J14" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
           <t>Jurek Krzysztof</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
         </is>
       </c>
       <c r="M14" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N14" t="inlineStr">
         <is>
-          <t>Farmaceutyki, gc-ms, pestycydy, wwa, zanieczyszczenia organiczne</t>
+          <t>Analiza biomarkerów, diamandoidy, gc-ms-ms, hydroksy-wwa, kwasy tłuszczowe, pestycydy, wwa</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
+          <t>Gc/ms</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>5975c gc/msd</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>Gc/msd to niezawodne narzędzie do badań zanieczyszczeń środowiska i żywności, analiz chemicznych i petrochemicznych, a także do analizy związków w badaniach toksykologicznych i farmaceutycznych.</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>Gc/ms agilent 5975c umożliwia wykonywanie dokładnych pomiarów analitycznych oraz pozwala laboratoriom skrócić czas wykonania niezbędnych czynności konserwacyjnych. system gc/ms jest nieoceniony do oznaczania wielu substancji w złożonej matrycy, na przykład oznaczanie pestycydów w żywności, wwa i lotnych związków organicznych w wodzie, ftalanów, a także rozpuszczalników resztkowych w produktach farmaceutycznych.</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>Oznaczanie jakościowe i ilościowe stosowane w analizach środowiskowych, badaniu żywności i wielu innych obszarach badawczych z granicą oznaczalności na poziomie nawet 1 fg idl.</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I15" t="inlineStr">
+        <is>
+          <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
+        </is>
+      </c>
+      <c r="J15" t="inlineStr">
+        <is>
+          <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
+        </is>
+      </c>
+      <c r="K15" t="inlineStr">
+        <is>
+          <t>Jurek Krzysztof</t>
+        </is>
+      </c>
+      <c r="L15" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
+        </is>
+      </c>
+      <c r="M15" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N15" t="inlineStr">
+        <is>
+          <t>Farmaceutyki, gc-ms, pestycydy, wwa, zanieczyszczenia organiczne</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
           <t>Spektrometr ftir-atr</t>
         </is>
       </c>
-      <c r="B15" t="inlineStr">
+      <c r="B16" t="inlineStr">
         <is>
           <t>Spektrometr ftir nicolet™ is50 z modułem atr</t>
         </is>
       </c>
-      <c r="C15" t="inlineStr">
+      <c r="C16" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr ftir nicolet is50 z przystawką atr
 spektrometr ftir nicolet is50 firmy thermo scientific to zaawansowane urządzenie analityczne, szeroko stosowane w badaniach chemicznych, fizycznych i biologicznych. wyposażony w przystawkę atr, umożliwia analizę próbek stałych i ciekłych bez skomplikowanego przygotowania.
 konstrukcja i funkcjonalność
 spektrometr nicolet is50 ma modułową konstrukcję, dostosowaną do różnych potrzeb badawczych. w konfiguracji laboratoryjnej zawiera interferometr michelsona, umożliwiający pomiary w zakresie średniej i dalekiej podczerwieni (7800–350 cm-1). wyposażony jest w ceramiczne źródło globar z azotku krzemu (sin), niewymagające chłodzenia wodą.
 przystawka atr
 przystawka atr wykorzystuje zasadę całkowitego wewnętrznego odbicia, umożliwiając analizę próbek bezpośrednio na powierzchni diamentu. technika atr pozwala na badanie trudnych w przygotowaniu próbek o nieregularnych kształtach.
 cechy i zalety:
 	automatyzacja i intuicyjność nicolet is50 oferuje automatyczne funkcje diagnostyczne, walidacyjne i kalibracyjne. oprogramowanie omnic i baza &gt;10,000 widm chemicznych upraszczają obsługę.
 	wysoka czułość i precyzja detektor dlatgs z okienkiem kbr (12,000–350 cm-1) zapewnia dokładne wyniki nawet przy niskich stężeniach.
 	wszechstronność zastosowań idealny do analizy związków organicznych i nieorganicznych, monitorowania reakcji, analizy polimerów i białek oraz badań środowiskowych, farmaceutycznych i kryminalistyczny
  </t>
         </is>
       </c>
-      <c r="D15" t="inlineStr">
+      <c r="D16" t="inlineStr">
         <is>
           <t xml:space="preserve">Przykładowe aplikacje
 	identyfikacja związków chemicznych: atr pozwala na szybkie i dokładne badanie składu chemicznego próbek.
 	analiza warstw powierzchniowych: dzięki niewielkiej głębokości penetracji promieniowania podczerwonego możliwa jest analiza warstw powierzchniowych materiałów.
 	kontrola jakości: urządzenie umożliwia szybkie wykrywanie zanieczyszczeń lub
 </t>
         </is>
       </c>
-      <c r="E15" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G15" t="inlineStr">
+      <c r="E16" t="inlineStr"/>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
         <is>
           <t>Aparatura udostępniana jest na zasadach komercyjnych</t>
         </is>
       </c>
-      <c r="H15" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I15" t="inlineStr">
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I16" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J15" t="inlineStr">
+      <c r="J16" t="inlineStr">
         <is>
           <t>Laboratorium radioizotopowych analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K15" t="inlineStr">
+      <c r="K16" t="inlineStr">
         <is>
           <t>Pawlyta Jacek</t>
         </is>
       </c>
-      <c r="L15" t="inlineStr">
+      <c r="L16" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jacek-pawlyta-9868.html</t>
         </is>
       </c>
-      <c r="M15" t="inlineStr">
+      <c r="M16" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N15" t="inlineStr">
+      <c r="N16" t="inlineStr">
         <is>
           <t>Analiza chemiczna</t>
         </is>
       </c>
     </row>
-    <row r="16">
-      <c r="A16" t="inlineStr">
+    <row r="17">
+      <c r="A17" t="inlineStr">
         <is>
           <t>Zestaw do oznaczeń radiowęgla i lekkich izotopów stabilnych</t>
         </is>
       </c>
-      <c r="B16" t="inlineStr">
+      <c r="B17" t="inlineStr">
         <is>
           <t>System pims</t>
         </is>
       </c>
-      <c r="C16" t="inlineStr">
+      <c r="C17" t="inlineStr">
         <is>
           <t xml:space="preserve">System nec pims do oznaczania radiowęgla (c-14)
 system pims (positive ion mass spectrometry), zintegrowany z analizatorami elementarnymi  flash ea oraz spektrometrem stosunków izotopowych delta q, stanowi nowoczesne rozwiązanie do precyzyjnych i wydajnych oznaczeń radiowęgla (c-14). konstrukcja systemu eliminuje czaso- i pracochłonny proces grafityzacji, wymagany w metodzie akceleratorowej spektrometrii mas (ams), usprawniając pomiar.
 kluczowe komponenty:
 	2× flash ea (thermo scientific) automatyczne analizatory elementarne przekształcają próbki stałe lub ciekłe w gazowe formy  co₂ i n₂ poprzez ilościowe spalanie. wytworzony co₂ służy jako medium do oznaczeń radiowęgla oraz analizy stabilnych izotopów (np. δ¹³c).
 	delta q irms (thermo scientific) spektrometr delta q irms umożliwia precyzyjne pomiary. δ¹³c, δ¹⁸o i δ¹⁵n pomiary izotopów stabionych można wykonać w ramach datowania radiowęglowego lub niezależnie.
 	gsh (gas sample hub) system gsh przetwarza, oczyszcza i dostarcza co₂ z flash ea do modułów pims i irms. zapewnia to czysty, jednolity strumień próbki wolny od zanieczyszczeń, co jest kluczowe dla czułych pomiarów radiowęglowych.
 	pims z ecr (electron cyclotron resonance) serce systemu stanowi pims z wykorzystaniem źródła ecr, które bezpośrednio generuje dodatni wiązkę jonów węgla z gazu co₂. podejście to eliminuje konieczność grafityzacji, znacząco skracając czas przygotowania próbek, minimalizując ryzyko zanieczyszczeń. system pims cechuje się wyjątkową czułością, umożliwiając precyzyjne pomiary radiowęgla w naturalnych stężeniach.
  </t>
         </is>
       </c>
-      <c r="D16" t="inlineStr">
+      <c r="D17" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	oferowanie szybkich analiz c-14
 	oznaczanie zawartości biokomponentów
 	datowanie radiowęglowe
 	analizy izotopów stabilnych c, n, o, połączonych z datowaniem radiowęglowym oraz niezależnie
 	analiza i interpretacja wyników pomiarów
 	kalibracja dat radiowęglowych, modele radiowęglowe dla stanowisk i profili
 	współpraca  na zasadzie komercyjnej oraz naukowej
  </t>
         </is>
       </c>
-      <c r="E16" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G16" t="inlineStr">
+      <c r="E17" t="inlineStr"/>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr">
         <is>
           <t>Aparatura udostępniana na zasadach komercyjnych</t>
         </is>
       </c>
-      <c r="H16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I16" t="inlineStr">
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I17" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J16" t="inlineStr">
+      <c r="J17" t="inlineStr">
         <is>
           <t>Laboratorium radioizotopowych analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K16" t="inlineStr">
+      <c r="K17" t="inlineStr">
         <is>
           <t>Pawlyta Jacek</t>
         </is>
       </c>
-      <c r="L16" t="inlineStr">
+      <c r="L17" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jacek-pawlyta-9868.html</t>
         </is>
       </c>
-      <c r="M16" t="inlineStr">
+      <c r="M17" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N16" t="inlineStr">
+      <c r="N17" t="inlineStr">
         <is>
           <t>Biokomponenty, biopaliwa, c-14, izotopy trwałe, radiowęgiel, spektrometria mas</t>
         </is>
       </c>
     </row>
-    <row r="17">
-      <c r="A17" t="inlineStr">
+    <row r="18">
+      <c r="A18" t="inlineStr">
         <is>
           <t>Aparat do badania rozpadu tabletek/granulek</t>
         </is>
       </c>
-      <c r="B17" t="inlineStr">
+      <c r="B18" t="inlineStr">
         <is>
           <t>Aparat do badania rozpadu zt light</t>
         </is>
       </c>
-      <c r="C17" t="inlineStr">
+      <c r="C18" t="inlineStr">
         <is>
           <t>Tester do badania rozpadu erweka służy do pomiaru czasu rozpadu stałych form materiałów takich jak tabletki, drażetki, pelety, granulki i naturalne formy skalne, zgodnie z obowiązującymi procedurami w normach. podczas testu rozpadu testowane próbki umieszcza się w płynnym medium i utrzymuje w ruchu. rozpad próbki jest badany w określonych warunkach temperatury przez określony czas.</t>
         </is>
       </c>
-      <c r="D17" t="inlineStr">
+      <c r="D18" t="inlineStr">
         <is>
           <t xml:space="preserve">Badanie rozpadu próbek w płynnym medium w określonym czasie. możliwość analizy takich form jak tabletka, granulka, pelet, naturalnie występująca skał. </t>
         </is>
       </c>
-      <c r="E17" t="inlineStr">
+      <c r="E18" t="inlineStr">
         <is>
           <t>Zakres temperatur: 30 - 50 0c
 wysokość suwu: 55 mm
 szybkość: 30 suwów/min
 maksymalna średnica próbki: 20 mm
 czas testu: 0 - 10 h</t>
         </is>
       </c>
-      <c r="F17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G17" t="inlineStr">
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
         <is>
           <t>Zasady udostępniania rozpatrywane są na etapie konsultacji umów/projektów.</t>
         </is>
       </c>
-      <c r="H17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I17" t="inlineStr">
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I18" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J17" t="inlineStr">
+      <c r="J18" t="inlineStr">
         <is>
           <t>Laboratorium sorbentów mineralnych i organicznych</t>
         </is>
       </c>
-      <c r="K17" t="inlineStr">
+      <c r="K18" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L17" t="inlineStr">
+      <c r="L18" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M17" t="inlineStr">
+      <c r="M18" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N17" t="inlineStr">
+      <c r="N18" t="inlineStr">
         <is>
           <t>Czas rozpadu, granulka, materiał mineralny, materiał organiczny, pelet, rozpad, tabletka</t>
         </is>
       </c>
     </row>
-    <row r="18">
-      <c r="A18" t="inlineStr">
+    <row r="19">
+      <c r="A19" t="inlineStr">
         <is>
           <t>Mieszalnik laboratoryjny</t>
         </is>
       </c>
-      <c r="B18" t="inlineStr">
+      <c r="B19" t="inlineStr">
         <is>
           <t>Uniwersalny mikser o pojemności 1 litra el1</t>
         </is>
       </c>
-      <c r="C18" t="inlineStr">
+      <c r="C19" t="inlineStr">
         <is>
           <t>Wielofunkcyjny mieszalnik granulująco-powlekający, który można stosować do mieszania, granulowania i powlekania materiałów mineralnych, organicznych i syntetycznych.</t>
         </is>
       </c>
-      <c r="D18" t="inlineStr">
+      <c r="D19" t="inlineStr">
         <is>
           <t>Urządzenie umożliwia przeprowadzenie procesu mieszania i uśredniania próbki oraz przeprowadzenie proscesu granulacji i  powlekania w kontrolowanych warunkach temperatury. możliwość prowadzenia procesów przy przeciwbierznych obrotach wirnika i misy.</t>
         </is>
       </c>
-      <c r="E18" t="inlineStr">
+      <c r="E19" t="inlineStr">
         <is>
           <t>Pojemność misy: 1 litr
 maksymalna waga próbki : 1,6 kg
 prędkość obrotowa wirnika: 300-7200 obr/min
 prędkość obrotowa misy: 85-170 obr/min</t>
         </is>
       </c>
-      <c r="F18" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G18" t="inlineStr">
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
         <is>
           <t>Możliwość prowadzenia prac na urządzeniu wyłącznie pod nadzorem pracownika laboratorium.</t>
         </is>
       </c>
-      <c r="H18" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I18" t="inlineStr">
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I19" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J18" t="inlineStr">
+      <c r="J19" t="inlineStr">
         <is>
           <t>Laboratorium sorbentów mineralnych i organicznych</t>
         </is>
       </c>
-      <c r="K18" t="inlineStr">
+      <c r="K19" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L18" t="inlineStr">
+      <c r="L19" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M18" t="inlineStr">
+      <c r="M19" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N18" t="inlineStr">
+      <c r="N19" t="inlineStr">
         <is>
           <t>Granulacja, granulki, mieszanie, powlekanie, proszek, sorbenty, uśrednianie, uśrednianie próbki</t>
         </is>
       </c>
     </row>
-    <row r="19">
-      <c r="A19" t="inlineStr">
+    <row r="20">
+      <c r="A20" t="inlineStr">
         <is>
           <t>Aparat do badania odporności na ścieranie oraz kruchości</t>
         </is>
       </c>
-      <c r="B19" t="inlineStr">
+      <c r="B20" t="inlineStr">
         <is>
           <t>Tester kruchości/ścieralności tar 120/220</t>
         </is>
       </c>
-      <c r="C19" t="inlineStr">
+      <c r="C20" t="inlineStr">
         <is>
           <t>Seria tar to urządzenie erweka zgodne z normami usp/ep/jp, służące do badania kruchości i/lub ścieralności.  próbom ścieralności i kruchości mogą być poddawane granulki, tabletki, pelety jak i również naturalnie występujące minerały</t>
         </is>
       </c>
-      <c r="D19" t="inlineStr">
+      <c r="D20" t="inlineStr">
         <is>
           <t>Próbom ścieralności i kruchości mogą być poddawane granulki, tabletki, pelety jak i również naturalnie występujące minerały których średnica nie przekracza 30mm.</t>
         </is>
       </c>
-      <c r="E19" t="inlineStr">
+      <c r="E20" t="inlineStr">
         <is>
           <t>Prędkość obrotowa: 20-100 obr./min
 czas testu: płynna regulacja do 9 godzin, 59 minut, 59 sekund +/- 0,1
 maksymalna  średnica próbki: 30mm</t>
         </is>
       </c>
-      <c r="F19" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G19" t="inlineStr">
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr">
         <is>
           <t>Możliwość udostępnienia aparatury w laboratorium sorbentów mineralnych i organicznych pod nadzorem pracownika laboratorium.</t>
         </is>
       </c>
-      <c r="H19" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I19" t="inlineStr">
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I20" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J19" t="inlineStr">
+      <c r="J20" t="inlineStr">
         <is>
           <t>Laboratorium sorbentów mineralnych i organicznych</t>
         </is>
       </c>
-      <c r="K19" t="inlineStr">
+      <c r="K20" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L19" t="inlineStr">
+      <c r="L20" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M19" t="inlineStr">
+      <c r="M20" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N19" t="inlineStr">
+      <c r="N20" t="inlineStr">
         <is>
           <t>Granulki, kruchość, materiały mineralne, materiały organiczne, pelety, rozpad, ścieralność, tabletki, testy, zakres obrotów</t>
-        </is>
-[...70 lines deleted...]
-          <t>Granulacja, granulator, granulator talerzowy, granulki, materiały mineralne, materiały organiczne</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
+          <t>Jednostka napędowa wraz z peletyzatorem (granulatorem talerzowym)</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>Jednostka napędowa ar 403 wraz z peletyzatorem gte (granulatorem talerzowym)</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>Granulator gte jest przymocowany do ar 403. materiał może być podawany ręcznie lub w sposób ciągły. ruch obrotowy misy przenosi produkt na górę misy, a następnie spływa w dół misy równomiernym strumieniem do podstawy. poprzez dodanie odpowiedniej ilości cieczy proces ten można przekształcić w formowanie peletek. kąt misy i ilość dodanej cieczy określają rozmiar peletek. gdy misa jest pełna, peletki będą stale toczyć się po krawędzi misy do pojemnika.</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Urządzenie umożliwia produkcję granulatów o różnych średnicach i wielkości dzięki regulowanemu kątowi nachylenia oraz regulowanej prędkości obrotowej misy. </t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>Średnica misy: 300 mm prędkość obrotowa: 20-400 obr/min maksymalny kąt pochylenia misy: 40 st.</t>
+        </is>
+      </c>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G21" t="inlineStr">
+        <is>
+          <t>Zgodnie z indywidualnie uzgodnionymi umowami.</t>
+        </is>
+      </c>
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I21" t="inlineStr">
+        <is>
+          <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
+        </is>
+      </c>
+      <c r="J21" t="inlineStr">
+        <is>
+          <t>Laboratorium sorbentów mineralnych i organicznych</t>
+        </is>
+      </c>
+      <c r="K21" t="inlineStr">
+        <is>
+          <t>Bajda Tomasz</t>
+        </is>
+      </c>
+      <c r="L21" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
+        </is>
+      </c>
+      <c r="M21" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N21" t="inlineStr">
+        <is>
+          <t>Granulacja, granulator, granulator talerzowy, granulki, materiały mineralne, materiały organiczne</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
           <t>La-icp-ms spektrometria mas sprzężona z plazmą wzbudzaną indukcyjnie z wprowadzaniem próbki za pomocą ablacji laserowej oraz zintegrowanym systemem libs</t>
         </is>
       </c>
-      <c r="B21" t="inlineStr">
+      <c r="B22" t="inlineStr">
         <is>
           <t>Icap tqe icp-ms triple quadrupole z systemem ablacji laserowej esl213 i systemem libs eslumen</t>
         </is>
       </c>
-      <c r="C21" t="inlineStr">
+      <c r="C22" t="inlineStr">
         <is>
           <t xml:space="preserve">La-icp-ms łączy ablację laserową (la) wykorzystywaną do próbkowania z spektrometria mas sprzężona z plazmą wzbudzaną indukcyjnie (icp-ms) używaną do detekcji i analizy ilościowej pierwiastków.
 na system la-icp-ms/libs składają się:
 	spektrometr mas z jonizacją w plazmie indukcyjnie sprzężonej model icap tqe (thermo scientific) to tandemowy spektrometr mas wyposażony w komorę reakcyjno-kolizyjną. pozwala to to na usuwanie interferencji poprzez dyskryminację kinetyczną jonów (ked) bądź wykorzystanie gazów reakcyjnych  takich jak o2.
 	laser nd:yag (elemental scientific) o długości fali 213 nm, częstotliwości pracy 1-20 hz i rozmiarze wiązki w zakresie 10-100 mikronów.
 	detektora libs (eslumen) do pomiarów opartych na laserowo indukowanej spektroskopii emisyjnej
 aparat jest częścią "zintegrowanej platformy badań chemizmu i mikrotekstury materiałów porowatych oraz reaktywności ich powierzchni" </t>
         </is>
       </c>
-      <c r="D21" t="inlineStr">
+      <c r="D22" t="inlineStr">
         <is>
           <t>Metoda la-icp-ms pozwala na analizy in-situ w ciałach stałych, która ma zastosowanie w analizach próbek geologicznych, biologicznych, metalurgicznych i archeologicznych. pozwala na pomiar zawartości pierwiastków, osiągając niskie limity detekcji od 0.1-10 ppm. możliwe jest wykonywanie map rozkładu pierwiastków i pomiary stosunków izotopowych. libs pozwala na analizy rozkładu pierwiastków śladowych, w tym pierwiastków lekkich jak li czy b.</t>
         </is>
       </c>
-      <c r="E21" t="inlineStr">
+      <c r="E22" t="inlineStr">
         <is>
           <t>Analizom poddawane są próbki o kształcie walca o średnicy ok. 25 mm lub w postaci szlifu mikroskopowego o wymiarach ok. 46 x 27 mm oraz grubości co najmniej 75-100 mikrometrów. metoda la-icp-ms umożliwia oznaczenie ilościowe większości pierwiastków od litu do uranu (z wyłączeniem gazów szlachetnych) z bardzo niskimi limitami detekcji (rutynowo 0.1-10 ppm). 20-30 pierwiastków może być analizowanych podczas jednego pomiaru.</t>
         </is>
       </c>
-      <c r="F21" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G21" t="inlineStr">
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G22" t="inlineStr">
         <is>
           <t>Badania wykonywane są przez upoważniony personel laboratorium na podstawie umów i zleceń za zgodą kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H21" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I21" t="inlineStr">
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I22" t="inlineStr">
         <is>
           <t>Katedra geologii złożowej i górniczej</t>
         </is>
       </c>
-      <c r="J21" t="inlineStr">
+      <c r="J22" t="inlineStr">
         <is>
           <t>Laboratorium pierwiastków krytycznych agh-kghm</t>
         </is>
       </c>
-      <c r="K21" t="inlineStr">
+      <c r="K22" t="inlineStr">
         <is>
           <t>Kozub-Budzyń Gabriela</t>
         </is>
       </c>
-      <c r="L21" t="inlineStr">
+      <c r="L22" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/gabriela-kozub-budzyn-7671.html</t>
         </is>
       </c>
-      <c r="M21" t="inlineStr">
+      <c r="M22" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N21" t="inlineStr">
+      <c r="N22" t="inlineStr">
         <is>
           <t>Ablacja laserowa/elektronowa, analizy chemiczne, pierwiastki śladowe</t>
         </is>
       </c>
     </row>
-    <row r="22">
-      <c r="A22" t="inlineStr">
+    <row r="23">
+      <c r="A23" t="inlineStr">
         <is>
           <t>Uhplc-ms/ms</t>
         </is>
       </c>
-      <c r="B22" t="inlineStr">
+      <c r="B23" t="inlineStr">
         <is>
           <t>System ultrasprawnej chromatografii cieczowej z tandemowym spektrometrem mas typu potrójny kwadrupol model tsq altis</t>
         </is>
       </c>
-      <c r="C22" t="inlineStr">
+      <c r="C23" t="inlineStr">
         <is>
           <t>System uhplc-ms/ms to połączenie ultra-wysokosprawnej chromatografii cieczowej z tandemowym spektrometrem mas, wykorzystujące zdolność rozdzielczą metody analitycznej oraz zdolność spektrometrii mas do identyfikacji rozdzielanych składników. zastosowanie takiego połączenia stanowi idealne narzędzie umożliwiające analizę ilościową polarnych związków organicznych w skomplikowanych matrycach z doskonałą czułością i precyzją oraz umożliwia przeprowadzanie badań typu screening.
 w tandemowym spektrometrze mas występują dwa analizatory mas oraz komora zderzeń, umożliwiając wykonywanie pomiarów ms jak i ms/ms. powstające w źródle, w wyniku jonizacji techniką esi jony pierwotne są rozdzielane w pierwszym spektrometrze. następnie jony o wybranym stosunku m/z trafiają do komory kolizyjnej, gdzie w zależności od warunków ulegają rozpadowi lub pozostają niezmienione. w wyniku rozpadu jonów (fragmentacji), powstają jony potomne. w drugim spektrometrze (ms2), jony są ponownie rozdzielane ze względu na stosunek masy do ładunku. te z nich, które przejdą przez drugi spektrometr, trafiają do detektora. sprawia to, że czułość układu tandemowego ms/ms jest znacznie większa niż samego układu ms. do oznaczania różnorodnych substancji w próbach środowiskowych, jak i w żywności, zalecane jest stosowanie metody lc-ms lub lc-ms/ms pracującego w trybie sim lub mrm gdyż charakteryzują się wysoką czułością i selektywnością.
 aparaturę typu uhplc-ms/ms wykorzystuje się standardowo do oznaczania metabolitów farmaceutyków, narkotyków, substancji dopingowych, zanieczyszczeń organicznych zarówno w płynach ustrojowych jak i próbkach środowiskowych.
 aparat jest częścią "zintegrowanej platformy badań chemizmu i mikrotekstury materiałów porowatych oraz reaktywności ich powierzchni"</t>
         </is>
       </c>
-      <c r="D22" t="inlineStr">
+      <c r="D23" t="inlineStr">
         <is>
           <t>Aparaturę typu uhplc-ms/ms wykorzystuje się standardowo do oznaczania metabolitów farmaceutyków, narkotyków, substancji dopingowych, zanieczyszczeń organicznych zarówno w płynach ustrojowych jak i próbkach środowiskowych.</t>
         </is>
       </c>
-      <c r="E22" t="inlineStr">
+      <c r="E23" t="inlineStr">
         <is>
           <t>Spektrometr mas wyposażony w źródło jonów typu electrospray esi.
 tryb skanowania: pełne skanowanie (full-scan), monitorowanie wybranego jonu (sim) i monitorowanie wybranej reakcji (srm)
 chromatograf cieczowy z detektorem uv/vis i detektorem dad
 oprogramowanie sterujące pracą spektrometru mas, umożliwiające akwizycję, obróbkę i analizę danych.</t>
         </is>
       </c>
-      <c r="F22" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G22" t="inlineStr">
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H22" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I22" t="inlineStr">
+      <c r="H23" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I23" t="inlineStr">
         <is>
           <t>Katedra ochrony środowiska</t>
         </is>
       </c>
-      <c r="J22" t="inlineStr">
+      <c r="J23" t="inlineStr">
         <is>
           <t>Zespół analiz ryzyka zdrowotnego i środowiskowego</t>
         </is>
       </c>
-      <c r="K22" t="inlineStr">
+      <c r="K23" t="inlineStr">
         <is>
           <t>Koziarska Marta</t>
         </is>
       </c>
-      <c r="L22" t="inlineStr">
+      <c r="L23" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marta-agnieszka-koziarska-10423.html</t>
         </is>
       </c>
-      <c r="M22" t="inlineStr">
+      <c r="M23" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N22" t="inlineStr">
+      <c r="N23" t="inlineStr">
         <is>
           <t>Analiza ilościowa</t>
         </is>
       </c>
     </row>
-    <row r="23">
-      <c r="A23" t="inlineStr">
+    <row r="24">
+      <c r="A24" t="inlineStr">
         <is>
           <t>Aparat do pomiaru wielkości sorpcji nova 800 anton paar</t>
         </is>
       </c>
-      <c r="B23" t="inlineStr">
+      <c r="B24" t="inlineStr">
         <is>
           <t>Aparat do pomiaru wielkości sorpcji nova 800 anton paar</t>
         </is>
       </c>
-      <c r="C23" t="inlineStr">
+      <c r="C24" t="inlineStr">
         <is>
           <t>Nova 800 anton paar jest analizatorem do pomiaru sorpcji gazów i wyznaczania powierzchni bet, wielkości, objętości i rozkładu mikro- i mezo-porów w proszkach i materiałach porowatych.  
 charakterystyka aparatu:
 	sorpcja gazów: n2, he, co2 oraz par różnych cieczy
 	cztery niezależne stacje odgazowania
 	cztery stacje analityczne
 	wyznaczanie rozmiarów, objętości i powierzchni mezoporów (2 – 50 nm), mikroporów (0.35 – 1.1 nm)
 	zakres ciśnień pracy aparatu 1.5 x 10-7 do 1.0 p/p0
 	odgazowanie próbki w zakresie temperatur: 20-425 ºc
 	analiza materiałów proszkowych i próbek litych o wymiarach nie większych niż 7 x 7 x 10 mm
 aparat jest częścią "zintegrowanej platformy badań chemizmu i mikrotekstury materiałów porowatych oraz reaktywności ich powierzchni"</t>
         </is>
       </c>
-      <c r="D23" t="inlineStr">
+      <c r="D24" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar sorpcji dla próbek mineralnych, syntetycznych, przemysłowych, itp.
 	analiza bet i objętości porów próbek litych i proszkowych
 </t>
         </is>
       </c>
-      <c r="E23" t="inlineStr">
+      <c r="E24" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jedno- i wielopunktowa powierzchnia bet
 	powierzchnia langmuira oraz analiza izoterm temkina i freundlicha
 	rozkłady objętości porów i powierzchni porów w zakresie mezo- i makroporów metodą bjh, dft, nldft
 	rozkład mikroporów metodą d-a, d-r oraz całkowita objętość mikroporów metodą t-plot
 </t>
         </is>
       </c>
-      <c r="F23" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G23" t="inlineStr">
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr">
         <is>
           <t>•	zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 •	współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 •	współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H23" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I23" t="inlineStr">
+      <c r="H24" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I24" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J23" t="inlineStr">
+      <c r="J24" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K23" t="inlineStr">
+      <c r="K24" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L23" t="inlineStr">
+      <c r="L24" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M23" t="inlineStr">
+      <c r="M24" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N23" t="inlineStr">
+      <c r="N24" t="inlineStr">
         <is>
           <t>Adsorpcja, bet, izoterma adsorpcji, porowatość całkowita, powierzchnia właściwa</t>
-        </is>
-[...70 lines deleted...]
-          <t>Analiza ilościowa</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
+          <t>Spektrofotometr absorpcji atomowej aas ice 3500</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Spektrometr absorpcji atomowej aas ice 3500 thermo scientific</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>Thermo scientific ice 3500 aas zapewnia niezrównaną wydajność, elastyczność i prostotę. wysoce precyzyjna optyka z podwójną wiązką w połączeniu z monochromatorem echelle zapewnia niskie granice wykrywalności i długoterminową stabilność analityczną. unikalna korekcja tła deuteru quadline z gwarantowaną wydajnością jest dostarczana w standardzie. konstrukcja rozpylacza płomienia zawiera 50-milimetrowy tytanowy palnik z ulepszoną zdolnością do cząstek stałych w celu zwiększenia wydajności i dokładności analizy płomienia. przystawka do generacji wodorków vp 100 pozwala na wykonywanie analizy pierwiastków tworzących wodorki: as, se,sb,te,bi,sn oraz hg z lepszą czułością i precyzją w porównaniu z techniką płomieniową. przystawka jest sterowana w pełni automatycznie z oprogramowania spektrometru. w jej skład wchodzą pojemniki na reagenty, 4 kanałowa pompa perystaltyczna, zawory mieszające, separator gaz-ciecz oraz masowy kontroler przepływu, do precyzyjnej kontroli przepływu gazu nośnego. kuweta pomiarowa umieszczona w wiązce spektrometru jest podgrzewana standardowo płomieniem acetylenowo powietrznym lub opcjonalnie piecem elektrycznym ec100</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>Laboratorium korzysta wyłącznie z atestowanych odczynników i mianowanych roztworów w terminie ważności. laboratorium  wyposażone jest w system generacji par wodorków umożliwiający bezpośrednie oznaczanie mikroilości as, se,sb,te,bi,sn oraz hg odpowiednio od 0,5 i 0,1 mikrogramów/dm3 oraz w trybie normalnym ok. 30 innych pierwiastków</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>Analiza ilościowa wód, ścieków, gleb, gruntów, minerałów i skał, roślin oraz różnych badań normatywnych. dotyczy to kompleksowych badań odpadów, badań agresywności wód i gruntów oraz identyfikacji wszelkich nieorganicznych związków niebezpiecznych dla środowiska przyrodniczego. wykonywane są ilościowe analizy pełne, wskaźnikowe i pierwiastków śladowych.</t>
+        </is>
+      </c>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr">
+        <is>
+          <t>Badania mogą być wykonane odpłatnie, albo na zasadzie współpracy naukowej.</t>
+        </is>
+      </c>
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I25" t="inlineStr">
+        <is>
+          <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
+        </is>
+      </c>
+      <c r="J25" t="inlineStr">
+        <is>
+          <t>Laboratorium biogeochemiczne</t>
+        </is>
+      </c>
+      <c r="K25" t="inlineStr">
+        <is>
+          <t>Klimek Agnieszka</t>
+        </is>
+      </c>
+      <c r="L25" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/agnieszka-klimek-7472.html</t>
+        </is>
+      </c>
+      <c r="M25" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N25" t="inlineStr">
+        <is>
+          <t>Analiza ilościowa</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
           <t>Mikroskop axio imager m2</t>
         </is>
       </c>
-      <c r="B25" t="inlineStr">
+      <c r="B26" t="inlineStr">
         <is>
           <t>Mikroskop axio imager kmat</t>
         </is>
       </c>
-      <c r="C25" t="inlineStr">
+      <c r="C26" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikroskop polaryzacyjny do obserwacji w świetle przechodzącym i odbitym z kamerą cyfrową i oprogramowaniem do analizy obrazu, z systemem do pomiaru refleksyjności witrynitu jest częścią stanowiska do badań materii organicznej: aparat pirolityczny rock-eval 7s® uzupełniony o moduł w postaci mikroskopu polaryzacyjnego do badań w świetle odbitym, wyposażony w fotometr do pomiarów refleksyjności.
 mikroskop polaryzacyjny do obserwacji w świetle przechodzącym i odbitym umożliwia analizę materii organicznej rozproszonej w skałach osadowych oraz macerałów w węglach. analizie zostaje poddany wypolerowany suknem polerskim fragment skalny, przy użyciu obiektywów immersyjnych o powiększeniu 50 i 100 krotnym. mikroskop sprzężony jest z zestawem fotometrycznym tidas s msp 200 umożliwiającym pomiary refleksyjności materii organicznej i macerałów, z kamerą cyfrową axiocam 305 oraz oprogramowaniem do obróbki zdjęć zen toolkit wraz z modułem uczenia maszynowego wykorzystujący m.in. następujące algorytmy: deep learning, machine learning, object classification. dzięki wyposażeniu w oświetlacz samocentrujący hbo 100 wraz z lampą rtęciową hbo 103 z zasilaczem i zestawem filtrów możliwa jest obserwacja preparatów w świetle niebieskim.   </t>
         </is>
       </c>
-      <c r="D25" t="inlineStr">
+      <c r="D26" t="inlineStr">
         <is>
           <t>Analiza mikroskopowa materii organicznej używana jest do oceny potencjału macierzystości skał. dzięki pomiarom refleksyjności materii organicznej możliwym jest określenie stopnia dojrzałości materii organicznej oraz oszacowania maksymalnych paleotemperatur.</t>
         </is>
       </c>
-      <c r="E25" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G25" t="inlineStr">
+      <c r="E26" t="inlineStr"/>
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr">
         <is>
           <t>Zgodnie z regulaminem laboratorium.</t>
         </is>
       </c>
-      <c r="H25" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I25" t="inlineStr">
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I26" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J25" t="inlineStr">
+      <c r="J26" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K25" t="inlineStr">
+      <c r="K26" t="inlineStr">
         <is>
           <t>Waliczek Marta</t>
         </is>
       </c>
-      <c r="L25" t="inlineStr">
+      <c r="L26" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marta-waliczek-9248.html</t>
         </is>
       </c>
-      <c r="M25" t="inlineStr">
+      <c r="M26" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N25" t="inlineStr">
+      <c r="N26" t="inlineStr">
         <is>
           <t>Dojrzałość termiczna, materia organiczna, pochodzenie organiki, refleksyjność witrynitu, skład macerałowy</t>
         </is>
       </c>
     </row>
-    <row r="26">
-      <c r="A26" t="inlineStr">
+    <row r="27">
+      <c r="A27" t="inlineStr">
         <is>
           <t>Rock-eval 7s</t>
         </is>
       </c>
-      <c r="B26" t="inlineStr">
+      <c r="B27" t="inlineStr">
         <is>
           <t>Analizator rock-eval 7s</t>
         </is>
       </c>
-      <c r="C26" t="inlineStr">
+      <c r="C27" t="inlineStr">
         <is>
           <t>Aparat pirolityczny rock-eval 7s jest częścią stanowiska do badań materii organicznej: aparat pirolityczny rock-eval 7s uzupełniony o moduł w postaci mikroskopu polaryzacyjnego do badań w świetle odbitym, wyposażony w fotometr do pomiarów refleksyjności.
 aparat jest wyposażony w dwa piece: pirolityczny i oksydacyjny. do analizy wykorzystuje się zmieloną próbkę skały (uziarnienie poniżej 0.2 mm) w ilości 50-70 mg, która jest umieszczana w specjalnym tygielku wykonanym ze spieku al2o3. analiza w piecu pirolitycznym (w atmosferze azotu) może być prowadzona w zakresie temperatur 40-850oc z szeroką możliwością programowania cyklu temperaturowego w zakresie: początkowej temperatury i czasu jej utrzymywania, tempa narostu temperatury (od 0.1 do 50oc/min) oraz finalnej temperatury i czasu jej utrzymywania. istnieje możliwość zaprogramowania do pięciu niezależnych narostów temperatury i czasów izotermiczego wygrzewania podczas jednego cyklu badawczego. wydzielające się węglowodory (hc) są oznaczane na detektorze płomieniowo-jonizacyjnym (fid), co2 i co są oznaczane na detektorze podczerwieni (ir), a związki siarki, po dopaleniu w piecu utleniającym (temperatura 850 oc) są oznaczane w postaci so2 na detektorze uv.
 analiza w piecu oksydacyjnym (do temperatury 850℃ w atmosferze powietrza, powyżej – w atmosferze azotu) może być prowadzona w zakresie temperatur 200-1200oc z szeroką możliwością programowania cyklu temperaturowego w zakresie: początkowej temperatury i czasu jej utrzymywania, tempa narostu temperatury (od 0.1 do 50oc/min) oraz finalnej temperatury i czasu jej utrzymywania. produkty spalania i rozkładu – co i co2 przekazywane są na detektor ir, a so2 – na detektor uv w celu oznaczenia ilościowego. inne produkty utleniania nie są oznaczane.</t>
         </is>
       </c>
-      <c r="D26" t="inlineStr">
+      <c r="D27" t="inlineStr">
         <is>
           <t>Aparat rock-eval 7s umożliwia oznaczanie w próbkach stałych m.in. całkowitej zawartości węgla organicznego (toc) i mineralnego (minc), zawartości s org. (tos), pirytowej (fe s) i całkowitej (ts), określenie typu i dojrzałości materii org. oraz ilości i składu frakcyjnego zanieczyszczeń węglowodorowych w glebie. metoda rock-eval może być wykorzystywana do analizy skał, gleb, osadów i odpadów zawierających materiał org. i nielotnych produktów petrochemicznych.</t>
         </is>
       </c>
-      <c r="E26" t="inlineStr">
+      <c r="E27" t="inlineStr">
         <is>
           <t>Wybrane parametry: s1 (mg hc/g skały), s2 (mg hc/g skały), s3 (mg co2/g skały), tmax (oc), pc (% wag.), rc (% wag.), toc (% wag.), minc (% wag.), s1 orgs (% wag.), s2 orgs (% wag.), pyro orgs (% wag.), oxi orgs (% wag.), tot orgs (% wag.), fe s (% wag.), so4 s (% wag.), total s (% wag.), q0, q1, …, q5 (mg hc/g skały)
 wybrane wskaźniki: pi, s2/s3, hi (mg hc/g toc), oi (mg co2/g toc), si (mg orgs/g toc), toco (% wag.), hio (mg hc/g toc)</t>
         </is>
       </c>
-      <c r="F26" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G26" t="inlineStr">
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr">
         <is>
           <t>Zgodnie z regulaminem laboratorium.</t>
         </is>
       </c>
-      <c r="H26" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I26" t="inlineStr">
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I27" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J26" t="inlineStr">
+      <c r="J27" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K26" t="inlineStr">
+      <c r="K27" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L26" t="inlineStr">
+      <c r="L27" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M26" t="inlineStr">
+      <c r="M27" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N26" t="inlineStr">
+      <c r="N27" t="inlineStr">
         <is>
           <t>Skała macierzysta, toc, węglowodory, zanieczyszczenia organiczne</t>
-        </is>
-[...70 lines deleted...]
-          <t>Analiza chemiczna</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
+          <t>Chromatograf cieczowy (hplc)</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>Chromatograf cieczowy (hplc)</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>Chromatografi cieczowy shimadzu lc-2050c z detektorami uv-vis i fld.</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>Ilościowa analiza związków organicznych w próbkach środowiskowych, roztworach modelowych itp.</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>Ilościowa analiza związków organicznych.</t>
+        </is>
+      </c>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
+        <is>
+          <t>Za zgodą i pod nadzorem opiekuna laboratorium.</t>
+        </is>
+      </c>
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I28" t="inlineStr">
+        <is>
+          <t>Katedra mineralogii, petrografii i geochemii</t>
+        </is>
+      </c>
+      <c r="J28" t="inlineStr">
+        <is>
+          <t>Mineral-based architectures group, http://www.mba-group.agh.edu.pl/</t>
+        </is>
+      </c>
+      <c r="K28" t="inlineStr">
+        <is>
+          <t>Matusik Jakub</t>
+        </is>
+      </c>
+      <c r="L28" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/jakub-matusik-6924.html</t>
+        </is>
+      </c>
+      <c r="M28" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N28" t="inlineStr">
+        <is>
+          <t>Analiza chemiczna</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
           <t>Piknometr gazowy ultrapyc 5000 micro</t>
         </is>
       </c>
-      <c r="B28" t="inlineStr">
+      <c r="B29" t="inlineStr">
         <is>
           <t>Piknometr gazowy do pomiaru gęstości ciał stałych: ultrapyc 5000 micro</t>
         </is>
       </c>
-      <c r="C28" t="inlineStr">
+      <c r="C29" t="inlineStr">
         <is>
           <t>Piknometr gazowy ultrapyc 5000 micro służy do precyzyjnego pomiaru rzeczywistej gęstości ciał stałych w postaci proszków lub monolitów. do pomiarów wykorzystywany jest hel. urządzenie posiada wbudowaną regulację temperatury za pomocą modułu peltiera. pomiary wykonywane są w zakresie 15 °c to 50 °c, standardowo w 20 °c. piknometr gazowy wyposażony jest w trzy komory pomiarowe o róznej objętości: micro cell: 4.5 cm3, meso cell: 1.8 cm3, nano cell: 0.25 cm3.</t>
         </is>
       </c>
-      <c r="D28" t="inlineStr">
+      <c r="D29" t="inlineStr">
         <is>
           <t>Piknometr gazowy wykorzystywany jest do pomiaru gęstości helowej materiałów stałych, takich jak: sadza, katalizatory, cement, ceramika, węgiel drzewny, kosmetyki, środki osuszające, nawozy, włókna, minerały takie jak tlenek glinu, krzemionka, tytan i inne, produkty farmaceutyczne, żywność w proszku i metale w proszku.</t>
         </is>
       </c>
-      <c r="E28" t="inlineStr">
+      <c r="E29" t="inlineStr">
         <is>
           <t>Aparat umożliwia oznaczenie gęstości helowej dla małych ilości próbek od 0,25 cm3 do 4,5 cm3.</t>
         </is>
       </c>
-      <c r="F28" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G28" t="inlineStr">
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H28" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I28" t="inlineStr">
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I29" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J28" t="inlineStr">
+      <c r="J29" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K28" t="inlineStr">
+      <c r="K29" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L28" t="inlineStr">
+      <c r="L29" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M28" t="inlineStr">
+      <c r="M29" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N28" t="inlineStr">
+      <c r="N29" t="inlineStr">
         <is>
           <t>Badania nieniszczące, gęstość, gęstość helowa, gęstość szkieletowa</t>
         </is>
       </c>
     </row>
-    <row r="29">
-      <c r="A29" t="inlineStr">
+    <row r="30">
+      <c r="A30" t="inlineStr">
         <is>
           <t>Spektrometr ftir nicolet 6700</t>
         </is>
       </c>
-      <c r="B29" t="inlineStr">
+      <c r="B30" t="inlineStr">
         <is>
           <t>Spektrometr ftir nicolet 6700 thermo scientific</t>
         </is>
       </c>
-      <c r="C29" t="inlineStr">
+      <c r="C30" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr ftir nicolet 6700 firmy thermo scientific umożliwia rejestrację wysokiej jakości widm w zakresie podczerwieni (400÷4000 cm-1) z maksymalną rozdzielczością równą 0,1 cm-1.
  wyposażenie:
 	detektory dtgs i mct (chłodzony azotem)  
 	niehigroskopijna optyka
 	przystawki odbiciowe, transmisyjne
 	praying mantis firmy harrick - umożliwiającą pomiary techniką drift w zmiennej temperaturze rt÷450°c, w przepływie gazu (m.in. powietrze, azot, argon)
 	próżniowa komora wysokotemperaturowa, pomiary w trybie transmisyjnym w  temperaturach rt÷500°c
 </t>
         </is>
       </c>
-      <c r="D29" t="inlineStr">
+      <c r="D30" t="inlineStr">
         <is>
           <t>Badania fazowe, strukturalne oraz prace eksperymentalne nad transformacją i modyfikacją właściwości fizykochemicznych materiałów.</t>
         </is>
       </c>
-      <c r="E29" t="inlineStr">
+      <c r="E30" t="inlineStr">
         <is>
           <t>Aparat umożliwia rejestrację widm ftir ciał stałych, w formie proszku lub cienkich warstw i lepkich cieczy, w zmiennych temperaturach i atmosferze różnych gazów.</t>
         </is>
       </c>
-      <c r="F29" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G29" t="inlineStr">
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H29" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I29" t="inlineStr">
+      <c r="H30" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I30" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J29" t="inlineStr">
+      <c r="J30" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K29" t="inlineStr">
+      <c r="K30" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L29" t="inlineStr">
+      <c r="L30" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M29" t="inlineStr">
+      <c r="M30" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N29" t="inlineStr">
+      <c r="N30" t="inlineStr">
         <is>
           <t>Atr, drift, ftir, podczerwień, spektroskopia</t>
         </is>
       </c>
     </row>
-    <row r="30">
-      <c r="A30" t="inlineStr">
+    <row r="31">
+      <c r="A31" t="inlineStr">
         <is>
           <t>Analizator uziarnienia saturn digisizer ii</t>
         </is>
       </c>
-      <c r="B30" t="inlineStr">
+      <c r="B31" t="inlineStr">
         <is>
           <t>Saturn digisizer ii micromeritics analizator uziarnienia</t>
         </is>
       </c>
-      <c r="C30" t="inlineStr">
+      <c r="C31" t="inlineStr">
         <is>
           <t xml:space="preserve">Saturn digisizer ii micromeritics mierzy dystrybucję rozkładu wielkości cząstek przy użyciu dyfrakcji promieniowania laserowego. 
 charakterystyka aparatu:
 	detektor ccd 
 	laser: półprzewodnikowy diodowy
 	moc lasera: 6-9 mw
 	automatyczny system przygotowania i transportu zawiesiny do dynamicznego układu pomiarowego
 	dyspergator ultradźwiękowy do wstępnego przygotowania zawiesiny
 	zakres pomiarowy: 0,04 do 2500 µm
 	oprogramowanie aparatu wykorzystuje modele mie oraz fraunhofera
 </t>
         </is>
       </c>
-      <c r="D30" t="inlineStr">
+      <c r="D31" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar rozkładu wielkości cząstek dla próbek mineralnych, syntetycznych, przemysłowych, itp.
 </t>
         </is>
       </c>
-      <c r="E30" t="inlineStr">
+      <c r="E31" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	powtarzalność: 0,1 do 1 µm, 3%; 1 do 1000 µm, 1%
 	odtwarzalność: 0,1 do 1 µm, 5%; 1 do 100 µm, 2% 100 do 1000 µm, 5%
  </t>
         </is>
       </c>
-      <c r="F30" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G30" t="inlineStr">
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H30" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I30" t="inlineStr">
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I31" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J30" t="inlineStr">
+      <c r="J31" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K30" t="inlineStr">
+      <c r="K31" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L30" t="inlineStr">
+      <c r="L31" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M30" t="inlineStr">
+      <c r="M31" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N30" t="inlineStr">
+      <c r="N31" t="inlineStr">
         <is>
           <t>Rozkład wielokości ziaren, uziarnienie</t>
         </is>
       </c>
     </row>
-    <row r="31">
-      <c r="A31" t="inlineStr">
+    <row r="32">
+      <c r="A32" t="inlineStr">
         <is>
           <t>Analizator uziarnienia sedigraph iii</t>
         </is>
       </c>
-      <c r="B31" t="inlineStr">
+      <c r="B32" t="inlineStr">
         <is>
           <t>Analizator uziarnienia sedigraph iii 5120 micromeritics</t>
         </is>
       </c>
-      <c r="C31" t="inlineStr">
+      <c r="C32" t="inlineStr">
         <is>
           <t xml:space="preserve">Sedigraph iii to analizator rozkładu wielkości cząstek metodą sedymentacyjną z rentgenowską detekcją gęstości zawiesiny.
 charakterystyka aparatu:
 	moduł nieruchomego skanera rentgenowskiego
 	moduł pionowego ruchu komory pomiarowej
 	automatyczny system przygotowania zawiesiny i jej transportu do komory pomiarowej
 	zakres pomiarowy: średnica cząstki od 300 do 0,1 μm
 </t>
         </is>
       </c>
-      <c r="D31" t="inlineStr">
+      <c r="D32" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar rozkładu wielkości cząstek dla próbek mineralnych, syntetycznych, przemysłowych, itp.
 </t>
         </is>
       </c>
-      <c r="E31" t="inlineStr">
+      <c r="E32" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres średnicy cząstki od 300 do 0,1 μm 
 	rozdzielczość: mniej niż 0,2% całkowitej skanowanej odległości 
 </t>
         </is>
       </c>
-      <c r="F31" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G31" t="inlineStr">
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H31" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I31" t="inlineStr">
+      <c r="H32" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I32" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J31" t="inlineStr">
+      <c r="J32" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K31" t="inlineStr">
+      <c r="K32" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L31" t="inlineStr">
+      <c r="L32" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M31" t="inlineStr">
+      <c r="M32" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N31" t="inlineStr">
+      <c r="N32" t="inlineStr">
         <is>
           <t>Analiza uziarnienia, krzywa kumulacyjna, rozkład wielkości ziaren, sedymentacja, uziarnienie</t>
         </is>
       </c>
     </row>
-    <row r="32">
-      <c r="A32" t="inlineStr">
+    <row r="33">
+      <c r="A33" t="inlineStr">
         <is>
           <t>Aparat do pomiaru wielkości sorpcji asap 2020 hd</t>
         </is>
       </c>
-      <c r="B32" t="inlineStr">
+      <c r="B33" t="inlineStr">
         <is>
           <t>Aparat do pomiaru wielkości sorpcji asap 2020 hd micromeritics</t>
         </is>
       </c>
-      <c r="C32" t="inlineStr">
+      <c r="C33" t="inlineStr">
         <is>
           <t xml:space="preserve">Asap 2020 hd micromeritics jest analizatorem do pomiaru sorpcji gazów i wyznaczania powierzchni bet, wielkości, objętości i rozkładu mikro- i mezo-porów w proszkach i materiałach porowatych.  
 charakterystyka aparatu:
 	sorpcja gazów: n2, ar, he, co2 oraz par różnych cieczy
 	dwie niezależne stacje odgazowania
 	jedna stacja analityczna
 	wyznaczanie rozmiarów, objętości i powierzchni mezoporów (2 – 50 nm), mikroporów (0.35 – 2 nm)
 	zakres ciśnień pracy aparatu 1.3 x 10-9 do 1.0 p/p0
 	odgazowanie próbki w zakresie temperatur: 20-450 ºc
 	analiza materiałów proszkowych i próbek litych o wymiarach nie większych niż 7 x 7 x 10 mm
 </t>
         </is>
       </c>
-      <c r="D32" t="inlineStr">
+      <c r="D33" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar sorpcji dla próbek mineralnych, syntetycznych, przemysłowych, itp.
 	analiza bet i objętości porów próbek litych i proszkowych
 </t>
         </is>
       </c>
-      <c r="E32" t="inlineStr">
+      <c r="E33" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jedno- i wielopunktowa powierzchnia bet
 	powierzchnia langmuira oraz analiza izoterm temkina i freundlicha
 	rozkłady objętości porów i powierzchni porów w zakresie mezo- i makroporów metodą bjh
 	rozkład mikroporów metodą d-a oraz całkowita objętość mikroporów metodą t-plot
 </t>
         </is>
       </c>
-      <c r="F32" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G32" t="inlineStr">
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr">
         <is>
           <t>•	zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 •	współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 •	współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H32" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I32" t="inlineStr">
+      <c r="H33" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I33" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J32" t="inlineStr">
+      <c r="J33" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K32" t="inlineStr">
+      <c r="K33" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L32" t="inlineStr">
+      <c r="L33" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M32" t="inlineStr">
+      <c r="M33" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N32" t="inlineStr">
+      <c r="N33" t="inlineStr">
         <is>
           <t>Adsorpcja, bet, izoterma adsorpcji, porowatość całkowita, powierzchnia właściwa</t>
         </is>
       </c>
     </row>
-    <row r="33">
-      <c r="A33" t="inlineStr">
+    <row r="34">
+      <c r="A34" t="inlineStr">
         <is>
           <t>Mikroskop elektronowy skaningowy fei quanta 200 feg</t>
         </is>
       </c>
-      <c r="B33" t="inlineStr">
+      <c r="B34" t="inlineStr">
         <is>
           <t>Mikroskop elektronowy skaningowy fei quanta 200 feg</t>
         </is>
       </c>
-      <c r="C33" t="inlineStr">
+      <c r="C34" t="inlineStr">
         <is>
           <t xml:space="preserve">Wysokorozdzielczy skaningowy mikroskop elektronowy z gorącą emisją polową (feg - wysokostabilny emiter elektronów schottky'ego), zapewniający: możliwość obserwacji w zmiennej próżni, powiększenia 70 ÷ 300 000x, zdolność rozdzielczą ok. 2 nm.
 parametry techniczne:
 	napięcie przyspieszające 5 – 30 kv
 	system zmiennej próżni:
 - wysoka próżnia (hv)  ok. 10-4 pa - preparaty przewodzące
 - niska próżnia (lv)  50÷200 pa - preparaty przewodzące i nie przewodzące
 - tryb esem 200÷2000 pa - preparaty przewodzące i nie przewodzące
 	rozdzielczość:
 &lt;  2,0nm przy 30kv (hv)
 &lt;  3,5nm przy 30kv (lv)
 &lt;  2,0nm przy 30kv (esem)
 detektory:
 	sed everharta-thornleya
 	sed (do lv)
 	sed (do esem)
 	bsed (si solid-state)
 	bsed (do esem)
 	centaurus – fotopowielacz z końcówkami do detekcji bse i cl
 	ebsd (do rejestracji dyfrakcji elektronów wstecznie rozproszonych)
 	krzemowy, chłodzony ciekłym azotem, detektor promieniowania rentgenowskiego ze spektrometrem eds (edax)
 </t>
         </is>
       </c>
-      <c r="D33" t="inlineStr">
+      <c r="D34" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obserwacja powierzchni substancji mineralnych, syntetycznych i biologicznych
 	analiza jakościowa i ilościowa pierwiastków w próbce (edxs)
 	analiza dystrybucji pierwiastków w mikroobszarze (edxs)
 	analiza obrazów w katodoluminiscencji cl  - w trybie stopni szarości
 	analiza dyfrakcji kikuchiego (ebsd) - identyfikacja fazowa i mapy orientacji krystalitów oim
 </t>
         </is>
       </c>
-      <c r="E33" t="inlineStr">
+      <c r="E34" t="inlineStr">
         <is>
           <t xml:space="preserve">Rejestracja, w zmiennej próżni, obrazów generowanych przez:
 	elektrony wtórne sd – kontrast topograficzny
 	elektrony wstecznie rozproszone bse – kontrast różnicy z i orientacyjny
 	charakterystyczne promieniowanie rentgenowskie pierwiastków - mapowanie
 	promieniowanie w zakresie widzialnym – katodoluminecencja cl
 	ebsd - dyfrakcja kikuchiego
 </t>
         </is>
       </c>
-      <c r="F33" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G33" t="inlineStr">
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H33" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I33" t="inlineStr">
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I34" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J33" t="inlineStr">
+      <c r="J34" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K33" t="inlineStr">
+      <c r="K34" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L33" t="inlineStr">
+      <c r="L34" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M33" t="inlineStr">
+      <c r="M34" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N33" t="inlineStr">
+      <c r="N34" t="inlineStr">
         <is>
           <t>Ebsd, mikroskopia elektronowa, sem, sem-bse, sem-eds, sem-se</t>
         </is>
       </c>
     </row>
-    <row r="34">
-      <c r="A34" t="inlineStr">
+    <row r="35">
+      <c r="A35" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski smartlab 9kw</t>
         </is>
       </c>
-      <c r="B34" t="inlineStr">
+      <c r="B35" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski rigaku smartlab 9kw</t>
         </is>
       </c>
-      <c r="C34" t="inlineStr">
+      <c r="C35" t="inlineStr">
         <is>
           <t xml:space="preserve">Dyfraktometr rentgenowski proszkowy rigaku smartlab  z wirującą anodą cu o mocy 9 kw.
 aparat jest wyposażony w precyzyjny goniometr typu theta-theta, justowany przez komputerowy system sterowania.
 parametry techniczne:
 	maksymalna użyteczna moc lampy rentgenowskiej -  9kw
 	maksymalne napięcie lampy – 45kv
 	maksymalny prąd lampy – 200ma
 	goniometr typu theta-theta o promieniu 30 cm
 	optyka typu bragg-brentano i równoległa
 	szczeliny ustawiane przez komputerowy system sterowania
 	zakres pomiarowy – 0,5÷156º 2ɵ
 wyposażenie:
 	detektory scyntylacyjny sc i paskowy d/tex ultra
 	odpowiednie do typu detektorów monochromatory dla promieniowania cukα
 	kamera wysokotemperaturowa htk 1200
 	kamera o zmiennej, stabilizowanej, wilgotności chc
 	system do dyfrakcji w miliobszarze
 	system do pomiarów rozpraszania niskokątowego saxs
 	automatyczny zmieniacz próbek
 	uchwyt specjalny do preparatów próbek ilastych
 </t>
         </is>
       </c>
-      <c r="D34" t="inlineStr">
+      <c r="D35" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jakościowa i ilościowa analiza próbek stałych
 	analiza minerałów ilastych o strukturze mieszanopakietowej
 	wyznaczanie wielkości krystalitów, wskaźników uporządkowania struktury, parametrów sieciowych, wielkości współczynników absorpcji masowej metodą bezpośrednią
 	identyfikacja słabo krystalicznych minerałów metodą dxrd
 	udokładnianie struktury faz krystalicznych
 </t>
         </is>
       </c>
-      <c r="E34" t="inlineStr">
+      <c r="E35" t="inlineStr">
         <is>
           <t>Rejestracja  próbek:
 -  proszkowych ładowanych: od góry, od tyłu, z boku
 -  litych, zawiesin, cieczy
 -  w trybie krokowym i ciągłym, w próżni i środowisku różnych gazów
 -  w różnych temperaturach do 1200ºc
 -  w różnej wilgotności względnej
 -  nasyconych różnego rodzaju cieczami</t>
         </is>
       </c>
-      <c r="F34" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G34" t="inlineStr">
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H34" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I34" t="inlineStr">
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I35" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J34" t="inlineStr">
+      <c r="J35" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K34" t="inlineStr">
+      <c r="K35" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L34" t="inlineStr">
+      <c r="L35" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M34" t="inlineStr">
+      <c r="M35" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N34" t="inlineStr">
+      <c r="N35" t="inlineStr">
         <is>
           <t>Analiza fazowa, dyfrakcja rentgenowska, krystalografia, mineralogia, xrd</t>
         </is>
       </c>
     </row>
-    <row r="35">
-      <c r="A35" t="inlineStr">
+    <row r="36">
+      <c r="A36" t="inlineStr">
         <is>
           <t>Aparat do analizy termicznej sta 449 f3 jupiter</t>
         </is>
       </c>
-      <c r="B35" t="inlineStr">
+      <c r="B36" t="inlineStr">
         <is>
           <t>Aparat do analizy termicznej sta 449 f3 jupiter  netzsch</t>
         </is>
       </c>
-      <c r="C35" t="inlineStr">
+      <c r="C36" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparat do analizy termicznej sta 449 f3 jupiter netzsch sprzężony z kwadrupolowym spektrometrem masowym qms 403 c aeolos i spektrometrem ftir bruker tensor 27 z tga-ir.
 parametry techniczne:
 	rzeczywisty pomiar tg, dta–tg, dsc-tg
 	zakres temperatur rt ÷ 1500 °c (piec pt)
 	dynamiczny pomiar z prędkością grzania w zakresie  0.01 ÷ 50 k/min
 	w warunkach quasi izotermicznych
 	maksymalna odważka: 35 g
 	rejestracja zmiany masy z dokładnością 1µg (w całym zakresie)
 	w  atmosferze obojętnej, utleniającej, redukcyjnej oraz w próżni, w trybie statycznym lub dynamicznym
 </t>
         </is>
       </c>
-      <c r="D35" t="inlineStr">
+      <c r="D36" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	badanie stabilności termicznej i procesów zachodzących podczas ogrzewania próbek stałych
 	wyznaczania czystości substancji krystalicznych
 	badania przemian polimorficznych i dysocjacji termicznej
 	wyznaczanie parametrów kinetyki procesów
 	wyznaczanie parametrów termodynamicznych procesów
 	analiza jakościowa produktów gazowych pirolizy metodami qms i ftir tga-ir
 </t>
         </is>
       </c>
-      <c r="E35" t="inlineStr">
+      <c r="E36" t="inlineStr">
         <is>
           <t>Jednoczesny pomiar sta i gazowych produktów pirolizy metodami qms i ftir, - rejestracja widm qms w zakresie 1 ÷ 300 m/z, - rejestracja zbioru widm ftir w zakresie 4000-400 cm-1 podczas pomiaru sta:  - ekstrakcja widma ftir dla żądanej temperatury, - generowanie zmienności intensywności żądanego pasma, na widmach ftir, w funkcji temperatury (temperature trace).</t>
         </is>
       </c>
-      <c r="F35" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G35" t="inlineStr">
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H35" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I35" t="inlineStr">
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I36" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J35" t="inlineStr">
+      <c r="J36" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K35" t="inlineStr">
+      <c r="K36" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L35" t="inlineStr">
+      <c r="L36" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M35" t="inlineStr">
+      <c r="M36" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N35" t="inlineStr">
+      <c r="N36" t="inlineStr">
         <is>
           <t>Analiza gazów, analiza termiczna, dsc, przemiany fazowe, qms, sta, tg</t>
         </is>
       </c>
     </row>
-    <row r="36">
-      <c r="A36" t="inlineStr">
+    <row r="37">
+      <c r="A37" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski miniflex 600</t>
         </is>
       </c>
-      <c r="B36" t="inlineStr">
+      <c r="B37" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski rigaku miniflex 600</t>
         </is>
       </c>
-      <c r="C36" t="inlineStr">
+      <c r="C37" t="inlineStr">
         <is>
           <t xml:space="preserve">Dyfraktometr rentgenowski proszkowy rigaku miniflex 600 z anodą cu o mocy 600w.  
 aparat, typu biurkowego, jest wyposażony w goniometr typu theta-2theta
 parametry techniczne:
 	maksymalna użyteczna moc lampy rentgenowskiej -  600w
 	maksymalne napięcie lampy – 40kv
 	maksymalny prąd lampy – 15ma
 	optyka typu bragg-brentano
 	zakres pomiarowy – 0,5÷156º 2ɵ
 wyposażenie:
 	detektor scyntylacyjny sc
 	monochromator grafitowy, ze zgiętym kryształem, dla promieniowania cukα
 	automatyczna szczelina dywergencyjna
 	automatyczny zmieniacz próbek
 	uchwyt specjalny do preparatów próbek ilastych
  </t>
         </is>
       </c>
-      <c r="D36" t="inlineStr">
+      <c r="D37" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jakościowa i ilościowa analiza próbek stałych
 	analiza minerałów ilastych o strukturze mieszanopakietowej
 	wyznaczanie wielkości krystalitów, wskaźników uporządkowania struktury, wielkości parametrów sieciowych, wielkości współczynników absorpcji masowej metodą bezpośrednią
 	identyfikacja słabo krystalicznych minerałów metodą dxrd
 	udokładnianie struktury faz krystalicznych
 </t>
         </is>
       </c>
-      <c r="E36" t="inlineStr">
+      <c r="E37" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	rejestracja rentgenogramów preparatów próbek:
 -  proszkowych wykonanych metodami ładowania: od góry, od tyłu, z boku
 -  litych płaskich, zawiesin cieczowych o różnej gęstości, cieczy
 	rejestracja rentgenogramów preparatów próbek:
 -  w trybie krokowym i ciągłym
 -  nasyconych różnego rodzaju cieczami</t>
         </is>
       </c>
-      <c r="F36" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G36" t="inlineStr">
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H36" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I36" t="inlineStr">
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I37" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J36" t="inlineStr">
+      <c r="J37" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K36" t="inlineStr">
+      <c r="K37" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L36" t="inlineStr">
+      <c r="L37" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M36" t="inlineStr">
+      <c r="M37" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N36" t="inlineStr">
+      <c r="N37" t="inlineStr">
         <is>
           <t>Analiza fazowa, analiza ilościowa, dyfrakcja rentgenowska, mineralogia, xrd</t>
         </is>
       </c>
     </row>
-    <row r="37">
-      <c r="A37" t="inlineStr">
+    <row r="38">
+      <c r="A38" t="inlineStr">
         <is>
           <t>Mikroskop ramanowski dxr</t>
         </is>
       </c>
-      <c r="B37" t="inlineStr">
+      <c r="B38" t="inlineStr">
         <is>
           <t>Mikroskop ramanowski dxr thermo scientific</t>
         </is>
       </c>
-      <c r="C37" t="inlineStr">
+      <c r="C38" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikroskop ramanowski dxr firmy thermo scientific, ze spektrometrem siatkowym i detektorem ccd, umożliwia rejestrację widm w zakresie 50÷3300 cm-1.
 wyposażenie:
 	lasery: 780 nm (max. moc 24mw) i 532nm  (max. moc 10mw)
 	optyczny mikroskop do światła odbitego z obiektywami: 10x, 20x, 50x, 100x
 	konfokalny tor optyczny do spektrometru
 	stolik przedmiotowy xyz
 </t>
         </is>
       </c>
-      <c r="D37" t="inlineStr">
+      <c r="D38" t="inlineStr">
         <is>
           <t>Badanie próbek stałych: minerałów, skał, sorbentów, katalizatorów i in..
 badanie inkluzji stałych, ciekłych i gazowych w próbkach mineralnych.
 .</t>
         </is>
       </c>
-      <c r="E37" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G37" t="inlineStr">
+      <c r="E38" t="inlineStr"/>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G38" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H37" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I37" t="inlineStr">
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I38" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J37" t="inlineStr">
+      <c r="J38" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K37" t="inlineStr">
+      <c r="K38" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L37" t="inlineStr">
+      <c r="L38" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M37" t="inlineStr">
+      <c r="M38" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N37" t="inlineStr">
+      <c r="N38" t="inlineStr">
         <is>
           <t>Mikroskop ramana, raman, spektroskopia ramana</t>
         </is>
       </c>
     </row>
-    <row r="38">
-      <c r="A38" t="inlineStr">
+    <row r="39">
+      <c r="A39" t="inlineStr">
         <is>
           <t>Spektrometr fluorescencji rentgenowskiej z dyspersją długości fali (wd-xrf) zsx primus ii</t>
         </is>
       </c>
-      <c r="B38" t="inlineStr">
+      <c r="B39" t="inlineStr">
         <is>
           <t>Spektrometr fluorescencji rentgenowskiej z dyspersją długości fali (wd-xrf) rigaku zsx primus ii</t>
         </is>
       </c>
-      <c r="C38" t="inlineStr">
+      <c r="C39" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr fluorescencji rentgenowskiej z dyspersją fal (wdxrf) zsx primus ii rigaku umożliwia analizę jakościową i ilościową pierwiastków w zakresie od azotu (n) do uranu (u) (z = 7 – 92).
 charakterystyka spektrometru:
 	lampa rentgenowska z anodą rh o mocy 4kw z czołowym okienkiem be (30µm) umieszczona nad analizowaną próbką
 	napięcie przyspieszające w zakresie 2-60 kv oraz natężenie prądu wiązki elektronowej w zakresie 2-150 ma
 	możliwość wyboru filtra wiązki pierwotnej (cztery filtry: ni-400, ni-40, al-125, al-25)
 	możliwość wyboru średnicy wiązki analizującej (sześć masek o średnicach: 35, 30, 20, 10, 1 oraz 0.5 mm)
 	możliwość obrotu próbki podczas pomiaru
 	7 kryształów analizujących dla pomiarów w zakresie n – u
 	system mapowania (pomiar punktowy) wraz z kamerą ccd
 	detektory, scyntylacyjny i proporcjonalny przepływowy, do analizy pierwiastków o odpowiedniej masie atomowej
 </t>
         </is>
       </c>
-      <c r="D38" t="inlineStr">
+      <c r="D39" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jakościowa oraz ilościowa analiza składu pierwiastkowego
 	analiza ilościowa metodą wzorcową na podstawie przygotowanych krzywych kalibracyjnych w zakresie n-u lub bezwzorcową opartą na algorytmie parametrów fundamentalnych w zakresie f-u
 	makroskopowa i punktowa analiza składu chemicznego
 	analiza składu chemicznego próbek litych oraz proszkowych
 	preparatyka w postaci prasowanych pastylek i topionych pereł
 </t>
         </is>
       </c>
-      <c r="E38" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G38" t="inlineStr">
+      <c r="E39" t="inlineStr"/>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi,
 - w ramach projektów ncn, ncbir, współpraca z przemysłem i w ramach umów,</t>
         </is>
       </c>
-      <c r="H38" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I38" t="inlineStr">
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I39" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J38" t="inlineStr">
+      <c r="J39" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K38" t="inlineStr">
+      <c r="K39" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L38" t="inlineStr">
+      <c r="L39" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M38" t="inlineStr">
+      <c r="M39" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N38" t="inlineStr">
+      <c r="N39" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza jakościowa, analiza składu chemicznego, badania składu pierwiastkowego, fluorescencja rentgenowska, wd-xrf, xrf</t>
-        </is>
-[...70 lines deleted...]
-          <t>Lotne związki organiczne, lzo, metan</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>Edometry</t>
+          <t>Detektor microfid</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Zestaw edometrów firmy controls</t>
+          <t>Detektor microfid</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t xml:space="preserve">Urządzenie służy do określenia edometrycznych modułów ściśliwości gruntu w zakresie obciążeń od 12,5 kpa do 1600 kpa. </t>
+          <t>Urządzenia pozwala na pomiar sumy lotnych związków organicznych w powietrzu atmosferycznym (lzo). wyposażony jest w detektor płomieniowo-jonizacyjny fid.</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>Urządzenie służy do określenia edometrycznych modułów ściśliwości gruntu, na podstawie których można obliczyć wielkość osiadania podłoża gruntowego pod wpływem obciążenia (obciążenia pod fundamentem, nasypem itp.). aparat pozwala także na określenie parametrów pęcznienia gruntu. istnieje też możliwość określenia współczynnika filtracji przy zmiennym gradiencie hydraulicznym dla różnych obciążeń.</t>
+          <t>Możliwość oznaczania stężeń następujących substancji: węglowodory nasycone, węglowodory nienasycone, węglowodory chlorowane, związki aromatyczne, ketony alkohole.</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
-          <t>Możliwość stałego monitorowania pionowych odkształceń w trakcie wykonywania badania z dokładnością do 0,001 mm i parametrów konsolidacji gruntów.</t>
+          <t>Oznaczanie sumy lotnych związków organicznych (lzo) w zakresie: od 0.1 do 50000 ppm</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
-          <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
+          <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
       <c r="H40" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I40" t="inlineStr">
         <is>
-          <t>Katedra hydrogeologii i geologii inżynierskiej</t>
+          <t>Katedra surowców energetycznych</t>
         </is>
       </c>
       <c r="J40" t="inlineStr">
         <is>
-          <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
+          <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
       <c r="K40" t="inlineStr">
         <is>
-          <t>Rembiś Marek</t>
+          <t>Sechman Henryk</t>
         </is>
       </c>
       <c r="L40" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
         </is>
       </c>
       <c r="M40" t="inlineStr">
         <is>
-          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N40" t="inlineStr">
         <is>
-          <t>Edometr, grunty, odkształcenie</t>
+          <t>Lotne związki organiczne, lzo, metan</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>Aparat bezpośredniego ścinania (aparat ab)</t>
+          <t>Edometry</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Automatyczny aparat bezpośredniego ścinania firmy controls</t>
+          <t>Zestaw edometrów firmy controls</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>Urządzenie umożliwia: (1) automatyczne wykonywanie zaprogramowanych etapów konsolidacji, (2) ustawienie różnych prędkości (od 0,00001 do 11,0 mm/min) oraz kierunków dla każdego z cykli w teście ścinania. maksymalne pionowe obciążenie na próbkę: 8 kn. maksymalna siła horyzontalna: 5 kn.</t>
+          <t xml:space="preserve">Urządzenie służy do określenia edometrycznych modułów ściśliwości gruntu w zakresie obciążeń od 12,5 kpa do 1600 kpa. </t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>Aparat skrzynkowy pozwala na wyznaczenie parametrów wytrzymałości na ścinanie dla naprężeń całkowitych i/lub efektywnych dla gruntów. urządzenie umożliwia wykonanie badań zgodnie z pn-en iso 17892-10:2019-01.</t>
+          <t>Urządzenie służy do określenia edometrycznych modułów ściśliwości gruntu, na podstawie których można obliczyć wielkość osiadania podłoża gruntowego pod wpływem obciążenia (obciążenia pod fundamentem, nasypem itp.). aparat pozwala także na określenie parametrów pęcznienia gruntu. istnieje też możliwość określenia współczynnika filtracji przy zmiennym gradiencie hydraulicznym dla różnych obciążeń.</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>Aparatu sterowany jest mikroprocesorem. wyposażony jest w silnik krokowy o wysokiej precyzji. umożliwia oznaczenie parametrów wytrzymałościowych dla gruntów spoistych oraz sypkich, w tym także specjalnych badań wytrzymałości na ścinanie m.in. wytrzymałości rezydualnej i rezydualnej po zawodnieniu, które mogą być wykorzystywane do określania stateczności osuwisk.</t>
+          <t>Możliwość stałego monitorowania pionowych odkształceń w trakcie wykonywania badania z dokładnością do 0,001 mm i parametrów konsolidacji gruntów.</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
           <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
         </is>
       </c>
       <c r="H41" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I41" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
       <c r="J41" t="inlineStr">
         <is>
           <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
         </is>
       </c>
       <c r="K41" t="inlineStr">
         <is>
           <t>Rembiś Marek</t>
         </is>
       </c>
       <c r="L41" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
         </is>
       </c>
       <c r="M41" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
       <c r="N41" t="inlineStr">
         <is>
-          <t>Aparat ab, grunty, parametry wytrzymałościowe</t>
+          <t>Edometr, grunty, odkształcenie</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>Aparat proctora</t>
+          <t>Aparat bezpośredniego ścinania (aparat ab)</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>Automatyczny ubijak proctora firmy multiserw morek</t>
+          <t>Automatyczny aparat bezpośredniego ścinania firmy controls</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t>Aparat wyposażony w 2 formy pomiarowe o średnicy 100 mm i 150 mm.</t>
+          <t>Urządzenie umożliwia: (1) automatyczne wykonywanie zaprogramowanych etapów konsolidacji, (2) ustawienie różnych prędkości (od 0,00001 do 11,0 mm/min) oraz kierunków dla każdego z cykli w teście ścinania. maksymalne pionowe obciążenie na próbkę: 8 kn. maksymalna siła horyzontalna: 5 kn.</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t xml:space="preserve">Urządzenie umożliwia: (a) oznaczanie wilgotności optymalnej, tj. ilości wody potrzebnej do największego zagęszczenia gruntu (b) oznaczanie maksymalnego ciężaru objętościowego szkieletu gruntowego wg pn-en 13286-1:2022-04 i pn-en 13286-2:2010 metodą normalną i zmodyfikowaną, (c) zagęszczanie próbek do badań cbr. </t>
+          <t>Aparat skrzynkowy pozwala na wyznaczenie parametrów wytrzymałości na ścinanie dla naprężeń całkowitych i/lub efektywnych dla gruntów. urządzenie umożliwia wykonanie badań zgodnie z pn-en iso 17892-10:2019-01.</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
-          <t xml:space="preserve">Badania aparatem wykonuje się przy zagęszczeniu gruntów pod budowę lotnisk, nawierzchni drogowych, kolejowych, boisk i innych nasypów budowlanych. aparat umożliwia kilka wariantów oznaczenia wilgotności optymalnej w różnych cylindrach dla standardowej i zmodyfikowanej metody zagęszczania gruntów rodzimych spoistych i sypkich, kruszyw oraz ich mieszanek. </t>
+          <t>Aparatu sterowany jest mikroprocesorem. wyposażony jest w silnik krokowy o wysokiej precyzji. umożliwia oznaczenie parametrów wytrzymałościowych dla gruntów spoistych oraz sypkich, w tym także specjalnych badań wytrzymałości na ścinanie m.in. wytrzymałości rezydualnej i rezydualnej po zawodnieniu, które mogą być wykorzystywane do określania stateczności osuwisk.</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
           <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
         </is>
       </c>
       <c r="H42" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I42" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
       <c r="J42" t="inlineStr">
         <is>
           <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
         </is>
       </c>
       <c r="K42" t="inlineStr">
         <is>
           <t>Rembiś Marek</t>
         </is>
       </c>
       <c r="L42" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
         </is>
       </c>
       <c r="M42" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
       <c r="N42" t="inlineStr">
         <is>
-          <t>Aparat proctora, grunty, zagęszczenie</t>
+          <t>Aparat ab, grunty, parametry wytrzymałościowe</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>Prasa cbr</t>
+          <t>Aparat proctora</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>Prasa wytrzymałościowa cbr firmy controls z automatycznym pomiarem wyników badań</t>
+          <t>Automatyczny ubijak proctora firmy multiserw morek</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
-          <t>Możliwość stałego monitorowania penetracji z dokładnością do 0,001 mm. zakres pomiarowy obciążenia: do 50 kn.</t>
+          <t>Aparat wyposażony w 2 formy pomiarowe o średnicy 100 mm i 150 mm.</t>
         </is>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>Urządzenie służy do określenia kalifornijskiego wskaźnika nośności (cbr), natychmiastowego wskaźnika nośności i pęcznienia liniowego dla gruntów oraz mieszanek dla drogownictwa,  wykorzystywanych do budowy nasypów. możliwość wykonywania oznaczeń zgodnie z pn-en 13286-47:2022-04.</t>
+          <t xml:space="preserve">Urządzenie umożliwia: (a) oznaczanie wilgotności optymalnej, tj. ilości wody potrzebnej do największego zagęszczenia gruntu (b) oznaczanie maksymalnego ciężaru objętościowego szkieletu gruntowego wg pn-en 13286-1:2022-04 i pn-en 13286-2:2010 metodą normalną i zmodyfikowaną, (c) zagęszczanie próbek do badań cbr. </t>
         </is>
       </c>
       <c r="E43" t="inlineStr">
         <is>
-          <t xml:space="preserve">Urządzenie umożliwia wywieranie nacisku z kontrolowaną siłą w określonym czasie z jednoczesnym pomiarem wielkości odkształcenia badanej próbki. pozwala określać parametry nośności dla gruntów rodzimych, kruszyw oraz mieszanek niezwiązanych i związanych spoiwem. </t>
+          <t xml:space="preserve">Badania aparatem wykonuje się przy zagęszczeniu gruntów pod budowę lotnisk, nawierzchni drogowych, kolejowych, boisk i innych nasypów budowlanych. aparat umożliwia kilka wariantów oznaczenia wilgotności optymalnej w różnych cylindrach dla standardowej i zmodyfikowanej metody zagęszczania gruntów rodzimych spoistych i sypkich, kruszyw oraz ich mieszanek. </t>
         </is>
       </c>
       <c r="F43" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G43" t="inlineStr">
         <is>
           <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
         </is>
       </c>
       <c r="H43" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I43" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
       <c r="J43" t="inlineStr">
         <is>
           <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
         </is>
       </c>
       <c r="K43" t="inlineStr">
         <is>
           <t>Rembiś Marek</t>
         </is>
       </c>
       <c r="L43" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
         </is>
       </c>
       <c r="M43" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
       <c r="N43" t="inlineStr">
         <is>
-          <t>Grunty, wskaźnik nośności cbr</t>
+          <t>Aparat proctora, grunty, zagęszczenie</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>Aparat trójosiowy</t>
+          <t>Prasa cbr</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Aparat trójosiowego ściskania firmy controls</t>
+          <t>Prasa wytrzymałościowa cbr firmy controls z automatycznym pomiarem wyników badań</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
-          <t xml:space="preserve">Aparat wyposażony w trzy zaawansowane komory trójosiowe (tri-cell plus), aparat do automatycznego pomiaru zmian objętości próbki oraz moduł do badania naprężeń efektywnych. urządzenie umożliwia użytkownikowi kontrolę manualną lub automatyczną testów trójosiowych naprężeń efektywnych. </t>
+          <t>Możliwość stałego monitorowania penetracji z dokładnością do 0,001 mm. zakres pomiarowy obciążenia: do 50 kn.</t>
         </is>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>Aparat pozwala na określenie parametrów wytrzymałościowych gruntów (kąt tarcia wewnętrznego oraz spójność). procedury badawcze zgodne są z pn-en iso 17892-8:2018-05 i pn-en iso 17892-9:2018-05. uzyskiwane parametry są wykorzystywane do oznaczeń nośności podłoża budowlanego pod fundamentem, analiz stateczności zboczy, projektowania wykopów, nasypów, składowisk odpadów itp.  aparat pozwala też na oznaczenie współczynnika filtracji.</t>
+          <t>Urządzenie służy do określenia kalifornijskiego wskaźnika nośności (cbr), natychmiastowego wskaźnika nośności i pęcznienia liniowego dla gruntów oraz mieszanek dla drogownictwa,  wykorzystywanych do budowy nasypów. możliwość wykonywania oznaczeń zgodnie z pn-en 13286-47:2022-04.</t>
         </is>
       </c>
       <c r="E44" t="inlineStr">
         <is>
-          <t xml:space="preserve">Aparat pozwala na określenie parametrów wytrzymałościowych gruntów w warunkach  consolidated drained (cd), consolidated undrained (cu) oraz unconsolidated undrained (uu) przy obciążeniu do 50 kn. </t>
+          <t xml:space="preserve">Urządzenie umożliwia wywieranie nacisku z kontrolowaną siłą w określonym czasie z jednoczesnym pomiarem wielkości odkształcenia badanej próbki. pozwala określać parametry nośności dla gruntów rodzimych, kruszyw oraz mieszanek niezwiązanych i związanych spoiwem. </t>
         </is>
       </c>
       <c r="F44" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G44" t="inlineStr">
         <is>
           <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
         </is>
       </c>
       <c r="H44" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I44" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
       <c r="J44" t="inlineStr">
         <is>
           <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
         </is>
       </c>
       <c r="K44" t="inlineStr">
         <is>
           <t>Rembiś Marek</t>
         </is>
       </c>
       <c r="L44" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
         </is>
       </c>
       <c r="M44" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
       <c r="N44" t="inlineStr">
         <is>
-          <t>Aparat trójosiowy, grunty, parametry wytrzymałościowe</t>
+          <t>Grunty, wskaźnik nośności cbr</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
+          <t>Aparat trójosiowy</t>
+        </is>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>Aparat trójosiowego ściskania firmy controls</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Aparat wyposażony w trzy zaawansowane komory trójosiowe (tri-cell plus), aparat do automatycznego pomiaru zmian objętości próbki oraz moduł do badania naprężeń efektywnych. urządzenie umożliwia użytkownikowi kontrolę manualną lub automatyczną testów trójosiowych naprężeń efektywnych. </t>
+        </is>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>Aparat pozwala na określenie parametrów wytrzymałościowych gruntów (kąt tarcia wewnętrznego oraz spójność). procedury badawcze zgodne są z pn-en iso 17892-8:2018-05 i pn-en iso 17892-9:2018-05. uzyskiwane parametry są wykorzystywane do oznaczeń nośności podłoża budowlanego pod fundamentem, analiz stateczności zboczy, projektowania wykopów, nasypów, składowisk odpadów itp.  aparat pozwala też na oznaczenie współczynnika filtracji.</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Aparat pozwala na określenie parametrów wytrzymałościowych gruntów w warunkach  consolidated drained (cd), consolidated undrained (cu) oraz unconsolidated undrained (uu) przy obciążeniu do 50 kn. </t>
+        </is>
+      </c>
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr">
+        <is>
+          <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
+        </is>
+      </c>
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I45" t="inlineStr">
+        <is>
+          <t>Katedra hydrogeologii i geologii inżynierskiej</t>
+        </is>
+      </c>
+      <c r="J45" t="inlineStr">
+        <is>
+          <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
+        </is>
+      </c>
+      <c r="K45" t="inlineStr">
+        <is>
+          <t>Rembiś Marek</t>
+        </is>
+      </c>
+      <c r="L45" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
+        </is>
+      </c>
+      <c r="M45" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+        </is>
+      </c>
+      <c r="N45" t="inlineStr">
+        <is>
+          <t>Aparat trójosiowy, grunty, parametry wytrzymałościowe</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
           <t>Mikrosonda elektronowa jeol superprobe jxa-8230</t>
         </is>
       </c>
-      <c r="B45" t="inlineStr">
+      <c r="B46" t="inlineStr">
         <is>
           <t>Mikrosonda elektronowa jeol superprobe jxa-8230</t>
         </is>
       </c>
-      <c r="C45" t="inlineStr">
+      <c r="C46" t="inlineStr">
         <is>
           <t>Mikrosonda elektronowa jeol super probe 8230 wyposażona  jest w :
 - 5 spektrometrów długości fali charakterystycznego promieniowania x (wds) wyposażonych w 12 kryształów dyfrakcyjnych (lif, lifl, lifh, tap, taph, petl, peth, petj, lde1, lde2, lde3);
 - spektrometr dyspersji energii charakterystycznego promieniowania x(eds);
 -  mikroskop optyczny do światła odbitego;
 - mikroskop optyczny do światła przechodzącego;
 - detektor katodoluminescencji.
 laboratorium jest wyposażone również w napylarkę quorum q150te przystosowaną do napylania węglem.</t>
         </is>
       </c>
-      <c r="D45" t="inlineStr">
+      <c r="D46" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikrosonda umożliwia wykonanie punktowej analizy chemicznej faz mineralnych oraz nieorganicznych substancji syntetycznych, a także wykonanie map rozmieszczenia pierwiastków w próbce. analiza chemiczna odbywa się w mikroobszarze o średnicy od około 1-2 µm. przy użyciu mikrosondy możliwe jest oznaczenie składu chemicznego dowolnej substancji występującej w stanie stałym, która uprzednio może być poddana obróbce szlifierskiej i polerskiej.
  </t>
         </is>
       </c>
-      <c r="E45" t="inlineStr">
+      <c r="E46" t="inlineStr">
         <is>
           <t>Analizom przy użyciu mikrosondy poddawane są próbki o średnicy walca ok. 25 mm lub w postaci szlifu mikroskopowego o wymiarach ok. 46 x 27 mm. mikrosonda umożliwia oznaczenie ilościowe pierwiastków głównych i śladowych (4be do 92u, za wyłączeniem gazów szlachetnych). przy użyciu mikrosondy możliwe jest również wykonanie map rozkładu pierwiastków przy pomocy technik eds oraz wds wspomaganych techniką katodoluminescencji.</t>
         </is>
       </c>
-      <c r="F45" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G45" t="inlineStr">
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G46" t="inlineStr">
         <is>
           <t>Na podstawie umów i zleceń za zgodą kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H45" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I45" t="inlineStr">
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I46" t="inlineStr">
         <is>
           <t>Katedra geologii złożowej i górniczej</t>
         </is>
       </c>
-      <c r="J45" t="inlineStr">
+      <c r="J46" t="inlineStr">
         <is>
           <t>Laboratorium pierwiastków krytycznych agh-kghm</t>
         </is>
       </c>
-      <c r="K45" t="inlineStr">
+      <c r="K46" t="inlineStr">
         <is>
           <t>Piestrzyński Adam</t>
         </is>
       </c>
-      <c r="L45" t="inlineStr">
+      <c r="L46" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-piestrzynski-2554.html</t>
         </is>
       </c>
-      <c r="M45" t="inlineStr">
+      <c r="M46" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N45" t="inlineStr">
+      <c r="N46" t="inlineStr">
         <is>
           <t>Analiza chemiczna, bse, mikrosonda eletronowa, wds</t>
         </is>
       </c>
     </row>
-    <row r="46">
-      <c r="A46" t="inlineStr">
+    <row r="47">
+      <c r="A47" t="inlineStr">
         <is>
           <t>Spektrometr nmr</t>
         </is>
       </c>
-      <c r="B46" t="inlineStr">
+      <c r="B47" t="inlineStr">
         <is>
           <t>Spectrometr nmr magritek rock core analyzer - 2mhz</t>
         </is>
       </c>
-      <c r="C46" t="inlineStr">
+      <c r="C47" t="inlineStr">
         <is>
           <t>Spektrometr magritek rock core analyzer (2 mhz) z systemem dyfuzyjnym, jest dedykowany do badań układów porowatych, w szczególności  typu „tight". zawiera przystawkę (thomography system) umożliwiającą wykonywanie kompletnych eksperymentów  tomograficznych 2d-3d. dodatkowo posiadamy system do przeciążeń (overburden system) pozwalający na badanie próbek przy ciśnieniach do 6000 psi.
 skaner nmr służy do badania obiektów pod względem ilościowym i jakościowym   zawartości wody i węglowodorów. w szczególności do badania dowolnych obiektów porowatych ciał stałych lub układów biologicznych zawierających 1h. badanymi obiektami mogą być: rdzenie skalne (skał łupkowych, piaskowców, węglanów), próbki ziemi, biologiczne (owoce, warzywa, rośliny, nasiona, małe zwierzęta, tkanki), ponadto próbki farmaceutyczne, chemiczne, spożywcze etc. 
 wielkość badanych obiektów do 5 cm   średnicy i długości dla eksperymentów 1d przy częstotliwości rezonansowej 2mhz dla 1h, co koresponduje ściśle z badaniami  otworowymi metodami nmr. pomiary 2d i 3d można przeprowadzać dla obiektów o średnicy do 6 cm przy częstotliwości rezonansowej 24 mhz.</t>
         </is>
       </c>
-      <c r="D46" t="inlineStr">
+      <c r="D47" t="inlineStr">
         <is>
           <t xml:space="preserve">Badania dowolnych obiektów porowatych ciał stałych lub układów biologicznych. badanymi obiektami mogą być: rdzenie skalne (skał łupkowych, piaskowców, węglanów), próbki ziemi, biologiczne (owoce, warzywa, rośliny, nasiona, małe zwierzęta, tkanki), ponadto próbki farmaceutyczne, chemiczne, spożywcze etc. </t>
         </is>
       </c>
-      <c r="E46" t="inlineStr">
+      <c r="E47" t="inlineStr">
         <is>
           <t>- porowatość oraz jej rozkład
 - indeksy zawartości wody swobodnej i związanej: ffi, bvi, cbw, t2 cut- off.
 - określania rodzajów płynów, rozkłady czasów t1, t2 i współczynnika dyfuzji d: d-t2, t2-t1, t2-t2, również w wersji przestrzennej (spatially resolved t2).
 - określanie przepuszczalności, profili nasycenia, ciśnień kapilarnych, gardzieli porów.</t>
         </is>
       </c>
-      <c r="F46" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G46" t="inlineStr">
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G47" t="inlineStr">
         <is>
           <t>Kontakt email: akrzyzak@agh.edu.pl</t>
         </is>
       </c>
-      <c r="H46" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I46" t="inlineStr">
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I47" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J46" t="inlineStr">
+      <c r="J47" t="inlineStr">
         <is>
           <t>Systemy porowate/latis - laboratorium tomografii i spektroskopii magnetycznego rezonansu jądrowego</t>
         </is>
       </c>
-      <c r="K46" t="inlineStr">
+      <c r="K47" t="inlineStr">
         <is>
           <t>Krzyżak Artur</t>
         </is>
       </c>
-      <c r="L46" t="inlineStr">
+      <c r="L47" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/artur-tadeusz-krzyzak-8398.html</t>
         </is>
       </c>
-      <c r="M46" t="inlineStr">
+      <c r="M47" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N46" t="inlineStr">
+      <c r="N47" t="inlineStr">
         <is>
           <t>Energia desorpcji, magnetyczny rezonans jądrowy, porowatość, przepuszczalność</t>
-        </is>
-[...70 lines deleted...]
-          <t>Beckman, odsączalność, porowatość, wirówka</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
+          <t>Wirówka laboratoryjna beckman</t>
+        </is>
+      </c>
+      <c r="B48" t="inlineStr">
+        <is>
+          <t>Wirówka laboratoryjna beckman</t>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr">
+        <is>
+          <t>Wirówka laboratoryjna beckman seria gs-6 (max 8000 obrotów/min).</t>
+        </is>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>Wirówka laboratoryjna beckman seria gs-6 (max 8000 obrotów/min) umożliwia jednoczesne wykonanie badania odsączalności skał litych w 4 cylindrch badawczych.</t>
+        </is>
+      </c>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>Oznaczenie odsączalności porowych (spękanych) skał litych.</t>
+        </is>
+      </c>
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G48" t="inlineStr">
+        <is>
+          <t>W ramach podpisanej umowy/zlecenia z laboratorium hydrodynamicznym, po wcześniej akceptacji przez kierownika laboratorium. badanie wykonywane jest wyłącznie przez upoważnionego pracownika laboratorium.</t>
+        </is>
+      </c>
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I48" t="inlineStr">
+        <is>
+          <t>Katedra hydrogeologii i geologii inżynierskiej</t>
+        </is>
+      </c>
+      <c r="J48" t="inlineStr">
+        <is>
+          <t>Laboratorium hydrodynamiczne</t>
+        </is>
+      </c>
+      <c r="K48" t="inlineStr">
+        <is>
+          <t>Pierri Dorota</t>
+        </is>
+      </c>
+      <c r="L48" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/dorota-pierri-8219.html</t>
+        </is>
+      </c>
+      <c r="M48" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N48" t="inlineStr">
+        <is>
+          <t>Beckman, odsączalność, porowatość, wirówka</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
           <t>Tomograf mr</t>
         </is>
       </c>
-      <c r="B48" t="inlineStr">
+      <c r="B49" t="inlineStr">
         <is>
           <t>Tomograf magritek (24 mhz)</t>
         </is>
       </c>
-      <c r="C48" t="inlineStr">
+      <c r="C49" t="inlineStr">
         <is>
           <t>Badania przy użyciu tomografu mr jak i spektrometru rca umożliwiają rozwój prac teoretycznych i aplikacyjnych dotyczących wykorzystania zjawiska magnetycznego rezonansu jądrowego (mrj) i metod komplementarnych, w biomedycyniew, geofizyce i geologii, chemii i inżynierii materiałowej do badania systemów porowatych. w szczególności dotyczy to obrazowania dyfuzji cząsteczek wody w obecności heterogenicznych gradientów pola magnetycznego z wykorzystaniem technik takich jak dwi, dti, bsd-dti, jak również badania populacji protonów (1h) w różnych układach porowatych w wysokich i niskich polach magnetycznych z zastosowaniem technik relaksometrii  spinowo-sieciowej, t1 i spinowo-spinowej, t2.
 prowadzimy szeroką gamę badań struktury porowej skał i innych materiałów porowatych spotykanych w biologii, medycynie i inżynierii materiałowej. specjalizujemy się w badaniach mrj w niskim polu magnetycznym, a także w bardzo wysokim gradiencie pola magnetycznego. w pracach badawczych analizujemy porowatość i przepuszczalność materiałów, a także prowadzimy prace z zakresu obrazowania przestrzeni porowej. zajmujemy się ponadto kompleksową analizą dyfuzji molekuł wody (posiadamy patenty międzynarodowe dotyczące kalibracji skanerów mr w obecności niejednorodnych gradientów pola magnetycznego) oraz czasów relaksacji t1, t2 (z uwzględnieniem procesów wymiany chemicznej i dyfuzyjnej, a także w obecności gradientów indukowanych). mamy doświadczenie zarówno ze skałami zbiornikowymi (łupki, piaskowce, węglany), jak również z innymi, naturalnymi i syntetycznymi, materiałami porowatymi o szerokim spektrum rozmiaru porów (mikropory &lt; 2nm, mezopory 2-50 nm, makropory &gt; 50 nm), takimi jak hydrożele, zeolity czy tkanki biologiczne.</t>
         </is>
       </c>
-      <c r="D48" t="inlineStr">
+      <c r="D49" t="inlineStr">
         <is>
           <t xml:space="preserve">Prowadzenie badań interdyscyplinarnych, biomedycznych, geofizycznych, i materiałowych
 	rozwój metod mrj do badań biomedycznych: diagnostyka mózgu, mięśnia sercowego, naczyń wieńcowych, wątroby, parametryzacja stanu komórek  in vitro i in vivo.
 	badanie dynamiki wody w układach porowatych: rdzenie skał, hydrożele, włókna węglowe, biologiczne, syntetyczne,. 
  </t>
         </is>
       </c>
-      <c r="E48" t="inlineStr">
+      <c r="E49" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obrazowanie gęstości protonowej materiałów biologicznych jak i przestrzeni porowej skał czy innych materiałów porowatych (2d oraz 3d).
 	obrazowanie dyfuzyjne (obrazowanie ważone dyfuzyjnie — dwi, obrazowanie tensora dyfuzji – dti, obrazowanie tensora dyfuzji w polach niejednorodnych — bsd-dti).
 	wizualizacja traktów neuronalnych lub innych układów anizotropowych.
 </t>
         </is>
       </c>
-      <c r="F48" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G48" t="inlineStr">
+      <c r="F49" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G49" t="inlineStr">
         <is>
           <t>Kontakt - email: akrzyzak@agh.edu.pl</t>
         </is>
       </c>
-      <c r="H48" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I48" t="inlineStr">
+      <c r="H49" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I49" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J48" t="inlineStr">
+      <c r="J49" t="inlineStr">
         <is>
           <t>Systemy porowate/latis - laboratorium tomografii i spektroskopii magnetycznego rezonansu jądrowego</t>
         </is>
       </c>
-      <c r="K48" t="inlineStr">
+      <c r="K49" t="inlineStr">
         <is>
           <t>Krzyżak Artur</t>
         </is>
       </c>
-      <c r="L48" t="inlineStr">
+      <c r="L49" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/artur-tadeusz-krzyzak-8398.html</t>
         </is>
       </c>
-      <c r="M48" t="inlineStr">
+      <c r="M49" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N48" t="inlineStr">
+      <c r="N49" t="inlineStr">
         <is>
           <t>Magnetyczny rezonans jądrowy, relaksometria nmr, tomografia mr</t>
-        </is>
-[...70 lines deleted...]
-          <t>Kamienie szlachetne</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
+          <t>Aparatura do badań gemmologicznych</t>
+        </is>
+      </c>
+      <c r="B50" t="inlineStr">
+        <is>
+          <t>Sprzęt gemmologiczny</t>
+        </is>
+      </c>
+      <c r="C50" t="inlineStr">
+        <is>
+          <t>Aparatura do badań gemmologicznych obejmuje mikroskop imersyjny, polaryskop, refraktometr, proporcjoskop, duotester  oraz lampę uv.</t>
+        </is>
+      </c>
+      <c r="D50" t="inlineStr">
+        <is>
+          <t>Aparatura służy do badania kamieni jubilerskich.</t>
+        </is>
+      </c>
+      <c r="E50" t="inlineStr">
+        <is>
+          <t>Aparatura do badań gemmologicznych służy do określenia charakteru optycznego kamieni jubilerskich, pleochroizmu, współczynniku/ów załamania światła, przewodności cieplnej, obecności inkluzji w kamieniach, oceny obróbki szlifu brylantowego oraz reakcji na światło ultrafioletowe.</t>
+        </is>
+      </c>
+      <c r="F50" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G50" t="inlineStr">
+        <is>
+          <t>Aparatura jest udostępniania studentom w trakcie zajęć dydaktycznych i do realizacji projektów prac inż. i mgr</t>
+        </is>
+      </c>
+      <c r="H50" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I50" t="inlineStr">
+        <is>
+          <t>Katedra mineralogii, petrografii i geochemii</t>
+        </is>
+      </c>
+      <c r="J50" t="inlineStr">
+        <is>
+          <t>Laboratorium gemmologiczne</t>
+        </is>
+      </c>
+      <c r="K50" t="inlineStr">
+        <is>
+          <t>Dumańska-Słowik Magdalena</t>
+        </is>
+      </c>
+      <c r="L50" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/magdalena-dumanska-slowik-5858.html</t>
+        </is>
+      </c>
+      <c r="M50" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N50" t="inlineStr">
+        <is>
+          <t>Kamienie szlachetne</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
           <t>Stanowisko do badania przepuszczalności skał</t>
         </is>
       </c>
-      <c r="B50" t="inlineStr">
+      <c r="B51" t="inlineStr">
         <is>
           <t>Labboratoryjny przepuszczalnomierz eijkelkamp</t>
         </is>
       </c>
-      <c r="C50" t="inlineStr">
+      <c r="C51" t="inlineStr">
         <is>
           <t>Stanowisko eijkepkamp oznaczania przepuszczalności skał działa zgodnie z poniższą zasadą: wytwarzając różne ciśnienie wody na obu końcach nasyconej próbki i mierząc wynikowy przepływ wody, można określić przepuszczalność wody. w układzie zamkniętym woda ze zbiornika magazynowego pompowana jest pompą zanurzeniową przez filtr do regulatora poziomu o regulowanej wysokości. ten regulator poziomu jest połączony z jednej strony z plastikowym pojemnikiem, a z drugiej strony z rurą, przez którą nadmiar wody przepływa z powrotem do pojemnika magazynowego. pojemnik można zamknąć płytką uszczelniającą, aby ograniczyć parowanie podczas pomiaru. w systemie otwartym woda przepływa bezpośrednio z rury wodnej do regulatora poziomu.
 ponieważ regulator poziomu i zbiornik tworzą naczynie połączone, regulator poziomu będzie utrzymywał poziom wody w zbiorniku (poziom wody w regulatorze poziomu jest równy poziomowi wody w zbiorniku). w pełni nasyconą próbkę pierścienia umieszcza się w uchwycie pierścienia i zakłada nasadkę sita. uchwyt pierścienia jest następnie umieszczany w pojemniku. przez plastikowy syfon woda znad próbki dostaje się do biurety. biurety mają różne długości, dzięki czemu kurki są łatwe w obsłudze. taca ociekowa zbiera wodę z biuret i zwraca ją do zbiornika magazynowego. przy systemie otwartym odpływ odbywa się z tacy ociekowej do np. zlewu. działanie syfonu powoduje powstanie różnicy wysokości (h) poziomu wody wewnątrz i na zewnątrz uchwytu pierścienia. ta różnica wysokości powoduje ciągły przepływ wody przez próbkę. wysokość poziomów wody mierzona jest za pomocą jednopunktowego mostka pomiarowego. gromadząc odprowadzaną wodę w biurecie przez określony czas, współczynnik przepuszczalności wody (współczynnik k) odpowiedniej próbki można obliczyć za pomocą wzoru.</t>
         </is>
       </c>
-      <c r="D50" t="inlineStr">
+      <c r="D51" t="inlineStr">
         <is>
           <t>Oznaczenie współczynnika filtracji skał w granicach 103 do 10-6 m/s.</t>
         </is>
       </c>
-      <c r="E50" t="inlineStr">
+      <c r="E51" t="inlineStr">
         <is>
           <t>Oznaczenie współczynnika filtracji skał w granicach 103 do 10-6 m/s.</t>
         </is>
       </c>
-      <c r="F50" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G50" t="inlineStr">
+      <c r="F51" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G51" t="inlineStr">
         <is>
           <t>W ramach podpisanej umowy/zlecenia z laboratorium hydrodynamicznym, po wcześniej akceptacji przez kierownika laboratorium. badanie wykonywane jest wyłącznie przez upoważnionego pracownika laboratorium.</t>
         </is>
       </c>
-      <c r="H50" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I50" t="inlineStr">
+      <c r="H51" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I51" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J50" t="inlineStr">
+      <c r="J51" t="inlineStr">
         <is>
           <t>Laboratorium hydrodynamiczne</t>
         </is>
       </c>
-      <c r="K50" t="inlineStr">
+      <c r="K51" t="inlineStr">
         <is>
           <t>Pierri Dorota</t>
         </is>
       </c>
-      <c r="L50" t="inlineStr">
+      <c r="L51" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dorota-pierri-8219.html</t>
         </is>
       </c>
-      <c r="M50" t="inlineStr">
+      <c r="M51" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N50" t="inlineStr">
+      <c r="N51" t="inlineStr">
         <is>
           <t>Piasek, przepuszczalność, współczynnik filtracji, żwir</t>
         </is>
       </c>
     </row>
-    <row r="51">
-      <c r="A51" t="inlineStr">
+    <row r="52">
+      <c r="A52" t="inlineStr">
         <is>
           <t>Advanced resistivity system 300 - zestaw do pomiaru oporności</t>
         </is>
       </c>
-      <c r="B51" t="inlineStr">
+      <c r="B52" t="inlineStr">
         <is>
           <t>Advanced resistivity system 300, corelab ins.</t>
         </is>
       </c>
-      <c r="C51" t="inlineStr">
+      <c r="C52" t="inlineStr">
         <is>
           <t>Przeznaczenie: zestaw do pomiarów elektrycznej oporności właściwej cieczy i ciał stałych (rdzeni), pomiary przy różnych nasyceniach umożliwiają wyznaczenie parametru porowatości, parametru nasycenia, współczynnika wysortowania, zwięzłości oraz zwilżalności. pomiary przy różnych temperaturach i ciśnieniu symulują warunki in situ.  pomiary przy różnych poziomach nasycenia. w tym celu pomiar wykonuje się wielokrotnie, z użyciem porous plate  lub po wcześniejszym odwirowaniu próbki, przy ustalonym czasie i liczbie obrotów. na podstawie pomiaru oblicza się parametr porowatości, indeks porowatości (parametr nasycenia), współczynnik wysortowania, wskaźnik zwięzłości próbki oraz współczynnik zwilżalności.
 pomiary próbek stałych (np. skał, materiałów budowlanych) i materiałów sypkich (np. gleba, proszki).
 zestaw advanced resistivity system 300 firmy corelab ins.:
 	miernik
 	komora do pomiarów oporności elektrycznej właściwej cieczy
 	miernik oporności  elektrycznej właściwej dla ciał stałych
 	miernik do pomiaru oporności w symulowanych warunkach złożowych (pod ciśnieniem i w wysokiej temperaturze)
 	czujnik do pomiaru ciał stałych (rdzenie) i materiałów sypkich (gleby)
 	miernik stałej dielektrycznej
 urządzenia preparacyjne, przygotowawcze, pomocnicze: przygotowanie próbek do badań polega na nadaniu próbkom odpowiedniego kształtu, ważeniu, mierzeniu, suszeniu, nasycaniu oraz odwirowywaniu</t>
         </is>
       </c>
-      <c r="D51" t="inlineStr">
+      <c r="D52" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone i wyznaczane parametry:
 	oporność / przewodnictwo właściwe ciał stałych i cieczy
 	oporność właściwa ciał stałych i cieczy w warunkach wysokiego ciśnienia i temperatury
 	parametr porowatości i parametr nasycenia
 	współczynnik zwięzłości
 	współczynnik wysortowania
 	współczynnik zwilżalności
 	stała dielektryczna
 </t>
         </is>
       </c>
-      <c r="E51" t="inlineStr">
+      <c r="E52" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary dla próbki suchej lub nasyconej dowolnym medium, równocześnie wykonuje się pomiar oporności cieczy nasycającej próbkę
 	pomiary przy różnych poziomach nasycenia
 	pomiary w warunkach symulowanych ciśnień złożowych i temperatury
 	wymiary próbek do badań: rdzenie o średnicy 1 cala lub 1,5 cala i długości min. 1,5 cala, pomiary materiałów sypkich
 </t>
         </is>
       </c>
-      <c r="F51" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G51" t="inlineStr">
+      <c r="F52" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G52" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza może być wykorzystywana (w ramach współpracy naukowej lub odpłatnie), ale nie jest możliwe samodzielne wykorzystanie aparatury. pomiary wykonywane będą w miejscu instalacji, przez osobę upoważnioną przez kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H51" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I51" t="inlineStr">
+      <c r="H52" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I52" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J51" t="inlineStr">
+      <c r="J52" t="inlineStr">
         <is>
           <t>Laboratorium petrofizyki / badania własności elektrycznych / petrophysics group</t>
         </is>
       </c>
-      <c r="K51" t="inlineStr">
+      <c r="K52" t="inlineStr">
         <is>
           <t>Puskarczyk Edyta</t>
         </is>
       </c>
-      <c r="L51" t="inlineStr">
+      <c r="L52" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/edyta-puskarczyk-7167.html</t>
         </is>
       </c>
-      <c r="M51" t="inlineStr">
+      <c r="M52" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N51" t="inlineStr">
+      <c r="N52" t="inlineStr">
         <is>
           <t>Badanie skał, geofizyka, oporność, petrofizyka, współczynnik cementacji, współczynnik wysortowania, współczynnik zwilżalności</t>
         </is>
       </c>
     </row>
-    <row r="52">
-      <c r="A52" t="inlineStr">
+    <row r="53">
+      <c r="A53" t="inlineStr">
         <is>
           <t>Fox 50 - zestaw do pomiaru przewodnictwa cieplnego</t>
         </is>
       </c>
-      <c r="B52" t="inlineStr">
+      <c r="B53" t="inlineStr">
         <is>
           <t>Fox 50 heat flow meter, ta instruments. astm c518 and iso 8301 standards</t>
         </is>
       </c>
-      <c r="C52" t="inlineStr">
+      <c r="C53" t="inlineStr">
         <is>
           <t>Przeznaczenie: zestaw pomiarowy do wyznaczania współczynnika przewodnictwa cieplnego, do badań ciał stałych (skał, materiałów budowlanych, izolacyjnych). przedmiotem pomiaru jest współczynnik przewodności cieplnej, a na jego podstawie możliwość obliczenia oraz konstrukcji map rozkładu gęstości powierzchniowego strumienia cieplnego.
 do badań wykorzystuje się aparat płytowy z izolowaną termicznie płytą grzejną. badanie opiera się na metodzie ustalonego strumienia cieplnego, w której strumień ciepła przechodzący przez próbkę materiału ma stałą wartość, a temperatura próbki w każdym punkcie jest ustalona. współczynnik przewodności cieplnej badanego materiału określa się mierząc gęstość strumienia cieplnego i różnicę temperatury po obu stronach próbki. możliwe są dwie procedury pomiarowe - metoda  pojedyńczej (1dx) i podwójnej (2dx) grubości.
 pomiar zgodny z normami astm c518 i iso 8301.
 urządzenia preparacyjne, przygotowawcze, pomocnicze: przygotowanie próbek do badań polega na nadaniu próbkom odpowiedniego kształtu i suszeniu / nasyceniu.</t>
         </is>
       </c>
-      <c r="D52" t="inlineStr">
+      <c r="D53" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone i wyznaczane parametry:
 	współczynnik przewodności cieplnej (zakres pomiarowy: od 0.1 do 10 w/mk)
 	cieplna oporność właściwa
 	opór cieplny
 	gęstość powierzchniowego strumienia cieplnego
 </t>
         </is>
       </c>
-      <c r="E52" t="inlineStr">
+      <c r="E53" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary współczynnika przewodności cieplnej (od 0.1 do 10 w/mk) i cieplnej oporności właściwej
 	pomiar oporu cieplnego (od 0.003 do 0.05 m2k/w)
 	wyznaczenie gęstości powierzchniowego strumienia cieplnego
 	zakres temperaturowy: od -10°c do 190°c (pomiar dla różnych temperatur i przy różnych gradientach temperatury)
 </t>
         </is>
       </c>
-      <c r="F52" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G52" t="inlineStr">
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G53" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza może być wykorzystywana (w ramach współpracy naukowej lub odpłatnie), ale nie jest możliwe samodzielne wykorzystanie aparatury. pomiary wykonywane będą w miejscu instalacji, przez osobę upoważnioną przez kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H52" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I52" t="inlineStr">
+      <c r="H53" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I53" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J52" t="inlineStr">
+      <c r="J53" t="inlineStr">
         <is>
           <t>Laboratorium petrofizyki / badania własności termicznych / petrophysics group</t>
         </is>
       </c>
-      <c r="K52" t="inlineStr">
+      <c r="K53" t="inlineStr">
         <is>
           <t>Puskarczyk Edyta</t>
         </is>
       </c>
-      <c r="L52" t="inlineStr">
+      <c r="L53" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/edyta-puskarczyk-7167.html</t>
         </is>
       </c>
-      <c r="M52" t="inlineStr">
+      <c r="M53" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N52" t="inlineStr">
+      <c r="N53" t="inlineStr">
         <is>
           <t>Badanie skał, geofizyka, opór cieplny, petrofizyka, przewodnictwo cieplne, strumień cieplny</t>
         </is>
       </c>
     </row>
-    <row r="53">
-      <c r="A53" t="inlineStr">
+    <row r="54">
+      <c r="A54" t="inlineStr">
         <is>
           <t>Nmr maran ultra 23mhz - spektrometr magnetycznego rezonansu jądrowego</t>
         </is>
       </c>
-      <c r="B53" t="inlineStr">
+      <c r="B54" t="inlineStr">
         <is>
           <t>Nmr maranultra 23mhz, resonance instruments ltd., gb</t>
         </is>
       </c>
-      <c r="C53" t="inlineStr">
+      <c r="C54" t="inlineStr">
         <is>
           <t>Przeznaczenie: spektrometr przeznaczony jest do badania zawartości wodoru (wody i innych związków zawierających wodór) w skałach, glebach, piaskach, materiałach budowlanych, chemicznych, medycznych, spożywczych. do wyznaczania porowatości ogólnej i efektywnej oraz przepuszczalności i rozkładu nasyceń.
 badania są prowadzone na próbkach ciał stałych (m.in. rdzenie, kawałki skał), ciekłych i gazowych (odpowiednio przygotowana i zabezpieczona próbka).
 warianty badań:
 	pomiar standardowy – analiza rozkładu nasyceń metodą nmr (porowatość ogólna, porowatość efektywna, nasycenie wodą nieredukowalną, zawartość wody wolnej, kapilarnej i związanej),  pomiar dwukrotny dla próbki suchej i nasyconej, metodą echa spinowego, standardowe t2cutoffs i dobrane indywidualnie
 	pomiar rozszerzony – analiza rozkładu nasyceń metodą nmr (porowatość ogólna, porowatość efektywna, nasycenie wodą nieredukowalną, zawartość wody wolnej, kapilarnej i związanej), obliczenie przepuszczalności i rozmiaru porów, interpretacja z wykorzystaniem niestandardowych procedur, indywidualnie dopasowane t2cutoffs według stworzonej procedury
 	pomiary w różnych warunkach nasycenia, wykorzystanie wielu sekwencji pomiarowych
 na podstawie kształtu sygnału nmr można wnioskować o rozmiarach, kształcie i ruchliwości mediów porowych. amplituda sygnału nmr zależy od liczby rezonujących jąder wodoru zawartych w badanej próbce. stanowi to miarę porowatości skały, której pory wypełnione są medium nasycającym. z sumarycznego sygnału wydziela się składowe związane z objętością wody swobodnej, wody kapilarnej i wody związanej w minerałach ilastych.
 urządzenia preparacyjne: nadanie próbkom odpowiedniego kształtu, ważeni, mierzenie, suszenie, nasycanie oraz odwirowywanie.</t>
         </is>
       </c>
-      <c r="D53" t="inlineStr">
+      <c r="D54" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone i wyznaczane parametry:
 	porowatość ogólna, efektywna i dynamiczna
 	objętość wody nasycającej przestrzeń porową z wydzieleniem wody związanej w przestrzeniach międzypakietowych iłów i wody zamkniętej w porach kapilarnych oraz wody swobodnej
 	współczynnik nasycenia wodą związaną, swirr
 	współczynnik przepuszczalności, perm
 	promień porów
 	rozkład porów, psd
 </t>
         </is>
       </c>
-      <c r="E53" t="inlineStr">
+      <c r="E54" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar spektrometryczny t1, t2, dyfuzja
 	standardowe i indywidualnie dopasowane czasy odcięcia - cutoffs
 	zestaw certyfikowanych wzorców do kalibracji
 	oprogramowanie do pomiarów, przetwarzania i interpretacji
 	wymiary próbek: walczyki o średnicy 1 cala i wysokości ok. 1,5 cala lub próbka pokruszona lub ciecz lub mieszanina cieczy i ciała stałego
 </t>
         </is>
       </c>
-      <c r="F53" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G53" t="inlineStr">
+      <c r="F54" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G54" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza może być wykorzystywana (w ramach współpracy naukowej lub odpłatnie), ale nie jest możliwe samodzielne wykorzystanie aparatury. pomiary wykonywane będą w miejscu instalacji, przez osobę upoważnioną przez kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H53" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I53" t="inlineStr">
+      <c r="H54" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I54" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J53" t="inlineStr">
+      <c r="J54" t="inlineStr">
         <is>
           <t>Laboratorium petrofizyki / nmr magnetyczny rezonans jądrowy / petrophysics group</t>
         </is>
       </c>
-      <c r="K53" t="inlineStr">
+      <c r="K54" t="inlineStr">
         <is>
           <t>Puskarczyk Edyta</t>
         </is>
       </c>
-      <c r="L53" t="inlineStr">
+      <c r="L54" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/edyta-puskarczyk-7167.html</t>
         </is>
       </c>
-      <c r="M53" t="inlineStr">
+      <c r="M54" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N53" t="inlineStr">
+      <c r="N54" t="inlineStr">
         <is>
           <t>Magnetyczny rezonans jądrowy, nasycenia, nmr, porowatość, przepuszczalność, psd, rozkład porów, woda kapilarna, woda wolna, woda związana</t>
-        </is>
-[...70 lines deleted...]
-          <t>Chromatografia gazowa, gc</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>Chromatograf gazowy fisons instruments gc 8160</t>
+          <t>Chromatograf gazowy carlo erba instruments</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>Chromatograf gazowy fisons instruments gc 8160</t>
+          <t>Chromatograf gazowy carlo erba instruments</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t xml:space="preserve">Chromatograf sprzężony jest z komputerem i generatorem wodoru nm-h2 plus firmy lni schmidlin. chromatograf wyposażony jest w detektor płomieniowo-jonizacyjny fid. przeznaczony jest do rozdziałów mieszanin gazowych.  </t>
+          <t xml:space="preserve">Chromatograf sprzężony jest z komputerem, wyposażony jest w detektor cieplno-przewodnościowy tcd. przeznaczony jest do rozdziałów mieszanin gazowych. </t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>Możliwość oznaczania następujących składników: nasycone węglowodory szeregu metanowego (metan, etan, propan, butany, pentany), gazowe węglowodory nienasycone (etylen, propylen, 1-buten).</t>
+          <t>Możliwość oznaczania następujących składników: hel, wodór, tlen, azot, metan i dwutlenek węgla.</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
-          <t>Oznaczenia węglowodorów wykonywane są w przedziale od 0,01 ppm do 100% obj.</t>
+          <t>Oznaczenia składników w przedziale od 20 ppm do 100% obj.</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
       <c r="H55" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I55" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
       <c r="J55" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
@@ -4751,1854 +4755,1926 @@
       </c>
       <c r="K55" t="inlineStr">
         <is>
           <t>Sechman Henryk</t>
         </is>
       </c>
       <c r="L55" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
         </is>
       </c>
       <c r="M55" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N55" t="inlineStr">
         <is>
           <t>Chromatografia gazowa, gc</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>Chromatograf gazowy agilent technologies 7820a system</t>
+          <t>Chromatograf gazowy fisons instruments gc 8160</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>Chromatograf gazowy agilent technologies 7820a system</t>
+          <t>Chromatograf gazowy fisons instruments gc 8160</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t xml:space="preserve">Chromatograf sprzężony jest z komputerem, wyposażony jest w detektor cieplno-przewodnościowy tcd. przeznaczony jest do rozdziałów mieszanin gazowych. </t>
+          <t xml:space="preserve">Chromatograf sprzężony jest z komputerem i generatorem wodoru nm-h2 plus firmy lni schmidlin. chromatograf wyposażony jest w detektor płomieniowo-jonizacyjny fid. przeznaczony jest do rozdziałów mieszanin gazowych.  </t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>Możliwość oznaczania następujących składników: hel, wodór, tlen i azot.</t>
+          <t>Możliwość oznaczania następujących składników: nasycone węglowodory szeregu metanowego (metan, etan, propan, butany, pentany), gazowe węglowodory nienasycone (etylen, propylen, 1-buten).</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
-          <t>Oznaczenia składników w przedziale od 20 ppm do 100% obj.</t>
+          <t>Oznaczenia węglowodorów wykonywane są w przedziale od 0,01 ppm do 100% obj.</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
       <c r="H56" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I56" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
       <c r="J56" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
       <c r="K56" t="inlineStr">
         <is>
-          <t>Twaróg Anna</t>
+          <t>Sechman Henryk</t>
         </is>
       </c>
       <c r="L56" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/anna-twarog-9247.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
         </is>
       </c>
       <c r="M56" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N56" t="inlineStr">
         <is>
           <t>Chromatografia gazowa, gc</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
+          <t>Chromatograf gazowy agilent technologies 7820a system</t>
+        </is>
+      </c>
+      <c r="B57" t="inlineStr">
+        <is>
+          <t>Chromatograf gazowy agilent technologies 7820a system</t>
+        </is>
+      </c>
+      <c r="C57" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Chromatograf sprzężony jest z komputerem, wyposażony jest w detektor cieplno-przewodnościowy tcd. przeznaczony jest do rozdziałów mieszanin gazowych. </t>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>Możliwość oznaczania następujących składników: hel, wodór, tlen i azot.</t>
+        </is>
+      </c>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>Oznaczenia składników w przedziale od 20 ppm do 100% obj.</t>
+        </is>
+      </c>
+      <c r="F57" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G57" t="inlineStr">
+        <is>
+          <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
+        </is>
+      </c>
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I57" t="inlineStr">
+        <is>
+          <t>Katedra surowców energetycznych</t>
+        </is>
+      </c>
+      <c r="J57" t="inlineStr">
+        <is>
+          <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
+        </is>
+      </c>
+      <c r="K57" t="inlineStr">
+        <is>
+          <t>Twaróg Anna</t>
+        </is>
+      </c>
+      <c r="L57" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/anna-twarog-9247.html</t>
+        </is>
+      </c>
+      <c r="M57" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N57" t="inlineStr">
+        <is>
+          <t>Chromatografia gazowa, gc</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
+        <is>
           <t>Fluksometr miernik strumienia emisji metanu i dwutlenku węgla firmy west systems</t>
         </is>
       </c>
-      <c r="B57" t="inlineStr">
+      <c r="B58" t="inlineStr">
         <is>
           <t>West-fluxometr – wysokorozdzielczy, przenośny zestaw pomiarowy strumienia dyfuzji gazów (metan i dwutlenek węgla)  wraz z wyposażeniem, oprogramowaniem i przenośnym komputerem typu palmtop</t>
         </is>
       </c>
-      <c r="C57" t="inlineStr">
+      <c r="C58" t="inlineStr">
         <is>
           <t>Urządzenia pozwala na pomiar emisji metanu i dwutlenku węgla bezpośrednio w terenie. działanie urządzenia polega na pobraniu powietrza z nad powierzchni gleby, które gromadzi się w przestrzeni komory akumulacyjnej. następnie składniki wprowadzane są do połączonych szeregowo detektorów, w których oznaczane są wartości stężenia metanu oraz dwutlenku węgla. urządzenie wyposażone jest w dwa detektory: metanu ws-ch4-tld (zakres od 0,1 ppm do 10% obj.) oraz dwutlenku węgla li820 (ndir) (zakres od 0 do 20 000 ppm).</t>
         </is>
       </c>
-      <c r="D57" t="inlineStr">
+      <c r="D58" t="inlineStr">
         <is>
           <t>Możliwość oznaczania stężeń metanu i dwutlenku węgla w czasie. wyznaczanie wartości strumieni emisji metanu i dwutlenku węgla.</t>
         </is>
       </c>
-      <c r="E57" t="inlineStr">
+      <c r="E58" t="inlineStr">
         <is>
           <t>Detektor metanu ws-ch4-tld (zakres od 0,1 ppm do 10% obj.) oraz detektor dwutlenku węgla li820 (ndir) (zakres od 0 do 20 000 ppm).
 strumień emisji metanu w zakresie: 0.5 mmol/m2/d - 1000 mol/m2/d
 strumień emisji dwutlenku węgla w zakresie: 1 mmol/m2/d - 300 mol/m2/d.</t>
         </is>
       </c>
-      <c r="F57" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G57" t="inlineStr">
+      <c r="F58" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G58" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H57" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I57" t="inlineStr">
+      <c r="H58" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I58" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J57" t="inlineStr">
+      <c r="J58" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K57" t="inlineStr">
+      <c r="K58" t="inlineStr">
         <is>
           <t>Twaróg Anna</t>
         </is>
       </c>
-      <c r="L57" t="inlineStr">
+      <c r="L58" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/anna-twarog-9247.html</t>
         </is>
       </c>
-      <c r="M57" t="inlineStr">
+      <c r="M58" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N57" t="inlineStr">
+      <c r="N58" t="inlineStr">
         <is>
           <t>Emisja dwutlenku węgla, emisja metanu, gaz glebowy</t>
         </is>
       </c>
     </row>
-    <row r="58">
-      <c r="A58" t="inlineStr">
+    <row r="59">
+      <c r="A59" t="inlineStr">
         <is>
           <t>Wodoszczelny ph-metr - konduktometr – solomierz cpc-411</t>
         </is>
       </c>
-      <c r="B58" t="inlineStr">
+      <c r="B59" t="inlineStr">
         <is>
           <t>Wodoszczelny ph-metr - konduktometr – solomierz cpc-411</t>
         </is>
       </c>
-      <c r="C58" t="inlineStr">
+      <c r="C59" t="inlineStr">
         <is>
           <t>Urządzenia mierzy ph, przewodność, zasolenie, mv (potencjał redox) i temperaturę.
 ma zastosowanie w pomiarach terenowych oraz laboratoryjnych.</t>
         </is>
       </c>
-      <c r="D58" t="inlineStr">
+      <c r="D59" t="inlineStr">
         <is>
           <t>Pomiar ph, przewodności, zasolenia, potencjału redox oraz temperatury.</t>
         </is>
       </c>
-      <c r="E58" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G58" t="inlineStr">
+      <c r="E59" t="inlineStr"/>
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G59" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H58" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I58" t="inlineStr">
+      <c r="H59" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I59" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J58" t="inlineStr">
+      <c r="J59" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K58" t="inlineStr">
+      <c r="K59" t="inlineStr">
         <is>
           <t>Sechman Henryk</t>
         </is>
       </c>
-      <c r="L58" t="inlineStr">
+      <c r="L59" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
         </is>
       </c>
-      <c r="M58" t="inlineStr">
+      <c r="M59" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N58" t="inlineStr">
+      <c r="N59" t="inlineStr">
         <is>
           <t>Ph, pomiar ph</t>
-        </is>
-[...70 lines deleted...]
-          <t>Chromatografia gazowa, gc</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
+          <t>Chromatograf gazowy agilent technologies 7890b system</t>
+        </is>
+      </c>
+      <c r="B60" t="inlineStr">
+        <is>
+          <t>Chromatograf gazowy agilent technologies 7890b system</t>
+        </is>
+      </c>
+      <c r="C60" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Chromatograf sprzężony jest z komputerem i generatorem wodoru nm-h2 plus firmy lni schmidlin. chromatograf wyposażony jest w detektor płomieniowo-jonizacyjny fid oraz detektor cieplno-przewodnościowy tcd. przeznaczony jest do rozdziałów mieszanin gazowych.  </t>
+        </is>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>Możliwość oznaczania następujących składników: nasycone węglowodory szeregu metanowego (metan, etan, propan, butany, pentany), gazowe węglowodory nienasycone (etylen, propylen, 1-buten) oraz dwutlenek węgla.</t>
+        </is>
+      </c>
+      <c r="E60" t="inlineStr">
+        <is>
+          <t>Oznaczenia węglowodorów wykonywane są w przedziale od 0,01 ppm do 100% obj. oznaczenia pozostałych składników w przedziale od 20 ppm do 100% obj.</t>
+        </is>
+      </c>
+      <c r="F60" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G60" t="inlineStr">
+        <is>
+          <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
+        </is>
+      </c>
+      <c r="H60" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I60" t="inlineStr">
+        <is>
+          <t>Katedra surowców energetycznych</t>
+        </is>
+      </c>
+      <c r="J60" t="inlineStr">
+        <is>
+          <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
+        </is>
+      </c>
+      <c r="K60" t="inlineStr">
+        <is>
+          <t>Twaróg Anna</t>
+        </is>
+      </c>
+      <c r="L60" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/anna-twarog-9247.html</t>
+        </is>
+      </c>
+      <c r="M60" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N60" t="inlineStr">
+        <is>
+          <t>Chromatografia gazowa, gc</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
           <t>Aparatura do pomiarów geoelektrycznych supersting r8</t>
         </is>
       </c>
-      <c r="B60" t="inlineStr">
+      <c r="B61" t="inlineStr">
         <is>
           <t>Supersting™ wi-fi</t>
         </is>
       </c>
-      <c r="C60" t="inlineStr">
+      <c r="C61" t="inlineStr">
         <is>
           <t>Aparatura supersting r8 jest nowoczesnym systemem pomiarowym służącym do obrazowania ośrodka geologicznego z wykorzystaniem następujących metod geoelektrycznych: elektrooporowa (dc), potencjałów naturalnych (sp) oraz polaryzacji wzbudzonej (ip). w ramach metody elektrooporowej możliwe jest wykonywanie pomiarów metodami: sondowania elektrooporowego (ves), profilowania elektrooporowego i tomografii elektrooporowej (ert). system pomiarowy pozwala na wykorzystanie szeregu standardowych układów pomiarowych (np. wenner, schlumberger, dipole-dipole, pole-dipole, gradient) oraz układów nietypowych, tj. dowolnie programowalnych przez użytkownika. aparatura pozwala na wykonywanie pomiarów w trybie 8-kanałowym, tj. możliwe jest jednoczesne zmierzenie różnic potencjałów dla ośmiu odrębnych par elektrod przy jednokrotnym przepuszczeniu prądu elektrycznego przez badany ośrodek.</t>
         </is>
       </c>
-      <c r="D60" t="inlineStr">
+      <c r="D61" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	wspomaganie badań w zakresie geologii-inżynierskiej i geotechniki.
 	badania strefy przypowierzchniowej dla potrzeb ochrony środowiska gruntowo-wodnego i dla archeologii.
 	badania dla potrzeb rozpoznawania złóż surowców skalnych.
 	badania zapór, obwałowań i innych konstrukcji inżynierskich.
 	badania z użyciem specjalistycznych kabli podwodnych.
 	badania deformacji terenu na obszarach górniczych.
 </t>
         </is>
       </c>
-      <c r="E60" t="inlineStr">
+      <c r="E61" t="inlineStr">
         <is>
           <t>Aparatura supersting r8 pozwala na wykonywanie pomiarów w technice 1d, 2d i 3d, a także w wariancie monitoringu geoelektrycznego (4d). posiadany wariant sprzętowy pozwala na jednoczesne podłączenie zestawu 112 elektrod i maksymalnym ich rozstawie (odległości pomiędzy sąsiadującymi elektrodami) równym 5 m. długość profilu badawczego nie jest ograniczona jedynie do zestawu elektrod - dzięki zastosowaniu techniki roll-along może być odpowiednio powiększana.</t>
         </is>
       </c>
-      <c r="F60" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G60" t="inlineStr">
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G61" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H60" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I60" t="inlineStr">
+      <c r="H61" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I61" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J60" t="inlineStr">
+      <c r="J61" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań geoelektrycznych</t>
         </is>
       </c>
-      <c r="K60" t="inlineStr">
+      <c r="K61" t="inlineStr">
         <is>
           <t>Bania Grzegorz</t>
         </is>
       </c>
-      <c r="L60" t="inlineStr">
+      <c r="L61" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-bania-8216.html</t>
         </is>
       </c>
-      <c r="M60" t="inlineStr">
+      <c r="M61" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N60" t="inlineStr">
+      <c r="N61" t="inlineStr">
         <is>
           <t>Ert, geofizyka, inżynieria środowiska, metody geoelektryczne, obrazowanie elektrooporowe, sondowanie elektrooporowe, tomografia elektrooporowa, ves</t>
         </is>
       </c>
     </row>
-    <row r="61">
-      <c r="A61" t="inlineStr">
+    <row r="62">
+      <c r="A62" t="inlineStr">
         <is>
           <t>Pompa gradientowa do chromatografii jonowej dionex ics-6000</t>
         </is>
       </c>
-      <c r="B61" t="inlineStr">
+      <c r="B62" t="inlineStr">
         <is>
           <t>Dionex ics-6000 sp</t>
         </is>
       </c>
-      <c r="C61" t="inlineStr">
+      <c r="C62" t="inlineStr">
         <is>
           <t>System chromatograficzny dionex ics-6000 sp do rozdziału chromatograficznego specjacji as, cr, sb, se i ich ilościowego oznaczenia w sprzężeniu ze spektrometrią mas (icp-ms):
 	pompa gradientowa model sp z gradientem 4-składnikowym
 	wbudowany próżniowy degazer eluentów
 	zakres przepływu 0,001 – 10 ml/min
 	zakres ciśnienia 0-35 mpa
 	zestaw modułów organizacji i pneumatyki fazy ruchomej eo z zestawem butelek
 	kolumna ionpac as7 (2x250 mm)
 	kolumna ionpac ag7 (2x50 mm)
 	wysokociśnieniowy ręczny zawór nastrzykowy
 szczegóły można znaleźć na stronie: https://www.thermofisher.com/order/catalog/product/22181-60001</t>
         </is>
       </c>
-      <c r="D61" t="inlineStr">
+      <c r="D62" t="inlineStr">
         <is>
           <t>Chromatografia jonowa w sprzężeniu ze spektrometrem mas znajduje szerokie zastosowanie w analizie środowiskowej. daje ona ogromne możliwości w zakresie oznaczenia specjacji wybranych pierwiastków, po zastosowaniu odpowiednich kolumn analitycznych, dobraniu eluentów oraz parametrów pracy aparatury badawczej.</t>
         </is>
       </c>
-      <c r="E61" t="inlineStr">
+      <c r="E62" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego parametru oraz matrycy próbki możliwy jest pomiar stężeń rzędu ng/l. rutynowo granice oznaczalności wahają się od dziesiątych części µg/l do kilku µg/l.</t>
         </is>
       </c>
-      <c r="F61" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G61" t="inlineStr">
+      <c r="F62" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G62" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H61" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I61" t="inlineStr">
+      <c r="H62" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I62" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J61" t="inlineStr">
+      <c r="J62" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K61" t="inlineStr">
+      <c r="K62" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L61" t="inlineStr">
+      <c r="L62" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M61" t="inlineStr">
+      <c r="M62" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N61" t="inlineStr">
+      <c r="N62" t="inlineStr">
         <is>
           <t>Analiza specjacyjna, ic, roztwory wodne, specjacja chemiczna, techniki sprzężone, woda</t>
         </is>
       </c>
     </row>
-    <row r="62">
-      <c r="A62" t="inlineStr">
+    <row r="63">
+      <c r="A63" t="inlineStr">
         <is>
           <t>Aparatura do pomiarów grawimetrycznych</t>
         </is>
       </c>
-      <c r="B62" t="inlineStr">
+      <c r="B63" t="inlineStr">
         <is>
           <t>Autograv cg-5</t>
         </is>
       </c>
-      <c r="C62" t="inlineStr">
+      <c r="C63" t="inlineStr">
         <is>
           <t xml:space="preserve">Grawimetr autograv cg-5 firmy scintrex jest urzadzeniem do pomiaru siły cieżkości, która jest odzwierciedleniem rozkałdu gęstości w ośrodku skalnym. ukłąd pomiarowy grawimetru bazuje na sprężynie kwarcowej i posiada wysoką dokładność pomiaru: rozdzielczość 0,001 mgal, przy błędzie &lt; 0,005 mgal. zakres pomiarowy grawimetru autograv cg-5 obejmuje cały glob. grawimetr charakteryzuje się niskim dryftem, posiada wbudowany moduł eliminujący grawitacyjny wpływ słońca i księżyca i odchylenie od pionu w granicach  ±200 sec.
  </t>
         </is>
       </c>
-      <c r="D62" t="inlineStr">
+      <c r="D63" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	przywracanie użyteczności terenom
 	monitoring grawimetryczny
 	projektowanie dróg i autostrad
 	badania stanu szybów górniczych
 	określanie stanu wałów i zapór
 	wyznaczanie gęstości nasypowej
 	wykrywanie pustek i rozluźnień
 	poszukiwania ropy i gazu oraz złóż węgla, minerałów i rud metali
 	rozpoznanie budowy geologicznej i tektoniki
 </t>
         </is>
       </c>
-      <c r="E62" t="inlineStr">
+      <c r="E63" t="inlineStr">
         <is>
           <t xml:space="preserve">Badania pozwalają na ropoznawanie struktur geologicznych różniących się gęstością objętościową od skał otaczających. parametry autograv cg-5 umożliwiają poszukiwanie struktur o niewielkich rozmiarach, zarówno geologicznych jak i antropogenicznych (badania mikrograwimetryczne). pomiary mogą być wykonywane również wewnątrz wyrobisk górniczych, w tym w szybach górniczych celem zbadania  górotworu poza obudową.
  </t>
         </is>
       </c>
-      <c r="F62" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G62" t="inlineStr">
+      <c r="F63" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G63" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H62" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I62" t="inlineStr">
+      <c r="H63" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I63" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J62" t="inlineStr">
+      <c r="J63" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badańgrawimetrycznych i magnetycznych</t>
         </is>
       </c>
-      <c r="K62" t="inlineStr">
+      <c r="K63" t="inlineStr">
         <is>
           <t>Porzucek Sławomir</t>
         </is>
       </c>
-      <c r="L62" t="inlineStr">
+      <c r="L63" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/slawomir-porzucek-2645.html</t>
         </is>
       </c>
-      <c r="M62" t="inlineStr">
+      <c r="M63" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N62" t="inlineStr">
+      <c r="N63" t="inlineStr">
         <is>
           <t>Geodynamika, geofizyka, geotechnika, górnictwo, inżynieria środowiska, metoda grawimetryczna, metoda mikrograwimetryczna, ochrona powierzchni terenu</t>
         </is>
       </c>
     </row>
-    <row r="63">
-      <c r="A63" t="inlineStr">
+    <row r="64">
+      <c r="A64" t="inlineStr">
         <is>
           <t>Aparatura do pomiarów magnetycznych</t>
         </is>
       </c>
-      <c r="B63" t="inlineStr">
+      <c r="B64" t="inlineStr">
         <is>
           <t>Geometrics g-859as and g-856</t>
         </is>
       </c>
-      <c r="C63" t="inlineStr">
+      <c r="C64" t="inlineStr">
         <is>
           <t xml:space="preserve">Magnetometr g-859as służy do pomiaru indukcji magnetycznej. jest bardzo czułym, szybko próbkującym cezowym magnetometrem kwantowym wykorzystującym zjawisko pompowania optycznego. g-859as zapewnia różne tryby pracy, aby umożliwić niestandardowe zaprojektowanie pomiarów dla konkretnych potrzeb.
 akwizycja danych g-858 umożliwia pracę w trybie ciągłym lub dyskretnym. wysoka częstotliwość próbkowania przyrządu w trybie ciągłym umożliwia operatorowi badanie bez konieczności zatrzymywania się. lokalizację punktów pomiarowych w terenie ułatwia wbudowany system gps.
 magnetometr powala na wykonywanie pomiarów w trybie pracy z jedną sondą pomiarową lub jednocześnie z dwiema sondami pomiarowymi, co w wyniku pozwala na obliczenie gradientu pola magnetycznego.
 zakres pracy urządzenia wynosi  20 000nt – 100 000nt z tolerancją gradientu &gt;20 000nt/m, dokładność pomiaru w ruchu&lt;1.5nt . minimalna częstotliwość pomiaru wynosi 0.1s.
 magnetometr g-856 jest urządzeniem usupełniającym do g-859as i służy do pomiarów bazowych, potrzebnych do analizy dobowych zmian czasowych pola magnetycznego.urządzenie to może wykonywać pomiary w systemie ciągłym z minimalną częstotliwością 4s.
  </t>
         </is>
       </c>
-      <c r="D63" t="inlineStr">
+      <c r="D64" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	badania prospekcyjne złóż,
 	wspomagając rozwiązywanie problemów tektonicznych w obrębie skorupy ziemskiej,
 	prospekcji archeologicznej i historycznej,
 	poszukiwania niewybuchów i niewypałów,
 	w ochronie środowiska,
 	badania podłoża skalnego,
 	badania zmian wiekowych pola magnetycznego na stabilnych stanowiskach pomiarowych,
 	badania zmian wiekowych pola magnetycznego.
 </t>
         </is>
       </c>
-      <c r="E63" t="inlineStr">
+      <c r="E64" t="inlineStr">
         <is>
           <t>Pomiar całkowitego natężenia ziemskiego pola magnetycznego
 pomiar gradeinu pionowego i poziomego ziemskiego pola magnetycznego.
 tryb pomiarowy:
 - dyskretny
 - ciagły</t>
         </is>
       </c>
-      <c r="F63" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G63" t="inlineStr">
+      <c r="F64" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G64" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H63" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I63" t="inlineStr">
+      <c r="H64" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I64" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J63" t="inlineStr">
+      <c r="J64" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań grawimetrycznych i magnetycznych</t>
         </is>
       </c>
-      <c r="K63" t="inlineStr">
+      <c r="K64" t="inlineStr">
         <is>
           <t>Łój Monika</t>
         </is>
       </c>
-      <c r="L63" t="inlineStr">
+      <c r="L64" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/monika-loj-6594.html</t>
         </is>
       </c>
-      <c r="M63" t="inlineStr">
+      <c r="M64" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N63" t="inlineStr">
+      <c r="N64" t="inlineStr">
         <is>
           <t>Archeologia, geofizyka, geotechnika, inżynieria środowiska, metoda magnetyczna, prospekcja złóż, uxo</t>
         </is>
       </c>
     </row>
-    <row r="64">
-      <c r="A64" t="inlineStr">
+    <row r="65">
+      <c r="A65" t="inlineStr">
         <is>
           <t>Soxtec 2055</t>
         </is>
       </c>
-      <c r="B64" t="inlineStr">
+      <c r="B65" t="inlineStr">
         <is>
           <t>System ekstrakcyjny soxtec avanti 2055</t>
         </is>
       </c>
-      <c r="C64" t="inlineStr">
+      <c r="C65" t="inlineStr">
         <is>
           <t xml:space="preserve">System ekstrakcyjny soxtec avanti 2055 umożliwia wykonywanie ekstrakcji przy użyciu szerokiej gamy rozpuszczalników, w sposób szybszy, bezpieczniejszy i bardziej ekonomiczny w porównaniu z ekstrakcją w aparacie soxhlet’a. czas ekstrakcji zredukowany jest do 20% czasu ekstrakcji soxhlet’a, a odzysk rozpuszczalników wynosi do 90%. połączenie techniki ekstrakcji w systemie soxtec oraz szerokiego wachlarza rozpuszczalników czyni system ekstrakcyjny soxtec avanti 2055 elastycznym narzędziem w analizie związków rozpuszczalnych w takich materiałach jak: żywność, pasze, gleba, skały, włókna, produkty chemiczne i farmaceutyki.
  </t>
         </is>
       </c>
-      <c r="D64" t="inlineStr">
+      <c r="D65" t="inlineStr">
         <is>
           <t>Ekstrakcja programowalna i półautomatyczna. czas: w zależności od zastosowania (od 40 min do 5 godz.), typowo 1-2 godz.; wydajność jednej partii: 6 próbek; masa próbki: do 30g; zakres pomiarowy (dla tłuszczu): 0,1-100%; czas nagrzewania: od 20-280°c w 7-9 min; objętość rozpuszczalnika na próbkę: 70-90 ml; dokładność: ± 1% względny.</t>
         </is>
       </c>
-      <c r="E64" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G64" t="inlineStr">
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="F65" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G65" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H64" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I64" t="inlineStr">
+      <c r="H65" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I65" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J64" t="inlineStr">
+      <c r="J65" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K64" t="inlineStr">
+      <c r="K65" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L64" t="inlineStr">
+      <c r="L65" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M64" t="inlineStr">
+      <c r="M65" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N64" t="inlineStr">
+      <c r="N65" t="inlineStr">
         <is>
           <t>Ekstrakcja</t>
         </is>
       </c>
     </row>
-    <row r="65">
-      <c r="A65" t="inlineStr">
+    <row r="66">
+      <c r="A66" t="inlineStr">
         <is>
           <t>Zestaw do prowadzenia eksperymentów pirolizy wodnej</t>
         </is>
       </c>
-      <c r="B65" t="inlineStr">
+      <c r="B66" t="inlineStr">
         <is>
           <t>Reaktor ciśnieniowy typu 4653 (parr instrument company) z oprzyrządowaniem</t>
         </is>
       </c>
-      <c r="C65" t="inlineStr">
+      <c r="C66" t="inlineStr">
         <is>
           <t>Zestaw do pirolizy wodnej (hp) jest unikatowy nie tylko w polsce, ale i w europie. hp jest zaawansowaną metodą doświadczalną służącą do symulacji naturalnych procesów przeobrażenia termicznego materii organicznej i tworzenia się węglowodorów. istotą procesu pirolizy wodnej jest ogrzewanie kawałków skały w zamkniętym reaktorze w obecności wody w ustalonych warunkach temperatury i czasu. gaz i ropa otrzymane w wyniku eksperymentów są fizycznie i chemicznie zbliżone do naturalnych mediów akumulowanych w złożach.
 parametry reaktorów: bez mieszania, pojemność 1000 ml, średnica 6 cm, materiał: hastelloy c276 (55% ni, 15-17% mo, 14,5-16,5% cr, 4-7% fe, 3-4,5% w), wytrzymałość na ciśnienie w 350oc - 410 bar, wytrzymałość na ciśnienie w 600oc - 290 bar, max. temperatura  pracy - 600oc, zawór bezpieczeństwa – 6500 psi (ok. 448 bar)
 piece: ceramiczne o mocy 2250w
 sterowanie i odczyt temperatury i ciśnienia: cyfrowe, rejestrowane co 5 s.
 w skład zestawu wchodzą, oprócz przyrządów bezpośrednio związanych z eksperymentami pirolizy wodnej (reaktory, piece ze sterownikami, płaszcze izotermiczne, termopary, termometry cyfrowe, wielokanałowy przetwornik sygnału, komputer z oprogramowaniem) również urządzenia i przybory niezbędne do przygotowania próbek do analizy oraz napełniania reaktorów i odbioru produktów procesu (gaz, ropa, woda i skała).</t>
         </is>
       </c>
-      <c r="D65" t="inlineStr">
+      <c r="D66" t="inlineStr">
         <is>
           <t>Aparatura wykorzystywana do pirolizy wodnej może zostać użyta nie tylko do symulacji procesów powstawiania ropy i gazu w poszukiwaniach węglowodorów, ale również może do symulacji innych procesów naturalnych: rozkład odpadów, samonagrzewanie węgla, krystalizacja i wytrącanie minerałów oraz przemysłowych: produkcja katalizatorów, produkcja sorbentów węglowych i mineralnych, badanie podatności materiałów na wysokie t i p.</t>
         </is>
       </c>
-      <c r="E65" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G65" t="inlineStr">
+      <c r="E66" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="F66" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G66" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H65" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I65" t="inlineStr">
+      <c r="H66" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I66" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J65" t="inlineStr">
+      <c r="J66" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K65" t="inlineStr">
+      <c r="K66" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L65" t="inlineStr">
+      <c r="L66" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M65" t="inlineStr">
+      <c r="M66" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N65" t="inlineStr">
+      <c r="N66" t="inlineStr">
         <is>
           <t>Generownaie węglowodorów, piroliza bezwodna, piroliza wodna</t>
         </is>
       </c>
     </row>
-    <row r="66">
-      <c r="A66" t="inlineStr">
+    <row r="67">
+      <c r="A67" t="inlineStr">
         <is>
           <t>Gęstościomierz dma 4200 m</t>
         </is>
       </c>
-      <c r="B66" t="inlineStr">
+      <c r="B67" t="inlineStr">
         <is>
           <t>Gęstościomierz anton paar dma 4200 m</t>
         </is>
       </c>
-      <c r="C66" t="inlineStr">
+      <c r="C67" t="inlineStr">
         <is>
           <t>Urządzenie umożliwia pomiary gęstości w temperaturach od -10°c do 200°c i wysokich ciśnieniach do 500 barów.  automatyczna funkcja wykrywania pęcherzyków powietrza fillingcheck™ sprawia, że urządzenie jest zgodne z normami astm d4052 i astm d5002.  wpływ lepkości zostaje wyeliminowany przez szybko działającą funkcję korekcji lepkości, zapewniając tym samym dokładność wyników pomiarów gęstości do 0,0002 g/cm3. funkcja temperfect™ gęstościomierza umożliwia natychmiastowe pomiary gęstości w dowolnej temperaturze między 0 a 150°c w ciśnieniu otoczenia.
 https://www.anton-paar.com/pl-pl/produkty/szczegoly/gestosciomierz-dmatm-4200-m/</t>
         </is>
       </c>
-      <c r="D66" t="inlineStr">
+      <c r="D67" t="inlineStr">
         <is>
           <t>Nadaje się do zastosowań w działalności badawczej związanej z gęstością.</t>
         </is>
       </c>
-      <c r="E66" t="inlineStr">
+      <c r="E67" t="inlineStr">
         <is>
           <t>Wyznaczanie równania stanu
 obliczanie i konfiguracja procesów produkcyjnych
 analiza ropy naftowej metodą ciśn.-objęt.-temp.
 określanie temp. wrzenia ropy naftowej
 szybka i dokładna alternatywa dla hydrometrów p i piknometrów
 https://www.anton-paar.com/pl-pl/produkty/szczegoly/gestosciomierz-dmatm-4200-m</t>
         </is>
       </c>
-      <c r="F66" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G66" t="inlineStr">
+      <c r="F67" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G67" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H66" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I66" t="inlineStr">
+      <c r="H67" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I67" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J66" t="inlineStr">
+      <c r="J67" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K66" t="inlineStr">
+      <c r="K67" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L66" t="inlineStr">
+      <c r="L67" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M66" t="inlineStr">
+      <c r="M67" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N66" t="inlineStr">
+      <c r="N67" t="inlineStr">
         <is>
           <t>Gęstość</t>
         </is>
       </c>
     </row>
-    <row r="67">
-      <c r="A67" t="inlineStr">
+    <row r="68">
+      <c r="A68" t="inlineStr">
         <is>
           <t>Spektrometr delta v plus</t>
         </is>
       </c>
-      <c r="B67" t="inlineStr">
+      <c r="B68" t="inlineStr">
         <is>
           <t>Spektrometr masowy thermo scientific delta v plus</t>
         </is>
       </c>
-      <c r="C67" t="inlineStr">
+      <c r="C68" t="inlineStr">
         <is>
           <t>Aparat służy do pomiaru metodą różnicową składu trwałych izotopów pierwiastków lekkich o masach od 10 do 80 da i dodatkowo wodoru (masa 2 i 3 da). zasada pracy polega na separacji poszczególnych mas jonów w jednorodnym polu magnetycznym a następnie ich wychwytywaniu i zliczaniu w detektorze wyposażonym w puszki faradaya. próbka do spektrometru jest wprowadzana w postaci gazowej. w zależności od analizowanego pierwiastka gazem roboczym jest: przy pomiarze węgla co2, azotu, n2 tlenu co2 lub co, wodoru h2, siarki so2. w zależności od typu substancji pomiarowej (ciało stałe, ciecz, gaz) oraz analizowanego pierwiastka spektrometr jest sprzężony z różnymi przystawkami służącymi do ich preparatyki do pomiaru (analizator elementarny flash 2000, chromatograf trace gc ultra, gasbench ii, tc/ea, precon).</t>
         </is>
       </c>
-      <c r="D67" t="inlineStr">
+      <c r="D68" t="inlineStr">
         <is>
           <t>Analiza składu trwałych izotopów może być wykonywana w celu określenia źródła pochodzenia substancji, rekonstrukcji przeszłych warunków środowiskowych i klimatycznych oraz badania różnych procesów geologicznych, paleontologicznych i chemicznych.</t>
         </is>
       </c>
-      <c r="E67" t="inlineStr">
+      <c r="E68" t="inlineStr">
         <is>
           <t>Pomiar składu trwałych izotopów c, h, n,  o i s w substancjach stałych, ciekłych i gazowych.
 pomiar wykonuje się metodą „on-line”. niepewność analizy trwałych izotopów  z uwzględnieniem preparatyki i dowiązania do wzorca wynosi +/- od 0,2 ‰ do 1‰ w zależności od analizowanego pierwiastka.</t>
         </is>
       </c>
-      <c r="F67" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G67" t="inlineStr">
+      <c r="F68" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G68" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H67" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I67" t="inlineStr">
+      <c r="H68" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I68" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J67" t="inlineStr">
+      <c r="J68" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K67" t="inlineStr">
+      <c r="K68" t="inlineStr">
         <is>
           <t>Kowalski Tomasz</t>
         </is>
       </c>
-      <c r="L67" t="inlineStr">
+      <c r="L68" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-kowalski-1582.html</t>
         </is>
       </c>
-      <c r="M67" t="inlineStr">
+      <c r="M68" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N67" t="inlineStr">
+      <c r="N68" t="inlineStr">
         <is>
           <t>Analiza izotopowa, izotopy trwałe</t>
-        </is>
-[...70 lines deleted...]
-          <t>Gaz ziemny, próbki gazowe, skład cząsteczkowy</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>Lc</t>
+          <t>Gc-fid/tcd</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>Chromatograf cieczowy z detektorami uv-vis i refraktometrycznym</t>
+          <t>Chromatograf gazowy agilent 7890a z systemem zaworowym oraz detektorami fid i tcd</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
-          <t>Chromatograf cieczowy  z pompą izokratyczną i detektorem uv-vis i ri wyposażony w ręczny dozownik próbek, zawór umożliwiający podawanie do 6 różnych eluentów  oraz w kolektor frakcji. zestaw jest sterowany poprzez program clarity  służący do zbierania danych oraz opracowania chromatogramów.  chromatograf pracuje w układzie faz odwróconych.</t>
+          <t>Chromatograf wyposażony w zestaw kolumn oraz dwa detektory: (fid) detektor płomieniowo-jonizacyjny oraz (tcd) detektor cieplno-przewodnościowy. chromatograf wyposażony jest  w trzy zawory, do których połączono trzy pakowane kolumny 1/8” (0,9m hayesep q 80/100 mesh, 1,8 m hayesep q 80/100 mesh i 3 m sito molekularne 13x 45/60 mesh) oraz kolumnę kapilarną gs-alumina (50m x 0.53 mm). system ten zawiera dwa niezależne kanały. kanał z detektorem fid do oznaczania węglowodorów wyposażony w zawór dozujący próbkę oraz kolumnę alumina gs. drugi kanał pracujący z kolumnami pakowanymi i detektorem tcd do oznaczania składników nie-węglowodorowych.</t>
         </is>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>Chromatograf cieczowy pracujący w układzie faz odwróconych (kolumny z fazą stacjonarna rp18e) umożliwia oznaczenie nielotnych pestycydów, wwa, farmaceutyków z grupy niesterydowych leków przeciwzapalnych jak również polifenoli.</t>
+          <t>Określenie składu cząsteczkowego próbek gazowych.</t>
         </is>
       </c>
       <c r="E69" t="inlineStr">
         <is>
-          <t>Oznaczenie zawartości nielotnych pestycydów, wwa, farmaceutyków w próbkach wody</t>
+          <t>Oznaczenia następujących składników: c1-c8, co2, o2, h2, n2, he, ne. minimalny limit detekcjji wynosi 0,5 ppm.</t>
         </is>
       </c>
       <c r="F69" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G69" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
       <c r="H69" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I69" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
       <c r="J69" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
       <c r="K69" t="inlineStr">
         <is>
-          <t>Kowalski Adam</t>
+          <t>Bilkiewicz Elżbieta</t>
         </is>
       </c>
       <c r="L69" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/adam-kowalski-1573.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/elzbieta-bilkiewicz-8622.html</t>
         </is>
       </c>
       <c r="M69" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N69" t="inlineStr">
         <is>
-          <t>Chromatograf cieczowy, farmaceutyki, lc, polifenole, wwa</t>
+          <t>Gaz ziemny, próbki gazowe, skład cząsteczkowy</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>Gc agilent 7890b-fpd/tcd</t>
+          <t>Lc</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>Chromatograf gazowy agilent 7890b z systemem zaworowym oraz detektorami fpd i tcd</t>
+          <t>Chromatograf cieczowy z detektorami uv-vis i refraktometrycznym</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
-          <t>Chromatograf jest wyposażony w dwa dozowniki s/sl oraz dwa detektory fpd i tcd. w torze fpd jest zamontowana kolumna db-1 o wymiarach 60 m x 0,53 mm, film 5 μm, natomiast w torze tcd znajduje się kolumna hp-plot/q o wymiarach 30 m x 0,32 mm, film 20 μm. chromatograf jest wyposażony w układ zaworowy (pętle dozujące).</t>
+          <t>Chromatograf cieczowy  z pompą izokratyczną i detektorem uv-vis i ri wyposażony w ręczny dozownik próbek, zawór umożliwiający podawanie do 6 różnych eluentów  oraz w kolektor frakcji. zestaw jest sterowany poprzez program clarity  służący do zbierania danych oraz opracowania chromatogramów.  chromatograf pracuje w układzie faz odwróconych.</t>
         </is>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>Określenie składu cząsteczkowego próbek gazowych.</t>
+          <t>Chromatograf cieczowy pracujący w układzie faz odwróconych (kolumny z fazą stacjonarna rp18e) umożliwia oznaczenie nielotnych pestycydów, wwa, farmaceutyków z grupy niesterydowych leków przeciwzapalnych jak również polifenoli.</t>
         </is>
       </c>
       <c r="E70" t="inlineStr">
         <is>
-          <t>Oznaczenie związków organicznych zawierających siarkę i siarkowodoru. minimum detekcji dla fpd 5 pg , dla tcd 100 ppm.</t>
+          <t>Oznaczenie zawartości nielotnych pestycydów, wwa, farmaceutyków w próbkach wody</t>
         </is>
       </c>
       <c r="F70" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G70" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
       <c r="H70" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I70" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
       <c r="J70" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
       <c r="K70" t="inlineStr">
         <is>
-          <t>Bilkiewicz Elżbieta</t>
+          <t>Kowalski Adam</t>
         </is>
       </c>
       <c r="L70" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/elzbieta-bilkiewicz-8622.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/adam-kowalski-1573.html</t>
         </is>
       </c>
       <c r="M70" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N70" t="inlineStr">
         <is>
-          <t>Fpd, gc, h2s, tcd, związki siarki</t>
+          <t>Chromatograf cieczowy, farmaceutyki, lc, polifenole, wwa</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>Gc –tcd/fid z metanizerem</t>
+          <t>Gc agilent 7890b-fpd/tcd</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>Chromatograf gazowy thermo scientific trace 1300 z systemem zaworowym i z detektorami tcd i fid i metanizerem</t>
+          <t>Chromatograf gazowy agilent 7890b z systemem zaworowym oraz detektorami fpd i tcd</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
-          <t>Dwukanałowy chromatograf gazowy wyposażony w system zaworowy do przełączania kolumn i dwa detedetektory (fid i tcd) oraz metanizer. zestaw ten umożliwia oznaczenie zawartości tlenku węgla , metanu, tlenu i azotu oraz w wersji krio argonu w próbkach gazowych.</t>
+          <t>Chromatograf jest wyposażony w dwa dozowniki s/sl oraz dwa detektory fpd i tcd. w torze fpd jest zamontowana kolumna db-1 o wymiarach 60 m x 0,53 mm, film 5 μm, natomiast w torze tcd znajduje się kolumna hp-plot/q o wymiarach 30 m x 0,32 mm, film 20 μm. chromatograf jest wyposażony w układ zaworowy (pętle dozujące).</t>
         </is>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>Analiza składu cząsteczkowego próbek gazowych ze szczególnym uwzględnieniem zawartości tlenku węgla i argonu.</t>
+          <t>Określenie składu cząsteczkowego próbek gazowych.</t>
         </is>
       </c>
       <c r="E71" t="inlineStr">
         <is>
-          <t>Minimalny poziom detekckji co &gt;1 ppb , argonu 400 pg/ml</t>
+          <t>Oznaczenie związków organicznych zawierających siarkę i siarkowodoru. minimum detekcji dla fpd 5 pg , dla tcd 100 ppm.</t>
         </is>
       </c>
       <c r="F71" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G71" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
       <c r="H71" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I71" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J71" t="inlineStr"/>
+      <c r="J71" t="inlineStr">
+        <is>
+          <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
+        </is>
+      </c>
       <c r="K71" t="inlineStr">
         <is>
-          <t>Jurek Krzysztof</t>
+          <t>Bilkiewicz Elżbieta</t>
         </is>
       </c>
       <c r="L71" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/elzbieta-bilkiewicz-8622.html</t>
         </is>
       </c>
       <c r="M71" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N71" t="inlineStr">
         <is>
-          <t>Analiza cząsteczkowa, argon, metanizer, skład gazu, tlenek węgla</t>
+          <t>Fpd, gc, h2s, tcd, związki siarki</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
+          <t>Gc –tcd/fid z metanizerem</t>
+        </is>
+      </c>
+      <c r="B72" t="inlineStr">
+        <is>
+          <t>Chromatograf gazowy thermo scientific trace 1300 z systemem zaworowym i z detektorami tcd i fid i metanizerem</t>
+        </is>
+      </c>
+      <c r="C72" t="inlineStr">
+        <is>
+          <t>Dwukanałowy chromatograf gazowy wyposażony w system zaworowy do przełączania kolumn i dwa detedetektory (fid i tcd) oraz metanizer. zestaw ten umożliwia oznaczenie zawartości tlenku węgla , metanu, tlenu i azotu oraz w wersji krio argonu w próbkach gazowych.</t>
+        </is>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>Analiza składu cząsteczkowego próbek gazowych ze szczególnym uwzględnieniem zawartości tlenku węgla i argonu.</t>
+        </is>
+      </c>
+      <c r="E72" t="inlineStr">
+        <is>
+          <t>Minimalny poziom detekckji co &gt;1 ppb , argonu 400 pg/ml</t>
+        </is>
+      </c>
+      <c r="F72" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G72" t="inlineStr">
+        <is>
+          <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
+        </is>
+      </c>
+      <c r="H72" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I72" t="inlineStr">
+        <is>
+          <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
+        </is>
+      </c>
+      <c r="J72" t="inlineStr"/>
+      <c r="K72" t="inlineStr">
+        <is>
+          <t>Jurek Krzysztof</t>
+        </is>
+      </c>
+      <c r="L72" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
+        </is>
+      </c>
+      <c r="M72" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N72" t="inlineStr">
+        <is>
+          <t>Analiza cząsteczkowa, argon, metanizer, skład gazu, tlenek węgla</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
           <t>Rock-eval 6</t>
         </is>
       </c>
-      <c r="B72" t="inlineStr">
+      <c r="B73" t="inlineStr">
         <is>
           <t>Rock-eval 6 wersja turbo</t>
         </is>
       </c>
-      <c r="C72" t="inlineStr">
+      <c r="C73" t="inlineStr">
         <is>
           <t>Aparat jest wyposażony w dwa piece: pirolityczny i oksydacyjny. do analizy wykorzystuje się zmieloną próbkę skały (poniżej 0.2 mm) w ilości 50-100 mg, która jest umieszczana w specjalnym metalowym tygielku. analiza w piecu pirolitycznym (w atmosferze azotu) może być prowadzona w zakresie temperatur 80-850oc z szeroką możliwością programowania cyklu temperaturowego w zakresie: początkowej temperatury i czasu jej utrzymywania, tempa narostu temperatury (od 0.1 do 50oc/min) oraz finalnej temperatury i czasu jej utrzymywania. wydzielające się węglowodory (hc) są oznaczane na detektorze płomieniowo-jonizacyjnym (fid), a co2 i co są oznaczane na detektorze podczerwieni (ir).
 analiza w piecu oksydacyjnym (w atmosferze powietrza) może być prowadzona w zakresie temperatur 100-850oc z szeroką możliwością programowania cyklu temperaturowego w zakresie: początkowej temperatury i czasu jej utrzymywania, tempa narostu temperatury (od 0.1 do 50oc/min) oraz finalnej temperatury i czasu jej utrzymywania. produkty spalania i rozkładu – co i co2 przekazywane są na detektor ir w celu oznaczenia ilościowego. inne produkty utleniania nie są oznaczane.</t>
         </is>
       </c>
-      <c r="D72" t="inlineStr">
+      <c r="D73" t="inlineStr">
         <is>
           <t>Analiza re jest dedykowana do oceny potencjału macierzystości skał ropo- i gazotwórczych. umożliwia oznaczanie toc i minc oraz potencjału węglowodorowego skał macierzystych, określenie typu genetycznego i stopnia dojrzałości materii org., wyznaczanie stref nasyconych węglowodorami migracyjnymi oraz określenie ilości i składu frakcyjnego produktów petrochem. w glebie. analiza re może być wykorzystywana do analizy gleb, osadów i nielotnych produktów petrochem.</t>
         </is>
       </c>
-      <c r="E72" t="inlineStr">
+      <c r="E73" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone parametry i wskaźniki:
 s1 (mg hc/g skały),
 s2 (mg hc/g skały),
 s3 (mg co2/g skały),
 tmax  (oc)
 pi (-)
 pc  (% wag.)
 rc  (% wag.)
 toc  (% wag.)
 hi (mg hc/g toc)
 oi (mg co2/g toc)
 minc (% wag.).
  </t>
         </is>
       </c>
-      <c r="F72" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G72" t="inlineStr">
+      <c r="F73" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G73" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H72" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I72" t="inlineStr">
+      <c r="H73" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I73" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J72" t="inlineStr">
+      <c r="J73" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K72" t="inlineStr">
+      <c r="K73" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L72" t="inlineStr">
+      <c r="L73" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M72" t="inlineStr">
+      <c r="M73" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N72" t="inlineStr">
+      <c r="N73" t="inlineStr">
         <is>
           <t>Dojrzałość, piroliza, rock-eval, skała macierzysta, toc, węglowodory</t>
         </is>
       </c>
     </row>
-    <row r="73">
-      <c r="A73" t="inlineStr">
+    <row r="74">
+      <c r="A74" t="inlineStr">
         <is>
           <t>Spektrometr delta plus</t>
         </is>
       </c>
-      <c r="B73" t="inlineStr">
+      <c r="B74" t="inlineStr">
         <is>
           <t>Spektrometr masowy finnigan delta plus</t>
         </is>
       </c>
-      <c r="C73" t="inlineStr">
+      <c r="C74" t="inlineStr">
         <is>
           <t>Aparat służy do pomiaru metodą różnicową składu trwałych izotopów pierwiastków lekkich o masach od 10 do 70 da i dodatkowo wodoru (masa 2 i 3 da). zasada pracy polega na separacji poszczególnych mas jonów w jednorodnym polu magnetycznym a następnie ich wychwytywaniu i zliczaniu w detektorze wyposażonym w puszki faradaya. próbka do spektrometru jest wprowadzana w postaci gazowej. w zależności od analizowanego pierwiastka gazem roboczym jest: przy pomiarze węgla - co2, azotu - n2, tlenu - co2 lub co, wodoru - h2. w zależności od typu substancji pomiarowej (ciało stałe, ciecz, gaz) spektrometr jest sprzężony z różnymi przystawkami służącymi do ich preparatyki do pomiaru (analizator elementarny ea 1108, chromatograf hp serii 6890, h-device itp.).</t>
         </is>
       </c>
-      <c r="D73" t="inlineStr">
+      <c r="D74" t="inlineStr">
         <is>
           <t>Analiza składu trwałych izotopów może być wykonywana w celu określenia źródła pochodzenia substancji, rekonstrukcji przeszłych warunków środowiskowych i klimatycznych oraz badania różnych procesów geologicznych, paleontologicznych i chemicznych.</t>
         </is>
       </c>
-      <c r="E73" t="inlineStr">
+      <c r="E74" t="inlineStr">
         <is>
           <t>Pomiar składu trwałych izotopów c, h, n i o w substancjach stałych, ciekłych i gazowych.
 pomiar wykonuje się metodą „on-line”. niepewność analizy trwałych izotopów z uwzględnieniem preparatyki i dowiązania do wzorca wynosi +/- od 0,2 ‰. do 1 ‰ w zależności od analizowanego pierwiastka.</t>
         </is>
       </c>
-      <c r="F73" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G73" t="inlineStr">
+      <c r="F74" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G74" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H73" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I73" t="inlineStr">
+      <c r="H74" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I74" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J73" t="inlineStr">
+      <c r="J74" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K73" t="inlineStr">
+      <c r="K74" t="inlineStr">
         <is>
           <t>Kowalski Tomasz</t>
         </is>
       </c>
-      <c r="L73" t="inlineStr">
+      <c r="L74" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-kowalski-1582.html</t>
         </is>
       </c>
-      <c r="M73" t="inlineStr">
+      <c r="M74" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N73" t="inlineStr">
+      <c r="N74" t="inlineStr">
         <is>
           <t>Analiza izotopowa, izotopy trwałe</t>
         </is>
       </c>
     </row>
-    <row r="74">
-      <c r="A74" t="inlineStr">
+    <row r="75">
+      <c r="A75" t="inlineStr">
         <is>
           <t>Aparatura do badań sejsmicznych geode</t>
         </is>
       </c>
-      <c r="B74" t="inlineStr">
+      <c r="B75" t="inlineStr">
         <is>
           <t>The geode exploration seismograph</t>
         </is>
       </c>
-      <c r="C74" t="inlineStr">
+      <c r="C75" t="inlineStr">
         <is>
           <t>Aparatura geode (geometrics) jest nowoczesnym systemem do badań sejsmicznych. wykorzystywany jest do rozpoznania zarówno płytkiej strefy ośrodka geologicznego (dla celów inżynieryjnych, geotechnicznych i środowiskowych) oraz głębokiej strefy (rozpoznanie złożowe i strukturalne). pozwala na wykonanie pomiarów refrakcyjnych i tomografii refrakcyjnej fal podłużnych p (srt-p) i fal poprzecznych s (srt-s), wielokanałowej analizy fal powierzchniowych rayleigha (masw) oraz love’a (malw) jak i również płytkie profilowania refleksyjne fal p i s oraz pomiary w płytkich otworach (downhole, crosshole, vsp). jako źródło drgań wykorzystywany jest mobilny system gisco ess 500 turbo o dużej energii (4088 j) oraz młoty i źródła fal poprzecznych. fale sejsmiczne rejestrowane są dzięki odbiornikom o częstotliwościach 4,5 hz, 14 hz oraz 100 hz. do badań z wykorzystaniem fal poprzecznych wykorzystywane są wysokoczułe horyzontalne odbiorniki o częstotliwości 4,5 hz. aparatura geode pozwala na podłączenie do 72 odbiorników. w badaniach otworowych wykorzystywany jest streamer hydrofonowy, sonda 3c oraz sparker jako źródło drgań. aparatura pozwala również na wykonywanie pomiarów z zakresu metod sejsmiki pasywnej - remi (refraction microtremor), spac/esac (spatial autocorrelation/extended spatial autocorrelation) oraz hvsr (horizontal-to-vertical spectral ratio).</t>
         </is>
       </c>
-      <c r="D74" t="inlineStr">
+      <c r="D75" t="inlineStr">
         <is>
           <t>Wysokorozdzielcze rozpoznanie strukturalne i złożowe do głębokości ok. 500m, badania ośrodka gruntowo-skalnego na potrzeby budownictwa lądowego, rozpoznawanie stref osuwiskowych, wykrywanie stref spękań, pustek, kawern i zapadlisk, określenie przebiegu podłoża skalnego, miąższości gleb oraz klasyfikacja gruntów, wspomaganie badań geotechnicznych i geologii inżynierskiej, określenie sejsmiczności badanego obszaru z wykorzystaniem parametru vs30 wg klasyfikacji nehrp i ubc.</t>
         </is>
       </c>
-      <c r="E74" t="inlineStr">
+      <c r="E75" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar fal podłużnych p
 	pomiar fal poprzecznych s
 	pomiar fal powierzchniowych
 	sejsmika refrakcyjna
 	sejsmika refleksyjna
 	wielokanałowa analiza fal powierzchniowych
 	wyznaczanie dynamicznych modułów sprężystości strefy przypowierzchniowej
 	pomiary w otworach
 	sejsmika pasywna
 </t>
         </is>
       </c>
-      <c r="F74" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G74" t="inlineStr">
+      <c r="F75" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G75" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H74" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I74" t="inlineStr">
+      <c r="H75" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I75" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J74" t="inlineStr">
+      <c r="J75" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań sejsmicznych</t>
         </is>
       </c>
-      <c r="K74" t="inlineStr">
+      <c r="K75" t="inlineStr">
         <is>
           <t>Cichostępski Kamil</t>
         </is>
       </c>
-      <c r="L74" t="inlineStr">
+      <c r="L75" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/kamil-cichostepski-8217.html</t>
         </is>
       </c>
-      <c r="M74" t="inlineStr">
+      <c r="M75" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N74" t="inlineStr">
+      <c r="N75" t="inlineStr">
         <is>
           <t>Fale powierzchniowe, geofizyka, geologia inżynierska, geotechnika, inżynieria środowiska, metody sejsmiczne, sejsmika refleksyjna, sejsmika refrakcyjna, tomografia refrakcyjna</t>
-        </is>
-[...66 lines deleted...]
-          <t>Mikroskop polaryzacyjny</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>Spektrometr absorpcji atomowej serii ice3500</t>
+          <t>Mikroskop nikon eclipse lv100pol</t>
         </is>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>Spektrometr ice3500 firmy thermo scientific</t>
+          <t>Mikroskop nikon eclipse lv100pol</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
-          <t>Automatyczny, wielopierwiastkowy, dwuwiązkowy spektrometr absorpcji atomowej z dwoma komorami pomiarowymi, umożliwiającymi jednoczesne zainstalowanie kombinacji 2 atomizerów, takich jak płomień / piec grafitowy / przystawka do generacji wodorków.</t>
+          <t>Umożliwia zarówno diaskopowe jak i episkopowe obserwacje polaryzacyjne. epi-iluminator wykorzytuje źródło światła nikon 12v50w, które zapewnia jasne oświetlenie. mechanizm redukcji szumów zapewnia ostre obrazy o wysokim stosunku sygnału do szumu, eliminując rozproszone światło.</t>
         </is>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>Oznaczenie metali ciężkich w próbkach, tj. cu, zn, pb, mn, ni, cd, fe</t>
+          <t>Możliwość stosowania wielu mikroskopowych technik obserwacji zarówno w świetle odbitym jak i przechodzącym.</t>
         </is>
       </c>
       <c r="E76" t="inlineStr"/>
       <c r="F76" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G76" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych po uzgodnieniu z kierownikiem katedry ochrony środowiska.</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I76" t="inlineStr">
         <is>
           <t>Katedra ochrony środowiska</t>
         </is>
       </c>
       <c r="J76" t="inlineStr">
         <is>
-          <t>Pracownia absorpcyjnej spektroskopii atomowej</t>
+          <t>Laboratorium analiz środowiskowych</t>
         </is>
       </c>
       <c r="K76" t="inlineStr">
         <is>
-          <t>Cyrana Jadwiga</t>
+          <t>Aleksander-Kwaterczak Urszula</t>
         </is>
       </c>
       <c r="L76" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/jadwiga-cyrana-7159.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/urszula-aleksander-kwaterczak-5891.html</t>
         </is>
       </c>
       <c r="M76" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N76" t="inlineStr">
         <is>
-          <t>Badania składu pierwiastkowego</t>
+          <t>Mikroskop polaryzacyjny</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
+          <t>Spektrometr absorpcji atomowej serii ice3500</t>
+        </is>
+      </c>
+      <c r="B77" t="inlineStr">
+        <is>
+          <t>Spektrometr ice3500 firmy thermo scientific</t>
+        </is>
+      </c>
+      <c r="C77" t="inlineStr">
+        <is>
+          <t>Automatyczny, wielopierwiastkowy, dwuwiązkowy spektrometr absorpcji atomowej z dwoma komorami pomiarowymi, umożliwiającymi jednoczesne zainstalowanie kombinacji 2 atomizerów, takich jak płomień / piec grafitowy / przystawka do generacji wodorków.</t>
+        </is>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>Oznaczenie metali ciężkich w próbkach, tj. cu, zn, pb, mn, ni, cd, fe</t>
+        </is>
+      </c>
+      <c r="E77" t="inlineStr"/>
+      <c r="F77" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G77" t="inlineStr">
+        <is>
+          <t>W ramach umów i zleconych zadań badawczych po uzgodnieniu z kierownikiem katedry ochrony środowiska.</t>
+        </is>
+      </c>
+      <c r="H77" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I77" t="inlineStr">
+        <is>
+          <t>Katedra ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J77" t="inlineStr">
+        <is>
+          <t>Pracownia absorpcyjnej spektroskopii atomowej</t>
+        </is>
+      </c>
+      <c r="K77" t="inlineStr">
+        <is>
+          <t>Cyrana Jadwiga</t>
+        </is>
+      </c>
+      <c r="L77" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/jadwiga-cyrana-7159.html</t>
+        </is>
+      </c>
+      <c r="M77" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N77" t="inlineStr">
+        <is>
+          <t>Badania składu pierwiastkowego</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
           <t>Aparatura do pomiarów konduktometrycznych cmd explorer i cmd mini explorer</t>
         </is>
       </c>
-      <c r="B77" t="inlineStr">
+      <c r="B78" t="inlineStr">
         <is>
           <t>Cmd explorer i cmd mini explorer</t>
         </is>
       </c>
-      <c r="C77" t="inlineStr">
+      <c r="C78" t="inlineStr">
         <is>
           <t>Aparatury cmd explorer i cmd mini explorer to nowoczesne systemy pomiarowe charakteryzuje się dużą rozdzielczością zarówno pionową jak i poziomą dla ośrodków dobrze przewodzących. aparatury uzupełniają się co do zasięgów głębokościowych, a pomiar odbywa się w sumie na sześciu poziomach głębokościowych dla każdej z dwóch konfiguracji układu pomiarowego tj. hd i vd.  pozwala to na interpretację geofizyczną i uzyskanie przedziału głębokościowego od ok. 0.25 m do ok. 7 m. aparatury wykorzystują metodę konduktometryczną która należy do metody indukcyjnej opartej o prawo indukcji faradaya. metoda umożliwia dobre rozpoznanie płytko zalegających dobrze przewodzących warstw geologicznych. pozwala ona na obrazowanie ośrodka geologicznego tj. określenia rozkładu przewodności będącej rezultatem interpretacji geofizycznej. w metodzie tej brak jest problemu uziemienia bo pole wzbudzane jest indukcyjnie a nie galwanicznie. pomiar w metodzie konduktometrycznej można wykonać szybko na dużym obszarze i może go wykonać jedna osoba.</t>
         </is>
       </c>
-      <c r="D77" t="inlineStr">
+      <c r="D78" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary inżynieryjne w budownictwie drogowym i kolejowym
 	lokalizacja stref wodonośnych i osuwisk, stref wycieku wody np. na wałach przeciwpowodziowych czy w podłożu wałów
 	monitorowanie wycieków ścieków
 	mapowanie geologiczne
 	w rolnictwie monitorowanie jakości gleby
 	w archeologii
 	środowiskowe mapowanie aureoli zanieczyszczeń
 </t>
         </is>
       </c>
-      <c r="E77" t="inlineStr">
+      <c r="E78" t="inlineStr">
         <is>
           <t>Aparatura pozwala na pomiar przewodności pozornej dla sześciu poziomów głębokościowych dla dwóch konfiguracji hd i vd różniących się rozdzielczością i zasięgiem głębokościowym. aparatury cmd explorer i cmd mini explorer uzupełniają się głębokościowo (każda po trzy poziomy dla dwóch konfiguracji). długość profilu jest dowolna a krok pomiarowy wynosi standardowo 1 m umożliwia uzyskanie dobrej rozdzielczości poziomej.</t>
         </is>
       </c>
-      <c r="F77" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G77" t="inlineStr">
+      <c r="F78" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G78" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H77" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I77" t="inlineStr">
+      <c r="H78" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I78" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J77" t="inlineStr">
+      <c r="J78" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań geoelektrycznych</t>
         </is>
       </c>
-      <c r="K77" t="inlineStr">
+      <c r="K78" t="inlineStr">
         <is>
           <t>Klityński Wojciech</t>
         </is>
       </c>
-      <c r="L77" t="inlineStr">
+      <c r="L78" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/wojciech-klitynski-1416.html</t>
         </is>
       </c>
-      <c r="M77" t="inlineStr">
+      <c r="M78" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N77" t="inlineStr">
+      <c r="N78" t="inlineStr">
         <is>
           <t>Gcm, geofizyka, inżynieria środowiska, konduktometr, metody geoelektryczne, przewodność</t>
         </is>
       </c>
     </row>
-    <row r="78">
-      <c r="A78" t="inlineStr">
+    <row r="79">
+      <c r="A79" t="inlineStr">
         <is>
           <t>Porozymetr rtęciowy autopore</t>
         </is>
       </c>
-      <c r="B78" t="inlineStr">
+      <c r="B79" t="inlineStr">
         <is>
           <t>Autopore iv 9520 micromeritics®</t>
         </is>
       </c>
-      <c r="C78" t="inlineStr">
+      <c r="C79" t="inlineStr">
         <is>
           <t>Porozymetr rtęciowy autopore iv 9520 firmy micromeritics. aparat umożliwia pomiar średnicy, objętości i dystrybucji makroporów i mezoporów w próbkach stałych i proszkowych. 
 badania skał: petrofizyka, geologia naftowa, geotermia, hydrogeologia.
 badania materiałów proszkowych: inżynieria surowców mineralnych, inżynieria materiałowa.</t>
         </is>
       </c>
-      <c r="D78" t="inlineStr">
+      <c r="D79" t="inlineStr">
         <is>
           <t>Pomiary próbek stałych (skał), materiałów proszkowych
 mierzone i wyliczane parametry: powierzchnia właściwa, gęstość objętościowa , gęstość szkieletowa, porowatość, przeciętna średnica porów, przepuszczalność.</t>
         </is>
       </c>
-      <c r="E78" t="inlineStr">
+      <c r="E79" t="inlineStr">
         <is>
           <t>• możliwość pomiaru średnic porów w zakresie od 0,003 do 360 µm
 • kontrolowane ciśnienie może wzrastać z dokładnością do 0,05 psi.
 • bardzo wysoka rozdzielczość danych – poniżej 0,1 µl dla inruzji rtęci i objętości ekstruzji
 • wszechstronne możliwości raportowania, w tym wykresy, raporty tabelaryczne (zapisywane jako pliki .txt, .xls, .rpt).</t>
         </is>
       </c>
-      <c r="F78" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G78" t="inlineStr">
+      <c r="F79" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G79" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych</t>
         </is>
       </c>
-      <c r="H78" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I78" t="inlineStr">
+      <c r="H79" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I79" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J78" t="inlineStr">
+      <c r="J79" t="inlineStr">
         <is>
           <t>Laboratorium porozymetryczne</t>
         </is>
       </c>
-      <c r="K78" t="inlineStr">
+      <c r="K79" t="inlineStr">
         <is>
           <t>Machowski Grzegorz</t>
         </is>
       </c>
-      <c r="L78" t="inlineStr">
+      <c r="L79" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-machowski-6650.html</t>
         </is>
       </c>
-      <c r="M78" t="inlineStr">
+      <c r="M79" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N78" t="inlineStr">
+      <c r="N79" t="inlineStr">
         <is>
           <t>Porowatość, porozymetria rtęciowa, średnica porów</t>
         </is>
       </c>
     </row>
-    <row r="79">
-      <c r="A79" t="inlineStr">
+    <row r="80">
+      <c r="A80" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji atomowej aas</t>
         </is>
       </c>
-      <c r="B79" t="inlineStr">
+      <c r="B80" t="inlineStr">
         <is>
           <t>Spektrometr aas savantaa gbc</t>
         </is>
       </c>
-      <c r="C79" t="inlineStr">
+      <c r="C80" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji atomowej aas do analiz składu chemicznego roztworów - pierwiastki od li do u.
 spektrometr posiada funkcje takie jak programowalna skrzynka gazowa, 8 lamp z automatycznym ustawieniem lamp, optymalizacją długości fali i szerokości szczeliny oraz ustawieniem prądu lampy.</t>
         </is>
       </c>
-      <c r="D79" t="inlineStr">
+      <c r="D80" t="inlineStr">
         <is>
           <t>Wykonywanie analiz zawartości pierwiastków w próbkach wód naturalnych, ściekach oraz roztworach po roztwarzaniu kwasowym lub ekstrakcji ciał stałych.</t>
         </is>
       </c>
-      <c r="E79" t="inlineStr">
+      <c r="E80" t="inlineStr">
         <is>
           <t>Wykrywalność wybranych pierwiastków [ppm]:
 li - 0.02; be - 0.01; b - 5; na - 0.002; mg - 0.003; al - 0.3; k - 0.03; ca - 0.005; sc - 0.4; ti - 0.7; v - 0.5; cr - 0.03; mn - 0.015; fe - 0.05; co - 0.04; ni - 0.09; cu - 0.01; zn - 0.005; ga - 0.6; as - 0.01; se - 0.01; rb - 0,07; sr - 0.02; mo - 0.2; ag - 0.02; cd - 0.004; in - 0.4; sn - 0.3; sb - 0.4; te - 0.2; cs - 0.04; ba - 0.1; pt - 1; au - 0.1; hg - 0.01; tl - 0.2; pb - 0.1; bi - 0.4</t>
         </is>
       </c>
-      <c r="F79" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G79" t="inlineStr">
+      <c r="F80" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G80" t="inlineStr">
         <is>
           <t>Wykonywanie analiz na zlecenie lub na zasadzie współpracy</t>
         </is>
       </c>
-      <c r="H79" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I79" t="inlineStr">
+      <c r="H80" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I80" t="inlineStr">
         <is>
           <t>Katedra mineralogii, petrografii i geochemii</t>
         </is>
       </c>
-      <c r="J79" t="inlineStr">
+      <c r="J80" t="inlineStr">
         <is>
           <t>Laboratorium mineralogii eksperymentalnej</t>
         </is>
       </c>
-      <c r="K79" t="inlineStr">
+      <c r="K80" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L79" t="inlineStr">
+      <c r="L80" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M79" t="inlineStr">
+      <c r="M80" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N79" t="inlineStr">
+      <c r="N80" t="inlineStr">
         <is>
           <t>Analiza chemiczna, roztwory wodne, spektroskopia</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>