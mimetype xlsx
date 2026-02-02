--- v0 (2025-10-28)
+++ v1 (2026-02-02)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:N19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,1065 +493,1381 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>Uniwersalne stanowisko pomiarowe z ultra wydajnym źródłem promieniowania rentgenowskiego</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>System tomografii rentgenowskiej i obrazowania z kontrastem fazowym i dyfrakcyjnym metaljet</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Uniwersalne stanowisko badacze wyposażone jest w lampę rentgenowską wykonaną w technologii metaljet. wytwarza widmo rentgenowskiej o wysokiej intensywności, które zawiera dwie charakterystyczne linie  o energii 9kev oraz 24,2kev. urządzenie wyposażone jest w podwójne wielowarstwowe zwierciadło umożliwiające monochromatycznej mikro wiązki o rozmiarze 80um. układ detektorów składa się 3 detektorów dwuwymiarowych o rozmiarach 230x150mm (rozmiar piksela 74,8um), 79.9x77.2mm (rozmiar piksela 75um, detektor wyposażony w dyskryminator energii), 32.8×32.8 mm (rozmiar piksela 8um) a także dwóch detektorów dyspersji energii typu krzemowy detektor dryftowy o rozmiarze okna  25mm^2 oraz 50mm^2. stanowisko wyposażone jest w dwa goniometry: eulera oraz kappa. posiada także maszynę wytrzymałościową o maksymalnej sile 5kn umożliwiająca wykonywanie testów in situ podczas ściskania, rozciągania oraz 2 i 3 punktowego zginania.
+ </t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wysokorozdzielcze badania struktury 3d materiałów z wykorzystaniem tomografii absorpcyjnej oraz fazowej,
+obrazowanie przestrzenne mikrostruktury krystalograficznej materiałów polikrystalicznych,
+pomiar naprężeń resztkowych oraz ich zmienności w warstwach wierzchnich,
+mapowanie rozkładu przestrzennego pierwiastków,
+badanie symetrii i struktury wewnętrznej monokryształów, polikryształów i kwazikryształów</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Tomografia komputerowa absorpcyjna z możliwością zmiany widma promieniowania przy pomocy filtrów wiązki pierwotnej oraz dyskryminatorów energii detektora 2d,
+tomografia fazowa z możliwością wykorzystania dużego dystansu (do 4m między próbką a detektorem),
+tomografia z kontrastem dyfrakcyjnym
+możliwość wykonywania testów mechanicznych,
+badania dyfrakcyjne w transmisji oraz refleksji,</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>- za zgodą osoby odpowiedzialnej za aparaturę.
+- współpraca badawcza z jednostkami agh oraz innymi krajowymi i zagranicznymi jednostkami naukowymi.
+- współpraca w ramach projektów krajowych, zagranicznych oraz w ramach umów z przemysłem.</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Katedra fizyki materii skondensowanej</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Mikrostruktura i mechanika materiałów</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Wroński Sebastian</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/sebastian-wronski-6750.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Dyfrakcja, obrazowanie 3d, tomografia</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>Spektrometr ramana</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Qepro-raman-532plus-50</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>Spektrometr ramana, zakres spektralny detektora 535-700 nm, zakres pomiarów przesunięcia ramanowskiego 150-4420 cm-1
+rozdzielczość optyczna spektrometru (przy szczelinie wejściowej 50 µm) &lt;24 cm-1</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>Badania ramanowskie ciał stałych i cieczy.</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>Pomiary widm w zakresie przesunięcia ramanowskiego 150-4420 cm-1 z rozdzielczością &lt;24 cm-1</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>Badania wspólne</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>Wydział fizyki i informatyki stosowanej</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>Zespół materiałow magnetycznych litych i nanomateriałów</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>Kapusta Czesław</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/czeslaw-kapusta-1324.html</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>Spektroskopia ramana</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>Urządzenie do elektroprzędzenia</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Startup lab device v2.1. (doxa microfluidics)</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>Urządzenie do elektroprzędzenia wyposażone jest w moduł klimatyczny zintegrowany z panelem kontrolnym, umożliwiający kontrolę temperatury w zakresie od temperatury pokojowej do 45°c i wilgotności w zakresie 10%-60%. urządzenie posiada dwa zasilacze wysokiego napięcia – jeden o dodatniej (+30kv) i jeden o ujemnej (-30kv) polaryzacji. wyposażone jest w system infuzji cieczy oparty na trzech pompach strzykawkowych, posiada dwa kolektory: płaski oraz obrotowy. ponadto urządzenie ma kamerę umożliwiającą wizualizację stożka taylora wraz z portem usb pozwalającym na podłączenie urządzenia do dowolnego komputera.</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>Urządzenie umożliwia projektowanie i wytwarzanie nanowłókien oraz struktur typu core-shell z wykorzystaniem technologii elektroprzędzenia i elektrorozpylania z pełną kontrolą procesu. możliwe jest uzyskanie takich struktur jak nanowłókna, maty włókniste, membrany czy nanocząstki do różnych zastosowań, np. opracowania materiałów kompozytowych, filtrów, sorbentów, nośników leków i rusztowań do hodowli komórkowych.</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>Jest to urządzenie do preparatyki nanowłókien, nie służy ono do wykonywania pomiarów</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Wykorzystanie aparatury będzie nieodpłatne w ramach projektów/grantów realizowanych wspólnie z wydziałem fizyki i informatyki stosowanej przez inne jednostki organizacyjne agh i/lub przez podmioty zewnętrzne. w pozostałych przypadkach udostępnianie aparatury będzie odpłatne.</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>Katedra fizyki ciała stałego</t>
+        </is>
+      </c>
+      <c r="J4" t="inlineStr">
+        <is>
+          <t>Zespół materiałow magnetycznych litych i nanomateriałów</t>
+        </is>
+      </c>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>Gilarska Adriana</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/adriana-gilarska-10317.html</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>Elektroprzędzenie, nanocząstki, nanowłókna, polimery</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>Polerka jonowa i napylarka</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Urządzenie do automatycznego polerowania jonowego powierzchni próbki wyposażone w stolik cryo i system do napylania warstw</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>Kluczowym czynnikiem, który decyduje o jakości otrzymanych obrazów w technice mikroskopii elektronowej sem jest odpowiednie przygotowanie próbek. na ogół przygotowuje się zgłady poprzez szlifowanie, polerowania oraz trawienie. szczególnie wymagającą jest technika wstecznego rozpraszania elektronów (ebsd). w przypadku wielu materiałów, aby uzyskać odpowiednią jakość linii dyfrakcyjnych, konieczne jest polerowanie jonowe. do uzyskania obrazów najwyższej jakości, np. bardzo małych obszarów struktur bliźniaczych, konieczne jest posiadanie specjalistycznej polerki jonowej, bowiem klasyczne trawienie elektrolityczne nie umożliwia uzyskania odpowiedniej jakości powierzchni próbek.</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>Polerka z systemem do napylania znajduje zastosowanie do przygotowania próbek do mikroskopii elektronowej sem, mikroskopii sił atomowych afm, spektroskopii eds, katodoluminescencji (cl) oraz badań dyfrakcyjnych. techniki te są wykorzystywane w badaniach prowadzonych przez pracowników wydział fizyki i informatyki stosowanej. wydział dysponuje obecnie dwoma mikroskopami elektronowymi i zakupiona polerka znacznie zwiększy ich możliwości badawcze.</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>Przyrząd umożliwia badanie własności mikrostrukturalnych materiałów, np. metali o strukturze heksagonalnej do zastosowań biomedycznych. wyznaczać można rozmiary ziaren, parametry  bliźniaków mechanicznych, parametry granic ziaren i ich wpływ na własności materiału. przy użyciu polerki przygotowuje się próbki do ilościowych badań metodami dyfrakcyjnymi (promieniowanie rentgenowskie, neutronowe czy też technika wstecznego rozpraszania elektronów ebsd).</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
+        <is>
+          <t>Warunkiem korzystania z polerki jest współpraca naukowa, której efektem jest na przykład:
+- wspólne opublikowanie otrzymanych wyników,
+- popularyzacja wyników w wystąpieniu konferencyjnym, 
+- nawiązanie współpracy, której wynikiem jest złożenie wniosku o grant.</t>
+        </is>
+      </c>
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I5" t="inlineStr">
+        <is>
+          <t>Katedra fizyki materii skondensowanej</t>
+        </is>
+      </c>
+      <c r="J5" t="inlineStr">
+        <is>
+          <t>Mikrostruktura i mechanika materiałów</t>
+        </is>
+      </c>
+      <c r="K5" t="inlineStr">
+        <is>
+          <t>Wroński Sebastian</t>
+        </is>
+      </c>
+      <c r="L5" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/sebastian-wronski-6750.html</t>
+        </is>
+      </c>
+      <c r="M5" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N5" t="inlineStr">
+        <is>
+          <t>Dyfrakcja, mikrostruktura, polerka jonowa, przygotowanie powierzchni</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>Skaningowy mikroskop elektronowy jeol jsm-6490la</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Skaningowy mikroskop elektronowy jeol jsm-6490la</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>Skaningowy mikroskop elektronowy jeol jsm-6490la wyposażony w kolumnę mikroskopową z wysokoemisyjną katodą lab6 oraz linią pompującą zawierającą pompę jonową. mikroskop posiada detektor elektorów wtórnych (se: secondary electrons), elektronów wstecznie rozproszonych (bse: back scattered electrons) oraz przystawkę ebsd (electron back scattered diffraction) umożliwiającą analizę orientacji krystalograficznej. możliwość prowadzenia obserwacji w warunkach wysokiej (hv) i niskiej (lv) próżni. rozdzielczość nominalna (według producenta) 3 nm w trybie obrazowania se (przy 30 kv, wd 8 mm). mikroskop pozwala również na zainstalowanie maszyny wytrzymałościowej i jej pochylenie pod kątem 70 stopni do osi wiązki (do techniki ebsd).</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	wysokorozdzielcze badania struktury materiałów krystalicznych.
+	wysokorozdzielcze obrazowanie materiałów mineralnych, syntetycznych i biologicznych.
+	mapowanie rozkładu orientacji krystalograficznych.
+	badanie wytrzymałości mechanicznej oraz pomiary „in situ” odkształceń sieci krystalicznej.
+</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Rejestracja obrazów:
+	elektrony wtórne: kontrast topograficzny.
+	elektrony wstecznie rozproszone: kontrast różnicy z i orientacyjny.
+	dyfrakcja kikuchiego.
+specyfikacja:
+	rozdzielczość (wg producenta): 3 nm (przy 30 kv, wd 8 mm, se, tryb hv).
+	powiększenie: 5x - 300 000x.
+	regulacja ciśnienia: 10 - 270 pa (tryb lv).
+	detektor ebsd nordlys (oxford instruments).
+</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
+        <is>
+          <t>– za zgodą osoby odpowiedzialnej za aparaturę.
+– współpraca badawcza z jednostkami agh oraz innymi krajowymi i zagranicznymi jednostkami naukowymi.
+– współpraca w ramach projektów krajowych, zagranicznych oraz w ramach umów z przemysłem.</t>
+        </is>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>Katedra fizyki materii skondensowanej</t>
+        </is>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t>Mikrostruktura i mechanika materiałów</t>
+        </is>
+      </c>
+      <c r="K6" t="inlineStr">
+        <is>
+          <t>Wroński Sebastian</t>
+        </is>
+      </c>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/sebastian-wronski-6750.html</t>
+        </is>
+      </c>
+      <c r="M6" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N6" t="inlineStr">
+        <is>
+          <t>Mikroskop elektronowy, sem, sem-bse, sem-ebsd, sem-se</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
           <t>Mineralizator mikrofalowy</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B7" t="inlineStr">
         <is>
           <t>Speedwave xpert – wielostanowiskowy mineralizator mikrofalowy z kontrolą ciśnienia i temperatury</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C7" t="inlineStr">
         <is>
           <t>Urządzenie speedwave xpert to wielostanowiskowy mineralizator mikrofalowy z kontrolą ciśnienia i temperatury, zaprojektowany do bezpiecznego i wydajnego roztwarzania próbek. wyposażony jest w magnetrony o łącznej mocy 2000 w z niepulsacyjną emisję mikrofal, co umożliwia płynne dopasowanie energii i precyzyjną kontrolę dostarczanej mocy. bezkontaktowa kontrola temperatury we wszystkich naczyniach pozwala na odczyt i prezentację graficzną oraz liczbową temperatury indywidualnie dla każdego naczynia. dodatkowy czujnik mierzy temperaturę zewnętrznych ścian naczyń, chroniąc je przed przegrzaniem.
 urządzenie posiada sterownik z ekranem dotykowym i oprogramowaniem w języku polskim, który umożliwia kontrolę pracy aparatu, tworzenie biblioteki procedur oraz pełną dokumentację procesów. komora mineralizatora wykonana jest ze stali nierdzewnej pokrytej pfa, a modułowa konstrukcja rotora pozwala na łatwe wstawianie i wyjmowanie pojedynczych naczyń. każde naczynie podłączone jest do bezpiecznego systemu odprowadzającego opary bezpośrednio do wyciągu. komora wyposażona jest również w system przedmuchu powietrzem do chłodzenia naczyń oraz wielostopniowy system zabezpieczeń, w tym elektroniczną kontrolę drzwi i temperatury.
 mineralizator speedwave xpert obsługuje rotor 32-stanowiskowy ts-85x (naczynia o objętości 85 ml, ciśnienie max 22 bary, temperatura max 230°c, safevent) oraz 12-stanowiskowy dap-100x (naczynia 100 ml, ciśnienie max 40 barów, pełna kontrola i pomiar ciśnienia w każdym naczyniu). zasilanie urządzenia: 230 v, 50 hz.</t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D7" t="inlineStr">
         <is>
           <t>Mineralizator speedwave xpert jest przeznaczony do rozkładu różnego typu próbek w podwyższonej temperaturze i ciśnieniu dla potrzeb ich analizy pierwiastkowej metodami icp-oes, icp-ms, aas czy txrf. system jest wysokoprzepustowy i umożliwia mineralizację do 32 próbek jednocześnie. każde naczynie teflonowe posiada indywidualny system monitorowania ciśnienia i temperatury, zapewniając bezpieczeństwo oraz powtarzalność wyników.</t>
         </is>
       </c>
-      <c r="E2" t="inlineStr"/>
-      <c r="F2" t="inlineStr">
+      <c r="E7" t="inlineStr"/>
+      <c r="F7" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G2" t="inlineStr">
+      <c r="G7" t="inlineStr">
         <is>
           <t>Mineralizator mikrofalowy stanowi urządzenie specjalistyczne, które może być wykorzystywane wyłącznie przez osoby po specjalistycznym przeszkoleniu. jego użytkowanie przez pracowników i doktorantów agh może być nieodpłatne i odbywać się na zasadzie współpracy naukowej (wspólna publikacja wyników lub nawiązanie współpracy skutkującej złożeniem wniosku o grant). udostępnianie aparatury podmiotom trzecim będzie odpłatne. koszt ustalany będzie indywidualnie z opiekunem aparatury.</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
+      <c r="H7" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I7" t="inlineStr">
         <is>
           <t>Katedra fizyki medycznej i biofizyki</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
+      <c r="J7" t="inlineStr">
         <is>
           <t>Zespół biospektroskopii atomowej i molekularnej</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr">
+      <c r="K7" t="inlineStr">
         <is>
           <t>Chwiej Joanna</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L7" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/joanna-chwiej-6574.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M7" t="inlineStr">
         <is>
           <t>(pob 8) przekraczanie granic: eksperymentalna fizyka wysokich energii ekstremalne stany materii, zaawansowane technologie w detekcji promieniowania, badania i zastosowania transdyscyplinarne</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N7" t="inlineStr">
         <is>
           <t>Analiza pierwiastkowa, mineralizacja mikrofalowa, rozkład próbek</t>
         </is>
       </c>
     </row>
-    <row r="3">
-      <c r="A3" t="inlineStr">
+    <row r="8">
+      <c r="A8" t="inlineStr">
         <is>
           <t>Nabiurkowy dyfraktometr rentgenowski</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B8" t="inlineStr">
         <is>
           <t>Nabiurkowy dyfraktometr rentgenowski bruker phaser d6</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C8" t="inlineStr">
         <is>
           <t>Klasyczny rentgenowski dyfraktometr proszkowy z możliwością pomiaru próbek w temperaturze pokojowej w geometrii odbiciowej bragga-brentano.</t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D8" t="inlineStr">
         <is>
           <t>Pomiary dyfrakcyjne w zakresie 5-145 stopni kąta odbitego dla lampy o anodzie miedzianej.
 - analiza strukturalna (symetria i parametry komórki elementarnej)
 - analiza fazowa 
 - badania naprężeń
 - badania rozmiarów krystalitów</t>
         </is>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E8" t="inlineStr">
         <is>
           <t>Pomiar dyfrakcyjny w temperaturze pokojowej w geometrii odbiciowej dla próbek proszkowych bądź litych.</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F8" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G3" t="inlineStr">
+      <c r="G8" t="inlineStr">
         <is>
           <t>Aparatura może być wykorzystana do zleceń dydaktycznych.</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
+      <c r="H8" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I8" t="inlineStr">
         <is>
           <t>Katedra fizyki ciała stałego</t>
         </is>
       </c>
-      <c r="J3" t="inlineStr"/>
-      <c r="K3" t="inlineStr">
+      <c r="J8" t="inlineStr"/>
+      <c r="K8" t="inlineStr">
         <is>
           <t>Gondek Łukasz</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="L8" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-gondek-6202.html</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="M8" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="N8" t="inlineStr">
         <is>
           <t>Dyfrakcja rentgenowska</t>
         </is>
       </c>
     </row>
-    <row r="4">
-      <c r="A4" t="inlineStr">
+    <row r="9">
+      <c r="A9" t="inlineStr">
         <is>
           <t>Zestaw modułowych spektrometrów optycznych (ocean insight)</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B9" t="inlineStr">
         <is>
           <t>Spektrometry optyczne (ocean insight)</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C9" t="inlineStr">
         <is>
           <t>Zestaw obejmuje kilka kompaktowych światłowodowych spektrometrów optycznych, które można konfigurować pod kątem prowadzonych pomiarów. w skład zestawu wchodzą spektrometry : qe-raman, flame-vis-nir, flame-nir, ocean-hdx-xr, flame-s-vis-nir, nir-quest wraz z niezbędnym wyposażeniem dodatkowym: oprogramowaniem do sterowania spektrometrami, sondami pomiarowymi, źródłami światła, sferami integracyjnymi, wzorcami bieli, kompletem światłowodów itd.. zestaw umożliwia pomiary widm absorpcyjnych i odbiciowych (w konfiguracji 45◦ i z użyciem sfer integracyjnych) w zakresie uv-vis-nir (do 2400nm), także widm fluorescencyjnych i bioluminescencji oraz widm ramanowskich (próbek stałych i ciekłych, wzbudzenie 785 nm). zastosowanie systemu w zależności od potrzeb badawczych obejmuje praktycznie wszystkie podstawowe pomiary w zakresie klasycznej spektroskopii optycznej  a także pomiary związane z zastosowaniami biomedycznymi (pomiary na żywych organizmach).
 dodatkowe informacje o możliwościach pomiarowych każdego z wymienionych powyżej spektrometrów można znaleźć na stronie internetowej producenta https://www.oceaninsight.com/</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D9" t="inlineStr">
         <is>
           <t>Pomiary absorpcyjne i odbiciowe (uv-vis-nir), fluorescencji, luminescencji i widm ramanowskich próbek stałych, ciekłych, możliwe pomiary na organizmach żywych np. optyczna charakterystyka tkanek. jednocześnie może być uruchomione kilka procedur pomiarowych, zestaw można elastycznie konfigurować w zależności od potrzeb badawczych i rodzaju badanych próbek.</t>
         </is>
       </c>
-      <c r="E4" t="inlineStr">
+      <c r="E9" t="inlineStr">
         <is>
           <t>Badanie własności optycznych wszelkiego rodzaju próbek stałych i ciekłych (kuwety 1cm), rejestracja widm  także w środowiskach optycznie nieprzezroczystych (zakres uv-vis), dodatkowo pomiary odbiciowe tkanek.</t>
         </is>
       </c>
-      <c r="F4" t="inlineStr">
+      <c r="F9" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G4" t="inlineStr">
+      <c r="G9" t="inlineStr">
         <is>
           <t>Zestaw spektrometrów  będzie służył nieodpłatnie, w ramach współpracy, do badań zainteresowanym grupom badawczym z agh jak i spoza agh. zestaw składa się z kilku spektrometrów, prowadzenie pomiaru wymaga specjalistycznego przeszkolenia. zestaw konfiguruje się indywidualnie w zależności od konkretnych potrzeb pomiarowych. osoby uczestniczące w pomiarach będą członkami zespołu badawczego publikującego wyniki wspólnych prac naukowych. terminy pomiarowe muszą być uzgodnione z wyprzedzeniem.</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
+      <c r="H9" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I4" t="inlineStr">
+      <c r="I9" t="inlineStr">
         <is>
           <t>Katedra fizyki medycznej i biofizyki</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr"/>
-      <c r="K4" t="inlineStr">
+      <c r="J9" t="inlineStr"/>
+      <c r="K9" t="inlineStr">
         <is>
           <t>Matuszak Zenon</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L9" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/zenon-matuszak-4851.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M9" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 8) przekraczanie granic: eksperymentalna fizyka wysokich energii ekstremalne stany materii, zaawansowane technologie w detekcji promieniowania, badania i zastosowania transdyscyplinarne</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N9" t="inlineStr">
         <is>
           <t>Absorpcja, biooptyka, fluorescencja, luminescencja, odbicie, raman, spektrometria optyczna</t>
         </is>
       </c>
     </row>
-    <row r="5">
-      <c r="A5" t="inlineStr">
+    <row r="10">
+      <c r="A10" t="inlineStr">
         <is>
           <t>Czytnik do pomiarów widm termoluminescencji (tl) i optycznie stymulowanej luminescencji (osl)</t>
         </is>
       </c>
-      <c r="B5" t="inlineStr">
+      <c r="B10" t="inlineStr">
         <is>
           <t>Czytnik tl/osl lexsygresearch</t>
         </is>
       </c>
-      <c r="C5" t="inlineStr">
+      <c r="C10" t="inlineStr">
         <is>
           <t>Czytnik tl/osl umożliwia badania podstawowe i interdyscyplinarne w zakresie oceny właściwości materiałów pod kątem ich zastosowania w dozymetrii, ochronie radiologicznej, dozymetrii retrospektywnej i awaryjnej. zastosowanie datowania opartego na luminescencji pozwala na zastosowanie w geologii i archeologii. umożliwia m.in. analizę właściwości materiałów pod kątem zastosowań w dozymetrii retrospektywnej i określenie ich potencjalnej przydatności w dozymetrii rutynowej, badania nad nowymi rozwiązaniami detekcyjnymi, które mogą znaleźć zastosowanie w zaawansowanej radioterapii typu flash, kontroli napromieniania żywności, ocenie właściwości materiałów luminescencyjnych czy badanie autentyczności obiektów.</t>
         </is>
       </c>
-      <c r="D5" t="inlineStr">
+      <c r="D10" t="inlineStr">
         <is>
           <t>Czytnik tl/osl umożliwia rejestrację widm luminescencji stymulowanej termicznie i optycznie badanych materiałów, co pozwala na wyznaczenie zaabsorbowanej dawki promieniowania. badane próbki moga być w formie proszku lub pastylek (maksymalna średnica 10 mm i maksymalna grubość 1 mm).</t>
         </is>
       </c>
-      <c r="E5" t="inlineStr">
+      <c r="E10" t="inlineStr">
         <is>
           <t>Materiały mogą być ogrzewane do 710°c, z szybkością grzania w zakresie 0,1-20°c/s. stymulacja led w zakresie światła niebieskiego, zielonego i podczerwieni  o wysokiej jednorodności.  czułość fotopowielacza w zakresie 160 – 630 nm. możliwość dobrania odpowiedniej filtracji w zależności od materiału i wcześniejszej ekspozycji na promieniowanie jonizujące. elastyczne definiowanie czasu trwania stymulacji, ogrzewania i detekcji. możliwość eksportu danych.</t>
         </is>
       </c>
-      <c r="F5" t="inlineStr">
+      <c r="F10" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G5" t="inlineStr">
+      <c r="G10" t="inlineStr">
         <is>
           <t>Możliwość wykonania pomiarów na zasadzie współpracy naukowej (np. wspólna publikacja uzyskanych wyników lub nawiązanie współpracy skutkującej złożeniem wniosku o grant) oraz zleceń komercyjnych po wcześniejszym uzgodnieniu zakresu badań, terminu i formy współpracy z opiekunem aparatury.</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr">
+      <c r="H10" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I5" t="inlineStr">
+      <c r="I10" t="inlineStr">
         <is>
           <t>Katedra fizyki medycznej i biofizyki</t>
         </is>
       </c>
-      <c r="J5" t="inlineStr">
+      <c r="J10" t="inlineStr">
         <is>
           <t>Laboratorium dozymetrii środowiskowej i indywidualnej</t>
         </is>
       </c>
-      <c r="K5" t="inlineStr">
+      <c r="K10" t="inlineStr">
         <is>
           <t>Jung Aleksandra</t>
         </is>
       </c>
-      <c r="L5" t="inlineStr">
+      <c r="L10" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-jung-5539.html</t>
         </is>
       </c>
-      <c r="M5" t="inlineStr">
+      <c r="M10" t="inlineStr">
         <is>
           <t>(pob 8) przekraczanie granic: eksperymentalna fizyka wysokich energii ekstremalne stany materii, zaawansowane technologie w detekcji promieniowania, badania i zastosowania transdyscyplinarne</t>
         </is>
       </c>
-      <c r="N5" t="inlineStr">
+      <c r="N10" t="inlineStr">
         <is>
           <t>Dozymetria, luminescencja, termoluminescencja</t>
         </is>
       </c>
     </row>
-    <row r="6">
-[...75 lines deleted...]
-      <c r="A7" t="inlineStr">
+    <row r="11">
+      <c r="A11" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji przejściowej</t>
         </is>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B11" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji przejściowej z czasowo rozdzielczymi modułami detekcji nanosekundowymi w zakresie uv-vis-ir</t>
         </is>
       </c>
-      <c r="C7" t="inlineStr">
+      <c r="C11" t="inlineStr">
         <is>
           <t xml:space="preserve">Zintegrowany spektrometr umożliwiający pomiary absorpcji przejściowej stanów elektronowych metodą nanosekundowej laserowej fotolizy błyskowej w zakresie uv-vis-ir.
 źródło światła wzbudzającego
 1. przestrajalny optyczny parametryczny oscylator pompowany nanosekundowym źródłem nd:yag
 2. częstotliwość impulsów 10hz; długość impulsu nie większa niż 5 ns.
 3. energia wiązki przy długości fali 260 nm nie mniejsza niż 6.5 mj, 340 nm,nie mniejsza niż 10 mj, 450 nm nie mniejsza niż 60 mj.
 4. rozdzielczość przestrajania  1 cm-1 w zakresie 410-2600 nm oraz 2 cm-1 poniżej 410 nm.
 5 spektralna szerokość linii dla zakresu 410 – 2600 nm: nie większa niż 5 cm-1.
 6 rozbieżność wiązki &lt; 2 mrad (@ 450 nm). 7.sterowanie z poziomu wyświetlacza zewnętrznego lub komputera.
 monochromator
 1. monochromator typu czerny-turner o długości ogniskowej co najmniej 325 mm umieszczony w torze emisji.
 2. karuzela siatek dyfrakcyjnych na zakres uv-vis i nir; rozdzielczość widmowa 0.1 nm dla zakresu uv-vis.
 3. szczeliny automatycznie ustawiane
 4. dyspersja spektralna 1.66 nm/mm dla pomiarów kinetycznych przy jednej długości fali z zakresu 230-980 nm.
 5. prędkość skanowania 200 nm/s.
 układ detekcji
 a) fotopowielacz chłodzony termoelektrycznie z kontrolą poziomu wzmocnienia. zakres co najmniej od 230 do 980 nm. czas odpowiedzi fotopowielacza nie dłuższy niż 5 ns.
 b) detektor ingaas chłodzony termoelektrycznie. zakres od 900 do 2050 nm. czas odpowiedzi fotopowielacza nie dłuższy niż 100 ns.
 optycznie izolowana komora pomiarowa próbek z pokrywą; dwa niezależne gniazda do umieszczenia przystawek pomiarowych; automatyczna przesłona wiązki lasera.
 .
  </t>
         </is>
       </c>
-      <c r="D7" t="inlineStr">
+      <c r="D11" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji przejściowej w zakresie uv-vis-ir pozwala na pomiary czasowo?rozdzielczej spektroskopii absorpcyjnej i odbiciowej, poprzez nano- i mikrosekundową fluorescencję,  fluorescencję upkonwersji po chemiluminescencję. metoda ta  daje wgląd do szybkich ruchów kolektywnych matryc czy izolowanych układów na ich aktywność zarówno w przypadku naturalnych czy bionicznych układów modelowych w funkcji zmienności warunków środowiskowych.</t>
         </is>
       </c>
-      <c r="E7" t="inlineStr">
+      <c r="E11" t="inlineStr">
         <is>
           <t xml:space="preserve">Pomiary absorpcji przejściowej w zakresie długości fali od 210 nm do 2600 nm mają zastosowanie do próbek ciekłych, gazowych i stałych. proszki i nieprzezroczyste próbki objętościowe są badane w układzie odbicia rozproszonego.dostępne są dedykowane uchwyty na próbki.
  </t>
         </is>
       </c>
-      <c r="F7" t="inlineStr">
+      <c r="F11" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G7" t="inlineStr">
+      <c r="G11" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji przejściowej będzie służył nieodpłatnie, w ramach współpracy, do badań wszystkim zainteresowanym grupom badawczym (pracownikom i doktorantom) z agh jak i spoza agh.</t>
         </is>
       </c>
-      <c r="H7" t="inlineStr">
+      <c r="H11" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I7" t="inlineStr">
+      <c r="I11" t="inlineStr">
         <is>
           <t>Wydział fizyki i informatyki stosowanej</t>
         </is>
       </c>
-      <c r="J7" t="inlineStr">
+      <c r="J11" t="inlineStr">
         <is>
           <t>Zespół biofizyki molekularnej i bioenergetyki</t>
         </is>
       </c>
-      <c r="K7" t="inlineStr">
+      <c r="K11" t="inlineStr">
         <is>
           <t>Burda Kvetoslava</t>
         </is>
       </c>
-      <c r="L7" t="inlineStr">
+      <c r="L11" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/kvetoslava-burda-6320.html</t>
         </is>
       </c>
-      <c r="M7" t="inlineStr">
+      <c r="M11" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
         </is>
       </c>
-      <c r="N7" t="inlineStr">
+      <c r="N11" t="inlineStr">
         <is>
           <t>Absorpcja przejściowa, bioenergetyka, kinetyka</t>
-        </is>
-[...288 lines deleted...]
-          <t>Ch4, co2, gazy cieplarniane, h2o</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>Chłodziarka helowa do pomiarów moessbauerowskich w temperaturach 4 – 500 k</t>
+          <t>Wektorowy analizator sieci</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Chłodziarka helowa do badań moessbauerowskich</t>
+          <t>Wektorowy analizator sieci keysight e5080b</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>Chłodziarka helowa, pracująca w cyklu gifforda-macmahona, umożliwia pomiary metodą spektroskopii moessbauera dla próbek proszkowych i cienkowarstwowych materiałów zawierających pierwiastki moessbauerowskie (fe, sn, eu ...) przy temperaturach od 4 k do 500 k.</t>
+          <t>Wektorowy analizator sieci (vna) e5080b ena umożliwia pełną charakterystykę komponentów pasywnych, wzmacniaczy, mikserów czy też konwerterów częstotliwości. pozwala wykonywać pomiary transmisyjne (współczynnik transmisji, wzmocnienie), odbiciowe (współczynnik odbicia, straty odbiciowe), pomiary impedancji, a także pomiary współczynników macierzy rozproszenia s (s11, s12, s21, s22).</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>Lokalne właściwości magnetyczne i elektronowe materiałów - fizyka, chemia, inżynieria materiałowa, biomedycyna</t>
+          <t>Pomiary współczynnika transmisji, wzmocnienia, współczynnika odbicia, straty odbiciowe, pomiary impedancji.  pomiary współczynników macierzy rozproszenia s (s11, s12, s21, s22).</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Parametry nadsubtelne (pole magnetyczne, przesunięcie izomeryczne i rozszczepienie kwadrupowe) dla temperatur 4 k - 500 k</t>
+          <t>Urządzenie jest wersją 4-portową (wyposażoną w przystawkę kalibracyjną n4433d) i pozwala na przeprowadzenie pomiarów w zakresie częstotliwości od 100 khz do 26,5 ghz.</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>Będzie udostępniana do prowadzenia badań, dla wspólnych publikacji i we wspólnych projektach, pracownikom i doktorantom z innych zespołów/katedr agh oraz z innych instytucji, które wyraziły/wyrażą pisemnie swoje zainteresowanie takimi możliwościami pomiarowymi.</t>
+          <t>Dla pracowników i doktorantów agh na zasadach zgodnych z aktualnym regulaminem korzystania z infrastruktury badawczej w agh</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I12" t="inlineStr">
         <is>
-          <t>Katedra fizyki ciała stałego</t>
+          <t>Katedra oddziaływań i detekcji cząstek</t>
         </is>
       </c>
       <c r="J12" t="inlineStr">
         <is>
-          <t>Zespół materiałów magnetycznych litych i nanomateriałów</t>
+          <t>Zespół elektroniki jądrowej i detekcji promieniowania / laboratorium mikroelektroniki</t>
         </is>
       </c>
       <c r="K12" t="inlineStr">
         <is>
-          <t>Kapusta Czesław</t>
+          <t>Fiutowski Tomasz</t>
         </is>
       </c>
       <c r="L12" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/czeslaw-kapusta-1324.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/tomasz-fiutowski-6451.html</t>
         </is>
       </c>
       <c r="M12" t="inlineStr">
         <is>
-          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+          <t>(pob 8) przekraczanie granic: eksperymentalna fizyka wysokich energii ekstremalne stany materii, zaawansowane technologie w detekcji promieniowania, badania i zastosowania transdyscyplinarne</t>
         </is>
       </c>
       <c r="N12" t="inlineStr">
         <is>
-          <t>Spektroskopia moessbauera</t>
+          <t>Macierz rozproszenia s, pomiary impedancji, współczynnik odbicia, współczynnik transmisji, wzmocnienie</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>Konfokalny mikroskop ramana</t>
+          <t>Automatyczny bonder i szybki oscyloskop z analizą sygnałów cyfrowych</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Konfokalny mikroskop ramana alpha300 r witec</t>
+          <t>Doposażenie laboratorium mikroelektroniki i sensorów promieniowania</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>Konfokalny mikroskop ramana alpha300 r wyposażony jest w źródło laserowe o długości fali 532 nm i mocy maksymalnej 30 mw. optyka mikroskopu obejmuje cztery obiektywy o powiększeniach: 100x, 50x, 10x oraz 63x, przy czym ostatni, immersyjny, pozwala na wykonywanie pomiarów w cieczy i tym samym poprawę sygnału wynikającą z większej możliwej do wykorzystania mocy lasera. układ zawiera detektor ccd i umożliwia rejestrację widm ramana dla zakresu liczby falowej 90-4000 cm-1 z rozdzielczością przestrzenną &lt;1 mum2.</t>
+          <t xml:space="preserve">W katedrze oddziaływań i detekcji cząstek (koidc) wydziału fizyki i informatyki stosowanej (wfiis) akademii górniczo-hutniczej (agh) od prawie 20 lat projektuje i buduje systemy detekcji dla eksperymentów fizyki cząstek elementarnych. program badawczy koidc obejmuje zarówno projektowanie specjalizowanych wielokanałowych układów scalonych asic (application spesific integrated circuit) do przetwarzania sygnałów z detektorów, jak i budowę całych systemów detekcyjnych opartych na detektorach półprzewodnikowych lub gazowych. automatyczny bonder i szybki oscyloskop z analizą sygnałów cyfrowych są instrumentami krytycznymi i niezbędnymi dla naszej grupy do utrzymania wiodącej pozycji w prowadzonych badaniach i pozwolą na podniesienie poziomu prowadzonych obecnie badań naukowych, w ramach różnych projektów międzynarodowych oraz współpraca.  </t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>Typowe zastosowania układu obejmują dwu- i trójwymiarowe obrazowanie rozkładów biomolekuł oraz ich zmian strukturalnych w pojedynczych komórkach i fragmentach tkanki, identyfikację mikroplastików, analizę pyłów powietrza i innych próbek środowiskowych.</t>
-[...2 lines deleted...]
-      <c r="E13" t="inlineStr"/>
+          <t>Automatyczny bonder to uniwersalne urządzenie do automatycznego i półautomatycznego wykonywania połączeń mikroprzewodowych z możliwością szybkiej wymiany odpowiednich głowic.
+szybki oscyloskop umożliwia wykonywanie pomiarów na 2/4 kanałach sygnałów czasowych z częstotliwościa próbkowania 80gsps/40gsps, z pasmem przenoszenia do 13ghz. w każym kanale pamiętane jest 100mpts próbek. rozdzielczość czasowa urządzenia jest nie gorsza niż 1ps.</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>Automatyczny bonder to uniwersalne urządzenie do automatycznego i półautomatycznego wykonywania połączeń mikroprzewodowych z możliwością szybkiej wymiany odpowiednich głowic.
+szybki oscyloskop umożliwia wykonywanie pomiarów na 2/4 kanałach sygnałów czasowych z częstotliwościa próbkowania 80gsps/40gsps, z pasmem przenoszenia do 13ghz. w każym kanale pamiętane jest 100mpts próbek. rozdzielczość czasowa urządzenia jest nie gorsza niż 1ps.</t>
+        </is>
+      </c>
       <c r="F13" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t>Zgodnie z aktualnym regulaminem korzystania z infrastruktury badawczej w agh. mikroskop alpha300 r stanowi urządzenie specjalistyczne, które może być wykorzystywane wyłącznie przez, wymienione z nazwiska w karcie pracy infrastruktury badawczej osoby, po specjalistycznym przeszkoleniu. będą one pełnoprawnymi członkami zespołu badawczego publikującego wyniki wspólnych prac naukowych. udostępnianie aparatury podmiotom trzecim może być odpłatne, a koszt ustalany każdorazowo indywidualnie.</t>
+          <t>Dla pracowników i doktorantów agh na zasadach zgodnych z regulaminem korzystania z infrastruktury badawczej agh</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I13" t="inlineStr">
         <is>
-          <t>Katedra fizyki medycznej i biofizyki</t>
+          <t>Katedra oddziaływań i detekcji cząstek</t>
         </is>
       </c>
       <c r="J13" t="inlineStr">
         <is>
-          <t>Zespół biospektroskopii atomowej i molekularnej</t>
+          <t>Katedra oddziaływań i detekcji cząstek</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
-          <t>Chwiej Joanna</t>
+          <t>Idzik Marek</t>
         </is>
       </c>
       <c r="L13" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/joanna-chwiej-6574.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/marek-idzik-4197.html</t>
         </is>
       </c>
       <c r="M13" t="inlineStr">
         <is>
-          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+          <t>(pob 8) przekraczanie granic: eksperymentalna fizyka wysokich energii ekstremalne stany materii, zaawansowane technologie w detekcji promieniowania, badania i zastosowania transdyscyplinarne</t>
         </is>
       </c>
       <c r="N13" t="inlineStr">
         <is>
-          <t>Mikroskop ramanowski</t>
+          <t>Detektory połprzewodnikowe, elekroniczne odczyty detektoru, elektronika front-end</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>Wysokorozdzielczy mikroskop moke</t>
+          <t>Laserowy analizator stężenia atmosferycznego co2, ch4, co i h2o</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Wysokorozdzielczy mikroskop moke</t>
+          <t>Picarro g-2401</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>Wysokorozdzielczy mikroskop moke umożliwia obserwację domen magnetycznych o rozmiarach od ~ mm (co umożliwia obrazowanie całej próbki i przegląd jej makroskopowych właściwości) do ~ 300 nm w przypadku maksymalnej rozdzielczości. możliwe jest obrazowanie właściwości magnetycznych bardzo małych domen magnetycznych, układów mezoskopowych a nawet skyrmionów. olbrzymim atutem takiego mikroskopu jest fakt, że obrazowanie odbywa się praktycznie w czasie rzeczywistym w szerokim zakresie temperatur (4, 873 k) oraz w wysokich pola magnetycznych (rzędu 1t). mikroskop umożliwia dokumentację struktury domenowej w cienkich warstwach ferromagnetycznych i antyferromagnetycznych w zakresie temperatur obejmującym temperatury curie i neela większości materiałów na bazie metali 3d (fe,co.ni) i ich tlenków (feo, coo, nio). ponadto możliwe jest śledzenie ewolucji struktury domenowej w układach na podłożach piezoelektrycznych oraz obrazowanie magnetyczne topologicznie chronionych struktur tzw. skyrmionów.</t>
+          <t>Urządzenie jest dedykowane do precyzyjnych ciągłych pomiarów stężeń atmosferycznych co2, ch4, co i h2o na stacji pomiarowej na kasprowym wierchu.</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t xml:space="preserve">Wysokorozdzielczy mikroskop moke umożliwia obserwację domen magnetycznych o rozmiarach od ~ mm (co umożliwia obrazowanie całej próbki i przegląd jej makroskopowych właściwości) do ~ 300 nm w przypadku maksymalnej rozdzielczości. możliwe jest obrazowanie właściwości magnetycznych bardzo małych domen magnetycznych, układów mezoskopowych a nawet skyrmionów. </t>
+          <t>Urządzenie jest dedykowane do precyzyjnych ciągłych pomiarów stężeń atmosferycznych co2, ch4, co i h2o na stacji pomiarowej na kasprowym wierchu.</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t xml:space="preserve">Wysokorozdzielczy mikroskop moke umożliwia obserwację domen magnetycznych o rozmiarach od ~ mm (co umożliwia obrazowanie całej próbki i przegląd jej makroskopowych właściwości) do ~ 300 nm w przypadku maksymalnej rozdzielczości. możliwe jest obrazowanie właściwości magnetycznych bardzo małych domen magnetycznych, układów mezoskopowych a nawet skyrmionów. </t>
+          <t>Precyzyjne pomiary poziomów atmosferycznych stężeń co2, ch4, co i h2o</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
-          <t>Dla  użytkowników  z agh oferujemy nieodpłatny dostęp do mikroskopu po wcześniejszym ustaleniu z opiekunem mikroskopu skali czasowej oraz zakresu merytorycznego planowanych pomiarów. obsługa mikroskopu możliwa jest jedynie przez osobę przeszkoloną zaznajomioną z jego specyfiką. dla potencjalnych zainteresowanych wykonaniem pomiarów z użyciem mikroskopu z poza uczelni proponujemy wykonanie pomiarów oraz opracowanie uzyskanych danych w ramach zlecenia na wykonanie usługi.</t>
+          <t>Analizator dedykowany jest do prowadzenia ciągłych pomiarów stężenia co2, co i ch4 w powietrzu atmosferycznym w miejscu jego instalacji (kasprowy wierch). możliwe jest sporadyczne wykonywanie pomiarów stężenia w/w gazów w próbkach powietrza dostarczonych do laboratorium przez osoby przeszkolone w obsłudze. terminy udostępnienia uzależnione są od programu pomiarowego i muszą być uzgodnione z wyprzedzeniem.</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I14" t="inlineStr">
         <is>
-          <t>Katedra fizyki ciała stałego</t>
+          <t>Katedra zastosowań fizyki jądrowej</t>
         </is>
       </c>
       <c r="J14" t="inlineStr">
         <is>
-          <t>Zespół nanostruktur powierzchniowych</t>
+          <t>Zespół fizyki środowiska</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
-          <t>Ślęzak Tomasz</t>
+          <t>Zimnoch Mirosław</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/tomasz-slezak-5532.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/miroslaw-zimnoch-4207.html</t>
         </is>
       </c>
       <c r="M14" t="inlineStr">
         <is>
-          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N14" t="inlineStr">
         <is>
-          <t>Cienkie filmy, thin films characterization</t>
+          <t>Ch4, co, co2, gazy cieplarniane, h2o</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
+          <t>Laserowy analizator stężenia atmosferycznego co2, ch4 i h2o</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Picarro g-2311-f</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>Urządzenie jest dedykowane do precyzyjnych ciągłych pomiarów stężeń atmosferycznych co2, ch4 i h2o.</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>Urządzenie jest dedykowane do precyzyjnych ciągłych pomiarów stężeń atmosferycznych co2, ch4 i h2o.</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>Precyzyjne pomiary poziomów atmosferycznych stężeń co2, ch4 i h2o</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>Analizator dedykowany jest do ciągłych pomiarów stężenia co2 i ch4 w powietrzu atmosferycznym w miejscu jego instalacji. możliwe jest okresowe wykonywanie pomiarów stężenia w/w gazów w próbkach powietrza dostarczonych do laboratorium przez osoby przeszkolone w obsłudze, lub wykonywanie krótkich kampanii pomiarowych (max 2-3 dni) w terenie pod nadzorem przez osoby przeszkolone. terminy udostępnienia uzależnione są od programu pomiarowego i muszą być uzgodnione z wyprzedzeniem.</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I15" t="inlineStr">
+        <is>
+          <t>Katedra zastosowań fizyki jądrowej</t>
+        </is>
+      </c>
+      <c r="J15" t="inlineStr">
+        <is>
+          <t>Zespół fizyki środowiska</t>
+        </is>
+      </c>
+      <c r="K15" t="inlineStr">
+        <is>
+          <t>Zimnoch Mirosław</t>
+        </is>
+      </c>
+      <c r="L15" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/miroslaw-zimnoch-4207.html</t>
+        </is>
+      </c>
+      <c r="M15" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N15" t="inlineStr">
+        <is>
+          <t>Ch4, co2, gazy cieplarniane, h2o</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>Chłodziarka helowa do pomiarów moessbauerowskich w temperaturach 4 – 500 k</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>Chłodziarka helowa do badań moessbauerowskich</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>Chłodziarka helowa, pracująca w cyklu gifforda-macmahona, umożliwia pomiary metodą spektroskopii moessbauera dla próbek proszkowych i cienkowarstwowych materiałów zawierających pierwiastki moessbauerowskie (fe, sn, eu ...) przy temperaturach od 4 k do 500 k.</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>Lokalne właściwości magnetyczne i elektronowe materiałów - fizyka, chemia, inżynieria materiałowa, biomedycyna</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>Parametry nadsubtelne (pole magnetyczne, przesunięcie izomeryczne i rozszczepienie kwadrupowe) dla temperatur 4 k - 500 k</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
+        <is>
+          <t>Będzie udostępniana do prowadzenia badań, dla wspólnych publikacji i we wspólnych projektach, pracownikom i doktorantom z innych zespołów/katedr agh oraz z innych instytucji, które wyraziły/wyrażą pisemnie swoje zainteresowanie takimi możliwościami pomiarowymi.</t>
+        </is>
+      </c>
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I16" t="inlineStr">
+        <is>
+          <t>Katedra fizyki ciała stałego</t>
+        </is>
+      </c>
+      <c r="J16" t="inlineStr">
+        <is>
+          <t>Zespół materiałów magnetycznych litych i nanomateriałów</t>
+        </is>
+      </c>
+      <c r="K16" t="inlineStr">
+        <is>
+          <t>Kapusta Czesław</t>
+        </is>
+      </c>
+      <c r="L16" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/czeslaw-kapusta-1324.html</t>
+        </is>
+      </c>
+      <c r="M16" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N16" t="inlineStr">
+        <is>
+          <t>Spektroskopia moessbauera</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>Konfokalny mikroskop ramana</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Konfokalny mikroskop ramana alpha300 r witec</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>Konfokalny mikroskop ramana alpha300 r wyposażony jest w źródło laserowe o długości fali 532 nm i mocy maksymalnej 30 mw. optyka mikroskopu obejmuje cztery obiektywy o powiększeniach: 100x, 50x, 10x oraz 63x, przy czym ostatni, immersyjny, pozwala na wykonywanie pomiarów w cieczy i tym samym poprawę sygnału wynikającą z większej możliwej do wykorzystania mocy lasera. układ zawiera detektor ccd i umożliwia rejestrację widm ramana dla zakresu liczby falowej 90-4000 cm-1 z rozdzielczością przestrzenną &lt;1 mum2.</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>Typowe zastosowania układu obejmują dwu- i trójwymiarowe obrazowanie rozkładów biomolekuł oraz ich zmian strukturalnych w pojedynczych komórkach i fragmentach tkanki, identyfikację mikroplastików, analizę pyłów powietrza i innych próbek środowiskowych.</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr"/>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr">
+        <is>
+          <t>Zgodnie z aktualnym regulaminem korzystania z infrastruktury badawczej w agh. mikroskop alpha300 r stanowi urządzenie specjalistyczne, które może być wykorzystywane wyłącznie przez, wymienione z nazwiska w karcie pracy infrastruktury badawczej osoby, po specjalistycznym przeszkoleniu. będą one pełnoprawnymi członkami zespołu badawczego publikującego wyniki wspólnych prac naukowych. udostępnianie aparatury podmiotom trzecim może być odpłatne, a koszt ustalany każdorazowo indywidualnie.</t>
+        </is>
+      </c>
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I17" t="inlineStr">
+        <is>
+          <t>Katedra fizyki medycznej i biofizyki</t>
+        </is>
+      </c>
+      <c r="J17" t="inlineStr">
+        <is>
+          <t>Zespół biospektroskopii atomowej i molekularnej</t>
+        </is>
+      </c>
+      <c r="K17" t="inlineStr">
+        <is>
+          <t>Chwiej Joanna</t>
+        </is>
+      </c>
+      <c r="L17" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/joanna-chwiej-6574.html</t>
+        </is>
+      </c>
+      <c r="M17" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N17" t="inlineStr">
+        <is>
+          <t>Mikroskop ramanowski</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>Wysokorozdzielczy mikroskop moke</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Wysokorozdzielczy mikroskop moke</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>Wysokorozdzielczy mikroskop moke umożliwia obserwację domen magnetycznych o rozmiarach od ~ mm (co umożliwia obrazowanie całej próbki i przegląd jej makroskopowych właściwości) do ~ 300 nm w przypadku maksymalnej rozdzielczości. możliwe jest obrazowanie właściwości magnetycznych bardzo małych domen magnetycznych, układów mezoskopowych a nawet skyrmionów. olbrzymim atutem takiego mikroskopu jest fakt, że obrazowanie odbywa się praktycznie w czasie rzeczywistym w szerokim zakresie temperatur (4, 873 k) oraz w wysokich pola magnetycznych (rzędu 1t). mikroskop umożliwia dokumentację struktury domenowej w cienkich warstwach ferromagnetycznych i antyferromagnetycznych w zakresie temperatur obejmującym temperatury curie i neela większości materiałów na bazie metali 3d (fe,co.ni) i ich tlenków (feo, coo, nio). ponadto możliwe jest śledzenie ewolucji struktury domenowej w układach na podłożach piezoelektrycznych oraz obrazowanie magnetyczne topologicznie chronionych struktur tzw. skyrmionów.</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Wysokorozdzielczy mikroskop moke umożliwia obserwację domen magnetycznych o rozmiarach od ~ mm (co umożliwia obrazowanie całej próbki i przegląd jej makroskopowych właściwości) do ~ 300 nm w przypadku maksymalnej rozdzielczości. możliwe jest obrazowanie właściwości magnetycznych bardzo małych domen magnetycznych, układów mezoskopowych a nawet skyrmionów. </t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Wysokorozdzielczy mikroskop moke umożliwia obserwację domen magnetycznych o rozmiarach od ~ mm (co umożliwia obrazowanie całej próbki i przegląd jej makroskopowych właściwości) do ~ 300 nm w przypadku maksymalnej rozdzielczości. możliwe jest obrazowanie właściwości magnetycznych bardzo małych domen magnetycznych, układów mezoskopowych a nawet skyrmionów. </t>
+        </is>
+      </c>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
+        <is>
+          <t>Dla  użytkowników  z agh oferujemy nieodpłatny dostęp do mikroskopu po wcześniejszym ustaleniu z opiekunem mikroskopu skali czasowej oraz zakresu merytorycznego planowanych pomiarów. obsługa mikroskopu możliwa jest jedynie przez osobę przeszkoloną zaznajomioną z jego specyfiką. dla potencjalnych zainteresowanych wykonaniem pomiarów z użyciem mikroskopu z poza uczelni proponujemy wykonanie pomiarów oraz opracowanie uzyskanych danych w ramach zlecenia na wykonanie usługi.</t>
+        </is>
+      </c>
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I18" t="inlineStr">
+        <is>
+          <t>Katedra fizyki ciała stałego</t>
+        </is>
+      </c>
+      <c r="J18" t="inlineStr">
+        <is>
+          <t>Zespół nanostruktur powierzchniowych</t>
+        </is>
+      </c>
+      <c r="K18" t="inlineStr">
+        <is>
+          <t>Ślęzak Tomasz</t>
+        </is>
+      </c>
+      <c r="L18" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/tomasz-slezak-5532.html</t>
+        </is>
+      </c>
+      <c r="M18" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N18" t="inlineStr">
+        <is>
+          <t>Cienkie filmy, thin films characterization</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
           <t>Rentgenowski skaningowy mikroanalizator fluorescencyjny</t>
         </is>
       </c>
-      <c r="B15" t="inlineStr">
+      <c r="B19" t="inlineStr">
         <is>
           <t>M4 tornado plus, bruker</t>
         </is>
       </c>
-      <c r="C15" t="inlineStr">
+      <c r="C19" t="inlineStr">
         <is>
           <t>Aparatura wyposażona jest w dwie lampy rentgenowskie małej mocy (30 w) z anodami rh i ag. lampa z anodą rh wyposażona jest w soczewkę polikapilarną, umożliwiająca uzyskanie wiązki promieniowania rentgenowskiego o średnicy 20 µm. lampa z anodą ag współpracuje natomiast, z kolimatorami pozwalającymi na realizację pomiarów z wykorzystaniem wiązki o średnicy  0.5, 1, 2 lub 4.5 mm. optymalizację widma wiązki promieniowania pierwotnego zapewnia wbudowany zestaw filtrów. dodatkowo, aparatura wyposażona jest w system kontroli szerokości wiązki umożliwiający regulację głębi ostrości, co otwiera nowe możliwości dla pomiarów nieidealnie płaskich próbek jak np. w przypadku materiałów biologicznych czy geologicznych. wzbudzone promieniowanie charakterystyczne pierwiastków rejestrowane może być równocześnie przez 2 detektory (dryftowe detektory krzemowe – sdd, fwhm 150 ev/5.9 kev, 60 mm2) wysokiej przepustowości (~105 imp./s,) wyposażone w ultra cienkie okienka.</t>
         </is>
       </c>
-      <c r="D15" t="inlineStr">
+      <c r="D19" t="inlineStr">
         <is>
           <t>1) jednoczesne oznaczania i obrazowania przestrzennego pierwiastków w zakresie od c do am, 2) wysoka czułość układu detekcyjnego; 3) pomiary w skali mikrometrowej i milimetrowej; 4) krótki czas pomiaru (rzędu pojedynczych ms / punkt); 5)  realizacja prac badawczych w wielu obszarach nauki jak biologia, medycyna, geologia, farmakologia, biotechnologia, elektronika, archeologia, muzealnictwo i in.</t>
         </is>
       </c>
-      <c r="E15" t="inlineStr">
+      <c r="E19" t="inlineStr">
         <is>
           <t>Możliwość realizacji pomiarów w próżni, atmosferze helu lub powietrzu. aparatura posiada zintegrowany mikroskop optyczny (x10, x100) z funkcją sklejania obrazów dla wizualizacji dużych próbek. zaletą jest możliwość prowadzenia analizy również na dużych obiektach, tj. o maksymalnym rozmiarze 27 cm x 24 cm oraz masie do 7 kg. pomiary mogą być realizowane w trybie punktowym/wielopunktowym, liniowym lub powierzchniowym.</t>
         </is>
       </c>
-      <c r="F15" t="inlineStr">
+      <c r="F19" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G15" t="inlineStr">
+      <c r="G19" t="inlineStr">
         <is>
           <t>W prace badawcze, prowadzone nieodpłatnie, z użyciem aparatury musi być zaangażowany przynajmniej jeden przeszkolony pracownik, który będzie członkiem zespołu publikującego wyniki prac badawczych. dodatkowo, członkiem zespołu publikującego jest każdorazowo tzw. opiekun aparatury wymieniony z nazwiska w karcie pracy infrastruktury badawczej. udostępnianie czasu pomiarowego aparatury podmiotom trzecim jest odpłatne. koszt wykorzystania aparatury ustalany jest każdorazowo indywidualnie.</t>
         </is>
       </c>
-      <c r="H15" t="inlineStr">
+      <c r="H19" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I15" t="inlineStr">
+      <c r="I19" t="inlineStr">
         <is>
           <t>Katedra fizyki medycznej i biofizyki</t>
         </is>
       </c>
-      <c r="J15" t="inlineStr">
+      <c r="J19" t="inlineStr">
         <is>
           <t>Zespół badań biomedycznych i środowiskowych</t>
         </is>
       </c>
-      <c r="K15" t="inlineStr">
+      <c r="K19" t="inlineStr">
         <is>
           <t>Szczerbowska-Boruchowska Magdalena</t>
         </is>
       </c>
-      <c r="L15" t="inlineStr">
+      <c r="L19" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-szczerbowska-boruchowska-5776.html</t>
         </is>
       </c>
-      <c r="M15" t="inlineStr">
+      <c r="M19" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N15" t="inlineStr">
+      <c r="N19" t="inlineStr">
         <is>
           <t>Analiza mikro-xrf, elemental microanalysis, elemental microimaging, micro-xrf analysis, mikroanaliza pierwiastkowa, mikroobrazowanie pierwiastkowe</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>