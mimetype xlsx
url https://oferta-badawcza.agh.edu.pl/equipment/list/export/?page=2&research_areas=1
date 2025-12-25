--- v0 (2025-10-29)
+++ v1 (2025-12-25)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N54"/>
+  <dimension ref="A1:N63"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,4070 +493,4796 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Mobilny mikrochromatograf gazowy</t>
+          <t>Zaawansowany system analizy mikroporów i powierzchni bet dla materiałów ultraporowatych - szkieletów metalo-organicznych (mof) i aerożeli</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Mobilny mikrochromatograf gazowy 3-kanałowy model - 990 mobile micro gc agilent technologies</t>
+          <t>Wysokopróżniowy analizator fizysorpcji: autosorb 6100, anton paar</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t xml:space="preserve">Mikrochromatograf jest umieszczony w walizce z kołami, co umożliwia łatwy jego transport. urządzenie jest wyposażone w 3 kolumny służące do rozdziału mieszanin gazowych oraz detektory przewodnictwa cieplnego tcd. posiada 2 cylindry na gazy nośne o objętości 150 ml każdy. mikrochromatograf jest sprzężony z komputerem i zainstalowanym systemem openlab cds workstation software.  </t>
+          <t>Autosorb 6100 (konfiguracja z uszczelnieniami fkm / „viton”, 2 stacje pomiarowe, 6 stacji do odgazowania, zestawy przetworników mp-mp) — kompaktowy, wysokowakuowy analizator sorpcji gazowej przeznaczony do dokładnych pomiarów powierzchni (bet), objętości porów i rozkładów poretalności w zakresie od bardzo niskich p/p0 do bliskich 1. instrument pracuje metodą wolumetryczną, ma dedykowaną stację p0 oraz wysokowydajny układ próżniowy (turbo + sucha pompa). w standardzie: 6 zintegrowanych stacji odgazowania (dwie niezależne strefy grzewcze, do 450 °c), dewar ln2 3 l (&gt;90 h), system powderprotect oraz oprogramowanie kaomi z dosewizard. konfiguracja mp-mp oznacza przetworniki klasy mp.</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Mobilny mikrochromatograf ma możliwość oznaczania następujących składników: hel, wodór, tlen, azot, tlenek węgla, dwutlenek węgla, lekkie węglowodory.</t>
-[...2 lines deleted...]
-      <c r="E2" t="inlineStr"/>
+          <t xml:space="preserve">
+	kompleksowa charakteryzacja materiałów porowatych: powierzchnia bet, rozkłady wielkości porów (0,35–500 nm), objętość porów, analiza mikroporów i mezoporów
+	pomiary sorpcji wody i par organicznych (pary muszą być kompatybilne z uszczelnieniami fkm (viton)
+	pomiar kinetyk sorpcji i izoterm sorpcji/ desorpcji przy różnych gazach (n₂, co₂; możliwość konfiguracji do 3 innych gazów)
+ </t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	rozdzielczość: 2×10⁻⁵ torr
+	limity detekcji dla bet: ~0.1 m² (n₂ 77 k), powierzchnia właściwa ~0.01 m²/g (n₂ 77 k); zakres wielkości porów: 0.35–500 nm.
+	6 zintegrowanych automatycznych stacji odgazowania, 2 niezależne strefy grzewcze do 450 °c.
+	dewar 77 k (n₂/ln2); cryosync do precyzyjnych pomiarów w innych temperaturach (np. pomiary argonu przy ~87 k).
+</t>
+        </is>
+      </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>Katedra surowców energetycznych</t>
+          <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>Grupa badawcza "geochemia powierzchniowa", zespół geoenergia, laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
+          <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Sechman Henryk</t>
+          <t>Wuttke Stefan</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/stefan-wuttke-10616.html</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>Chromatografia gazowa</t>
+          <t>Adsorpcja, azot, bet, dwutlenek węgla, pojemność sorpcyjna, porowatość, powierzchnia właściwa, sorpcja gazów, sorpcja par</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
+          <t>Kamera wysokiej prędkości phantom</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Phantom miro c211</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>Kamera phantom miro c211 8 gb colour to zaawansowana kamera wysokiej prędkości, zaprojektowana z myślą o wymagających zastosowaniach badawczo-rozwojowych i przemysłowych. wyposażona w sensor cmos o rozdzielczości do 1280 × 1024 pikseli, oferuje zapis z prędkością do 1800 fps przy pełnej rozdzielczości oraz nawet do ~67 140 fps przy ograniczonej rozdzielczości.</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>Dzięki swoim możliwościom kamera miro c211 świetnie sprawdza się w analizie mikroskopowej, badaniach przepływów, testach materiałowych, inżynierii mikrostruktur oraz tam, gdzie konieczne jest „złapanie” bardzo szybkiego zdarzenia z wysoką jakością obrazu. dzięki wysokiej czułości, globalnemu migawkowaniu i precyzyjnej synchronizacji, kamera pozwala analizować procesy trwające mikrosekundy, zapewniając obraz o wysokiej jakości i wiernym odwzorowaniu ruchu.</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	sensor: cmos 1280 x 1024 px kolor
+	maksymalna rozdzielczość: 1280 x 1024
+	liczba klatek na sekundę: 1800 fps dla rozdzielczości 1280 x 1024px
+	czułość świetlna: iso 640 pamięć: 8gb
+	rozmiar piksela: 5.6μm
+	maks. prędkość nagrywania: 67 140 fps przy rozdzielczości 64 x 8 pikseli.
+</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Certyfikat</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>Analiza ruchu, kamera szybka, procesy dynamiczne, procesy szybkozmienne</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>Skaner 3d einscan-sp</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Einscan-sp</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>Skaner einscan sp 3d to precyzyjne, profesjonalne urządzenie skanujące, które zapewnia wyjątkową szczegółowość i wszechstronność w wielu zastosowaniach. wykorzystuje technologię światła strukturalnego do precyzyjnego odwzorowania geometrii obiektów. umożliwia skanowanie z dokładnością do 0,05 mm i tworzenie modeli 3d o wysokiej rozdzielczości. stosowany w inżynierii odwrotnej, digitalizacji obiektów technicznych, kulturowych i dydaktycznych.</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>Skaner 3d einscan-sp umożliwia badania w zakresie inżynierii odwrotnej, metrologii i digitalizacji obiektów. pozwala analizować dokładność wymiarową, kształt i deformacje elementów technicznych. stosowany w badaniach materiałowych, projektowaniu cad, kontroli jakości oraz dokumentacji obiektów inżynierskich i kulturowych. einscan sp może uchwycić szczegóły dotyczące koloru i tekstury obiektów, dodając warstwę realizmu do modeli 3d.</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Kompleksowy opis funkcji:
+	szybki transfer danych podczas skanowania.
+	typy plików: obj, stl, asc i ply, większość plików cad lub 3d.
+	precyzja skanowania: 0,05 mm,
+	udźwig obrotnicy: obrotnica może utrzymać obiekty o wadze do 5 kg.
+</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J4" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>Digitalizacja obiektów, inżynieria odwrotna, kontrola jakości, skaner 3d, światło strukturalne</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>Drukarka 3d ultimaker (fdm/fff)</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Ultimaker method x</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>Drukarka 3d ultimaker method x pracuje w technologii fdm/fff, umożliwiając precyzyjne wytwarzanie elementów z filamentów technicznych, takich jak abs, nylon, petg, asa czy kompozyty z włóknem węglowym. umożliwia realizację prototypów i modeli funkcjonalnych o wysokiej dokładności i stabilności wymiarowej. możliwość użycia rozpuszczalnych materiałów podporowych w technologii fdm.</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Drukowanie z wykorzystaniem materiałów: pla, pctg (przezroczysty), abs, abs cf, nylon, pc-abs, pctg+cf, pctg+gf oraz materiałów podporowych: sr-30, rapiddrinse.
+	posiada dwa ekstrudery i podgrzewaną komorę, co zapewnia spójną, wysoką jakość wydruków.
+	drugi ekstruder dla stosowania rozpuszczalnych materiałów podporowych.
+	podgrzewana komora do 110°c dla zaawansowanej kontroli materiałów.
+</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Parametry drukowania:
+	technologia drukowania: fused deposition modeling
+	obszar roboczy: 19 x 19 x 19,6 cm (jedna głowica), 15,2 x 19 x 19,6 cm (dwie głowice)
+	rozdzielczość warstwy: 20–400 µ
+	tryb drukowania wysokiej jakości: 100 µ
+	tryb drukowania zrównoważonego: 200 µ
+	średnica filamentu: 1,75 mm
+	średnica dyszy: 0,4 mm
+</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I5" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J5" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K5" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L5" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M5" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N5" t="inlineStr">
+        <is>
+          <t>Druk fdm, drukarka 3d, inżynieria materiałowa, materiały kompozytowe, prototypowanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>Drukarka 3d formlabs (lfs/sla)</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Formlabs form 3+</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>Drukarka 3d formlabs form 3+ wykorzystuje technologię lfs (low force stereolithography) do precyzyjnego utwardzania żywic fotopolimerowych światłem laserowym. umożliwia tworzenie modeli o wysokiej dokładności (do 25 µm) i gładkiej powierzchni. stosowana w badaniach materiałowych, prototypowaniu, projektowaniu elementów technicznych i biomedycznych.</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>Drukarka 3d formlabs form 3+ umożliwia precyzyjne wytwarzanie modeli z żywic fotopolimerowych w technologii lfs (low force stereolithography). umożliwia badania materiałów polimerowych, prototypowanie elementów technicznych i biomedycznych oraz analizę wpływu parametrów druku na strukturę i dokładność modeli. umożliwia drukowanie z szerokiego zakresu żywic fotopolimerowych: materiały inżynierskie, elastyczne, wysokotemperaturowe, biokompatybilne.</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Umożliwia produkcję komponentów ze standardowych, inżynieryjnych, elastycznych, odpornych na wysokie temperatury i biokompatybilnych materiałów.
+	technologia drukowania: low force stereolithography™ (lfs)
+	obszar roboczy: 145 × 145 × 185 mm
+	wysokość warstwy: 25–200 mikronów
+	rozmiar plamki lasera: 85 mikronów
+ </t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K6" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M6" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N6" t="inlineStr">
+        <is>
+          <t>Drukarka 3d, inżynieria materiałowa, prototypowanie, stereolitografia, żywice fotopolimerowe</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>Analizator spalin testo 350</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Testo 350</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Analizator testo 350 to profesjonalne, przenośne narzędzie umożliwiające badanie emisji i analizę spalin. wyposażony jest w jednostkę sterującą, analizator spalin oraz:
+	cele pomiarowe do analizy co, no, no2, cxhy  (metan, propan lub butan).
+	sonda lambda do 1000oc.
+	co2 (ir) sensor.
+	przemysłowa sonda spalin do 1200oc (długość 1m, inconel 625).
+	modułowa sonda spalin do 1000°c.
+</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Głównym celem jest diagnostyka, monitorowanie i regulacja pracy urządzeń, a także ocena wpływu na środowisko.
+	badania efektywności i jakości procesów spalania w kotłach, palnikach, silnikach i turbinach,
+	pomiary emisji zanieczyszczeń,
+	analiza wpływu parametrów procesu na skład spalin,
+	walidacja i kalibracja modeli numerycznych (cfd).
+</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>Możliwość pomiarowe: co, co2, no, no2, cxhy, 
+obszar możliwych zastosowań: silniki przemysłow, palniki przemysłowe, turbiny gazowe, systemy oczyszczania spalin.</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>Certyfikat</t>
+        </is>
+      </c>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J7" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K7" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L7" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M7" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N7" t="inlineStr">
+        <is>
+          <t>Analizator spalin, diagnostyka spalania, efektywność energetyczna, emisja zanieczyszczeń, proces spalania</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>Kamera termowizyjna flir</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Flir a70 29°</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>Kamera flir a70 29° research &amp; development kit to zaawansowany system obrazowania termicznego przeznaczony do zastosowań badawczo-rozwojowych i przemysłowych. umożliwia precyzyjny, bezkontaktowy pomiar temperatury z wysoką rozdzielczością (640 × 480 px) i czułością detekcji poniżej 40 mk. dzięki szerokiemu zakresowi pomiarowemu oraz integracji z oprogramowaniem flir research studio, kamera pozwala na rejestrację, analizę i wizualizację rozkładów temperatury w czasie rzeczywistym – w badaniach materiałowych, energetycznych, elektronicznych i środowiskowych.</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	analizy termiczne komponentów elektronicznych (np. pcb, układy scalone) w fazie prototypowania.
+	badania przepływów ciepła, punktów gorących i strat energetycznych w konstrukcjach/materiałach.
+	monitoring temperatury w układach przemysłowych lub podczas testów środowiskowych, gdzie ważna jest precyzja i możliwość dokumentacji pomiarów.
+</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	detektor mikrobolometryczny. piksel 12 µm.
+	rozdzielczość: 640×480 pikseli.
+	czułość termiczna (netd): &lt;35mk.
+	częstotliwość: 30hz.
+	pole widzenia: 29° × 22°. ręczne ustawienie ostrości.
+	ifov: 0,84 mrad. minimalna odległość ostrzenia: 0,25m.
+	zakres pomiarowy: 20 do 17 5°c; 175 do 1000°c.
+	dokładność: +/ 2%.
+	wbudowana kamera cyfrowa.
+</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>Certyfikat</t>
+        </is>
+      </c>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J8" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K8" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L8" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M8" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
+        </is>
+      </c>
+      <c r="N8" t="inlineStr">
+        <is>
+          <t>Analiza termiczna, pomiar bezkontaktowy, pomiar temperatury, termowizja</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>Oscyloskop minimum 4-kanałowy</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Oscyloskop minimum 4-kanałowy i z pasmem analogowym 4.0 ghz oraz kompatybilnym z posiadanymi już sondami tdp1500, tdp3500, tivh08</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>Oscyloskop sygnałów mieszanych tektronix mso64b-6-bw-4000 zapewnia wysoką  jakość sygnałów pomiarowych do dalszej analizy i debugowania współczesnych systemów wbudowanych z zegarami i magistralami o częstotliwościach rzędu pojedynczych gigaherców. urządzenie wyposażono w interfejs dotykowy, duży wyświetlacz 15,6” oraz wejścia flexchannel, które pozwalają mierzyć jeden sygnał analogowy lub osiem sygnałów cyfrowych na kanał.</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>Pomiary, analiza, obrazowanie sygnałów elektrycznych o dużej dynamice zmian.</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>Analogowe pasmo pracy każdego kanału: 4ghz
+częstotliwość próbkowania: 25gsps (4 kanały), 50gsps (2 kanały)
+długość rekordu pamięci dla każdego kanału: 1gs próbek.</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>Dostęp do sprzętu możliwy w pomieszczeniach laboratorium alice agh, po uprzednim uzgodnieniu terminu realizacji pomiarów. 
+dostęp możliwy tylko dla pracowników i doktorantów agh.
+pomieszczenia laboratorium alice agh 413/c2 w terminie uzgodnionym z opiekunem laboratorium</t>
+        </is>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I9" t="inlineStr">
+        <is>
+          <t>Wydział informatyki, elektroniki i telekomunikacji</t>
+        </is>
+      </c>
+      <c r="J9" t="inlineStr">
+        <is>
+          <t>Instytut elektroniki</t>
+        </is>
+      </c>
+      <c r="K9" t="inlineStr">
+        <is>
+          <t>Worek Cezary</t>
+        </is>
+      </c>
+      <c r="L9" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/cezary-worek-3702.html</t>
+        </is>
+      </c>
+      <c r="M9" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N9" t="inlineStr">
+        <is>
+          <t>Analiza, obrazowanie, obrazowanie sygnałów, oscyloskop, oscyloskop cyfrowy, pomiar, sygnał</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>Generator funkcyjny / arbitralny dwukanałowy pracujący w paśmie co najmniej 1mhz do 1000 mhz</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Generator arbitralny</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>Generator funkcyjny / arbitralny dwukanałowy pracujący w paśmie co najmniej od 1mhz do 1000 mhz pozwalający na generację sygnałów w trybie dwukanałowym i impedancji wyjściowej 50 ohm.
+generator arbitralny siglent sdg7102a oferuje dwa kanały o paśmie do 1 ghz, maksymalnej częstotliwości próbkowania 5 gsa/s i rozdzielczości 14 bitów. umożliwia generowanie przebiegów arbitralnych, sygnałów wektorowych oraz typowych sygnałów testowych, takich jak dc, pulse, noise czy prbs. obsługuje funkcje modulacji, przemiatania, burst-u i synchronizacji kanałów, a wyjścia różnicowe lub single-ended zapewniają amplitudę do ±24 v. dzięki unikalnym cechom sdg7102a idealnie sprawdza się w zaawansowanych testach i badaniach sygnałów wysokiej częstotliwości i dużych amplitudach.</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>Rodzaje przebiegów wyjściowych:
+sinus, prostokąt, impuls (możliwość regulacji zbocza narastającego i opadającego niezależnie), dc, szum biały. możliwość zdefiniowania dowolnego przebiegu na dwóch kanałach.
+zakres częstotliwości pracy:
+- przebieg sinusoidalny: 1 mhz do 1000 mhz;
+- przebieg impulsowy: 1 mhz do 300 mhz;
+generowanie sygnałów elektronicznych analogowych oraz cyfrowych.</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>Pasmo pracy każdego kanału: 1 ghz
+częstotliwość próbkowania: 5 gsps
+maksymalna długość pamięci dla każdego kanału: 512 mpts.</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
+        <is>
+          <t>Dostęp do sprzętu możliwy w pomieszczeniach laboratorium alice agh, po uprzednim uzgodnieniu terminu realizacji pomiarów. 
+dostęp możliwy tylko dla pracowników i doktorantów agh.
+pomieszczenia laboratorium alice agh 413/c2 w terminie uzgodnionym z opiekunem laboratorium</t>
+        </is>
+      </c>
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I10" t="inlineStr">
+        <is>
+          <t>Wydział informatyki, elektroniki i telekomunikacji</t>
+        </is>
+      </c>
+      <c r="J10" t="inlineStr">
+        <is>
+          <t>Instytut elektroniki</t>
+        </is>
+      </c>
+      <c r="K10" t="inlineStr">
+        <is>
+          <t>Worek Cezary</t>
+        </is>
+      </c>
+      <c r="L10" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/cezary-worek-3702.html</t>
+        </is>
+      </c>
+      <c r="M10" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N10" t="inlineStr">
+        <is>
+          <t>Generator, generator arbitralny, modulacja, pasmo, przemiatanie, sygnał</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>Mobilny mikrochromatograf gazowy</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Mobilny mikrochromatograf gazowy 3-kanałowy model - 990 mobile micro gc agilent technologies</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Mikrochromatograf jest umieszczony w walizce z kołami, co umożliwia łatwy jego transport. urządzenie jest wyposażone w 3 kolumny służące do rozdziału mieszanin gazowych oraz detektory przewodnictwa cieplnego tcd. posiada 2 cylindry na gazy nośne o objętości 150 ml każdy. mikrochromatograf jest sprzężony z komputerem i zainstalowanym systemem openlab cds workstation software.  </t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>Mobilny mikrochromatograf ma możliwość oznaczania następujących składników: hel, wodór, tlen, azot, tlenek węgla, dwutlenek węgla, lekkie węglowodory.</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr"/>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
+        </is>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I11" t="inlineStr">
+        <is>
+          <t>Katedra surowców energetycznych</t>
+        </is>
+      </c>
+      <c r="J11" t="inlineStr">
+        <is>
+          <t>Grupa badawcza "geochemia powierzchniowa", zespół geoenergia, laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
+        </is>
+      </c>
+      <c r="K11" t="inlineStr">
+        <is>
+          <t>Sechman Henryk</t>
+        </is>
+      </c>
+      <c r="L11" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
+        </is>
+      </c>
+      <c r="M11" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N11" t="inlineStr">
+        <is>
+          <t>Chromatografia gazowa</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
           <t>Mikroskop sił atomowych sprzężony z nanoindenterem</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B12" t="inlineStr">
         <is>
           <t>Sprzężony układ nanoindentera z mikroskopem sił atomowych</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C12" t="inlineStr">
         <is>
           <t>Mikroskop sił atomowych (afm) bruker dimension icon xr to wszechstronny, niskoszumowy mikroskop pracujący w układzie skanowania sondą. maksymalny obszar skanowania wynosi 90×90 μm w zakresie poziomym i do 10 μm w zakresie pionowym. mikroskop umożliwia badanie próbek małych i dużych do średnicy 200 mm i grubości 15 mm, przez co nadaje się do obrazowania zarówno próbek laboratoryjnych, jak i przemysłowych. pomiary odbywają się w dedykowanej komorze antywibracyjnej zapewniającej dodatkową izolację akustyczną. afm wyposażony jest w system closed-loop i umożliwia wykonanie pomiarów wykorzystując najważniejsze techniki afm.
 ponadto mikroskop wyposażony jest w drugą głowicę skanującą – bruker hysitron triboscope, przeznaczą do obrazowania próbek twardych i równoczesnych ilościowych pomiarów twardości oraz modułu young’a (nanoindenter skanujący ostrzem berkovivch’a lub ostrzem płaskim). nanoindenter wyposażony jest dodatkowo w dynamiczny tryb pracy – nanodma.</t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D12" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	contact i tapping mode
 	peakforce tapping (w tym ilościowe obrazowanie fazowe qnm)
 	lateral force microscopy
 	lift mode (w tym wysokorozdzielcze pomiary magnetyczne mfm, elektrostatyczne efm oraz sondę kelvina kpfm)
 	force spectroscopy
 	torsion resonance mode
 	piezoresponse microscopy
 	pomiary elektryczne (c-afm, wysokorozdzielczy pf-tuna, wielokanałowy tryb data cube)
 </t>
         </is>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E12" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	próbek stałych (moduł do 200 gpa), stopów, proszków, metali, kompozytów
 	próbek miękkich i biologicznych w powietrzu oraz cieczach
 	w zakresie temperatur od -35 do 250 °c
 	próbek przewodzących magnetycznych, z ładunkiem powierzchniowym
 	próbek w rozmiarze 200 (dł) x 200 (szer) x15 (wys) mm
 	maksymalny obszar skanowania: 90×90 μm w poziomie i do 10 μm w pionie
 </t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G3" t="inlineStr">
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I3" t="inlineStr">
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I12" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J3" t="inlineStr">
+      <c r="J12" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K3" t="inlineStr">
+      <c r="K12" t="inlineStr">
         <is>
           <t>Szuwarzyński Michał</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="L12" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/michal-szuwarzynski-8587.html</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="M12" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="N12" t="inlineStr">
         <is>
           <t>Afm, badanie powierzchni, indentacja, mikroskop, mikroskopia sił atomowych</t>
         </is>
       </c>
     </row>
-    <row r="4">
-      <c r="A4" t="inlineStr">
+    <row r="13">
+      <c r="A13" t="inlineStr">
         <is>
           <t>Mieszarka wysokoobrotowa</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B13" t="inlineStr">
         <is>
           <t>Mieszarka wysokoobrotowa dac 150.1 fyz firmy speed-mixer</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C13" t="inlineStr">
         <is>
           <t>Urządzenie służy do szybkiego mieszania i rozdrabniania materiałów. zawiesiny mogą być jednorodnie wymieszane w ciągu kilku sekund.</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D13" t="inlineStr">
         <is>
           <t>Czas mieszania: 5 - 60 s.
 prędkość mieszania: 300 – 3500 obr/min.</t>
         </is>
       </c>
-      <c r="E4" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G4" t="inlineStr">
+      <c r="E13" t="inlineStr"/>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I4" t="inlineStr">
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I13" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr">
+      <c r="J13" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K4" t="inlineStr">
+      <c r="K13" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L13" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M13" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N13" t="inlineStr">
         <is>
           <t>Mieszarka, mieszarka wysokoobrotowa</t>
         </is>
       </c>
     </row>
-    <row r="5">
-      <c r="A5" t="inlineStr">
+    <row r="14">
+      <c r="A14" t="inlineStr">
         <is>
           <t>Młynek miksujący</t>
         </is>
       </c>
-      <c r="B5" t="inlineStr">
+      <c r="B14" t="inlineStr">
         <is>
           <t>Młynek miksujący mm 400 firmy retsch</t>
         </is>
       </c>
-      <c r="C5" t="inlineStr">
+      <c r="C14" t="inlineStr">
         <is>
           <t>Młynek miksujący mm 400 to wielozadaniowe urządzenie przeznaczone do mielenia na sucho i mokro małych objętości do 2 x 20 ml. miesza i homogenizuje proszki i zawiesiny z częstotliwością 30 hz w ciągu kilku sekund.</t>
         </is>
       </c>
-      <c r="D5" t="inlineStr">
+      <c r="D14" t="inlineStr">
         <is>
           <t>Umożliwia jednorazowe rozdrabnianie próbki o objętości 2 x 20 ml. częstotliwość maksymalna 30 hz.</t>
         </is>
       </c>
-      <c r="E5" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G5" t="inlineStr">
+      <c r="E14" t="inlineStr"/>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I5" t="inlineStr">
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I14" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J5" t="inlineStr">
+      <c r="J14" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K5" t="inlineStr">
+      <c r="K14" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L5" t="inlineStr">
+      <c r="L14" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M5" t="inlineStr">
+      <c r="M14" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N5" t="inlineStr">
+      <c r="N14" t="inlineStr">
         <is>
           <t>Młyn miksujący, młyn wibracyjny, młynek miksujący, młynek wibracyjny, rozdrabnianie</t>
         </is>
       </c>
     </row>
-    <row r="6">
-      <c r="A6" t="inlineStr">
+    <row r="15">
+      <c r="A15" t="inlineStr">
         <is>
           <t>Myjka ultradźwiękowa</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B15" t="inlineStr">
         <is>
           <t>Myjka ultradźwiękowa branson 5510</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C15" t="inlineStr">
         <is>
           <t>Urządzenie służy do skutecznego i precyzyjnego czyszczenia różnorodnych przedmiotów.  myjka posiada możliwość regulacji amplitudy drgań, temperatury oraz posiada programator czasowy.</t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D15" t="inlineStr">
         <is>
           <t xml:space="preserve">Maksymalna częstotliwość ultradźwięków: 40 khz.
 maksymalna temperatura pracy: 70ºc. </t>
         </is>
       </c>
-      <c r="E6" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G6" t="inlineStr">
+      <c r="E15" t="inlineStr"/>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I6" t="inlineStr">
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I15" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr">
+      <c r="J15" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K6" t="inlineStr">
+      <c r="K15" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L15" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M15" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N15" t="inlineStr">
         <is>
           <t>Myjka ultradźwiękowa</t>
         </is>
       </c>
     </row>
-    <row r="7">
-      <c r="A7" t="inlineStr">
+    <row r="16">
+      <c r="A16" t="inlineStr">
         <is>
           <t>Analizator sdt q600 firmy ta instruments</t>
         </is>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B16" t="inlineStr">
         <is>
           <t>Analizator sdt q600 firmy ta instruments</t>
         </is>
       </c>
-      <c r="C7" t="inlineStr">
+      <c r="C16" t="inlineStr">
         <is>
           <t xml:space="preserve">Analizator różnicowej kalorymetrii skaningowej dsc i termograwimetrii tg.
  </t>
         </is>
       </c>
-      <c r="D7" t="inlineStr">
+      <c r="D16" t="inlineStr">
         <is>
           <t>System pozwala na równoczesną analizę tg/dsc. badanie zmian masy próbki oraz towarzyszących efektów cieplnych zachodzących w trakcie dynamicznego ogrzewania/chłodzenia próbki i/lub w warunkach izotermicznych w atmosferze statycznej, dynamicznej, obojętnej, utleniającej lub redukcyjnej. tg/dsc: 25-1500°c warunki: statyczne, dynamiczne; atmosfera: obojętna, utleniająca, redukcyjna. analiza jakościowa i ilościowa uwalnianych gazów (tg/dsc-ms).</t>
         </is>
       </c>
-      <c r="E7" t="inlineStr">
+      <c r="E16" t="inlineStr">
         <is>
           <t xml:space="preserve">Parametry pracy
 wielkość próbki do 200 mg
 temperatura pracy do 1500°c
 szybkość grzania od 0.1 do 100°c/min
 czułość 0.1 µg
 termopara: platyna/platyna-rod
 czułość dta 0.001°c
 dokładność kalorymetryczna ±2%
 atmosfera: obojętna,  redukująca, utleniająca
  </t>
         </is>
       </c>
-      <c r="F7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G7" t="inlineStr">
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I7" t="inlineStr">
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I16" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J7" t="inlineStr">
+      <c r="J16" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K7" t="inlineStr">
+      <c r="K16" t="inlineStr">
         <is>
           <t>Kmita Angelika</t>
         </is>
       </c>
-      <c r="L7" t="inlineStr">
+      <c r="L16" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/angelika-kmita-8131.html</t>
         </is>
       </c>
-      <c r="M7" t="inlineStr">
+      <c r="M16" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N7" t="inlineStr">
+      <c r="N16" t="inlineStr">
         <is>
           <t>Analiza termiczna, badania wysokotemperaturowe, dsc, kalorymetria różnicowa, tg</t>
         </is>
       </c>
     </row>
-    <row r="8">
-      <c r="A8" t="inlineStr">
+    <row r="17">
+      <c r="A17" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski z przystawką saxs/waxs</t>
         </is>
       </c>
-      <c r="B8" t="inlineStr">
+      <c r="B17" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski empyrean</t>
         </is>
       </c>
-      <c r="C8" t="inlineStr">
+      <c r="C17" t="inlineStr">
         <is>
           <t>Dyfraktometr proszkowy panalytical empyrean z lampą cu. pozwala prowadzić pomiary w geometrii wiązki bragg-brentano z użyciem szczelin kolimacyjnych oraz w geometrii wiązki równoległej (lustro goebla). dyfraktometr wyposażony  w wysokoczuły detektor (pixcel3d). posiada różne stoliki oraz szereg dodatkowych elementów optyki, umożliwiające prowadzenie badań dla różnego typu próbek. dyfraktometr wyposażony jest dodatkowo w komorę saxs/waxs pozwalającą na prowadzenie pomiarów w powietrzu jak i próżni.</t>
         </is>
       </c>
-      <c r="D8" t="inlineStr">
+      <c r="D17" t="inlineStr">
         <is>
           <t>- analiza fazowa
 - tekstura krystalograficzna
 - naprężenia 
 - saxs/waxs (w powietrzu i próżni)
 - xrr</t>
         </is>
       </c>
-      <c r="E8" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G8" t="inlineStr">
+      <c r="E17" t="inlineStr"/>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I8" t="inlineStr">
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I17" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J8" t="inlineStr">
+      <c r="J17" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K8" t="inlineStr">
+      <c r="K17" t="inlineStr">
         <is>
           <t>Marciszko-Wiąckowska Marianna</t>
         </is>
       </c>
-      <c r="L8" t="inlineStr">
+      <c r="L17" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marianna-marciszko-wiackowska-8299.html</t>
         </is>
       </c>
-      <c r="M8" t="inlineStr">
+      <c r="M17" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N8" t="inlineStr">
+      <c r="N17" t="inlineStr">
         <is>
           <t>Analiza fazowa, dyfrakcja rentgenowska, naprężenia, tekstura</t>
         </is>
       </c>
     </row>
-    <row r="9">
-      <c r="A9" t="inlineStr">
+    <row r="18">
+      <c r="A18" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski z przystawką wysokotemperaturową</t>
         </is>
       </c>
-      <c r="B9" t="inlineStr">
+      <c r="B18" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski empyrean</t>
         </is>
       </c>
-      <c r="C9" t="inlineStr">
+      <c r="C18" t="inlineStr">
         <is>
           <t>Dyfraktometr proszkowy panalytical empyrean z lampą co. pozwala prowadzić pomiary w geometrii wiązki bragg-brentano z użyciem szczelin kolimacyjnych oraz w geometrii wiązki równoległej (lustro goebla). wyposażony są w wysokoczuły detektor (pixcel1d). posiada różne stoliki oraz szereg dodatkowych elementów optyki, umożliwiające prowadzenie badań dla różnego typu próbek. dyfraktometr z lampą co wyposażony jest dodatkowo w komorę temperaturową, umożliwiająca pomiary w zakresie -190 do 1200ºc.</t>
         </is>
       </c>
-      <c r="D9" t="inlineStr">
+      <c r="D18" t="inlineStr">
         <is>
           <t>- analiza fazowa
 - tekstura krystalograficzna
 - naprężenia 
 - pomiary w zmiennych warunkach temperaturowych i różnych atmosferach ochronnych jaki również próżni
 -xrr</t>
         </is>
       </c>
-      <c r="E9" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G9" t="inlineStr">
+      <c r="E18" t="inlineStr"/>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H9" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I9" t="inlineStr">
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I18" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J9" t="inlineStr">
+      <c r="J18" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K9" t="inlineStr">
+      <c r="K18" t="inlineStr">
         <is>
           <t>Marciszko-Wiąckowska Marianna</t>
         </is>
       </c>
-      <c r="L9" t="inlineStr">
+      <c r="L18" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marianna-marciszko-wiackowska-8299.html</t>
         </is>
       </c>
-      <c r="M9" t="inlineStr">
+      <c r="M18" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N9" t="inlineStr">
+      <c r="N18" t="inlineStr">
         <is>
           <t>Analiza fazowa, dyfracja, naprężenia, tekstura, xrr</t>
         </is>
       </c>
     </row>
-    <row r="10">
-      <c r="A10" t="inlineStr">
+    <row r="19">
+      <c r="A19" t="inlineStr">
         <is>
           <t>Dwuwiązkowy wysokorozdzielczy skaningowy mikroskop elektronowy z działem jonów galu (fib/sem)</t>
         </is>
       </c>
-      <c r="B10" t="inlineStr">
+      <c r="B19" t="inlineStr">
         <is>
           <t>Fei versa 3d</t>
         </is>
       </c>
-      <c r="C10" t="inlineStr">
+      <c r="C19" t="inlineStr">
         <is>
           <t>Dwuwiązkowy wysokorozdzielczy skaningowy mikroskop elektronowy fei versa 3d wyposażony jest w działo elektronowe z emisją polową (feg - field emission gun) oraz działo jonowe ga+ (fib - focused ion beam). umożliwia pracę z napięciem przyspieszającym w zakresie od 500 v do 30 kv (max. prąd wiązki elektronowej 200 na). zdolność rozdzielcza mikroskopu definiowana jako rozdzielczość obrazów elektronów wtórnych przy napięciu przyspieszającym 30 kv na standardowej próbce cząstek złota wynoszącej 1 nm w trybie wysokiej próżni – hv (1.5 nm w trybie niskiej próżni - lv).
 mikroskop wyposażony jest w:
 	detektory do obrazowania w trybie wysokiej (etd, cbs) i niskiej próżni (lvsed) oraz trybie środowiskowym (gsed).
 	spektrometr dyspersji energii promieniowania rentgenowskiego (eds - energy dispersive x-ray spectrometer) ultim max 40 oraz kamerę cmos symmetry s2 firmy oxford instruments umożliwiającą pomiary dyfrakcji elektronów wstecznie rozproszonych (ebsd - electron backscatter diffraction),
 	detektor umożliwiający obrazowanie w trybie skaningowo-transmisyjnym (stem),
 	działo jonowe ga+ (fib) i system precyzyjnego dozowania gazów roboczych (gis - gas injection system). możliwość depozycji platyny (pt) lub wolframu (w),
 	dwa stoliki grzewcze (do 1000°c i 1500°c),
 	stolik peltiera,
 	nanoindenter ft-nmt04 firmy femtotools,
 	oprogramowanie auto slice&amp;view;,
 	układ dwóch nanomanipulatorów (mibotów) firmy imina.
 maksymalne wymiary próbek – średnica: 150 mm, wysokość: 55 mm; waga: 500 g.</t>
         </is>
       </c>
-      <c r="D10" t="inlineStr">
+      <c r="D19" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obserwacje mikrostruktury materiałów przewodzących i dielektrycznych.
 	badania „in-situ”:
 		stolik peltiera i stoliki grzewcze, 
 		nanomanipulatory do pomiarów właściwości elektrycznych,
 		nanoindenter.
 	tomografia elektronowa (sem/fib) - rekonstrukcja 3d mikrostruktury.
 	analizy składu pierwiastkowego (eds).
 	analizy orientacji krystalograficznych (ebsd).
 </t>
         </is>
       </c>
-      <c r="E10" t="inlineStr">
+      <c r="E19" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analiza wielkości i kształtu cząstek i porów, pomiar grubości powłok o rozmiarach mikro- i nanometrycznych.
 	obrazowanie w trybie skaningowo-transmisyjnym (stem):
 		jasnym polu (bf),
 		ciemnym polu (df),
 		szerokokątowym ciemnym polu (haadf).
 	trzy tryby pracy:
 		wysoka próżnia (hv),
 		niska próżnia (lv),
 		środowiskowy (esem).
 </t>
         </is>
       </c>
-      <c r="F10" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G10" t="inlineStr">
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H10" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I10" t="inlineStr">
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I19" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J10" t="inlineStr">
+      <c r="J19" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K10" t="inlineStr">
+      <c r="K19" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L10" t="inlineStr">
+      <c r="L19" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M10" t="inlineStr">
+      <c r="M19" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N10" t="inlineStr">
+      <c r="N19" t="inlineStr">
         <is>
           <t>Ebsd, eds, fib, fib-sem, sem, sem-bse, sem-edx, sem-se, tomografia elektronowa</t>
         </is>
       </c>
     </row>
-    <row r="11">
-      <c r="A11" t="inlineStr">
+    <row r="20">
+      <c r="A20" t="inlineStr">
         <is>
           <t>Dwuwiązkowy ultra-wysokorozdzielczy skaningowy mikroskop elektronowy z działem jonów ksenonu (pfib/sem) wraz z mikroskopem sił atomowych (afm)</t>
         </is>
       </c>
-      <c r="B11" t="inlineStr">
+      <c r="B20" t="inlineStr">
         <is>
           <t>Thermo fisher scientific helios 5 pfib cxe</t>
         </is>
       </c>
-      <c r="C11" t="inlineStr">
+      <c r="C20" t="inlineStr">
         <is>
           <t>Dwuwiązkowy, ultra-wysokorozdzielczy skaningowy mikroskop elektronowy helios 5 wyposażony jest w wysokostabilne, monochromatyczne działo elektronowe z emisją polową schottky'ego (feg - field emission gun) oraz działo jonowe xe (pfib - plasma focused ion beam). umożliwia pracę z napięciem przyspieszającym w zakresie od 350 v do 30 kv (max. prąd wiązki elektronowej 100 na) i energii lądowania 20 ev do 30 kev. zdolność rozdzielcza mikroskopu definiowana jako rozdzielczość obrazów elektronów wtórnych przy napięciu przyspieszającym 1 kv na standardowej próbce cząstek złota wynosi 0.7 nm. maksymalne pole widzenia wynosi 2.3 mm dla wd 4 mm.
 mikroskop wyposażony jest w:
 	detektory do obrazowania:  wewnątrzsoczewkowy elstar (tld-se, tld-bse); wewnątrzkolumnowy elstar (icd - se/bse); elektronów wtórnych (etd); elektronów i jonów wtórnych (ice - si, se); wysuwany niskonapięciowy, wysokokontrastowy detektor elektronów wstecznie rozproszonych (abs/dbs),
 	spektrometr dyspersji energii promieniowania rtg. (eds - energy dispersive x-ray spectrometer) ultim max 60 oraz kamerę cmos symmetry s3 firmy oxford instruments umożliwiającą pomiary dyfrakcji elektronów wstecznie rozproszonych (ebsd - electron backscatter diffraction),
 	detektor umożliwiający obrazowanie w trybie skaningowo-transmisyjnym (stem3+),
 	działo jonowe xe (pfib) i dwa systemy dozowania gazów (gis - gas injection system). możliwość depozycji platyny (pt) i/lub wolframu (w),
 	nanoindenter ft-nmt04 firmy femtotools,
 	oprogramowanie auto slice&amp;view;,
 	stolik afm firmy nenovision.
 maksymalne wymiary próbek – średnica: 110 mm, wysokość: 65 mm; waga: 500 g.</t>
         </is>
       </c>
-      <c r="D11" t="inlineStr">
+      <c r="D20" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	ultra-wysokorozdzielcze obrazowanie mikrostruktury materiałów przewodzących i nieprzewodzących.
 	pomiar nanotwardości.
 	analiza topografii powierzchni (afm).
 	tomografia elektronowa (sem/fib) - rekonstrukcja 3d mikrostruktury.
 	analizy składu pierwiastkowego (eds).
 	analizy orientacji krystalograficznych (ebsd).
 	przygotowanie próbek tem i apt bez implantacji ga+.
  </t>
         </is>
       </c>
-      <c r="E11" t="inlineStr">
+      <c r="E20" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analiza wielkości i kształtu cząstek i porów, pomiar grubości powłok o rozmiarach mikro- i nanometrycznych.
 	obrazowanie w trybie skaningowo-transmisyjnym (stem):
 		jasnym polu (bf),
 		ciemnym polu (df),
 		szerokokątowym ciemnym polu (haadf).
 	precyzyjne przygotowanie przekrojów pfib (rocking polish).
 	możliwość akwizycji obrazów z dużych obszarów (mapa 3 sem).
 </t>
         </is>
       </c>
-      <c r="F11" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G11" t="inlineStr">
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H11" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I11" t="inlineStr">
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I20" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J11" t="inlineStr">
+      <c r="J20" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K11" t="inlineStr">
+      <c r="K20" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L11" t="inlineStr">
+      <c r="L20" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M11" t="inlineStr">
+      <c r="M20" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N11" t="inlineStr">
+      <c r="N20" t="inlineStr">
         <is>
           <t>Ebsd, ecci, eds, edx, pfib, rekonstrukcja 3d, sem, stem, tomografia elektronowa</t>
         </is>
       </c>
     </row>
-    <row r="12">
-      <c r="A12" t="inlineStr">
+    <row r="21">
+      <c r="A21" t="inlineStr">
         <is>
           <t>Napylarka wysokopróżniowa q150t e quorum technologies</t>
         </is>
       </c>
-      <c r="B12" t="inlineStr">
+      <c r="B21" t="inlineStr">
         <is>
           <t>Q150t e quorum technologies</t>
         </is>
       </c>
-      <c r="C12" t="inlineStr">
+      <c r="C21" t="inlineStr">
         <is>
           <t>Urządzenie umożliwia nanoszenie cienkich, amorficznych warstw węgla (c) o wysokiej czystości i dużej gęstości na powierzchni próbek nieprzewodzących, w celu poprawy przewodności elektrycznej próbek analizowanych przy użyciu skaningowego mikroskopu elektronowego (sem), siateczek do transmisyjnej mikroskopii elektronowej (tem) oraz przygotowanie replik do badań w trybie skaningowo-transmisyjnym (stem).</t>
         </is>
       </c>
-      <c r="D12" t="inlineStr">
+      <c r="D21" t="inlineStr">
         <is>
           <t>Urządzenie umożliwia precyzyjną kontrolę grubości warstwy węgla dzięki zainstalowanej wadze kwarcowej. minimalna grubość warstwy wynosi 1 nm.</t>
         </is>
       </c>
-      <c r="E12" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G12" t="inlineStr">
+      <c r="E21" t="inlineStr"/>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G21" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H12" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I12" t="inlineStr">
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I21" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J12" t="inlineStr">
+      <c r="J21" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K12" t="inlineStr">
+      <c r="K21" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L12" t="inlineStr">
+      <c r="L21" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M12" t="inlineStr">
+      <c r="M21" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N12" t="inlineStr">
+      <c r="N21" t="inlineStr">
         <is>
           <t>Cienkie warstwy, napylarka, warstwy przewodzące, warstwy węgla</t>
         </is>
       </c>
     </row>
-    <row r="13">
-      <c r="A13" t="inlineStr">
+    <row r="22">
+      <c r="A22" t="inlineStr">
         <is>
           <t>Spektrometr fotoelektronów xps</t>
         </is>
       </c>
-      <c r="B13" t="inlineStr">
+      <c r="B22" t="inlineStr">
         <is>
           <t>Phi 5000 xps versaprobeii</t>
         </is>
       </c>
-      <c r="C13" t="inlineStr">
+      <c r="C22" t="inlineStr">
         <is>
           <t>Spektrometr fotoelektronów emitowanych pod wpływem naświetlania promieniowaniem rentgenowskim (xps) lub ultrafiloteowym (ups) służy do analizy składu i stanów chemicznych pierwiastków na powierzchni badanego materiału. laboratorium wyposażone jest w spektrometr fotoelektronów xps/ups model phi 5000 versaprobeii (ulvac-phi, chigasaki, japan). urządzenie to wyposażone jest w hemisferyczny analizator energii elektronów o wysokiej rozdzielczości energetycznej oraz czuły, mikrokanałowy detektor (channel plate). rejestruje on fotoelektrony emitowane przez monochromatyczne źródło promieniowania rentgenowskiego (al kα 1486.6 ev) lub źródło promieniowania w zakresie ultrafioletu (he i 21.2 ev, he ii 40.8 ev). spektrometr wyposażony jest w działo jonowe umożliwiające profilowanie głębokościowe wiązką klastrów argonu o rozmiarach z zakresu 1000 – 5000 atomów/klaster przyśpieszanych energiami 5-20 kev (argon gas cluster ion beam – ar-gcib). dodatkowo drugie działo jonowe umożliwia rozpylanie wiązką mono-atomowych jonów argonu o maksymalnej energii 5 kev. w trakcie badań materiał może być chłodzony lub podgrzewany w zakresie od -120oc do 500oc. pięcio-osiowy manipulator umożliwia przeprowadzenie analizy w zależności od kąta ustawienia próbki względem osi analizatora (ar-xps) oraz prowadzenia rozpylania jonowego na obracającej się próbce (rotacja zalara).</t>
         </is>
       </c>
-      <c r="D13" t="inlineStr">
+      <c r="D22" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analiza ilościowa składu chemicznego oraz określenie stanu chemicznego pierwiastków w warstwie powierzchniowej o grubości ok. 5 nm
 	wyznaczanie stężenia pierwiastków wraz z identyfikacją ich stanu chemicznego względem głębokości (profilowanie głębokościowe) z minimalną zdolnością rozdzielcza względem głębokości 10 nm
 </t>
         </is>
       </c>
-      <c r="E13" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G13" t="inlineStr">
+      <c r="E22" t="inlineStr"/>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G22" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I13" t="inlineStr">
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I22" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J13" t="inlineStr">
+      <c r="J22" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K13" t="inlineStr">
+      <c r="K22" t="inlineStr">
         <is>
           <t>Marzec Mateusz</t>
         </is>
       </c>
-      <c r="L13" t="inlineStr">
+      <c r="L22" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-marzec-7814.html</t>
         </is>
       </c>
-      <c r="M13" t="inlineStr">
+      <c r="M22" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N13" t="inlineStr">
+      <c r="N22" t="inlineStr">
         <is>
           <t>Chemia powierzchni, esca, xps</t>
         </is>
       </c>
     </row>
-    <row r="14">
-      <c r="A14" t="inlineStr">
+    <row r="23">
+      <c r="A23" t="inlineStr">
         <is>
           <t>Kwadrupolowy spektrometr mas  hpr-20 r&amp;d (ms)</t>
         </is>
       </c>
-      <c r="B14" t="inlineStr">
+      <c r="B23" t="inlineStr">
         <is>
           <t>Kwadrupolowy spektrometr mas  hpr-20 r&amp;d (ms)</t>
         </is>
       </c>
-      <c r="C14" t="inlineStr">
+      <c r="C23" t="inlineStr">
         <is>
           <t>Kwadrupolowy spektrometr mas  hpr-20 r&amp;d; (ms) sprzężony z termograwimetrem q600 ta instruments (tg).  układ tg/dsc-ms umożliwia analizę jakościową i ilościową uwalnianych gazów i par wydzielających się w trakcie ogrzewania próbki ( w zakresie temperatury do 1500 oc). zakres analizowanych mas do 200 a.m.u. potrójny filtr spektrometru masowego zapwenia bardzo wysoką czułość z ostateczną granicą wykrywalności wynoszącą 10 ppb.
 kwadrupolowy spektrometr mas  hpr-20 r&amp;d;  (ms) firmy  hiden analytical
 czas odpowiedzi przy zmianie stężenia gazu
 &lt; 300 ms
 szybkość skanowania
 do 500 pomiarów/s
 źródło jonów
 zamknięte źródło jonów
 zakres mas atomowych
 0-200 a.m.u.
 opcja ustawienia energii jonizacji 
 spektrometr mas wyposażony jest w opcję ustawienia energii jonizacji.
 krok ustawienia energii jonizacji
 0,2 ev
 limit detekcji gazów
 10 ppb
 dozowanie analizowanych mieszanin gazów i par
 układ ciągłego dozowania analizowanych mieszanin gazów i par. wyposażony w ogrzewaną linię transferową (grzaną min. do 160 oc) z regulacją temperatury i cyfrowym wyświetlaczem temperatury. kapilara wyposażona w wymienny filtr przeciwpyłowy.
 kontrola przepływu gazów
 by-pass do pompy utrzymującej stałeciśnienie w analizatorze wraz z zaworem by-passu próbki. regulowany minimalny przepływ analizowanych gazów.
 interfejs
 interfejs kompatybilny z  q600 ta instruments wyposażony w punkt poboru gazów z termowagi wraz z elementami zapobiegającymi kondensacji par i gazów.</t>
         </is>
       </c>
-      <c r="D14" t="inlineStr">
+      <c r="D23" t="inlineStr">
         <is>
           <t>Kwadrupolowy spektrometr mas  hpr-20 r&amp;d; (ms) sprzężony z termograwimetrem q600 ta instruments (tg).  układ tg-ms umożliwia analizę jakościową i ilościową uwalnianych gazów i par wydzielających się w trakcie ogrzewania próbki ( w zakresie temperatury do 1500 oc). zakres analizowanych mas do 200 a.m.u. potrójny filtr spektrometru masowego zapwenia bardzo wysoką czułość z ostateczną granicą wykrywalności wynoszącą 10 ppb.</t>
         </is>
       </c>
-      <c r="E14" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G14" t="inlineStr">
+      <c r="E23" t="inlineStr"/>
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H14" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I14" t="inlineStr">
+      <c r="H23" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I23" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J14" t="inlineStr">
+      <c r="J23" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K14" t="inlineStr">
+      <c r="K23" t="inlineStr">
         <is>
           <t>Kmita Angelika</t>
         </is>
       </c>
-      <c r="L14" t="inlineStr">
+      <c r="L23" t="inlineStr">
         <is>
           <t>Https://api.skos.agh.edu.pl/osoba/angelika-kmita-8131.html</t>
         </is>
       </c>
-      <c r="M14" t="inlineStr">
+      <c r="M23" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N14" t="inlineStr">
+      <c r="N23" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza jakościowa, identyfikacja gazów, widmo masowe</t>
         </is>
       </c>
     </row>
-    <row r="15">
-      <c r="A15" t="inlineStr">
+    <row r="24">
+      <c r="A24" t="inlineStr">
         <is>
           <t>Spektrometr ftir-atr</t>
         </is>
       </c>
-      <c r="B15" t="inlineStr">
+      <c r="B24" t="inlineStr">
         <is>
           <t>Spektrometr ftir nicolet™ is50 z modułem atr</t>
         </is>
       </c>
-      <c r="C15" t="inlineStr">
+      <c r="C24" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr ftir nicolet is50 z przystawką atr
 spektrometr ftir nicolet is50 firmy thermo scientific to zaawansowane urządzenie analityczne, szeroko stosowane w badaniach chemicznych, fizycznych i biologicznych. wyposażony w przystawkę atr, umożliwia analizę próbek stałych i ciekłych bez skomplikowanego przygotowania.
 konstrukcja i funkcjonalność
 spektrometr nicolet is50 ma modułową konstrukcję, dostosowaną do różnych potrzeb badawczych. w konfiguracji laboratoryjnej zawiera interferometr michelsona, umożliwiający pomiary w zakresie średniej i dalekiej podczerwieni (7800–350 cm-1). wyposażony jest w ceramiczne źródło globar z azotku krzemu (sin), niewymagające chłodzenia wodą.
 przystawka atr
 przystawka atr wykorzystuje zasadę całkowitego wewnętrznego odbicia, umożliwiając analizę próbek bezpośrednio na powierzchni diamentu. technika atr pozwala na badanie trudnych w przygotowaniu próbek o nieregularnych kształtach.
 cechy i zalety:
 	automatyzacja i intuicyjność nicolet is50 oferuje automatyczne funkcje diagnostyczne, walidacyjne i kalibracyjne. oprogramowanie omnic i baza &gt;10,000 widm chemicznych upraszczają obsługę.
 	wysoka czułość i precyzja detektor dlatgs z okienkiem kbr (12,000–350 cm-1) zapewnia dokładne wyniki nawet przy niskich stężeniach.
 	wszechstronność zastosowań idealny do analizy związków organicznych i nieorganicznych, monitorowania reakcji, analizy polimerów i białek oraz badań środowiskowych, farmaceutycznych i kryminalistyczny
  </t>
         </is>
       </c>
-      <c r="D15" t="inlineStr">
+      <c r="D24" t="inlineStr">
         <is>
           <t xml:space="preserve">Przykładowe aplikacje
 	identyfikacja związków chemicznych: atr pozwala na szybkie i dokładne badanie składu chemicznego próbek.
 	analiza warstw powierzchniowych: dzięki niewielkiej głębokości penetracji promieniowania podczerwonego możliwa jest analiza warstw powierzchniowych materiałów.
 	kontrola jakości: urządzenie umożliwia szybkie wykrywanie zanieczyszczeń lub
 </t>
         </is>
       </c>
-      <c r="E15" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G15" t="inlineStr">
+      <c r="E24" t="inlineStr"/>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr">
         <is>
           <t>Aparatura udostępniana jest na zasadach komercyjnych</t>
         </is>
       </c>
-      <c r="H15" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I15" t="inlineStr">
+      <c r="H24" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I24" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J15" t="inlineStr">
+      <c r="J24" t="inlineStr">
         <is>
           <t>Laboratorium radioizotopowych analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K15" t="inlineStr">
+      <c r="K24" t="inlineStr">
         <is>
           <t>Pawlyta Jacek</t>
         </is>
       </c>
-      <c r="L15" t="inlineStr">
+      <c r="L24" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jacek-pawlyta-9868.html</t>
         </is>
       </c>
-      <c r="M15" t="inlineStr">
+      <c r="M24" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N15" t="inlineStr">
+      <c r="N24" t="inlineStr">
         <is>
           <t>Analiza chemiczna</t>
         </is>
       </c>
     </row>
-    <row r="16">
-      <c r="A16" t="inlineStr">
+    <row r="25">
+      <c r="A25" t="inlineStr">
         <is>
           <t>Zestaw do oznaczeń radiowęgla i lekkich izotopów stabilnych</t>
         </is>
       </c>
-      <c r="B16" t="inlineStr">
+      <c r="B25" t="inlineStr">
         <is>
           <t>System pims</t>
         </is>
       </c>
-      <c r="C16" t="inlineStr">
+      <c r="C25" t="inlineStr">
         <is>
           <t xml:space="preserve">System nec pims do oznaczania radiowęgla (c-14)
 system pims (positive ion mass spectrometry), zintegrowany z analizatorami elementarnymi  flash ea oraz spektrometrem stosunków izotopowych delta q, stanowi nowoczesne rozwiązanie do precyzyjnych i wydajnych oznaczeń radiowęgla (c-14). konstrukcja systemu eliminuje czaso- i pracochłonny proces grafityzacji, wymagany w metodzie akceleratorowej spektrometrii mas (ams), usprawniając pomiar.
 kluczowe komponenty:
 	2× flash ea (thermo scientific) automatyczne analizatory elementarne przekształcają próbki stałe lub ciekłe w gazowe formy  co₂ i n₂ poprzez ilościowe spalanie. wytworzony co₂ służy jako medium do oznaczeń radiowęgla oraz analizy stabilnych izotopów (np. δ¹³c).
 	delta q irms (thermo scientific) spektrometr delta q irms umożliwia precyzyjne pomiary. δ¹³c, δ¹⁸o i δ¹⁵n pomiary izotopów stabionych można wykonać w ramach datowania radiowęglowego lub niezależnie.
 	gsh (gas sample hub) system gsh przetwarza, oczyszcza i dostarcza co₂ z flash ea do modułów pims i irms. zapewnia to czysty, jednolity strumień próbki wolny od zanieczyszczeń, co jest kluczowe dla czułych pomiarów radiowęglowych.
 	pims z ecr (electron cyclotron resonance) serce systemu stanowi pims z wykorzystaniem źródła ecr, które bezpośrednio generuje dodatni wiązkę jonów węgla z gazu co₂. podejście to eliminuje konieczność grafityzacji, znacząco skracając czas przygotowania próbek, minimalizując ryzyko zanieczyszczeń. system pims cechuje się wyjątkową czułością, umożliwiając precyzyjne pomiary radiowęgla w naturalnych stężeniach.
  </t>
         </is>
       </c>
-      <c r="D16" t="inlineStr">
+      <c r="D25" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	oferowanie szybkich analiz c-14
 	oznaczanie zawartości biokomponentów
 	datowanie radiowęglowe
 	analizy izotopów stabilnych c, n, o, połączonych z datowaniem radiowęglowym oraz niezależnie
 	analiza i interpretacja wyników pomiarów
 	kalibracja dat radiowęglowych, modele radiowęglowe dla stanowisk i profili
 	współpraca  na zasadzie komercyjnej oraz naukowej
  </t>
         </is>
       </c>
-      <c r="E16" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G16" t="inlineStr">
+      <c r="E25" t="inlineStr"/>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr">
         <is>
           <t>Aparatura udostępniana na zasadach komercyjnych</t>
         </is>
       </c>
-      <c r="H16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I16" t="inlineStr">
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I25" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J16" t="inlineStr">
+      <c r="J25" t="inlineStr">
         <is>
           <t>Laboratorium radioizotopowych analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K16" t="inlineStr">
+      <c r="K25" t="inlineStr">
         <is>
           <t>Pawlyta Jacek</t>
         </is>
       </c>
-      <c r="L16" t="inlineStr">
+      <c r="L25" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jacek-pawlyta-9868.html</t>
         </is>
       </c>
-      <c r="M16" t="inlineStr">
+      <c r="M25" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N16" t="inlineStr">
+      <c r="N25" t="inlineStr">
         <is>
           <t>Biokomponenty, biopaliwa, c-14, izotopy trwałe, radiowęgiel, spektrometria mas</t>
         </is>
       </c>
     </row>
-    <row r="17">
-      <c r="A17" t="inlineStr">
+    <row r="26">
+      <c r="A26" t="inlineStr">
         <is>
           <t>Mikroskop zeiss axiolab 5</t>
         </is>
       </c>
-      <c r="B17" t="inlineStr">
+      <c r="B26" t="inlineStr">
         <is>
           <t>Mikroskop polaryzacyjny zeiss axiolab 5</t>
         </is>
       </c>
-      <c r="C17" t="inlineStr">
+      <c r="C26" t="inlineStr">
         <is>
           <t>Mikroskop axiolab 5 to mikroskop nowej generacji, świetnie nadający się do pracy w środowisku przemysłowym. pozwala na obserwację w świetle przechodzącym i odbitym, posiada kamerę cyfrową oraz oprogramowanie do analizy obrazu. nowoczesne rozwiązania pozwalają na szybkie, łatwe i intuicyjne uzyskiwanie zdjęć i błyskawiczną analizę wyników.
 mikroskop wyposażony jest w:
 obiektywy planachromatyczne, ze szkła odprężonego
 	2,5x / apertura 0,085, odl. robocza 8,8 mm, uniwersalny do preparatów nakrytych i nienakrytych
 	5x / apertura 0,15, odl. robocza 12 mm, uniwersalny do preparatów nakrytych i nienakrytych
 do preparatów nakrytych
 	10x / apertura 0,25, odległość robocza 6,5 mm
 	20x / apertura 0,45, odległość robocza 0,63 mm
 	50x / apertura 0,80, odległość robocza 0,41 mm
 do preparatów nienakrytych, o podwyższonym kontraście
 	10x / apertura 0,25, odległość robocza 11,0 mm
 	50x / apertura 0,75, odległość robocza 1,0 mm
 kamerę cyfrową kolorową:
 	rozdzielczość: 2464 (h) x 2056 (v) = 5 megapikseli lub większa
 	rozmiar piksela 3,45 μm x 3,45 μm
 	czas integracji: od 0,1 ms do 4 s lub większy zakres
 	typowy zakres dynamiki, co najmniej 4800:1
 	prędkość akwizycji: co najmniej 36 fps przy pełnej rozdzielczości
 	migawka klasy „global shutter”
 oprogramowanie do obróbki zdjęć.</t>
         </is>
       </c>
-      <c r="D17" t="inlineStr">
+      <c r="D26" t="inlineStr">
         <is>
           <t>Możliwość analizy petrograficznej skał magmowych, osadowych i metamorficznych. określanie stopnia i rodzaju porowatości skały (pierwotna, wtórna).</t>
         </is>
       </c>
-      <c r="E17" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G17" t="inlineStr">
+      <c r="E26" t="inlineStr"/>
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
-      <c r="H17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I17" t="inlineStr">
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I26" t="inlineStr">
         <is>
           <t>Katedra inżynierii naftowej</t>
         </is>
       </c>
-      <c r="J17" t="inlineStr">
+      <c r="J26" t="inlineStr">
         <is>
           <t>Geoenergia - laboratorium zaawansowanych metod wydobycia węglowodorów i magazynowania energii</t>
         </is>
       </c>
-      <c r="K17" t="inlineStr">
+      <c r="K26" t="inlineStr">
         <is>
           <t>Wojnarowski Paweł</t>
         </is>
       </c>
-      <c r="L17" t="inlineStr">
+      <c r="L26" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-wojnarowski-5575.html</t>
         </is>
       </c>
-      <c r="M17" t="inlineStr">
+      <c r="M26" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N17" t="inlineStr">
+      <c r="N26" t="inlineStr">
         <is>
           <t>Mikroskop polaryzacyjny, światło odbite, światło przechodzące</t>
         </is>
       </c>
     </row>
-    <row r="18">
-      <c r="A18" t="inlineStr">
+    <row r="27">
+      <c r="A27" t="inlineStr">
         <is>
           <t>Reaktor chemiczny</t>
         </is>
       </c>
-      <c r="B18" t="inlineStr">
+      <c r="B27" t="inlineStr">
         <is>
           <t>Series 4650 high pressure vessel systems, 500 ml</t>
         </is>
       </c>
-      <c r="C18" t="inlineStr">
+      <c r="C27" t="inlineStr">
         <is>
           <t>System jest wyposażony w wysokociśnieniowe biurety przeznaczone do wprowadzania gazu (zwykle wodoru) do reaktora pod stałym ciśnieniem. biurety składają się ze zbiornika wysokociśnieniowego wyposażonego w zawór wlotowy, manometr i zawór nadmiarowy. do każdej pipety dołączony jest regulator stałego ciśnienia z zaworem zwrotnym, wąż łączący i stojak. ilość gazu zużytego w reakcji można określić, znając objętość zbiornika wysokociśnieniowego i obserwując spadek ciśnienia w zbiorniku podczas reakcji. ponadto system jest wyposażony w pompę preparatywną hplc azura. obejmuje ona szeroki zakres natężenia przepływu i możliwości ciśnieniowych. została zaprojektowana do oczyszczania próbek o masie mg i gramów. mobile control umożliwia intuicyjne sterowanie w trybie autonomicznym. zintegrowane automatyczne rozpoznawanie głowicy pompy za pomocą technologii rfid umożliwia szybkie dostosowanie pompy do różnych zastosowań.</t>
         </is>
       </c>
-      <c r="D18" t="inlineStr">
+      <c r="D27" t="inlineStr">
         <is>
           <t>Procesy chemiczne w wysokiej temperaturze i ciśnieniu.</t>
         </is>
       </c>
-      <c r="E18" t="inlineStr">
+      <c r="E27" t="inlineStr">
         <is>
           <t>Reaktor oferuje ciśnienie robocze do 345 barów (5000 psi) w temperaturach do 350°c.</t>
         </is>
       </c>
-      <c r="F18" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G18" t="inlineStr">
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
-      <c r="H18" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I18" t="inlineStr">
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I27" t="inlineStr">
         <is>
           <t>Katedra inżynierii naftowej</t>
         </is>
       </c>
-      <c r="J18" t="inlineStr">
+      <c r="J27" t="inlineStr">
         <is>
           <t>Geoenergia - laboratorium zaawansowanych metod wydobycia węglowodorów i magazynowania energii</t>
         </is>
       </c>
-      <c r="K18" t="inlineStr">
+      <c r="K27" t="inlineStr">
         <is>
           <t>Wojnarowski Paweł</t>
         </is>
       </c>
-      <c r="L18" t="inlineStr">
+      <c r="L27" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-wojnarowski-5575.html</t>
         </is>
       </c>
-      <c r="M18" t="inlineStr">
+      <c r="M27" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N18" t="inlineStr">
+      <c r="N27" t="inlineStr">
         <is>
           <t>Geotermia, paliwa syntetyczne, reaktor chemiczny</t>
         </is>
       </c>
     </row>
-    <row r="19">
-      <c r="A19" t="inlineStr">
+    <row r="28">
+      <c r="A28" t="inlineStr">
         <is>
           <t>System do pomiaru ciśnienia kapilarnego i własności elektrycznych w próbkach skalnych</t>
         </is>
       </c>
-      <c r="B19" t="inlineStr">
+      <c r="B28" t="inlineStr">
         <is>
           <t>Rccp system pomiaru ciśnienia kapilarnego i oporności w warunkach złożowych</t>
         </is>
       </c>
-      <c r="C19" t="inlineStr">
+      <c r="C28" t="inlineStr">
         <is>
           <t xml:space="preserve">System zapewnia pomiary w temperaturze i ciśnieniu złożowym. system jest skonfigurowany do dostarczania danych o ciśnieniu kapilarnym metodą płytki porowatej w stanie ustalonym i jednoczesnych danych o właściwościach elektrycznych („f”, „ri”, „sw”, „m”, „n”, „ro”, „rt”, „rw”) z płynami złożowymi. system jest przystosowany do ciśnienia uszczelniającego10 000 psig, ciśnienia porowego 9 500 psig w temperaturze 150 °c i oferuje zautomatyzowaną akwizycję danych oraz półautomatyczną obsługę. szklany mikroporowaty dysk pozwala na osiągnięcie ciśnienia w porach do 1500 psig w systemach ropno/solankowych, znacznie rozszerzając zakres ciśnienia kapilarnego w porównaniu z tradycyjnymi dyskami ceramicznymi.
  </t>
         </is>
       </c>
-      <c r="D19" t="inlineStr">
+      <c r="D28" t="inlineStr">
         <is>
           <t>Badania ciśnienia kapilarnego w układzie ropa-woda (porous plate method). pomiar właściwości elektrycznych rdzenia nasyconego płynami. badanie procesów wypierania płynów (po rekonfiguracji).</t>
         </is>
       </c>
-      <c r="E19" t="inlineStr">
+      <c r="E28" t="inlineStr">
         <is>
           <t>Zakres pracy: maksymalne ciśnienie 68 mpa, maksymalna temperatura 150 °c.</t>
         </is>
       </c>
-      <c r="F19" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G19" t="inlineStr">
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
-      <c r="H19" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I19" t="inlineStr">
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I28" t="inlineStr">
         <is>
           <t>Katedra inżynierii naftowej</t>
         </is>
       </c>
-      <c r="J19" t="inlineStr">
+      <c r="J28" t="inlineStr">
         <is>
           <t>Geoenergia - laboratorium zaawansowanych metod wydobycia węglowodorów i magazynowania energii</t>
         </is>
       </c>
-      <c r="K19" t="inlineStr">
+      <c r="K28" t="inlineStr">
         <is>
           <t>Wojnarowski Paweł</t>
         </is>
       </c>
-      <c r="L19" t="inlineStr">
+      <c r="L28" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-wojnarowski-5575.html</t>
         </is>
       </c>
-      <c r="M19" t="inlineStr">
+      <c r="M28" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N19" t="inlineStr">
+      <c r="N28" t="inlineStr">
         <is>
           <t>Ciśnienie kapilarne, metoda płytki porowej, własności elektryczne</t>
         </is>
       </c>
     </row>
-    <row r="20">
-      <c r="A20" t="inlineStr">
+    <row r="29">
+      <c r="A29" t="inlineStr">
         <is>
           <t>System do badań efektywności zaawansowanych metod eksploatacji surowców płynnych</t>
         </is>
       </c>
-      <c r="B20" t="inlineStr">
+      <c r="B29" t="inlineStr">
         <is>
           <t>Afs core flooding system</t>
         </is>
       </c>
-      <c r="C20" t="inlineStr">
+      <c r="C29" t="inlineStr">
         <is>
           <t>System do badań efektywności zaawansowanych metod eksploatacji surowców płynnych umożliwia testowania metod wypierania płynów z rdzenia skalnego za pomocą ropy, wody, gazów oraz naprzemiennie wody i gazu, pomiaru resztkowego nasycenia ropy oraz efektywności wypierania dla poszczególnych faz. pozwala na pomiar przepuszczalności absolutnej z wykorzystaniem gazu lub fazy ciekłej w warunkach złożowych oraz wyznaczenie przepuszczalności względnych metodą "unsteady-state". w trakcie badań możliwe jest zatłaczanie solanki, ropy naftowej, polimerów, roztworów kwasów oraz gazów takich jak dwutlenek węgla, azot i metan czy wodór. instalacja umożliwia wtłaczania gazu oraz płynu jednocześnie. urządzenie umożliwia wykonywanie badań przy odtworzeniu warunków złożowych. zakres pracy: maksymalne ciśnienie 68 mpa, maksymalna temperatura 150 °c. zestaw wyposażony jest w dwa separatory do pomiaru w warunkach złożowych oraz warunkach otoczenia oraz trzy niezależne zasobniki na płyny wykorzystywane w trakcie badań.</t>
         </is>
       </c>
-      <c r="D20" t="inlineStr">
+      <c r="D29" t="inlineStr">
         <is>
           <t>1. pomiar porowatości.
 2. pomiar przepuszczalności absolutnej i względnej 
 3. badanie procesów przpływu i magazynowania płynów w ośrodku porowatym.
 4. okreśłanie minimalnego ciśnienia mieszania gazów z cieczami.
 5. badanie procesu dyfuzji w cieczach i gazach.
 6. badanie procesów wypierania płynów.
 7. badanie zwilżalności układzie skała-ropa-woda.</t>
         </is>
       </c>
-      <c r="E20" t="inlineStr">
+      <c r="E29" t="inlineStr">
         <is>
           <t>Zakres pracy: maksymalne ciśnienie 68 mpa, maksymalna temperatura 150 °c.</t>
         </is>
       </c>
-      <c r="F20" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G20" t="inlineStr">
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
-      <c r="H20" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I20" t="inlineStr">
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I29" t="inlineStr">
         <is>
           <t>Katedra inżynierii naftowej</t>
         </is>
       </c>
-      <c r="J20" t="inlineStr">
+      <c r="J29" t="inlineStr">
         <is>
           <t>Geoenergia - laboratorium zaawansowanych metod wydobycia węglowodorów i magazynowania energii</t>
         </is>
       </c>
-      <c r="K20" t="inlineStr">
+      <c r="K29" t="inlineStr">
         <is>
           <t>Wojnarowski Paweł</t>
         </is>
       </c>
-      <c r="L20" t="inlineStr">
+      <c r="L29" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-wojnarowski-5575.html</t>
         </is>
       </c>
-      <c r="M20" t="inlineStr">
+      <c r="M29" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N20" t="inlineStr">
+      <c r="N29" t="inlineStr">
         <is>
           <t>Eor, magazynowanie energii</t>
         </is>
       </c>
     </row>
-    <row r="21">
-      <c r="A21" t="inlineStr">
+    <row r="30">
+      <c r="A30" t="inlineStr">
         <is>
           <t>Mikrowaga</t>
         </is>
       </c>
-      <c r="B21" t="inlineStr">
+      <c r="B30" t="inlineStr">
         <is>
           <t>Mikrowaga mya 5.4y.b (radwag)</t>
         </is>
       </c>
-      <c r="C21" t="inlineStr">
+      <c r="C30" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikrowaga mya 5.4y.b produkcji radwag o zakresie pomiarowym 5,1 g.
 działka odczytowa: 0,001 mg.
  </t>
         </is>
       </c>
-      <c r="D21" t="inlineStr">
+      <c r="D30" t="inlineStr">
         <is>
           <t>Mikrowaga umożliwia pomiar masy próbek przed i po badaniach korozyjnych.</t>
         </is>
       </c>
-      <c r="E21" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G21" t="inlineStr">
+      <c r="E30" t="inlineStr"/>
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr">
         <is>
           <t>Do ustalenia z osobą kontaktową</t>
         </is>
       </c>
-      <c r="H21" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I21" t="inlineStr">
+      <c r="H30" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I30" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J21" t="inlineStr">
+      <c r="J30" t="inlineStr">
         <is>
           <t>Centrum mikroskopii elektronowej dla inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K21" t="inlineStr">
+      <c r="K30" t="inlineStr">
         <is>
           <t>Rutkowski Bogdan</t>
         </is>
       </c>
-      <c r="L21" t="inlineStr">
+      <c r="L30" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/bogdan-rutkowski-7458.html</t>
         </is>
       </c>
-      <c r="M21" t="inlineStr">
+      <c r="M30" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N21" t="inlineStr">
+      <c r="N30" t="inlineStr">
         <is>
           <t>Korozja wysokotemperaturowa, mikrowaga</t>
         </is>
       </c>
     </row>
-    <row r="22">
-      <c r="A22" t="inlineStr">
+    <row r="31">
+      <c r="A31" t="inlineStr">
         <is>
           <t>Rozbudowa laboratorium geoenergetyki agh-innowacyjne otworowe wymienniki ciepła oraz dublet geotermalny  na polu badawczym b laboratorium geoenergetyki agh</t>
         </is>
       </c>
-      <c r="B22" t="inlineStr">
+      <c r="B31" t="inlineStr">
         <is>
           <t>Rozbudowa laboratorium geoenergetyki agh-innowacyjne otworowe wymienniki ciepła oraz dublet geotermalny  na polu badawczym b laboratorium geoenergetyki agh</t>
         </is>
       </c>
-      <c r="C22" t="inlineStr">
+      <c r="C31" t="inlineStr">
         <is>
           <t xml:space="preserve">Instalacja składa się z kilku form pozyskiwania ciepła ziemi oraz magazynowania energii. występują w niej:
 	dublet studni, które mają za zadanie produkcję i zatłaczanie wody podziemnej unoszącej ciepło. woda przepływając w dublecie pomiędzy dwoma studniami trafia do parownika pompy ciepła. ze względu na mineralizację wody zastosowano pośredni czynnik grzewczy w postaci roztworu wodnego glikolu monopropylenowego ora dodatkowy wymiennik ciepła zbudowany z odpornych na korozję materiałów. w instalacji pracuje w związku z tym glikolowa pompa ciepła, przekazując ciepło na cele grzewcze w pawilonie d2;
 	dwa otworowe wymienniki ciepła z bezpośrednim parowaniem. stanowią więc parownik specjalnej (drugiej) pompy ciepła w instalacji. otwory wyposażone są w termometry umieszczone co 10 m do głębokości końcowej, tj. 30 m p.p.t.;
 	dwa wymienniki horyzontalne, z których jeden jest zainstalkowany z podwójną u-rurką z rur pe dn40 w otworze wykonanym metodą przewiertu sterowanego hdd (horizontal directional drilling), a drugi zainstalowano w istniejącej rurze pod ulicą rozdzielającą pawilony a4 i d2 na kampusie agh w krakowie. poziome otworowe wymienniki ciepła pracują jako niskotemperaturowe źródło ciepła dla wcześniej zainstalowanych dwóch glikolowych pomp ciepła;
 	trzy otwory do głębokości 30 m p.p.t., z których dwa służą do magazynowania energii w formie ciśnienia, stanowiąc objętość dla magazynowania sprężonego powietrza. trzeci otwór magazynuje energię w postaci potencjalnej. umieszczony w nim obciążnik ma możliwość poruszania się w górę i w dół. dzięki temu tworzy magazyn, gdzie położenie dolne obciążnika oznacza w pełni rozładowany, a położenie górne w pełni naładowany magazyn. wszystkie trzy otwory służą do magazynowania nadmiarowej energii elektrycznej z paneli fotowoltaicznych.
 </t>
         </is>
       </c>
-      <c r="D22" t="inlineStr">
+      <c r="D31" t="inlineStr">
         <is>
           <t xml:space="preserve">Infrastruktura ma możliwości:
 	badań wpływu parametrów eksploatacyjnych na efektywność otworowych wymienników ciepła,
 	badania oporów przepływu i strat mocy hydraulicznej wymienników otworowych,
 	badania efektywności energetycznej pozyskiwania ciepła z wód podziemnych,
 	badania różnych konstrukcji otworowych wymienników ciepła (różnych rur),
  </t>
         </is>
       </c>
-      <c r="E22" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G22" t="inlineStr">
+      <c r="E31" t="inlineStr"/>
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza jest udostępniana do badań za pośrednictwem pracowników wwnig agh. badania, na podstawie odpowiednich umów z agh, realizować będą przedstawiciele laboratorium geoenergetyki agh.</t>
         </is>
       </c>
-      <c r="H22" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I22" t="inlineStr">
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I31" t="inlineStr">
         <is>
           <t>Katedra wiertnictwa i geoinżynierii</t>
         </is>
       </c>
-      <c r="J22" t="inlineStr">
+      <c r="J31" t="inlineStr">
         <is>
           <t>Laboratorium geoenergetyki</t>
         </is>
       </c>
-      <c r="K22" t="inlineStr">
+      <c r="K31" t="inlineStr">
         <is>
           <t>Śliwa Tomasz</t>
         </is>
       </c>
-      <c r="L22" t="inlineStr">
+      <c r="L31" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-sliwa-4348.html</t>
         </is>
       </c>
-      <c r="M22" t="inlineStr">
+      <c r="M31" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N22" t="inlineStr">
+      <c r="N31" t="inlineStr">
         <is>
           <t>Geoenergetyka, geotermia, otworowe wymienniki ciepła, wykorzystane otwory wiertnicze</t>
         </is>
       </c>
     </row>
-    <row r="23">
-      <c r="A23" t="inlineStr">
+    <row r="32">
+      <c r="A32" t="inlineStr">
         <is>
           <t>Chromatograf cieczowy (hplc)</t>
         </is>
       </c>
-      <c r="B23" t="inlineStr">
+      <c r="B32" t="inlineStr">
         <is>
           <t>Chromatograf cieczowy (hplc)</t>
         </is>
       </c>
-      <c r="C23" t="inlineStr">
+      <c r="C32" t="inlineStr">
         <is>
           <t>Chromatografi cieczowy shimadzu lc-2050c z detektorami uv-vis i fld.</t>
         </is>
       </c>
-      <c r="D23" t="inlineStr">
+      <c r="D32" t="inlineStr">
         <is>
           <t>Ilościowa analiza związków organicznych w próbkach środowiskowych, roztworach modelowych itp.</t>
         </is>
       </c>
-      <c r="E23" t="inlineStr">
+      <c r="E32" t="inlineStr">
         <is>
           <t>Ilościowa analiza związków organicznych.</t>
         </is>
       </c>
-      <c r="F23" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G23" t="inlineStr">
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr">
         <is>
           <t>Za zgodą i pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H23" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I23" t="inlineStr">
+      <c r="H32" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I32" t="inlineStr">
         <is>
           <t>Katedra mineralogii, petrografii i geochemii</t>
         </is>
       </c>
-      <c r="J23" t="inlineStr">
+      <c r="J32" t="inlineStr">
         <is>
           <t>Mineral-based architectures group, http://www.mba-group.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K23" t="inlineStr">
+      <c r="K32" t="inlineStr">
         <is>
           <t>Matusik Jakub</t>
         </is>
       </c>
-      <c r="L23" t="inlineStr">
+      <c r="L32" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jakub-matusik-6924.html</t>
         </is>
       </c>
-      <c r="M23" t="inlineStr">
+      <c r="M32" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N23" t="inlineStr">
+      <c r="N32" t="inlineStr">
         <is>
           <t>Analiza chemiczna</t>
         </is>
       </c>
     </row>
-    <row r="24">
-      <c r="A24" t="inlineStr">
+    <row r="33">
+      <c r="A33" t="inlineStr">
         <is>
           <t>Morphologi 4 - zautomatyzowany analizator wielkości i kształtu cząstek</t>
         </is>
       </c>
-      <c r="B24" t="inlineStr">
+      <c r="B33" t="inlineStr">
         <is>
           <t>Malvern morphologi 4</t>
         </is>
       </c>
-      <c r="C24" t="inlineStr">
+      <c r="C33" t="inlineStr">
         <is>
           <t xml:space="preserve">Zautomatyzowany analizator do jednoczesnego określania rozmiaru, kształtu i liczby cząstek w badanej próbce. możliwość badania proszków w stanie suchym, emulsji oraz zawiesin cieczowych w zakresie wielkości cząstek  0,5 – 1300 µm. 
 układ pomiarowy wyposażony w zestaw optyczny nikon cfi 60 (obiektywy 2,5x, 5x, 10x, 20x, 50x).
 możliwość aplikowani próbek: szklana płytka do badania dyspersji proszków, uchwyt na 4 standardowe szkiełka mikroskopowe, wet-cell - przystawka do pomiaró zawiesin cieczowych.
 rejestracja kolorowych obrazów kamerą cyfrową ccd 18mpix. rozmiar piksela 1,25 µm.
 możliwość wyznaczenia parametrów rozmiarów cząstek, parametrów ksztaltu cząstek oraz parametrów przejrzystości cząstek. 
 wyniki w postaci dwuwymiarowych obrazów ziaren, powtarzalość wyników, możliwość porównania wyników przy użyciu szerokiego wachlarza wykresów i diagramów.
 możliwości zastosowania w wielu dziedzinach i badaniach, m.in.: farmacja, gleby, polimery, gumy i plastiki, analiza kryminalistyczna, produkty konsumenckie, chemia specjalistyczna, energetyka i środowisko, przemysł rafineryjny, przemysł spożywczy, elektronika, motoryzacja i lotnictwo, cementy, przemysł chemiczny, proszki i granulaty, emulsje i zawiesiny, wytwarzanie przyrostowe (druk 3d), analiza mikrorzeźby ziaren osadów, badania teksturalne osadów.  
  </t>
         </is>
       </c>
-      <c r="D24" t="inlineStr">
+      <c r="D33" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	właściwości cząstek: rozmiar, kształt, transparentność, liczebność, rozmieszczenie
 	parametry: koło równoważne (ce), średnica, długość, szerokość, obwód, powierzchnia, maksymalna odległość, sfera równoważna (se) objętość, całkowita długość i szerokość włókna, proporcje kształtu, kolistość, wypukłość, wydłużenie, kolistość wysokiej czułości (hs), zwartość, wydłużenie włókien i prostość włókna
 </t>
         </is>
       </c>
-      <c r="E24" t="inlineStr">
+      <c r="E33" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres wielkości cząstek: 0,5–1300 μm
 	dyspersja suchych proszków
 	pomiar emulsji i zawiesin
 	badania cząstek osadzonych na filtrach 47 mm
 	oświetlenie: światło białe, przechodzące i odbite, polaryzatory
 	obiektywy: 2,5x, 5x, 10x, 20x, 50x
 	rejestrowane obrazy ccd 18 mpix (4912x3684) rozmiar piksela 1,25 μm
 </t>
         </is>
       </c>
-      <c r="F24" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G24" t="inlineStr">
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr">
         <is>
           <t>Wszelkie szczegóły w bezpośrednim kontakcie mailowym lub telefonicznym.</t>
         </is>
       </c>
-      <c r="H24" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I24" t="inlineStr">
+      <c r="H33" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I33" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J24" t="inlineStr">
+      <c r="J33" t="inlineStr">
         <is>
           <t>Laboratorium podstawowych właściwości fizykochemicznych zawiesin oraz laboratorium urządzeń ochrony wód</t>
         </is>
       </c>
-      <c r="K24" t="inlineStr">
+      <c r="K33" t="inlineStr">
         <is>
           <t>Turlej Tymoteusz</t>
         </is>
       </c>
-      <c r="L24" t="inlineStr">
+      <c r="L33" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tymoteusz-turlej-7978.html</t>
         </is>
       </c>
-      <c r="M24" t="inlineStr">
+      <c r="M33" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N24" t="inlineStr">
+      <c r="N33" t="inlineStr">
         <is>
           <t>Analiza wód, badania, charakterystyka ziarnowa, materiały ceramiczne, mikrostruktura, surowce, wielkość cząstek, wytwarzanie proszków</t>
         </is>
       </c>
     </row>
-    <row r="25">
-      <c r="A25" t="inlineStr">
+    <row r="34">
+      <c r="A34" t="inlineStr">
         <is>
           <t>3flex</t>
         </is>
       </c>
-      <c r="B25" t="inlineStr">
+      <c r="B34" t="inlineStr">
         <is>
           <t>3flex</t>
         </is>
       </c>
-      <c r="C25" t="inlineStr">
+      <c r="C34" t="inlineStr">
         <is>
           <t>3flex jest w pełni automatycznym analizatorem, jego 3 portowa budowa pozwala na wysokowydajne, długie analizy pola powierzchni, mezoporów i mikroporów, z najwyższą wydajnością rozdzielczością i redukcją danych. każda stacja analityczna jest upgradowalna z mezoporów do mikroporów wraz z swoim własnym przetwornikiem dla jednoczesnych analiz symultanicznych. wraz z wieloma zaawansowanymi cechami, aparat 3flex został zaprojektowany jako jedna całość, po to by poprawić jakość wyników.</t>
         </is>
       </c>
-      <c r="D25" t="inlineStr">
+      <c r="D34" t="inlineStr">
         <is>
           <t>Trzy konfigurowalne, wysokowydajne porty analityczne - dwa lub trzy porty do pomiaru mikroporów standardowe analizy mezoporowate, mikroporowate, jak i gotowość aparatu do analiz fizysorpcyjnych z możliwością użycia kryptonu jako gazu analitycznego dla materiałów małej powierzchni pneumatycznie sterowane, iglicowe zawory zapewniają ultraczystą pracę bez nacieków interaktywne oprogramowanie microactive do obróbki danych</t>
         </is>
       </c>
-      <c r="E25" t="inlineStr">
+      <c r="E34" t="inlineStr">
         <is>
           <t>Określanie powierzchni właściwej i porowatości</t>
         </is>
       </c>
-      <c r="F25" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G25" t="inlineStr">
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zespołu. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń. przed rozpoczęciem badań wymagane jest podpisanie porozumienia, definiującego warunki udostępnienia. symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do karty czasu pracy aparatury naukowo-badawczej.</t>
         </is>
       </c>
-      <c r="H25" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I25" t="inlineStr">
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I34" t="inlineStr">
         <is>
           <t>Katedra technologii paliw</t>
         </is>
       </c>
-      <c r="J25" t="inlineStr">
+      <c r="J34" t="inlineStr">
         <is>
           <t>Zespół procesów katalitycznych i adsorpcyjnych w energetyce i ochronie środowiska</t>
         </is>
       </c>
-      <c r="K25" t="inlineStr">
+      <c r="K34" t="inlineStr">
         <is>
           <t>Samojeden Bogdan</t>
         </is>
       </c>
-      <c r="L25" t="inlineStr">
+      <c r="L34" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/bogdan-samojeden-6090.html</t>
         </is>
       </c>
-      <c r="M25" t="inlineStr">
+      <c r="M34" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
         </is>
       </c>
-      <c r="N25" t="inlineStr">
+      <c r="N34" t="inlineStr">
         <is>
           <t>Bet, macropores, mesopores, micropores, porosity, texture</t>
         </is>
       </c>
     </row>
-    <row r="26">
-      <c r="A26" t="inlineStr">
+    <row r="35">
+      <c r="A35" t="inlineStr">
         <is>
           <t>Oscyloskop 8 kanałowy 2,5 ghz</t>
         </is>
       </c>
-      <c r="B26" t="inlineStr">
+      <c r="B35" t="inlineStr">
         <is>
           <t>Tektronix mso68b 6-bw-2500 oscyloskop</t>
         </is>
       </c>
-      <c r="C26" t="inlineStr">
+      <c r="C35" t="inlineStr">
         <is>
           <t>- 8 kanałów analogowych, szerokość pasma w każdym z kanałów: 2,5 ghz - natywna rozdzielczość przetwornika w pracy real-time: 12 bitów - rozdzielczość przetwornika min. 12 bitów przy włączonych min. 4 kanałach pomiarowych i paśmie pracy 2,5 ghz - rozdzielczość przetwornika min. 12 bitów przy włączonych wszystkich kanałach pomiarowych i paśmie pracy 2 ghz - częstotliwość próbkowania 50 gs/s przy włączonych 2 kanałach analogowych i 8 bitowym przetwarzaniu - częstotliwość próbkowania 12,5 gs/s przy włączonych wszystkich kanałach analogowych i 8 bitowym przetwarzaniu - długość rekordu pamięci w każdym kanale przy pracy równoczesnej wszystkich kanałów: 62,5m punktów z (w każdym kanale) - dostępna szybkość przechwytywania przebiegów 500 000 przebiegów/s - analiza widma z niezależnymi nastawami w dziedzinie częstotliwości i czasu, umożliwiająca jednoczesne wyświetlenie analizy w dziedzinie czasu i częstotliwości dla wszystkich kanałów analogowych z zachowaną korelacją czasową - wbudowane interfejsy komunikacyjne przynajmniej 3x usb 3.0 host, usb 3.0 device, lan (10/100/1000 base-t ethernet; zgodny z lxi), display port, dvi-i, vga - przekątna ekranu: 15,6" - rozdzielczość ekranu: full hd (1920 x 1080)</t>
         </is>
       </c>
-      <c r="D26" t="inlineStr">
+      <c r="D35" t="inlineStr">
         <is>
           <t>Pomiary, analiza, obrazowanie sygnałów elektrycznych.</t>
         </is>
       </c>
-      <c r="E26" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G26" t="inlineStr">
+      <c r="E35" t="inlineStr"/>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr">
         <is>
           <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
         </is>
       </c>
-      <c r="H26" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I26" t="inlineStr">
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I35" t="inlineStr">
         <is>
           <t>Katedra energoelektroniki i automatyki systemów przetwarzania energii</t>
         </is>
       </c>
-      <c r="J26" t="inlineStr">
+      <c r="J35" t="inlineStr">
         <is>
           <t>Ilb interdyscyplinarne laboratorium badawcze</t>
         </is>
       </c>
-      <c r="K26" t="inlineStr">
+      <c r="K35" t="inlineStr">
         <is>
           <t>Penczek Adam</t>
         </is>
       </c>
-      <c r="L26" t="inlineStr">
+      <c r="L35" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
         </is>
       </c>
-      <c r="M26" t="inlineStr">
+      <c r="M35" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N26" t="inlineStr">
+      <c r="N35" t="inlineStr">
         <is>
           <t>Analiza fft, częstotliwość próbkowania, oscyloskop cyfrowy, pasmo analogowe</t>
         </is>
       </c>
     </row>
-    <row r="27">
-      <c r="A27" t="inlineStr">
+    <row r="36">
+      <c r="A36" t="inlineStr">
         <is>
           <t>System szybkiego prototypowania sterowania</t>
         </is>
       </c>
-      <c r="B27" t="inlineStr">
+      <c r="B36" t="inlineStr">
         <is>
           <t>System szybkiego prototypowania sterowania  b-box 3.0</t>
         </is>
       </c>
-      <c r="C27" t="inlineStr">
+      <c r="C36" t="inlineStr">
         <is>
           <t>Kontroler do szybkiego prototypowania dsp+fpga dla energoelektroniki
 system on chip:        xilinx zynq xc7z030-3fbg676e  dsp / processing: 2x arm cortex a9 1ghz 1gb ddr3 fpga:            xilinx kintex 7 125k (programowalny przez użytkownika); xilinx artix 7 35t (pomocniczy) wejścia analogowe:        16x 16 bitów @ 500ksps, próbkowanie symultaniczne, programowalny front-end full-differential wyjścia pwm:        16x optyczne; 32x elektryczne (3.3v) high-speed i/os użytkownika:    36x elektryczne (3.3v) wyjścia cyfrowe:    16x elektryczne (3.3v/5.0v) wejścia cyfrowe:        16x elektryczne (3.3v/5.0v)     wejścia błędów:        16x elektryczne (3,3v); 1x blokada elektryczna; 1x blokada optyczna.     wejścia dekodera przyrostowego:    4x 3-pinowe (a,b,z) (współdzielone z wejściami gpi)     komunikacja:        1x can; 1x ethernet 1 gbps; 3x sfp+ 5gbps (realsync)</t>
         </is>
       </c>
-      <c r="D27" t="inlineStr">
+      <c r="D36" t="inlineStr">
         <is>
           <t>B-box jest systemem szybkiego prototypowania sterowania (rcp) dla aplikacji energoelektronicznych. ułatwia on eksperymentalną walidację sterowania przekształtników mocy.
 system jest w pełni programowalny, w tym zarówno jego procesor dsp, jak i fpga, dzięki czemu nawet najbardziej zaawansowane algorytmy sterowania mogą być skutecznie testowane w środowisku laboratoryjnym. sterownik rcp wspiera również monitorowanie i debugowanie w czasie rzeczywistym.</t>
         </is>
       </c>
-      <c r="E27" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G27" t="inlineStr">
+      <c r="E36" t="inlineStr"/>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr">
         <is>
           <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
         </is>
       </c>
-      <c r="H27" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I27" t="inlineStr">
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I36" t="inlineStr">
         <is>
           <t>Katedra energoelektroniki i automatyki systemów przetwarzania energii</t>
         </is>
       </c>
-      <c r="J27" t="inlineStr">
+      <c r="J36" t="inlineStr">
         <is>
           <t>Ilb interdyscyplinarne laboratorium badawcze</t>
         </is>
       </c>
-      <c r="K27" t="inlineStr">
+      <c r="K36" t="inlineStr">
         <is>
           <t>Penczek Adam</t>
         </is>
       </c>
-      <c r="L27" t="inlineStr">
+      <c r="L36" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
         </is>
       </c>
-      <c r="M27" t="inlineStr">
+      <c r="M36" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N27" t="inlineStr">
+      <c r="N36" t="inlineStr">
         <is>
           <t>Matlab, systemszybkiegoprototypowania</t>
         </is>
       </c>
     </row>
-    <row r="28">
-      <c r="A28" t="inlineStr">
+    <row r="37">
+      <c r="A37" t="inlineStr">
         <is>
           <t>Autochem</t>
         </is>
       </c>
-      <c r="B28" t="inlineStr">
+      <c r="B37" t="inlineStr">
         <is>
           <t>Autochem iii 2930</t>
         </is>
       </c>
-      <c r="C28" t="inlineStr">
+      <c r="C37" t="inlineStr">
         <is>
           <t>Dynamiczne pomiary chemisorpcji i reakcji programowanych temperaturowo wykonywane przez autochem iii dostarczają metryki wydajności, które są krytyczne dla rozwoju nowych materiałów katalitycznych, które będą napędzać technologie wychwytywania i utylizacji dwutlenku węgla, gospodarki wodorowej i innych technologii. autochem iii umożliwia prowadzenie tych prac.</t>
         </is>
       </c>
-      <c r="D28" t="inlineStr">
+      <c r="D37" t="inlineStr">
         <is>
           <t>Chemisorpcja impulsowa techniki termoprogramowane: tpr, tpo, tpd, tpsr chemisorpcja (centra aktywne silnej mocy): powierzchnia metalu reaktywnego, dyspersja, wielkość krystalitów stężenie powierzchniowe centra aktywnego temperatury redukcji, utleniania rozkład centrów kwasowych lewis/brønsted pomiar krzywej przebicia energia aktywacji</t>
         </is>
       </c>
-      <c r="E28" t="inlineStr">
+      <c r="E37" t="inlineStr">
         <is>
           <t>Temperatura otoczenia do 1200°c szybkość narastania temperatury -100°c do 800°c: do 100°c/min 800°c do 1000°c: do 50°c/min 1000°c do 1200°c: do 25°c/min gazy przygotowawcze 6 wlotów: h2, o2, he, ar, h2/ar i inne gazy nośne 6 wlotów: he, ar, h2/ar, i inne gazy analityczne (pętla) he, h2, co, o2, n2o, nh3/he, i inne</t>
         </is>
       </c>
-      <c r="F28" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G28" t="inlineStr">
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zespołu. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń. przed rozpoczęciem badań wymagane jest podpisanie porozumienia, definiującego warunki udostępnienia. symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do karty czasu pracy aparatury naukowo-badawczej.</t>
         </is>
       </c>
-      <c r="H28" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I28" t="inlineStr">
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I37" t="inlineStr">
         <is>
           <t>Katedra technologii paliw</t>
         </is>
       </c>
-      <c r="J28" t="inlineStr">
+      <c r="J37" t="inlineStr">
         <is>
           <t>Zespół procesów katalitycznych i adsorpcyjnych w energetyce i ochronie środowiska</t>
         </is>
       </c>
-      <c r="K28" t="inlineStr">
+      <c r="K37" t="inlineStr">
         <is>
           <t>Samojeden Bogdan</t>
         </is>
       </c>
-      <c r="L28" t="inlineStr">
+      <c r="L37" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/bogdan-samojeden-6090.html</t>
         </is>
       </c>
-      <c r="M28" t="inlineStr">
+      <c r="M37" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
         </is>
       </c>
-      <c r="N28" t="inlineStr">
+      <c r="N37" t="inlineStr">
         <is>
           <t>Catalysis, catalysts, tpad, tpd, tpo, tpr</t>
         </is>
       </c>
     </row>
-    <row r="29">
-      <c r="A29" t="inlineStr">
+    <row r="38">
+      <c r="A38" t="inlineStr">
         <is>
           <t>Konfokalny mikrospektrometr ramana thermo scientific dxr3</t>
         </is>
       </c>
-      <c r="B29" t="inlineStr">
+      <c r="B38" t="inlineStr">
         <is>
           <t>Konfokalny mikrospektrometr ramana thermo scientific dxr3</t>
         </is>
       </c>
-      <c r="C29" t="inlineStr">
+      <c r="C38" t="inlineStr">
         <is>
           <t>Konfokalny mikrospektrometr ramana thermo scientific dxr3 wyposażony w laser 532 nm o mocy 10 mw oraz zestaw obiektywów o powiększeniach 10 – 50x. spektrometr współpracuje z celą elektrochemiczną el-cell ecc-opto-std i potencjostatem biologic sp150 umożliwiającymi pomiary in situ i operando pracującego ogniwa elektrochemicznego. ponadto wyposażenie dodatkowe obejmuje stolik wysokotemperaturowy umożliwiający pomiary od temperatury pokojowej do 600°c w kontrolowanej atmosferze.</t>
         </is>
       </c>
-      <c r="D29" t="inlineStr">
+      <c r="D38" t="inlineStr">
         <is>
           <t>Punktowe pomiary widm ramana w zakresie przesunięcia 50 – 3500 cm-1 próbek litych i proszkowych w atmosferze powietrza lub w atmosferze ochronnej z rozdzielczością przestrzenną 1 μm. mapowanie spektralne wybranych obszarów powierzchni próbki z rozdzielczością przestrzenną 1 μm. pomiary konfokalne z rozdzielczością 2 μm. pomiary widm ramana elektrody pracującego ogniwa elektrochemicznego w trybie in situ oraz operando wewnątrz celi el-cell ecc-opto-std</t>
         </is>
       </c>
-      <c r="E29" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G29" t="inlineStr">
+      <c r="E38" t="inlineStr"/>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G38" t="inlineStr">
         <is>
           <t>Możliwość wykonania pomiarów na zasadzie współpracy naukowej oraz zleceń komercyjnych po wcześniejszym uzgodnieniu zakresu badań, terminu i formy współpracy z opiekunem aparatury.</t>
         </is>
       </c>
-      <c r="H29" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I29" t="inlineStr">
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I38" t="inlineStr">
         <is>
           <t>Katedra energetyki wodorowej</t>
         </is>
       </c>
-      <c r="J29" t="inlineStr">
+      <c r="J38" t="inlineStr">
         <is>
           <t>Katedra energetyki wodorowej</t>
         </is>
       </c>
-      <c r="K29" t="inlineStr">
+      <c r="K38" t="inlineStr">
         <is>
           <t>Zając Wojciech</t>
         </is>
       </c>
-      <c r="L29" t="inlineStr">
+      <c r="L38" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/wojciech-zajac-6771.html</t>
         </is>
       </c>
-      <c r="M29" t="inlineStr">
+      <c r="M38" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N29" t="inlineStr">
+      <c r="N38" t="inlineStr">
         <is>
           <t>Ogniwa elektrochemiczne, pomiary in situ, pomiary operando, pomiary wysokotemperaturowe, spektroskopia ramana</t>
         </is>
       </c>
     </row>
-    <row r="30">
-      <c r="A30" t="inlineStr">
+    <row r="39">
+      <c r="A39" t="inlineStr">
         <is>
           <t>Zestaw do pomiaru dyfuzyjności cieplnej metodą lfa i ciepła właściwego oraz przemian fazowych metodą dsc</t>
         </is>
       </c>
-      <c r="B30" t="inlineStr">
+      <c r="B39" t="inlineStr">
         <is>
           <t>Zestaw do pomiaru dyfuzyjności cieplnej metodą lfa i ciepła właściwego oraz przemian fazowych metodą dsc</t>
         </is>
       </c>
-      <c r="C30" t="inlineStr">
+      <c r="C39" t="inlineStr">
         <is>
           <t>Zestaw składa się z trzech stanowisk wyposażonych w precyzyjną aparaturę badawczą, dostarczoną przez firmę netzsch: lfa 467 hyperflash, lfa 467 ht hyperflash oraz dsc 214 polyma. aparatura ta pozwala na pomiar dyfuzyjności cieplnej w zakresie od 0,01 do 1000 mm2/s dla wartości temperatury [-100°c,+500°c] oraz [temperatura otoczenia,+1250°c], a w przypadku pomiaru ciepła właściwego metodą dsc dla wartości temperatury [-170°c,+600°c]. analizie mogą zostać poddane różne materiały, a także materiały bardzo dobrze przewodzące ciepło i cienkie folie o gr. 1 mm max, ciecze słabo przewodzące ciepło, ciecze o małej lepkości (np. woda, oleje) czy proszki.</t>
         </is>
       </c>
-      <c r="D30" t="inlineStr">
+      <c r="D39" t="inlineStr">
         <is>
           <t>Pomiar dyfuzyjności cieplnej w zakresie od 0,01 do 1000 mm2/s dla szerokiego zakresu wartości temperatury [-100°c do 1200°c], pomiar ciepła właściwego metodą dsc w zakresie wartości temperatury [ 170°c,+600°c]. analizie mogą zostać poddane różne materiały ze względu na właściwości cieplne oraz postać fizyczną.</t>
         </is>
       </c>
-      <c r="E30" t="inlineStr">
+      <c r="E39" t="inlineStr">
         <is>
           <t>Pomiar dyfuzyjności cieplnej w zakresie od 0,01 do 1000 mm2/s dla szerokiego zakresu wartości temperatury [-100°c do 1200°c], pomiar ciepła właściwego metodą dsc w zakresie wartości temperatury [ 170°c,+600°c]. analizie mogą zostać poddane różne materiały ze względu na właściwości cieplne oraz postać fizyczną.</t>
         </is>
       </c>
-      <c r="F30" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G30" t="inlineStr">
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza może być wykorzystywana przez pracowników i doktorantów wydziału energetyki i paliw i innych wydziałów akademii górniczo-hutniczej, ale nie jest możliwe samodzielne wykorzystanie aparatury. pomiary wykonywane będą przez osobę upoważnioną w miejscu jej instalacji. wykonanie pomiarów będzie odpłatne jeśli są one częścią badań, posiadających zewnętrzne finansowanie (takie jak granty ncbir, ncn, zlecenia z przemysłu, etc.). pozostałe ustalenia będą rozpatrywane indywidualnie.</t>
         </is>
       </c>
-      <c r="H30" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I30" t="inlineStr">
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I39" t="inlineStr">
         <is>
           <t>Katedra podstawowych problemów energetyki</t>
         </is>
       </c>
-      <c r="J30" t="inlineStr">
+      <c r="J39" t="inlineStr">
         <is>
           <t>Zespół badawczy phenix, laboratorium zaawansowanych pomiarów termicznych</t>
         </is>
       </c>
-      <c r="K30" t="inlineStr">
+      <c r="K39" t="inlineStr">
         <is>
           <t>Fornalik-Wajs Elżbieta</t>
         </is>
       </c>
-      <c r="L30" t="inlineStr">
+      <c r="L39" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/elzbieta-fornalik-wajs-5578.html</t>
         </is>
       </c>
-      <c r="M30" t="inlineStr">
+      <c r="M39" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N30" t="inlineStr">
+      <c r="N39" t="inlineStr">
         <is>
           <t>Ciepło własciwe, dsc, dyfuzyjność termiczna, kalorymetria różnicowa, laserowa metoda impulsowa, lfa, przewodność cieplna</t>
         </is>
       </c>
     </row>
-    <row r="31">
-      <c r="A31" t="inlineStr">
+    <row r="40">
+      <c r="A40" t="inlineStr">
         <is>
           <t>System pomiaru parametrów przepływu w ośrodku dla przepływu dwufazowego</t>
         </is>
       </c>
-      <c r="B31" t="inlineStr">
+      <c r="B40" t="inlineStr">
         <is>
           <t>Analizator geospec 12/53 rock core nmr do analizy rdzeni</t>
         </is>
       </c>
-      <c r="C31" t="inlineStr">
+      <c r="C40" t="inlineStr">
         <is>
           <t xml:space="preserve">Magnes 12mhz z miejscem na próbnik o maksymalnej średnicy wewnętrznej 53mm. elektronika spektrometru cyfrowego z programatorem impulsów, akwizycja z szybkim próbkowaniem a/d, przedwzmacniacz zoptymalizowany do pracy z niską częstotliwością i zdolność do 128 000 ech. obejmuje również funkcję strojenia sondy, stojak na elektronikę i magnetyczny regulator temperatury. nadajnik tomco rf, moc szczytowa 500 w. sondy o średnicy 29 i  53 mm. maksymalna długość próbki 50 mm.
 gradient pola impulsowego 1-d w celu umożliwienia pomiarów, w tym dyfuzji, profili nasycenia i ciśnienia kapilarnego. zamontowane na magnesie 1-d aktywnie ekranowane cewki gradientu pola impulsowego, dwukierunkowy wzmacniacz mocy i wyzwalacz sieciowy do synchronizacji impulsów gradientu z cyklami zasilania sieciowego. gradient do 20g/cm.
 	komórka ciśnieniowa overburden p5 firmy oxford instruments. rozmiar rdzenia: 1" maksymalne ciśnienie: 5000 psi. maksymalna temperatura: 100c.
 	komórka ciśnieniowa overburden p5 firmy oxford instruments. rozmiar rdzenia: 1,5" maksymalne ciśnienie: 2500 psi. maksymalna temperatura: 100c.
  </t>
         </is>
       </c>
-      <c r="D31" t="inlineStr">
+      <c r="D40" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	rozkład wielkości porów t1/t2
 	fid
 	analiza t1/t2
 	ffi, bvi, cbw, porowatość efektywna, punkt odcięcia t2
 	oszacowanie przepuszczalności nmr z t1 i t2
 	analiza wielu próbek (analiza statystyczna)
 	oznaczanie indeksu wodorowego
 	przepuszczalność od t1 lub t2
 	przepuszczalność względna
 	izotermy gazów
 	zwilżalność z map dyfuzji t1-t2
 </t>
         </is>
       </c>
-      <c r="E31" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G31" t="inlineStr">
+      <c r="E40" t="inlineStr"/>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G40" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
-      <c r="H31" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I31" t="inlineStr">
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I40" t="inlineStr">
         <is>
           <t>Katedra inżynierii gazowniczej</t>
         </is>
       </c>
-      <c r="J31" t="inlineStr">
+      <c r="J40" t="inlineStr">
         <is>
           <t>Reservoir geoscience &amp; advanced engineering research group/ laboratorium mechanicznych i petrofizycznych właściwości skał złożowych bud. d2 pok. p.03</t>
         </is>
       </c>
-      <c r="K31" t="inlineStr">
+      <c r="K40" t="inlineStr">
         <is>
           <t>Dąbrowski Karol</t>
         </is>
       </c>
-      <c r="L31" t="inlineStr">
+      <c r="L40" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/karol-dabrowski-8106.html</t>
         </is>
       </c>
-      <c r="M31" t="inlineStr">
+      <c r="M40" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N31" t="inlineStr">
+      <c r="N40" t="inlineStr">
         <is>
           <t>Badanie rdzenia skalnych, nmr, porowatość, rozkład porów, stopień nasycenia, zwilżalność</t>
         </is>
       </c>
     </row>
-    <row r="32">
-      <c r="A32" t="inlineStr">
+    <row r="41">
+      <c r="A41" t="inlineStr">
         <is>
           <t>Detektor microfid</t>
         </is>
       </c>
-      <c r="B32" t="inlineStr">
+      <c r="B41" t="inlineStr">
         <is>
           <t>Detektor microfid</t>
         </is>
       </c>
-      <c r="C32" t="inlineStr">
+      <c r="C41" t="inlineStr">
         <is>
           <t>Urządzenia pozwala na pomiar sumy lotnych związków organicznych w powietrzu atmosferycznym (lzo). wyposażony jest w detektor płomieniowo-jonizacyjny fid.</t>
         </is>
       </c>
-      <c r="D32" t="inlineStr">
+      <c r="D41" t="inlineStr">
         <is>
           <t>Możliwość oznaczania stężeń następujących substancji: węglowodory nasycone, węglowodory nienasycone, węglowodory chlorowane, związki aromatyczne, ketony alkohole.</t>
         </is>
       </c>
-      <c r="E32" t="inlineStr">
+      <c r="E41" t="inlineStr">
         <is>
           <t>Oznaczanie sumy lotnych związków organicznych (lzo) w zakresie: od 0.1 do 50000 ppm</t>
         </is>
       </c>
-      <c r="F32" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G32" t="inlineStr">
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G41" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H32" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I32" t="inlineStr">
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I41" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J32" t="inlineStr">
+      <c r="J41" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K32" t="inlineStr">
+      <c r="K41" t="inlineStr">
         <is>
           <t>Sechman Henryk</t>
         </is>
       </c>
-      <c r="L32" t="inlineStr">
+      <c r="L41" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
         </is>
       </c>
-      <c r="M32" t="inlineStr">
+      <c r="M41" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N32" t="inlineStr">
+      <c r="N41" t="inlineStr">
         <is>
           <t>Lotne związki organiczne, lzo, metan</t>
         </is>
       </c>
     </row>
-    <row r="33">
-      <c r="A33" t="inlineStr">
+    <row r="42">
+      <c r="A42" t="inlineStr">
         <is>
           <t>Spektrometr nmr</t>
         </is>
       </c>
-      <c r="B33" t="inlineStr">
+      <c r="B42" t="inlineStr">
         <is>
           <t>Spectrometr nmr magritek rock core analyzer - 2mhz</t>
         </is>
       </c>
-      <c r="C33" t="inlineStr">
+      <c r="C42" t="inlineStr">
         <is>
           <t>Spektrometr magritek rock core analyzer (2 mhz) z systemem dyfuzyjnym, jest dedykowany do badań układów porowatych, w szczególności  typu „tight". zawiera przystawkę (thomography system) umożliwiającą wykonywanie kompletnych eksperymentów  tomograficznych 2d-3d. dodatkowo posiadamy system do przeciążeń (overburden system) pozwalający na badanie próbek przy ciśnieniach do 6000 psi.
 skaner nmr służy do badania obiektów pod względem ilościowym i jakościowym   zawartości wody i węglowodorów. w szczególności do badania dowolnych obiektów porowatych ciał stałych lub układów biologicznych zawierających 1h. badanymi obiektami mogą być: rdzenie skalne (skał łupkowych, piaskowców, węglanów), próbki ziemi, biologiczne (owoce, warzywa, rośliny, nasiona, małe zwierzęta, tkanki), ponadto próbki farmaceutyczne, chemiczne, spożywcze etc. 
 wielkość badanych obiektów do 5 cm   średnicy i długości dla eksperymentów 1d przy częstotliwości rezonansowej 2mhz dla 1h, co koresponduje ściśle z badaniami  otworowymi metodami nmr. pomiary 2d i 3d można przeprowadzać dla obiektów o średnicy do 6 cm przy częstotliwości rezonansowej 24 mhz.</t>
         </is>
       </c>
-      <c r="D33" t="inlineStr">
+      <c r="D42" t="inlineStr">
         <is>
           <t xml:space="preserve">Badania dowolnych obiektów porowatych ciał stałych lub układów biologicznych. badanymi obiektami mogą być: rdzenie skalne (skał łupkowych, piaskowców, węglanów), próbki ziemi, biologiczne (owoce, warzywa, rośliny, nasiona, małe zwierzęta, tkanki), ponadto próbki farmaceutyczne, chemiczne, spożywcze etc. </t>
         </is>
       </c>
-      <c r="E33" t="inlineStr">
+      <c r="E42" t="inlineStr">
         <is>
           <t>- porowatość oraz jej rozkład
 - indeksy zawartości wody swobodnej i związanej: ffi, bvi, cbw, t2 cut- off.
 - określania rodzajów płynów, rozkłady czasów t1, t2 i współczynnika dyfuzji d: d-t2, t2-t1, t2-t2, również w wersji przestrzennej (spatially resolved t2).
 - określanie przepuszczalności, profili nasycenia, ciśnień kapilarnych, gardzieli porów.</t>
         </is>
       </c>
-      <c r="F33" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G33" t="inlineStr">
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G42" t="inlineStr">
         <is>
           <t>Kontakt email: akrzyzak@agh.edu.pl</t>
         </is>
       </c>
-      <c r="H33" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I33" t="inlineStr">
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I42" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J33" t="inlineStr">
+      <c r="J42" t="inlineStr">
         <is>
           <t>Systemy porowate/latis - laboratorium tomografii i spektroskopii magnetycznego rezonansu jądrowego</t>
         </is>
       </c>
-      <c r="K33" t="inlineStr">
+      <c r="K42" t="inlineStr">
         <is>
           <t>Krzyżak Artur</t>
         </is>
       </c>
-      <c r="L33" t="inlineStr">
+      <c r="L42" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/artur-tadeusz-krzyzak-8398.html</t>
         </is>
       </c>
-      <c r="M33" t="inlineStr">
+      <c r="M42" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N33" t="inlineStr">
+      <c r="N42" t="inlineStr">
         <is>
           <t>Energia desorpcji, magnetyczny rezonans jądrowy, porowatość, przepuszczalność</t>
         </is>
       </c>
     </row>
-    <row r="34">
-      <c r="A34" t="inlineStr">
+    <row r="43">
+      <c r="A43" t="inlineStr">
         <is>
           <t>Tomograf mr</t>
         </is>
       </c>
-      <c r="B34" t="inlineStr">
+      <c r="B43" t="inlineStr">
         <is>
           <t>Tomograf magritek (24 mhz)</t>
         </is>
       </c>
-      <c r="C34" t="inlineStr">
+      <c r="C43" t="inlineStr">
         <is>
           <t>Badania przy użyciu tomografu mr jak i spektrometru rca umożliwiają rozwój prac teoretycznych i aplikacyjnych dotyczących wykorzystania zjawiska magnetycznego rezonansu jądrowego (mrj) i metod komplementarnych, w biomedycyniew, geofizyce i geologii, chemii i inżynierii materiałowej do badania systemów porowatych. w szczególności dotyczy to obrazowania dyfuzji cząsteczek wody w obecności heterogenicznych gradientów pola magnetycznego z wykorzystaniem technik takich jak dwi, dti, bsd-dti, jak również badania populacji protonów (1h) w różnych układach porowatych w wysokich i niskich polach magnetycznych z zastosowaniem technik relaksometrii  spinowo-sieciowej, t1 i spinowo-spinowej, t2.
 prowadzimy szeroką gamę badań struktury porowej skał i innych materiałów porowatych spotykanych w biologii, medycynie i inżynierii materiałowej. specjalizujemy się w badaniach mrj w niskim polu magnetycznym, a także w bardzo wysokim gradiencie pola magnetycznego. w pracach badawczych analizujemy porowatość i przepuszczalność materiałów, a także prowadzimy prace z zakresu obrazowania przestrzeni porowej. zajmujemy się ponadto kompleksową analizą dyfuzji molekuł wody (posiadamy patenty międzynarodowe dotyczące kalibracji skanerów mr w obecności niejednorodnych gradientów pola magnetycznego) oraz czasów relaksacji t1, t2 (z uwzględnieniem procesów wymiany chemicznej i dyfuzyjnej, a także w obecności gradientów indukowanych). mamy doświadczenie zarówno ze skałami zbiornikowymi (łupki, piaskowce, węglany), jak również z innymi, naturalnymi i syntetycznymi, materiałami porowatymi o szerokim spektrum rozmiaru porów (mikropory &lt; 2nm, mezopory 2-50 nm, makropory &gt; 50 nm), takimi jak hydrożele, zeolity czy tkanki biologiczne.</t>
         </is>
       </c>
-      <c r="D34" t="inlineStr">
+      <c r="D43" t="inlineStr">
         <is>
           <t xml:space="preserve">Prowadzenie badań interdyscyplinarnych, biomedycznych, geofizycznych, i materiałowych
 	rozwój metod mrj do badań biomedycznych: diagnostyka mózgu, mięśnia sercowego, naczyń wieńcowych, wątroby, parametryzacja stanu komórek  in vitro i in vivo.
 	badanie dynamiki wody w układach porowatych: rdzenie skał, hydrożele, włókna węglowe, biologiczne, syntetyczne,. 
  </t>
         </is>
       </c>
-      <c r="E34" t="inlineStr">
+      <c r="E43" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obrazowanie gęstości protonowej materiałów biologicznych jak i przestrzeni porowej skał czy innych materiałów porowatych (2d oraz 3d).
 	obrazowanie dyfuzyjne (obrazowanie ważone dyfuzyjnie — dwi, obrazowanie tensora dyfuzji – dti, obrazowanie tensora dyfuzji w polach niejednorodnych — bsd-dti).
 	wizualizacja traktów neuronalnych lub innych układów anizotropowych.
 </t>
         </is>
       </c>
-      <c r="F34" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G34" t="inlineStr">
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr">
         <is>
           <t>Kontakt - email: akrzyzak@agh.edu.pl</t>
         </is>
       </c>
-      <c r="H34" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I34" t="inlineStr">
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I43" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J34" t="inlineStr">
+      <c r="J43" t="inlineStr">
         <is>
           <t>Systemy porowate/latis - laboratorium tomografii i spektroskopii magnetycznego rezonansu jądrowego</t>
         </is>
       </c>
-      <c r="K34" t="inlineStr">
+      <c r="K43" t="inlineStr">
         <is>
           <t>Krzyżak Artur</t>
         </is>
       </c>
-      <c r="L34" t="inlineStr">
+      <c r="L43" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/artur-tadeusz-krzyzak-8398.html</t>
         </is>
       </c>
-      <c r="M34" t="inlineStr">
+      <c r="M43" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N34" t="inlineStr">
+      <c r="N43" t="inlineStr">
         <is>
           <t>Magnetyczny rezonans jądrowy, relaksometria nmr, tomografia mr</t>
         </is>
       </c>
     </row>
-    <row r="35">
-      <c r="A35" t="inlineStr">
+    <row r="44">
+      <c r="A44" t="inlineStr">
         <is>
           <t>Advanced resistivity system 300 - zestaw do pomiaru oporności</t>
         </is>
       </c>
-      <c r="B35" t="inlineStr">
+      <c r="B44" t="inlineStr">
         <is>
           <t>Advanced resistivity system 300, corelab ins.</t>
         </is>
       </c>
-      <c r="C35" t="inlineStr">
+      <c r="C44" t="inlineStr">
         <is>
           <t>Przeznaczenie: zestaw do pomiarów elektrycznej oporności właściwej cieczy i ciał stałych (rdzeni), pomiary przy różnych nasyceniach umożliwiają wyznaczenie parametru porowatości, parametru nasycenia, współczynnika wysortowania, zwięzłości oraz zwilżalności. pomiary przy różnych temperaturach i ciśnieniu symulują warunki in situ.  pomiary przy różnych poziomach nasycenia. w tym celu pomiar wykonuje się wielokrotnie, z użyciem porous plate  lub po wcześniejszym odwirowaniu próbki, przy ustalonym czasie i liczbie obrotów. na podstawie pomiaru oblicza się parametr porowatości, indeks porowatości (parametr nasycenia), współczynnik wysortowania, wskaźnik zwięzłości próbki oraz współczynnik zwilżalności.
 pomiary próbek stałych (np. skał, materiałów budowlanych) i materiałów sypkich (np. gleba, proszki).
 zestaw advanced resistivity system 300 firmy corelab ins.:
 	miernik
 	komora do pomiarów oporności elektrycznej właściwej cieczy
 	miernik oporności  elektrycznej właściwej dla ciał stałych
 	miernik do pomiaru oporności w symulowanych warunkach złożowych (pod ciśnieniem i w wysokiej temperaturze)
 	czujnik do pomiaru ciał stałych (rdzenie) i materiałów sypkich (gleby)
 	miernik stałej dielektrycznej
 urządzenia preparacyjne, przygotowawcze, pomocnicze: przygotowanie próbek do badań polega na nadaniu próbkom odpowiedniego kształtu, ważeniu, mierzeniu, suszeniu, nasycaniu oraz odwirowywaniu</t>
         </is>
       </c>
-      <c r="D35" t="inlineStr">
+      <c r="D44" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone i wyznaczane parametry:
 	oporność / przewodnictwo właściwe ciał stałych i cieczy
 	oporność właściwa ciał stałych i cieczy w warunkach wysokiego ciśnienia i temperatury
 	parametr porowatości i parametr nasycenia
 	współczynnik zwięzłości
 	współczynnik wysortowania
 	współczynnik zwilżalności
 	stała dielektryczna
 </t>
         </is>
       </c>
-      <c r="E35" t="inlineStr">
+      <c r="E44" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary dla próbki suchej lub nasyconej dowolnym medium, równocześnie wykonuje się pomiar oporności cieczy nasycającej próbkę
 	pomiary przy różnych poziomach nasycenia
 	pomiary w warunkach symulowanych ciśnień złożowych i temperatury
 	wymiary próbek do badań: rdzenie o średnicy 1 cala lub 1,5 cala i długości min. 1,5 cala, pomiary materiałów sypkich
 </t>
         </is>
       </c>
-      <c r="F35" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G35" t="inlineStr">
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G44" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza może być wykorzystywana (w ramach współpracy naukowej lub odpłatnie), ale nie jest możliwe samodzielne wykorzystanie aparatury. pomiary wykonywane będą w miejscu instalacji, przez osobę upoważnioną przez kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H35" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I35" t="inlineStr">
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I44" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J35" t="inlineStr">
+      <c r="J44" t="inlineStr">
         <is>
           <t>Laboratorium petrofizyki / badania własności elektrycznych / petrophysics group</t>
         </is>
       </c>
-      <c r="K35" t="inlineStr">
+      <c r="K44" t="inlineStr">
         <is>
           <t>Puskarczyk Edyta</t>
         </is>
       </c>
-      <c r="L35" t="inlineStr">
+      <c r="L44" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/edyta-puskarczyk-7167.html</t>
         </is>
       </c>
-      <c r="M35" t="inlineStr">
+      <c r="M44" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N35" t="inlineStr">
+      <c r="N44" t="inlineStr">
         <is>
           <t>Badanie skał, geofizyka, oporność, petrofizyka, współczynnik cementacji, współczynnik wysortowania, współczynnik zwilżalności</t>
         </is>
       </c>
     </row>
-    <row r="36">
-      <c r="A36" t="inlineStr">
+    <row r="45">
+      <c r="A45" t="inlineStr">
         <is>
           <t>Fox 50 - zestaw do pomiaru przewodnictwa cieplnego</t>
         </is>
       </c>
-      <c r="B36" t="inlineStr">
+      <c r="B45" t="inlineStr">
         <is>
           <t>Fox 50 heat flow meter, ta instruments. astm c518 and iso 8301 standards</t>
         </is>
       </c>
-      <c r="C36" t="inlineStr">
+      <c r="C45" t="inlineStr">
         <is>
           <t>Przeznaczenie: zestaw pomiarowy do wyznaczania współczynnika przewodnictwa cieplnego, do badań ciał stałych (skał, materiałów budowlanych, izolacyjnych). przedmiotem pomiaru jest współczynnik przewodności cieplnej, a na jego podstawie możliwość obliczenia oraz konstrukcji map rozkładu gęstości powierzchniowego strumienia cieplnego.
 do badań wykorzystuje się aparat płytowy z izolowaną termicznie płytą grzejną. badanie opiera się na metodzie ustalonego strumienia cieplnego, w której strumień ciepła przechodzący przez próbkę materiału ma stałą wartość, a temperatura próbki w każdym punkcie jest ustalona. współczynnik przewodności cieplnej badanego materiału określa się mierząc gęstość strumienia cieplnego i różnicę temperatury po obu stronach próbki. możliwe są dwie procedury pomiarowe - metoda  pojedyńczej (1dx) i podwójnej (2dx) grubości.
 pomiar zgodny z normami astm c518 i iso 8301.
 urządzenia preparacyjne, przygotowawcze, pomocnicze: przygotowanie próbek do badań polega na nadaniu próbkom odpowiedniego kształtu i suszeniu / nasyceniu.</t>
         </is>
       </c>
-      <c r="D36" t="inlineStr">
+      <c r="D45" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone i wyznaczane parametry:
 	współczynnik przewodności cieplnej (zakres pomiarowy: od 0.1 do 10 w/mk)
 	cieplna oporność właściwa
 	opór cieplny
 	gęstość powierzchniowego strumienia cieplnego
 </t>
         </is>
       </c>
-      <c r="E36" t="inlineStr">
+      <c r="E45" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary współczynnika przewodności cieplnej (od 0.1 do 10 w/mk) i cieplnej oporności właściwej
 	pomiar oporu cieplnego (od 0.003 do 0.05 m2k/w)
 	wyznaczenie gęstości powierzchniowego strumienia cieplnego
 	zakres temperaturowy: od -10°c do 190°c (pomiar dla różnych temperatur i przy różnych gradientach temperatury)
 </t>
         </is>
       </c>
-      <c r="F36" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G36" t="inlineStr">
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza może być wykorzystywana (w ramach współpracy naukowej lub odpłatnie), ale nie jest możliwe samodzielne wykorzystanie aparatury. pomiary wykonywane będą w miejscu instalacji, przez osobę upoważnioną przez kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H36" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I36" t="inlineStr">
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I45" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J36" t="inlineStr">
+      <c r="J45" t="inlineStr">
         <is>
           <t>Laboratorium petrofizyki / badania własności termicznych / petrophysics group</t>
         </is>
       </c>
-      <c r="K36" t="inlineStr">
+      <c r="K45" t="inlineStr">
         <is>
           <t>Puskarczyk Edyta</t>
         </is>
       </c>
-      <c r="L36" t="inlineStr">
+      <c r="L45" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/edyta-puskarczyk-7167.html</t>
         </is>
       </c>
-      <c r="M36" t="inlineStr">
+      <c r="M45" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N36" t="inlineStr">
+      <c r="N45" t="inlineStr">
         <is>
           <t>Badanie skał, geofizyka, opór cieplny, petrofizyka, przewodnictwo cieplne, strumień cieplny</t>
         </is>
       </c>
     </row>
-    <row r="37">
-      <c r="A37" t="inlineStr">
+    <row r="46">
+      <c r="A46" t="inlineStr">
         <is>
           <t>Nmr maran ultra 23mhz - spektrometr magnetycznego rezonansu jądrowego</t>
         </is>
       </c>
-      <c r="B37" t="inlineStr">
+      <c r="B46" t="inlineStr">
         <is>
           <t>Nmr maranultra 23mhz, resonance instruments ltd., gb</t>
         </is>
       </c>
-      <c r="C37" t="inlineStr">
+      <c r="C46" t="inlineStr">
         <is>
           <t>Przeznaczenie: spektrometr przeznaczony jest do badania zawartości wodoru (wody i innych związków zawierających wodór) w skałach, glebach, piaskach, materiałach budowlanych, chemicznych, medycznych, spożywczych. do wyznaczania porowatości ogólnej i efektywnej oraz przepuszczalności i rozkładu nasyceń.
 badania są prowadzone na próbkach ciał stałych (m.in. rdzenie, kawałki skał), ciekłych i gazowych (odpowiednio przygotowana i zabezpieczona próbka).
 warianty badań:
 	pomiar standardowy – analiza rozkładu nasyceń metodą nmr (porowatość ogólna, porowatość efektywna, nasycenie wodą nieredukowalną, zawartość wody wolnej, kapilarnej i związanej),  pomiar dwukrotny dla próbki suchej i nasyconej, metodą echa spinowego, standardowe t2cutoffs i dobrane indywidualnie
 	pomiar rozszerzony – analiza rozkładu nasyceń metodą nmr (porowatość ogólna, porowatość efektywna, nasycenie wodą nieredukowalną, zawartość wody wolnej, kapilarnej i związanej), obliczenie przepuszczalności i rozmiaru porów, interpretacja z wykorzystaniem niestandardowych procedur, indywidualnie dopasowane t2cutoffs według stworzonej procedury
 	pomiary w różnych warunkach nasycenia, wykorzystanie wielu sekwencji pomiarowych
 na podstawie kształtu sygnału nmr można wnioskować o rozmiarach, kształcie i ruchliwości mediów porowych. amplituda sygnału nmr zależy od liczby rezonujących jąder wodoru zawartych w badanej próbce. stanowi to miarę porowatości skały, której pory wypełnione są medium nasycającym. z sumarycznego sygnału wydziela się składowe związane z objętością wody swobodnej, wody kapilarnej i wody związanej w minerałach ilastych.
 urządzenia preparacyjne: nadanie próbkom odpowiedniego kształtu, ważeni, mierzenie, suszenie, nasycanie oraz odwirowywanie.</t>
         </is>
       </c>
-      <c r="D37" t="inlineStr">
+      <c r="D46" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone i wyznaczane parametry:
 	porowatość ogólna, efektywna i dynamiczna
 	objętość wody nasycającej przestrzeń porową z wydzieleniem wody związanej w przestrzeniach międzypakietowych iłów i wody zamkniętej w porach kapilarnych oraz wody swobodnej
 	współczynnik nasycenia wodą związaną, swirr
 	współczynnik przepuszczalności, perm
 	promień porów
 	rozkład porów, psd
 </t>
         </is>
       </c>
-      <c r="E37" t="inlineStr">
+      <c r="E46" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar spektrometryczny t1, t2, dyfuzja
 	standardowe i indywidualnie dopasowane czasy odcięcia - cutoffs
 	zestaw certyfikowanych wzorców do kalibracji
 	oprogramowanie do pomiarów, przetwarzania i interpretacji
 	wymiary próbek: walczyki o średnicy 1 cala i wysokości ok. 1,5 cala lub próbka pokruszona lub ciecz lub mieszanina cieczy i ciała stałego
 </t>
         </is>
       </c>
-      <c r="F37" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G37" t="inlineStr">
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G46" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza może być wykorzystywana (w ramach współpracy naukowej lub odpłatnie), ale nie jest możliwe samodzielne wykorzystanie aparatury. pomiary wykonywane będą w miejscu instalacji, przez osobę upoważnioną przez kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H37" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I37" t="inlineStr">
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I46" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J37" t="inlineStr">
+      <c r="J46" t="inlineStr">
         <is>
           <t>Laboratorium petrofizyki / nmr magnetyczny rezonans jądrowy / petrophysics group</t>
         </is>
       </c>
-      <c r="K37" t="inlineStr">
+      <c r="K46" t="inlineStr">
         <is>
           <t>Puskarczyk Edyta</t>
         </is>
       </c>
-      <c r="L37" t="inlineStr">
+      <c r="L46" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/edyta-puskarczyk-7167.html</t>
         </is>
       </c>
-      <c r="M37" t="inlineStr">
+      <c r="M46" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N37" t="inlineStr">
+      <c r="N46" t="inlineStr">
         <is>
           <t>Magnetyczny rezonans jądrowy, nasycenia, nmr, porowatość, przepuszczalność, psd, rozkład porów, woda kapilarna, woda wolna, woda związana</t>
         </is>
       </c>
     </row>
-    <row r="38">
-      <c r="A38" t="inlineStr">
+    <row r="47">
+      <c r="A47" t="inlineStr">
         <is>
           <t>Chromatograf gazowy carlo erba instruments</t>
         </is>
       </c>
-      <c r="B38" t="inlineStr">
+      <c r="B47" t="inlineStr">
         <is>
           <t>Chromatograf gazowy carlo erba instruments</t>
         </is>
       </c>
-      <c r="C38" t="inlineStr">
+      <c r="C47" t="inlineStr">
         <is>
           <t xml:space="preserve">Chromatograf sprzężony jest z komputerem, wyposażony jest w detektor cieplno-przewodnościowy tcd. przeznaczony jest do rozdziałów mieszanin gazowych. </t>
         </is>
       </c>
-      <c r="D38" t="inlineStr">
+      <c r="D47" t="inlineStr">
         <is>
           <t>Możliwość oznaczania następujących składników: hel, wodór, tlen, azot, metan i dwutlenek węgla.</t>
         </is>
       </c>
-      <c r="E38" t="inlineStr">
+      <c r="E47" t="inlineStr">
         <is>
           <t>Oznaczenia składników w przedziale od 20 ppm do 100% obj.</t>
         </is>
       </c>
-      <c r="F38" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G38" t="inlineStr">
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G47" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H38" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I38" t="inlineStr">
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I47" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J38" t="inlineStr">
+      <c r="J47" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K38" t="inlineStr">
+      <c r="K47" t="inlineStr">
         <is>
           <t>Sechman Henryk</t>
         </is>
       </c>
-      <c r="L38" t="inlineStr">
+      <c r="L47" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
         </is>
       </c>
-      <c r="M38" t="inlineStr">
+      <c r="M47" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N38" t="inlineStr">
+      <c r="N47" t="inlineStr">
         <is>
           <t>Chromatografia gazowa, gc</t>
         </is>
       </c>
     </row>
-    <row r="39">
-      <c r="A39" t="inlineStr">
+    <row r="48">
+      <c r="A48" t="inlineStr">
         <is>
           <t>Chromatograf gazowy fisons instruments gc 8160</t>
         </is>
       </c>
-      <c r="B39" t="inlineStr">
+      <c r="B48" t="inlineStr">
         <is>
           <t>Chromatograf gazowy fisons instruments gc 8160</t>
         </is>
       </c>
-      <c r="C39" t="inlineStr">
+      <c r="C48" t="inlineStr">
         <is>
           <t xml:space="preserve">Chromatograf sprzężony jest z komputerem i generatorem wodoru nm-h2 plus firmy lni schmidlin. chromatograf wyposażony jest w detektor płomieniowo-jonizacyjny fid. przeznaczony jest do rozdziałów mieszanin gazowych.  </t>
         </is>
       </c>
-      <c r="D39" t="inlineStr">
+      <c r="D48" t="inlineStr">
         <is>
           <t>Możliwość oznaczania następujących składników: nasycone węglowodory szeregu metanowego (metan, etan, propan, butany, pentany), gazowe węglowodory nienasycone (etylen, propylen, 1-buten).</t>
         </is>
       </c>
-      <c r="E39" t="inlineStr">
+      <c r="E48" t="inlineStr">
         <is>
           <t>Oznaczenia węglowodorów wykonywane są w przedziale od 0,01 ppm do 100% obj.</t>
         </is>
       </c>
-      <c r="F39" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G39" t="inlineStr">
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G48" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H39" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I39" t="inlineStr">
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I48" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J39" t="inlineStr">
+      <c r="J48" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K39" t="inlineStr">
+      <c r="K48" t="inlineStr">
         <is>
           <t>Sechman Henryk</t>
         </is>
       </c>
-      <c r="L39" t="inlineStr">
+      <c r="L48" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
         </is>
       </c>
-      <c r="M39" t="inlineStr">
+      <c r="M48" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N39" t="inlineStr">
+      <c r="N48" t="inlineStr">
         <is>
           <t>Chromatografia gazowa, gc</t>
         </is>
       </c>
     </row>
-    <row r="40">
-      <c r="A40" t="inlineStr">
+    <row r="49">
+      <c r="A49" t="inlineStr">
         <is>
           <t>Chromatograf gazowy agilent technologies 7820a system</t>
         </is>
       </c>
-      <c r="B40" t="inlineStr">
+      <c r="B49" t="inlineStr">
         <is>
           <t>Chromatograf gazowy agilent technologies 7820a system</t>
         </is>
       </c>
-      <c r="C40" t="inlineStr">
+      <c r="C49" t="inlineStr">
         <is>
           <t xml:space="preserve">Chromatograf sprzężony jest z komputerem, wyposażony jest w detektor cieplno-przewodnościowy tcd. przeznaczony jest do rozdziałów mieszanin gazowych. </t>
         </is>
       </c>
-      <c r="D40" t="inlineStr">
+      <c r="D49" t="inlineStr">
         <is>
           <t>Możliwość oznaczania następujących składników: hel, wodór, tlen i azot.</t>
         </is>
       </c>
-      <c r="E40" t="inlineStr">
+      <c r="E49" t="inlineStr">
         <is>
           <t>Oznaczenia składników w przedziale od 20 ppm do 100% obj.</t>
         </is>
       </c>
-      <c r="F40" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G40" t="inlineStr">
+      <c r="F49" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G49" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H40" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I40" t="inlineStr">
+      <c r="H49" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I49" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J40" t="inlineStr">
+      <c r="J49" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K40" t="inlineStr">
+      <c r="K49" t="inlineStr">
         <is>
           <t>Twaróg Anna</t>
         </is>
       </c>
-      <c r="L40" t="inlineStr">
+      <c r="L49" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/anna-twarog-9247.html</t>
         </is>
       </c>
-      <c r="M40" t="inlineStr">
+      <c r="M49" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N40" t="inlineStr">
+      <c r="N49" t="inlineStr">
         <is>
           <t>Chromatografia gazowa, gc</t>
         </is>
       </c>
     </row>
-    <row r="41">
-      <c r="A41" t="inlineStr">
+    <row r="50">
+      <c r="A50" t="inlineStr">
         <is>
           <t>Fluksometr miernik strumienia emisji metanu i dwutlenku węgla firmy west systems</t>
         </is>
       </c>
-      <c r="B41" t="inlineStr">
+      <c r="B50" t="inlineStr">
         <is>
           <t>West-fluxometr – wysokorozdzielczy, przenośny zestaw pomiarowy strumienia dyfuzji gazów (metan i dwutlenek węgla)  wraz z wyposażeniem, oprogramowaniem i przenośnym komputerem typu palmtop</t>
         </is>
       </c>
-      <c r="C41" t="inlineStr">
+      <c r="C50" t="inlineStr">
         <is>
           <t>Urządzenia pozwala na pomiar emisji metanu i dwutlenku węgla bezpośrednio w terenie. działanie urządzenia polega na pobraniu powietrza z nad powierzchni gleby, które gromadzi się w przestrzeni komory akumulacyjnej. następnie składniki wprowadzane są do połączonych szeregowo detektorów, w których oznaczane są wartości stężenia metanu oraz dwutlenku węgla. urządzenie wyposażone jest w dwa detektory: metanu ws-ch4-tld (zakres od 0,1 ppm do 10% obj.) oraz dwutlenku węgla li820 (ndir) (zakres od 0 do 20 000 ppm).</t>
         </is>
       </c>
-      <c r="D41" t="inlineStr">
+      <c r="D50" t="inlineStr">
         <is>
           <t>Możliwość oznaczania stężeń metanu i dwutlenku węgla w czasie. wyznaczanie wartości strumieni emisji metanu i dwutlenku węgla.</t>
         </is>
       </c>
-      <c r="E41" t="inlineStr">
+      <c r="E50" t="inlineStr">
         <is>
           <t>Detektor metanu ws-ch4-tld (zakres od 0,1 ppm do 10% obj.) oraz detektor dwutlenku węgla li820 (ndir) (zakres od 0 do 20 000 ppm).
 strumień emisji metanu w zakresie: 0.5 mmol/m2/d - 1000 mol/m2/d
 strumień emisji dwutlenku węgla w zakresie: 1 mmol/m2/d - 300 mol/m2/d.</t>
         </is>
       </c>
-      <c r="F41" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G41" t="inlineStr">
+      <c r="F50" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G50" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H41" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I41" t="inlineStr">
+      <c r="H50" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I50" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J41" t="inlineStr">
+      <c r="J50" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K41" t="inlineStr">
+      <c r="K50" t="inlineStr">
         <is>
           <t>Twaróg Anna</t>
         </is>
       </c>
-      <c r="L41" t="inlineStr">
+      <c r="L50" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/anna-twarog-9247.html</t>
         </is>
       </c>
-      <c r="M41" t="inlineStr">
+      <c r="M50" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N41" t="inlineStr">
+      <c r="N50" t="inlineStr">
         <is>
           <t>Emisja dwutlenku węgla, emisja metanu, gaz glebowy</t>
         </is>
       </c>
     </row>
-    <row r="42">
-      <c r="A42" t="inlineStr">
+    <row r="51">
+      <c r="A51" t="inlineStr">
         <is>
           <t>Wodoszczelny ph-metr - konduktometr – solomierz cpc-411</t>
         </is>
       </c>
-      <c r="B42" t="inlineStr">
+      <c r="B51" t="inlineStr">
         <is>
           <t>Wodoszczelny ph-metr - konduktometr – solomierz cpc-411</t>
         </is>
       </c>
-      <c r="C42" t="inlineStr">
+      <c r="C51" t="inlineStr">
         <is>
           <t>Urządzenia mierzy ph, przewodność, zasolenie, mv (potencjał redox) i temperaturę.
 ma zastosowanie w pomiarach terenowych oraz laboratoryjnych.</t>
         </is>
       </c>
-      <c r="D42" t="inlineStr">
+      <c r="D51" t="inlineStr">
         <is>
           <t>Pomiar ph, przewodności, zasolenia, potencjału redox oraz temperatury.</t>
         </is>
       </c>
-      <c r="E42" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G42" t="inlineStr">
+      <c r="E51" t="inlineStr"/>
+      <c r="F51" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G51" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H42" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I42" t="inlineStr">
+      <c r="H51" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I51" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J42" t="inlineStr">
+      <c r="J51" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K42" t="inlineStr">
+      <c r="K51" t="inlineStr">
         <is>
           <t>Sechman Henryk</t>
         </is>
       </c>
-      <c r="L42" t="inlineStr">
+      <c r="L51" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
         </is>
       </c>
-      <c r="M42" t="inlineStr">
+      <c r="M51" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N42" t="inlineStr">
+      <c r="N51" t="inlineStr">
         <is>
           <t>Ph, pomiar ph</t>
         </is>
       </c>
     </row>
-    <row r="43">
-      <c r="A43" t="inlineStr">
+    <row r="52">
+      <c r="A52" t="inlineStr">
         <is>
           <t>Chromatograf gazowy agilent technologies 7890b system</t>
         </is>
       </c>
-      <c r="B43" t="inlineStr">
+      <c r="B52" t="inlineStr">
         <is>
           <t>Chromatograf gazowy agilent technologies 7890b system</t>
         </is>
       </c>
-      <c r="C43" t="inlineStr">
+      <c r="C52" t="inlineStr">
         <is>
           <t xml:space="preserve">Chromatograf sprzężony jest z komputerem i generatorem wodoru nm-h2 plus firmy lni schmidlin. chromatograf wyposażony jest w detektor płomieniowo-jonizacyjny fid oraz detektor cieplno-przewodnościowy tcd. przeznaczony jest do rozdziałów mieszanin gazowych.  </t>
         </is>
       </c>
-      <c r="D43" t="inlineStr">
+      <c r="D52" t="inlineStr">
         <is>
           <t>Możliwość oznaczania następujących składników: nasycone węglowodory szeregu metanowego (metan, etan, propan, butany, pentany), gazowe węglowodory nienasycone (etylen, propylen, 1-buten) oraz dwutlenek węgla.</t>
         </is>
       </c>
-      <c r="E43" t="inlineStr">
+      <c r="E52" t="inlineStr">
         <is>
           <t>Oznaczenia węglowodorów wykonywane są w przedziale od 0,01 ppm do 100% obj. oznaczenia pozostałych składników w przedziale od 20 ppm do 100% obj.</t>
         </is>
       </c>
-      <c r="F43" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G43" t="inlineStr">
+      <c r="F52" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G52" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H43" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I43" t="inlineStr">
+      <c r="H52" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I52" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J43" t="inlineStr">
+      <c r="J52" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K43" t="inlineStr">
+      <c r="K52" t="inlineStr">
         <is>
           <t>Twaróg Anna</t>
         </is>
       </c>
-      <c r="L43" t="inlineStr">
+      <c r="L52" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/anna-twarog-9247.html</t>
         </is>
       </c>
-      <c r="M43" t="inlineStr">
+      <c r="M52" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N43" t="inlineStr">
+      <c r="N52" t="inlineStr">
         <is>
           <t>Chromatografia gazowa, gc</t>
         </is>
       </c>
     </row>
-    <row r="44">
-      <c r="A44" t="inlineStr">
+    <row r="53">
+      <c r="A53" t="inlineStr">
         <is>
           <t>Porozymetr rtęciowy autopore</t>
         </is>
       </c>
-      <c r="B44" t="inlineStr">
+      <c r="B53" t="inlineStr">
         <is>
           <t>Autopore iv 9520 micromeritics®</t>
         </is>
       </c>
-      <c r="C44" t="inlineStr">
+      <c r="C53" t="inlineStr">
         <is>
           <t>Porozymetr rtęciowy autopore iv 9520 firmy micromeritics. aparat umożliwia pomiar średnicy, objętości i dystrybucji makroporów i mezoporów w próbkach stałych i proszkowych. 
 badania skał: petrofizyka, geologia naftowa, geotermia, hydrogeologia.
 badania materiałów proszkowych: inżynieria surowców mineralnych, inżynieria materiałowa.</t>
         </is>
       </c>
-      <c r="D44" t="inlineStr">
+      <c r="D53" t="inlineStr">
         <is>
           <t>Pomiary próbek stałych (skał), materiałów proszkowych
 mierzone i wyliczane parametry: powierzchnia właściwa, gęstość objętościowa , gęstość szkieletowa, porowatość, przeciętna średnica porów, przepuszczalność.</t>
         </is>
       </c>
-      <c r="E44" t="inlineStr">
+      <c r="E53" t="inlineStr">
         <is>
           <t>• możliwość pomiaru średnic porów w zakresie od 0,003 do 360 µm
 • kontrolowane ciśnienie może wzrastać z dokładnością do 0,05 psi.
 • bardzo wysoka rozdzielczość danych – poniżej 0,1 µl dla inruzji rtęci i objętości ekstruzji
 • wszechstronne możliwości raportowania, w tym wykresy, raporty tabelaryczne (zapisywane jako pliki .txt, .xls, .rpt).</t>
         </is>
       </c>
-      <c r="F44" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G44" t="inlineStr">
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G53" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych</t>
         </is>
       </c>
-      <c r="H44" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I44" t="inlineStr">
+      <c r="H53" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I53" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J44" t="inlineStr">
+      <c r="J53" t="inlineStr">
         <is>
           <t>Laboratorium porozymetryczne</t>
         </is>
       </c>
-      <c r="K44" t="inlineStr">
+      <c r="K53" t="inlineStr">
         <is>
           <t>Machowski Grzegorz</t>
         </is>
       </c>
-      <c r="L44" t="inlineStr">
+      <c r="L53" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-machowski-6650.html</t>
         </is>
       </c>
-      <c r="M44" t="inlineStr">
+      <c r="M53" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N44" t="inlineStr">
+      <c r="N53" t="inlineStr">
         <is>
           <t>Porowatość, porozymetria rtęciowa, średnica porów</t>
         </is>
       </c>
     </row>
-    <row r="45">
-      <c r="A45" t="inlineStr">
+    <row r="54">
+      <c r="A54" t="inlineStr">
         <is>
           <t>Liniowy skaner rentgenowski</t>
         </is>
       </c>
-      <c r="B45" t="inlineStr">
+      <c r="B54" t="inlineStr">
         <is>
           <t>Liniowy skaner rentgenowski do monitorowania nasycenia in situ</t>
         </is>
       </c>
-      <c r="C45" t="inlineStr">
+      <c r="C54" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparatura składa się głównie z grubej, izolującej promieniowanie obudowy ze stali nierdzewnej, sterowanego komputerowo generatora promieniowania rentgenowskiego umożliwiającego użytkownikowi regulację natężenia promieniowania rentgenowskiego, uchwytu rdzenia przezroczystego dla promieni rentgenowskich, liniowego detektora promieniowania rentgenowskiego do pomiarów absorpcji promieniowania rentgenowskiego. generator i detektor są zamontowane na równoległych, solidnych stojakach jednoosiowych i mogą być zdalnie ustawiane w kierunku pionowym i horyzontalnym.
 	maksymalne ciśnienie uszczelniające: 700 barów (10 000 psi)
 	maksymalne ciśnienie porowe: 700 barów (10 000 psi)
 	maksymalna temperatura pracy: 150°c
 	średnica rdzenia: 1”5 oraz 1’’.
 	długość rdzenia: do 12”.
 	źródło promieniowania rentgenowskiego: lampa wolframowa 90 kv, 4 ma
 </t>
         </is>
       </c>
-      <c r="D45" t="inlineStr">
+      <c r="D54" t="inlineStr">
         <is>
           <t>Zautomatyzowany liniowy pomiar wysokiej jakości profili nasycenia in situ jednofazowych i wielofazowych próbek rdzeniowych dla próbek o średnicy 1"5 oraz 1’’ i maksymalnej długości 12”. dla ciśnień do 700 bar i temperatury 150 °c.</t>
         </is>
       </c>
-      <c r="E45" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G45" t="inlineStr">
+      <c r="E54" t="inlineStr"/>
+      <c r="F54" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G54" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
-      <c r="H45" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I45" t="inlineStr">
+      <c r="H54" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I54" t="inlineStr">
         <is>
           <t>Katedra inżynierii gazowniczej</t>
         </is>
       </c>
-      <c r="J45" t="inlineStr">
+      <c r="J54" t="inlineStr">
         <is>
           <t>Reservoir geoscience &amp; advanced engineering research group/ laboratorium mechanicznych i petrofizycznych właściwości skał złożowych bud. d2 pok. p.03</t>
         </is>
       </c>
-      <c r="K45" t="inlineStr">
+      <c r="K54" t="inlineStr">
         <is>
           <t>Dąbrowski Karol</t>
         </is>
       </c>
-      <c r="L45" t="inlineStr">
+      <c r="L54" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/karol-dabrowski-8106.html</t>
         </is>
       </c>
-      <c r="M45" t="inlineStr">
+      <c r="M54" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N45" t="inlineStr">
+      <c r="N54" t="inlineStr">
         <is>
           <t>Badanie rdzeni skalnych, nasycenie rdzeni, porowatość</t>
         </is>
       </c>
     </row>
-    <row r="46">
-      <c r="A46" t="inlineStr">
+    <row r="55">
+      <c r="A55" t="inlineStr">
         <is>
           <t>Ift cell 1000</t>
         </is>
       </c>
-      <c r="B46" t="inlineStr">
+      <c r="B55" t="inlineStr">
         <is>
           <t>Urządzenie do pomiaru napięcia międzyfazowego ift</t>
         </is>
       </c>
-      <c r="C46" t="inlineStr">
+      <c r="C55" t="inlineStr">
         <is>
           <t>Wysokociśnieniowa komórka badawcza wg certyfikatu ce zgodnie z ped 2014/68/eu. możliwość pomiaru dla ciśnień do 1000 bar i 200 °c. system obrotowy dla kąta zwilżania - pomiar między cieczą, a skałą, próbka (płyta skalna ø1" x 5 mm grubości). kamera ccd wraz z oprogramowaniem falcon®. układ ręcznego formowania kropli, jednokomorowa pompa strzykawkowa 6ml / 1000 bar. system ogrzewania pompy do formowania kropli.</t>
         </is>
       </c>
-      <c r="D46" t="inlineStr">
+      <c r="D55" t="inlineStr">
         <is>
           <t>Pomiar napięcia powierzchownego metodą kropli wiszącej oraz kontaktowej dla układu skała/ciecz/gaz dla ciśnień do 1000 bar praz temperatury 200 °c. pomiar dynamicznego napięcia powierzchniowego układu skała/ciecz/gaz.</t>
         </is>
       </c>
-      <c r="E46" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G46" t="inlineStr">
+      <c r="E55" t="inlineStr"/>
+      <c r="F55" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G55" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
-      <c r="H46" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I46" t="inlineStr">
+      <c r="H55" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I55" t="inlineStr">
         <is>
           <t>Katedra inżynierii gazowniczej</t>
         </is>
       </c>
-      <c r="J46" t="inlineStr">
+      <c r="J55" t="inlineStr">
         <is>
           <t>Reservoir geoscience &amp; advanced engineering research group/ laboratorium właściwości pvt płynów złożowych oraz kriogenicznych lng bud. d2 pok. 0.03</t>
         </is>
       </c>
-      <c r="K46" t="inlineStr">
+      <c r="K55" t="inlineStr">
         <is>
           <t>Dąbrowski Karol</t>
         </is>
       </c>
-      <c r="L46" t="inlineStr">
+      <c r="L55" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/karol-dabrowski-8106.html</t>
         </is>
       </c>
-      <c r="M46" t="inlineStr">
+      <c r="M55" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N46" t="inlineStr">
+      <c r="N55" t="inlineStr">
         <is>
           <t>Kąt zwilżania, napięcie powierzchniowe</t>
         </is>
       </c>
     </row>
-    <row r="47">
-      <c r="A47" t="inlineStr">
+    <row r="56">
+      <c r="A56" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji atomowej aas</t>
         </is>
       </c>
-      <c r="B47" t="inlineStr">
+      <c r="B56" t="inlineStr">
         <is>
           <t>Spektrometr aas savantaa gbc</t>
         </is>
       </c>
-      <c r="C47" t="inlineStr">
+      <c r="C56" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji atomowej aas do analiz składu chemicznego roztworów - pierwiastki od li do u.
 spektrometr posiada funkcje takie jak programowalna skrzynka gazowa, 8 lamp z automatycznym ustawieniem lamp, optymalizacją długości fali i szerokości szczeliny oraz ustawieniem prądu lampy.</t>
         </is>
       </c>
-      <c r="D47" t="inlineStr">
+      <c r="D56" t="inlineStr">
         <is>
           <t>Wykonywanie analiz zawartości pierwiastków w próbkach wód naturalnych, ściekach oraz roztworach po roztwarzaniu kwasowym lub ekstrakcji ciał stałych.</t>
         </is>
       </c>
-      <c r="E47" t="inlineStr">
+      <c r="E56" t="inlineStr">
         <is>
           <t>Wykrywalność wybranych pierwiastków [ppm]:
 li - 0.02; be - 0.01; b - 5; na - 0.002; mg - 0.003; al - 0.3; k - 0.03; ca - 0.005; sc - 0.4; ti - 0.7; v - 0.5; cr - 0.03; mn - 0.015; fe - 0.05; co - 0.04; ni - 0.09; cu - 0.01; zn - 0.005; ga - 0.6; as - 0.01; se - 0.01; rb - 0,07; sr - 0.02; mo - 0.2; ag - 0.02; cd - 0.004; in - 0.4; sn - 0.3; sb - 0.4; te - 0.2; cs - 0.04; ba - 0.1; pt - 1; au - 0.1; hg - 0.01; tl - 0.2; pb - 0.1; bi - 0.4</t>
         </is>
       </c>
-      <c r="F47" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G47" t="inlineStr">
+      <c r="F56" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G56" t="inlineStr">
         <is>
           <t>Wykonywanie analiz na zlecenie lub na zasadzie współpracy</t>
         </is>
       </c>
-      <c r="H47" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I47" t="inlineStr">
+      <c r="H56" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I56" t="inlineStr">
         <is>
           <t>Katedra mineralogii, petrografii i geochemii</t>
         </is>
       </c>
-      <c r="J47" t="inlineStr">
+      <c r="J56" t="inlineStr">
         <is>
           <t>Laboratorium mineralogii eksperymentalnej</t>
         </is>
       </c>
-      <c r="K47" t="inlineStr">
+      <c r="K56" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L47" t="inlineStr">
+      <c r="L56" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M47" t="inlineStr">
+      <c r="M56" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N47" t="inlineStr">
+      <c r="N56" t="inlineStr">
         <is>
           <t>Analiza chemiczna, roztwory wodne, spektroskopia</t>
         </is>
       </c>
     </row>
-    <row r="48">
-      <c r="A48" t="inlineStr">
+    <row r="57">
+      <c r="A57" t="inlineStr">
         <is>
           <t>Radar interferometryczny ibis-l/s</t>
         </is>
       </c>
-      <c r="B48" t="inlineStr">
+      <c r="B57" t="inlineStr">
         <is>
           <t>Radar interferometryczny ibis-l/s</t>
         </is>
       </c>
-      <c r="C48" t="inlineStr">
+      <c r="C57" t="inlineStr">
         <is>
           <t>Naziemny radar interferometryczny ibis-l/s to precyzyjne mikrofalowe urządzenie pomiarowe, służące do zdalnego, bezdotykowego pomiaru przemieszczeń i deformacji obiektów budowlanych oraz powierzchni terenu z wysoką dokładnością. głównym elementem systemu jest pracujący w dozwolonym paśmie ku (17,1-17,3 ghz) radar, wykorzystujący technikę syntetycznej apertury (sar). radar emituje w kierunku badanego obiektu spójną wiązkę promieniowania elektromagnetycznego o niewielkiej mocy i skokowo zmiennej częstotliwości (modulacja sfcw), a następnie odbiera, rejestruje i analizuje odbity sygnał. układ interferometryczny precyzyjnie wyznacza zmiany fazy sygnału odbitego względem sygnału nadawanego, pozwalając na pomiar przemieszczeń wybranych części lub obszarów (pikseli) badanego obiektu z dokładnością 0,1 mm. rozróżnialność pikseli jest osiągana przy zmianie odległości o 0,5 m i azymutu o 0,25°. w skład systemu wchodzi specjalistyczne, dedykowane oprogramowanie, pozwalające na sterowanie procesem pomiarowym, archiwizację i wstępną analizę wyników w czasie rzeczywistym, a następnie ich pełną analizę w fazie post-processingu. wyniki poszczególnych etapów opracowania mogą być prezentowane graficznie, rejestrowane i eksportowane do otwartych formatów plików.</t>
         </is>
       </c>
-      <c r="D48" t="inlineStr">
+      <c r="D57" t="inlineStr">
         <is>
           <t xml:space="preserve">-detekcja oraz monitoring deformacji terenu i przemieszczeń budowli, z dokładnością 0,1 mm, nieosiągalną dla innych geodezyjnych metod pomiarowych. .
 -modelowanie deformacji zapór wodnych. równoczesne obserwacje termowizyjne umożliwiają rozdzielenie deformacji termicznych od rzeczywistych deformacji geometrycznych. 
 -modelowanie i analiza deformacji budowli inżynierskich. </t>
         </is>
       </c>
-      <c r="E48" t="inlineStr">
+      <c r="E57" t="inlineStr">
         <is>
           <t>Dokładność pomiaru przemieszczenia wynosi 0,1 mm. system ibis ma 2 wersje:
 - ibis-l–radar dalekiego zasięgu (do 4 km) o rozróżnialności dwuwymiarowej (0,5 m w odległości i 0,25° w azymucie), służy do wyznaczania przemieszczeń obiektów powierzchniowych (np. osuwisk, zapór).
 - ibis-s–radar o zasięgu do 1 km i częstotliwości próbkowania do 200 hz, służy do pomiaru i analizy przemieszczeń oraz szybkozmiennych drgań konstrukcji.</t>
         </is>
       </c>
-      <c r="F48" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G48" t="inlineStr">
+      <c r="F57" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G57" t="inlineStr">
         <is>
           <t>Formalne warunki udostępnienia należy uzgodnić z dziekanem wydziału geodezji górniczej i inżynierii środowiska. praktycznie, ze względu na unikatowość sprzętu, jego używanie wymaga przeszkolenia przeprowadzonego przez producenta albo udziału osoby ze znajomością obsługi urządzenia.</t>
         </is>
       </c>
-      <c r="H48" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I48" t="inlineStr">
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I57" t="inlineStr">
         <is>
           <t>Katedra geodezji inżynieryjnej i budownictwa</t>
         </is>
       </c>
-      <c r="J48" t="inlineStr">
+      <c r="J57" t="inlineStr">
         <is>
           <t>Zespół badawczy technologii informatycznych w inżynierii lądowej</t>
         </is>
       </c>
-      <c r="K48" t="inlineStr">
+      <c r="K57" t="inlineStr">
         <is>
           <t>Kuras Przemysław</t>
         </is>
       </c>
-      <c r="L48" t="inlineStr">
+      <c r="L57" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/przemyslaw-kuras-7152.html</t>
         </is>
       </c>
-      <c r="M48" t="inlineStr">
+      <c r="M57" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N48" t="inlineStr">
+      <c r="N57" t="inlineStr">
         <is>
           <t>Budowle wysokie, deformacje, drgania, monitoring, mosty, osuwiska, przemieszczenia, radar interferometryczny, zapory wodne</t>
         </is>
       </c>
     </row>
-    <row r="49">
-      <c r="A49" t="inlineStr">
+    <row r="58">
+      <c r="A58" t="inlineStr">
         <is>
           <t>Nanotwardościomierz i nano-scratch tester firmy csm instruments</t>
         </is>
       </c>
-      <c r="B49" t="inlineStr">
+      <c r="B58" t="inlineStr">
         <is>
           <t>Nanotwardościomierz nht 50-183; nano-scrach tester nst 50-146</t>
         </is>
       </c>
-      <c r="C49" t="inlineStr">
+      <c r="C58" t="inlineStr">
         <is>
           <t xml:space="preserve">Nanotwardościomierz: urządzenie służy do pomiaru twardości materiałów o drobnokrystalicznej strukturze, cienkich warstw. wykonywanie pomiarów pojedynczych i cyklicznych. możliwość nanoszenia obciążenia od 0,05 mn do 500 mn. wyposażone we wgłębnik berkovich’a (z certyfikatami), mikroskop optyczny, zmotoryzowany stolik w osiach x i y. oprogramowanie umożliwia pomiary odległości, grubości powłok.  nano-scrach tester:  urządzenie służy do charakteryzowania własności mechanicznych powierzchni materiałów, cienkich warstw i powłok, np: adhezji, pękania, delaminacji i deformacji, twardości. może być używany do różnych rodzajów powłok np.: nakładanych techniką pld, plazmowych, w technologii półprzewodników i powłok o własnościach optycznych. nanoscrach-tester umożliwia określenie parametrów: siły tarcia, głębokości penetracji wgłębnika, siły zużycia i in.. do pomiaru wykorzystuje się diamentowe ostrze, które działa na materiał z określoną zadaną siłą. </t>
         </is>
       </c>
-      <c r="D49" t="inlineStr">
+      <c r="D58" t="inlineStr">
         <is>
           <t>Pomiary nanotwardości, modułu younga, twardości intendancyjjnej cienkich warstw, powłok, drobnokrystalicznej struktury; adhezji powłok do podłoża (test rysy).</t>
         </is>
       </c>
-      <c r="E49" t="inlineStr">
+      <c r="E58" t="inlineStr">
         <is>
           <t xml:space="preserve">Pomiary za pomocą nanotwardościomierza wykonywane przy zastosowaniu wgłębnika berkovich'a. nanoscrachtester: sferostożkowe ostrze diamentowe </t>
         </is>
       </c>
-      <c r="F49" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G49" t="inlineStr">
+      <c r="F58" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G58" t="inlineStr">
         <is>
           <t>Upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
-      <c r="H49" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I49" t="inlineStr">
+      <c r="H58" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I58" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J49" t="inlineStr">
+      <c r="J58" t="inlineStr">
         <is>
           <t>Labolatorium badań właściwości materiałów, kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K49" t="inlineStr">
+      <c r="K58" t="inlineStr">
         <is>
           <t>Radziszewska Agnieszka</t>
         </is>
       </c>
-      <c r="L49" t="inlineStr">
+      <c r="L58" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-radziszewska-5214.html</t>
         </is>
       </c>
-      <c r="M49" t="inlineStr">
+      <c r="M58" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N49" t="inlineStr">
+      <c r="N58" t="inlineStr">
         <is>
           <t>Adhezja, modul younga, nanotwardość, scrachtest, test rysy</t>
         </is>
       </c>
     </row>
-    <row r="50">
-      <c r="A50" t="inlineStr">
+    <row r="59">
+      <c r="A59" t="inlineStr">
         <is>
           <t>Zestaw do jonowego polerowania i trawienia materiałów</t>
         </is>
       </c>
-      <c r="B50" t="inlineStr">
+      <c r="B59" t="inlineStr">
         <is>
           <t>Im4000 plus</t>
         </is>
       </c>
-      <c r="C50" t="inlineStr">
+      <c r="C59" t="inlineStr">
         <is>
           <t>Działo jonów ar typu penning, pracujące przy napięciu w zakresie od 0kv do 6kv możliwość obserwacji próbki podczas procesu polerowania i cięcia przy użyciu stereoskopu zakres polerowania próbek: średniacy 50 mm, wysokość 25 mm tryb polerowania: -maksymalny rozmiar próbki w trybie polerowania 50mm - zakres ruchu (średnica obszaru polerowanego) - oś x:0-5 mm -kąt padania wiązki 0°-90° -kąt obrotu próbki ±90° -możliwość rotacji próbki z wyborem prędkości obrotowej -możliwość oscylacji próbki z wyborem kata oscylacji tryb wykonywania przekrojów : - maksymalny rozmiar próbki 20mmx20mmx7mm - zakres ruchu – oś x ±7mm - zakres ruchu – oś y ±3mm - kąt obrotu  ±3mm - prędkość obrotu próbki 1obr/min, 25 obr/min - szybkość/wydajność cięcia: 500 µm/h (dla krzemu)</t>
         </is>
       </c>
-      <c r="D50" t="inlineStr">
+      <c r="D59" t="inlineStr">
         <is>
           <t>Polerowanie końcowe, np. dla ebsd, przy ścinianiu pod niskim kątem (flatmilling) lub w celu kontrastowania przez ścienianie pod wysokim kątem  w ciągu kilku minut. wysokiej jakości nieodkształcone przekroje poprzeczne dla analiza struktur pod powierzchnią.</t>
         </is>
       </c>
-      <c r="E50" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G50" t="inlineStr">
+      <c r="E59" t="inlineStr"/>
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G59" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
-      <c r="H50" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I50" t="inlineStr">
+      <c r="H59" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I59" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J50" t="inlineStr">
+      <c r="J59" t="inlineStr">
         <is>
           <t>Laboratorium metalograficzne  kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K50" t="inlineStr">
+      <c r="K59" t="inlineStr">
         <is>
           <t>Kopyściański Mateusz</t>
         </is>
       </c>
-      <c r="L50" t="inlineStr">
+      <c r="L59" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
         </is>
       </c>
-      <c r="M50" t="inlineStr">
+      <c r="M59" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N50" t="inlineStr">
+      <c r="N59" t="inlineStr">
         <is>
           <t>Ablacja laserowa/elektronowa, ped, pld</t>
         </is>
       </c>
     </row>
-    <row r="51">
-      <c r="A51" t="inlineStr">
+    <row r="60">
+      <c r="A60" t="inlineStr">
         <is>
           <t>Skaningowy mikroskop elektronowy nova nano sem 450</t>
         </is>
       </c>
-      <c r="B51" t="inlineStr">
+      <c r="B60" t="inlineStr">
         <is>
           <t>Nova nano sem 450</t>
         </is>
       </c>
-      <c r="C51" t="inlineStr">
+      <c r="C60" t="inlineStr">
         <is>
           <t>Źródło elektronów schottk'ego o wysokiej stabilności prądu wiązki, niska i wysoka próżnia. detekcja elektronów wtórnych (se), wstecznie rozproszonych (bse), tld-se i -bse, tryb transmisyjny (stem), możliwości analityczne eds, ebsd, wds, obrazowanie mikrostruktury hr-sem (se, bse) analiza eds, wds składu chemicznego analizy orientacji krystalograficznych (ebsd) obrazowanie w trybie stem</t>
         </is>
       </c>
-      <c r="D51" t="inlineStr">
+      <c r="D60" t="inlineStr">
         <is>
           <t xml:space="preserve">Badania struktury nanomateriałów, morfologii i składu chemicznego próbek nieprzewodzących w niskiej i zmiennej próżni. analiza topografii orientacji materiałów drobnokrystalicznych z pełną identyfikacją fazową, analizy punktowe, liniowe oraz powierzchniowe pierwiastków z wykorzystaniem spektrometrów edxs i wdxs, analiza orientacji krystalograficznych z wykorzystaniem ebsd oraz transmisyjna dyfrakcja ebsd. </t>
         </is>
       </c>
-      <c r="E51" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G51" t="inlineStr">
+      <c r="E60" t="inlineStr"/>
+      <c r="F60" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G60" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
-      <c r="H51" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I51" t="inlineStr">
+      <c r="H60" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I60" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J51" t="inlineStr">
+      <c r="J60" t="inlineStr">
         <is>
           <t>Laboratorium skaningowej mikroskopii elektronowej kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K51" t="inlineStr">
+      <c r="K60" t="inlineStr">
         <is>
           <t>Kopyściański Mateusz</t>
         </is>
       </c>
-      <c r="L51" t="inlineStr">
+      <c r="L60" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
         </is>
       </c>
-      <c r="M51" t="inlineStr">
+      <c r="M60" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N51" t="inlineStr">
+      <c r="N60" t="inlineStr">
         <is>
           <t>Bse, ebsd, eds, mikrostruktura, sem, wds</t>
         </is>
       </c>
     </row>
-    <row r="52">
-      <c r="A52" t="inlineStr">
+    <row r="61">
+      <c r="A61" t="inlineStr">
         <is>
           <t>Skaningowy mikroskop elektronowy inspect s50</t>
         </is>
       </c>
-      <c r="B52" t="inlineStr">
+      <c r="B61" t="inlineStr">
         <is>
           <t>Inspect s50</t>
         </is>
       </c>
-      <c r="C52" t="inlineStr">
+      <c r="C61" t="inlineStr">
         <is>
           <t>Źródło elektronów , elektorda wolframowa energia wiązki 200 ev - 30 kev detekcja elektronów wtórnych (se), wstecznie rozproszonych (bse), możliwosci analityczne eds, ebsd rozdzielczość (wg producenta): 3 nm przy 30 kv (sed) 1,0 nm przy 15 kv (sed) niska próżnia: - 10 nm przy 30kv (sed) - 3 nm przy 3 kv (sed) bezolejowy system pompowy.</t>
         </is>
       </c>
-      <c r="D52" t="inlineStr">
+      <c r="D61" t="inlineStr">
         <is>
           <t>Badania morfologii i składu chemicznego próbek nieprzewodzących w niskiej i zmiennej próżni, analiza topografii orientacji materiałów drobnokrystalicznych z pełną identyfikacją fazową, analizy punktowe, liniowe oraz powierzchniowe pierwiastków z wykorzystaniem spektrometrów edxs i wdxs, analiza orientacji krystalograficznych z wykorzystaniem dyfrakcji elektronów wstecznie rozproszonych ebsd</t>
         </is>
       </c>
-      <c r="E52" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G52" t="inlineStr">
+      <c r="E61" t="inlineStr"/>
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G61" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam.</t>
         </is>
       </c>
-      <c r="H52" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I52" t="inlineStr">
+      <c r="H61" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I61" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J52" t="inlineStr">
+      <c r="J61" t="inlineStr">
         <is>
           <t>Laboratorium skaningowej mikroskopii elektronowej kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K52" t="inlineStr">
+      <c r="K61" t="inlineStr">
         <is>
           <t>Kopyściański Mateusz</t>
         </is>
       </c>
-      <c r="L52" t="inlineStr">
+      <c r="L61" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
         </is>
       </c>
-      <c r="M52" t="inlineStr">
+      <c r="M61" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N52" t="inlineStr">
+      <c r="N61" t="inlineStr">
         <is>
           <t>Bse, ebsd, eds, mikrostruktura, sem</t>
         </is>
       </c>
     </row>
-    <row r="53">
-      <c r="A53" t="inlineStr">
+    <row r="62">
+      <c r="A62" t="inlineStr">
         <is>
           <t>Skaningowy kalorymetr różnicowy</t>
         </is>
       </c>
-      <c r="B53" t="inlineStr">
+      <c r="B62" t="inlineStr">
         <is>
           <t>Dsc 8000</t>
         </is>
       </c>
-      <c r="C53" t="inlineStr">
+      <c r="C62" t="inlineStr">
         <is>
           <t>Konstrukcja dwupiecowa zasada pomiaru : kompensacyjna materiał pieca: 90% stopu platyny czujniki temperatury: rozproszone, platynowe termometry oporowe zakres -180˚c do 750˚c dokładność ±0,05˚c pecyzja  ±0,008˚c punkty danych/s 33 kontrolowane tempo nagrzewania od 0,01 do 300 ˚c/min kontrolowane tempo chłodzenia od 0,01 do 150˚c/min</t>
         </is>
       </c>
-      <c r="D53" t="inlineStr">
+      <c r="D62" t="inlineStr">
         <is>
           <t xml:space="preserve">Przemiany fazowe dyfuzyjne, wymuszone temperaturą, stabilność cieplna faz, rozpad z udziałem fazy gazowej, utlenianie; np. rekrystalizacja w stopach na bazie al i zr. weryfikacja układów fazowych. przemiana szklista, krystalizacja i kinetyka przemian, diagramy c-p-t; np. w szkłach metalicznych i polimerach. ciepło właściwe układów metalicznych i pochłaniających ciepło, wielofazowe związki międzymetaliczne.  </t>
         </is>
       </c>
-      <c r="E53" t="inlineStr">
+      <c r="E62" t="inlineStr">
         <is>
           <t xml:space="preserve">Przemiany fazowe dyfuzyjne, wymuszone temperaturą, stabilność cieplna faz, rozpad z udziałem fazy gazowej, utlenianie; np. rekrystalizacja w stopach na bazie al i zr. weryfikacja układów fazowych. przemiana szklista, krystalizacja i kinetyka przemian, diagramy c-p-t; np. w szkłach metalicznych i polimerach. ciepło właściwe układów metalicznych i pochłaniających ciepło, wielofazowe związki międzymetaliczne.  </t>
         </is>
       </c>
-      <c r="F53" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G53" t="inlineStr">
+      <c r="F62" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G62" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
-      <c r="H53" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I53" t="inlineStr">
+      <c r="H62" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I62" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J53" t="inlineStr">
+      <c r="J62" t="inlineStr">
         <is>
           <t>Laboratorium analizy termicznej/kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K53" t="inlineStr">
+      <c r="K62" t="inlineStr">
         <is>
           <t>Kopyściański Mateusz</t>
         </is>
       </c>
-      <c r="L53" t="inlineStr">
+      <c r="L62" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
         </is>
       </c>
-      <c r="M53" t="inlineStr">
+      <c r="M62" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N53" t="inlineStr">
+      <c r="N62" t="inlineStr">
         <is>
           <t>Dsc, dta, przemiany fazowe</t>
         </is>
       </c>
     </row>
-    <row r="54">
-      <c r="A54" t="inlineStr">
+    <row r="63">
+      <c r="A63" t="inlineStr">
         <is>
           <t>Mikroskop ze skanującą sondą (mikroskop sił bliskiego zasięgu)</t>
         </is>
       </c>
-      <c r="B54" t="inlineStr">
+      <c r="B63" t="inlineStr">
         <is>
           <t>Dimension icon with scanasyst (veeco/bruker)</t>
         </is>
       </c>
-      <c r="C54" t="inlineStr">
+      <c r="C63" t="inlineStr">
         <is>
           <t>Tryby pracy: afm – mikroskop sił atmowych lfm – mikroskop sił poprzecznych mfm – mikroskop sił magnetycznych efm – mikroskop sił elektrycznych peakforce qnm - obrazowanie własności nano-mechanicznych na podstawie analizy krzywych siłowych obszar analizy xy od max 100 μm x 100 μm do min kilka nm x kilka nm zakres analizy w kierunku z do max 9.5 μm rozdzielczość analizy max do 1 nm w zależności od użytej sondy i trybu pracy.</t>
         </is>
       </c>
-      <c r="D54" t="inlineStr">
+      <c r="D63" t="inlineStr">
         <is>
           <t>Wyznaczanie topografii powierzchni 3d (par. chropowatości) - afm obrazowanie rozkładu: • mikrobszarów o różnym współczynniku tarcia – lfm • mikrodomen magnetycznych – mfm • mikrobszarów o odmiennych własnościach elektrycznych – efm • różnym sposobie oddziaływania mechanicznego badanej powierzchni z ostrzem sondy: adhezja,  odkształcenie, moduł younga.</t>
         </is>
       </c>
-      <c r="E54" t="inlineStr">
+      <c r="E63" t="inlineStr">
         <is>
           <t>Wyznaczanie topografii powierzchni 3d (par. chropowatości) - afm obrazowanie rozkładu: • mikrobszarów o różnym współczynniku tarcia – lfm • mikrodomen magnetycznych – mfm • mikrobszarów o odmiennych własnościach elektrycznych – efm • różnym sposobie oddziaływania mechanicznego badanej powierzchni z ostrzem sondy: adhezja,  odkształcenie, moduł younga.</t>
         </is>
       </c>
-      <c r="F54" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G54" t="inlineStr">
+      <c r="F63" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G63" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
-      <c r="H54" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I54" t="inlineStr">
+      <c r="H63" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I63" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J54" t="inlineStr">
+      <c r="J63" t="inlineStr">
         <is>
           <t>Laboratorium badań własności materiałów, kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K54" t="inlineStr">
+      <c r="K63" t="inlineStr">
         <is>
           <t>Cieniek Łukasz</t>
         </is>
       </c>
-      <c r="L54" t="inlineStr">
+      <c r="L63" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-cieniek-6418.html</t>
         </is>
       </c>
-      <c r="M54" t="inlineStr">
+      <c r="M63" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N54" t="inlineStr">
+      <c r="N63" t="inlineStr">
         <is>
           <t>Afm, efm, lfm, mfm</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>