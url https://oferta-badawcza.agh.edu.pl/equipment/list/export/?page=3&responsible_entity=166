--- v1 (2025-12-24)
+++ v2 (2026-03-07)
@@ -493,201 +493,201 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Cyfrowy mikroskop optyczny (stanowisko do badań makro- i mikrostrukturalnych materiałów z wykorzystaniem różnych technik kontrastowych światła odbitego i przechodzącego)</t>
+          <t>Analizator do pomiaru sorpcji gazów i wyznaczania powierzchni właściwej, wielkości, objętości i rozkładu mikro- i mezo-porów w proszkach i materiałach porowatych</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Mikroskop keyence vhx-x1</t>
+          <t>Aparat do pomiaru wielkości sorpcji nova 800 anton paar</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
-        <is>
-[...70 lines deleted...]
-      <c r="C3" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparat nova 800 anton paar:
 	posiada możliwość analizy sorpcji gazów takich jak n2, he i co2 oraz par cieczy. 
 	wykorzystywany do wyznaczania powierzchni właściwej bet, wielkości, objętości i rozkładu mikro- i mezo-porów w próbkach proszkowych i materiałach porowatych.
 	wyposażony w cztery niezależne stacje do odgazowania próbek, co pozwala na równoczesne przygotowanie kilku próbek.
  </t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D2" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar sorpcji dla próbek mineralnych, organicznych, syntetycznych, przemysłowych, itp.
 	analiza bet i objętości porów próbek litych i proszkowych.
 </t>
         </is>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E2" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparat nova 800 anton paar umożliwia:
 	wyznaczanie jedno- i wielopunktowej powierzchni właściwej bet,
 	określanie powierzchni langmuira oraz analizę izoterm adsorpcji,
 	obliczanie rozkładów objętości i powierzchni porów przy użyciu metod bjh, dft i nldft,
 	analizę rozkładu mikroporów i całkowitej objętości mikroporów.
  </t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G3" t="inlineStr">
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
         <is>
           <t>• współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi,
 • współpraca w ramach projektów ncn, ncbir, eu i w ramach umów z przemysłem.</t>
         </is>
       </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Katedra techniki cieplnej i ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Grupa badawcza: procesy termiczne</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Magdziarz Aneta</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/aneta-magdziarz-5868.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Adsorpcja, bet, biowęgiel, co2, izoterma adsorpcji, porowatość, powierzchnia właściwa</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>Cyfrowy mikroskop optyczny (stanowisko do badań makro- i mikrostrukturalnych materiałów z wykorzystaniem różnych technik kontrastowych światła odbitego i przechodzącego)</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Mikroskop keyence vhx-x1</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>Mikroskop cyfrowy keyence vhx-x1 jest zaawansowanym, zautomatyzowanym systemem do szerokiej gamy zastosowań analitycznych w badaniach metalograficznych, fraktograficznych oraz analiz powierzchni. system łączy w sobie funkcje klasycznego mikroskopu optycznego, mikroskopu stereoskopowego oraz stacji pomiarowej 2d/3d, umożliwiając wieloskalową analizę struktury materiałów. posiada automatyczną głowicę rewolwerową zawierającą obiektywy w zakresie powiększeń od 20x do 2500x oraz dodatkowy statyw i dwa obiektywy mobilne do obserwacji makroskopowych o zakresie powiększeń 0,1x – 50x i 20x – 200x.</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>Mikroskop umożliwia obrazowanie w świetle odbitym w trybach jasnego pola (bf), ciemnego pola (df), światła spolaryzowanego (pol) oraz w kontraście interferencyjnym nomarskiego (dic). w świetle przechodzącym możliwe jest obrazowanie w jasnym polu (bf). urządzenie umożliwia automatyczne wykonywanie zdjęć o powiększonej głębi ostrości, generowanie trójwymiarowych modeli powierzchni, a także automatyczne skanowanie całych zgładów metalograficznych w wysokiej rozdzielczości.</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>Pomiar długości, średnic, kątów, pól powierzchni i chropowatości 2d, możliwość rekonstrukcji topografii powierzchni w 3d, analiza zgrubna i precyzyjna defektów oraz dokumentacja makro- i mikrostrukturalna, zapamiętywanie ustawień pomiarowych i tworzenie szablonów wyświetlania.</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>Do ustalenia z osobą kontaktową.</t>
+        </is>
+      </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>Katedra techniki cieplnej i ochrony środowiska</t>
+          <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>Grupa badawcza: procesy termiczne</t>
+          <t>Inżynieria spajania i szkła metaliczne</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>Magdziarz Aneta</t>
+          <t>Kozieł Tomasz</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/aneta-magdziarz-5868.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/tomasz-koziel-6072.html</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
-          <t>Adsorpcja, bet, biowęgiel, co2, izoterma adsorpcji, porowatość, powierzchnia właściwa</t>
+          <t>Mikroskop cyfrowy, mikroskop optyczny</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Piknometr helowy do pomiaru gęstości ciał stałych: ultrapyc 5000 micro (anton paar)</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Piknometr helowy do pomiaru gęstości ciał stałych: ultrapyc 5000 micro (anton paar)</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t xml:space="preserve">Piknometr gazowy ultrapyc 5000 micro służy do precyzyjnego pomiaru rzeczywistej gęstości ciał stałych w postaci proszków lub monolitów. do pomiarów wykorzystywany jest hel. urządzenie posiada wbudowaną regulację temperatury za pomocą modułu peltiera. pomiary wykonywane są w zakresie 15 °c to 50 °c, standardowo w 20 °c. piknometr gazowy wyposażony jest w trzy komory pomiarowe o różnej objętości. </t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>Piknometr gazowy wykorzystywany jest do pomiaru gęstości helowej materiałów stałych, takich jak: sadza, katalizatory, biowęgle, cement, ceramika, kosmetyki, środki osuszające, nawozy, włókna, minerały, produkty farmaceutyczne i metale w proszku.</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">