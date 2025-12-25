--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N58"/>
+  <dimension ref="A1:N59"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,51 +493,51 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Trident analizator przewodności cieplnej</t>
+          <t>Analizator przewodności cieplnej trident</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>C-therm trident</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t xml:space="preserve">Analizator przewodności cieplnej trident to zaawansowane urządzenie służące do pomiaru przewodnictwa cieplnego różnych materiałów, gdyż oferuje trzy różne techniki pomiaru przewodnictwa cieplnego: mtps (modified transient plane source), tps (transient plane source), tls (transient line source). jest to jedno z najbardziej wszechstronnych i najnowocześniejszych narzędzi tego typu, wykorzystywane w przemyśle, nauce i badaniach (testy w temperaturach od -50°c do 300°c). aparatura trident umożliwia prowadzenie badań dla szerokiej gamy materiałów stosowanych w projektowaniu i opracowywaniu prototypów w technologiach energetycznych, technologiach kosmicznych, przemyśle lotniczym, motoryzacyjnym, farmaceutycznym i tekstylnym. aparatura wspiera interdyscyplinarne i innowacyjne działania w obszarze "rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów".
 metoda mtps
 	przewodność cieplna od 0,01 w/(m·k) do 500 w/mk.
 	temperatura robocza detektora od -50ºc i do 200ºc.
 	próbka walcowa o średnicy niemniejszej niż 18 mm.
 	detektor zapewnia jednowymiarowy przepływ ciepła.
 metoda tps
 	przewodność cieplna od 0,03 w/(m·k) do 1800 w/(m·k).
 	dyfuzyjność cieplna od 0,01 mm²/s do 1200 mm²/s.
 	nadaje się do ciał stałych, past i lepkich płynów.
 metoda tls
 	przewodność cieplna od 0,1 w/(m·k) do 5 w/(m·k).
 	nadaje się do testowania półstałych cieczy o wyższej lepkości, stopów polimerowych, gleb i proszków.
 	temperatura roboczą czujnika od 0ºc do 300ºc.
 	ciśnienie robocze czujnika max. do 1000 barów/14 500 psi.
 </t>
@@ -580,4554 +580,4640 @@
       </c>
       <c r="K2" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>Badania laboratryjne, dyfuzyjność cieplna, pojemność cieplna, przewodnictwo cieplne, wymiana ciepła</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
+          <t>Kamera termowizyjna flir</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Flir a70 29°</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>Kamera flir a70 29° research &amp; development kit to zaawansowany system obrazowania termicznego przeznaczony do zastosowań badawczo-rozwojowych i przemysłowych. umożliwia precyzyjny, bezkontaktowy pomiar temperatury z wysoką rozdzielczością (640 × 480 px) i czułością detekcji poniżej 40 mk. dzięki szerokiemu zakresowi pomiarowemu oraz integracji z oprogramowaniem flir research studio, kamera pozwala na rejestrację, analizę i wizualizację rozkładów temperatury w czasie rzeczywistym – w badaniach materiałowych, energetycznych, elektronicznych i środowiskowych.</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	analizy termiczne komponentów elektronicznych (np. pcb, układy scalone) w fazie prototypowania.
+	badania przepływów ciepła, punktów gorących i strat energetycznych w konstrukcjach/materiałach.
+	monitoring temperatury w układach przemysłowych lub podczas testów środowiskowych, gdzie ważna jest precyzja i możliwość dokumentacji pomiarów.
+</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	detektor mikrobolometryczny. piksel 12 µm.
+	rozdzielczość: 640×480 pikseli.
+	czułość termiczna (netd): &lt;35mk.
+	częstotliwość: 30hz.
+	pole widzenia: 29° × 22°. ręczne ustawienie ostrości.
+	ifov: 0,84 mrad. minimalna odległość ostrzenia: 0,25m.
+	zakres pomiarowy: 20 do 17 5°c; 175 do 1000°c.
+	dokładność: +/ 2%.
+	wbudowana kamera cyfrowa.
+</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Certyfikat</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>Analiza termiczna, pomiar bezkontaktowy, pomiar temperatury, termowizja</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
           <t>Mikroskop sił atomowych sprzężony z nanoindenterem</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B4" t="inlineStr">
         <is>
           <t>Sprzężony układ nanoindentera z mikroskopem sił atomowych</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C4" t="inlineStr">
         <is>
           <t>Mikroskop sił atomowych (afm) bruker dimension icon xr to wszechstronny, niskoszumowy mikroskop pracujący w układzie skanowania sondą. maksymalny obszar skanowania wynosi 90×90 μm w zakresie poziomym i do 10 μm w zakresie pionowym. mikroskop umożliwia badanie próbek małych i dużych do średnicy 200 mm i grubości 15 mm, przez co nadaje się do obrazowania zarówno próbek laboratoryjnych, jak i przemysłowych. pomiary odbywają się w dedykowanej komorze antywibracyjnej zapewniającej dodatkową izolację akustyczną. afm wyposażony jest w system closed-loop i umożliwia wykonanie pomiarów wykorzystując najważniejsze techniki afm.
 ponadto mikroskop wyposażony jest w drugą głowicę skanującą – bruker hysitron triboscope, przeznaczą do obrazowania próbek twardych i równoczesnych ilościowych pomiarów twardości oraz modułu young’a (nanoindenter skanujący ostrzem berkovivch’a lub ostrzem płaskim). nanoindenter wyposażony jest dodatkowo w dynamiczny tryb pracy – nanodma.</t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D4" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	contact i tapping mode
 	peakforce tapping (w tym ilościowe obrazowanie fazowe qnm)
 	lateral force microscopy
 	lift mode (w tym wysokorozdzielcze pomiary magnetyczne mfm, elektrostatyczne efm oraz sondę kelvina kpfm)
 	force spectroscopy
 	torsion resonance mode
 	piezoresponse microscopy
 	pomiary elektryczne (c-afm, wysokorozdzielczy pf-tuna, wielokanałowy tryb data cube)
 </t>
         </is>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E4" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	próbek stałych (moduł do 200 gpa), stopów, proszków, metali, kompozytów
 	próbek miękkich i biologicznych w powietrzu oraz cieczach
 	w zakresie temperatur od -35 do 250 °c
 	próbek przewodzących magnetycznych, z ładunkiem powierzchniowym
 	próbek w rozmiarze 200 (dł) x 200 (szer) x15 (wys) mm
 	maksymalny obszar skanowania: 90×90 μm w poziomie i do 10 μm w pionie
 </t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G3" t="inlineStr">
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I3" t="inlineStr">
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J3" t="inlineStr">
+      <c r="J4" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K3" t="inlineStr">
+      <c r="K4" t="inlineStr">
         <is>
           <t>Szuwarzyński Michał</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="L4" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/michal-szuwarzynski-8587.html</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="M4" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="N4" t="inlineStr">
         <is>
           <t>Afm, badanie powierzchni, indentacja, mikroskop, mikroskopia sił atomowych</t>
         </is>
       </c>
     </row>
-    <row r="4">
-      <c r="A4" t="inlineStr">
+    <row r="5">
+      <c r="A5" t="inlineStr">
         <is>
           <t>Mieszarka wysokoobrotowa</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B5" t="inlineStr">
         <is>
           <t>Mieszarka wysokoobrotowa dac 150.1 fyz firmy speed-mixer</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C5" t="inlineStr">
         <is>
           <t>Urządzenie służy do szybkiego mieszania i rozdrabniania materiałów. zawiesiny mogą być jednorodnie wymieszane w ciągu kilku sekund.</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D5" t="inlineStr">
         <is>
           <t>Czas mieszania: 5 - 60 s.
 prędkość mieszania: 300 – 3500 obr/min.</t>
         </is>
       </c>
-      <c r="E4" t="inlineStr"/>
-[...66 lines deleted...]
-      </c>
       <c r="E5" t="inlineStr"/>
       <c r="F5" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
       <c r="J5" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
       <c r="K5" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
       <c r="L5" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
       <c r="M5" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N5" t="inlineStr">
         <is>
-          <t>Młyn miksujący, młyn wibracyjny, młynek miksujący, młynek wibracyjny, rozdrabnianie</t>
+          <t>Mieszarka, mieszarka wysokoobrotowa</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
+          <t>Młynek miksujący</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Młynek miksujący mm 400 firmy retsch</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>Młynek miksujący mm 400 to wielozadaniowe urządzenie przeznaczone do mielenia na sucho i mokro małych objętości do 2 x 20 ml. miesza i homogenizuje proszki i zawiesiny z częstotliwością 30 hz w ciągu kilku sekund.</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>Umożliwia jednorazowe rozdrabnianie próbki o objętości 2 x 20 ml. częstotliwość maksymalna 30 hz.</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr"/>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
+        </is>
+      </c>
+      <c r="K6" t="inlineStr">
+        <is>
+          <t>Berent Katarzyna</t>
+        </is>
+      </c>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
+        </is>
+      </c>
+      <c r="M6" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N6" t="inlineStr">
+        <is>
+          <t>Młyn miksujący, młyn wibracyjny, młynek miksujący, młynek wibracyjny, rozdrabnianie</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
           <t>Myjka ultradźwiękowa</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B7" t="inlineStr">
         <is>
           <t>Myjka ultradźwiękowa branson 5510</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C7" t="inlineStr">
         <is>
           <t>Urządzenie służy do skutecznego i precyzyjnego czyszczenia różnorodnych przedmiotów.  myjka posiada możliwość regulacji amplitudy drgań, temperatury oraz posiada programator czasowy.</t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D7" t="inlineStr">
         <is>
           <t xml:space="preserve">Maksymalna częstotliwość ultradźwięków: 40 khz.
 maksymalna temperatura pracy: 70ºc. </t>
         </is>
       </c>
-      <c r="E6" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G6" t="inlineStr">
+      <c r="E7" t="inlineStr"/>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I6" t="inlineStr">
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I7" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr">
+      <c r="J7" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K6" t="inlineStr">
+      <c r="K7" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L7" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M7" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N7" t="inlineStr">
         <is>
           <t>Myjka ultradźwiękowa</t>
         </is>
       </c>
     </row>
-    <row r="7">
-      <c r="A7" t="inlineStr">
+    <row r="8">
+      <c r="A8" t="inlineStr">
         <is>
           <t>Analizator sdt q600 firmy ta instruments</t>
         </is>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B8" t="inlineStr">
         <is>
           <t>Analizator sdt q600 firmy ta instruments</t>
         </is>
       </c>
-      <c r="C7" t="inlineStr">
+      <c r="C8" t="inlineStr">
         <is>
           <t xml:space="preserve">Analizator różnicowej kalorymetrii skaningowej dsc i termograwimetrii tg.
  </t>
         </is>
       </c>
-      <c r="D7" t="inlineStr">
+      <c r="D8" t="inlineStr">
         <is>
           <t>System pozwala na równoczesną analizę tg/dsc. badanie zmian masy próbki oraz towarzyszących efektów cieplnych zachodzących w trakcie dynamicznego ogrzewania/chłodzenia próbki i/lub w warunkach izotermicznych w atmosferze statycznej, dynamicznej, obojętnej, utleniającej lub redukcyjnej. tg/dsc: 25-1500°c warunki: statyczne, dynamiczne; atmosfera: obojętna, utleniająca, redukcyjna. analiza jakościowa i ilościowa uwalnianych gazów (tg/dsc-ms).</t>
         </is>
       </c>
-      <c r="E7" t="inlineStr">
+      <c r="E8" t="inlineStr">
         <is>
           <t xml:space="preserve">Parametry pracy
 wielkość próbki do 200 mg
 temperatura pracy do 1500°c
 szybkość grzania od 0.1 do 100°c/min
 czułość 0.1 µg
 termopara: platyna/platyna-rod
 czułość dta 0.001°c
 dokładność kalorymetryczna ±2%
 atmosfera: obojętna,  redukująca, utleniająca
  </t>
         </is>
       </c>
-      <c r="F7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G7" t="inlineStr">
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I7" t="inlineStr">
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I8" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J7" t="inlineStr">
+      <c r="J8" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K7" t="inlineStr">
+      <c r="K8" t="inlineStr">
         <is>
           <t>Kmita Angelika</t>
         </is>
       </c>
-      <c r="L7" t="inlineStr">
+      <c r="L8" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/angelika-kmita-8131.html</t>
         </is>
       </c>
-      <c r="M7" t="inlineStr">
+      <c r="M8" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N7" t="inlineStr">
+      <c r="N8" t="inlineStr">
         <is>
           <t>Analiza termiczna, badania wysokotemperaturowe, dsc, kalorymetria różnicowa, tg</t>
-        </is>
-[...66 lines deleted...]
-          <t>Dyfrakcja, saxs, waxs, xrd</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
+          <t>Scatterx78</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Komora scatterx78 - doposażenie dyfraktometru rentgenowskiego w kompaktową komorę do badań saxs/waxs</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>Komora scatterx78 umożliwia jednoczesny pomiar w próżni saxs i waxs. pomiar możliwy jest już dla rozmiarów obiektów od 1 nm w wymiarach 1d i 2d. dodatkowo zaproponowane rozszerzenie aparatury badawczej pozwala na prowadzenie badań metodą dyfrakcji przy stałym kącie padania promieniowania (gixd). przystawka pozwala na przeprowadzenie nieniszczącej analizy właściwości materiałów, geometrii i uporządkowania obiektów (amorficznych, krystalicznych) w nanoskali w postaci cieczy, żelów, proszków, ciał stałych (w tym porowatych) czy układów wielowarstwowych o grubości rzędu nm. co więcej zastosowana przystawka służy do określania szczegółów budowy krystalicznej polimerów, czy identyfikacji odmian polimorficznych, a także śledzenia przejść jednej odmiany krystalograficznej w drugą wywołanych różnymi czynnikami. wśród układów analizowanych metodami saxs/waxs znajdują się m.in. nanocząstki, nanowielowarstwy, roztwory nanocząstek (półprzewodnikowych, magnetycznych, itp.), plastyczne układu hybrydowe z nanocząstkami.</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>Xrd (w tym gixd), saxs, waxs</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr"/>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I9" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J9" t="inlineStr">
+        <is>
+          <t>Zakład inżynierii materiałowej</t>
+        </is>
+      </c>
+      <c r="K9" t="inlineStr">
+        <is>
+          <t>Marciszko-Wiąckowska Marianna</t>
+        </is>
+      </c>
+      <c r="L9" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marianna-marciszko-wiackowska-8299.html</t>
+        </is>
+      </c>
+      <c r="M9" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N9" t="inlineStr">
+        <is>
+          <t>Dyfrakcja, saxs, waxs, xrd</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
           <t>Dyfraktometr rentgenowski z przystawką saxs/waxs</t>
         </is>
       </c>
-      <c r="B9" t="inlineStr">
+      <c r="B10" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski empyrean</t>
         </is>
       </c>
-      <c r="C9" t="inlineStr">
+      <c r="C10" t="inlineStr">
         <is>
           <t>Dyfraktometr proszkowy panalytical empyrean z lampą cu. pozwala prowadzić pomiary w geometrii wiązki bragg-brentano z użyciem szczelin kolimacyjnych oraz w geometrii wiązki równoległej (lustro goebla). dyfraktometr wyposażony  w wysokoczuły detektor (pixcel3d). posiada różne stoliki oraz szereg dodatkowych elementów optyki, umożliwiające prowadzenie badań dla różnego typu próbek. dyfraktometr wyposażony jest dodatkowo w komorę saxs/waxs pozwalającą na prowadzenie pomiarów w powietrzu jak i próżni.</t>
         </is>
       </c>
-      <c r="D9" t="inlineStr">
+      <c r="D10" t="inlineStr">
         <is>
           <t>- analiza fazowa
 - tekstura krystalograficzna
 - naprężenia 
 - saxs/waxs (w powietrzu i próżni)
 - xrr</t>
         </is>
       </c>
-      <c r="E9" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G9" t="inlineStr">
+      <c r="E10" t="inlineStr"/>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H9" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I9" t="inlineStr">
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I10" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J9" t="inlineStr">
+      <c r="J10" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K9" t="inlineStr">
+      <c r="K10" t="inlineStr">
         <is>
           <t>Marciszko-Wiąckowska Marianna</t>
         </is>
       </c>
-      <c r="L9" t="inlineStr">
+      <c r="L10" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marianna-marciszko-wiackowska-8299.html</t>
         </is>
       </c>
-      <c r="M9" t="inlineStr">
+      <c r="M10" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N9" t="inlineStr">
+      <c r="N10" t="inlineStr">
         <is>
           <t>Analiza fazowa, dyfrakcja rentgenowska, naprężenia, tekstura</t>
         </is>
       </c>
     </row>
-    <row r="10">
-      <c r="A10" t="inlineStr">
+    <row r="11">
+      <c r="A11" t="inlineStr">
         <is>
           <t>Dwuwiązkowy wysokorozdzielczy skaningowy mikroskop elektronowy z działem jonów galu (fib/sem)</t>
         </is>
       </c>
-      <c r="B10" t="inlineStr">
+      <c r="B11" t="inlineStr">
         <is>
           <t>Fei versa 3d</t>
         </is>
       </c>
-      <c r="C10" t="inlineStr">
+      <c r="C11" t="inlineStr">
         <is>
           <t>Dwuwiązkowy wysokorozdzielczy skaningowy mikroskop elektronowy fei versa 3d wyposażony jest w działo elektronowe z emisją polową (feg - field emission gun) oraz działo jonowe ga+ (fib - focused ion beam). umożliwia pracę z napięciem przyspieszającym w zakresie od 500 v do 30 kv (max. prąd wiązki elektronowej 200 na). zdolność rozdzielcza mikroskopu definiowana jako rozdzielczość obrazów elektronów wtórnych przy napięciu przyspieszającym 30 kv na standardowej próbce cząstek złota wynoszącej 1 nm w trybie wysokiej próżni – hv (1.5 nm w trybie niskiej próżni - lv).
 mikroskop wyposażony jest w:
 	detektory do obrazowania w trybie wysokiej (etd, cbs) i niskiej próżni (lvsed) oraz trybie środowiskowym (gsed).
 	spektrometr dyspersji energii promieniowania rentgenowskiego (eds - energy dispersive x-ray spectrometer) ultim max 40 oraz kamerę cmos symmetry s2 firmy oxford instruments umożliwiającą pomiary dyfrakcji elektronów wstecznie rozproszonych (ebsd - electron backscatter diffraction),
 	detektor umożliwiający obrazowanie w trybie skaningowo-transmisyjnym (stem),
 	działo jonowe ga+ (fib) i system precyzyjnego dozowania gazów roboczych (gis - gas injection system). możliwość depozycji platyny (pt) lub wolframu (w),
 	dwa stoliki grzewcze (do 1000°c i 1500°c),
 	stolik peltiera,
 	nanoindenter ft-nmt04 firmy femtotools,
 	oprogramowanie auto slice&amp;view;,
 	układ dwóch nanomanipulatorów (mibotów) firmy imina.
 maksymalne wymiary próbek – średnica: 150 mm, wysokość: 55 mm; waga: 500 g.</t>
         </is>
       </c>
-      <c r="D10" t="inlineStr">
+      <c r="D11" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obserwacje mikrostruktury materiałów przewodzących i dielektrycznych.
 	badania „in-situ”:
 		stolik peltiera i stoliki grzewcze, 
 		nanomanipulatory do pomiarów właściwości elektrycznych,
 		nanoindenter.
 	tomografia elektronowa (sem/fib) - rekonstrukcja 3d mikrostruktury.
 	analizy składu pierwiastkowego (eds).
 	analizy orientacji krystalograficznych (ebsd).
 </t>
         </is>
       </c>
-      <c r="E10" t="inlineStr">
+      <c r="E11" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analiza wielkości i kształtu cząstek i porów, pomiar grubości powłok o rozmiarach mikro- i nanometrycznych.
 	obrazowanie w trybie skaningowo-transmisyjnym (stem):
 		jasnym polu (bf),
 		ciemnym polu (df),
 		szerokokątowym ciemnym polu (haadf).
 	trzy tryby pracy:
 		wysoka próżnia (hv),
 		niska próżnia (lv),
 		środowiskowy (esem).
 </t>
         </is>
       </c>
-      <c r="F10" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G10" t="inlineStr">
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H10" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I10" t="inlineStr">
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I11" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J10" t="inlineStr">
+      <c r="J11" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K10" t="inlineStr">
+      <c r="K11" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L10" t="inlineStr">
+      <c r="L11" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M10" t="inlineStr">
+      <c r="M11" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N10" t="inlineStr">
+      <c r="N11" t="inlineStr">
         <is>
           <t>Ebsd, eds, fib, fib-sem, sem, sem-bse, sem-edx, sem-se, tomografia elektronowa</t>
-        </is>
-[...66 lines deleted...]
-          <t>Cienkie warstwy, napylarka, warstwy przewodzące, warstwy węgla</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
+          <t>Napylarka wysokopróżniowa q150t e quorum technologies</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Q150t e quorum technologies</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>Urządzenie umożliwia nanoszenie cienkich, amorficznych warstw węgla (c) o wysokiej czystości i dużej gęstości na powierzchni próbek nieprzewodzących, w celu poprawy przewodności elektrycznej próbek analizowanych przy użyciu skaningowego mikroskopu elektronowego (sem), siateczek do transmisyjnej mikroskopii elektronowej (tem) oraz przygotowanie replik do badań w trybie skaningowo-transmisyjnym (stem).</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>Urządzenie umożliwia precyzyjną kontrolę grubości warstwy węgla dzięki zainstalowanej wadze kwarcowej. minimalna grubość warstwy wynosi 1 nm.</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr"/>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I12" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J12" t="inlineStr">
+        <is>
+          <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
+        </is>
+      </c>
+      <c r="K12" t="inlineStr">
+        <is>
+          <t>Berent Katarzyna</t>
+        </is>
+      </c>
+      <c r="L12" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
+        </is>
+      </c>
+      <c r="M12" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N12" t="inlineStr">
+        <is>
+          <t>Cienkie warstwy, napylarka, warstwy przewodzące, warstwy węgla</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
           <t>Transmisyjny mikroskop elektronowy (tem) tecnai tf 20 x-twin (fei)</t>
         </is>
       </c>
-      <c r="B12" t="inlineStr">
+      <c r="B13" t="inlineStr">
         <is>
           <t>Tecnai tf 20 x-twin (fei)</t>
         </is>
       </c>
-      <c r="C12" t="inlineStr">
+      <c r="C13" t="inlineStr">
         <is>
           <t>Tecnai tf 20 x-twin (200 kv) jest wysokorozdzielczym transmisyjnym mikroskopem elektronowym wyposażonym w działo elektronowe z emisją polową (field emission gun - feg). mikroskop umożliwia obrazowanie mikrostruktury szerokiej gamy materiałów (takich jak: metale i ich stopy, ceramika, półprzewodniki, polimery, kompozyty) w jasnym i ciemnym polu (ang. bright field/dark field imaging). obserwacje tego typu pozwalają na analizę m.in. wielkości ziaren/krystalitów w materiale, zdefektowania materiału, rozmieszczenia i rozkładu wielkości wydzieleń, grubości powłok, itp.. wysoka zdolność rozdzielcza mikroskopu (punktowa zdolność rozdzielcza ≤ 0,22 nm, limit informacyjny ≤ 0,14 nm) umożliwia szczegółowe obrazowanie nanostruktur (nanocząstki, nanodruty, nanowarstwy, kropki kwantowe), jak również bezpośrednie obrazowanie struktury atomowej materiałów. ponadto, za pomocą dyfrakcji elektronowej (dyfrakcja w wiązce równoległej, selected area diffraction) istnieje możliwość: identyfikacji faz w konkretnych mikroobszarach w materiale, analizy lokalnej orientacji mikroobszarów, czy też określenia zależności krystalograficznych występujących między poszczególnymi fazami w materiale. mikroskop posiada też zintegrowany spektrometr promieniowania rentgenowskiego (edax) służący do analizy składu chemicznego preparatów w mikro-/nanoobszarach. mikroskop ma też możliwość pracy w trybie skaningowo-transmisyjnym (stem) z detektorem obrazowym haadf.
 mikroskop charakteryzują następujące parametry pracy:
 - źródło elektronowe z emisją polową - feg
 - napięcie przyspieszające - 200 kv
 - zakres powiększeń - 1025 – 900 k
 - kamera ccd 2k (eagle 2k hr)
 - detektory: edax rtem 0.3 sr, haadf</t>
         </is>
       </c>
-      <c r="D12" t="inlineStr">
+      <c r="D13" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analiza morfologii i wielkości ziaren/krystalitów/cząstek, zdefektowania materiału, rozmieszczenia i rozkładu wielkości wydzieleń, grubości powłok, itp.
 	analiza struktury atomowej materiału (odległości międzypłaszczyznowe, identyfikacja defektów strukturalnych)
 	identyfikacja faz wchodzących w skład materiału, analiza lokalnej orientacji krystalograficznej mikroobszarów
 	analiza składu chemicznego w mikro-/nano- obszarach
 </t>
         </is>
       </c>
-      <c r="E12" t="inlineStr">
+      <c r="E13" t="inlineStr">
         <is>
           <t>- obserwacje w jasnym polu (bf), ciemnym polu (df) oraz wysokorozdzielcze (hr)
 - obserwacje w trybie skaningowo-transmisyjnym (stem) z użyciem pierścieniowego detektora ciemnego pola (haadf)
 - dyfrakcja elektronowa z wybranych obszarów (saed)
 - analiza eds (punktowa, liniowa oraz tzw. mapping).
 holdery: double tilt low background, single tilt
 oprogramowanie: tem imaging &amp; analysis, low dose, k-space control, smart tilt</t>
         </is>
       </c>
-      <c r="F12" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G12" t="inlineStr">
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H12" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I12" t="inlineStr">
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I13" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J12" t="inlineStr">
+      <c r="J13" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K12" t="inlineStr">
+      <c r="K13" t="inlineStr">
         <is>
           <t>Gajewska Marta</t>
         </is>
       </c>
-      <c r="L12" t="inlineStr">
+      <c r="L13" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marta-gajewska-7840.html</t>
         </is>
       </c>
-      <c r="M12" t="inlineStr">
+      <c r="M13" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N12" t="inlineStr">
+      <c r="N13" t="inlineStr">
         <is>
           <t>Eds, mikroskopia elektronowa, tem</t>
         </is>
       </c>
     </row>
-    <row r="13">
-      <c r="A13" t="inlineStr">
+    <row r="14">
+      <c r="A14" t="inlineStr">
         <is>
           <t>Skaningowy mikroskop elektronowy z działem jonowym (sem/fib)</t>
         </is>
       </c>
-      <c r="B13" t="inlineStr">
+      <c r="B14" t="inlineStr">
         <is>
           <t>Quanta 3d 200i fib/sem (fei)</t>
         </is>
       </c>
-      <c r="C13" t="inlineStr">
+      <c r="C14" t="inlineStr">
         <is>
           <t>Mikroskop quanta 3d 200i typu „dual beam” (sem/fib) jest urządzeniem dedykowanym do preparatyki cienkich folii do badań tem/stem. instrument wyposażony jest w dwa działa: elektronowe (włókno wolframowe) oraz jonowe (ga+),  system precyzyjnego dozowania gazów roboczych (gis), służący do depozycji pt/w oraz mikromanipulator (omniprobe) do przenoszenia cienkich preparatów. mikroskop umożliwia preparatykę cienkich folii z większości istniejących materiałów inżynierskich (metale, stopy, ceramika, polimery, kompozyty, powłoki), z wybranego z dokładnością do kilku mikrometrów miejsca w próbce. mikroskop wyposażony jest też w spektrometr dyspersji energii promieniowania rentgenowskiego (energy dispersive x-ray spectrometer – eds) oraz detektor dyfrakcji elektronów wstecznie rozproszonych (electron backscattered diffraction - ebsd).
 mikroskop charakteryzują następujące parametry pracy:
 - źródło elektronowe - włókno w
 - zakres napięć przyspieszających elektrony – 0,5-30 kv
 - zakres napięć przyspieszających jony – 2-30 kv
 - zakres prądów wiązki jonowej - 1.5 pa – 65 na
 - detektory: lfd, gsed, ss stem, low kv ss bsed
 - micromanipulator: omniprobe model 100.7
 - gis w</t>
         </is>
       </c>
-      <c r="D13" t="inlineStr">
+      <c r="D14" t="inlineStr">
         <is>
           <t>Preparatyka cienkich folii (lameli) do badań tem/stem.
 obrazowanie z użyciem detektora elektronów wtórnych (se) i wstecznie rozproszonych (bse).
 analiza eds składu chemicznego.
 analiza ebsd rozkładu orientacji krystalograficznych.</t>
         </is>
       </c>
-      <c r="E13" t="inlineStr"/>
-[...66 lines deleted...]
-      </c>
       <c r="E14" t="inlineStr"/>
       <c r="F14" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I14" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
       <c r="J14" t="inlineStr">
         <is>
-          <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
+          <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
-          <t>Szkudlarek Aleksandra</t>
+          <t>Gajewska Marta</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/marta-gajewska-7840.html</t>
         </is>
       </c>
       <c r="M14" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N14" t="inlineStr">
         <is>
-          <t>Anizotropia magnetyczna, fc, krzywa magnesowania, magnetyzacja, podatność magnetyczna dc, zfc</t>
+          <t>Fib, preparatyka lameli, sem</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
+          <t>Magnetometr vsm z kriostatem</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Magnetometr wibracyjny lakeshore 7407</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>Magnetometr wibracyjny, typ 7407 firmy lakeshore, wuposażony w kriostat i piec pozwala na pomiar namagnesowania w funkcji temperatury (w zakresie od temperatury ciekłego azotu do 1000 ºc), w funkcji zewnętrznego pola magnetycznego (do 2.5 tesla w temperaturze pokojowej i 1.6 tesla w szerokim zakresie temperatur), a także w funkcji orientacji próbki względem kierunku pola (pełny obrót próbki w kierunku azymutalnym). działa w oparciu o metodę wibrującej próbki i kwadraturową detekcję zmiany indukowanego przez nią strumienia pola magnetycznego. umożliwia badanie próbek litych, monokryształów, cienkich warstw, proszków, cieczy i roztworów. w temperaturze pokojowej możliwy jest pomiar próbek o rozmiarach liniowych sięgających 10 mm i masie 10 g. pomiary temperaturowe możliwe są dla próbek o wymiarach liniowych nie większych niż 5 mm. pomiar cieczy i roztworów wodnych nanocząstek możliwy jest w zakresie temperatur od 77 k do 450 k.</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>M(h), m(t), m(q)</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr"/>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I15" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J15" t="inlineStr">
+        <is>
+          <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
+        </is>
+      </c>
+      <c r="K15" t="inlineStr">
+        <is>
+          <t>Szkudlarek Aleksandra</t>
+        </is>
+      </c>
+      <c r="L15" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
+        </is>
+      </c>
+      <c r="M15" t="inlineStr">
+        <is>
+          <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N15" t="inlineStr">
+        <is>
+          <t>Anizotropia magnetyczna, fc, krzywa magnesowania, magnetyzacja, podatność magnetyczna dc, zfc</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
           <t>Spektrometr fluorescencji rentgenowskiej z dyspersją falową (wd-xrf) rigaku zsx primus iv</t>
         </is>
       </c>
-      <c r="B15" t="inlineStr">
+      <c r="B16" t="inlineStr">
         <is>
           <t>Wd-xrf rigaku zsx primus iv</t>
         </is>
       </c>
-      <c r="C15" t="inlineStr">
+      <c r="C16" t="inlineStr">
         <is>
           <t xml:space="preserve">Zsx primus iv to spektrometr xrf z dyspersją długości fali do jakościowej, półilościowej i ilościowej analizy pierwiastków. jest w stanie wykrywać pierwiastki od be do u.
 specyfikacja:
 zakres analizowanych pierwiastków: be – u (z = 4 – 92)
 parametry źródła rentgenowskiego:
 	lampa rh 4 kw
 	napięcie przyspieszające: 60 kv
 	maksymalne natężenie prądu wiązki elektronowej: 150 ma
 	automatyczna funkcja wygrzewania lampy
 	lampa rentgenowska umieszczona nad analizowaną próbką
 układ wiązki pierwotnej:
 	automatyczny system osłabiania wiązki
 	możliwość wyboru filtra wiązki pierwotnej (dostępne cztery filtry (al-125, al-25, ni-40, ni-400)
 	sześciopozycyjny zmieniacz kolimatorów (35, 30, 20, 10, 1 oraz 0.5 mm)
 układ próbek:
 	automatyczny zmieniacz próbek  (48 pozycji)
 	możliwość obrotu próbki podczas pomiaru
 	hermetyczna komora umożliwiająca pomiar próbek proszkowych i ciekłych w atmosferze helu
 	możliwość prowadzenia pomiaru przy ustalonym kącie
 układ analizatora i detekcji:
 	automatyczny zmieniacz kryształów analizujących
 	8 kryształów analizujących umożliwiających pomiar w zakresie b – u: lif(200) : 22ti-92u pet: 13al-21sc ge: 15p-21sc rx-25: 9f-12mg rx-35: 8o-12mg rx-40: 7n-8o rx-61: 5b-6c lif(220): kryształ współpracujący z licznikiem scyntylacyjnym
 	detektor proporcjonalny i scyntylacyjny
 	system mapowania (pomiar punktowy) wraz z kamerą ccd
  </t>
         </is>
       </c>
-      <c r="D15" t="inlineStr">
+      <c r="D16" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jakościowa oraz ilościowa analiza składu pierwiastkowego
 	bezwzorcowa analiza składu chemicznego
 	makroskopowa oraz punktowa analiza składu chemicznego
 	możliwość wykonania pomiaru przy stałym kącie
 	możliwość analizy składu próbek litych oraz proszkowych
 </t>
         </is>
       </c>
-      <c r="E15" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G15" t="inlineStr">
+      <c r="E16" t="inlineStr"/>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H15" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I15" t="inlineStr">
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I16" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J15" t="inlineStr">
+      <c r="J16" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K15" t="inlineStr">
+      <c r="K16" t="inlineStr">
         <is>
           <t>Mech Krzysztof</t>
         </is>
       </c>
-      <c r="L15" t="inlineStr">
+      <c r="L16" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-mech-7959.html</t>
         </is>
       </c>
-      <c r="M15" t="inlineStr">
+      <c r="M16" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N15" t="inlineStr">
+      <c r="N16" t="inlineStr">
         <is>
           <t>Analiza elementarna, analiza ilościowa, analiza jakościowa, badania składu pierwiastkowego, wd-xrf</t>
         </is>
       </c>
     </row>
-    <row r="16">
-      <c r="A16" t="inlineStr">
+    <row r="17">
+      <c r="A17" t="inlineStr">
         <is>
           <t>Spektrometr fotoelektryczny</t>
         </is>
       </c>
-      <c r="B16" t="inlineStr">
+      <c r="B17" t="inlineStr">
         <is>
           <t>Spektrometr fotoelektryczny</t>
         </is>
       </c>
-      <c r="C16" t="inlineStr">
+      <c r="C17" t="inlineStr">
         <is>
           <t>Układ pomiarowy złożony z cyfrowo sterowanego źródła światła (lampa ksenonowa xbo150, monochromator, zestaw filtrów krawędziowych, migawka, układ stabilizacji natężenia światła), kalibrowanej fotodiody, dedykowanego potencjostatu oraz sondy kelvina z elektrodą pomiarową w postaci oscylującej złotej siatki.</t>
         </is>
       </c>
-      <c r="D16" t="inlineStr">
+      <c r="D17" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie służy do badania materiałów półprzewodnikowych i pozwala na:
 	pomiar widm akcji fotoprądu w szerokim zakresie długości fali światła wzbudzającego oraz potencjału elektrody pracującej,
 	pomiar pracy wyjścia w funkcji długości fali padającego światła,
 	wyznaczenie trójwymiarowych map generowanych przez półprzewodnik fotoprądów
 	określenie typu przewodnictwa.
 </t>
         </is>
       </c>
-      <c r="E16" t="inlineStr">
+      <c r="E17" t="inlineStr">
         <is>
           <t xml:space="preserve">Parametry pracy:
 	zakres długości fali: 200-1000 nm
 	zakres polaryzacji elektrody pracującej: ±2 v
 	czułość detektora fotonapięcia &lt;1 mv
 	dokładność ustawienia elektrody pomiarowej sondy 5 µm
 	niskoszumowy przedwzmacniacz sygnału o czułości lepszej niż 0.1 mv
 	ciągła rejestracja zmian pracy wyjścia (zdolność rozdzielcza lepsza niż 1 mev)
 </t>
         </is>
       </c>
-      <c r="F16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G16" t="inlineStr">
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I16" t="inlineStr">
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I17" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J16" t="inlineStr">
+      <c r="J17" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K16" t="inlineStr">
+      <c r="K17" t="inlineStr">
         <is>
           <t>Podborska Agnieszka</t>
         </is>
       </c>
-      <c r="L16" t="inlineStr">
+      <c r="L17" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-podborska-7440.html</t>
         </is>
       </c>
-      <c r="M16" t="inlineStr">
+      <c r="M17" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N16" t="inlineStr">
+      <c r="N17" t="inlineStr">
         <is>
           <t>Fotonapięcie, fotoprąd, półprzewodniki, praca wyjścia</t>
         </is>
       </c>
     </row>
-    <row r="17">
-      <c r="A17" t="inlineStr">
+    <row r="18">
+      <c r="A18" t="inlineStr">
         <is>
           <t>System do analizy półprzewodników keithley  4200-scs</t>
         </is>
       </c>
-      <c r="B17" t="inlineStr">
+      <c r="B18" t="inlineStr">
         <is>
           <t>System do analizy półprzewodników keithley  4200-scs</t>
         </is>
       </c>
-      <c r="C17" t="inlineStr">
+      <c r="C18" t="inlineStr">
         <is>
           <t>System pomiarowy keithley 4200-scs jest modularnym, zintegrowanym rozwiązaniem pomiarowym przeznaczonym do badań materiałów, elementów półprzewodnikowych oraz związanych z nimi procesów. urządzenie zapewnia pełną charakteryzację testowanego układu przy użyciu graficznego interfejsu pomiarowego, prowadzącego użytkownika przez złożone testy. obecna konfiguracja obejmuje 4x smu (jednostka pomiarowa źródła średniej mocy) i 1x pmu (jednostka ultraszybkich impulsów i-v).</t>
         </is>
       </c>
-      <c r="D17" t="inlineStr">
+      <c r="D18" t="inlineStr">
         <is>
           <t>Niektórymi z wielu materiałów i urządzeń, które można charakteryzować przy użyciu keithley 4200-scs są: grafen, nanorurki węglowe, diody led i oled, kondensatory, rezystory, diody, ogniwa słoneczne, mosfet, bjt, pamięci flash, pamięci nieulotne, itp.</t>
         </is>
       </c>
-      <c r="E17" t="inlineStr">
+      <c r="E18" t="inlineStr">
         <is>
           <t xml:space="preserve">4200-smu: moze dostarczać napięcie lub prąd i  jednocześnie mierzyć napięcie, jak i prąd.
 	zakres: ±210 v, ±100 ma
 	rozdzielczość: 0.2 μv, 100 fa
 4225-pmu: jednostka dwukanałowa zapewnia połączenie ultraszybkich impulsów napięciowych z równoczesnymi pomiarami napięcia i prądu.
 	zakres: ±40 v, ±10 v
 	rozdzielczość: 75 na
 </t>
         </is>
       </c>
-      <c r="F17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G17" t="inlineStr">
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I17" t="inlineStr">
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I18" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J17" t="inlineStr">
+      <c r="J18" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K17" t="inlineStr">
+      <c r="K18" t="inlineStr">
         <is>
           <t>Mazur Tomasz</t>
         </is>
       </c>
-      <c r="L17" t="inlineStr">
+      <c r="L18" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-mazur-8414.html</t>
         </is>
       </c>
-      <c r="M17" t="inlineStr">
+      <c r="M18" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N17" t="inlineStr">
+      <c r="N18" t="inlineStr">
         <is>
           <t>Charakterystyka pr, eksperymenty imp, półprzewodniki</t>
         </is>
       </c>
     </row>
-    <row r="18">
-      <c r="A18" t="inlineStr">
+    <row r="19">
+      <c r="A19" t="inlineStr">
         <is>
           <t>Spektrometr ftir do pomiarów widm w podczerwieni</t>
         </is>
       </c>
-      <c r="B18" t="inlineStr">
+      <c r="B19" t="inlineStr">
         <is>
           <t>Spektrometr ftir tensor ii firmy bruker</t>
         </is>
       </c>
-      <c r="C18" t="inlineStr">
+      <c r="C19" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr ftir tensor ii firmy bruker wyposażony jest w:
 	przystawkę do pomiarów osłabionego całkowitego odbicia atr ( attenuated total reflectance) z monolitycznym kryształem diamentowym umożliwiającą pomiar w zakresie 350-8000 cm-1, przystosowaną do pomiarów próbek ciekłych oraz ciał stałych
 	przystawkę atr z kryształem germanowym umożliwiającym pomiary w zakresie 600 – 5000 cm-1, przystosowaną do pomiarów próbek ciekłych oraz stałych; kryształ germanowy idealnie nadaje się do pomiarów widm struktur węglowych, a zwłaszcza fulerenów, nanorurek węglowych czy tlenku grafenu
 	przystawkę do pomiarów transmisyjnych z kuwetą cieczową, rozbieralną z okienkami krs5 oraz znse,
 	detektory: dlatgs (340-12000 cm-1) oraz mct (420-12000 cm-1)
 	komora pomiarowa wyposażona jest w dysypator umożliwiający przedmuchiwanie komory gazem obojętnym
 </t>
         </is>
       </c>
-      <c r="D18" t="inlineStr">
+      <c r="D19" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr ftir umożliwia pomiar widm w podczerwieni różnego rodzaju próbek ciekłych oraz stałych (z wyj. roztworów wodnych). nie wymaga specjalnego przygotowania próbki. pomiary widm w podczerwieni mogą służyć do identyfikcji badanych substancji lub analizy porównawczej materiałów. </t>
         </is>
       </c>
-      <c r="E18" t="inlineStr">
+      <c r="E19" t="inlineStr">
         <is>
           <t>Pomiar widm w podczerwieni techniką atr dla próbek ciekłych i stałych w zakresie 350-8000 cm-1</t>
         </is>
       </c>
-      <c r="F18" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G18" t="inlineStr">
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H18" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I18" t="inlineStr">
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I19" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J18" t="inlineStr">
+      <c r="J19" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K18" t="inlineStr">
+      <c r="K19" t="inlineStr">
         <is>
           <t>Podborska Agnieszka</t>
         </is>
       </c>
-      <c r="L18" t="inlineStr">
+      <c r="L19" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-podborska-7440.html</t>
         </is>
       </c>
-      <c r="M18" t="inlineStr">
+      <c r="M19" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N18" t="inlineStr">
+      <c r="N19" t="inlineStr">
         <is>
           <t>Atr, ftir</t>
         </is>
       </c>
     </row>
-    <row r="19">
-      <c r="A19" t="inlineStr">
+    <row r="20">
+      <c r="A20" t="inlineStr">
         <is>
           <t>Środowiskowa sonda kelvina</t>
         </is>
       </c>
-      <c r="B19" t="inlineStr">
+      <c r="B20" t="inlineStr">
         <is>
           <t>Środowiskowa sonda kelvina</t>
         </is>
       </c>
-      <c r="C19" t="inlineStr">
+      <c r="C20" t="inlineStr">
         <is>
           <t>Środowiskowa sonda kelvina służy do pomiaru pracy wyjścia materiałów przewodzących</t>
         </is>
       </c>
-      <c r="D19" t="inlineStr">
+      <c r="D20" t="inlineStr">
         <is>
           <t>Charakterystyka elektryczna metali i półprzewodników, badania katalityczne i korozyjne.</t>
         </is>
       </c>
-      <c r="E19" t="inlineStr">
+      <c r="E20" t="inlineStr">
         <is>
           <t>Pomiar pracy wyjścia próbek stałych przy użyciu oscylującej elektrody referencyjnej.
 dostępny średnice elektrod: 100 um, 1 mm, 5 mm, 10 mm.
 zdolność rozdzielcza pomiaru 2-3 mev.</t>
         </is>
       </c>
-      <c r="F19" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G19" t="inlineStr">
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H19" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I19" t="inlineStr">
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I20" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J19" t="inlineStr">
+      <c r="J20" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K19" t="inlineStr">
+      <c r="K20" t="inlineStr">
         <is>
           <t>Szaciłowski Konrad</t>
         </is>
       </c>
-      <c r="L19" t="inlineStr">
+      <c r="L20" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/konrad-szacilowski-7055.html</t>
         </is>
       </c>
-      <c r="M19" t="inlineStr">
+      <c r="M20" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
         </is>
       </c>
-      <c r="N19" t="inlineStr">
+      <c r="N20" t="inlineStr">
         <is>
           <t>Metale, półprzewodniki, praca wyjścia</t>
         </is>
       </c>
     </row>
-    <row r="20">
-      <c r="A20" t="inlineStr">
+    <row r="21">
+      <c r="A21" t="inlineStr">
         <is>
           <t>Laserowy dwuwiązkowy - spektrometr fotoelektryczny</t>
         </is>
       </c>
-      <c r="B20" t="inlineStr">
+      <c r="B21" t="inlineStr">
         <is>
           <t>Laserowy dwuwiązkowy spektrometr fotoelektryczny</t>
         </is>
       </c>
-      <c r="C20" t="inlineStr">
+      <c r="C21" t="inlineStr">
         <is>
           <t xml:space="preserve">Źródło światła: dwa lasery opolette 355 z pompą nd:yag wyposażoną w optyczne oscylatory parametryczne (opo) przestrajalne w zakresie 210-2400 nm o szczytowej mocy impulsu rzędu 500 kw.
 układ detekcji: elektrochemiczna stacja robocza zahner-elektric im6 z układem szybkiej akwizycji danych (tr8m)
 układ sterujący: precyzyjny układ synchronizacji (instytut fotonowy).
 spektrometr pozwoli na szczegółową analizę dynamiki nośników generowanych w strukturach półprzewodnikowych, badanie właściwości stanów pułapkowych oraz badania nad mechanizmami efektów pamięci krótkotrwałej w tzw. synapsach fotoelektrochemicznych. ponadto urządzenie umożliwia pomiary techniką spektroskopii fotomodulacyjnej (cimps). </t>
         </is>
       </c>
-      <c r="D20" t="inlineStr">
+      <c r="D21" t="inlineStr">
         <is>
           <t xml:space="preserve">Laserowy dwuwiązkowy spektrometr fotoelektryczny umożliwia:
 - pomiar natężenia fotoprądu w szerokim zakresie światła: 210-2400 nm
 - badanie dynamiki nośników i określenie właściwości stanów pułapkowych w półprzewodnikach
 - badania neuromimetyczne materiałów, m.in. synapsy fotoelektrochemiczne
 - pomiary technikami spektroskopii fotomodulacyjnej imps i imvs półprzewodników i ogniw słonecznych.  </t>
         </is>
       </c>
-      <c r="E20" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G20" t="inlineStr">
+      <c r="E21" t="inlineStr"/>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G21" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H20" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I20" t="inlineStr">
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I21" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J20" t="inlineStr">
+      <c r="J21" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K20" t="inlineStr">
+      <c r="K21" t="inlineStr">
         <is>
           <t>Podborska Agnieszka</t>
         </is>
       </c>
-      <c r="L20" t="inlineStr">
+      <c r="L21" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-podborska-7440.html</t>
         </is>
       </c>
-      <c r="M20" t="inlineStr">
+      <c r="M21" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N20" t="inlineStr">
+      <c r="N21" t="inlineStr">
         <is>
           <t>Cimps, fotonapięcie, fotoprąd, imps, imvs, półprzewodniki</t>
         </is>
       </c>
     </row>
-    <row r="21">
-      <c r="A21" t="inlineStr">
+    <row r="22">
+      <c r="A22" t="inlineStr">
         <is>
           <t>Naświetlarka diodowa</t>
         </is>
       </c>
-      <c r="B21" t="inlineStr">
+      <c r="B22" t="inlineStr">
         <is>
           <t>Naświetlarka diodowa firmy chip</t>
         </is>
       </c>
-      <c r="C21" t="inlineStr">
+      <c r="C22" t="inlineStr">
         <is>
           <t xml:space="preserve">Naświetlarka diodowa to urządzenie sterujące diodami led o mocy do 100 mw. zestaw diod obejmuje ledy o długościach światła: 365, 385, 405, 460, 510, 530, 620, 660, 735, 860, 940 nm, a także diody światła białego (3000k, 4000k, 10 000k). urządzenie pozwala na sterowanie intensywnością światła z krokiem co 1%. 
 do urządzenia możemy podłączyć zewnętrzny generator sygnału. pasmo przenoszenia dla światła sinusoidalnego wynosi 100 khz, dla impulsów prostokątnych 10 khz. </t>
         </is>
       </c>
-      <c r="D21" t="inlineStr">
+      <c r="D22" t="inlineStr">
         <is>
           <t>Naświetlarka diodowa może posłużyć do róznego rodzaju eksperymentów, w których wymaganie jest użycie precyzyjnego źródła światła. może posłużyć do badania materiałów półprzewodnikowych, układów neuromimetycznych, a także syntez aktywowanych światłem.</t>
         </is>
       </c>
-      <c r="E21" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G21" t="inlineStr">
+      <c r="E22" t="inlineStr"/>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G22" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. 
 (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H21" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I21" t="inlineStr">
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I22" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J21" t="inlineStr">
+      <c r="J22" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K21" t="inlineStr">
+      <c r="K22" t="inlineStr">
         <is>
           <t>Podborska Agnieszka</t>
         </is>
       </c>
-      <c r="L21" t="inlineStr">
+      <c r="L22" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-podborska-7440.html</t>
         </is>
       </c>
-      <c r="M21" t="inlineStr">
+      <c r="M22" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N21" t="inlineStr">
+      <c r="N22" t="inlineStr">
         <is>
           <t>Led</t>
         </is>
       </c>
     </row>
-    <row r="22">
-      <c r="A22" t="inlineStr">
+    <row r="23">
+      <c r="A23" t="inlineStr">
         <is>
           <t>Spektrofotometr uv-vis-nir lambda 750 perkinelmer</t>
         </is>
       </c>
-      <c r="B22" t="inlineStr">
+      <c r="B23" t="inlineStr">
         <is>
           <t>Spektrofotometr uv-vis-nir lambda 750 firmy perkinelmer</t>
         </is>
       </c>
-      <c r="C22" t="inlineStr">
+      <c r="C23" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrofotometr uv-vis lambda 750 spektrometr posiada dwie komory pomiarowe umożliwiające pomiar próbek ciekłych oraz ciał stałych. wyposażony jest w sferę całkująca o średnicy 60 mm do pomiarów współczynnika odbicia (reflektancji) i transmisji w ciałach stałych i proszkach. 
 zakres pomiarowy: 200-2500 nm
 rozdzielczość w zakresie uv-vis: 0.17 – 5.00 nm
 rozdzielczość w zakresie nir: 0.20 – 20.00 nm
 podwójne źródło światła: lampa deuterowa oraz wolframowo-halogenowa
  </t>
         </is>
       </c>
-      <c r="D22" t="inlineStr">
+      <c r="D23" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrofotometr umożliwa pomiar absorbancji, trnasmitancji oraz reflektancji dla próbek ciekłych i stałych (cienkie warstwy, proszki).
 pomiar reflektacji ciał stałych umozliwia wyznaczenie szerokości pasma wzbronionego dla materiałów półprzewodnikowych. </t>
         </is>
       </c>
-      <c r="E22" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G22" t="inlineStr">
+      <c r="E23" t="inlineStr"/>
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H22" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I22" t="inlineStr">
+      <c r="H23" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I23" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J22" t="inlineStr">
+      <c r="J23" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K22" t="inlineStr">
+      <c r="K23" t="inlineStr">
         <is>
           <t>Podborska Agnieszka</t>
         </is>
       </c>
-      <c r="L22" t="inlineStr">
+      <c r="L23" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-podborska-7440.html</t>
         </is>
       </c>
-      <c r="M22" t="inlineStr">
+      <c r="M23" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N22" t="inlineStr">
+      <c r="N23" t="inlineStr">
         <is>
           <t>Absorbancja, półprzewodniki, reflektancja, spektrometr, szerokość przerwy wzbronionej, transmitancja, uv-vis-nir</t>
         </is>
       </c>
     </row>
-    <row r="23">
-      <c r="A23" t="inlineStr">
+    <row r="24">
+      <c r="A24" t="inlineStr">
         <is>
           <t>Spektrometr odwrotnej fotoemisji leips</t>
         </is>
       </c>
-      <c r="B23" t="inlineStr">
+      <c r="B24" t="inlineStr">
         <is>
           <t>Ulvac-phi leips</t>
         </is>
       </c>
-      <c r="C23" t="inlineStr">
+      <c r="C24" t="inlineStr">
         <is>
           <t>Spektrometr odwrotnej fotoemisji leips (low energy inverse photoemission spectroscopy) pozwala wyznaczyć strukturę elektronową nieobsadzonych poziomów energetycznych pasma przewodnictwa materiałów półprzewodnikowych. jego zasada działania oparta jest na analizie widma promieniowania elektromagnetycznego z zakresu światła widzialnego oraz ultrafioletowego emitowanego w wyniku absorpcji elektronów o niskiej i precyzyjnie określonej energii. emisja ta jest wynikiem wypełniania przez elektrony niezajętych stanów energetycznych pasma przewodnictwa.
 spektrometr stanowi doposażenie pracującego już w acmin spektrometru fotoelektronów ups/xps+argcib. metoda xps (x-ray photoelectron spectroscopy) dostarcza informacji o składzie oraz stanach chemicznych pierwiastków w materiale, natomiast dokładna analiza pasma walencyjnego badana jest metodą ups (ultraviolet photoelectron spectroscopy). dołączanie analizy pasma przewodnictwa metodą leips pozwala wyznaczyć pracę wyjścia, energię jonizacji, powinowactwo elektronowe i szerokość przerwy energetycznej, a więc niezbędne wielkości opisujące strukturę elektronową półprzewodników.
 wszystkie trzy metody: xps, ups oraz leips analizują wierzchnią warstwę materiału o grubości nie większej niż 5 nm. badanie głębiej położonych warstw jest możliwe poprzez usunięcie warstwy wierzchniej metodą rozpylania jonowego. do tego celu wykorzystywane jest w unikalne działo jonowe pozwalające usuwać warstwę wierzchnią bombardując jonami klastrów atomów argonu argcib (argon gas cluster ion beam), które minimalizuje lub całkowicie eliminuje niepożądane efekty pojawiające się przy rozpylaniu wiązką monoatomową.</t>
         </is>
       </c>
-      <c r="D23" t="inlineStr">
+      <c r="D24" t="inlineStr">
         <is>
           <t>Zasada działania oparta jest na analizie widma promieniowania elektromagnetycznego z zakresu światła widzialnego oraz ultrafioletowego emitowanego w wyniku absorpcji elektronów o niskiej i precyzyjnie określonej energii. emisja ta jest wynikiem wypełniania przez elektrony niezajętych stanów energetycznych pasma przewodnictwa.</t>
         </is>
       </c>
-      <c r="E23" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G23" t="inlineStr">
+      <c r="E24" t="inlineStr"/>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H23" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I23" t="inlineStr">
+      <c r="H24" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I24" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J23" t="inlineStr">
+      <c r="J24" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K23" t="inlineStr">
+      <c r="K24" t="inlineStr">
         <is>
           <t>Marzec Mateusz</t>
         </is>
       </c>
-      <c r="L23" t="inlineStr">
+      <c r="L24" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-marzec-7814.html</t>
         </is>
       </c>
-      <c r="M23" t="inlineStr">
+      <c r="M24" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N23" t="inlineStr">
+      <c r="N24" t="inlineStr">
         <is>
           <t>Ips, leips, odwrotna fotoemisja</t>
         </is>
       </c>
     </row>
-    <row r="24">
-      <c r="A24" t="inlineStr">
+    <row r="25">
+      <c r="A25" t="inlineStr">
         <is>
           <t>Spektrometr fotoelektronów xps</t>
         </is>
       </c>
-      <c r="B24" t="inlineStr">
+      <c r="B25" t="inlineStr">
         <is>
           <t>Phi 5000 xps versaprobeii</t>
         </is>
       </c>
-      <c r="C24" t="inlineStr">
+      <c r="C25" t="inlineStr">
         <is>
           <t>Spektrometr fotoelektronów emitowanych pod wpływem naświetlania promieniowaniem rentgenowskim (xps) lub ultrafiloteowym (ups) służy do analizy składu i stanów chemicznych pierwiastków na powierzchni badanego materiału. laboratorium wyposażone jest w spektrometr fotoelektronów xps/ups model phi 5000 versaprobeii (ulvac-phi, chigasaki, japan). urządzenie to wyposażone jest w hemisferyczny analizator energii elektronów o wysokiej rozdzielczości energetycznej oraz czuły, mikrokanałowy detektor (channel plate). rejestruje on fotoelektrony emitowane przez monochromatyczne źródło promieniowania rentgenowskiego (al kα 1486.6 ev) lub źródło promieniowania w zakresie ultrafioletu (he i 21.2 ev, he ii 40.8 ev). spektrometr wyposażony jest w działo jonowe umożliwiające profilowanie głębokościowe wiązką klastrów argonu o rozmiarach z zakresu 1000 – 5000 atomów/klaster przyśpieszanych energiami 5-20 kev (argon gas cluster ion beam – ar-gcib). dodatkowo drugie działo jonowe umożliwia rozpylanie wiązką mono-atomowych jonów argonu o maksymalnej energii 5 kev. w trakcie badań materiał może być chłodzony lub podgrzewany w zakresie od -120oc do 500oc. pięcio-osiowy manipulator umożliwia przeprowadzenie analizy w zależności od kąta ustawienia próbki względem osi analizatora (ar-xps) oraz prowadzenia rozpylania jonowego na obracającej się próbce (rotacja zalara).</t>
         </is>
       </c>
-      <c r="D24" t="inlineStr">
+      <c r="D25" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analiza ilościowa składu chemicznego oraz określenie stanu chemicznego pierwiastków w warstwie powierzchniowej o grubości ok. 5 nm
 	wyznaczanie stężenia pierwiastków wraz z identyfikacją ich stanu chemicznego względem głębokości (profilowanie głębokościowe) z minimalną zdolnością rozdzielcza względem głębokości 10 nm
 </t>
         </is>
       </c>
-      <c r="E24" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G24" t="inlineStr">
+      <c r="E25" t="inlineStr"/>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H24" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I24" t="inlineStr">
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I25" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J24" t="inlineStr">
+      <c r="J25" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K24" t="inlineStr">
+      <c r="K25" t="inlineStr">
         <is>
           <t>Marzec Mateusz</t>
         </is>
       </c>
-      <c r="L24" t="inlineStr">
+      <c r="L25" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-marzec-7814.html</t>
         </is>
       </c>
-      <c r="M24" t="inlineStr">
+      <c r="M25" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N24" t="inlineStr">
+      <c r="N25" t="inlineStr">
         <is>
           <t>Chemia powierzchni, esca, xps</t>
         </is>
       </c>
     </row>
-    <row r="25">
-      <c r="A25" t="inlineStr">
+    <row r="26">
+      <c r="A26" t="inlineStr">
         <is>
           <t>Układ do ultraszybkiej spektroskopii stanów wzbudzonych w zakresie od ultrafioletu do podczerwieni</t>
         </is>
       </c>
-      <c r="B25" t="inlineStr">
+      <c r="B26" t="inlineStr">
         <is>
           <t>Envision™ spektrometr absorpcji przejściowej w zakresie uv/widzialnym/bliskiej podczerwieni</t>
         </is>
       </c>
-      <c r="C25" t="inlineStr">
+      <c r="C26" t="inlineStr">
         <is>
           <t xml:space="preserve">Envision™ zapewnia szerokopasmową nanosekundową spektroskopię absorpcji przejściowej, która płynnie mierzy widmo w zakresie uv, widzialnym i bliskiej podczerwieni z rozdzielczością czasową 5 ns i czasem opóźnienia do milisekund. dzięki wysokiej częstotliwości repetycji lasera wzbudzającego możliwość rejestracji całego widma w czasie kilku minut. detektory oparte o fotodiody tunelowe zapewniają wysoką czułość i niski poziom szumów.
 najnowocześniejsza nanosekundowa spektroskopia absorpcji przejściowej to w pełni zintegrowany, jednoelementowy system, który obejmuje poniższe elementy:
 	źródła światła analizującego: lampa halogenowa, lampa ksenonowa.
 	lasery wzbudzający: pompowany diodowo laser nd:yag z generatorami wyższych harmonicznych 355 oraz 532 nm (6 khz) wraz z opo (410-2300 nm, 100 hz).
 	wszystkie komponenty optyczne zainstalowane na jednej wspólnej płycie otycznej zapewniają wieloletnią stabilność geometrii toru wzbudzenia i detekcji.
 	duży, modułowy przedział na próbki, możliwość pomiaru próbek ciekłych i stałych w trybie transmisji i odbicia.
 	system detekcji oparty o fotodiody tunelowe i dedykowane niskoszumowe przedwzmacniacze.
 	możliwość automatycznej kompensacji fotoemisji próbek.
 	wysokowydajny komputer zintegrowany z systemem pomiarowym.
 	oprogramowanie umożliwiające automatyczną kontrolę wszystkich parametrów eksperymentu.
 </t>
         </is>
       </c>
-      <c r="D25" t="inlineStr">
+      <c r="D26" t="inlineStr">
         <is>
           <t>Przełomowy instrument do pomiarów spektroskopii absorpcji przejściowej o wysokiej czułości umożliwiający pogłębienie wiedzy na temat krótkotrwałych cząsteczek i stanów wzbudzonych w reakcjach fotochemicznych i fotokatalitycznych.</t>
         </is>
       </c>
-      <c r="E25" t="inlineStr">
+      <c r="E26" t="inlineStr">
         <is>
           <t xml:space="preserve">Pomiary absorpcji przejściowej (kinetyczne) przy wzbudzeniu światłem o długości 355 i 532 nm (częstość repetycji lasera 6 khz) i 410-2300 nm (100 hz). analiza w zakresie 300-1700 nm.
 pomiary spektralne absorpcji przejściowej w zakresie 300-1700 nm, maksymalna rozdzielczość czasowa 5 ns.
  </t>
         </is>
       </c>
-      <c r="F25" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G25" t="inlineStr">
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H25" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I25" t="inlineStr">
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I26" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J25" t="inlineStr">
+      <c r="J26" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K25" t="inlineStr">
+      <c r="K26" t="inlineStr">
         <is>
           <t>Szaciłowski Konrad</t>
         </is>
       </c>
-      <c r="L25" t="inlineStr">
+      <c r="L26" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/konrad-szacilowski-7055.html</t>
         </is>
       </c>
-      <c r="M25" t="inlineStr">
+      <c r="M26" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
         </is>
       </c>
-      <c r="N25" t="inlineStr">
+      <c r="N26" t="inlineStr">
         <is>
           <t>Absorpcja przejściowa, pomiar czasu życia, spektrometria optyczna, stany wzbudzone</t>
         </is>
       </c>
     </row>
-    <row r="26">
-      <c r="A26" t="inlineStr">
+    <row r="27">
+      <c r="A27" t="inlineStr">
         <is>
           <t>Aparatura do hipertermii - urządzenie do indukcyjnego nagrzewania roztworów nanocząstek firmy dacpol, wykorzystujące generator firmy ambrell</t>
         </is>
       </c>
-      <c r="B26" t="inlineStr">
+      <c r="B27" t="inlineStr">
         <is>
           <t>Aparatura do hipertermii - urządzenie do indukcyjnego nagrzewania roztworów nanocząstek firmy dacpol, wykorzystujące generator firmy ambrell</t>
         </is>
       </c>
-      <c r="C26" t="inlineStr">
+      <c r="C27" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparatura do hipertermii - urządzenie do indukcyjnego nagrzewania roztworów nanocząstek firmy dacpol, wykorzystujące generator firmy ambrell 
 urządzenie do indukcyjnego nagrzewania roztworów  nanocząstek magnetycznych składa się z:
 	układu sterującego,
 	układu zasilania komponentów,
 	układu chłodzącego wodą,
 	oraz cewki indukcyjnej.
 układ sterujący wyposażony jest w generator tranzystorowy (firmy ambrell) wysokiej częstotliwości do grzania indukcyjnego (easy heat 0224ffce) o mocy do 2,4 kw, układu zasilania komponentów oraz układu sterującego prądem, mocą i czasem nagrzewania próbki. układ chłodzący (texa tcw12nbsbcp0000) połączony jest z generatorem i cewką indukcyjną. istnieje możliwość prowadzania pomiarów  hipertermii w  cewkach indukcyjnych o średnicach wewnętrznych 1;  2,5 oraz 4 cale.  
 badanie metodą hipertermii magnetycznej daje możliwość określenia:
 	temperatury nagrzewania sie roztworu nanocząstek (max. do 100 oc),
 	szybkości nagrzewania i chłodzenia roztworu nanocząstek magnetycznych pod wpływem pola elektromagnetycznego w zależności od ich: rodzaju, wielkości i stężenia,
 	zależności temperaturowych w funkcji czasu, natężenia prądu i mocy przy zadanym prądzie układu indukującego zmienne pole elektromagnetyczne.
 </t>
         </is>
       </c>
-      <c r="D26" t="inlineStr">
+      <c r="D27" t="inlineStr">
         <is>
           <t>Podstawowe parametry pracy:
 a) generator/ parametry zasilania 
 napięcie zasilania ac 200-250 vrms
 maksymalny prąd 14,5 arms, nom
 częstotliwość zasilania 50-60 hz
 moc pozorna 1,3-2,6 kva max
 b) układ chłodzący
 temperatura wody 20-35 oc
 przepływ (minimum) 2,6 l/min
 ciśnienie 2,8-5,5 bar
 ph 7</t>
         </is>
       </c>
-      <c r="E26" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G26" t="inlineStr">
+      <c r="E27" t="inlineStr"/>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H26" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I26" t="inlineStr">
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I27" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J26" t="inlineStr">
+      <c r="J27" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K26" t="inlineStr">
+      <c r="K27" t="inlineStr">
         <is>
           <t>Kmita Angelika</t>
         </is>
       </c>
-      <c r="L26" t="inlineStr">
+      <c r="L27" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/angelika-kmita-8131.html</t>
         </is>
       </c>
-      <c r="M26" t="inlineStr">
+      <c r="M27" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N26" t="inlineStr">
+      <c r="N27" t="inlineStr">
         <is>
           <t>Hipertermia, nanocząstki, nanomagnetyzm, terapia leczenia nowotworów</t>
         </is>
       </c>
     </row>
-    <row r="27">
-      <c r="A27" t="inlineStr">
+    <row r="28">
+      <c r="A28" t="inlineStr">
         <is>
           <t>Kwadrupolowy spektrometr mas  hpr-20 r&amp;d (ms)</t>
         </is>
       </c>
-      <c r="B27" t="inlineStr">
+      <c r="B28" t="inlineStr">
         <is>
           <t>Kwadrupolowy spektrometr mas  hpr-20 r&amp;d (ms)</t>
         </is>
       </c>
-      <c r="C27" t="inlineStr">
+      <c r="C28" t="inlineStr">
         <is>
           <t>Kwadrupolowy spektrometr mas  hpr-20 r&amp;d; (ms) sprzężony z termograwimetrem q600 ta instruments (tg).  układ tg/dsc-ms umożliwia analizę jakościową i ilościową uwalnianych gazów i par wydzielających się w trakcie ogrzewania próbki ( w zakresie temperatury do 1500 oc). zakres analizowanych mas do 200 a.m.u. potrójny filtr spektrometru masowego zapwenia bardzo wysoką czułość z ostateczną granicą wykrywalności wynoszącą 10 ppb.
 kwadrupolowy spektrometr mas  hpr-20 r&amp;d;  (ms) firmy  hiden analytical
 czas odpowiedzi przy zmianie stężenia gazu
 &lt; 300 ms
 szybkość skanowania
 do 500 pomiarów/s
 źródło jonów
 zamknięte źródło jonów
 zakres mas atomowych
 0-200 a.m.u.
 opcja ustawienia energii jonizacji 
 spektrometr mas wyposażony jest w opcję ustawienia energii jonizacji.
 krok ustawienia energii jonizacji
 0,2 ev
 limit detekcji gazów
 10 ppb
 dozowanie analizowanych mieszanin gazów i par
 układ ciągłego dozowania analizowanych mieszanin gazów i par. wyposażony w ogrzewaną linię transferową (grzaną min. do 160 oc) z regulacją temperatury i cyfrowym wyświetlaczem temperatury. kapilara wyposażona w wymienny filtr przeciwpyłowy.
 kontrola przepływu gazów
 by-pass do pompy utrzymującej stałeciśnienie w analizatorze wraz z zaworem by-passu próbki. regulowany minimalny przepływ analizowanych gazów.
 interfejs
 interfejs kompatybilny z  q600 ta instruments wyposażony w punkt poboru gazów z termowagi wraz z elementami zapobiegającymi kondensacji par i gazów.</t>
         </is>
       </c>
-      <c r="D27" t="inlineStr">
+      <c r="D28" t="inlineStr">
         <is>
           <t>Kwadrupolowy spektrometr mas  hpr-20 r&amp;d; (ms) sprzężony z termograwimetrem q600 ta instruments (tg).  układ tg-ms umożliwia analizę jakościową i ilościową uwalnianych gazów i par wydzielających się w trakcie ogrzewania próbki ( w zakresie temperatury do 1500 oc). zakres analizowanych mas do 200 a.m.u. potrójny filtr spektrometru masowego zapwenia bardzo wysoką czułość z ostateczną granicą wykrywalności wynoszącą 10 ppb.</t>
         </is>
       </c>
-      <c r="E27" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G27" t="inlineStr">
+      <c r="E28" t="inlineStr"/>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H27" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I27" t="inlineStr">
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I28" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J27" t="inlineStr">
+      <c r="J28" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K27" t="inlineStr">
+      <c r="K28" t="inlineStr">
         <is>
           <t>Kmita Angelika</t>
         </is>
       </c>
-      <c r="L27" t="inlineStr">
+      <c r="L28" t="inlineStr">
         <is>
           <t>Https://api.skos.agh.edu.pl/osoba/angelika-kmita-8131.html</t>
         </is>
       </c>
-      <c r="M27" t="inlineStr">
+      <c r="M28" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N27" t="inlineStr">
+      <c r="N28" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza jakościowa, identyfikacja gazów, widmo masowe</t>
-        </is>
-[...70 lines deleted...]
-          <t>Cienkie filmy, elipsometria, właściwości cienkich warstw, właściwości optyczne</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
+          <t>Elipsometr spektroskopowy</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>Elipsometr spektroskopowy senresearch 4.0 - model 850</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>Elipsometr spektroskopowy ser-850 jest urządzeniem działającym w zakresie od ultrafioletu do bliskiej podczerwieni, służącym do pomiaru grubości oraz podstawowych właściwości optycznych cienkich warstw oraz struktur wielowarstwowych. urządzenie pozwala na prowadzenie zarówno rutynowych jak i zaawansowanych pomiarów właściwości optycznych cienkich warstw, w tym wyznaczanie elementów macierzy muellera i pomiary operando – na przykład podczas procesów korozyjnych czy katalitycznych. mowa tu o współczynniku załamania światła, współczynniku absorpcji – dla układów jedno i wielowarstwowych. możliwe jest również wyznaczenie grubości poszczególnych warstw bez niszczenia próbek. wyniki pozwalają na wyznaczenie chropowatości nie tylko powierzchni próbek ale również poszczególnych interfejsów. precyzja pomiaru jest zapewniona poprzez cyfrowo kontrolowane ruchome ramiona oraz odpowiedni zestaw źródeł światła - lampę deuterową (duv) i wolframową (vis-nir)) oraz czułe detektory i polaryzatory pracujące w trybie step-scan. chłodzony termoelektrycznie detektor zakresu duv-vis zapewnia wysoki stosunek sygnał/szum nawet dla próbek o niskim współczynniku odbicia. w urządzeniach zastosowano tryb skanowania ssa, tzn. nie wymagający ruchu elementów toru optycznego w czasie akwizycji, co znacznie zmniejsza czas pomiaru. dołączone oprogramowanie wraz z zaimplementowaną bazą danych, umożliwiają symulację i modelowanie właściwości optycznych mierzonych układów.</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>• próbki w postaci cienkich filmów (jedno i wielowarstwowych) • materiały tlenkowe, półprzewodnikowe • badania grubości warstw • parametry optyczne materiałów - pojedyncze warstwy izotropowe oraz złożone układy wielowarstwowe • wyznaczania chropowatości powierzchni oraz interfejsów • badanie materiałów z gradientowych - powłok porowatych, ultra cienkich warstw • badanie efektu depolaryzacji</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>• elipsometr - zakres spektralny 240nm do 1700nm • reflektometr – zakres od 420 nm do 850 nm • automatyczny goniometr</t>
+        </is>
+      </c>
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr">
+        <is>
+          <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zakładu lub opiekuna urządzenia. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń.  symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do ewidencji - karty czasu pracy aparatury naukowo-badawczej.</t>
+        </is>
+      </c>
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I29" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J29" t="inlineStr">
+        <is>
+          <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
+        </is>
+      </c>
+      <c r="K29" t="inlineStr">
+        <is>
+          <t>Mazur Tomasz</t>
+        </is>
+      </c>
+      <c r="L29" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/tomasz-mazur-8414.html</t>
+        </is>
+      </c>
+      <c r="M29" t="inlineStr">
+        <is>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N29" t="inlineStr">
+        <is>
+          <t>Cienkie filmy, elipsometria, właściwości cienkich warstw, właściwości optyczne</t>
+        </is>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
           <t>Uniwersalna maszyna wytrzymałościowa mts 810</t>
         </is>
       </c>
-      <c r="B29" t="inlineStr">
+      <c r="B30" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa mts 810</t>
         </is>
       </c>
-      <c r="C29" t="inlineStr">
+      <c r="C30" t="inlineStr">
         <is>
           <t xml:space="preserve">Dwukolumnowa, uniwersalna serwohydrauliczna maszyna wytrzymałościowa umożliwiająca prowadzenia jednoosiowych badań statycznych i zmęczeniowych pod kontrolą siły, przemieszczenia lub dowolnego czujnika analogowego używanego w trakcie badań (np. tensometru, ekstensometru, itp.).
 przykładowe zastosowanie:
 	wyznaczanie inżynierskich i rzeczywistych krzywych rozciągania,
 	wyznaczanie monotonicznych właściwości wytrzymałościowych materiałów,
 	statyczne badania w warunkach trójpunktowego lub czteropunktowego zginania,
 	badania zmęczeniowe materiałów prowadzone (krzywa wöhlera, krzywa coffina – mansona)
 	wyznaczanie cyklicznej krzywej odkształcenia,
 	wyznaczanie trwałości zmęczeniowej elementów konstrukcji oraz węzłów konstrukcyjnych przy dowolnych sekwencjach osiowych obciążeń,
 	badania rozwoju pęknięć zmęczeniowych w metalach inżynierskich oraz elementach konstrukcji,
 	wyznaczanie statycznych i dynamicznych charakterystyk elementów maszyn (w zakresie prędkości przemieszczenia do 150 mm/sek.)
 </t>
         </is>
       </c>
-      <c r="D29" t="inlineStr">
+      <c r="D30" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	badania statyczne: póby rozciągania, ściskania, zginania;
 	badania dynamiczne:
 	badania zmęczeniowe nisko- i wysokocyklowe,
 	badania propagacji pęknięć,
 	badania rozwoju pęknięć zmęczeniowych,
 	badania odporności na pękanie,
 	badania charakterystyk dynamicznych materiałów i konstrukcji.
 </t>
         </is>
       </c>
-      <c r="E29" t="inlineStr">
+      <c r="E30" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres obciążeń: +/- 100 kn;
 	zakres przemieszczeń siłownika: +/- 75 mm;
 	maksymalna prędkość testu: 150 mm/sek.;
 	prześwit pomiędzy szczękami mocującymi: 0 - 1000 mm,
 	średnica części chwytowej (próbki walcowe): 5.8-22.9 mm,
 	grubość części chwytowej (póbki płaskie): 0-19 mm,
 </t>
         </is>
       </c>
-      <c r="F29" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G29" t="inlineStr">
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr">
         <is>
           <t>Do ustalenia z osobą kontaktową</t>
         </is>
       </c>
-      <c r="H29" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I29" t="inlineStr">
+      <c r="H30" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I30" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J29" t="inlineStr">
+      <c r="J30" t="inlineStr">
         <is>
           <t>Zespół wytrzymałość materiałów i konstrukcji</t>
         </is>
       </c>
-      <c r="K29" t="inlineStr">
+      <c r="K30" t="inlineStr">
         <is>
           <t>Machniewicz Tomasz</t>
         </is>
       </c>
-      <c r="L29" t="inlineStr">
+      <c r="L30" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-machniewicz-5212.html</t>
         </is>
       </c>
-      <c r="M29" t="inlineStr">
+      <c r="M30" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N29" t="inlineStr">
+      <c r="N30" t="inlineStr">
         <is>
           <t>Badania dynamiczne, badania statyczne, badania zmęczeniowe, charakterystyki statyczne, mechanika pękania, propagacja pęknięć, właściwości mechaniczne, właściwości zmęczeniowe, wzrost pęknięć zmęczeniowych</t>
         </is>
       </c>
     </row>
-    <row r="30">
-      <c r="A30" t="inlineStr">
+    <row r="31">
+      <c r="A31" t="inlineStr">
         <is>
           <t>Aparat do pomiaru wielkości sorpcji nova 800 anton paar</t>
         </is>
       </c>
-      <c r="B30" t="inlineStr">
+      <c r="B31" t="inlineStr">
         <is>
           <t>Aparat do pomiaru wielkości sorpcji nova 800 anton paar</t>
         </is>
       </c>
-      <c r="C30" t="inlineStr">
+      <c r="C31" t="inlineStr">
         <is>
           <t>Nova 800 anton paar jest analizatorem do pomiaru sorpcji gazów i wyznaczania powierzchni bet, wielkości, objętości i rozkładu mikro- i mezo-porów w proszkach i materiałach porowatych.  
 charakterystyka aparatu:
 	sorpcja gazów: n2, he, co2 oraz par różnych cieczy
 	cztery niezależne stacje odgazowania
 	cztery stacje analityczne
 	wyznaczanie rozmiarów, objętości i powierzchni mezoporów (2 – 50 nm), mikroporów (0.35 – 1.1 nm)
 	zakres ciśnień pracy aparatu 1.5 x 10-7 do 1.0 p/p0
 	odgazowanie próbki w zakresie temperatur: 20-425 ºc
 	analiza materiałów proszkowych i próbek litych o wymiarach nie większych niż 7 x 7 x 10 mm
 aparat jest częścią "zintegrowanej platformy badań chemizmu i mikrotekstury materiałów porowatych oraz reaktywności ich powierzchni"</t>
         </is>
       </c>
-      <c r="D30" t="inlineStr">
+      <c r="D31" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar sorpcji dla próbek mineralnych, syntetycznych, przemysłowych, itp.
 	analiza bet i objętości porów próbek litych i proszkowych
 </t>
         </is>
       </c>
-      <c r="E30" t="inlineStr">
+      <c r="E31" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jedno- i wielopunktowa powierzchnia bet
 	powierzchnia langmuira oraz analiza izoterm temkina i freundlicha
 	rozkłady objętości porów i powierzchni porów w zakresie mezo- i makroporów metodą bjh, dft, nldft
 	rozkład mikroporów metodą d-a, d-r oraz całkowita objętość mikroporów metodą t-plot
 </t>
         </is>
       </c>
-      <c r="F30" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G30" t="inlineStr">
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr">
         <is>
           <t>•	zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 •	współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 •	współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H30" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I30" t="inlineStr">
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I31" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J30" t="inlineStr">
+      <c r="J31" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K30" t="inlineStr">
+      <c r="K31" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L30" t="inlineStr">
+      <c r="L31" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M30" t="inlineStr">
+      <c r="M31" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N30" t="inlineStr">
+      <c r="N31" t="inlineStr">
         <is>
           <t>Adsorpcja, bet, izoterma adsorpcji, porowatość całkowita, powierzchnia właściwa</t>
         </is>
       </c>
     </row>
-    <row r="31">
-      <c r="A31" t="inlineStr">
+    <row r="32">
+      <c r="A32" t="inlineStr">
         <is>
           <t>Zestaw modułowych spektrometrów optycznych (ocean insight)</t>
         </is>
       </c>
-      <c r="B31" t="inlineStr">
+      <c r="B32" t="inlineStr">
         <is>
           <t>Spektrometry optyczne (ocean insight)</t>
         </is>
       </c>
-      <c r="C31" t="inlineStr">
+      <c r="C32" t="inlineStr">
         <is>
           <t>Zestaw obejmuje kilka kompaktowych światłowodowych spektrometrów optycznych, które można konfigurować pod kątem prowadzonych pomiarów. w skład zestawu wchodzą spektrometry : qe-raman, flame-vis-nir, flame-nir, ocean-hdx-xr, flame-s-vis-nir, nir-quest wraz z niezbędnym wyposażeniem dodatkowym: oprogramowaniem do sterowania spektrometrami, sondami pomiarowymi, źródłami światła, sferami integracyjnymi, wzorcami bieli, kompletem światłowodów itd.. zestaw umożliwia pomiary widm absorpcyjnych i odbiciowych (w konfiguracji 45◦ i z użyciem sfer integracyjnych) w zakresie uv-vis-nir (do 2400nm), także widm fluorescencyjnych i bioluminescencji oraz widm ramanowskich (próbek stałych i ciekłych, wzbudzenie 785 nm). zastosowanie systemu w zależności od potrzeb badawczych obejmuje praktycznie wszystkie podstawowe pomiary w zakresie klasycznej spektroskopii optycznej  a także pomiary związane z zastosowaniami biomedycznymi (pomiary na żywych organizmach).
 dodatkowe informacje o możliwościach pomiarowych każdego z wymienionych powyżej spektrometrów można znaleźć na stronie internetowej producenta https://www.oceaninsight.com/</t>
         </is>
       </c>
-      <c r="D31" t="inlineStr">
+      <c r="D32" t="inlineStr">
         <is>
           <t>Pomiary absorpcyjne i odbiciowe (uv-vis-nir), fluorescencji, luminescencji i widm ramanowskich próbek stałych, ciekłych, możliwe pomiary na organizmach żywych np. optyczna charakterystyka tkanek. jednocześnie może być uruchomione kilka procedur pomiarowych, zestaw można elastycznie konfigurować w zależności od potrzeb badawczych i rodzaju badanych próbek.</t>
         </is>
       </c>
-      <c r="E31" t="inlineStr">
+      <c r="E32" t="inlineStr">
         <is>
           <t>Badanie własności optycznych wszelkiego rodzaju próbek stałych i ciekłych (kuwety 1cm), rejestracja widm  także w środowiskach optycznie nieprzezroczystych (zakres uv-vis), dodatkowo pomiary odbiciowe tkanek.</t>
         </is>
       </c>
-      <c r="F31" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G31" t="inlineStr">
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr">
         <is>
           <t>Zestaw spektrometrów  będzie służył nieodpłatnie, w ramach współpracy, do badań zainteresowanym grupom badawczym z agh jak i spoza agh. zestaw składa się z kilku spektrometrów, prowadzenie pomiaru wymaga specjalistycznego przeszkolenia. zestaw konfiguruje się indywidualnie w zależności od konkretnych potrzeb pomiarowych. osoby uczestniczące w pomiarach będą członkami zespołu badawczego publikującego wyniki wspólnych prac naukowych. terminy pomiarowe muszą być uzgodnione z wyprzedzeniem.</t>
         </is>
       </c>
-      <c r="H31" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I31" t="inlineStr">
+      <c r="H32" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I32" t="inlineStr">
         <is>
           <t>Katedra fizyki medycznej i biofizyki</t>
         </is>
       </c>
-      <c r="J31" t="inlineStr"/>
-      <c r="K31" t="inlineStr">
+      <c r="J32" t="inlineStr"/>
+      <c r="K32" t="inlineStr">
         <is>
           <t>Matuszak Zenon</t>
         </is>
       </c>
-      <c r="L31" t="inlineStr">
+      <c r="L32" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/zenon-matuszak-4851.html</t>
         </is>
       </c>
-      <c r="M31" t="inlineStr">
+      <c r="M32" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 8) przekraczanie granic: eksperymentalna fizyka wysokich energii ekstremalne stany materii, zaawansowane technologie w detekcji promieniowania, badania i zastosowania transdyscyplinarne</t>
         </is>
       </c>
-      <c r="N31" t="inlineStr">
+      <c r="N32" t="inlineStr">
         <is>
           <t>Absorpcja, biooptyka, fluorescencja, luminescencja, odbicie, raman, spektrometria optyczna</t>
         </is>
       </c>
     </row>
-    <row r="32">
-      <c r="A32" t="inlineStr">
+    <row r="33">
+      <c r="A33" t="inlineStr">
         <is>
           <t>Platforma do badań mechanicznych właściwości powierzchni anton paar step 500</t>
         </is>
       </c>
-      <c r="B32" t="inlineStr">
+      <c r="B33" t="inlineStr">
         <is>
           <t>Platforma do badań mechanicznych właściwości powierzchni anton paar step 500</t>
         </is>
       </c>
-      <c r="C32" t="inlineStr">
+      <c r="C33" t="inlineStr">
         <is>
           <t>Platforma do badań mechanicznych właściwości powierzchni firmy anton paar model step 500 wyposażona jest:
 	głowicę nht3 (nano hardness tester);
 	głowicę mct3 (micro combi tester);
 	głowica optyczną zapewniająca powiększenie 5,20,50,100 krotne;
 	stół antywibracyjny, ruchomy w osiach x (215 mm), y (75 mm), z (30 mm).
 nanoindenter nht3 jest precyzyjnym urządzeniem przeznaczonym do wyznaczenia właściwości mechanicznych materiałów oraz cienkich warstw w skali nanometrycznej. nht3 spełnia wymagania normy astm-e2546 dotyczącej nanotwardościomierzy, natomiast moduł mct3 jest zgodny z nomami astm: c1624, e2546, g171 oraz iso: 14577, 20502, 27307.
 właściwości mikromechaniczne są wyznaczane na podstawie odkształcenia materiału w wyniku wgłębnikowania próbki wgłębnikiem, do którego przyłożone jest określone obciążenie. wartość siły obciążającej i głębokości penetracji ostrza wgłębnika są rejestrowane w sposób ciągły w czasie całego cyklu (obciążania i odciążania). na podstawie wykreślonej krzywej obciążenia vs. przemieszczenia są wyznaczane takie właściwości jak: twardość, moduł young’a, czas pełzania, odporność na kruche pękanie. stosując minimalne siły obciążające wgłębnik, możliwe jest wykonanie pomiaru na głębokościach kilkuset nanometrów, co jest szczególnie istotne podczas badania cienkich warstw, gdzie należy wyeliminować wpływ podłoża na wyznaczane właściwości. moduł mct umożliwia także wykonywanie testów zarysowania.
 platforma oferuje wysoką dokładność repozycji (&lt;1 µm) w całym zakresie odległości oraz synchronizację pozycji mikroskopu wideo z wgłębnikiem głowicy.</t>
         </is>
       </c>
-      <c r="D32" t="inlineStr">
+      <c r="D33" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie umożliwia m.in.:
 	wyznaczenie twardości i modułu younga miękkich, twardych, kruchych oraz ciągliwych (plastycznych) materiałów
 	wykonanie scratch-testu – testu zarysowania
 </t>
         </is>
       </c>
-      <c r="E32" t="inlineStr">
+      <c r="E33" t="inlineStr">
         <is>
           <t>Parametry nht:
 zakres siły obciążającej wgłębnik: 0,1 - 500 mn
 dokładność pomiaru penetracji: 0,01 nm
 dokładność pomiaru siły 0,5 μn
 dokładność pozycjonowania próbki: 1 μm
 parametry mct:
 zakres siły obciążającej wgłębnik: 0,05 - 30 n
 dokładność pomiaru penetracji: 0,03 nm
 dokładność pomiaru siły: 6 μn
 dokładność pozycjonowania próbki: 1 μm</t>
         </is>
       </c>
-      <c r="F32" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G32" t="inlineStr">
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr">
         <is>
           <t>Po kontakcie z kierownikiem laboratorium</t>
         </is>
       </c>
-      <c r="H32" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I32" t="inlineStr">
+      <c r="H33" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I33" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J32" t="inlineStr">
+      <c r="J33" t="inlineStr">
         <is>
           <t>Laboratorium tribologii i inżynierii powierzchni</t>
         </is>
       </c>
-      <c r="K32" t="inlineStr">
+      <c r="K33" t="inlineStr">
         <is>
           <t>Drenda Cezary</t>
         </is>
       </c>
-      <c r="L32" t="inlineStr">
+      <c r="L33" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/cezary-drenda-9676.html</t>
         </is>
       </c>
-      <c r="M32" t="inlineStr">
+      <c r="M33" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N32" t="inlineStr">
+      <c r="N33" t="inlineStr">
         <is>
           <t>Adhezja, indentacje, inżynieria mechaniczna, inżynieria powierzchni, moduł younga, nanoindentacja, powłoki, scratch test, twardość, warstwa wierzchnia</t>
         </is>
       </c>
     </row>
-    <row r="33">
-      <c r="A33" t="inlineStr">
+    <row r="34">
+      <c r="A34" t="inlineStr">
         <is>
           <t>Tribometr do testów metodą pin/ball-on-disk model mft-2000 firmy rtec instruments</t>
         </is>
       </c>
-      <c r="B33" t="inlineStr">
+      <c r="B34" t="inlineStr">
         <is>
           <t>Tribometr mft-2000</t>
         </is>
       </c>
-      <c r="C33" t="inlineStr">
+      <c r="C34" t="inlineStr">
         <is>
           <t>Tribometr do testów metodą pin/ball-on-disk model mft-2000 firmy rtec instruments jest wielofunkcyjnym urządzeniem przeznaczonym do badania tarcia i zużycia w ruchu obrotowym różnych materiałów monolitycznych oraz cienkich i grubych warstw i powłok. badania mogą być prowadzone ze skojarzeniem typu trzpień-tarcza lub kula-tarcza w ślizgowym styku niesmarowanym (tarcie suche) lub smarowanym. za pomocą tego urządzenia można zbadać odporność na zużycie i współczynnik tarcia dowolnego skojarzenia materiałowego w zależności od prędkości poślizgu, obciążenia styku i innych parametrów np. środowiskowych. pomiary prowadzone w czasie rzeczywistym i z dużą precyzją: siły normalnej i stycznej (tarcia) w zakresie 0,05 ÷ 10 n z rozdzielczością 0,3 mn oraz głębokości wytarcia z rozdzielczością 0,1 µm. analiza toru zużycia powstałego po tarciu jest podstawą do opisu mechanizmu zużycia badanych materiałów. wyznaczone parametry i analiza zużycia pozwalają w pełni scharakteryzować właściwości tribologicznych testowanego skojarzenia materiałowego. tribometru mft-2000 wyposażony jest w dedykowaną komorę środowiskową do ruchu obrotowego z kontrolerem wilgotności. komora środowiskowa umożliwia prowadzenie badań tribologicznych w ustalonych warunkach temperatury i wilgotności w układzie zamkniętym w zakresie od 5 % do 95 %.
 system kontrolno-pomiarowy tribometru mft-2000 umożliwia wykonywanie testów z dużą dokładnością i stabilnością metrologiczną.</t>
         </is>
       </c>
-      <c r="D33" t="inlineStr">
+      <c r="D34" t="inlineStr">
         <is>
           <t>Komora środowiskowa do ruchu obrotowego z kontrolerem wilgotności do prowadzenia tarcia w kontrolowanych warunkach w zakresie od 5 % do 95 %,
 sygnał pomiarowy siły normalnej i siły stycznej rejestrowane w sposób ciągły w celu monitorowania tarcia w czasie rzeczywistym,
 układ do pomiaru siły obciążającej i siły tarcia zintegrowany z układem amortyzacji mechanicznej i kompensacją czułości pomiaru siły ze względu na zmiany temperatury.</t>
         </is>
       </c>
-      <c r="E33" t="inlineStr">
+      <c r="E34" t="inlineStr">
         <is>
           <t>Geometria styku:        trzpień-tarcza / kula-tarcza
 średnica trzpienia:     6  lub 8 mm
 średnica kuli:             6 lub 6,3 mm
 średnica tarczy:         do 50 mm 
 obciążenie:                0,05 ÷ 10 n
 prędkość obrotowa:   od 0,1 do 2500 obr/min</t>
         </is>
       </c>
-      <c r="F33" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G33" t="inlineStr">
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr">
         <is>
           <t>Po kontakcie z kierownikiem laboratorium</t>
         </is>
       </c>
-      <c r="H33" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I33" t="inlineStr">
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I34" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J33" t="inlineStr">
+      <c r="J34" t="inlineStr">
         <is>
           <t>Laboratorium tribologii i inżynierii powierzchni</t>
         </is>
       </c>
-      <c r="K33" t="inlineStr">
+      <c r="K34" t="inlineStr">
         <is>
           <t>Drenda Cezary</t>
         </is>
       </c>
-      <c r="L33" t="inlineStr">
+      <c r="L34" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/cezary-drenda-9676.html</t>
         </is>
       </c>
-      <c r="M33" t="inlineStr">
+      <c r="M34" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N33" t="inlineStr">
+      <c r="N34" t="inlineStr">
         <is>
           <t>Adhezja, inżynieria mechaniczna, inżynieria powierzchni, powłoki, tribologia, tribotesty, warstwa wierzchnia</t>
         </is>
       </c>
     </row>
-    <row r="34">
-      <c r="A34" t="inlineStr">
+    <row r="35">
+      <c r="A35" t="inlineStr">
         <is>
           <t>Piknometr gazowy ultrapyc 5000 micro</t>
         </is>
       </c>
-      <c r="B34" t="inlineStr">
+      <c r="B35" t="inlineStr">
         <is>
           <t>Piknometr gazowy do pomiaru gęstości ciał stałych: ultrapyc 5000 micro</t>
         </is>
       </c>
-      <c r="C34" t="inlineStr">
+      <c r="C35" t="inlineStr">
         <is>
           <t>Piknometr gazowy ultrapyc 5000 micro służy do precyzyjnego pomiaru rzeczywistej gęstości ciał stałych w postaci proszków lub monolitów. do pomiarów wykorzystywany jest hel. urządzenie posiada wbudowaną regulację temperatury za pomocą modułu peltiera. pomiary wykonywane są w zakresie 15 °c to 50 °c, standardowo w 20 °c. piknometr gazowy wyposażony jest w trzy komory pomiarowe o róznej objętości: micro cell: 4.5 cm3, meso cell: 1.8 cm3, nano cell: 0.25 cm3.</t>
         </is>
       </c>
-      <c r="D34" t="inlineStr">
+      <c r="D35" t="inlineStr">
         <is>
           <t>Piknometr gazowy wykorzystywany jest do pomiaru gęstości helowej materiałów stałych, takich jak: sadza, katalizatory, cement, ceramika, węgiel drzewny, kosmetyki, środki osuszające, nawozy, włókna, minerały takie jak tlenek glinu, krzemionka, tytan i inne, produkty farmaceutyczne, żywność w proszku i metale w proszku.</t>
         </is>
       </c>
-      <c r="E34" t="inlineStr">
+      <c r="E35" t="inlineStr">
         <is>
           <t>Aparat umożliwia oznaczenie gęstości helowej dla małych ilości próbek od 0,25 cm3 do 4,5 cm3.</t>
         </is>
       </c>
-      <c r="F34" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G34" t="inlineStr">
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H34" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I34" t="inlineStr">
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I35" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J34" t="inlineStr">
+      <c r="J35" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K34" t="inlineStr">
+      <c r="K35" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L34" t="inlineStr">
+      <c r="L35" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M34" t="inlineStr">
+      <c r="M35" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N34" t="inlineStr">
+      <c r="N35" t="inlineStr">
         <is>
           <t>Badania nieniszczące, gęstość, gęstość helowa, gęstość szkieletowa</t>
         </is>
       </c>
     </row>
-    <row r="35">
-      <c r="A35" t="inlineStr">
+    <row r="36">
+      <c r="A36" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji przejściowej</t>
         </is>
       </c>
-      <c r="B35" t="inlineStr">
+      <c r="B36" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji przejściowej z czasowo rozdzielczymi modułami detekcji nanosekundowymi w zakresie uv-vis-ir</t>
         </is>
       </c>
-      <c r="C35" t="inlineStr">
+      <c r="C36" t="inlineStr">
         <is>
           <t xml:space="preserve">Zintegrowany spektrometr umożliwiający pomiary absorpcji przejściowej stanów elektronowych metodą nanosekundowej laserowej fotolizy błyskowej w zakresie uv-vis-ir.
 źródło światła wzbudzającego
 1. przestrajalny optyczny parametryczny oscylator pompowany nanosekundowym źródłem nd:yag
 2. częstotliwość impulsów 10hz; długość impulsu nie większa niż 5 ns.
 3. energia wiązki przy długości fali 260 nm nie mniejsza niż 6.5 mj, 340 nm,nie mniejsza niż 10 mj, 450 nm nie mniejsza niż 60 mj.
 4. rozdzielczość przestrajania  1 cm-1 w zakresie 410-2600 nm oraz 2 cm-1 poniżej 410 nm.
 5 spektralna szerokość linii dla zakresu 410 – 2600 nm: nie większa niż 5 cm-1.
 6 rozbieżność wiązki &lt; 2 mrad (@ 450 nm). 7.sterowanie z poziomu wyświetlacza zewnętrznego lub komputera.
 monochromator
 1. monochromator typu czerny-turner o długości ogniskowej co najmniej 325 mm umieszczony w torze emisji.
 2. karuzela siatek dyfrakcyjnych na zakres uv-vis i nir; rozdzielczość widmowa 0.1 nm dla zakresu uv-vis.
 3. szczeliny automatycznie ustawiane
 4. dyspersja spektralna 1.66 nm/mm dla pomiarów kinetycznych przy jednej długości fali z zakresu 230-980 nm.
 5. prędkość skanowania 200 nm/s.
 układ detekcji
 a) fotopowielacz chłodzony termoelektrycznie z kontrolą poziomu wzmocnienia. zakres co najmniej od 230 do 980 nm. czas odpowiedzi fotopowielacza nie dłuższy niż 5 ns.
 b) detektor ingaas chłodzony termoelektrycznie. zakres od 900 do 2050 nm. czas odpowiedzi fotopowielacza nie dłuższy niż 100 ns.
 optycznie izolowana komora pomiarowa próbek z pokrywą; dwa niezależne gniazda do umieszczenia przystawek pomiarowych; automatyczna przesłona wiązki lasera.
 .
  </t>
         </is>
       </c>
-      <c r="D35" t="inlineStr">
+      <c r="D36" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji przejściowej w zakresie uv-vis-ir pozwala na pomiary czasowo?rozdzielczej spektroskopii absorpcyjnej i odbiciowej, poprzez nano- i mikrosekundową fluorescencję,  fluorescencję upkonwersji po chemiluminescencję. metoda ta  daje wgląd do szybkich ruchów kolektywnych matryc czy izolowanych układów na ich aktywność zarówno w przypadku naturalnych czy bionicznych układów modelowych w funkcji zmienności warunków środowiskowych.</t>
         </is>
       </c>
-      <c r="E35" t="inlineStr">
+      <c r="E36" t="inlineStr">
         <is>
           <t xml:space="preserve">Pomiary absorpcji przejściowej w zakresie długości fali od 210 nm do 2600 nm mają zastosowanie do próbek ciekłych, gazowych i stałych. proszki i nieprzezroczyste próbki objętościowe są badane w układzie odbicia rozproszonego.dostępne są dedykowane uchwyty na próbki.
  </t>
         </is>
       </c>
-      <c r="F35" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G35" t="inlineStr">
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji przejściowej będzie służył nieodpłatnie, w ramach współpracy, do badań wszystkim zainteresowanym grupom badawczym (pracownikom i doktorantom) z agh jak i spoza agh.</t>
         </is>
       </c>
-      <c r="H35" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I35" t="inlineStr">
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I36" t="inlineStr">
         <is>
           <t>Wydział fizyki i informatyki stosowanej</t>
         </is>
       </c>
-      <c r="J35" t="inlineStr">
+      <c r="J36" t="inlineStr">
         <is>
           <t>Zespół biofizyki molekularnej i bioenergetyki</t>
         </is>
       </c>
-      <c r="K35" t="inlineStr">
+      <c r="K36" t="inlineStr">
         <is>
           <t>Burda Kvetoslava</t>
         </is>
       </c>
-      <c r="L35" t="inlineStr">
+      <c r="L36" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/kvetoslava-burda-6320.html</t>
         </is>
       </c>
-      <c r="M35" t="inlineStr">
+      <c r="M36" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
         </is>
       </c>
-      <c r="N35" t="inlineStr">
+      <c r="N36" t="inlineStr">
         <is>
           <t>Absorpcja przejściowa, bioenergetyka, kinetyka</t>
-        </is>
-[...70 lines deleted...]
-          <t>Bf-tem, haadf-stem, saed-tem, stem, stem-edx, tem</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>Skaningowy mikroskop elektronowy, sem</t>
+          <t>Transmisyjny mikroskop elektronowy</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Merlin gemini ii (zeiss)</t>
+          <t>Tecnai g2 20 twin (fei)</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
-          <t>Merlin z kolumną gemini ii i źródłem elektronów feg oferuje obrazowanie w wysokiej rozdzielczości przy użyciu zaawansowanych trybów detekcji, w tym inlens (se), inlens (esb), angle selective back-scattered detektor (asb), 3dsm i stem. ustawienia obrazowania optyki gemini ii, takie jak napięcie przyspieszające lub prąd wiązki, można płynnie regulować.  równoległa detekcja elektronów wtórnych (se) w osi soczewki obiektywowej oraz selektywne energetycznie rozproszenie wsteczne (esb) pozwala z łatwością zidentyfikować najmniejsze różnice w składzie chemicznym materiałów. mikroskop wyposażony jest w detektor edx z systemem mikroanalizy quantax 800 (bruker) oraz detektor ebsd z systemem mikroanalizy quantax crystalign 400 (bruker).</t>
+          <t xml:space="preserve">Fei tecnai g2 20 twin jest transmisyjnym mikroskopem elektronowym, który pełni rolę urządzenia pomocniczego i służącego do wstępnej analizy, jakości wykonanych próbek oraz przeprowadzenia wstępnych badań strukturalnych. jest on wyposażony w działo elektronowe z katodą lab6 i umożliwia pracę w zakresie napięć przyspieszających od 20 kv do 200 kv. analityczny mikroskop elektronowy tecnai g2 wyposażony jest w detektor stem – haadf, system mikroanalizy edx tia układ do precesji dyfrakcji elektronów digistar i system astar do automatycznej analizy orientacji ziaren i map fazowych w nanoobszarach (nanomegas). </t>
         </is>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>Inlens (se), inlens (esb), angle selective back-scattered detector (asb), 3dsm, stem, sem-edx, sem-ebsd</t>
+          <t>Tem, bf-tem, stem, haadf-stem, stem-edx, analizy orientacji ziaren i map fazowych w nanoobszarach.</t>
         </is>
       </c>
       <c r="E37" t="inlineStr">
         <is>
-          <t>Badania składu chemicznego, wysoka rozdzielczość, pomiary orientacji w nanoskali</t>
+          <t>Badania składu chemicznego, analiza fazowa wydzieleń,  analizy orientacji ziaren i map fazowych w nanoobszarach w nanoskali.</t>
         </is>
       </c>
       <c r="F37" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G37" t="inlineStr">
         <is>
-          <t>Na warunkach uzgodnionych z kierownikiem laboratorium - dr hab. inż. adam kruk, prof. agh</t>
+          <t>Na warunkach uzgodnionych z kierownikiem laboratorium - dr hab. adam kruk, prof.  agh</t>
         </is>
       </c>
       <c r="H37" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I37" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J37" t="inlineStr">
         <is>
-          <t>Katedra metaloznawstwa i metalurgii proszków.  pracownia: centrum mikroskopii elektronowej dla inzynierii materiałowej</t>
+          <t>Katedra metaloznawstwa i metalurgii proszków. pracownia: centrum mikroskopii elektronowej dla inżynierii materiałowej.</t>
         </is>
       </c>
       <c r="K37" t="inlineStr">
         <is>
           <t>Kruk Adam</t>
         </is>
       </c>
       <c r="L37" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-kruk-1679.html</t>
         </is>
       </c>
       <c r="M37" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N37" t="inlineStr">
         <is>
-          <t>Sem-bse, sem-edx, sem-se</t>
+          <t>Bf-tem, haadf-stem, saed-tem, stem, stem-edx, tem</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>Wysokorozdzielczy transmisyjny mikroskop elektronowy</t>
+          <t>Skaningowy mikroskop elektronowy, sem</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Titan cubed 2 60-300 (fei)</t>
+          <t>Merlin gemini ii (zeiss)</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>Wysokorozdzielczy analityczny transmisyjny mikroskop elektronowy (zdolność rozdzielcza równa jest 70 pm) z unikalnym oprzyrządowaniem. jest on wyposażony w działo elektronowe x-feg z monochromatorem, korektor aberracji sferycznej układu kondensorów oraz najnowszy energodyspersyjny spektrometr promieniowania rentgenowskiego (x-feg). charakteryzuje się największym dostępnym zakresem napięć przyspieszających – od 60 do 300 kv. o jego unikalnych możliwościach naukowo-badawczych decydują, między innymi: najnowsze działo elektronowe x-feg o wysokiej jaskrawości i monochromator, nowy korektor aberracji sferycznej układu kondensorów, dcor (dodecapole probe corrector), najnowszy energodyspersyjny spektrometr promieniowania rentgenowskiego super-x (4 detektory sdd) umożliwiający badania składu chemicznego faz z rozdzielczością atomową (0,7ǻ) w oparciu o technologię chemistem, nowy filtr energii elektronów gif quantum 963, uchwyt z bi-pryzmatem, oprzyrządowanie i oprogramowanie do holografii elektronowej, dwupochyłowy uchwyt tomograficzny i oprogramowanie do tomografii elektronowej. mimo upływu bez mała dziesięciu lat od instalacji analitycznego transmisyjnego mikroskopu elektronowego (s)tem titan cubed g2 60-300, dzięki ciągłym aktualizacjom oprogramowania, utrzymaniu ciągłości serwisowania od początku eksploatacji, poziom zaawansowania technicznego a zatem możliwości badawcze są dalej na poziomie najlepszych współcześnie produkowanych zaawansowanych elektronowych mikroskopów transmisyjnych.</t>
+          <t>Merlin z kolumną gemini ii i źródłem elektronów feg oferuje obrazowanie w wysokiej rozdzielczości przy użyciu zaawansowanych trybów detekcji, w tym inlens (se), inlens (esb), angle selective back-scattered detektor (asb), 3dsm i stem. ustawienia obrazowania optyki gemini ii, takie jak napięcie przyspieszające lub prąd wiązki, można płynnie regulować.  równoległa detekcja elektronów wtórnych (se) w osi soczewki obiektywowej oraz selektywne energetycznie rozproszenie wsteczne (esb) pozwala z łatwością zidentyfikować najmniejsze różnice w składzie chemicznym materiałów. mikroskop wyposażony jest w detektor edx z systemem mikroanalizy quantax 800 (bruker) oraz detektor ebsd z systemem mikroanalizy quantax crystalign 400 (bruker).</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>Tem, bf-tem, stem, haadf-stem, stem-edx, eels, tomografia elektronowa, holografia elektronowa tem, ef-tem</t>
+          <t>Inlens (se), inlens (esb), angle selective back-scattered detector (asb), 3dsm, stem, sem-edx, sem-ebsd</t>
         </is>
       </c>
       <c r="E38" t="inlineStr">
         <is>
-          <t>Badania składu chemicznego, wysoka rozdzielczość, pomiary w nanoskali</t>
+          <t>Badania składu chemicznego, wysoka rozdzielczość, pomiary orientacji w nanoskali</t>
         </is>
       </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
           <t>Na warunkach uzgodnionych z kierownikiem laboratorium - dr hab. inż. adam kruk, prof. agh</t>
         </is>
       </c>
       <c r="H38" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I38" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J38" t="inlineStr">
         <is>
-          <t>Katedra metaloznawstwa i metalurgii proszków. pracownia: centrum mikroskopii elektronowej dla inżynierii materiałowej</t>
+          <t>Katedra metaloznawstwa i metalurgii proszków.  pracownia: centrum mikroskopii elektronowej dla inzynierii materiałowej</t>
         </is>
       </c>
       <c r="K38" t="inlineStr">
         <is>
           <t>Kruk Adam</t>
         </is>
       </c>
       <c r="L38" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-kruk-1679.html</t>
         </is>
       </c>
       <c r="M38" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N38" t="inlineStr">
         <is>
-          <t>Bf-tem, df-tem, eels, haadf-stem, holografia elektronowa tem, saed-tem, stem, stem-edx, tem, tomografia elektronowa</t>
+          <t>Sem-bse, sem-edx, sem-se</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>Drukarka 3d metodą spiekania laserowego</t>
+          <t>Wysokorozdzielczy transmisyjny mikroskop elektronowy</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>Eos formiga p100</t>
+          <t>Titan cubed 2 60-300 (fei)</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
-          <t>Drukarka 3d wtwarzająca elementy metodą selektywnego spiekania proszków tworzyw sztucznych w ochronnej atmosferze azotu z wykorzystaniem lasera co2</t>
+          <t>Wysokorozdzielczy analityczny transmisyjny mikroskop elektronowy (zdolność rozdzielcza równa jest 70 pm) z unikalnym oprzyrządowaniem. jest on wyposażony w działo elektronowe x-feg z monochromatorem, korektor aberracji sferycznej układu kondensorów oraz najnowszy energodyspersyjny spektrometr promieniowania rentgenowskiego (x-feg). charakteryzuje się największym dostępnym zakresem napięć przyspieszających – od 60 do 300 kv. o jego unikalnych możliwościach naukowo-badawczych decydują, między innymi: najnowsze działo elektronowe x-feg o wysokiej jaskrawości i monochromator, nowy korektor aberracji sferycznej układu kondensorów, dcor (dodecapole probe corrector), najnowszy energodyspersyjny spektrometr promieniowania rentgenowskiego super-x (4 detektory sdd) umożliwiający badania składu chemicznego faz z rozdzielczością atomową (0,7ǻ) w oparciu o technologię chemistem, nowy filtr energii elektronów gif quantum 963, uchwyt z bi-pryzmatem, oprzyrządowanie i oprogramowanie do holografii elektronowej, dwupochyłowy uchwyt tomograficzny i oprogramowanie do tomografii elektronowej. mimo upływu bez mała dziesięciu lat od instalacji analitycznego transmisyjnego mikroskopu elektronowego (s)tem titan cubed g2 60-300, dzięki ciągłym aktualizacjom oprogramowania, utrzymaniu ciągłości serwisowania od początku eksploatacji, poziom zaawansowania technicznego a zatem możliwości badawcze są dalej na poziomie najlepszych współcześnie produkowanych zaawansowanych elektronowych mikroskopów transmisyjnych.</t>
         </is>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>Testowanie nowych materiałów kompozytowych</t>
-[...2 lines deleted...]
-      <c r="E39" t="inlineStr"/>
+          <t>Tem, bf-tem, stem, haadf-stem, stem-edx, eels, tomografia elektronowa, holografia elektronowa tem, ef-tem</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>Badania składu chemicznego, wysoka rozdzielczość, pomiary w nanoskali</t>
+        </is>
+      </c>
       <c r="F39" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G39" t="inlineStr">
         <is>
-          <t>Po uzgodnieniu z kierownictwem katedry</t>
+          <t>Na warunkach uzgodnionych z kierownikiem laboratorium - dr hab. inż. adam kruk, prof. agh</t>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I39" t="inlineStr">
         <is>
-          <t>Katedra systemów wytwarzania</t>
-[...2 lines deleted...]
-      <c r="J39" t="inlineStr"/>
+          <t>Wydział inżynierii metali i informatyki przemysłowej</t>
+        </is>
+      </c>
+      <c r="J39" t="inlineStr">
+        <is>
+          <t>Katedra metaloznawstwa i metalurgii proszków. pracownia: centrum mikroskopii elektronowej dla inżynierii materiałowej</t>
+        </is>
+      </c>
       <c r="K39" t="inlineStr">
         <is>
-          <t>Dudek Piotr</t>
+          <t>Kruk Adam</t>
         </is>
       </c>
       <c r="L39" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/piotr-dudek-7628.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/adam-kruk-1679.html</t>
         </is>
       </c>
       <c r="M39" t="inlineStr">
         <is>
-          <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
+          <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N39" t="inlineStr">
         <is>
-          <t>3d printer, pbf-l, sls</t>
+          <t>Bf-tem, df-tem, eels, haadf-stem, holografia elektronowa tem, saed-tem, stem, stem-edx, tem, tomografia elektronowa</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
+          <t>Drukarka 3d metodą spiekania laserowego</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>Eos formiga p100</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>Drukarka 3d wtwarzająca elementy metodą selektywnego spiekania proszków tworzyw sztucznych w ochronnej atmosferze azotu z wykorzystaniem lasera co2</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>Testowanie nowych materiałów kompozytowych</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr"/>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G40" t="inlineStr">
+        <is>
+          <t>Po uzgodnieniu z kierownictwem katedry</t>
+        </is>
+      </c>
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I40" t="inlineStr">
+        <is>
+          <t>Katedra systemów wytwarzania</t>
+        </is>
+      </c>
+      <c r="J40" t="inlineStr"/>
+      <c r="K40" t="inlineStr">
+        <is>
+          <t>Dudek Piotr</t>
+        </is>
+      </c>
+      <c r="L40" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/piotr-dudek-7628.html</t>
+        </is>
+      </c>
+      <c r="M40" t="inlineStr">
+        <is>
+          <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
+        </is>
+      </c>
+      <c r="N40" t="inlineStr">
+        <is>
+          <t>3d printer, pbf-l, sls</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
           <t>Skanujący wibrometr laserowy (sldv)</t>
         </is>
       </c>
-      <c r="B40" t="inlineStr">
+      <c r="B41" t="inlineStr">
         <is>
           <t>Skanujący wibrometr laserowy polytec psv 500 xtra</t>
         </is>
       </c>
-      <c r="C40" t="inlineStr">
+      <c r="C41" t="inlineStr">
         <is>
           <t xml:space="preserve">Uniwersalne narzędzie umożliwiające analizę i wizualizację drgań strukturalnych w szerokim paśmie częstotliwości (od 0 do 25 mhz) oraz bardzo wysokiej dokładności (&lt;1𝑝𝑚/√𝐻𝑧 lub &lt;0.1 μm/s/√𝐻𝑧). zastosowanie światła laserowego w zakresie bliskiej podczerwieni (~1550 nm) nie  wymaga stosowania pokryć refleksyjnych badanych powierzchni (w odróżnieniu od starszych urządzeń tego typu). pomiary drgań w pełnym polu – skanowanie według zadanej siatki punktów pomiarowych. maoduł skanowania geometrii umożliwia wyznaczenie geometrii skanowanego obiektu.  oprogramowanie umożliwia szczegółowe analizy danych drganiowych, tworzenie wykresów, animacji na dwu lub trójwymiarowych kolorowych mapach, oraz eksport danych do różnych formatów.
  </t>
         </is>
       </c>
-      <c r="D40" t="inlineStr">
+      <c r="D41" t="inlineStr">
         <is>
           <t>Główne zastosowania laserowego wibrometru skanującego to rozwiązywanie problemów związanych drganiami i hałasem (nvh), diagnostyką konstrukcji w tym w badaniach nieniszczących (ndt) i monitorowaniu stanu technicznego konstrukcji (shm) a także w zadaniach walidacji modeli numerycznych (v&amp;v;).</t>
         </is>
       </c>
-      <c r="E40" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G40" t="inlineStr">
+      <c r="E41" t="inlineStr"/>
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G41" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań.  w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H40" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I40" t="inlineStr">
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I41" t="inlineStr">
         <is>
           <t>Katedra robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="J40" t="inlineStr">
+      <c r="J41" t="inlineStr">
         <is>
           <t>Grupa wibrometrii laserowej</t>
         </is>
       </c>
-      <c r="K40" t="inlineStr">
+      <c r="K41" t="inlineStr">
         <is>
           <t>Pieczonka Łukasz</t>
         </is>
       </c>
-      <c r="L40" t="inlineStr">
+      <c r="L41" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-pieczonka-6742.html</t>
         </is>
       </c>
-      <c r="M40" t="inlineStr">
+      <c r="M41" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N40" t="inlineStr">
+      <c r="N41" t="inlineStr">
         <is>
           <t>Analiza modalna, laser vibrometer, modal analysis, pomiar drgań, vibration measurement, wibrometr laserowy</t>
         </is>
       </c>
     </row>
-    <row r="41">
-      <c r="A41" t="inlineStr">
+    <row r="42">
+      <c r="A42" t="inlineStr">
         <is>
           <t>Uhplc-ms/ms</t>
         </is>
       </c>
-      <c r="B41" t="inlineStr">
+      <c r="B42" t="inlineStr">
         <is>
           <t>System ultrasprawnej chromatografii cieczowej z  tandemowym spektrometrem mas typu potrójny kwadrupol model tsq altis</t>
         </is>
       </c>
-      <c r="C41" t="inlineStr">
+      <c r="C42" t="inlineStr">
         <is>
           <t>Spektrometry mas typu potrójny kwadrupol to instrumenty tandemowe. głównymi składowymi instrumentu są dwa kwadrupolowe analizatory mas oraz komora kolizyjna. takie rozwiązanie techniczne pozwalają zastosować tę aparaturę do celowanych analiz ilościowych z doskonałą czułością i precyzją oraz do badań przesiewowych (screening). doskonała precyzja, wysoka czułość, szybkości skanowania oraz możliwość fragmentacji badanych związków spowodowały, ze potrójne kwadrupole są obecnie złotym standardem dla tego typu analiz.
 kwadrupolowy analizator mas jest niezbędny przy analizach substancji w skomplikowanych matrycach. w szeroko pojętej farmacji oraz badaniach środowiskowych tego typu aparaturę wykorzystuje się standardowo do oznaczania, m.in. metabolitów leków/narkotyków/dopalaczy w płynach ustrojowych (screening i analiza ilościowa), badań sfałszowanych składników leków, badań farmakokinetycznych, sprawdzania czystość api po syntezie, czystość surowców do syntezy, oznaczanie zanieczyszczeń w gotowym produkcie. kwadrupolowy analizator mas daje możliwość prowadzenia oznaczeń ilościowych na podstawie eksperymentów sim czy srm, które z kolei zapewniają wysoką czułość  i precyzję oznaczeń. dodatkowo tryb srm (inaczej mrm) to złoty standard do oznaczeń ilościowych w technikach wykorzystujących spektrometrię mas. kluczowymi parametrami dla omawianej aparatury jest czułość, rozdzielczość, ilość przejść srm na sekundę oraz liniowość.
 każdego dnia pojawiają się nowe wyzwania w zakresie bezpieczeństwa żywności i środowiska. oznaczenie ilościowe setek zanieczyszczeń na ultraniskich poziomach można łatwo przeprowadzić za pomocą spektrometru mas tsq altis. instrument zapewnia solidne oznaczanie ilościowe, wyjątkową odtwarzalność, najwyższą czułość i niezwykłą szybkość.</t>
         </is>
       </c>
-      <c r="D41" t="inlineStr">
+      <c r="D42" t="inlineStr">
         <is>
           <t>System lc-ms/ms  jest niezbędny przy analizach substancji w skomplikowanych matrycach. w szeroko pojętej farmacji oraz badaniach środowiskowych stosuje się standardowo do oznaczania, m.in. metabolitów leków/narkotyków/dopalaczy w płynach ustrojowych (screening i analiza ilościowa), czystość surowców do syntezy, oznaczanie zanieczyszczeń w gotowym produkcie oraz próbkach środowoiskowych.</t>
         </is>
       </c>
-      <c r="E41" t="inlineStr">
+      <c r="E42" t="inlineStr">
         <is>
           <t>Spektrometr mas
 	źródła jonów typu electrospray z grzaną głowicą; jonizacja chemiczna;
 	tryby skanowania:
 		pełne skanowanie (full-scan)
 		monitorowanie wybranego jonu (sim)
 		monitorowanie wybranej reakcji (srm).
 chromatograf cieczowy
 oprogramowanie sterujące pracą spektrometru mas, umożliwiające akwizycję, obróbkę i  analizę danych.</t>
         </is>
       </c>
-      <c r="F41" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G41" t="inlineStr">
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G42" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H41" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I41" t="inlineStr">
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I42" t="inlineStr">
         <is>
           <t>Katedra chemii węgla i nauk o środowisku</t>
         </is>
       </c>
-      <c r="J41" t="inlineStr">
+      <c r="J42" t="inlineStr">
         <is>
           <t>Zespół badań współczesnych zagrożeń środowiska</t>
         </is>
       </c>
-      <c r="K41" t="inlineStr">
+      <c r="K42" t="inlineStr">
         <is>
           <t>Styszko Katarzyna</t>
         </is>
       </c>
-      <c r="L41" t="inlineStr">
+      <c r="L42" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-styszko-5843.html</t>
         </is>
       </c>
-      <c r="M41" t="inlineStr">
+      <c r="M42" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
         </is>
       </c>
-      <c r="N41" t="inlineStr">
+      <c r="N42" t="inlineStr">
         <is>
           <t>Biomarkery, chromatografia cieczowa, metabolity, mikrozanieczyszczenia, pozostałosci leków, spektrometria mas</t>
         </is>
       </c>
     </row>
-    <row r="42">
-      <c r="A42" t="inlineStr">
+    <row r="43">
+      <c r="A43" t="inlineStr">
         <is>
           <t>Spektrometr ftir nicolet 6700</t>
         </is>
       </c>
-      <c r="B42" t="inlineStr">
+      <c r="B43" t="inlineStr">
         <is>
           <t>Spektrometr ftir nicolet 6700 thermo scientific</t>
         </is>
       </c>
-      <c r="C42" t="inlineStr">
+      <c r="C43" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr ftir nicolet 6700 firmy thermo scientific umożliwia rejestrację wysokiej jakości widm w zakresie podczerwieni (400÷4000 cm-1) z maksymalną rozdzielczością równą 0,1 cm-1.
  wyposażenie:
 	detektory dtgs i mct (chłodzony azotem)  
 	niehigroskopijna optyka
 	przystawki odbiciowe, transmisyjne
 	praying mantis firmy harrick - umożliwiającą pomiary techniką drift w zmiennej temperaturze rt÷450°c, w przepływie gazu (m.in. powietrze, azot, argon)
 	próżniowa komora wysokotemperaturowa, pomiary w trybie transmisyjnym w  temperaturach rt÷500°c
 </t>
         </is>
       </c>
-      <c r="D42" t="inlineStr">
+      <c r="D43" t="inlineStr">
         <is>
           <t>Badania fazowe, strukturalne oraz prace eksperymentalne nad transformacją i modyfikacją właściwości fizykochemicznych materiałów.</t>
         </is>
       </c>
-      <c r="E42" t="inlineStr">
+      <c r="E43" t="inlineStr">
         <is>
           <t>Aparat umożliwia rejestrację widm ftir ciał stałych, w formie proszku lub cienkich warstw i lepkich cieczy, w zmiennych temperaturach i atmosferze różnych gazów.</t>
         </is>
       </c>
-      <c r="F42" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G42" t="inlineStr">
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H42" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I42" t="inlineStr">
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I43" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J42" t="inlineStr">
+      <c r="J43" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K42" t="inlineStr">
+      <c r="K43" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L42" t="inlineStr">
+      <c r="L43" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M42" t="inlineStr">
+      <c r="M43" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N42" t="inlineStr">
+      <c r="N43" t="inlineStr">
         <is>
           <t>Atr, drift, ftir, podczerwień, spektroskopia</t>
         </is>
       </c>
     </row>
-    <row r="43">
-      <c r="A43" t="inlineStr">
+    <row r="44">
+      <c r="A44" t="inlineStr">
         <is>
           <t>Analizator uziarnienia saturn digisizer ii</t>
         </is>
       </c>
-      <c r="B43" t="inlineStr">
+      <c r="B44" t="inlineStr">
         <is>
           <t>Saturn digisizer ii micromeritics analizator uziarnienia</t>
         </is>
       </c>
-      <c r="C43" t="inlineStr">
+      <c r="C44" t="inlineStr">
         <is>
           <t xml:space="preserve">Saturn digisizer ii micromeritics mierzy dystrybucję rozkładu wielkości cząstek przy użyciu dyfrakcji promieniowania laserowego. 
 charakterystyka aparatu:
 	detektor ccd 
 	laser: półprzewodnikowy diodowy
 	moc lasera: 6-9 mw
 	automatyczny system przygotowania i transportu zawiesiny do dynamicznego układu pomiarowego
 	dyspergator ultradźwiękowy do wstępnego przygotowania zawiesiny
 	zakres pomiarowy: 0,04 do 2500 µm
 	oprogramowanie aparatu wykorzystuje modele mie oraz fraunhofera
 </t>
         </is>
       </c>
-      <c r="D43" t="inlineStr">
+      <c r="D44" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar rozkładu wielkości cząstek dla próbek mineralnych, syntetycznych, przemysłowych, itp.
 </t>
         </is>
       </c>
-      <c r="E43" t="inlineStr">
+      <c r="E44" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	powtarzalność: 0,1 do 1 µm, 3%; 1 do 1000 µm, 1%
 	odtwarzalność: 0,1 do 1 µm, 5%; 1 do 100 µm, 2% 100 do 1000 µm, 5%
  </t>
         </is>
       </c>
-      <c r="F43" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G43" t="inlineStr">
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G44" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H43" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I43" t="inlineStr">
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I44" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J43" t="inlineStr">
+      <c r="J44" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K43" t="inlineStr">
+      <c r="K44" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L43" t="inlineStr">
+      <c r="L44" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M43" t="inlineStr">
+      <c r="M44" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N43" t="inlineStr">
+      <c r="N44" t="inlineStr">
         <is>
           <t>Rozkład wielokości ziaren, uziarnienie</t>
         </is>
       </c>
     </row>
-    <row r="44">
-      <c r="A44" t="inlineStr">
+    <row r="45">
+      <c r="A45" t="inlineStr">
         <is>
           <t>Analizator uziarnienia sedigraph iii</t>
         </is>
       </c>
-      <c r="B44" t="inlineStr">
+      <c r="B45" t="inlineStr">
         <is>
           <t>Analizator uziarnienia sedigraph iii 5120 micromeritics</t>
         </is>
       </c>
-      <c r="C44" t="inlineStr">
+      <c r="C45" t="inlineStr">
         <is>
           <t xml:space="preserve">Sedigraph iii to analizator rozkładu wielkości cząstek metodą sedymentacyjną z rentgenowską detekcją gęstości zawiesiny.
 charakterystyka aparatu:
 	moduł nieruchomego skanera rentgenowskiego
 	moduł pionowego ruchu komory pomiarowej
 	automatyczny system przygotowania zawiesiny i jej transportu do komory pomiarowej
 	zakres pomiarowy: średnica cząstki od 300 do 0,1 μm
 </t>
         </is>
       </c>
-      <c r="D44" t="inlineStr">
+      <c r="D45" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar rozkładu wielkości cząstek dla próbek mineralnych, syntetycznych, przemysłowych, itp.
 </t>
         </is>
       </c>
-      <c r="E44" t="inlineStr">
+      <c r="E45" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres średnicy cząstki od 300 do 0,1 μm 
 	rozdzielczość: mniej niż 0,2% całkowitej skanowanej odległości 
 </t>
         </is>
       </c>
-      <c r="F44" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G44" t="inlineStr">
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H44" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I44" t="inlineStr">
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I45" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J44" t="inlineStr">
+      <c r="J45" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K44" t="inlineStr">
+      <c r="K45" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L44" t="inlineStr">
+      <c r="L45" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M44" t="inlineStr">
+      <c r="M45" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N44" t="inlineStr">
+      <c r="N45" t="inlineStr">
         <is>
           <t>Analiza uziarnienia, krzywa kumulacyjna, rozkład wielkości ziaren, sedymentacja, uziarnienie</t>
         </is>
       </c>
     </row>
-    <row r="45">
-      <c r="A45" t="inlineStr">
+    <row r="46">
+      <c r="A46" t="inlineStr">
         <is>
           <t>Aparat do pomiaru wielkości sorpcji asap 2020 hd</t>
         </is>
       </c>
-      <c r="B45" t="inlineStr">
+      <c r="B46" t="inlineStr">
         <is>
           <t>Aparat do pomiaru wielkości sorpcji asap 2020 hd micromeritics</t>
         </is>
       </c>
-      <c r="C45" t="inlineStr">
+      <c r="C46" t="inlineStr">
         <is>
           <t xml:space="preserve">Asap 2020 hd micromeritics jest analizatorem do pomiaru sorpcji gazów i wyznaczania powierzchni bet, wielkości, objętości i rozkładu mikro- i mezo-porów w proszkach i materiałach porowatych.  
 charakterystyka aparatu:
 	sorpcja gazów: n2, ar, he, co2 oraz par różnych cieczy
 	dwie niezależne stacje odgazowania
 	jedna stacja analityczna
 	wyznaczanie rozmiarów, objętości i powierzchni mezoporów (2 – 50 nm), mikroporów (0.35 – 2 nm)
 	zakres ciśnień pracy aparatu 1.3 x 10-9 do 1.0 p/p0
 	odgazowanie próbki w zakresie temperatur: 20-450 ºc
 	analiza materiałów proszkowych i próbek litych o wymiarach nie większych niż 7 x 7 x 10 mm
 </t>
         </is>
       </c>
-      <c r="D45" t="inlineStr">
+      <c r="D46" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar sorpcji dla próbek mineralnych, syntetycznych, przemysłowych, itp.
 	analiza bet i objętości porów próbek litych i proszkowych
 </t>
         </is>
       </c>
-      <c r="E45" t="inlineStr">
+      <c r="E46" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jedno- i wielopunktowa powierzchnia bet
 	powierzchnia langmuira oraz analiza izoterm temkina i freundlicha
 	rozkłady objętości porów i powierzchni porów w zakresie mezo- i makroporów metodą bjh
 	rozkład mikroporów metodą d-a oraz całkowita objętość mikroporów metodą t-plot
 </t>
         </is>
       </c>
-      <c r="F45" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G45" t="inlineStr">
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G46" t="inlineStr">
         <is>
           <t>•	zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 •	współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 •	współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H45" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I45" t="inlineStr">
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I46" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J45" t="inlineStr">
+      <c r="J46" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K45" t="inlineStr">
+      <c r="K46" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L45" t="inlineStr">
+      <c r="L46" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M45" t="inlineStr">
+      <c r="M46" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N45" t="inlineStr">
+      <c r="N46" t="inlineStr">
         <is>
           <t>Adsorpcja, bet, izoterma adsorpcji, porowatość całkowita, powierzchnia właściwa</t>
         </is>
       </c>
     </row>
-    <row r="46">
-      <c r="A46" t="inlineStr">
+    <row r="47">
+      <c r="A47" t="inlineStr">
         <is>
           <t>Mikroskop elektronowy skaningowy fei quanta 200 feg</t>
         </is>
       </c>
-      <c r="B46" t="inlineStr">
+      <c r="B47" t="inlineStr">
         <is>
           <t>Mikroskop elektronowy skaningowy fei quanta 200 feg</t>
         </is>
       </c>
-      <c r="C46" t="inlineStr">
+      <c r="C47" t="inlineStr">
         <is>
           <t xml:space="preserve">Wysokorozdzielczy skaningowy mikroskop elektronowy z gorącą emisją polową (feg - wysokostabilny emiter elektronów schottky'ego), zapewniający: możliwość obserwacji w zmiennej próżni, powiększenia 70 ÷ 300 000x, zdolność rozdzielczą ok. 2 nm.
 parametry techniczne:
 	napięcie przyspieszające 5 – 30 kv
 	system zmiennej próżni:
 - wysoka próżnia (hv)  ok. 10-4 pa - preparaty przewodzące
 - niska próżnia (lv)  50÷200 pa - preparaty przewodzące i nie przewodzące
 - tryb esem 200÷2000 pa - preparaty przewodzące i nie przewodzące
 	rozdzielczość:
 &lt;  2,0nm przy 30kv (hv)
 &lt;  3,5nm przy 30kv (lv)
 &lt;  2,0nm przy 30kv (esem)
 detektory:
 	sed everharta-thornleya
 	sed (do lv)
 	sed (do esem)
 	bsed (si solid-state)
 	bsed (do esem)
 	centaurus – fotopowielacz z końcówkami do detekcji bse i cl
 	ebsd (do rejestracji dyfrakcji elektronów wstecznie rozproszonych)
 	krzemowy, chłodzony ciekłym azotem, detektor promieniowania rentgenowskiego ze spektrometrem eds (edax)
 </t>
         </is>
       </c>
-      <c r="D46" t="inlineStr">
+      <c r="D47" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obserwacja powierzchni substancji mineralnych, syntetycznych i biologicznych
 	analiza jakościowa i ilościowa pierwiastków w próbce (edxs)
 	analiza dystrybucji pierwiastków w mikroobszarze (edxs)
 	analiza obrazów w katodoluminiscencji cl  - w trybie stopni szarości
 	analiza dyfrakcji kikuchiego (ebsd) - identyfikacja fazowa i mapy orientacji krystalitów oim
 </t>
         </is>
       </c>
-      <c r="E46" t="inlineStr">
+      <c r="E47" t="inlineStr">
         <is>
           <t xml:space="preserve">Rejestracja, w zmiennej próżni, obrazów generowanych przez:
 	elektrony wtórne sd – kontrast topograficzny
 	elektrony wstecznie rozproszone bse – kontrast różnicy z i orientacyjny
 	charakterystyczne promieniowanie rentgenowskie pierwiastków - mapowanie
 	promieniowanie w zakresie widzialnym – katodoluminecencja cl
 	ebsd - dyfrakcja kikuchiego
 </t>
         </is>
       </c>
-      <c r="F46" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G46" t="inlineStr">
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G47" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H46" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I46" t="inlineStr">
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I47" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J46" t="inlineStr">
+      <c r="J47" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K46" t="inlineStr">
+      <c r="K47" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L46" t="inlineStr">
+      <c r="L47" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M46" t="inlineStr">
+      <c r="M47" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N46" t="inlineStr">
+      <c r="N47" t="inlineStr">
         <is>
           <t>Ebsd, mikroskopia elektronowa, sem, sem-bse, sem-eds, sem-se</t>
         </is>
       </c>
     </row>
-    <row r="47">
-      <c r="A47" t="inlineStr">
+    <row r="48">
+      <c r="A48" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski smartlab 9kw</t>
         </is>
       </c>
-      <c r="B47" t="inlineStr">
+      <c r="B48" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski rigaku smartlab 9kw</t>
         </is>
       </c>
-      <c r="C47" t="inlineStr">
+      <c r="C48" t="inlineStr">
         <is>
           <t xml:space="preserve">Dyfraktometr rentgenowski proszkowy rigaku smartlab  z wirującą anodą cu o mocy 9 kw.
 aparat jest wyposażony w precyzyjny goniometr typu theta-theta, justowany przez komputerowy system sterowania.
 parametry techniczne:
 	maksymalna użyteczna moc lampy rentgenowskiej -  9kw
 	maksymalne napięcie lampy – 45kv
 	maksymalny prąd lampy – 200ma
 	goniometr typu theta-theta o promieniu 30 cm
 	optyka typu bragg-brentano i równoległa
 	szczeliny ustawiane przez komputerowy system sterowania
 	zakres pomiarowy – 0,5÷156º 2ɵ
 wyposażenie:
 	detektory scyntylacyjny sc i paskowy d/tex ultra
 	odpowiednie do typu detektorów monochromatory dla promieniowania cukα
 	kamera wysokotemperaturowa htk 1200
 	kamera o zmiennej, stabilizowanej, wilgotności chc
 	system do dyfrakcji w miliobszarze
 	system do pomiarów rozpraszania niskokątowego saxs
 	automatyczny zmieniacz próbek
 	uchwyt specjalny do preparatów próbek ilastych
 </t>
         </is>
       </c>
-      <c r="D47" t="inlineStr">
+      <c r="D48" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jakościowa i ilościowa analiza próbek stałych
 	analiza minerałów ilastych o strukturze mieszanopakietowej
 	wyznaczanie wielkości krystalitów, wskaźników uporządkowania struktury, parametrów sieciowych, wielkości współczynników absorpcji masowej metodą bezpośrednią
 	identyfikacja słabo krystalicznych minerałów metodą dxrd
 	udokładnianie struktury faz krystalicznych
 </t>
         </is>
       </c>
-      <c r="E47" t="inlineStr">
+      <c r="E48" t="inlineStr">
         <is>
           <t>Rejestracja  próbek:
 -  proszkowych ładowanych: od góry, od tyłu, z boku
 -  litych, zawiesin, cieczy
 -  w trybie krokowym i ciągłym, w próżni i środowisku różnych gazów
 -  w różnych temperaturach do 1200ºc
 -  w różnej wilgotności względnej
 -  nasyconych różnego rodzaju cieczami</t>
         </is>
       </c>
-      <c r="F47" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G47" t="inlineStr">
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G48" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H47" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I47" t="inlineStr">
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I48" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J47" t="inlineStr">
+      <c r="J48" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K47" t="inlineStr">
+      <c r="K48" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L47" t="inlineStr">
+      <c r="L48" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M47" t="inlineStr">
+      <c r="M48" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N47" t="inlineStr">
+      <c r="N48" t="inlineStr">
         <is>
           <t>Analiza fazowa, dyfrakcja rentgenowska, krystalografia, mineralogia, xrd</t>
         </is>
       </c>
     </row>
-    <row r="48">
-      <c r="A48" t="inlineStr">
+    <row r="49">
+      <c r="A49" t="inlineStr">
         <is>
           <t>Aparat do analizy termicznej sta 449 f3 jupiter</t>
         </is>
       </c>
-      <c r="B48" t="inlineStr">
+      <c r="B49" t="inlineStr">
         <is>
           <t>Aparat do analizy termicznej sta 449 f3 jupiter  netzsch</t>
         </is>
       </c>
-      <c r="C48" t="inlineStr">
+      <c r="C49" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparat do analizy termicznej sta 449 f3 jupiter netzsch sprzężony z kwadrupolowym spektrometrem masowym qms 403 c aeolos i spektrometrem ftir bruker tensor 27 z tga-ir.
 parametry techniczne:
 	rzeczywisty pomiar tg, dta–tg, dsc-tg
 	zakres temperatur rt ÷ 1500 °c (piec pt)
 	dynamiczny pomiar z prędkością grzania w zakresie  0.01 ÷ 50 k/min
 	w warunkach quasi izotermicznych
 	maksymalna odważka: 35 g
 	rejestracja zmiany masy z dokładnością 1µg (w całym zakresie)
 	w  atmosferze obojętnej, utleniającej, redukcyjnej oraz w próżni, w trybie statycznym lub dynamicznym
 </t>
         </is>
       </c>
-      <c r="D48" t="inlineStr">
+      <c r="D49" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	badanie stabilności termicznej i procesów zachodzących podczas ogrzewania próbek stałych
 	wyznaczania czystości substancji krystalicznych
 	badania przemian polimorficznych i dysocjacji termicznej
 	wyznaczanie parametrów kinetyki procesów
 	wyznaczanie parametrów termodynamicznych procesów
 	analiza jakościowa produktów gazowych pirolizy metodami qms i ftir tga-ir
 </t>
         </is>
       </c>
-      <c r="E48" t="inlineStr">
+      <c r="E49" t="inlineStr">
         <is>
           <t>Jednoczesny pomiar sta i gazowych produktów pirolizy metodami qms i ftir, - rejestracja widm qms w zakresie 1 ÷ 300 m/z, - rejestracja zbioru widm ftir w zakresie 4000-400 cm-1 podczas pomiaru sta:  - ekstrakcja widma ftir dla żądanej temperatury, - generowanie zmienności intensywności żądanego pasma, na widmach ftir, w funkcji temperatury (temperature trace).</t>
         </is>
       </c>
-      <c r="F48" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G48" t="inlineStr">
+      <c r="F49" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G49" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H48" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I48" t="inlineStr">
+      <c r="H49" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I49" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J48" t="inlineStr">
+      <c r="J49" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K48" t="inlineStr">
+      <c r="K49" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L48" t="inlineStr">
+      <c r="L49" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M48" t="inlineStr">
+      <c r="M49" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N48" t="inlineStr">
+      <c r="N49" t="inlineStr">
         <is>
           <t>Analiza gazów, analiza termiczna, dsc, przemiany fazowe, qms, sta, tg</t>
         </is>
       </c>
     </row>
-    <row r="49">
-      <c r="A49" t="inlineStr">
+    <row r="50">
+      <c r="A50" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski miniflex 600</t>
         </is>
       </c>
-      <c r="B49" t="inlineStr">
+      <c r="B50" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski rigaku miniflex 600</t>
         </is>
       </c>
-      <c r="C49" t="inlineStr">
+      <c r="C50" t="inlineStr">
         <is>
           <t xml:space="preserve">Dyfraktometr rentgenowski proszkowy rigaku miniflex 600 z anodą cu o mocy 600w.  
 aparat, typu biurkowego, jest wyposażony w goniometr typu theta-2theta
 parametry techniczne:
 	maksymalna użyteczna moc lampy rentgenowskiej -  600w
 	maksymalne napięcie lampy – 40kv
 	maksymalny prąd lampy – 15ma
 	optyka typu bragg-brentano
 	zakres pomiarowy – 0,5÷156º 2ɵ
 wyposażenie:
 	detektor scyntylacyjny sc
 	monochromator grafitowy, ze zgiętym kryształem, dla promieniowania cukα
 	automatyczna szczelina dywergencyjna
 	automatyczny zmieniacz próbek
 	uchwyt specjalny do preparatów próbek ilastych
  </t>
         </is>
       </c>
-      <c r="D49" t="inlineStr">
+      <c r="D50" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jakościowa i ilościowa analiza próbek stałych
 	analiza minerałów ilastych o strukturze mieszanopakietowej
 	wyznaczanie wielkości krystalitów, wskaźników uporządkowania struktury, wielkości parametrów sieciowych, wielkości współczynników absorpcji masowej metodą bezpośrednią
 	identyfikacja słabo krystalicznych minerałów metodą dxrd
 	udokładnianie struktury faz krystalicznych
 </t>
         </is>
       </c>
-      <c r="E49" t="inlineStr">
+      <c r="E50" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	rejestracja rentgenogramów preparatów próbek:
 -  proszkowych wykonanych metodami ładowania: od góry, od tyłu, z boku
 -  litych płaskich, zawiesin cieczowych o różnej gęstości, cieczy
 	rejestracja rentgenogramów preparatów próbek:
 -  w trybie krokowym i ciągłym
 -  nasyconych różnego rodzaju cieczami</t>
         </is>
       </c>
-      <c r="F49" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G49" t="inlineStr">
+      <c r="F50" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G50" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H49" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I49" t="inlineStr">
+      <c r="H50" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I50" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J49" t="inlineStr">
+      <c r="J50" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K49" t="inlineStr">
+      <c r="K50" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L49" t="inlineStr">
+      <c r="L50" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M49" t="inlineStr">
+      <c r="M50" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N49" t="inlineStr">
+      <c r="N50" t="inlineStr">
         <is>
           <t>Analiza fazowa, analiza ilościowa, dyfrakcja rentgenowska, mineralogia, xrd</t>
         </is>
       </c>
     </row>
-    <row r="50">
-      <c r="A50" t="inlineStr">
+    <row r="51">
+      <c r="A51" t="inlineStr">
         <is>
           <t>Mikroskop ramanowski dxr</t>
         </is>
       </c>
-      <c r="B50" t="inlineStr">
+      <c r="B51" t="inlineStr">
         <is>
           <t>Mikroskop ramanowski dxr thermo scientific</t>
         </is>
       </c>
-      <c r="C50" t="inlineStr">
+      <c r="C51" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikroskop ramanowski dxr firmy thermo scientific, ze spektrometrem siatkowym i detektorem ccd, umożliwia rejestrację widm w zakresie 50÷3300 cm-1.
 wyposażenie:
 	lasery: 780 nm (max. moc 24mw) i 532nm  (max. moc 10mw)
 	optyczny mikroskop do światła odbitego z obiektywami: 10x, 20x, 50x, 100x
 	konfokalny tor optyczny do spektrometru
 	stolik przedmiotowy xyz
 </t>
         </is>
       </c>
-      <c r="D50" t="inlineStr">
+      <c r="D51" t="inlineStr">
         <is>
           <t>Badanie próbek stałych: minerałów, skał, sorbentów, katalizatorów i in..
 badanie inkluzji stałych, ciekłych i gazowych w próbkach mineralnych.
 .</t>
         </is>
       </c>
-      <c r="E50" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G50" t="inlineStr">
+      <c r="E51" t="inlineStr"/>
+      <c r="F51" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G51" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi
 - współpraca w ramach projektów ncn, ncbir i w ramach umów z przemysłem</t>
         </is>
       </c>
-      <c r="H50" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I50" t="inlineStr">
+      <c r="H51" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I51" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J50" t="inlineStr">
+      <c r="J51" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K50" t="inlineStr">
+      <c r="K51" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L50" t="inlineStr">
+      <c r="L51" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M50" t="inlineStr">
+      <c r="M51" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N50" t="inlineStr">
+      <c r="N51" t="inlineStr">
         <is>
           <t>Mikroskop ramana, raman, spektroskopia ramana</t>
         </is>
       </c>
     </row>
-    <row r="51">
-      <c r="A51" t="inlineStr">
+    <row r="52">
+      <c r="A52" t="inlineStr">
         <is>
           <t>Spektrometr fluorescencji rentgenowskiej z dyspersją długości fali (wd-xrf) zsx primus ii</t>
         </is>
       </c>
-      <c r="B51" t="inlineStr">
+      <c r="B52" t="inlineStr">
         <is>
           <t>Spektrometr fluorescencji rentgenowskiej z dyspersją długości fali (wd-xrf) rigaku zsx primus ii</t>
         </is>
       </c>
-      <c r="C51" t="inlineStr">
+      <c r="C52" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr fluorescencji rentgenowskiej z dyspersją fal (wdxrf) zsx primus ii rigaku umożliwia analizę jakościową i ilościową pierwiastków w zakresie od azotu (n) do uranu (u) (z = 7 – 92).
 charakterystyka spektrometru:
 	lampa rentgenowska z anodą rh o mocy 4kw z czołowym okienkiem be (30µm) umieszczona nad analizowaną próbką
 	napięcie przyspieszające w zakresie 2-60 kv oraz natężenie prądu wiązki elektronowej w zakresie 2-150 ma
 	możliwość wyboru filtra wiązki pierwotnej (cztery filtry: ni-400, ni-40, al-125, al-25)
 	możliwość wyboru średnicy wiązki analizującej (sześć masek o średnicach: 35, 30, 20, 10, 1 oraz 0.5 mm)
 	możliwość obrotu próbki podczas pomiaru
 	7 kryształów analizujących dla pomiarów w zakresie n – u
 	system mapowania (pomiar punktowy) wraz z kamerą ccd
 	detektory, scyntylacyjny i proporcjonalny przepływowy, do analizy pierwiastków o odpowiedniej masie atomowej
 </t>
         </is>
       </c>
-      <c r="D51" t="inlineStr">
+      <c r="D52" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jakościowa oraz ilościowa analiza składu pierwiastkowego
 	analiza ilościowa metodą wzorcową na podstawie przygotowanych krzywych kalibracyjnych w zakresie n-u lub bezwzorcową opartą na algorytmie parametrów fundamentalnych w zakresie f-u
 	makroskopowa i punktowa analiza składu chemicznego
 	analiza składu chemicznego próbek litych oraz proszkowych
 	preparatyka w postaci prasowanych pastylek i topionych pereł
 </t>
         </is>
       </c>
-      <c r="E51" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G51" t="inlineStr">
+      <c r="E52" t="inlineStr"/>
+      <c r="F52" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G52" t="inlineStr">
         <is>
           <t>- zgodnie z regulaminem zamieszczonym na stronie laboratorium: http://wydzlab.agh.edu.pl/wp-content/uploads/2020/11/regulamin-wlbfstig.pdf
 - naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi,
 - w ramach projektów ncn, ncbir, współpraca z przemysłem i w ramach umów,</t>
         </is>
       </c>
-      <c r="H51" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I51" t="inlineStr">
+      <c r="H52" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I52" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="J51" t="inlineStr">
+      <c r="J52" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań fazowych, strukturalnych, teksturalnych i geochemicznych</t>
         </is>
       </c>
-      <c r="K51" t="inlineStr">
+      <c r="K52" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L51" t="inlineStr">
+      <c r="L52" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M51" t="inlineStr">
+      <c r="M52" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N51" t="inlineStr">
+      <c r="N52" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza jakościowa, analiza składu chemicznego, badania składu pierwiastkowego, fluorescencja rentgenowska, wd-xrf, xrf</t>
         </is>
       </c>
     </row>
-    <row r="52">
-      <c r="A52" t="inlineStr">
+    <row r="53">
+      <c r="A53" t="inlineStr">
         <is>
           <t>Spektrometr nmr</t>
         </is>
       </c>
-      <c r="B52" t="inlineStr">
+      <c r="B53" t="inlineStr">
         <is>
           <t>Spectrometr nmr magritek rock core analyzer - 2mhz</t>
         </is>
       </c>
-      <c r="C52" t="inlineStr">
+      <c r="C53" t="inlineStr">
         <is>
           <t>Spektrometr magritek rock core analyzer (2 mhz) z systemem dyfuzyjnym, jest dedykowany do badań układów porowatych, w szczególności  typu „tight". zawiera przystawkę (thomography system) umożliwiającą wykonywanie kompletnych eksperymentów  tomograficznych 2d-3d. dodatkowo posiadamy system do przeciążeń (overburden system) pozwalający na badanie próbek przy ciśnieniach do 6000 psi.
 skaner nmr służy do badania obiektów pod względem ilościowym i jakościowym   zawartości wody i węglowodorów. w szczególności do badania dowolnych obiektów porowatych ciał stałych lub układów biologicznych zawierających 1h. badanymi obiektami mogą być: rdzenie skalne (skał łupkowych, piaskowców, węglanów), próbki ziemi, biologiczne (owoce, warzywa, rośliny, nasiona, małe zwierzęta, tkanki), ponadto próbki farmaceutyczne, chemiczne, spożywcze etc. 
 wielkość badanych obiektów do 5 cm   średnicy i długości dla eksperymentów 1d przy częstotliwości rezonansowej 2mhz dla 1h, co koresponduje ściśle z badaniami  otworowymi metodami nmr. pomiary 2d i 3d można przeprowadzać dla obiektów o średnicy do 6 cm przy częstotliwości rezonansowej 24 mhz.</t>
         </is>
       </c>
-      <c r="D52" t="inlineStr">
+      <c r="D53" t="inlineStr">
         <is>
           <t xml:space="preserve">Badania dowolnych obiektów porowatych ciał stałych lub układów biologicznych. badanymi obiektami mogą być: rdzenie skalne (skał łupkowych, piaskowców, węglanów), próbki ziemi, biologiczne (owoce, warzywa, rośliny, nasiona, małe zwierzęta, tkanki), ponadto próbki farmaceutyczne, chemiczne, spożywcze etc. </t>
         </is>
       </c>
-      <c r="E52" t="inlineStr">
+      <c r="E53" t="inlineStr">
         <is>
           <t>- porowatość oraz jej rozkład
 - indeksy zawartości wody swobodnej i związanej: ffi, bvi, cbw, t2 cut- off.
 - określania rodzajów płynów, rozkłady czasów t1, t2 i współczynnika dyfuzji d: d-t2, t2-t1, t2-t2, również w wersji przestrzennej (spatially resolved t2).
 - określanie przepuszczalności, profili nasycenia, ciśnień kapilarnych, gardzieli porów.</t>
         </is>
       </c>
-      <c r="F52" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G52" t="inlineStr">
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G53" t="inlineStr">
         <is>
           <t>Kontakt email: akrzyzak@agh.edu.pl</t>
         </is>
       </c>
-      <c r="H52" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I52" t="inlineStr">
+      <c r="H53" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I53" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J52" t="inlineStr">
+      <c r="J53" t="inlineStr">
         <is>
           <t>Systemy porowate/latis - laboratorium tomografii i spektroskopii magnetycznego rezonansu jądrowego</t>
         </is>
       </c>
-      <c r="K52" t="inlineStr">
+      <c r="K53" t="inlineStr">
         <is>
           <t>Krzyżak Artur</t>
         </is>
       </c>
-      <c r="L52" t="inlineStr">
+      <c r="L53" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/artur-tadeusz-krzyzak-8398.html</t>
         </is>
       </c>
-      <c r="M52" t="inlineStr">
+      <c r="M53" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N52" t="inlineStr">
+      <c r="N53" t="inlineStr">
         <is>
           <t>Energia desorpcji, magnetyczny rezonans jądrowy, porowatość, przepuszczalność</t>
         </is>
       </c>
     </row>
-    <row r="53">
-      <c r="A53" t="inlineStr">
+    <row r="54">
+      <c r="A54" t="inlineStr">
         <is>
           <t>Stanowisko badań właściwości mechanicznych tworzyw ceramicznych</t>
         </is>
       </c>
-      <c r="B53" t="inlineStr">
+      <c r="B54" t="inlineStr">
         <is>
           <t>Zwick z2.5 i z150</t>
         </is>
       </c>
-      <c r="C53" t="inlineStr">
+      <c r="C54" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa zwick/roell z150 pozwala na wykonywanie pomiarów przy maksymalnym obciążeniu do 150kn. w zależności od zastosowanego osprzętu można wykonywać pomiary przy zginaniu (trzy i czteropunktowe podparcie) ściskaniu czy rozciąganiu. uchwyty do rozciągania umożliwiają badanie próbek płaskich oraz prętów o średnicach od 4 do 25mm.
 maszyna wytrzymałościowa zwick/roell z2.5 pozwala na wykonywanie pomiarów przy maksymalnym obciążeniu do 2.5kn i przeznaczona jest do pomiarów próbek o mniejszych wymiarach (minimalny rozstaw podpór wynosi 16 mm).
 obie maszyny sterowane są poprzez oprogramowanie badawcze testxpert ii, które pozwala na wykonywanie standardowych testów określonych wieloma normami branżowymi oraz na tworzenie własnych, złożonych programów badawczych. dzięki temu możliwe jest wyznaczanie wytrzymałości na zginanie, ściskanie, rozciąganie, granic plastyczności, modułów sprężystości, wydłużenia, pracy do zniszczenia i wielu innych parametrów.</t>
         </is>
       </c>
-      <c r="D53" t="inlineStr">
+      <c r="D54" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	wytrzymałość na zginanie
 	wytrzymałość na ściskanie
 	wytrzymałość na rozciąganie
 	granica plastyczności
 	moduły sprężystości
 	wydłużenie
 	praca do zniszczenia 
 </t>
         </is>
       </c>
-      <c r="E53" t="inlineStr">
+      <c r="E54" t="inlineStr">
         <is>
           <t>Maksymalne obciążenie 150 kn/2.5 kn
 prędkość badania 0.0001 – 600 mm/s /0.0005 – 600 mm/s
 dokładność i powtarzalność pozycjonowania ± 2 μm/± 2 μm
 pomiar siły         klasa 0.5 0.5/1
 maksymalna droga pomiarowa ekstensometru               30 mm</t>
         </is>
       </c>
-      <c r="F53" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G53" t="inlineStr">
+      <c r="F54" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G54" t="inlineStr">
         <is>
           <t>Praca wyłącznie za pośrednictwem operatora  będącego pracownikiem</t>
         </is>
       </c>
-      <c r="H53" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I53" t="inlineStr">
+      <c r="H54" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I54" t="inlineStr">
         <is>
           <t>Katedra ceramiki i materiałów ogniotrwałych</t>
         </is>
       </c>
-      <c r="J53" t="inlineStr">
+      <c r="J54" t="inlineStr">
         <is>
           <t>Laboratorium badań termomechanicznych</t>
         </is>
       </c>
-      <c r="K53" t="inlineStr">
+      <c r="K54" t="inlineStr">
         <is>
           <t>Zych Łukasz</t>
         </is>
       </c>
-      <c r="L53" t="inlineStr">
+      <c r="L54" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-zych-6379.html</t>
         </is>
       </c>
-      <c r="M53" t="inlineStr">
+      <c r="M54" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N53" t="inlineStr">
+      <c r="N54" t="inlineStr">
         <is>
           <t>Granica plastyczności, moduł younga, praca zniszczenia, wytrzymałość na rozciąganie, wytrzymałość na ściskanie, wytrzymałość na zginanie</t>
         </is>
       </c>
     </row>
-    <row r="54">
-      <c r="A54" t="inlineStr">
+    <row r="55">
+      <c r="A55" t="inlineStr">
         <is>
           <t>Stanowisko do pomiaru właściwości termofizycznych materiałów</t>
         </is>
       </c>
-      <c r="B54" t="inlineStr">
+      <c r="B55" t="inlineStr">
         <is>
           <t>Netzsch sta 449 f3®, netzsch lfa 427, netzsch dil 402c</t>
         </is>
       </c>
-      <c r="C54" t="inlineStr">
+      <c r="C55" t="inlineStr">
         <is>
           <t>Analizatory różnicowej kalorymetrii skaningowej dsc , termicznej analizy różnicowej dta, termograwimetrii tg, dyfuzyjności cieplnej metodą laserową oraz dylatometr wysokotemperaturowy.</t>
         </is>
       </c>
-      <c r="D54" t="inlineStr">
+      <c r="D55" t="inlineStr">
         <is>
           <t>Badanie zmian masy oraz towarzyszących efektów cieplnych zachodzących w trakcie dynamicznego ogrzewania/chłodzenia próbki i/lub w warunkach izotermicznych w atmosferze statycznej, dynamicznej, obojętnej, utleniającej lub redukcyjnej.
 bezpośrednie  badanie dyfuzyjności cieplnej oraz pośrednie badanie przewodnictwa cieplnego ciał stałych, proszków oraz cieczy.
 badanie zmian wymiarów liniowych ciał stałych w funkcji temperatury lub czasu.</t>
         </is>
       </c>
-      <c r="E54" t="inlineStr">
+      <c r="E55" t="inlineStr">
         <is>
           <t>Dta, tg, dsc 25-1300°c warunki: statyczne, dynamiczne; atmosfera: obojętna, utleniająca, redukcyjna oraz 25-2000°c atmosfera: statyczna, dynamiczna, obojętna.
 pomiary dyfuzyjności cieplnej w zakresie 0.01-1000 mm2/s oraz przewodnictwa cieplnego ciał stałych oraz cieczy. do 1500oc w atmosferze argonu.
 pomiary dylatometryczne do 1500 °c, stała, zmienna prędkość przyrostu temp. w różnych atmosferach. długości probki max 25 mm.</t>
         </is>
       </c>
-      <c r="F54" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G54" t="inlineStr">
+      <c r="F55" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G55" t="inlineStr">
         <is>
           <t>Operator będący pracownikiem laboratorium. zlecenie lub umowa.</t>
         </is>
       </c>
-      <c r="H54" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I54" t="inlineStr">
+      <c r="H55" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I55" t="inlineStr">
         <is>
           <t>Katedra ceramiki i materiałów ogniotrwałych</t>
         </is>
       </c>
-      <c r="J54" t="inlineStr">
+      <c r="J55" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań termofizycznych</t>
         </is>
       </c>
-      <c r="K54" t="inlineStr">
+      <c r="K55" t="inlineStr">
         <is>
           <t>Szumera Magdalena</t>
         </is>
       </c>
-      <c r="L54" t="inlineStr">
+      <c r="L55" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-szumera-6408.html</t>
         </is>
       </c>
-      <c r="M54" t="inlineStr">
+      <c r="M55" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N54" t="inlineStr">
+      <c r="N55" t="inlineStr">
         <is>
           <t>Ciepło właściwe, dsc, dta, dyfuzyjność cieplna, dylatometria, lfa, przewodność cieplna, rozszerzalność termiczna, termoanaliza, tg</t>
         </is>
       </c>
     </row>
-    <row r="55">
-      <c r="A55" t="inlineStr">
+    <row r="56">
+      <c r="A56" t="inlineStr">
         <is>
           <t>Nova nanosem 200</t>
         </is>
       </c>
-      <c r="B55" t="inlineStr">
+      <c r="B56" t="inlineStr">
         <is>
           <t>Skaningowy mikroskop elektronowy fei nova nanosem 200</t>
         </is>
       </c>
-      <c r="C55" t="inlineStr">
+      <c r="C56" t="inlineStr">
         <is>
           <t>Ultrawysokorozdzielczy skaningowy mikroskop elektronowy z działem z emisją polową (feg– emiter schotkyego), współpracujący z analizatorem eds firmy edax. zdolność rozdzielcza do 2 nm,  powiększenia 70 – 500 000x.</t>
         </is>
       </c>
-      <c r="D55" t="inlineStr">
+      <c r="D56" t="inlineStr">
         <is>
           <t>Wysokorozdzielcze badania mikrostruktury materiałów w wysokiej i niskiej próżni.
 obserwacja powierzchni materiałów w elektronach  wtórnych i wstecznie rozproszonych.
 badania mikrostruktury proszków, świeżych przełamów i zgładów. analizy pierwiastków począwszy od boru do końca układu okresowego.
 analiza rozdładu pierwiastków w mikroobszarach („mapping”), a także analizy liniowe.</t>
         </is>
       </c>
-      <c r="E55" t="inlineStr">
+      <c r="E56" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	napięcie przyspieszające 5 – 30 kv
 	ciśnienie w komorze &lt; 10-2 pa (hvac) oraz 60-200 pa (lvac)
 	detektory wymagające wysokiej próżni: everhart-thornley sed, bsed, in-lens tld – ultrawysokorodzielczy (próbki niemagnetyczne)
 	detektory niksopróżniowe: low vaccum lvd, helix – ultrawysokorozdzielczy (próbki niemagnetyczne)
 </t>
         </is>
       </c>
-      <c r="F55" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G55" t="inlineStr">
+      <c r="F56" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G56" t="inlineStr">
         <is>
           <t>Praca wyłącznie za pośrednictwem operatora będącego pracownikiem wydziałowego laboratorium mikroskopii skaningowej i mikroanalizy wimic
 zlecenie/ umowa/inna forma współpracy po uzgodnieniu.</t>
         </is>
       </c>
-      <c r="H55" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I55" t="inlineStr">
+      <c r="H56" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I56" t="inlineStr">
         <is>
           <t>Katedra ceramiki i materiałów ogniotrwałych</t>
         </is>
       </c>
-      <c r="J55" t="inlineStr">
+      <c r="J56" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium mikroskopii skaningowej i mikroanalizy wimic grupa analizy mikrostruktury materiałów http://kcimo.pl/pl/grupa/grupa-analizy-mikrostruktury-materialow</t>
         </is>
       </c>
-      <c r="K55" t="inlineStr">
+      <c r="K56" t="inlineStr">
         <is>
           <t>Ziąbka Magdalena</t>
         </is>
       </c>
-      <c r="L55" t="inlineStr">
+      <c r="L56" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-ziabka-6972.html</t>
         </is>
       </c>
-      <c r="M55" t="inlineStr">
+      <c r="M56" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N55" t="inlineStr">
+      <c r="N56" t="inlineStr">
         <is>
           <t>Analiza chemiczna, eds, elemental analysis, high resolution, microstructure, mikrostruktura, morfologia, morphology, sem, wysoka rozdzielczość</t>
         </is>
       </c>
     </row>
-    <row r="56">
-      <c r="A56" t="inlineStr">
+    <row r="57">
+      <c r="A57" t="inlineStr">
         <is>
           <t>Mikroskop konfokalny</t>
         </is>
       </c>
-      <c r="B56" t="inlineStr">
+      <c r="B57" t="inlineStr">
         <is>
           <t>Olympus ols 4000 lext - laserowy mikroskop konfokalny</t>
         </is>
       </c>
-      <c r="C56" t="inlineStr">
+      <c r="C57" t="inlineStr">
         <is>
           <t>Olympus lext ols4000 to mikroskop konfokalny o wysokiej rozdzielczości przeznaczony do obrazowania powierzchni 3d oraz pomiarów chropowatości.
 powiększenie (optyczne i cyfrowe) tego mikroskopu mieści się w zakresie od 108x do 17 280x.
 oprogramowanie mikroskopu lext ols4000 pozwala dokonywać pomiarów: chropowatości linii i powierzchni, wymiarów obiektów (wysokości, długości, pola powierzchni, objętości, grubości warstw), itp.
 więcej szczegółów: https://www.olympus-ims.com/pl/metrology/ols4000/</t>
         </is>
       </c>
-      <c r="D56" t="inlineStr">
+      <c r="D57" t="inlineStr">
         <is>
           <t>2d, 3d tryby: rzeczywistych kolorów, wysokiej rozdzielczości i wysokości
 różnicowy kontrast interferencyjny (dic)
 profil: primary profile: pp, pv, pz, pc, pt, pa, pq, psk, pku, psm
 roughnes profile: rp, rv, rz, rc, rt, ra, rq, rsk, rku, rsm
 waviness profile: wp, wv, wz, wc, wt, wa, wq, wsk, wku, wsm
 amplitude parameters: sq, ssk, sku, sp, sv, sz, sa
 functional parameters: smr(c), sdc(mr), sk, spk, svk, smr1, smr2</t>
         </is>
       </c>
-      <c r="E56" t="inlineStr">
+      <c r="E57" t="inlineStr">
         <is>
           <t>Zestaw obiektywów konfokalnych 5x, 10x, 20x, 50x, 100x
 powiększenie 108 - 17280x
 źródło światła: laser półprzewodnikowy 405 nm
 kolorowy obraz: biała dioda led, 2-megapikselowy detektor ccd
 zestaw filtrów pozwalającyh korygować szum, nachylenie oraz krzywiznę lub chropowatość powierzchni
 maksymalna średnica próbki 15 cm
 maksym. grubość próbki 10 cm
 maksym. waga próbki 1 kg</t>
         </is>
       </c>
-      <c r="F56" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G56" t="inlineStr">
+      <c r="F57" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G57" t="inlineStr">
         <is>
           <t>Praca wyłącznie za pośrednictwem operatora będącego pracownikiem kcimo</t>
         </is>
       </c>
-      <c r="H56" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I56" t="inlineStr">
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I57" t="inlineStr">
         <is>
           <t>Katedra ceramiki i materiałów ogniotrwałych</t>
         </is>
       </c>
-      <c r="J56" t="inlineStr">
+      <c r="J57" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium ceramiki szlachetnej i technicznej, dr hab. inż. marcin gajek, dr hab. inż. janusz partyka</t>
         </is>
       </c>
-      <c r="K56" t="inlineStr">
+      <c r="K57" t="inlineStr">
         <is>
           <t>Gajek Marcin</t>
         </is>
       </c>
-      <c r="L56" t="inlineStr">
+      <c r="L57" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marcin-gajek-6833.html</t>
         </is>
       </c>
-      <c r="M56" t="inlineStr">
+      <c r="M57" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N56" t="inlineStr">
+      <c r="N57" t="inlineStr">
         <is>
           <t>Mikroskop konfokalny, obrazowanie powierzchni 3d, profil powierzchni, szorstkość</t>
-        </is>
-[...70 lines deleted...]
-          <t>Cl, ebsd, ecci, eds, kolumna jonowa, mikrostruktura, morfologia, sem, stem, tof-sims</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
+          <t>Zestaw do mikroskopii skaningowej</t>
+        </is>
+      </c>
+      <c r="B58" t="inlineStr">
+        <is>
+          <t>Thermofisher scientific apreo 2, scios 2</t>
+        </is>
+      </c>
+      <c r="C58" t="inlineStr">
+        <is>
+          <t>Mikroskopy sem z kolumnami elektronowymi (feg) oraz jonową, galową – scios 2. do oprzyrządowania należą spektroskopy eds (edax), katodoluminescencyjny (gatan ametek) oraz masowy jonów wtórnych z pomiarem czasu przelotu – tof-sims. urządzenia posiadają szeroki wachlarz detektorów półprzewodnikowych i scyntylacyjnych, w tym między innymi detektor do trybu stem. zawierają optykę elektrostatyczną i magnetyczną. scios 2 ma możliwość mikroobróbki wiązką jonów galu, w tym wytwarzania preparatów dla tem, tzw. lamel, posiada również detektory jonów wtórnych a także możliwość wizualizacji z użyciem elektronów emitowanych pod wpływem oddziaływania z wiązką jonów pierwotnych. apreo 2 jest wyposażony w detektor ebsd oraz tryb ecci (kontrast kanałowania elektronów). oba urządzenia mają również możliwość pracy w niskiej próżni, 10 – 500 pa.</t>
+        </is>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>Wizualizacja mikrostruktury w tym w kontraście orientacyjnym, mapowanie pierwiastków, pomiary właściwości optycznych i struktury elektronowej (cl), pomiary struktury w skali komórki elementarnej (ebsd) i obrazowanie defektów struktury (np. dyslokacji), mikroobróbka, obrazowanie 3d.</t>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
+        <is>
+          <t>Napięcie przyspieszające elektronów 0,2 – 30 kv; 0,5 – 30 kv dla jonów. ”landing energy” 20ev do 30 kev. prąd wiązki elektronów 1 pa do 50 na. prąd wiązki jonów 1,5 pa do 65 na. eds od be (rozd. 129 ev). tof-sims do 500 u. standardowy wd 7 i 10 mm. próżnia w komorze do 7x10-6 pa (hvac) lub 10 – 500 pa (lvac). maksymalna średnica próbki 122 mm, standardowa 5 mm. pochylenie stolika  -15/+90o.</t>
+        </is>
+      </c>
+      <c r="F58" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G58" t="inlineStr">
+        <is>
+          <t>Praca wyłącznie za pośrednictwem operatora będącego pracownikiem wydziałowego laboratorium mikroskopii skaningowej i mikroanalizy wimic. zlecenie/ umowa/inna forma współpracy po uzgodnieniu.</t>
+        </is>
+      </c>
+      <c r="H58" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I58" t="inlineStr">
+        <is>
+          <t>Katedra ceramiki i materiałów ogniotrwałych</t>
+        </is>
+      </c>
+      <c r="J58" t="inlineStr">
+        <is>
+          <t>Wydziałowe laboratorium mikroskopii skaningowej i mikroanalizy wimic grupa analizy mikrostruktury materiałów http://kcimo.pl/pl/grupa/grupa-analizy-mikrostruktury-materialow</t>
+        </is>
+      </c>
+      <c r="K58" t="inlineStr">
+        <is>
+          <t>Ziąbka Magdalena</t>
+        </is>
+      </c>
+      <c r="L58" t="inlineStr">
+        <is>
+          <t>Https://api.skos.agh.edu.pl/osoba/magdalena-ziabka-6972.html</t>
+        </is>
+      </c>
+      <c r="M58" t="inlineStr">
+        <is>
+          <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N58" t="inlineStr">
+        <is>
+          <t>Cl, ebsd, ecci, eds, kolumna jonowa, mikrostruktura, morfologia, sem, stem, tof-sims</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
           <t>Fib-sem, skaningowy mikroskop elektronowy sem z działem jonowym fib</t>
         </is>
       </c>
-      <c r="B58" t="inlineStr">
+      <c r="B59" t="inlineStr">
         <is>
           <t>Crossbeam 350 (zeiss)</t>
         </is>
       </c>
-      <c r="C58" t="inlineStr">
+      <c r="C59" t="inlineStr">
         <is>
           <t>Fib-sem crossbeam 350 z kolumną gemini i źródłem elektronów feg oferuje obrazowanie w wysokiej rozdzielczości przy użyciu zaawansowanych trybów detekcji, w tym inlens (se), inlens (esb), angle selective back-scattered detektor (asb). ustawienia obrazowania optyki gemini , takie jak napięcie przyspieszające lub prąd wiązki, można płynnie regulować (z wybranym określonym skokiem).  równoległa detekcja elektronów wtórnych (se) w osi soczewki obiektywowej oraz selektywne energetycznie rozproszenie wsteczne (esb) pozwala z łatwością zidentyfikować najmniejsze różnice w składzie chemicznym materiałów. wyposażony w zaawansowany system zogniskowanej wiązki jonów fib, który umożliwia szybkie i precyzyjne usuwanie warstwy materiału  oraz wycinanie próbek (lameli) dla  fib-sem crossbeam 350 z kolumną gemini i źródłem elektronów feg oferuje obrazowanie w wysokiej rozdzielczości przy użyciu zaawansowanych trybów detekcji, w tym inlens (se), inlens (esb), angle selective back-scattered detektor (asb). ustawienia obrazowania optyki gemini ii, takie jak napięcie przyspieszające lub prąd wiązki, można płynnie regulować.  równoległa detekcja elektronów wtórnych (se) w osi soczewki obiektywowej oraz selektywne energetycznie rozproszenie wsteczne (esb) pozwala z łatwością zidentyfikować najmniejsze różnice w składzie chemicznym materiałów. wyposażony w zaawansowany system zogniskowanej wiązki jonów fib, który umożliwia szybkie i precyzyjne usuwanie warstwy materiału  oraz wycinanie próbek (lameli) dla  tem. możliwości crossbeam można rozszerzyć za pomocą oprogramowania atlas 5 (zeiss), wiodącego na rynku pakietu do szybkiej, precyzyjnej tomografii. crossbeam  350 (zeiss) ma optykę elektronową gemini i optykę jonów fib dostosowaną do szybkości i precyzji.</t>
         </is>
       </c>
-      <c r="D58" t="inlineStr">
+      <c r="D59" t="inlineStr">
         <is>
           <t>Inlens (se), inlens (esb), angle selective back-scattered detector (asb), tomografia fib-sem</t>
         </is>
       </c>
-      <c r="E58" t="inlineStr">
+      <c r="E59" t="inlineStr">
         <is>
           <t>Obrazowanie mikrostruktury w elektronach wtówrnych se i wstecznie rozproszonych bse. tomografia fib-sem. wykonanie lameli do badań tem.</t>
         </is>
       </c>
-      <c r="F58" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G58" t="inlineStr">
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G59" t="inlineStr">
         <is>
           <t>Na warunkach uzgodnionych z kierownikiem laboratorium - dr hab. inż. adam kruk, prof. agh</t>
         </is>
       </c>
-      <c r="H58" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I58" t="inlineStr">
+      <c r="H59" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I59" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J58" t="inlineStr">
+      <c r="J59" t="inlineStr">
         <is>
           <t>Katedra metaloznawstwa i metalurgii proszków.  pracownia: centrum mikroskopii elektronowej dla inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K58" t="inlineStr">
+      <c r="K59" t="inlineStr">
         <is>
           <t>Kruk Adam</t>
         </is>
       </c>
-      <c r="L58" t="inlineStr">
+      <c r="L59" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-kruk-1679.html</t>
         </is>
       </c>
-      <c r="M58" t="inlineStr">
+      <c r="M59" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N58" t="inlineStr">
+      <c r="N59" t="inlineStr">
         <is>
           <t>Sem-bse, sem-se</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>