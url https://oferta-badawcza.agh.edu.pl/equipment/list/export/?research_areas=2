--- v0 (2025-10-29)
+++ v1 (2025-12-25)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:N24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,1584 +493,1742 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>Aparat do pomiaru analizatora do pomiaru sorpcji gazów i wyznaczania powierzchni właściwej, wielkości, objętości i rozkładu mikro- i mezo-porów w proszkach i materiałach porowatych</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Aparat do pomiaru wielkości sorpcji nova 800 anton paar</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Aparat nova 800 anton paar:
+	posiada możliwość analizy sorpcji gazów takich jak n2, he i co2 oraz par cieczy. 
+	wykorzystywany do wyznaczania powierzchni właściwej bet, wielkości, objętości i rozkładu mikro- i mezo-porów w próbkach proszkowych i materiałach porowatych.
+	wyposażony w cztery niezależne stacje do odgazowania próbek, co pozwala na równoczesne przygotowanie kilku próbek.
+ </t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	pomiar sorpcji dla próbek mineralnych, organicznych, syntetycznych, przemysłowych, itp.
+	analiza bet i objętości porów próbek litych i proszkowych.
+</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Aparat nova 800 anton paar umożliwia:
+	wyznaczanie jedno- i wielopunktowej powierzchni właściwej bet,
+	określanie powierzchni langmuira oraz analizę izoterm adsorpcji,
+	obliczanie rozkładów objętości i powierzchni porów przy użyciu metod bjh, dft i nldft,
+	analizę rozkładu mikroporów i całkowitej objętości mikroporów.
+ </t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>• współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi,
+• współpraca w ramach projektów ncn, ncbir, eu i w ramach umów z przemysłem.</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Katedra techniki cieplnej i ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Grupa badawcza: procesy termiczne</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Magdziarz Aneta</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/aneta-magdziarz-5868.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Adsorpcja, bet, biowęgiel, co2, izoterma adsorpcji, porowatość, powierzchnia właściwa</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>Piknometr helowy do pomiaru gęstości ciał stałych: ultrapyc 5000 micro (anton paar)</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Piknometr helowy do pomiaru gęstości ciał stałych: ultrapyc 5000 micro (anton paar)</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Piknometr gazowy ultrapyc 5000 micro służy do precyzyjnego pomiaru rzeczywistej gęstości ciał stałych w postaci proszków lub monolitów. do pomiarów wykorzystywany jest hel. urządzenie posiada wbudowaną regulację temperatury za pomocą modułu peltiera. pomiary wykonywane są w zakresie 15 °c to 50 °c, standardowo w 20 °c. piknometr gazowy wyposażony jest w trzy komory pomiarowe o różnej objętości. </t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>Piknometr gazowy wykorzystywany jest do pomiaru gęstości helowej materiałów stałych, takich jak: sadza, katalizatory, biowęgle, cement, ceramika, kosmetyki, środki osuszające, nawozy, włókna, minerały, produkty farmaceutyczne i metale w proszku.</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>Piknometr gazowy wykorzystywany jest do pomiaru gęstości helowej materiałów stałych, takich jak: sadza, katalizatory, biowęgle, cement, ceramika, kosmetyki, środki osuszające, nawozy, włókna, minerały, produkty farmaceutyczne i metale w proszku.</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>- współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi,
+- współpraca w ramach projektów ncn, ncbir, eu i w ramach umów z przemysłem.</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>Katedra techniki cieplnej i ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>Grupa badawcza procesy termiczne</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>Magdziarz Aneta</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/aneta-magdziarz-5868.html</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>Biowęgiel, gęstość helowa, gęstość szkieletowa, katalizator, minerały</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
           <t>Cass – system specjacji aerozoli węglowych</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B4" t="inlineStr">
         <is>
           <t>Analizator węgla całkowitego model tca-08 sprzężony z etalometrem ae-33</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C4" t="inlineStr">
         <is>
           <t>Cass (carbonaceous aerosol speciation system/ system specjacji aerozoli węglowych) – system obejmuje analizator węgla całkowitego model tca-08 oraz etalometr ae-33. zestaw produkcji firmy magee scientific/(aerosol) pozwala mierzyć w sposób ciągły stężenie węgla organicznego, nieorganicznego i całkowitego w aerozolu w powietrzu atmosferycznym. w skład zestawu wchodzi także stacja meteorologiczna do pomiaru temperatury, wilgotności i ciśnienia powietrza atmosferycznego.
 aparat niezbędny jest do określenia specjacji frakcji węglowej aerosoli atmosferycznych, które stanowią bardzo często ponad 50% udziału w całkowitej masie pyłu. niezbędny do ciągłego monitorowania tzw. black carbon (bc) – środowiskowego czynnika stresogennego. obecność i wpływ bc na zdrowie ludzkie jest niepokojący i nieznany.  systematyczne monitorowanie bc poprawi ocenę zagrożeń dla zdrowia począwszy od różnych cząstek pochodzących ze spalania i uzupełni dane dotyczące ich stężeń masowych w aerozolach atmosferycznych. pozwoli to na odpowiednie zarządzanie i dobór procesów przemysłowych jak również decyzji w zakresie polityki zrównoważonego rozwoju.</t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D4" t="inlineStr">
         <is>
           <t>System cass pozwala mierzyć w sposób quasi ciągły stężeń w powietrzu atmosferycznym węgla elementarnego (ec) (etalometr ae-33) oraz węgla całkowitego (tc) metodą analizy termicznej próbki (tc-08). połączenie aparatów tca-08 i ae-33 pozwala uzyskać zestaw służący do oznaczania 3 form węgla w powietrzu atmosferycznym. na podstawie różnicy dwóch wyników pomiarów otrzymujemy informacje n/t stężenia węgla organicznego (oc).</t>
         </is>
       </c>
-      <c r="E2" t="inlineStr">
+      <c r="E4" t="inlineStr">
         <is>
           <t>Analizator tca-08 służy do monitorowania zawartości węgla całkowitego w pyle zawieszonym w powietrzu atmosferycznym. aparat wykorzystuje dwa identyczne kanały pomiarowe używane do pobierania próby i do wykonywania analizy.
 ae-33 aethalometer® aethalometr mierzy stężenie węgla elementarnego w badanej próbce powietrza.</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F4" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G2" t="inlineStr">
+      <c r="G4" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium. zebrane dane będą udostępniane po wcześniejszym uzgodnieniu z kierownikiem laboratorium.</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
+      <c r="H4" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I4" t="inlineStr">
         <is>
           <t>Katedra technologii paliw</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
+      <c r="J4" t="inlineStr">
         <is>
           <t>Zespół badań współczesnych zagrożeń środowiska i rozwoju innowacyjnych technologii w gospodarce obiegu zamkniętego</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr">
+      <c r="K4" t="inlineStr">
         <is>
           <t>Styszko Katarzyna</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L4" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-styszko-5843.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M4" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N4" t="inlineStr">
         <is>
           <t>Aerozole atmosferyczne, black carbon, elemental carbon, frakcja węglowa, pomiary online, węgiel organiczny, zanieczyszczenia organiczne</t>
         </is>
       </c>
     </row>
-    <row r="3">
-      <c r="A3" t="inlineStr">
+    <row r="5">
+      <c r="A5" t="inlineStr">
         <is>
           <t>Optyczny spektrometr emisyjny ze wzbudzeniem w plazmie indukcyjnie sprzężonej (icp-oes)</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B5" t="inlineStr">
         <is>
           <t>Optima 7300dv</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C5" t="inlineStr">
         <is>
           <t>Optyczny spektrometr emisyjny ze wzbudzeniem w plazmie indukcyjnie sprzężonej model optima 7300dv (perkin elmer).
 możliwość obserwacji plazmy w dwóch kierunkach tzw. system dual view (axial i radial) oraz zastosowanie dwóch detektorów półprzewodnikowych (jeden dla uv, jeden dla vis) pozwala na równoczasowe wykonywanie analiz wielopierwiastkowych w szerokim zakresie stężeń przy jednoczesnej dużej odporności na trudne matryce próbek. możliwość elastycznego wyboru długości fal.
 szczegóły można znaleźć na stronie: https://resources.perkinelmer.com/corporate/content/relatedmaterials/brochures/bro_optima7x00seriesicp-oes.pdf</t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D5" t="inlineStr">
         <is>
           <t>Icp-oes to czuła, wielopierwiastkowa, dokładna i szybka technika, która znajduje szerokie zastosowanie w analizie środowiskowej. pozwala na pomiar stężenia niemal wszystkich pierwiastków znajdujących się w układzie okresowym w próbkach roztworów wodnych. analiza próbek stałych wymaga ich wcześniejszego przeprowadzenia do roztworu np. poprzez mineralizację mikrofalową.</t>
         </is>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E5" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego pierwiastka oraz matrycy próbki możliwy jest pomiar stężeń rzędu µg/l. rutynowo granice oznaczalności wahają się od kilku do kilkuset µg/l. szczegóły można znaleźć w zakresie akredytacji laboratorium (certyfikat akredytacji numer ab 1050).</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F5" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G3" t="inlineStr">
+      <c r="G5" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
+      <c r="H5" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I5" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J3" t="inlineStr">
+      <c r="J5" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K3" t="inlineStr">
+      <c r="K5" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="L5" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="M5" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="N5" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza pierwiastkowa, icp-oes, makroskładniki, mikroskładniki, roztwory wodne, woda</t>
         </is>
       </c>
     </row>
-    <row r="4">
-      <c r="A4" t="inlineStr">
+    <row r="6">
+      <c r="A6" t="inlineStr">
         <is>
           <t>Spektrometr mas z jonizacją w plazmie indukcyjnie sprzężonej  (icp-ms)</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B6" t="inlineStr">
         <is>
           <t>Icap rq (c2)</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C6" t="inlineStr">
         <is>
           <t>Spektrometr mas z jonizacją w plazmie indukcyjnie sprzężonej model icap rq (c2) z komorą zderzeniową/reakcyjną (thermo scientific).
 szeroki zakres opcji interfejsów, daje doskonałe możliwości wyboru w zależności od potrzeb i analizowanych matryc. możliwość pracy z 3 różnymi insertami: „robust” do analizy próbek o złożonej matrycy, „high matrix” dla próbek rutynowych (np. wody), „high sensitivity” do pomiarów wymagających wysokiej czułości.
 system optyki jonowej z odchyleniem wiązki o 90° (rapid lens) pozwala na wstępne usunięcie interferencji. spektrometr icap rq icp-ms umożliwia pomiar wszystkich analitów i efektywne usuwanie interferencji w jednym trybie he-dyskryminacji energii kinetycznej (he ked). daje również możliwość stosowania gazów reakcyjnych dla wymagających zastosowań.
 szczegóły dostępne na stronie: https://tools.thermofisher.com/content/sfs/brochures/ps-43318-icp-ms-icap-rq-ps43318-en.pdf</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D6" t="inlineStr">
         <is>
           <t>Icp-ms to wysoce czuła, wielopierwiastkowa, dokładna i szybka technika, która znajduje szerokie zastosowanie w analizie środowiskowej. pozwala na pomiar stężenia niemal wszystkich pierwiastków znajdujących się w układzie okresowym w próbkach roztworów wodnych. analiza próbek stałych wymaga ich wcześniejszego przeprowadzenia do roztworu np. poprzez mineralizację mikrofalową.</t>
         </is>
       </c>
-      <c r="E4" t="inlineStr">
+      <c r="E6" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego pierwiastka oraz matrycy próbki możliwy jest pomiar stężeń rzędu ng/l. rutynowo granice oznaczalności wahają się od kilkuset ng/l do kilku µg/l. szczegóły można znaleźć w zakresie akredytacji laboratorium (nr ab 1050).</t>
         </is>
       </c>
-      <c r="F4" t="inlineStr">
+      <c r="F6" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G4" t="inlineStr">
+      <c r="G6" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
+      <c r="H6" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I4" t="inlineStr">
+      <c r="I6" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr">
+      <c r="J6" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K4" t="inlineStr">
+      <c r="K6" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L6" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M6" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N6" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza pierwiastkowa, analiza śladowa, icp-ms, mikroskładniki, roztwory wodne, woda</t>
         </is>
       </c>
     </row>
-    <row r="5">
-      <c r="A5" t="inlineStr">
+    <row r="7">
+      <c r="A7" t="inlineStr">
         <is>
           <t>System do analizy pierwiastków składający się ze spektrometru, mineralizatora do przygotowania prób do analizy kationów i modułu do chromatografii jonowej do analizy anionów</t>
         </is>
       </c>
-      <c r="B5" t="inlineStr">
+      <c r="B7" t="inlineStr">
         <is>
           <t>System do analizy pierwiastków składający się ze spektrometru, mineralizatora do przygotowania prób do analizy kationów i modułu do chromatografii jonowej do analizy anionów</t>
         </is>
       </c>
-      <c r="C5" t="inlineStr">
+      <c r="C7" t="inlineStr">
         <is>
           <t>System składa się z:
  1. optycznego spektrometru emisyjnego icp-oes
 model icap pro xp duo (thermo scientific) z pionowym palnikiem, polichromatorem echelle i detektorem cid.
 2. mineralizatora mikrofalowego ultrawave (milestone)
 technologia src (single reactor chamber) – pojedyncza komora ze stali kwasoodpornej, odporna na 300°c i 200 barów.
 3. chromatografu jonowego thermo scientific dionex aquion
 z wbudowaną pompą izokratyczną, systemem odgazowania próżniowego, termostatowaną celą detektora przewodnościowego do analizy anionów.</t>
         </is>
       </c>
-      <c r="D5" t="inlineStr">
+      <c r="D7" t="inlineStr">
         <is>
           <t>Icp-oes to czuła, wielopierwiastkowa, dokładna i szybka technika, która znajduje szerokie zastosowanie w analizie środowiskowej. analiza próbek stałych wymaga ich wcześniejszego przeprowadzenia do roztworu np. poprzez mineralizację mikrofalową.
 chromatografia jonowa to czuła i dokładna technika, która znajduje szerokie zastosowanie w analizie środowiskowej. pozwala na pomiar stężenia anionóww roztworach wodnych.</t>
         </is>
       </c>
-      <c r="E5" t="inlineStr">
+      <c r="E7" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego pierwiastka oraz matrycy próbki możliwy jest pomiar stężeń rzędu µg/l. rutynowo granice oznaczalności wahają się od kilku do kilkuset µg/l.
 możliwość mineralizacji próbek o różnych matrycach przy zastosowaniu odpowiednich reagentów i warunków przeprowadzania procesu. 
 zależnie od analizowanego jonu oraz matrycy próbki możliwy jest pomiar stężeń rzędu µg/l.</t>
         </is>
       </c>
-      <c r="F5" t="inlineStr">
+      <c r="F7" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G5" t="inlineStr">
+      <c r="G7" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr">
+      <c r="H7" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I5" t="inlineStr">
+      <c r="I7" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J5" t="inlineStr">
+      <c r="J7" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K5" t="inlineStr">
+      <c r="K7" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L5" t="inlineStr">
+      <c r="L7" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M5" t="inlineStr">
+      <c r="M7" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N5" t="inlineStr">
+      <c r="N7" t="inlineStr">
         <is>
           <t>Analiza anionów, analiza ilościowa, analiza pierwiastkowa, ic, icp-oes, mineralizacja mikrofalowa, woda</t>
         </is>
       </c>
     </row>
-    <row r="6">
-      <c r="A6" t="inlineStr">
+    <row r="8">
+      <c r="A8" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski z przystawką wysokotemperaturową</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B8" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski empyrean</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C8" t="inlineStr">
         <is>
           <t>Dyfraktometr proszkowy panalytical empyrean z lampą co. pozwala prowadzić pomiary w geometrii wiązki bragg-brentano z użyciem szczelin kolimacyjnych oraz w geometrii wiązki równoległej (lustro goebla). wyposażony są w wysokoczuły detektor (pixcel1d). posiada różne stoliki oraz szereg dodatkowych elementów optyki, umożliwiające prowadzenie badań dla różnego typu próbek. dyfraktometr z lampą co wyposażony jest dodatkowo w komorę temperaturową, umożliwiająca pomiary w zakresie -190 do 1200ºc.</t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D8" t="inlineStr">
         <is>
           <t>- analiza fazowa
 - tekstura krystalograficzna
 - naprężenia 
 - pomiary w zmiennych warunkach temperaturowych i różnych atmosferach ochronnych jaki również próżni
 -xrr</t>
         </is>
       </c>
-      <c r="E6" t="inlineStr"/>
-      <c r="F6" t="inlineStr">
+      <c r="E8" t="inlineStr"/>
+      <c r="F8" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G6" t="inlineStr">
+      <c r="G8" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
+      <c r="H8" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I6" t="inlineStr">
+      <c r="I8" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr">
+      <c r="J8" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K6" t="inlineStr">
+      <c r="K8" t="inlineStr">
         <is>
           <t>Marciszko-Wiąckowska Marianna</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L8" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marianna-marciszko-wiackowska-8299.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M8" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N8" t="inlineStr">
         <is>
           <t>Analiza fazowa, dyfracja, naprężenia, tekstura, xrr</t>
-        </is>
-[...142 lines deleted...]
-          <t>3d printer, forma odlewnicza, masa formierska, odlew, rdzeń odlewniczy</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Skaner 3d - gom2</t>
+          <t>Elipsometr spektroskopowy</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>System pomiarowy gom scan 1 200</t>
+          <t>Elipsometr spektroskopowy senresearch 4.0 - model 850</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>Skaner bezstykowy gom scan 1 to zaawansowane urządzenie oparte na technologii niebieskiego światła oraz projekcji prążków gom stosowane w inżynierii odwrotnej do cyfryzacji analizowanych wyrobów i obiektów. gom scan 1 jest wyposażony w zaawansowaną technologie blue light od firmy gom i działa na zasadzie kamery stereoskopowej co zapewnia wysoką precyzję pozyskiwania danych 3d.</t>
+          <t>Elipsometr spektroskopowy ser-850 jest urządzeniem działającym w zakresie od ultrafioletu do bliskiej podczerwieni, służącym do pomiaru grubości oraz podstawowych właściwości optycznych cienkich warstw oraz struktur wielowarstwowych. urządzenie pozwala na prowadzenie zarówno rutynowych jak i zaawansowanych pomiarów właściwości optycznych cienkich warstw, w tym wyznaczanie elementów macierzy muellera i pomiary operando – na przykład podczas procesów korozyjnych czy katalitycznych. mowa tu o współczynniku załamania światła, współczynniku absorpcji – dla układów jedno i wielowarstwowych. możliwe jest również wyznaczenie grubości poszczególnych warstw bez niszczenia próbek. wyniki pozwalają na wyznaczenie chropowatości nie tylko powierzchni próbek ale również poszczególnych interfejsów. precyzja pomiaru jest zapewniona poprzez cyfrowo kontrolowane ruchome ramiona oraz odpowiedni zestaw źródeł światła - lampę deuterową (duv) i wolframową (vis-nir)) oraz czułe detektory i polaryzatory pracujące w trybie step-scan. chłodzony termoelektrycznie detektor zakresu duv-vis zapewnia wysoki stosunek sygnał/szum nawet dla próbek o niskim współczynniku odbicia. w urządzeniach zastosowano tryb skanowania ssa, tzn. nie wymagający ruchu elementów toru optycznego w czasie akwizycji, co znacznie zmniejsza czas pomiaru. dołączone oprogramowanie wraz z zaimplementowaną bazą danych, umożliwiają symulację i modelowanie właściwości optycznych mierzonych układów.</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>Skanowanie obiektów 3d. przetwarzanie i analiza danych ze skanera. inżynieria odwrotna. szybkie prototypowanie. przygotowanie do komputerowego wspomagania projektowania technologii. przeprowadzanie kontroli jakości skanowanej części.</t>
+          <t>• próbki w postaci cienkich filmów (jedno i wielowarstwowych) • materiały tlenkowe, półprzewodnikowe • badania grubości warstw • parametry optyczne materiałów - pojedyncze warstwy izotropowe oraz złożone układy wielowarstwowe • wyznaczania chropowatości powierzchni oraz interfejsów • badanie materiałów z gradientowych - powłok porowatych, ultra cienkich warstw • badanie efektu depolaryzacji</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
-          <t>Rozdzielczość kamer: 6 mpx błąd pomiarowy: 0.003 mm obszar pomiarowy: 200 x 125mm. możliwość łączenia wielu obszarów pomiarowych w jeden obiekt. odległość od miejsca pomiaru: 450mm źródło światła: led oprogramowanie do obróbki skanów: inspect suite temperatura pracy: -20 do 55°c</t>
+          <t>• elipsometr - zakres spektralny 240nm do 1700nm • reflektometr – zakres od 420 nm do 850 nm • automatyczny goniometr</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G9" t="inlineStr">
         <is>
-          <t>Udostępnianie infrastruktury wyłącznie za pośrednictwem upoważnionego pracownika katedry informatyki stosowanej i modelowania. zlecenie/ umowa/inna forma współpracy po uzgodnieniu.</t>
+          <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zakładu lub opiekuna urządzenia. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń.  symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do ewidencji - karty czasu pracy aparatury naukowo-badawczej.</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>Certyfikat</t>
+          <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I9" t="inlineStr">
         <is>
-          <t>Katedra informatyki stosowanej i modelowania</t>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
       <c r="J9" t="inlineStr">
         <is>
-          <t>Grupa badawcza cyfryzacji przemysłu i modelowania wieloskalowego (digitaris) / laboratorium inżynierii odwrotnej i wirtualnej rzeczywistości</t>
+          <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
       <c r="K9" t="inlineStr">
         <is>
-          <t>Perzyński Konrad</t>
+          <t>Mazur Tomasz</t>
         </is>
       </c>
       <c r="L9" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/konrad-perzynski-7420.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/tomasz-mazur-8414.html</t>
         </is>
       </c>
       <c r="M9" t="inlineStr">
         <is>
-          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N9" t="inlineStr">
         <is>
-          <t>Inżynieria odwrotna, profil powierzchni, skaning laserowy 3d</t>
+          <t>Cienkie filmy, elipsometria, właściwości cienkich warstw, właściwości optyczne</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>3flex</t>
+          <t>Drukarka 3d do wytwarzania rdzeni/form odlewniczych w technologii binder jetting</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>3flex</t>
+          <t>Drukarka kocel ajs300a</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>3flex jest w pełni automatycznym analizatorem, jego 3 portowa budowa pozwala na wysokowydajne, długie analizy pola powierzchni, mezoporów i mikroporów, z najwyższą wydajnością rozdzielczością i redukcją danych. każda stacja analityczna jest upgradowalna z mezoporów do mikroporów wraz z swoim własnym przetwornikiem dla jednoczesnych analiz symultanicznych. wraz z wieloma zaawansowanymi cechami, aparat 3flex został zaprojektowany jako jedna całość, po to by poprawić jakość wyników.</t>
+          <t>Kocel ajs300a drukarka 3d do wykonywania rdzeni/form w technologii addytywnej z możliwością zastosowania regeneratu (po regeneracji termicznej – o ściśle określonej ziarnistości (0,14-0,18), wymiar komory drukowania (drukowanej formy): 300*200*200mm. urządzenie posiada wbudowaną mieszarkę piasku z katalizatorem oraz głowice drukującą żywicą furanową. urządzenie wyprodukowane zgodnie z ce , iso 9001, iso 14001. rozdzielczość druku: min. 400 dpi. grubość warstwy drukowanej: 0,2 mm. materiał osnowy: piasek kwarcowy, materiał ceramiczny, regenerat. materiał spoiwa: żywica furfurylowa – (furanowa). format pliku żródłowego: stl. dokładność druku: ±0,3 mm. zasilanie: 220v</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Trzy konfigurowalne, wysokowydajne porty analityczne - dwa lub trzy porty do pomiaru mikroporów standardowe analizy mezoporowate, mikroporowate, jak i gotowość aparatu do analiz fizysorpcyjnych z możliwością użycia kryptonu jako gazu analitycznego dla materiałów małej powierzchni pneumatycznie sterowane, iglicowe zawory zapewniają ultraczystą pracę bez nacieków interaktywne oprogramowanie microactive do obróbki danych</t>
+          <t>Wymiar komory drukowania (drukowanej formy): 300*200*200mm. urządzenie posiada wbudowaną mieszarkę piasku z katalizatorem oraz głowice drukującą żywicą furanową. rozdzielczość druku: min. 400 dpi. grubość warstwy drukowanej: 0,2 mm. materiał osnowy: piasek kwarcowy, materiał ceramiczny, regenerat. materiał spoiwa: żywica furfurylowa – (furanowa). format pliku żródłowego: stl. dokładność druku: ±0,3 mm. zasilanie: 220v</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t>Określanie powierzchni właściwej i porowatości</t>
+          <t xml:space="preserve">Wymiar komory drukowania (drukowanej formy): 300*200*200mm. urządzenie posiada wbudowaną mieszarkę piasku z katalizatorem oraz głowice drukującą żywicą furanową. rozdzielczość druku: min. 400 dpi. grubość warstwy drukowanej: 0,2 mm. materiał osnowy: piasek kwarcowy, materiał ceramiczny, regenerat. materiał spoiwa: żywica furfurylowa – (furanowa). format pliku żródłowego: stl. dokładność druku: ±0,3 mm. </t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
-          <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zespołu. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń. przed rozpoczęciem badań wymagane jest podpisanie porozumienia, definiującego warunki udostępnienia. symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do karty czasu pracy aparatury naukowo-badawczej.</t>
+          <t>Urządzenie obsługiwane przez wykwalifikowany personel. cena usługi zostanie skalkulowana po uruchomieniu i testach wstępnych urządzenia. cena zostanie określona w zł/1h działania urządzenia. zostanie opracowany cennik oraz regulamin udostępniania.</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I10" t="inlineStr">
         <is>
-          <t>Katedra technologii paliw</t>
+          <t>Wydział odlewnictwa</t>
         </is>
       </c>
       <c r="J10" t="inlineStr">
         <is>
-          <t>Zespół procesów katalitycznych i adsorpcyjnych w energetyce i ochronie środowiska</t>
+          <t>Zaawansowane procesy i materiały; https://odlewnictwo.agh.edu.pl/pracownik/badania/projekty-ncn</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
-          <t>Samojeden Bogdan</t>
+          <t>Dańko Rafał</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/bogdan-samojeden-6090.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/rafal-danko-5019.html</t>
         </is>
       </c>
       <c r="M10" t="inlineStr">
         <is>
-          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N10" t="inlineStr">
         <is>
-          <t>Bet, macropores, mesopores, micropores, porosity, texture</t>
+          <t>3d printer, forma odlewnicza, masa formierska, odlew, rdzeń odlewniczy</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
+          <t>Skaner 3d - gom2</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>System pomiarowy gom scan 1 200</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>Skaner bezstykowy gom scan 1 to zaawansowane urządzenie oparte na technologii niebieskiego światła oraz projekcji prążków gom stosowane w inżynierii odwrotnej do cyfryzacji analizowanych wyrobów i obiektów. gom scan 1 jest wyposażony w zaawansowaną technologie blue light od firmy gom i działa na zasadzie kamery stereoskopowej co zapewnia wysoką precyzję pozyskiwania danych 3d.</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>Skanowanie obiektów 3d. przetwarzanie i analiza danych ze skanera. inżynieria odwrotna. szybkie prototypowanie. przygotowanie do komputerowego wspomagania projektowania technologii. przeprowadzanie kontroli jakości skanowanej części.</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>Rozdzielczość kamer: 6 mpx błąd pomiarowy: 0.003 mm obszar pomiarowy: 200 x 125mm. możliwość łączenia wielu obszarów pomiarowych w jeden obiekt. odległość od miejsca pomiaru: 450mm źródło światła: led oprogramowanie do obróbki skanów: inspect suite temperatura pracy: -20 do 55°c</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>Udostępnianie infrastruktury wyłącznie za pośrednictwem upoważnionego pracownika katedry informatyki stosowanej i modelowania. zlecenie/ umowa/inna forma współpracy po uzgodnieniu.</t>
+        </is>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>Certyfikat</t>
+        </is>
+      </c>
+      <c r="I11" t="inlineStr">
+        <is>
+          <t>Katedra informatyki stosowanej i modelowania</t>
+        </is>
+      </c>
+      <c r="J11" t="inlineStr">
+        <is>
+          <t>Grupa badawcza cyfryzacji przemysłu i modelowania wieloskalowego (digitaris) / laboratorium inżynierii odwrotnej i wirtualnej rzeczywistości</t>
+        </is>
+      </c>
+      <c r="K11" t="inlineStr">
+        <is>
+          <t>Perzyński Konrad</t>
+        </is>
+      </c>
+      <c r="L11" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/konrad-perzynski-7420.html</t>
+        </is>
+      </c>
+      <c r="M11" t="inlineStr">
+        <is>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N11" t="inlineStr">
+        <is>
+          <t>Inżynieria odwrotna, profil powierzchni, skaning laserowy 3d</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>3flex</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>3flex</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>3flex jest w pełni automatycznym analizatorem, jego 3 portowa budowa pozwala na wysokowydajne, długie analizy pola powierzchni, mezoporów i mikroporów, z najwyższą wydajnością rozdzielczością i redukcją danych. każda stacja analityczna jest upgradowalna z mezoporów do mikroporów wraz z swoim własnym przetwornikiem dla jednoczesnych analiz symultanicznych. wraz z wieloma zaawansowanymi cechami, aparat 3flex został zaprojektowany jako jedna całość, po to by poprawić jakość wyników.</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>Trzy konfigurowalne, wysokowydajne porty analityczne - dwa lub trzy porty do pomiaru mikroporów standardowe analizy mezoporowate, mikroporowate, jak i gotowość aparatu do analiz fizysorpcyjnych z możliwością użycia kryptonu jako gazu analitycznego dla materiałów małej powierzchni pneumatycznie sterowane, iglicowe zawory zapewniają ultraczystą pracę bez nacieków interaktywne oprogramowanie microactive do obróbki danych</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>Określanie powierzchni właściwej i porowatości</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
+        <is>
+          <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zespołu. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń. przed rozpoczęciem badań wymagane jest podpisanie porozumienia, definiującego warunki udostępnienia. symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do karty czasu pracy aparatury naukowo-badawczej.</t>
+        </is>
+      </c>
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I12" t="inlineStr">
+        <is>
+          <t>Katedra technologii paliw</t>
+        </is>
+      </c>
+      <c r="J12" t="inlineStr">
+        <is>
+          <t>Zespół procesów katalitycznych i adsorpcyjnych w energetyce i ochronie środowiska</t>
+        </is>
+      </c>
+      <c r="K12" t="inlineStr">
+        <is>
+          <t>Samojeden Bogdan</t>
+        </is>
+      </c>
+      <c r="L12" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/bogdan-samojeden-6090.html</t>
+        </is>
+      </c>
+      <c r="M12" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+        </is>
+      </c>
+      <c r="N12" t="inlineStr">
+        <is>
+          <t>Bet, macropores, mesopores, micropores, porosity, texture</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
           <t>Rezystograf do drewna</t>
         </is>
       </c>
-      <c r="B11" t="inlineStr">
+      <c r="B13" t="inlineStr">
         <is>
           <t>Resistograph 4453-s producenta rinntech</t>
         </is>
       </c>
-      <c r="C11" t="inlineStr">
+      <c r="C13" t="inlineStr">
         <is>
           <t xml:space="preserve">Badanie oporów skrawania wykonuje się przy pomocy elastycznego wiertła wykonanego z wolframu o średnicy 1,5 mm z górną krawędzią skrawająca o szerokości 3,0 mm, które wwiercane jest w badany element drewniany ze stałą prędkością obrotową oraz posuwem. moment obrotowy wymagany do utrzymania stałej prędkości obrotowej oraz posuwu odpowiada odporności drewna na skrawanie. jest on rejestrowany i wykreślany z wysoką rozdzielczością w odniesieniu do głębokości nawiertu. </t>
         </is>
       </c>
-      <c r="D11" t="inlineStr">
+      <c r="D13" t="inlineStr">
         <is>
           <t>Urządzenie umożliwa rejestracje zmian oporów skrawania. spadki na wykresach są powiązane z niższym oporem, a tym samym mniejszą gęstością (np. związanych z korozją biologiczną, pustkami, pęknięciami), które wymagają mniejszego momentu obrotowego do pokonania tej samej odległości przez wiertło. wysoka rozdzielczość rejestracji danych pozwala na obserwację zmiany gęstości również w obrębie jednego przyrostu rocznego</t>
         </is>
       </c>
-      <c r="E11" t="inlineStr">
+      <c r="E13" t="inlineStr">
         <is>
           <t xml:space="preserve">Prędkości posuwu wiertła wynosi 40 cm/min i rozdzielczości 1/100 mm (dedykowanego do badania drewna o średniej gęstości).  maksymalna długość pomiaru wynosi 44 cm. </t>
         </is>
       </c>
-      <c r="F11" t="inlineStr">
+      <c r="F13" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G11" t="inlineStr">
+      <c r="G13" t="inlineStr">
         <is>
           <t>Praca wyłącznie za pośrednictwem upoważnionego pracownika katedry geomechaniki, budownictwa i geotechniki. 
 zlecenie/umowa/inna forma współpracy po uzgodnieniu</t>
         </is>
       </c>
-      <c r="H11" t="inlineStr">
+      <c r="H13" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I11" t="inlineStr">
+      <c r="I13" t="inlineStr">
         <is>
           <t>Katedra geomechaniki, budownictwa i geotechniki</t>
         </is>
       </c>
-      <c r="J11" t="inlineStr">
+      <c r="J13" t="inlineStr">
         <is>
           <t>Laboratorium diagnostyki konstrukcji budowlanych</t>
         </is>
       </c>
-      <c r="K11" t="inlineStr">
+      <c r="K13" t="inlineStr">
         <is>
           <t>Jaskowska-Lemańska Justyna</t>
         </is>
       </c>
-      <c r="L11" t="inlineStr">
+      <c r="L13" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/justyna-jaskowska-lemanska-7911.html</t>
         </is>
       </c>
-      <c r="M11" t="inlineStr">
+      <c r="M13" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N11" t="inlineStr">
+      <c r="N13" t="inlineStr">
         <is>
           <t>Badania semi-niszczące, drewno, opór skrawania, sdt</t>
-        </is>
-[...142 lines deleted...]
-          <t>Analiza elementarna</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
+          <t>Autochem</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Autochem iii 2930</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>Dynamiczne pomiary chemisorpcji i reakcji programowanych temperaturowo wykonywane przez autochem iii dostarczają metryki wydajności, które są krytyczne dla rozwoju nowych materiałów katalitycznych, które będą napędzać technologie wychwytywania i utylizacji dwutlenku węgla, gospodarki wodorowej i innych technologii. autochem iii umożliwia prowadzenie tych prac.</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>Chemisorpcja impulsowa techniki termoprogramowane: tpr, tpo, tpd, tpsr chemisorpcja (centra aktywne silnej mocy): powierzchnia metalu reaktywnego, dyspersja, wielkość krystalitów stężenie powierzchniowe centra aktywnego temperatury redukcji, utleniania rozkład centrów kwasowych lewis/brønsted pomiar krzywej przebicia energia aktywacji</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>Temperatura otoczenia do 1200°c szybkość narastania temperatury -100°c do 800°c: do 100°c/min 800°c do 1000°c: do 50°c/min 1000°c do 1200°c: do 25°c/min gazy przygotowawcze 6 wlotów: h2, o2, he, ar, h2/ar i inne gazy nośne 6 wlotów: he, ar, h2/ar, i inne gazy analityczne (pętla) he, h2, co, o2, n2o, nh3/he, i inne</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr">
+        <is>
+          <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zespołu. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń. przed rozpoczęciem badań wymagane jest podpisanie porozumienia, definiującego warunki udostępnienia. symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do karty czasu pracy aparatury naukowo-badawczej.</t>
+        </is>
+      </c>
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I14" t="inlineStr">
+        <is>
+          <t>Katedra technologii paliw</t>
+        </is>
+      </c>
+      <c r="J14" t="inlineStr">
+        <is>
+          <t>Zespół procesów katalitycznych i adsorpcyjnych w energetyce i ochronie środowiska</t>
+        </is>
+      </c>
+      <c r="K14" t="inlineStr">
+        <is>
+          <t>Samojeden Bogdan</t>
+        </is>
+      </c>
+      <c r="L14" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/bogdan-samojeden-6090.html</t>
+        </is>
+      </c>
+      <c r="M14" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+        </is>
+      </c>
+      <c r="N14" t="inlineStr">
+        <is>
+          <t>Catalysis, catalysts, tpad, tpd, tpo, tpr</t>
+        </is>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>Laboratoryjny analizator elementarny mikro chns/o, model ea3100 firmy eurovector</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Analizator elementarny chns/o, model ea3100 firmy eurovector</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>Analizator elementarny do pracy w konfiguracjach chn, chns chnso. modułowa budowa pozwalająca na szybką zmianę konfiguracji i analizy chns oraz o. dwa oddzielne piece reakcyjne z elektroniczną kontrolą temperatury, kompatybilne z reaktorami spaleniowo-redukcyjnymi do analizy c, h, n, s i reaktorem pirolitycznym do analizy o, kontrolowane niezależnie z jednego oprogramowania. rozdział gazów metodą chromatograficzną. detektor cieplno - przewodnościowy (tcd).</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>1. możliwość oznaczania zawartości węgla, wodoru, azotu, siarki i tlenu 2. aparat przystosowany do analiz próbek ciekłych, past i stałych. 3. wielkość próbki 0.5-100 mg, w zależności od matrycy 4. zakres oznaczania od 100 ppm do 100% dla wszystkich pierwiastków. 5. jeden detektor przewodności cieplnej umieszczony w termostatowanym piecu z elektroniczną kontrolą temperatury umożliwiający analizę wszystkich pierwiastków.</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>Zakres oznaczania od 100 ppm do 100% dla wszystkich pierwiastków</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>Analizator ogólnie dostępny po wcześniejszym uzgodnieniu terminu, ilości próbek i specyfikacji oznaczeń.</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I15" t="inlineStr">
+        <is>
+          <t>Katedra technologii paliw</t>
+        </is>
+      </c>
+      <c r="J15" t="inlineStr">
+        <is>
+          <t>Zespół paliw ciekłych</t>
+        </is>
+      </c>
+      <c r="K15" t="inlineStr">
+        <is>
+          <t>Lewandowski Marek</t>
+        </is>
+      </c>
+      <c r="L15" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marek-lewandowski-8586.html</t>
+        </is>
+      </c>
+      <c r="M15" t="inlineStr">
+        <is>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+        </is>
+      </c>
+      <c r="N15" t="inlineStr">
+        <is>
+          <t>Analiza elementarna</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
           <t>Uhplc-ms/ms</t>
         </is>
       </c>
-      <c r="B14" t="inlineStr">
+      <c r="B16" t="inlineStr">
         <is>
           <t>System ultrasprawnej chromatografii cieczowej z  tandemowym spektrometrem mas typu potrójny kwadrupol model tsq altis</t>
         </is>
       </c>
-      <c r="C14" t="inlineStr">
+      <c r="C16" t="inlineStr">
         <is>
           <t>Spektrometry mas typu potrójny kwadrupol to instrumenty tandemowe. głównymi składowymi instrumentu są dwa kwadrupolowe analizatory mas oraz komora kolizyjna. takie rozwiązanie techniczne pozwalają zastosować tę aparaturę do celowanych analiz ilościowych z doskonałą czułością i precyzją oraz do badań przesiewowych (screening). doskonała precyzja, wysoka czułość, szybkości skanowania oraz możliwość fragmentacji badanych związków spowodowały, ze potrójne kwadrupole są obecnie złotym standardem dla tego typu analiz.
 kwadrupolowy analizator mas jest niezbędny przy analizach substancji w skomplikowanych matrycach. w szeroko pojętej farmacji oraz badaniach środowiskowych tego typu aparaturę wykorzystuje się standardowo do oznaczania, m.in. metabolitów leków/narkotyków/dopalaczy w płynach ustrojowych (screening i analiza ilościowa), badań sfałszowanych składników leków, badań farmakokinetycznych, sprawdzania czystość api po syntezie, czystość surowców do syntezy, oznaczanie zanieczyszczeń w gotowym produkcie. kwadrupolowy analizator mas daje możliwość prowadzenia oznaczeń ilościowych na podstawie eksperymentów sim czy srm, które z kolei zapewniają wysoką czułość  i precyzję oznaczeń. dodatkowo tryb srm (inaczej mrm) to złoty standard do oznaczeń ilościowych w technikach wykorzystujących spektrometrię mas. kluczowymi parametrami dla omawianej aparatury jest czułość, rozdzielczość, ilość przejść srm na sekundę oraz liniowość.
 każdego dnia pojawiają się nowe wyzwania w zakresie bezpieczeństwa żywności i środowiska. oznaczenie ilościowe setek zanieczyszczeń na ultraniskich poziomach można łatwo przeprowadzić za pomocą spektrometru mas tsq altis. instrument zapewnia solidne oznaczanie ilościowe, wyjątkową odtwarzalność, najwyższą czułość i niezwykłą szybkość.</t>
         </is>
       </c>
-      <c r="D14" t="inlineStr">
+      <c r="D16" t="inlineStr">
         <is>
           <t>System lc-ms/ms  jest niezbędny przy analizach substancji w skomplikowanych matrycach. w szeroko pojętej farmacji oraz badaniach środowiskowych stosuje się standardowo do oznaczania, m.in. metabolitów leków/narkotyków/dopalaczy w płynach ustrojowych (screening i analiza ilościowa), czystość surowców do syntezy, oznaczanie zanieczyszczeń w gotowym produkcie oraz próbkach środowoiskowych.</t>
         </is>
       </c>
-      <c r="E14" t="inlineStr">
+      <c r="E16" t="inlineStr">
         <is>
           <t>Spektrometr mas
 	źródła jonów typu electrospray z grzaną głowicą; jonizacja chemiczna;
 	tryby skanowania:
 		pełne skanowanie (full-scan)
 		monitorowanie wybranego jonu (sim)
 		monitorowanie wybranej reakcji (srm).
 chromatograf cieczowy
 oprogramowanie sterujące pracą spektrometru mas, umożliwiające akwizycję, obróbkę i  analizę danych.</t>
         </is>
       </c>
-      <c r="F14" t="inlineStr">
+      <c r="F16" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G14" t="inlineStr">
+      <c r="G16" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H14" t="inlineStr">
+      <c r="H16" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I14" t="inlineStr">
+      <c r="I16" t="inlineStr">
         <is>
           <t>Katedra chemii węgla i nauk o środowisku</t>
         </is>
       </c>
-      <c r="J14" t="inlineStr">
+      <c r="J16" t="inlineStr">
         <is>
           <t>Zespół badań współczesnych zagrożeń środowiska</t>
         </is>
       </c>
-      <c r="K14" t="inlineStr">
+      <c r="K16" t="inlineStr">
         <is>
           <t>Styszko Katarzyna</t>
         </is>
       </c>
-      <c r="L14" t="inlineStr">
+      <c r="L16" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-styszko-5843.html</t>
         </is>
       </c>
-      <c r="M14" t="inlineStr">
+      <c r="M16" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
         </is>
       </c>
-      <c r="N14" t="inlineStr">
+      <c r="N16" t="inlineStr">
         <is>
           <t>Biomarkery, chromatografia cieczowa, metabolity, mikrozanieczyszczenia, pozostałosci leków, spektrometria mas</t>
         </is>
       </c>
     </row>
-    <row r="15">
-      <c r="A15" t="inlineStr">
+    <row r="17">
+      <c r="A17" t="inlineStr">
         <is>
           <t>Tomograf</t>
         </is>
       </c>
-      <c r="B15" t="inlineStr">
+      <c r="B17" t="inlineStr">
         <is>
           <t>Tomograf g phoenix v|tome|x</t>
         </is>
       </c>
-      <c r="C15" t="inlineStr">
+      <c r="C17" t="inlineStr">
         <is>
           <t>Tomograf wyposażony w dwie lampy – microfocus (maksymalne napięcie 300 kv) i nanofocus (maksymalne napięcie 180 kv)</t>
         </is>
       </c>
-      <c r="D15" t="inlineStr">
+      <c r="D17" t="inlineStr">
         <is>
           <t>Możliwość prowadzenia badań tomograficznych przy jednoczesnym obciążeniu statycznym oraz przy wpływie ekstremalnych temperatur pozwala na pracę z różnymi materiałami m. in. drewnem, metalami, skałami, kompozytami, tkankami organicznymi czy elektroniką</t>
         </is>
       </c>
-      <c r="E15" t="inlineStr">
+      <c r="E17" t="inlineStr">
         <is>
           <t>Dostosowanie źródła promieniowania do materiału
 możliwość dostrzeżenia szczegółów &lt;0,2µm,
 maksymalna średnica elementu 30cm,
 maksymalna masa elementu 25kg,
 maksymalna wysokość elementu 100cm,
 stabilizowany temperatorowo detektor panelowy o wysokim kontraście pozwalający na pozyskanie wysokiej jakości danych
 zautomatyzowane systemy korekcji wpływające na zniwelowania potencjalnych błędów analiz</t>
         </is>
       </c>
-      <c r="F15" t="inlineStr">
+      <c r="F17" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G15" t="inlineStr">
+      <c r="G17" t="inlineStr">
         <is>
           <t>Praca wyłącznie za pośrednictwem upoważnionego pracownika katedry geomechaniki, budownictwa i geotechniki. 
 zlecenie/ umowa/inna forma współpracy po uzgodnieniu</t>
         </is>
       </c>
-      <c r="H15" t="inlineStr">
+      <c r="H17" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I15" t="inlineStr">
+      <c r="I17" t="inlineStr">
         <is>
           <t>Katedra geomechaniki, budownictwa i geotechniki</t>
         </is>
       </c>
-      <c r="J15" t="inlineStr">
+      <c r="J17" t="inlineStr">
         <is>
           <t>Pracownia badań tomograficznych</t>
         </is>
       </c>
-      <c r="K15" t="inlineStr">
+      <c r="K17" t="inlineStr">
         <is>
           <t>Wałach Daniel</t>
         </is>
       </c>
-      <c r="L15" t="inlineStr">
+      <c r="L17" t="inlineStr">
         <is>
           <t>Https://api.skos.agh.edu.pl/osoba/daniel-walach-5448.html</t>
         </is>
       </c>
-      <c r="M15" t="inlineStr">
+      <c r="M17" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N15" t="inlineStr">
+      <c r="N17" t="inlineStr">
         <is>
           <t>Badania tomograficzne, phoenix, tomograf</t>
         </is>
       </c>
     </row>
-    <row r="16">
-      <c r="A16" t="inlineStr">
+    <row r="18">
+      <c r="A18" t="inlineStr">
         <is>
           <t>Skaner laserowy 3d</t>
         </is>
       </c>
-      <c r="B16" t="inlineStr">
+      <c r="B18" t="inlineStr">
         <is>
           <t>Faro focus s 150</t>
         </is>
       </c>
-      <c r="C16" t="inlineStr">
+      <c r="C18" t="inlineStr">
         <is>
           <t>Skanery laserowe zostały opracowanie z myślą o pomiarach wewnątrz i na zewnątrz budynków w takich branżach jak architektura, inżynieria, budownictwo, bezpieczeństwo publiczne i kryminalistyka lub projektowanie produktów. urządzenia rejestrują dane ze świata rzeczywistego i zapisują je w formie cyfrowej w celu dostarczenia informacji służących analizom, współpracy i zwiększeniu efektywności procesu decyzyjnego.</t>
         </is>
       </c>
-      <c r="D16" t="inlineStr">
+      <c r="D18" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	skanowanie 3d całych budynków – wewnątrz i na zewnątrz
 	skanowanie 3d pomieszczeń
 	skanowanie 3d dużych obiektów 
  </t>
         </is>
       </c>
-      <c r="E16" t="inlineStr">
+      <c r="E18" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	maksymalna odległość skanowania 3d: 150 m
 	błąd pomiaru odległości: +-1mm
 	szybkość skanowania – pkt/s:     do 2 000 000 pkt/s
 	temperatura pracy:   -20 do 55°c
 </t>
         </is>
       </c>
-      <c r="F16" t="inlineStr">
+      <c r="F18" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G16" t="inlineStr">
+      <c r="G18" t="inlineStr">
         <is>
           <t>"praca wyłącznie za pośrednictwem upoważnionego pracownika katedry geomechaniki, budownictwa i geotechniki. 
 zlecenie/ umowa/inna forma współpracy po uzgodnieniu"</t>
         </is>
       </c>
-      <c r="H16" t="inlineStr">
+      <c r="H18" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I16" t="inlineStr">
+      <c r="I18" t="inlineStr">
         <is>
           <t>Katedra geomechaniki, budownictwa i geotechniki</t>
         </is>
       </c>
-      <c r="J16" t="inlineStr">
+      <c r="J18" t="inlineStr">
         <is>
           <t>Laboratorium diagnostyki konstrukcji budowlanych</t>
         </is>
       </c>
-      <c r="K16" t="inlineStr">
+      <c r="K18" t="inlineStr">
         <is>
           <t>Jaskowska-Lemańska Justyna</t>
         </is>
       </c>
-      <c r="L16" t="inlineStr">
+      <c r="L18" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/justyna-jaskowska-lemanska-7911.html</t>
         </is>
       </c>
-      <c r="M16" t="inlineStr">
+      <c r="M18" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N16" t="inlineStr">
+      <c r="N18" t="inlineStr">
         <is>
           <t>Chmura punktów, inwentaryzacja obiektów, skaning laserowy 3d</t>
-        </is>
-[...138 lines deleted...]
-          <t>Ablacja laserowa/elektronowa, ped, pld</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>Skaningowy mikroskop elektronowy nova nano sem 450</t>
+          <t>Nanotwardościomierz i nano-scratch tester firmy csm instruments</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Nova nano sem 450</t>
+          <t>Nanotwardościomierz nht 50-183; nano-scrach tester nst 50-146</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>Źródło elektronów schottk'ego o wysokiej stabilności prądu wiązki, niska i wysoka próżnia. detekcja elektronów wtórnych (se), wstecznie rozproszonych (bse), tld-se i -bse, tryb transmisyjny (stem), możliwości analityczne eds, ebsd, wds, obrazowanie mikrostruktury hr-sem (se, bse) analiza eds, wds składu chemicznego analizy orientacji krystalograficznych (ebsd) obrazowanie w trybie stem</t>
+          <t xml:space="preserve">Nanotwardościomierz: urządzenie służy do pomiaru twardości materiałów o drobnokrystalicznej strukturze, cienkich warstw. wykonywanie pomiarów pojedynczych i cyklicznych. możliwość nanoszenia obciążenia od 0,05 mn do 500 mn. wyposażone we wgłębnik berkovich’a (z certyfikatami), mikroskop optyczny, zmotoryzowany stolik w osiach x i y. oprogramowanie umożliwia pomiary odległości, grubości powłok.  nano-scrach tester:  urządzenie służy do charakteryzowania własności mechanicznych powierzchni materiałów, cienkich warstw i powłok, np: adhezji, pękania, delaminacji i deformacji, twardości. może być używany do różnych rodzajów powłok np.: nakładanych techniką pld, plazmowych, w technologii półprzewodników i powłok o własnościach optycznych. nanoscrach-tester umożliwia określenie parametrów: siły tarcia, głębokości penetracji wgłębnika, siły zużycia i in.. do pomiaru wykorzystuje się diamentowe ostrze, które działa na materiał z określoną zadaną siłą. </t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t xml:space="preserve">Badania struktury nanomateriałów, morfologii i składu chemicznego próbek nieprzewodzących w niskiej i zmiennej próżni. analiza topografii orientacji materiałów drobnokrystalicznych z pełną identyfikacją fazową, analizy punktowe, liniowe oraz powierzchniowe pierwiastków z wykorzystaniem spektrometrów edxs i wdxs, analiza orientacji krystalograficznych z wykorzystaniem ebsd oraz transmisyjna dyfrakcja ebsd. </t>
-[...2 lines deleted...]
-      <c r="E19" t="inlineStr"/>
+          <t>Pomiary nanotwardości, modułu younga, twardości intendancyjjnej cienkich warstw, powłok, drobnokrystalicznej struktury; adhezji powłok do podłoża (test rysy).</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Pomiary za pomocą nanotwardościomierza wykonywane przy zastosowaniu wgłębnika berkovich'a. nanoscrachtester: sferostożkowe ostrze diamentowe </t>
+        </is>
+      </c>
       <c r="F19" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G19" t="inlineStr">
         <is>
-          <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
+          <t>Upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
       <c r="H19" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I19" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J19" t="inlineStr">
         <is>
-          <t>Laboratorium skaningowej mikroskopii elektronowej kipiam https://kipiam.agh.edu.pl/</t>
+          <t>Labolatorium badań właściwości materiałów, kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
       <c r="K19" t="inlineStr">
         <is>
-          <t>Kopyściański Mateusz</t>
+          <t>Radziszewska Agnieszka</t>
         </is>
       </c>
       <c r="L19" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/agnieszka-radziszewska-5214.html</t>
         </is>
       </c>
       <c r="M19" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N19" t="inlineStr">
         <is>
-          <t>Bse, ebsd, eds, mikrostruktura, sem, wds</t>
+          <t>Adhezja, modul younga, nanotwardość, scrachtest, test rysy</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>Skaningowy mikroskop elektronowy inspect s50</t>
+          <t>Zestaw do jonowego polerowania i trawienia materiałów</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Inspect s50</t>
+          <t>Im4000 plus</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Źródło elektronów , elektorda wolframowa energia wiązki 200 ev - 30 kev detekcja elektronów wtórnych (se), wstecznie rozproszonych (bse), możliwosci analityczne eds, ebsd rozdzielczość (wg producenta): 3 nm przy 30 kv (sed) 1,0 nm przy 15 kv (sed) niska próżnia: - 10 nm przy 30kv (sed) - 3 nm przy 3 kv (sed) bezolejowy system pompowy.</t>
+          <t>Działo jonów ar typu penning, pracujące przy napięciu w zakresie od 0kv do 6kv możliwość obserwacji próbki podczas procesu polerowania i cięcia przy użyciu stereoskopu zakres polerowania próbek: średniacy 50 mm, wysokość 25 mm tryb polerowania: -maksymalny rozmiar próbki w trybie polerowania 50mm - zakres ruchu (średnica obszaru polerowanego) - oś x:0-5 mm -kąt padania wiązki 0°-90° -kąt obrotu próbki ±90° -możliwość rotacji próbki z wyborem prędkości obrotowej -możliwość oscylacji próbki z wyborem kata oscylacji tryb wykonywania przekrojów : - maksymalny rozmiar próbki 20mmx20mmx7mm - zakres ruchu – oś x ±7mm - zakres ruchu – oś y ±3mm - kąt obrotu  ±3mm - prędkość obrotu próbki 1obr/min, 25 obr/min - szybkość/wydajność cięcia: 500 µm/h (dla krzemu)</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>Badania morfologii i składu chemicznego próbek nieprzewodzących w niskiej i zmiennej próżni, analiza topografii orientacji materiałów drobnokrystalicznych z pełną identyfikacją fazową, analizy punktowe, liniowe oraz powierzchniowe pierwiastków z wykorzystaniem spektrometrów edxs i wdxs, analiza orientacji krystalograficznych z wykorzystaniem dyfrakcji elektronów wstecznie rozproszonych ebsd</t>
+          <t>Polerowanie końcowe, np. dla ebsd, przy ścinianiu pod niskim kątem (flatmilling) lub w celu kontrastowania przez ścienianie pod wysokim kątem  w ciągu kilku minut. wysokiej jakości nieodkształcone przekroje poprzeczne dla analiza struktur pod powierzchnią.</t>
         </is>
       </c>
       <c r="E20" t="inlineStr"/>
       <c r="F20" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
-          <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam.</t>
+          <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I20" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J20" t="inlineStr">
         <is>
-          <t>Laboratorium skaningowej mikroskopii elektronowej kipiam https://kipiam.agh.edu.pl/</t>
+          <t>Laboratorium metalograficzne  kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
           <t>Kopyściański Mateusz</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
         </is>
       </c>
       <c r="M20" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N20" t="inlineStr">
         <is>
-          <t>Bse, ebsd, eds, mikrostruktura, sem</t>
+          <t>Ablacja laserowa/elektronowa, ped, pld</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>Skaningowy kalorymetr różnicowy</t>
+          <t>Skaningowy mikroskop elektronowy nova nano sem 450</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Dsc 8000</t>
+          <t>Nova nano sem 450</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>Konstrukcja dwupiecowa zasada pomiaru : kompensacyjna materiał pieca: 90% stopu platyny czujniki temperatury: rozproszone, platynowe termometry oporowe zakres -180˚c do 750˚c dokładność ±0,05˚c pecyzja  ±0,008˚c punkty danych/s 33 kontrolowane tempo nagrzewania od 0,01 do 300 ˚c/min kontrolowane tempo chłodzenia od 0,01 do 150˚c/min</t>
+          <t>Źródło elektronów schottk'ego o wysokiej stabilności prądu wiązki, niska i wysoka próżnia. detekcja elektronów wtórnych (se), wstecznie rozproszonych (bse), tld-se i -bse, tryb transmisyjny (stem), możliwości analityczne eds, ebsd, wds, obrazowanie mikrostruktury hr-sem (se, bse) analiza eds, wds składu chemicznego analizy orientacji krystalograficznych (ebsd) obrazowanie w trybie stem</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t xml:space="preserve">Przemiany fazowe dyfuzyjne, wymuszone temperaturą, stabilność cieplna faz, rozpad z udziałem fazy gazowej, utlenianie; np. rekrystalizacja w stopach na bazie al i zr. weryfikacja układów fazowych. przemiana szklista, krystalizacja i kinetyka przemian, diagramy c-p-t; np. w szkłach metalicznych i polimerach. ciepło właściwe układów metalicznych i pochłaniających ciepło, wielofazowe związki międzymetaliczne.  </t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">Badania struktury nanomateriałów, morfologii i składu chemicznego próbek nieprzewodzących w niskiej i zmiennej próżni. analiza topografii orientacji materiałów drobnokrystalicznych z pełną identyfikacją fazową, analizy punktowe, liniowe oraz powierzchniowe pierwiastków z wykorzystaniem spektrometrów edxs i wdxs, analiza orientacji krystalograficznych z wykorzystaniem ebsd oraz transmisyjna dyfrakcja ebsd. </t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr"/>
       <c r="F21" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
       <c r="H21" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I21" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J21" t="inlineStr">
         <is>
-          <t>Laboratorium analizy termicznej/kipiam https://kipiam.agh.edu.pl/</t>
+          <t>Laboratorium skaningowej mikroskopii elektronowej kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
           <t>Kopyściański Mateusz</t>
         </is>
       </c>
       <c r="L21" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
         </is>
       </c>
       <c r="M21" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N21" t="inlineStr">
         <is>
-          <t>Dsc, dta, przemiany fazowe</t>
+          <t>Bse, ebsd, eds, mikrostruktura, sem, wds</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
+          <t>Skaningowy mikroskop elektronowy inspect s50</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>Inspect s50</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>Źródło elektronów , elektorda wolframowa energia wiązki 200 ev - 30 kev detekcja elektronów wtórnych (se), wstecznie rozproszonych (bse), możliwosci analityczne eds, ebsd rozdzielczość (wg producenta): 3 nm przy 30 kv (sed) 1,0 nm przy 15 kv (sed) niska próżnia: - 10 nm przy 30kv (sed) - 3 nm przy 3 kv (sed) bezolejowy system pompowy.</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>Badania morfologii i składu chemicznego próbek nieprzewodzących w niskiej i zmiennej próżni, analiza topografii orientacji materiałów drobnokrystalicznych z pełną identyfikacją fazową, analizy punktowe, liniowe oraz powierzchniowe pierwiastków z wykorzystaniem spektrometrów edxs i wdxs, analiza orientacji krystalograficznych z wykorzystaniem dyfrakcji elektronów wstecznie rozproszonych ebsd</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr"/>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G22" t="inlineStr">
+        <is>
+          <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam.</t>
+        </is>
+      </c>
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I22" t="inlineStr">
+        <is>
+          <t>Wydział inżynierii metali i informatyki przemysłowej</t>
+        </is>
+      </c>
+      <c r="J22" t="inlineStr">
+        <is>
+          <t>Laboratorium skaningowej mikroskopii elektronowej kipiam https://kipiam.agh.edu.pl/</t>
+        </is>
+      </c>
+      <c r="K22" t="inlineStr">
+        <is>
+          <t>Kopyściański Mateusz</t>
+        </is>
+      </c>
+      <c r="L22" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
+        </is>
+      </c>
+      <c r="M22" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N22" t="inlineStr">
+        <is>
+          <t>Bse, ebsd, eds, mikrostruktura, sem</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>Skaningowy kalorymetr różnicowy</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Dsc 8000</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>Konstrukcja dwupiecowa zasada pomiaru : kompensacyjna materiał pieca: 90% stopu platyny czujniki temperatury: rozproszone, platynowe termometry oporowe zakres -180˚c do 750˚c dokładność ±0,05˚c pecyzja  ±0,008˚c punkty danych/s 33 kontrolowane tempo nagrzewania od 0,01 do 300 ˚c/min kontrolowane tempo chłodzenia od 0,01 do 150˚c/min</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Przemiany fazowe dyfuzyjne, wymuszone temperaturą, stabilność cieplna faz, rozpad z udziałem fazy gazowej, utlenianie; np. rekrystalizacja w stopach na bazie al i zr. weryfikacja układów fazowych. przemiana szklista, krystalizacja i kinetyka przemian, diagramy c-p-t; np. w szkłach metalicznych i polimerach. ciepło właściwe układów metalicznych i pochłaniających ciepło, wielofazowe związki międzymetaliczne.  </t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Przemiany fazowe dyfuzyjne, wymuszone temperaturą, stabilność cieplna faz, rozpad z udziałem fazy gazowej, utlenianie; np. rekrystalizacja w stopach na bazie al i zr. weryfikacja układów fazowych. przemiana szklista, krystalizacja i kinetyka przemian, diagramy c-p-t; np. w szkłach metalicznych i polimerach. ciepło właściwe układów metalicznych i pochłaniających ciepło, wielofazowe związki międzymetaliczne.  </t>
+        </is>
+      </c>
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr">
+        <is>
+          <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
+        </is>
+      </c>
+      <c r="H23" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I23" t="inlineStr">
+        <is>
+          <t>Wydział inżynierii metali i informatyki przemysłowej</t>
+        </is>
+      </c>
+      <c r="J23" t="inlineStr">
+        <is>
+          <t>Laboratorium analizy termicznej/kipiam https://kipiam.agh.edu.pl/</t>
+        </is>
+      </c>
+      <c r="K23" t="inlineStr">
+        <is>
+          <t>Kopyściański Mateusz</t>
+        </is>
+      </c>
+      <c r="L23" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
+        </is>
+      </c>
+      <c r="M23" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N23" t="inlineStr">
+        <is>
+          <t>Dsc, dta, przemiany fazowe</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
           <t>Mikroskop ze skanującą sondą (mikroskop sił bliskiego zasięgu)</t>
         </is>
       </c>
-      <c r="B22" t="inlineStr">
+      <c r="B24" t="inlineStr">
         <is>
           <t>Dimension icon with scanasyst (veeco/bruker)</t>
         </is>
       </c>
-      <c r="C22" t="inlineStr">
+      <c r="C24" t="inlineStr">
         <is>
           <t>Tryby pracy: afm – mikroskop sił atmowych lfm – mikroskop sił poprzecznych mfm – mikroskop sił magnetycznych efm – mikroskop sił elektrycznych peakforce qnm - obrazowanie własności nano-mechanicznych na podstawie analizy krzywych siłowych obszar analizy xy od max 100 μm x 100 μm do min kilka nm x kilka nm zakres analizy w kierunku z do max 9.5 μm rozdzielczość analizy max do 1 nm w zależności od użytej sondy i trybu pracy.</t>
         </is>
       </c>
-      <c r="D22" t="inlineStr">
+      <c r="D24" t="inlineStr">
         <is>
           <t>Wyznaczanie topografii powierzchni 3d (par. chropowatości) - afm obrazowanie rozkładu: • mikrobszarów o różnym współczynniku tarcia – lfm • mikrodomen magnetycznych – mfm • mikrobszarów o odmiennych własnościach elektrycznych – efm • różnym sposobie oddziaływania mechanicznego badanej powierzchni z ostrzem sondy: adhezja,  odkształcenie, moduł younga.</t>
         </is>
       </c>
-      <c r="E22" t="inlineStr">
+      <c r="E24" t="inlineStr">
         <is>
           <t>Wyznaczanie topografii powierzchni 3d (par. chropowatości) - afm obrazowanie rozkładu: • mikrobszarów o różnym współczynniku tarcia – lfm • mikrodomen magnetycznych – mfm • mikrobszarów o odmiennych własnościach elektrycznych – efm • różnym sposobie oddziaływania mechanicznego badanej powierzchni z ostrzem sondy: adhezja,  odkształcenie, moduł younga.</t>
         </is>
       </c>
-      <c r="F22" t="inlineStr">
+      <c r="F24" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G22" t="inlineStr">
+      <c r="G24" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
-      <c r="H22" t="inlineStr">
+      <c r="H24" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I22" t="inlineStr">
+      <c r="I24" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J22" t="inlineStr">
+      <c r="J24" t="inlineStr">
         <is>
           <t>Laboratorium badań własności materiałów, kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K22" t="inlineStr">
+      <c r="K24" t="inlineStr">
         <is>
           <t>Cieniek Łukasz</t>
         </is>
       </c>
-      <c r="L22" t="inlineStr">
+      <c r="L24" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-cieniek-6418.html</t>
         </is>
       </c>
-      <c r="M22" t="inlineStr">
+      <c r="M24" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N22" t="inlineStr">
+      <c r="N24" t="inlineStr">
         <is>
           <t>Afm, efm, lfm, mfm</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>