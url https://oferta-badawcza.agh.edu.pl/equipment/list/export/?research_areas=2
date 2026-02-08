--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:N25"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,1742 +493,1814 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Aparat do pomiaru analizatora do pomiaru sorpcji gazów i wyznaczania powierzchni właściwej, wielkości, objętości i rozkładu mikro- i mezo-porów w proszkach i materiałach porowatych</t>
+          <t>Multidetektorowy system gpc/sec</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
+          <t>Chromatograf żelowo permeacyjny/chromatograf wykluczenia mas – (gpc/sec) - agilent 1260 infinity ii/iii</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Multidetektorowy zestaw do chromatografii żelowo-permeacyjnej/chromatografii wykluczenia mas (gpc/sec) pozwalający na wyznaczanie rozkładu rozmiarów i mas cząsteczkowych związków zawartych w różnego rodzaju matrycach próbek organicznych. układ gpc/sec jest wyposażony w potrójny system detektorów tj. (i) detektor rozproszenia światła (dwukątowy), (ii) detektor refraktometryczny, oraz (iii) detektor wiskozymetryczny. potrójny układ detektorów dostarcza kompleksowego pakietu danych pozwalających wyznaczyć rozkłady mas cząsteczkowych, jak również kształt i konformację związków organicznych obecnych w mieszaninie. dane z analizy gpc/sec rozszerzają możliwości standardowych technik instrumentalnych, takich jak gc, hplc czy ft-ir, które nie dają możliwości analizy makrocząsteczek, m.in. ze względu na ograniczenia techniczne – wysokie temperatury odparowania, często możliwość dekompozycji termicznej, trudności w kontekście kalibracji czy niestabilność związków. cały układ jest wyposażony w automatyczny, wielopozycyjny podajnik próbek, pompę izokratyczną oraz termostat kolumn regulowany do pracy w zakresie 5-90°c.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Układ dedykowany do analizy związków niepolarnych, kalibrowany względem zestawu materiałów referencyjnych na bazie polistyrenu. warunek konieczny: rozpuszczalność analitów w thf. możliwa analiza przykładowych próbek takich jak: frakcje niepolarne paliw, biopaliw, komponenty paliw alternatywnych, ciężkich frakcji paliwowych, analiza konwencjonalnych polimerów (m.in. pvc, pe, pp, ps), jak i biopolimerów.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Oznaczenie rozkładu mas cząsteczkowych mieszanin, wyznaczenie średniej masy cząsteczkowej liczbowej i wagowej, wyznaczenie współczynnika polidyspersyjności. zakres wykonalności oznaczania mas do weryfikacji z osobą kontaktową.</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony i przeszkolony personel laboratorium.</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Katedra technologii paliw</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Zespół paliw ciekłych, biopaliw i bioproduktów</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Wądrzyk Mariusz</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/mariusz-wadrzyk-6855.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Chromatografia, gpc, makromolekuły, masa cząsteczkowa, paliwa, plastiki, sec</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>Analizator do pomiaru sorpcji gazów i wyznaczania powierzchni właściwej, wielkości, objętości i rozkładu mikro- i mezo-porów w proszkach i materiałach porowatych</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
           <t>Aparat do pomiaru wielkości sorpcji nova 800 anton paar</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C3" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparat nova 800 anton paar:
 	posiada możliwość analizy sorpcji gazów takich jak n2, he i co2 oraz par cieczy. 
 	wykorzystywany do wyznaczania powierzchni właściwej bet, wielkości, objętości i rozkładu mikro- i mezo-porów w próbkach proszkowych i materiałach porowatych.
 	wyposażony w cztery niezależne stacje do odgazowania próbek, co pozwala na równoczesne przygotowanie kilku próbek.
  </t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar sorpcji dla próbek mineralnych, organicznych, syntetycznych, przemysłowych, itp.
 	analiza bet i objętości porów próbek litych i proszkowych.
 </t>
         </is>
       </c>
-      <c r="E2" t="inlineStr">
+      <c r="E3" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparat nova 800 anton paar umożliwia:
 	wyznaczanie jedno- i wielopunktowej powierzchni właściwej bet,
 	określanie powierzchni langmuira oraz analizę izoterm adsorpcji,
 	obliczanie rozkładów objętości i powierzchni porów przy użyciu metod bjh, dft i nldft,
 	analizę rozkładu mikroporów i całkowitej objętości mikroporów.
  </t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F3" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G2" t="inlineStr">
+      <c r="G3" t="inlineStr">
         <is>
           <t>• współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi,
 • współpraca w ramach projektów ncn, ncbir, eu i w ramach umów z przemysłem.</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
+      <c r="H3" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I3" t="inlineStr">
         <is>
           <t>Katedra techniki cieplnej i ochrony środowiska</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
+      <c r="J3" t="inlineStr">
         <is>
           <t>Grupa badawcza: procesy termiczne</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr">
+      <c r="K3" t="inlineStr">
         <is>
           <t>Magdziarz Aneta</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L3" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aneta-magdziarz-5868.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M3" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N3" t="inlineStr">
         <is>
           <t>Adsorpcja, bet, biowęgiel, co2, izoterma adsorpcji, porowatość, powierzchnia właściwa</t>
         </is>
       </c>
     </row>
-    <row r="3">
-      <c r="A3" t="inlineStr">
+    <row r="4">
+      <c r="A4" t="inlineStr">
         <is>
           <t>Piknometr helowy do pomiaru gęstości ciał stałych: ultrapyc 5000 micro (anton paar)</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B4" t="inlineStr">
         <is>
           <t>Piknometr helowy do pomiaru gęstości ciał stałych: ultrapyc 5000 micro (anton paar)</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C4" t="inlineStr">
         <is>
           <t xml:space="preserve">Piknometr gazowy ultrapyc 5000 micro służy do precyzyjnego pomiaru rzeczywistej gęstości ciał stałych w postaci proszków lub monolitów. do pomiarów wykorzystywany jest hel. urządzenie posiada wbudowaną regulację temperatury za pomocą modułu peltiera. pomiary wykonywane są w zakresie 15 °c to 50 °c, standardowo w 20 °c. piknometr gazowy wyposażony jest w trzy komory pomiarowe o różnej objętości. </t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D4" t="inlineStr">
         <is>
           <t>Piknometr gazowy wykorzystywany jest do pomiaru gęstości helowej materiałów stałych, takich jak: sadza, katalizatory, biowęgle, cement, ceramika, kosmetyki, środki osuszające, nawozy, włókna, minerały, produkty farmaceutyczne i metale w proszku.</t>
         </is>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E4" t="inlineStr">
         <is>
           <t>Piknometr gazowy wykorzystywany jest do pomiaru gęstości helowej materiałów stałych, takich jak: sadza, katalizatory, biowęgle, cement, ceramika, kosmetyki, środki osuszające, nawozy, włókna, minerały, produkty farmaceutyczne i metale w proszku.</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F4" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G3" t="inlineStr">
+      <c r="G4" t="inlineStr">
         <is>
           <t>- współpraca naukowo-badawcza z jednostkami agh i innymi krajowymi i zagranicznymi jednostkami naukowymi,
 - współpraca w ramach projektów ncn, ncbir, eu i w ramach umów z przemysłem.</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
+      <c r="H4" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I4" t="inlineStr">
         <is>
           <t>Katedra techniki cieplnej i ochrony środowiska</t>
         </is>
       </c>
-      <c r="J3" t="inlineStr">
+      <c r="J4" t="inlineStr">
         <is>
           <t>Grupa badawcza procesy termiczne</t>
         </is>
       </c>
-      <c r="K3" t="inlineStr">
+      <c r="K4" t="inlineStr">
         <is>
           <t>Magdziarz Aneta</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="L4" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aneta-magdziarz-5868.html</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="M4" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="N4" t="inlineStr">
         <is>
           <t>Biowęgiel, gęstość helowa, gęstość szkieletowa, katalizator, minerały</t>
         </is>
       </c>
     </row>
-    <row r="4">
-      <c r="A4" t="inlineStr">
+    <row r="5">
+      <c r="A5" t="inlineStr">
         <is>
           <t>Cass – system specjacji aerozoli węglowych</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B5" t="inlineStr">
         <is>
           <t>Analizator węgla całkowitego model tca-08 sprzężony z etalometrem ae-33</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C5" t="inlineStr">
         <is>
           <t>Cass (carbonaceous aerosol speciation system/ system specjacji aerozoli węglowych) – system obejmuje analizator węgla całkowitego model tca-08 oraz etalometr ae-33. zestaw produkcji firmy magee scientific/(aerosol) pozwala mierzyć w sposób ciągły stężenie węgla organicznego, nieorganicznego i całkowitego w aerozolu w powietrzu atmosferycznym. w skład zestawu wchodzi także stacja meteorologiczna do pomiaru temperatury, wilgotności i ciśnienia powietrza atmosferycznego.
 aparat niezbędny jest do określenia specjacji frakcji węglowej aerosoli atmosferycznych, które stanowią bardzo często ponad 50% udziału w całkowitej masie pyłu. niezbędny do ciągłego monitorowania tzw. black carbon (bc) – środowiskowego czynnika stresogennego. obecność i wpływ bc na zdrowie ludzkie jest niepokojący i nieznany.  systematyczne monitorowanie bc poprawi ocenę zagrożeń dla zdrowia począwszy od różnych cząstek pochodzących ze spalania i uzupełni dane dotyczące ich stężeń masowych w aerozolach atmosferycznych. pozwoli to na odpowiednie zarządzanie i dobór procesów przemysłowych jak również decyzji w zakresie polityki zrównoważonego rozwoju.</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D5" t="inlineStr">
         <is>
           <t>System cass pozwala mierzyć w sposób quasi ciągły stężeń w powietrzu atmosferycznym węgla elementarnego (ec) (etalometr ae-33) oraz węgla całkowitego (tc) metodą analizy termicznej próbki (tc-08). połączenie aparatów tca-08 i ae-33 pozwala uzyskać zestaw służący do oznaczania 3 form węgla w powietrzu atmosferycznym. na podstawie różnicy dwóch wyników pomiarów otrzymujemy informacje n/t stężenia węgla organicznego (oc).</t>
         </is>
       </c>
-      <c r="E4" t="inlineStr">
+      <c r="E5" t="inlineStr">
         <is>
           <t>Analizator tca-08 służy do monitorowania zawartości węgla całkowitego w pyle zawieszonym w powietrzu atmosferycznym. aparat wykorzystuje dwa identyczne kanały pomiarowe używane do pobierania próby i do wykonywania analizy.
 ae-33 aethalometer® aethalometr mierzy stężenie węgla elementarnego w badanej próbce powietrza.</t>
         </is>
       </c>
-      <c r="F4" t="inlineStr">
+      <c r="F5" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G4" t="inlineStr">
+      <c r="G5" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium. zebrane dane będą udostępniane po wcześniejszym uzgodnieniu z kierownikiem laboratorium.</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
+      <c r="H5" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I4" t="inlineStr">
+      <c r="I5" t="inlineStr">
         <is>
           <t>Katedra technologii paliw</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr">
+      <c r="J5" t="inlineStr">
         <is>
           <t>Zespół badań współczesnych zagrożeń środowiska i rozwoju innowacyjnych technologii w gospodarce obiegu zamkniętego</t>
         </is>
       </c>
-      <c r="K4" t="inlineStr">
+      <c r="K5" t="inlineStr">
         <is>
           <t>Styszko Katarzyna</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L5" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-styszko-5843.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M5" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N5" t="inlineStr">
         <is>
           <t>Aerozole atmosferyczne, black carbon, elemental carbon, frakcja węglowa, pomiary online, węgiel organiczny, zanieczyszczenia organiczne</t>
         </is>
       </c>
     </row>
-    <row r="5">
-      <c r="A5" t="inlineStr">
+    <row r="6">
+      <c r="A6" t="inlineStr">
         <is>
           <t>Optyczny spektrometr emisyjny ze wzbudzeniem w plazmie indukcyjnie sprzężonej (icp-oes)</t>
         </is>
       </c>
-      <c r="B5" t="inlineStr">
+      <c r="B6" t="inlineStr">
         <is>
           <t>Optima 7300dv</t>
         </is>
       </c>
-      <c r="C5" t="inlineStr">
+      <c r="C6" t="inlineStr">
         <is>
           <t>Optyczny spektrometr emisyjny ze wzbudzeniem w plazmie indukcyjnie sprzężonej model optima 7300dv (perkin elmer).
 możliwość obserwacji plazmy w dwóch kierunkach tzw. system dual view (axial i radial) oraz zastosowanie dwóch detektorów półprzewodnikowych (jeden dla uv, jeden dla vis) pozwala na równoczasowe wykonywanie analiz wielopierwiastkowych w szerokim zakresie stężeń przy jednoczesnej dużej odporności na trudne matryce próbek. możliwość elastycznego wyboru długości fal.
 szczegóły można znaleźć na stronie: https://resources.perkinelmer.com/corporate/content/relatedmaterials/brochures/bro_optima7x00seriesicp-oes.pdf</t>
         </is>
       </c>
-      <c r="D5" t="inlineStr">
+      <c r="D6" t="inlineStr">
         <is>
           <t>Icp-oes to czuła, wielopierwiastkowa, dokładna i szybka technika, która znajduje szerokie zastosowanie w analizie środowiskowej. pozwala na pomiar stężenia niemal wszystkich pierwiastków znajdujących się w układzie okresowym w próbkach roztworów wodnych. analiza próbek stałych wymaga ich wcześniejszego przeprowadzenia do roztworu np. poprzez mineralizację mikrofalową.</t>
         </is>
       </c>
-      <c r="E5" t="inlineStr">
+      <c r="E6" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego pierwiastka oraz matrycy próbki możliwy jest pomiar stężeń rzędu µg/l. rutynowo granice oznaczalności wahają się od kilku do kilkuset µg/l. szczegóły można znaleźć w zakresie akredytacji laboratorium (certyfikat akredytacji numer ab 1050).</t>
         </is>
       </c>
-      <c r="F5" t="inlineStr">
+      <c r="F6" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G5" t="inlineStr">
+      <c r="G6" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr">
+      <c r="H6" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I5" t="inlineStr">
+      <c r="I6" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J5" t="inlineStr">
+      <c r="J6" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K5" t="inlineStr">
+      <c r="K6" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L5" t="inlineStr">
+      <c r="L6" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M5" t="inlineStr">
+      <c r="M6" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N5" t="inlineStr">
+      <c r="N6" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza pierwiastkowa, icp-oes, makroskładniki, mikroskładniki, roztwory wodne, woda</t>
         </is>
       </c>
     </row>
-    <row r="6">
-      <c r="A6" t="inlineStr">
+    <row r="7">
+      <c r="A7" t="inlineStr">
         <is>
           <t>Spektrometr mas z jonizacją w plazmie indukcyjnie sprzężonej  (icp-ms)</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B7" t="inlineStr">
         <is>
           <t>Icap rq (c2)</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C7" t="inlineStr">
         <is>
           <t>Spektrometr mas z jonizacją w plazmie indukcyjnie sprzężonej model icap rq (c2) z komorą zderzeniową/reakcyjną (thermo scientific).
 szeroki zakres opcji interfejsów, daje doskonałe możliwości wyboru w zależności od potrzeb i analizowanych matryc. możliwość pracy z 3 różnymi insertami: „robust” do analizy próbek o złożonej matrycy, „high matrix” dla próbek rutynowych (np. wody), „high sensitivity” do pomiarów wymagających wysokiej czułości.
 system optyki jonowej z odchyleniem wiązki o 90° (rapid lens) pozwala na wstępne usunięcie interferencji. spektrometr icap rq icp-ms umożliwia pomiar wszystkich analitów i efektywne usuwanie interferencji w jednym trybie he-dyskryminacji energii kinetycznej (he ked). daje również możliwość stosowania gazów reakcyjnych dla wymagających zastosowań.
 szczegóły dostępne na stronie: https://tools.thermofisher.com/content/sfs/brochures/ps-43318-icp-ms-icap-rq-ps43318-en.pdf</t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D7" t="inlineStr">
         <is>
           <t>Icp-ms to wysoce czuła, wielopierwiastkowa, dokładna i szybka technika, która znajduje szerokie zastosowanie w analizie środowiskowej. pozwala na pomiar stężenia niemal wszystkich pierwiastków znajdujących się w układzie okresowym w próbkach roztworów wodnych. analiza próbek stałych wymaga ich wcześniejszego przeprowadzenia do roztworu np. poprzez mineralizację mikrofalową.</t>
         </is>
       </c>
-      <c r="E6" t="inlineStr">
+      <c r="E7" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego pierwiastka oraz matrycy próbki możliwy jest pomiar stężeń rzędu ng/l. rutynowo granice oznaczalności wahają się od kilkuset ng/l do kilku µg/l. szczegóły można znaleźć w zakresie akredytacji laboratorium (nr ab 1050).</t>
         </is>
       </c>
-      <c r="F6" t="inlineStr">
+      <c r="F7" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G6" t="inlineStr">
+      <c r="G7" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
+      <c r="H7" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I6" t="inlineStr">
+      <c r="I7" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr">
+      <c r="J7" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K6" t="inlineStr">
+      <c r="K7" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L7" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M7" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N7" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza pierwiastkowa, analiza śladowa, icp-ms, mikroskładniki, roztwory wodne, woda</t>
         </is>
       </c>
     </row>
-    <row r="7">
-      <c r="A7" t="inlineStr">
+    <row r="8">
+      <c r="A8" t="inlineStr">
         <is>
           <t>System do analizy pierwiastków składający się ze spektrometru, mineralizatora do przygotowania prób do analizy kationów i modułu do chromatografii jonowej do analizy anionów</t>
         </is>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B8" t="inlineStr">
         <is>
           <t>System do analizy pierwiastków składający się ze spektrometru, mineralizatora do przygotowania prób do analizy kationów i modułu do chromatografii jonowej do analizy anionów</t>
         </is>
       </c>
-      <c r="C7" t="inlineStr">
+      <c r="C8" t="inlineStr">
         <is>
           <t>System składa się z:
  1. optycznego spektrometru emisyjnego icp-oes
 model icap pro xp duo (thermo scientific) z pionowym palnikiem, polichromatorem echelle i detektorem cid.
 2. mineralizatora mikrofalowego ultrawave (milestone)
 technologia src (single reactor chamber) – pojedyncza komora ze stali kwasoodpornej, odporna na 300°c i 200 barów.
 3. chromatografu jonowego thermo scientific dionex aquion
 z wbudowaną pompą izokratyczną, systemem odgazowania próżniowego, termostatowaną celą detektora przewodnościowego do analizy anionów.</t>
         </is>
       </c>
-      <c r="D7" t="inlineStr">
+      <c r="D8" t="inlineStr">
         <is>
           <t>Icp-oes to czuła, wielopierwiastkowa, dokładna i szybka technika, która znajduje szerokie zastosowanie w analizie środowiskowej. analiza próbek stałych wymaga ich wcześniejszego przeprowadzenia do roztworu np. poprzez mineralizację mikrofalową.
 chromatografia jonowa to czuła i dokładna technika, która znajduje szerokie zastosowanie w analizie środowiskowej. pozwala na pomiar stężenia anionóww roztworach wodnych.</t>
         </is>
       </c>
-      <c r="E7" t="inlineStr">
+      <c r="E8" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego pierwiastka oraz matrycy próbki możliwy jest pomiar stężeń rzędu µg/l. rutynowo granice oznaczalności wahają się od kilku do kilkuset µg/l.
 możliwość mineralizacji próbek o różnych matrycach przy zastosowaniu odpowiednich reagentów i warunków przeprowadzania procesu. 
 zależnie od analizowanego jonu oraz matrycy próbki możliwy jest pomiar stężeń rzędu µg/l.</t>
         </is>
       </c>
-      <c r="F7" t="inlineStr">
+      <c r="F8" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G7" t="inlineStr">
+      <c r="G8" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H7" t="inlineStr">
+      <c r="H8" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I7" t="inlineStr">
+      <c r="I8" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J7" t="inlineStr">
+      <c r="J8" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K7" t="inlineStr">
+      <c r="K8" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L7" t="inlineStr">
+      <c r="L8" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M7" t="inlineStr">
+      <c r="M8" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N7" t="inlineStr">
+      <c r="N8" t="inlineStr">
         <is>
           <t>Analiza anionów, analiza ilościowa, analiza pierwiastkowa, ic, icp-oes, mineralizacja mikrofalowa, woda</t>
         </is>
       </c>
     </row>
-    <row r="8">
-      <c r="A8" t="inlineStr">
+    <row r="9">
+      <c r="A9" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski z przystawką wysokotemperaturową</t>
         </is>
       </c>
-      <c r="B8" t="inlineStr">
+      <c r="B9" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski empyrean</t>
         </is>
       </c>
-      <c r="C8" t="inlineStr">
+      <c r="C9" t="inlineStr">
         <is>
           <t>Dyfraktometr proszkowy panalytical empyrean z lampą co. pozwala prowadzić pomiary w geometrii wiązki bragg-brentano z użyciem szczelin kolimacyjnych oraz w geometrii wiązki równoległej (lustro goebla). wyposażony są w wysokoczuły detektor (pixcel1d). posiada różne stoliki oraz szereg dodatkowych elementów optyki, umożliwiające prowadzenie badań dla różnego typu próbek. dyfraktometr z lampą co wyposażony jest dodatkowo w komorę temperaturową, umożliwiająca pomiary w zakresie -190 do 1200ºc.</t>
         </is>
       </c>
-      <c r="D8" t="inlineStr">
+      <c r="D9" t="inlineStr">
         <is>
           <t>- analiza fazowa
 - tekstura krystalograficzna
 - naprężenia 
 - pomiary w zmiennych warunkach temperaturowych i różnych atmosferach ochronnych jaki również próżni
 -xrr</t>
         </is>
       </c>
-      <c r="E8" t="inlineStr"/>
-      <c r="F8" t="inlineStr">
+      <c r="E9" t="inlineStr"/>
+      <c r="F9" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G8" t="inlineStr">
+      <c r="G9" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H8" t="inlineStr">
+      <c r="H9" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I8" t="inlineStr">
+      <c r="I9" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J8" t="inlineStr">
+      <c r="J9" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K8" t="inlineStr">
+      <c r="K9" t="inlineStr">
         <is>
           <t>Marciszko-Wiąckowska Marianna</t>
         </is>
       </c>
-      <c r="L8" t="inlineStr">
+      <c r="L9" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marianna-marciszko-wiackowska-8299.html</t>
         </is>
       </c>
-      <c r="M8" t="inlineStr">
+      <c r="M9" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N8" t="inlineStr">
+      <c r="N9" t="inlineStr">
         <is>
           <t>Analiza fazowa, dyfracja, naprężenia, tekstura, xrr</t>
-        </is>
-[...70 lines deleted...]
-          <t>Cienkie filmy, elipsometria, właściwości cienkich warstw, właściwości optyczne</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Drukarka 3d do wytwarzania rdzeni/form odlewniczych w technologii binder jetting</t>
+          <t>Elipsometr spektroskopowy</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Drukarka kocel ajs300a</t>
+          <t>Elipsometr spektroskopowy senresearch 4.0 - model 850</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>Kocel ajs300a drukarka 3d do wykonywania rdzeni/form w technologii addytywnej z możliwością zastosowania regeneratu (po regeneracji termicznej – o ściśle określonej ziarnistości (0,14-0,18), wymiar komory drukowania (drukowanej formy): 300*200*200mm. urządzenie posiada wbudowaną mieszarkę piasku z katalizatorem oraz głowice drukującą żywicą furanową. urządzenie wyprodukowane zgodnie z ce , iso 9001, iso 14001. rozdzielczość druku: min. 400 dpi. grubość warstwy drukowanej: 0,2 mm. materiał osnowy: piasek kwarcowy, materiał ceramiczny, regenerat. materiał spoiwa: żywica furfurylowa – (furanowa). format pliku żródłowego: stl. dokładność druku: ±0,3 mm. zasilanie: 220v</t>
+          <t>Elipsometr spektroskopowy ser-850 jest urządzeniem działającym w zakresie od ultrafioletu do bliskiej podczerwieni, służącym do pomiaru grubości oraz podstawowych właściwości optycznych cienkich warstw oraz struktur wielowarstwowych. urządzenie pozwala na prowadzenie zarówno rutynowych jak i zaawansowanych pomiarów właściwości optycznych cienkich warstw, w tym wyznaczanie elementów macierzy muellera i pomiary operando – na przykład podczas procesów korozyjnych czy katalitycznych. mowa tu o współczynniku załamania światła, współczynniku absorpcji – dla układów jedno i wielowarstwowych. możliwe jest również wyznaczenie grubości poszczególnych warstw bez niszczenia próbek. wyniki pozwalają na wyznaczenie chropowatości nie tylko powierzchni próbek ale również poszczególnych interfejsów. precyzja pomiaru jest zapewniona poprzez cyfrowo kontrolowane ruchome ramiona oraz odpowiedni zestaw źródeł światła - lampę deuterową (duv) i wolframową (vis-nir)) oraz czułe detektory i polaryzatory pracujące w trybie step-scan. chłodzony termoelektrycznie detektor zakresu duv-vis zapewnia wysoki stosunek sygnał/szum nawet dla próbek o niskim współczynniku odbicia. w urządzeniach zastosowano tryb skanowania ssa, tzn. nie wymagający ruchu elementów toru optycznego w czasie akwizycji, co znacznie zmniejsza czas pomiaru. dołączone oprogramowanie wraz z zaimplementowaną bazą danych, umożliwiają symulację i modelowanie właściwości optycznych mierzonych układów.</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Wymiar komory drukowania (drukowanej formy): 300*200*200mm. urządzenie posiada wbudowaną mieszarkę piasku z katalizatorem oraz głowice drukującą żywicą furanową. rozdzielczość druku: min. 400 dpi. grubość warstwy drukowanej: 0,2 mm. materiał osnowy: piasek kwarcowy, materiał ceramiczny, regenerat. materiał spoiwa: żywica furfurylowa – (furanowa). format pliku żródłowego: stl. dokładność druku: ±0,3 mm. zasilanie: 220v</t>
+          <t>• próbki w postaci cienkich filmów (jedno i wielowarstwowych) • materiały tlenkowe, półprzewodnikowe • badania grubości warstw • parametry optyczne materiałów - pojedyncze warstwy izotropowe oraz złożone układy wielowarstwowe • wyznaczania chropowatości powierzchni oraz interfejsów • badanie materiałów z gradientowych - powłok porowatych, ultra cienkich warstw • badanie efektu depolaryzacji</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
-          <t xml:space="preserve">Wymiar komory drukowania (drukowanej formy): 300*200*200mm. urządzenie posiada wbudowaną mieszarkę piasku z katalizatorem oraz głowice drukującą żywicą furanową. rozdzielczość druku: min. 400 dpi. grubość warstwy drukowanej: 0,2 mm. materiał osnowy: piasek kwarcowy, materiał ceramiczny, regenerat. materiał spoiwa: żywica furfurylowa – (furanowa). format pliku żródłowego: stl. dokładność druku: ±0,3 mm. </t>
+          <t>• elipsometr - zakres spektralny 240nm do 1700nm • reflektometr – zakres od 420 nm do 850 nm • automatyczny goniometr</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
-          <t>Urządzenie obsługiwane przez wykwalifikowany personel. cena usługi zostanie skalkulowana po uruchomieniu i testach wstępnych urządzenia. cena zostanie określona w zł/1h działania urządzenia. zostanie opracowany cennik oraz regulamin udostępniania.</t>
+          <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zakładu lub opiekuna urządzenia. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń.  symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do ewidencji - karty czasu pracy aparatury naukowo-badawczej.</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I10" t="inlineStr">
         <is>
-          <t>Wydział odlewnictwa</t>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
       <c r="J10" t="inlineStr">
         <is>
-          <t>Zaawansowane procesy i materiały; https://odlewnictwo.agh.edu.pl/pracownik/badania/projekty-ncn</t>
+          <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
       <c r="K10" t="inlineStr">
         <is>
-          <t>Dańko Rafał</t>
+          <t>Mazur Tomasz</t>
         </is>
       </c>
       <c r="L10" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/rafal-danko-5019.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/tomasz-mazur-8414.html</t>
         </is>
       </c>
       <c r="M10" t="inlineStr">
         <is>
-          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N10" t="inlineStr">
         <is>
-          <t>3d printer, forma odlewnicza, masa formierska, odlew, rdzeń odlewniczy</t>
+          <t>Cienkie filmy, elipsometria, właściwości cienkich warstw, właściwości optyczne</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Skaner 3d - gom2</t>
+          <t>Drukarka 3d do wytwarzania rdzeni/form odlewniczych w technologii binder jetting</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>System pomiarowy gom scan 1 200</t>
+          <t>Drukarka kocel ajs300a</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>Skaner bezstykowy gom scan 1 to zaawansowane urządzenie oparte na technologii niebieskiego światła oraz projekcji prążków gom stosowane w inżynierii odwrotnej do cyfryzacji analizowanych wyrobów i obiektów. gom scan 1 jest wyposażony w zaawansowaną technologie blue light od firmy gom i działa na zasadzie kamery stereoskopowej co zapewnia wysoką precyzję pozyskiwania danych 3d.</t>
+          <t>Kocel ajs300a drukarka 3d do wykonywania rdzeni/form w technologii addytywnej z możliwością zastosowania regeneratu (po regeneracji termicznej – o ściśle określonej ziarnistości (0,14-0,18), wymiar komory drukowania (drukowanej formy): 300*200*200mm. urządzenie posiada wbudowaną mieszarkę piasku z katalizatorem oraz głowice drukującą żywicą furanową. urządzenie wyprodukowane zgodnie z ce , iso 9001, iso 14001. rozdzielczość druku: min. 400 dpi. grubość warstwy drukowanej: 0,2 mm. materiał osnowy: piasek kwarcowy, materiał ceramiczny, regenerat. materiał spoiwa: żywica furfurylowa – (furanowa). format pliku żródłowego: stl. dokładność druku: ±0,3 mm. zasilanie: 220v</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>Skanowanie obiektów 3d. przetwarzanie i analiza danych ze skanera. inżynieria odwrotna. szybkie prototypowanie. przygotowanie do komputerowego wspomagania projektowania technologii. przeprowadzanie kontroli jakości skanowanej części.</t>
+          <t>Wymiar komory drukowania (drukowanej formy): 300*200*200mm. urządzenie posiada wbudowaną mieszarkę piasku z katalizatorem oraz głowice drukującą żywicą furanową. rozdzielczość druku: min. 400 dpi. grubość warstwy drukowanej: 0,2 mm. materiał osnowy: piasek kwarcowy, materiał ceramiczny, regenerat. materiał spoiwa: żywica furfurylowa – (furanowa). format pliku żródłowego: stl. dokładność druku: ±0,3 mm. zasilanie: 220v</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>Rozdzielczość kamer: 6 mpx błąd pomiarowy: 0.003 mm obszar pomiarowy: 200 x 125mm. możliwość łączenia wielu obszarów pomiarowych w jeden obiekt. odległość od miejsca pomiaru: 450mm źródło światła: led oprogramowanie do obróbki skanów: inspect suite temperatura pracy: -20 do 55°c</t>
+          <t xml:space="preserve">Wymiar komory drukowania (drukowanej formy): 300*200*200mm. urządzenie posiada wbudowaną mieszarkę piasku z katalizatorem oraz głowice drukującą żywicą furanową. rozdzielczość druku: min. 400 dpi. grubość warstwy drukowanej: 0,2 mm. materiał osnowy: piasek kwarcowy, materiał ceramiczny, regenerat. materiał spoiwa: żywica furfurylowa – (furanowa). format pliku żródłowego: stl. dokładność druku: ±0,3 mm. </t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>Udostępnianie infrastruktury wyłącznie za pośrednictwem upoważnionego pracownika katedry informatyki stosowanej i modelowania. zlecenie/ umowa/inna forma współpracy po uzgodnieniu.</t>
+          <t>Urządzenie obsługiwane przez wykwalifikowany personel. cena usługi zostanie skalkulowana po uruchomieniu i testach wstępnych urządzenia. cena zostanie określona w zł/1h działania urządzenia. zostanie opracowany cennik oraz regulamin udostępniania.</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
-          <t>Certyfikat</t>
+          <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I11" t="inlineStr">
         <is>
-          <t>Katedra informatyki stosowanej i modelowania</t>
+          <t>Wydział odlewnictwa</t>
         </is>
       </c>
       <c r="J11" t="inlineStr">
         <is>
-          <t>Grupa badawcza cyfryzacji przemysłu i modelowania wieloskalowego (digitaris) / laboratorium inżynierii odwrotnej i wirtualnej rzeczywistości</t>
+          <t>Zaawansowane procesy i materiały; https://odlewnictwo.agh.edu.pl/pracownik/badania/projekty-ncn</t>
         </is>
       </c>
       <c r="K11" t="inlineStr">
         <is>
-          <t>Perzyński Konrad</t>
+          <t>Dańko Rafał</t>
         </is>
       </c>
       <c r="L11" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/konrad-perzynski-7420.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/rafal-danko-5019.html</t>
         </is>
       </c>
       <c r="M11" t="inlineStr">
         <is>
-          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N11" t="inlineStr">
         <is>
-          <t>Inżynieria odwrotna, profil powierzchni, skaning laserowy 3d</t>
+          <t>3d printer, forma odlewnicza, masa formierska, odlew, rdzeń odlewniczy</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>3flex</t>
+          <t>Skaner 3d - gom2</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>3flex</t>
+          <t>System pomiarowy gom scan 1 200</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>3flex jest w pełni automatycznym analizatorem, jego 3 portowa budowa pozwala na wysokowydajne, długie analizy pola powierzchni, mezoporów i mikroporów, z najwyższą wydajnością rozdzielczością i redukcją danych. każda stacja analityczna jest upgradowalna z mezoporów do mikroporów wraz z swoim własnym przetwornikiem dla jednoczesnych analiz symultanicznych. wraz z wieloma zaawansowanymi cechami, aparat 3flex został zaprojektowany jako jedna całość, po to by poprawić jakość wyników.</t>
+          <t>Skaner bezstykowy gom scan 1 to zaawansowane urządzenie oparte na technologii niebieskiego światła oraz projekcji prążków gom stosowane w inżynierii odwrotnej do cyfryzacji analizowanych wyrobów i obiektów. gom scan 1 jest wyposażony w zaawansowaną technologie blue light od firmy gom i działa na zasadzie kamery stereoskopowej co zapewnia wysoką precyzję pozyskiwania danych 3d.</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>Trzy konfigurowalne, wysokowydajne porty analityczne - dwa lub trzy porty do pomiaru mikroporów standardowe analizy mezoporowate, mikroporowate, jak i gotowość aparatu do analiz fizysorpcyjnych z możliwością użycia kryptonu jako gazu analitycznego dla materiałów małej powierzchni pneumatycznie sterowane, iglicowe zawory zapewniają ultraczystą pracę bez nacieków interaktywne oprogramowanie microactive do obróbki danych</t>
+          <t>Skanowanie obiektów 3d. przetwarzanie i analiza danych ze skanera. inżynieria odwrotna. szybkie prototypowanie. przygotowanie do komputerowego wspomagania projektowania technologii. przeprowadzanie kontroli jakości skanowanej części.</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>Określanie powierzchni właściwej i porowatości</t>
+          <t>Rozdzielczość kamer: 6 mpx błąd pomiarowy: 0.003 mm obszar pomiarowy: 200 x 125mm. możliwość łączenia wielu obszarów pomiarowych w jeden obiekt. odległość od miejsca pomiaru: 450mm źródło światła: led oprogramowanie do obróbki skanów: inspect suite temperatura pracy: -20 do 55°c</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zespołu. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń. przed rozpoczęciem badań wymagane jest podpisanie porozumienia, definiującego warunki udostępnienia. symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do karty czasu pracy aparatury naukowo-badawczej.</t>
+          <t>Udostępnianie infrastruktury wyłącznie za pośrednictwem upoważnionego pracownika katedry informatyki stosowanej i modelowania. zlecenie/ umowa/inna forma współpracy po uzgodnieniu.</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
-          <t>Nie dotyczy</t>
+          <t>Certyfikat</t>
         </is>
       </c>
       <c r="I12" t="inlineStr">
         <is>
-          <t>Katedra technologii paliw</t>
+          <t>Katedra informatyki stosowanej i modelowania</t>
         </is>
       </c>
       <c r="J12" t="inlineStr">
         <is>
-          <t>Zespół procesów katalitycznych i adsorpcyjnych w energetyce i ochronie środowiska</t>
+          <t>Grupa badawcza cyfryzacji przemysłu i modelowania wieloskalowego (digitaris) / laboratorium inżynierii odwrotnej i wirtualnej rzeczywistości</t>
         </is>
       </c>
       <c r="K12" t="inlineStr">
         <is>
-          <t>Samojeden Bogdan</t>
+          <t>Perzyński Konrad</t>
         </is>
       </c>
       <c r="L12" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/bogdan-samojeden-6090.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/konrad-perzynski-7420.html</t>
         </is>
       </c>
       <c r="M12" t="inlineStr">
         <is>
-          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N12" t="inlineStr">
         <is>
-          <t>Bet, macropores, mesopores, micropores, porosity, texture</t>
+          <t>Inżynieria odwrotna, profil powierzchni, skaning laserowy 3d</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
+          <t>3flex</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>3flex</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>3flex jest w pełni automatycznym analizatorem, jego 3 portowa budowa pozwala na wysokowydajne, długie analizy pola powierzchni, mezoporów i mikroporów, z najwyższą wydajnością rozdzielczością i redukcją danych. każda stacja analityczna jest upgradowalna z mezoporów do mikroporów wraz z swoim własnym przetwornikiem dla jednoczesnych analiz symultanicznych. wraz z wieloma zaawansowanymi cechami, aparat 3flex został zaprojektowany jako jedna całość, po to by poprawić jakość wyników.</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>Trzy konfigurowalne, wysokowydajne porty analityczne - dwa lub trzy porty do pomiaru mikroporów standardowe analizy mezoporowate, mikroporowate, jak i gotowość aparatu do analiz fizysorpcyjnych z możliwością użycia kryptonu jako gazu analitycznego dla materiałów małej powierzchni pneumatycznie sterowane, iglicowe zawory zapewniają ultraczystą pracę bez nacieków interaktywne oprogramowanie microactive do obróbki danych</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>Określanie powierzchni właściwej i porowatości</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
+        <is>
+          <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zespołu. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń. przed rozpoczęciem badań wymagane jest podpisanie porozumienia, definiującego warunki udostępnienia. symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do karty czasu pracy aparatury naukowo-badawczej.</t>
+        </is>
+      </c>
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I13" t="inlineStr">
+        <is>
+          <t>Katedra technologii paliw</t>
+        </is>
+      </c>
+      <c r="J13" t="inlineStr">
+        <is>
+          <t>Zespół procesów katalitycznych i adsorpcyjnych w energetyce i ochronie środowiska</t>
+        </is>
+      </c>
+      <c r="K13" t="inlineStr">
+        <is>
+          <t>Samojeden Bogdan</t>
+        </is>
+      </c>
+      <c r="L13" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/bogdan-samojeden-6090.html</t>
+        </is>
+      </c>
+      <c r="M13" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+        </is>
+      </c>
+      <c r="N13" t="inlineStr">
+        <is>
+          <t>Bet, macropores, mesopores, micropores, porosity, texture</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
           <t>Rezystograf do drewna</t>
         </is>
       </c>
-      <c r="B13" t="inlineStr">
+      <c r="B14" t="inlineStr">
         <is>
           <t>Resistograph 4453-s producenta rinntech</t>
         </is>
       </c>
-      <c r="C13" t="inlineStr">
+      <c r="C14" t="inlineStr">
         <is>
           <t xml:space="preserve">Badanie oporów skrawania wykonuje się przy pomocy elastycznego wiertła wykonanego z wolframu o średnicy 1,5 mm z górną krawędzią skrawająca o szerokości 3,0 mm, które wwiercane jest w badany element drewniany ze stałą prędkością obrotową oraz posuwem. moment obrotowy wymagany do utrzymania stałej prędkości obrotowej oraz posuwu odpowiada odporności drewna na skrawanie. jest on rejestrowany i wykreślany z wysoką rozdzielczością w odniesieniu do głębokości nawiertu. </t>
         </is>
       </c>
-      <c r="D13" t="inlineStr">
+      <c r="D14" t="inlineStr">
         <is>
           <t>Urządzenie umożliwa rejestracje zmian oporów skrawania. spadki na wykresach są powiązane z niższym oporem, a tym samym mniejszą gęstością (np. związanych z korozją biologiczną, pustkami, pęknięciami), które wymagają mniejszego momentu obrotowego do pokonania tej samej odległości przez wiertło. wysoka rozdzielczość rejestracji danych pozwala na obserwację zmiany gęstości również w obrębie jednego przyrostu rocznego</t>
         </is>
       </c>
-      <c r="E13" t="inlineStr">
+      <c r="E14" t="inlineStr">
         <is>
           <t xml:space="preserve">Prędkości posuwu wiertła wynosi 40 cm/min i rozdzielczości 1/100 mm (dedykowanego do badania drewna o średniej gęstości).  maksymalna długość pomiaru wynosi 44 cm. </t>
         </is>
       </c>
-      <c r="F13" t="inlineStr">
+      <c r="F14" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G13" t="inlineStr">
+      <c r="G14" t="inlineStr">
         <is>
           <t>Praca wyłącznie za pośrednictwem upoważnionego pracownika katedry geomechaniki, budownictwa i geotechniki. 
 zlecenie/umowa/inna forma współpracy po uzgodnieniu</t>
         </is>
       </c>
-      <c r="H13" t="inlineStr">
+      <c r="H14" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I13" t="inlineStr">
+      <c r="I14" t="inlineStr">
         <is>
           <t>Katedra geomechaniki, budownictwa i geotechniki</t>
         </is>
       </c>
-      <c r="J13" t="inlineStr">
+      <c r="J14" t="inlineStr">
         <is>
           <t>Laboratorium diagnostyki konstrukcji budowlanych</t>
         </is>
       </c>
-      <c r="K13" t="inlineStr">
+      <c r="K14" t="inlineStr">
         <is>
           <t>Jaskowska-Lemańska Justyna</t>
         </is>
       </c>
-      <c r="L13" t="inlineStr">
+      <c r="L14" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/justyna-jaskowska-lemanska-7911.html</t>
         </is>
       </c>
-      <c r="M13" t="inlineStr">
+      <c r="M14" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N13" t="inlineStr">
+      <c r="N14" t="inlineStr">
         <is>
           <t>Badania semi-niszczące, drewno, opór skrawania, sdt</t>
-        </is>
-[...70 lines deleted...]
-          <t>Catalysis, catalysts, tpad, tpd, tpo, tpr</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>Laboratoryjny analizator elementarny mikro chns/o, model ea3100 firmy eurovector</t>
+          <t>Autochem</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Analizator elementarny chns/o, model ea3100 firmy eurovector</t>
+          <t>Autochem iii 2930</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>Analizator elementarny do pracy w konfiguracjach chn, chns chnso. modułowa budowa pozwalająca na szybką zmianę konfiguracji i analizy chns oraz o. dwa oddzielne piece reakcyjne z elektroniczną kontrolą temperatury, kompatybilne z reaktorami spaleniowo-redukcyjnymi do analizy c, h, n, s i reaktorem pirolitycznym do analizy o, kontrolowane niezależnie z jednego oprogramowania. rozdział gazów metodą chromatograficzną. detektor cieplno - przewodnościowy (tcd).</t>
+          <t>Dynamiczne pomiary chemisorpcji i reakcji programowanych temperaturowo wykonywane przez autochem iii dostarczają metryki wydajności, które są krytyczne dla rozwoju nowych materiałów katalitycznych, które będą napędzać technologie wychwytywania i utylizacji dwutlenku węgla, gospodarki wodorowej i innych technologii. autochem iii umożliwia prowadzenie tych prac.</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>1. możliwość oznaczania zawartości węgla, wodoru, azotu, siarki i tlenu 2. aparat przystosowany do analiz próbek ciekłych, past i stałych. 3. wielkość próbki 0.5-100 mg, w zależności od matrycy 4. zakres oznaczania od 100 ppm do 100% dla wszystkich pierwiastków. 5. jeden detektor przewodności cieplnej umieszczony w termostatowanym piecu z elektroniczną kontrolą temperatury umożliwiający analizę wszystkich pierwiastków.</t>
+          <t>Chemisorpcja impulsowa techniki termoprogramowane: tpr, tpo, tpd, tpsr chemisorpcja (centra aktywne silnej mocy): powierzchnia metalu reaktywnego, dyspersja, wielkość krystalitów stężenie powierzchniowe centra aktywnego temperatury redukcji, utleniania rozkład centrów kwasowych lewis/brønsted pomiar krzywej przebicia energia aktywacji</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>Zakres oznaczania od 100 ppm do 100% dla wszystkich pierwiastków</t>
+          <t>Temperatura otoczenia do 1200°c szybkość narastania temperatury -100°c do 800°c: do 100°c/min 800°c do 1000°c: do 50°c/min 1000°c do 1200°c: do 25°c/min gazy przygotowawcze 6 wlotów: h2, o2, he, ar, h2/ar i inne gazy nośne 6 wlotów: he, ar, h2/ar, i inne gazy analityczne (pętla) he, h2, co, o2, n2o, nh3/he, i inne</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G15" t="inlineStr">
         <is>
-          <t>Analizator ogólnie dostępny po wcześniejszym uzgodnieniu terminu, ilości próbek i specyfikacji oznaczeń.</t>
+          <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zespołu. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń. przed rozpoczęciem badań wymagane jest podpisanie porozumienia, definiującego warunki udostępnienia. symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do karty czasu pracy aparatury naukowo-badawczej.</t>
         </is>
       </c>
       <c r="H15" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I15" t="inlineStr">
         <is>
           <t>Katedra technologii paliw</t>
         </is>
       </c>
       <c r="J15" t="inlineStr">
         <is>
-          <t>Zespół paliw ciekłych</t>
+          <t>Zespół procesów katalitycznych i adsorpcyjnych w energetyce i ochronie środowiska</t>
         </is>
       </c>
       <c r="K15" t="inlineStr">
         <is>
-          <t>Lewandowski Marek</t>
+          <t>Samojeden Bogdan</t>
         </is>
       </c>
       <c r="L15" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/marek-lewandowski-8586.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/bogdan-samojeden-6090.html</t>
         </is>
       </c>
       <c r="M15" t="inlineStr">
         <is>
-          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
         </is>
       </c>
       <c r="N15" t="inlineStr">
         <is>
-          <t>Analiza elementarna</t>
+          <t>Catalysis, catalysts, tpad, tpd, tpo, tpr</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
+          <t>Laboratoryjny analizator elementarny mikro chns/o, model ea3100 firmy eurovector</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>Analizator elementarny chns/o, model ea3100 firmy eurovector</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>Analizator elementarny do pracy w konfiguracjach chn, chns chnso. modułowa budowa pozwalająca na szybką zmianę konfiguracji i analizy chns oraz o. dwa oddzielne piece reakcyjne z elektroniczną kontrolą temperatury, kompatybilne z reaktorami spaleniowo-redukcyjnymi do analizy c, h, n, s i reaktorem pirolitycznym do analizy o, kontrolowane niezależnie z jednego oprogramowania. rozdział gazów metodą chromatograficzną. detektor cieplno - przewodnościowy (tcd).</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>1. możliwość oznaczania zawartości węgla, wodoru, azotu, siarki i tlenu 2. aparat przystosowany do analiz próbek ciekłych, past i stałych. 3. wielkość próbki 0.5-100 mg, w zależności od matrycy 4. zakres oznaczania od 100 ppm do 100% dla wszystkich pierwiastków. 5. jeden detektor przewodności cieplnej umieszczony w termostatowanym piecu z elektroniczną kontrolą temperatury umożliwiający analizę wszystkich pierwiastków.</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>Zakres oznaczania od 100 ppm do 100% dla wszystkich pierwiastków</t>
+        </is>
+      </c>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
+        <is>
+          <t>Analizator ogólnie dostępny po wcześniejszym uzgodnieniu terminu, ilości próbek i specyfikacji oznaczeń.</t>
+        </is>
+      </c>
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I16" t="inlineStr">
+        <is>
+          <t>Katedra technologii paliw</t>
+        </is>
+      </c>
+      <c r="J16" t="inlineStr">
+        <is>
+          <t>Zespół paliw ciekłych</t>
+        </is>
+      </c>
+      <c r="K16" t="inlineStr">
+        <is>
+          <t>Lewandowski Marek</t>
+        </is>
+      </c>
+      <c r="L16" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marek-lewandowski-8586.html</t>
+        </is>
+      </c>
+      <c r="M16" t="inlineStr">
+        <is>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+        </is>
+      </c>
+      <c r="N16" t="inlineStr">
+        <is>
+          <t>Analiza elementarna</t>
+        </is>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
           <t>Uhplc-ms/ms</t>
         </is>
       </c>
-      <c r="B16" t="inlineStr">
+      <c r="B17" t="inlineStr">
         <is>
           <t>System ultrasprawnej chromatografii cieczowej z  tandemowym spektrometrem mas typu potrójny kwadrupol model tsq altis</t>
         </is>
       </c>
-      <c r="C16" t="inlineStr">
+      <c r="C17" t="inlineStr">
         <is>
           <t>Spektrometry mas typu potrójny kwadrupol to instrumenty tandemowe. głównymi składowymi instrumentu są dwa kwadrupolowe analizatory mas oraz komora kolizyjna. takie rozwiązanie techniczne pozwalają zastosować tę aparaturę do celowanych analiz ilościowych z doskonałą czułością i precyzją oraz do badań przesiewowych (screening). doskonała precyzja, wysoka czułość, szybkości skanowania oraz możliwość fragmentacji badanych związków spowodowały, ze potrójne kwadrupole są obecnie złotym standardem dla tego typu analiz.
 kwadrupolowy analizator mas jest niezbędny przy analizach substancji w skomplikowanych matrycach. w szeroko pojętej farmacji oraz badaniach środowiskowych tego typu aparaturę wykorzystuje się standardowo do oznaczania, m.in. metabolitów leków/narkotyków/dopalaczy w płynach ustrojowych (screening i analiza ilościowa), badań sfałszowanych składników leków, badań farmakokinetycznych, sprawdzania czystość api po syntezie, czystość surowców do syntezy, oznaczanie zanieczyszczeń w gotowym produkcie. kwadrupolowy analizator mas daje możliwość prowadzenia oznaczeń ilościowych na podstawie eksperymentów sim czy srm, które z kolei zapewniają wysoką czułość  i precyzję oznaczeń. dodatkowo tryb srm (inaczej mrm) to złoty standard do oznaczeń ilościowych w technikach wykorzystujących spektrometrię mas. kluczowymi parametrami dla omawianej aparatury jest czułość, rozdzielczość, ilość przejść srm na sekundę oraz liniowość.
 każdego dnia pojawiają się nowe wyzwania w zakresie bezpieczeństwa żywności i środowiska. oznaczenie ilościowe setek zanieczyszczeń na ultraniskich poziomach można łatwo przeprowadzić za pomocą spektrometru mas tsq altis. instrument zapewnia solidne oznaczanie ilościowe, wyjątkową odtwarzalność, najwyższą czułość i niezwykłą szybkość.</t>
         </is>
       </c>
-      <c r="D16" t="inlineStr">
+      <c r="D17" t="inlineStr">
         <is>
           <t>System lc-ms/ms  jest niezbędny przy analizach substancji w skomplikowanych matrycach. w szeroko pojętej farmacji oraz badaniach środowiskowych stosuje się standardowo do oznaczania, m.in. metabolitów leków/narkotyków/dopalaczy w płynach ustrojowych (screening i analiza ilościowa), czystość surowców do syntezy, oznaczanie zanieczyszczeń w gotowym produkcie oraz próbkach środowoiskowych.</t>
         </is>
       </c>
-      <c r="E16" t="inlineStr">
+      <c r="E17" t="inlineStr">
         <is>
           <t>Spektrometr mas
 	źródła jonów typu electrospray z grzaną głowicą; jonizacja chemiczna;
 	tryby skanowania:
 		pełne skanowanie (full-scan)
 		monitorowanie wybranego jonu (sim)
 		monitorowanie wybranej reakcji (srm).
 chromatograf cieczowy
 oprogramowanie sterujące pracą spektrometru mas, umożliwiające akwizycję, obróbkę i  analizę danych.</t>
         </is>
       </c>
-      <c r="F16" t="inlineStr">
+      <c r="F17" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G16" t="inlineStr">
+      <c r="G17" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H16" t="inlineStr">
+      <c r="H17" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I16" t="inlineStr">
+      <c r="I17" t="inlineStr">
         <is>
           <t>Katedra chemii węgla i nauk o środowisku</t>
         </is>
       </c>
-      <c r="J16" t="inlineStr">
+      <c r="J17" t="inlineStr">
         <is>
           <t>Zespół badań współczesnych zagrożeń środowiska</t>
         </is>
       </c>
-      <c r="K16" t="inlineStr">
+      <c r="K17" t="inlineStr">
         <is>
           <t>Styszko Katarzyna</t>
         </is>
       </c>
-      <c r="L16" t="inlineStr">
+      <c r="L17" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-styszko-5843.html</t>
         </is>
       </c>
-      <c r="M16" t="inlineStr">
+      <c r="M17" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
         </is>
       </c>
-      <c r="N16" t="inlineStr">
+      <c r="N17" t="inlineStr">
         <is>
           <t>Biomarkery, chromatografia cieczowa, metabolity, mikrozanieczyszczenia, pozostałosci leków, spektrometria mas</t>
         </is>
       </c>
     </row>
-    <row r="17">
-      <c r="A17" t="inlineStr">
+    <row r="18">
+      <c r="A18" t="inlineStr">
         <is>
           <t>Tomograf</t>
         </is>
       </c>
-      <c r="B17" t="inlineStr">
+      <c r="B18" t="inlineStr">
         <is>
           <t>Tomograf g phoenix v|tome|x</t>
         </is>
       </c>
-      <c r="C17" t="inlineStr">
+      <c r="C18" t="inlineStr">
         <is>
           <t>Tomograf wyposażony w dwie lampy – microfocus (maksymalne napięcie 300 kv) i nanofocus (maksymalne napięcie 180 kv)</t>
         </is>
       </c>
-      <c r="D17" t="inlineStr">
+      <c r="D18" t="inlineStr">
         <is>
           <t>Możliwość prowadzenia badań tomograficznych przy jednoczesnym obciążeniu statycznym oraz przy wpływie ekstremalnych temperatur pozwala na pracę z różnymi materiałami m. in. drewnem, metalami, skałami, kompozytami, tkankami organicznymi czy elektroniką</t>
         </is>
       </c>
-      <c r="E17" t="inlineStr">
+      <c r="E18" t="inlineStr">
         <is>
           <t>Dostosowanie źródła promieniowania do materiału
 możliwość dostrzeżenia szczegółów &lt;0,2µm,
 maksymalna średnica elementu 30cm,
 maksymalna masa elementu 25kg,
 maksymalna wysokość elementu 100cm,
 stabilizowany temperatorowo detektor panelowy o wysokim kontraście pozwalający na pozyskanie wysokiej jakości danych
 zautomatyzowane systemy korekcji wpływające na zniwelowania potencjalnych błędów analiz</t>
         </is>
       </c>
-      <c r="F17" t="inlineStr">
+      <c r="F18" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G17" t="inlineStr">
+      <c r="G18" t="inlineStr">
         <is>
           <t>Praca wyłącznie za pośrednictwem upoważnionego pracownika katedry geomechaniki, budownictwa i geotechniki. 
 zlecenie/ umowa/inna forma współpracy po uzgodnieniu</t>
         </is>
       </c>
-      <c r="H17" t="inlineStr">
+      <c r="H18" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I17" t="inlineStr">
+      <c r="I18" t="inlineStr">
         <is>
           <t>Katedra geomechaniki, budownictwa i geotechniki</t>
         </is>
       </c>
-      <c r="J17" t="inlineStr">
+      <c r="J18" t="inlineStr">
         <is>
           <t>Pracownia badań tomograficznych</t>
         </is>
       </c>
-      <c r="K17" t="inlineStr">
+      <c r="K18" t="inlineStr">
         <is>
           <t>Wałach Daniel</t>
         </is>
       </c>
-      <c r="L17" t="inlineStr">
+      <c r="L18" t="inlineStr">
         <is>
           <t>Https://api.skos.agh.edu.pl/osoba/daniel-walach-5448.html</t>
         </is>
       </c>
-      <c r="M17" t="inlineStr">
+      <c r="M18" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N17" t="inlineStr">
+      <c r="N18" t="inlineStr">
         <is>
           <t>Badania tomograficzne, phoenix, tomograf</t>
         </is>
       </c>
     </row>
-    <row r="18">
-      <c r="A18" t="inlineStr">
+    <row r="19">
+      <c r="A19" t="inlineStr">
         <is>
           <t>Skaner laserowy 3d</t>
         </is>
       </c>
-      <c r="B18" t="inlineStr">
+      <c r="B19" t="inlineStr">
         <is>
           <t>Faro focus s 150</t>
         </is>
       </c>
-      <c r="C18" t="inlineStr">
+      <c r="C19" t="inlineStr">
         <is>
           <t>Skanery laserowe zostały opracowanie z myślą o pomiarach wewnątrz i na zewnątrz budynków w takich branżach jak architektura, inżynieria, budownictwo, bezpieczeństwo publiczne i kryminalistyka lub projektowanie produktów. urządzenia rejestrują dane ze świata rzeczywistego i zapisują je w formie cyfrowej w celu dostarczenia informacji służących analizom, współpracy i zwiększeniu efektywności procesu decyzyjnego.</t>
         </is>
       </c>
-      <c r="D18" t="inlineStr">
+      <c r="D19" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	skanowanie 3d całych budynków – wewnątrz i na zewnątrz
 	skanowanie 3d pomieszczeń
 	skanowanie 3d dużych obiektów 
  </t>
         </is>
       </c>
-      <c r="E18" t="inlineStr">
+      <c r="E19" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	maksymalna odległość skanowania 3d: 150 m
 	błąd pomiaru odległości: +-1mm
 	szybkość skanowania – pkt/s:     do 2 000 000 pkt/s
 	temperatura pracy:   -20 do 55°c
 </t>
         </is>
       </c>
-      <c r="F18" t="inlineStr">
+      <c r="F19" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G18" t="inlineStr">
+      <c r="G19" t="inlineStr">
         <is>
           <t>"praca wyłącznie za pośrednictwem upoważnionego pracownika katedry geomechaniki, budownictwa i geotechniki. 
 zlecenie/ umowa/inna forma współpracy po uzgodnieniu"</t>
         </is>
       </c>
-      <c r="H18" t="inlineStr">
+      <c r="H19" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I18" t="inlineStr">
+      <c r="I19" t="inlineStr">
         <is>
           <t>Katedra geomechaniki, budownictwa i geotechniki</t>
         </is>
       </c>
-      <c r="J18" t="inlineStr">
+      <c r="J19" t="inlineStr">
         <is>
           <t>Laboratorium diagnostyki konstrukcji budowlanych</t>
         </is>
       </c>
-      <c r="K18" t="inlineStr">
+      <c r="K19" t="inlineStr">
         <is>
           <t>Jaskowska-Lemańska Justyna</t>
         </is>
       </c>
-      <c r="L18" t="inlineStr">
+      <c r="L19" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/justyna-jaskowska-lemanska-7911.html</t>
         </is>
       </c>
-      <c r="M18" t="inlineStr">
+      <c r="M19" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N18" t="inlineStr">
+      <c r="N19" t="inlineStr">
         <is>
           <t>Chmura punktów, inwentaryzacja obiektów, skaning laserowy 3d</t>
-        </is>
-[...70 lines deleted...]
-          <t>Adhezja, modul younga, nanotwardość, scrachtest, test rysy</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>Zestaw do jonowego polerowania i trawienia materiałów</t>
+          <t>Nanotwardościomierz i nano-scratch tester firmy csm instruments</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Im4000 plus</t>
+          <t>Nanotwardościomierz nht 50-183; nano-scrach tester nst 50-146</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Działo jonów ar typu penning, pracujące przy napięciu w zakresie od 0kv do 6kv możliwość obserwacji próbki podczas procesu polerowania i cięcia przy użyciu stereoskopu zakres polerowania próbek: średniacy 50 mm, wysokość 25 mm tryb polerowania: -maksymalny rozmiar próbki w trybie polerowania 50mm - zakres ruchu (średnica obszaru polerowanego) - oś x:0-5 mm -kąt padania wiązki 0°-90° -kąt obrotu próbki ±90° -możliwość rotacji próbki z wyborem prędkości obrotowej -możliwość oscylacji próbki z wyborem kata oscylacji tryb wykonywania przekrojów : - maksymalny rozmiar próbki 20mmx20mmx7mm - zakres ruchu – oś x ±7mm - zakres ruchu – oś y ±3mm - kąt obrotu  ±3mm - prędkość obrotu próbki 1obr/min, 25 obr/min - szybkość/wydajność cięcia: 500 µm/h (dla krzemu)</t>
+          <t xml:space="preserve">Nanotwardościomierz: urządzenie służy do pomiaru twardości materiałów o drobnokrystalicznej strukturze, cienkich warstw. wykonywanie pomiarów pojedynczych i cyklicznych. możliwość nanoszenia obciążenia od 0,05 mn do 500 mn. wyposażone we wgłębnik berkovich’a (z certyfikatami), mikroskop optyczny, zmotoryzowany stolik w osiach x i y. oprogramowanie umożliwia pomiary odległości, grubości powłok.  nano-scrach tester:  urządzenie służy do charakteryzowania własności mechanicznych powierzchni materiałów, cienkich warstw i powłok, np: adhezji, pękania, delaminacji i deformacji, twardości. może być używany do różnych rodzajów powłok np.: nakładanych techniką pld, plazmowych, w technologii półprzewodników i powłok o własnościach optycznych. nanoscrach-tester umożliwia określenie parametrów: siły tarcia, głębokości penetracji wgłębnika, siły zużycia i in.. do pomiaru wykorzystuje się diamentowe ostrze, które działa na materiał z określoną zadaną siłą. </t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>Polerowanie końcowe, np. dla ebsd, przy ścinianiu pod niskim kątem (flatmilling) lub w celu kontrastowania przez ścienianie pod wysokim kątem  w ciągu kilku minut. wysokiej jakości nieodkształcone przekroje poprzeczne dla analiza struktur pod powierzchnią.</t>
-[...2 lines deleted...]
-      <c r="E20" t="inlineStr"/>
+          <t>Pomiary nanotwardości, modułu younga, twardości intendancyjjnej cienkich warstw, powłok, drobnokrystalicznej struktury; adhezji powłok do podłoża (test rysy).</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Pomiary za pomocą nanotwardościomierza wykonywane przy zastosowaniu wgłębnika berkovich'a. nanoscrachtester: sferostożkowe ostrze diamentowe </t>
+        </is>
+      </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
-          <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
+          <t>Upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I20" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J20" t="inlineStr">
         <is>
-          <t>Laboratorium metalograficzne  kipiam https://kipiam.agh.edu.pl/</t>
+          <t>Labolatorium badań właściwości materiałów, kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
-          <t>Kopyściański Mateusz</t>
+          <t>Radziszewska Agnieszka</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/agnieszka-radziszewska-5214.html</t>
         </is>
       </c>
       <c r="M20" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N20" t="inlineStr">
         <is>
-          <t>Ablacja laserowa/elektronowa, ped, pld</t>
+          <t>Adhezja, modul younga, nanotwardość, scrachtest, test rysy</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>Skaningowy mikroskop elektronowy nova nano sem 450</t>
+          <t>Zestaw do jonowego polerowania i trawienia materiałów</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Nova nano sem 450</t>
+          <t>Im4000 plus</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>Źródło elektronów schottk'ego o wysokiej stabilności prądu wiązki, niska i wysoka próżnia. detekcja elektronów wtórnych (se), wstecznie rozproszonych (bse), tld-se i -bse, tryb transmisyjny (stem), możliwości analityczne eds, ebsd, wds, obrazowanie mikrostruktury hr-sem (se, bse) analiza eds, wds składu chemicznego analizy orientacji krystalograficznych (ebsd) obrazowanie w trybie stem</t>
+          <t>Działo jonów ar typu penning, pracujące przy napięciu w zakresie od 0kv do 6kv możliwość obserwacji próbki podczas procesu polerowania i cięcia przy użyciu stereoskopu zakres polerowania próbek: średniacy 50 mm, wysokość 25 mm tryb polerowania: -maksymalny rozmiar próbki w trybie polerowania 50mm - zakres ruchu (średnica obszaru polerowanego) - oś x:0-5 mm -kąt padania wiązki 0°-90° -kąt obrotu próbki ±90° -możliwość rotacji próbki z wyborem prędkości obrotowej -możliwość oscylacji próbki z wyborem kata oscylacji tryb wykonywania przekrojów : - maksymalny rozmiar próbki 20mmx20mmx7mm - zakres ruchu – oś x ±7mm - zakres ruchu – oś y ±3mm - kąt obrotu  ±3mm - prędkość obrotu próbki 1obr/min, 25 obr/min - szybkość/wydajność cięcia: 500 µm/h (dla krzemu)</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t xml:space="preserve">Badania struktury nanomateriałów, morfologii i składu chemicznego próbek nieprzewodzących w niskiej i zmiennej próżni. analiza topografii orientacji materiałów drobnokrystalicznych z pełną identyfikacją fazową, analizy punktowe, liniowe oraz powierzchniowe pierwiastków z wykorzystaniem spektrometrów edxs i wdxs, analiza orientacji krystalograficznych z wykorzystaniem ebsd oraz transmisyjna dyfrakcja ebsd. </t>
+          <t>Polerowanie końcowe, np. dla ebsd, przy ścinianiu pod niskim kątem (flatmilling) lub w celu kontrastowania przez ścienianie pod wysokim kątem  w ciągu kilku minut. wysokiej jakości nieodkształcone przekroje poprzeczne dla analiza struktur pod powierzchnią.</t>
         </is>
       </c>
       <c r="E21" t="inlineStr"/>
       <c r="F21" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G21" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
       <c r="H21" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I21" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J21" t="inlineStr">
         <is>
-          <t>Laboratorium skaningowej mikroskopii elektronowej kipiam https://kipiam.agh.edu.pl/</t>
+          <t>Laboratorium metalograficzne  kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
       <c r="K21" t="inlineStr">
         <is>
           <t>Kopyściański Mateusz</t>
         </is>
       </c>
       <c r="L21" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
         </is>
       </c>
       <c r="M21" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N21" t="inlineStr">
         <is>
-          <t>Bse, ebsd, eds, mikrostruktura, sem, wds</t>
+          <t>Ablacja laserowa/elektronowa, ped, pld</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>Skaningowy mikroskop elektronowy inspect s50</t>
+          <t>Skaningowy mikroskop elektronowy nova nano sem 450</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Inspect s50</t>
+          <t>Nova nano sem 450</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>Źródło elektronów , elektorda wolframowa energia wiązki 200 ev - 30 kev detekcja elektronów wtórnych (se), wstecznie rozproszonych (bse), możliwosci analityczne eds, ebsd rozdzielczość (wg producenta): 3 nm przy 30 kv (sed) 1,0 nm przy 15 kv (sed) niska próżnia: - 10 nm przy 30kv (sed) - 3 nm przy 3 kv (sed) bezolejowy system pompowy.</t>
+          <t>Źródło elektronów schottk'ego o wysokiej stabilności prądu wiązki, niska i wysoka próżnia. detekcja elektronów wtórnych (se), wstecznie rozproszonych (bse), tld-se i -bse, tryb transmisyjny (stem), możliwości analityczne eds, ebsd, wds, obrazowanie mikrostruktury hr-sem (se, bse) analiza eds, wds składu chemicznego analizy orientacji krystalograficznych (ebsd) obrazowanie w trybie stem</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>Badania morfologii i składu chemicznego próbek nieprzewodzących w niskiej i zmiennej próżni, analiza topografii orientacji materiałów drobnokrystalicznych z pełną identyfikacją fazową, analizy punktowe, liniowe oraz powierzchniowe pierwiastków z wykorzystaniem spektrometrów edxs i wdxs, analiza orientacji krystalograficznych z wykorzystaniem dyfrakcji elektronów wstecznie rozproszonych ebsd</t>
+          <t xml:space="preserve">Badania struktury nanomateriałów, morfologii i składu chemicznego próbek nieprzewodzących w niskiej i zmiennej próżni. analiza topografii orientacji materiałów drobnokrystalicznych z pełną identyfikacją fazową, analizy punktowe, liniowe oraz powierzchniowe pierwiastków z wykorzystaniem spektrometrów edxs i wdxs, analiza orientacji krystalograficznych z wykorzystaniem ebsd oraz transmisyjna dyfrakcja ebsd. </t>
         </is>
       </c>
       <c r="E22" t="inlineStr"/>
       <c r="F22" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G22" t="inlineStr">
         <is>
-          <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam.</t>
+          <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
       <c r="H22" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I22" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J22" t="inlineStr">
         <is>
           <t>Laboratorium skaningowej mikroskopii elektronowej kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
       <c r="K22" t="inlineStr">
         <is>
           <t>Kopyściański Mateusz</t>
         </is>
       </c>
       <c r="L22" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
         </is>
       </c>
       <c r="M22" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N22" t="inlineStr">
         <is>
-          <t>Bse, ebsd, eds, mikrostruktura, sem</t>
+          <t>Bse, ebsd, eds, mikrostruktura, sem, wds</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>Skaningowy kalorymetr różnicowy</t>
+          <t>Skaningowy mikroskop elektronowy inspect s50</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Dsc 8000</t>
+          <t>Inspect s50</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>Konstrukcja dwupiecowa zasada pomiaru : kompensacyjna materiał pieca: 90% stopu platyny czujniki temperatury: rozproszone, platynowe termometry oporowe zakres -180˚c do 750˚c dokładność ±0,05˚c pecyzja  ±0,008˚c punkty danych/s 33 kontrolowane tempo nagrzewania od 0,01 do 300 ˚c/min kontrolowane tempo chłodzenia od 0,01 do 150˚c/min</t>
+          <t>Źródło elektronów , elektorda wolframowa energia wiązki 200 ev - 30 kev detekcja elektronów wtórnych (se), wstecznie rozproszonych (bse), możliwosci analityczne eds, ebsd rozdzielczość (wg producenta): 3 nm przy 30 kv (sed) 1,0 nm przy 15 kv (sed) niska próżnia: - 10 nm przy 30kv (sed) - 3 nm przy 3 kv (sed) bezolejowy system pompowy.</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t xml:space="preserve">Przemiany fazowe dyfuzyjne, wymuszone temperaturą, stabilność cieplna faz, rozpad z udziałem fazy gazowej, utlenianie; np. rekrystalizacja w stopach na bazie al i zr. weryfikacja układów fazowych. przemiana szklista, krystalizacja i kinetyka przemian, diagramy c-p-t; np. w szkłach metalicznych i polimerach. ciepło właściwe układów metalicznych i pochłaniających ciepło, wielofazowe związki międzymetaliczne.  </t>
-[...6 lines deleted...]
-      </c>
+          <t>Badania morfologii i składu chemicznego próbek nieprzewodzących w niskiej i zmiennej próżni, analiza topografii orientacji materiałów drobnokrystalicznych z pełną identyfikacją fazową, analizy punktowe, liniowe oraz powierzchniowe pierwiastków z wykorzystaniem spektrometrów edxs i wdxs, analiza orientacji krystalograficznych z wykorzystaniem dyfrakcji elektronów wstecznie rozproszonych ebsd</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr"/>
       <c r="F23" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G23" t="inlineStr">
         <is>
-          <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
+          <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam.</t>
         </is>
       </c>
       <c r="H23" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I23" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
       <c r="J23" t="inlineStr">
         <is>
-          <t>Laboratorium analizy termicznej/kipiam https://kipiam.agh.edu.pl/</t>
+          <t>Laboratorium skaningowej mikroskopii elektronowej kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
       <c r="K23" t="inlineStr">
         <is>
           <t>Kopyściański Mateusz</t>
         </is>
       </c>
       <c r="L23" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
         </is>
       </c>
       <c r="M23" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N23" t="inlineStr">
         <is>
-          <t>Dsc, dta, przemiany fazowe</t>
+          <t>Bse, ebsd, eds, mikrostruktura, sem</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
+          <t>Skaningowy kalorymetr różnicowy</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>Dsc 8000</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>Konstrukcja dwupiecowa zasada pomiaru : kompensacyjna materiał pieca: 90% stopu platyny czujniki temperatury: rozproszone, platynowe termometry oporowe zakres -180˚c do 750˚c dokładność ±0,05˚c pecyzja  ±0,008˚c punkty danych/s 33 kontrolowane tempo nagrzewania od 0,01 do 300 ˚c/min kontrolowane tempo chłodzenia od 0,01 do 150˚c/min</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Przemiany fazowe dyfuzyjne, wymuszone temperaturą, stabilność cieplna faz, rozpad z udziałem fazy gazowej, utlenianie; np. rekrystalizacja w stopach na bazie al i zr. weryfikacja układów fazowych. przemiana szklista, krystalizacja i kinetyka przemian, diagramy c-p-t; np. w szkłach metalicznych i polimerach. ciepło właściwe układów metalicznych i pochłaniających ciepło, wielofazowe związki międzymetaliczne.  </t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Przemiany fazowe dyfuzyjne, wymuszone temperaturą, stabilność cieplna faz, rozpad z udziałem fazy gazowej, utlenianie; np. rekrystalizacja w stopach na bazie al i zr. weryfikacja układów fazowych. przemiana szklista, krystalizacja i kinetyka przemian, diagramy c-p-t; np. w szkłach metalicznych i polimerach. ciepło właściwe układów metalicznych i pochłaniających ciepło, wielofazowe związki międzymetaliczne.  </t>
+        </is>
+      </c>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr">
+        <is>
+          <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
+        </is>
+      </c>
+      <c r="H24" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I24" t="inlineStr">
+        <is>
+          <t>Wydział inżynierii metali i informatyki przemysłowej</t>
+        </is>
+      </c>
+      <c r="J24" t="inlineStr">
+        <is>
+          <t>Laboratorium analizy termicznej/kipiam https://kipiam.agh.edu.pl/</t>
+        </is>
+      </c>
+      <c r="K24" t="inlineStr">
+        <is>
+          <t>Kopyściański Mateusz</t>
+        </is>
+      </c>
+      <c r="L24" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/mateusz-kopyscianski-7513.html</t>
+        </is>
+      </c>
+      <c r="M24" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N24" t="inlineStr">
+        <is>
+          <t>Dsc, dta, przemiany fazowe</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
           <t>Mikroskop ze skanującą sondą (mikroskop sił bliskiego zasięgu)</t>
         </is>
       </c>
-      <c r="B24" t="inlineStr">
+      <c r="B25" t="inlineStr">
         <is>
           <t>Dimension icon with scanasyst (veeco/bruker)</t>
         </is>
       </c>
-      <c r="C24" t="inlineStr">
+      <c r="C25" t="inlineStr">
         <is>
           <t>Tryby pracy: afm – mikroskop sił atmowych lfm – mikroskop sił poprzecznych mfm – mikroskop sił magnetycznych efm – mikroskop sił elektrycznych peakforce qnm - obrazowanie własności nano-mechanicznych na podstawie analizy krzywych siłowych obszar analizy xy od max 100 μm x 100 μm do min kilka nm x kilka nm zakres analizy w kierunku z do max 9.5 μm rozdzielczość analizy max do 1 nm w zależności od użytej sondy i trybu pracy.</t>
         </is>
       </c>
-      <c r="D24" t="inlineStr">
+      <c r="D25" t="inlineStr">
         <is>
           <t>Wyznaczanie topografii powierzchni 3d (par. chropowatości) - afm obrazowanie rozkładu: • mikrobszarów o różnym współczynniku tarcia – lfm • mikrodomen magnetycznych – mfm • mikrobszarów o odmiennych własnościach elektrycznych – efm • różnym sposobie oddziaływania mechanicznego badanej powierzchni z ostrzem sondy: adhezja,  odkształcenie, moduł younga.</t>
         </is>
       </c>
-      <c r="E24" t="inlineStr">
+      <c r="E25" t="inlineStr">
         <is>
           <t>Wyznaczanie topografii powierzchni 3d (par. chropowatości) - afm obrazowanie rozkładu: • mikrobszarów o różnym współczynniku tarcia – lfm • mikrodomen magnetycznych – mfm • mikrobszarów o odmiennych własnościach elektrycznych – efm • różnym sposobie oddziaływania mechanicznego badanej powierzchni z ostrzem sondy: adhezja,  odkształcenie, moduł younga.</t>
         </is>
       </c>
-      <c r="F24" t="inlineStr">
+      <c r="F25" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G24" t="inlineStr">
+      <c r="G25" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych/upoważnienie kierownika katedry ipiam</t>
         </is>
       </c>
-      <c r="H24" t="inlineStr">
+      <c r="H25" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I24" t="inlineStr">
+      <c r="I25" t="inlineStr">
         <is>
           <t>Wydział inżynierii metali i informatyki przemysłowej</t>
         </is>
       </c>
-      <c r="J24" t="inlineStr">
+      <c r="J25" t="inlineStr">
         <is>
           <t>Laboratorium badań własności materiałów, kipiam https://kipiam.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K24" t="inlineStr">
+      <c r="K25" t="inlineStr">
         <is>
           <t>Cieniek Łukasz</t>
         </is>
       </c>
-      <c r="L24" t="inlineStr">
+      <c r="L25" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-cieniek-6418.html</t>
         </is>
       </c>
-      <c r="M24" t="inlineStr">
+      <c r="M25" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N24" t="inlineStr">
+      <c r="N25" t="inlineStr">
         <is>
           <t>Afm, efm, lfm, mfm</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>