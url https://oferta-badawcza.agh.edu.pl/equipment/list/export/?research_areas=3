--- v0 (2026-01-22)
+++ v1 (2026-03-19)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N64"/>
+  <dimension ref="A1:N66"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,4842 +493,5015 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>Uhplc-ms/ms</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>System ultrasprawnej chromatografii cieczowej z  tandemowym spektrometrem mas typu potrójny kwadrupol model tsq altis</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Spektrometry mas typu potrójny kwadrupol to instrumenty tandemowe. głównymi składowymi instrumentu są dwa kwadrupolowe analizatory mas oraz komora kolizyjna. takie rozwiązanie techniczne pozwalają zastosować tę aparaturę do celowanych analiz ilościowych z doskonałą czułością i precyzją oraz do badań przesiewowych (screening). doskonała precyzja, wysoka czułość, szybkości skanowania oraz możliwość fragmentacji badanych związków spowodowały, ze potrójne kwadrupole są obecnie złotym standardem dla tego typu analiz.
+kwadrupolowy analizator mas jest niezbędny przy analizach substancji w skomplikowanych matrycach. w szeroko pojętej farmacji oraz badaniach środowiskowych tego typu aparaturę wykorzystuje się standardowo do oznaczania, m.in. metabolitów leków/narkotyków/dopalaczy w płynach ustrojowych (screening i analiza ilościowa), badań sfałszowanych składników leków, badań farmakokinetycznych, sprawdzania czystość api po syntezie, czystość surowców do syntezy, oznaczanie zanieczyszczeń w gotowym produkcie. kwadrupolowy analizator mas daje możliwość prowadzenia oznaczeń ilościowych na podstawie eksperymentów sim czy srm, które z kolei zapewniają wysoką czułość  i precyzję oznaczeń. dodatkowo tryb srm (inaczej mrm) to złoty standard do oznaczeń ilościowych w technikach wykorzystujących spektrometrię mas. kluczowymi parametrami dla omawianej aparatury jest czułość, rozdzielczość, ilość przejść srm na sekundę oraz liniowość.
+każdego dnia pojawiają się nowe wyzwania w zakresie bezpieczeństwa żywności i środowiska. oznaczenie ilościowe setek zanieczyszczeń na ultraniskich poziomach można łatwo przeprowadzić za pomocą spektrometru mas tsq altis. instrument zapewnia solidne oznaczanie ilościowe, wyjątkową odtwarzalność, najwyższą czułość i niezwykłą szybkość.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>System lc-ms/ms  jest niezbędny przy analizach substancji w skomplikowanych matrycach. w szeroko pojętej farmacji oraz badaniach środowiskowych stosuje się standardowo do oznaczania, m.in. metabolitów leków/narkotyków/dopalaczy w płynach ustrojowych (screening i analiza ilościowa), czystość surowców do syntezy, oznaczanie zanieczyszczeń w gotowym produkcie oraz próbkach środowoiskowych.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Spektrometr mas
+	źródła jonów typu electrospray z grzaną głowicą; jonizacja chemiczna;
+	tryby skanowania:
+		pełne skanowanie (full-scan)
+		monitorowanie wybranego jonu (sim)
+		monitorowanie wybranej reakcji (srm).
+chromatograf cieczowy
+oprogramowanie sterujące pracą spektrometru mas, umożliwiające akwizycję, obróbkę i  analizę danych.</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Katedra technologii paliw</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Zespół badań współczesnych zagrożeń środowiska</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Styszko Katarzyna</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/katarzyna-styszko-5843.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Biomarkery, chromatografia cieczowa, metabolity, mikrozanieczyszczenia, pozostałosci leków, spektrometria mas</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>Zintegrowany zestaw przygotowania prób i wzorców do analiz śladowych</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>System baker spe 12g - system próżniowy z 12 króćcami typu luera do przygotowania próbek z zastosowaniem kolumienek bakerbond™ spe</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>System baker spe 12g to specjalistyczny system próżniowy przeznaczony do równoległego przygotowywania próbek metodą ekstrakcji do fazy stałej (spe). wyposażony w 12 króćców typu luer, umożliwia jednoczesne podłączanie kolumienek bakerbond™ spe, co pozwala na równoległe oczyszczanie i zatężanie próbek w sposób szybki, powtarzalny i kontrolowany. system zapewnia:
+	równomierną regulację podciśnienia dla wszystkich próbek,
+	możliwość jednoczesnej pracy z różnymi typami kolumienek,
+	szczelną i wytrzymałą konstrukcję odporną na działanie rozpuszczalników,
+	ergonomiczny układ króćców ułatwiający obsługę i minimalizujący ryzyko błędów.
+dzięki swojej funkcjonalności system baker spe 12g jest niezastąpionym narzędziem w laboratoriach analitycznych zajmujących się analizą śladową, kontrolą jakości, badaniami środowiskowymi oraz analizą żywności i farmaceutyków.</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">System znajduje zastosowanie w analizach hplc, gc, lc-ms czy gc-ms, gdzie jakość przygotowania próbek ma kluczowe znaczenie dla czułości i dokładności wyników.
+baker spe 12g umożliwia pracę z szeroką gamą sorbentów, co daje możliwość dopasowania metody do specyfiki badanych analitów – od pestycydów i leków, przez metabolity i biomarkery, aż po związki zanieczyszczające środowisko. 
+ </t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">System baker spe 12g umożliwia:
+	uzyskiwanie niskich granic oznaczalności (lod/loq),
+	zapewnienie wysokiej powtarzalności i odtwarzalności wyników,
+	redukcję wpływu matrycy - większa dokładność i precyzję pomiarów,
+	przygotowanie próbek do analiz chromatograficznych i spektrometrycznych (hplc, gc, lc-ms, gc-ms).
+</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>Aparatura badawcza dostępna w laboratoriach uczelni udostępniana jest studentom, doktorantom, pracownikom naukowym oraz – na zasadach komercyjnych – podmiotom zewnętrznym. korzystanie z urządzeń odbywa się zgodnie z regulaminem laboratorium i wymaga wcześniejszego uzgodnienia terminu z osobą odpowiedzialną za obsługę aparatury.</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>Katedra ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>Laboratorium chromatografii cieczowej</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>Koziarska Marta</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marta-agnieszka-koziarska-10423.html</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>Ekstrakcja do fazy stałej, hplc-ms/ms, przygotowanie prób</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>Zintegrowany zestaw przygotowania prób i wzorców do analiz śladowych</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Koncentrator próżniowy centrivap pro</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Koncentrator próżniowy centrivap® pro vacuum jest  przeznaczony do szybkiego i skutecznego zatężania próbek w różnorodnych matrycach. system wykorzystuje połączenie próżni, ciepła i wymuszonego przepływu gazu w celu odparowania rozpuszczalników, zapewniając bezpieczne i efektywne przygotowanie próbek do dalszych analiz.
+główne cechy urządzenia:
+	wysoka wydajność zatężania próbek w małych i średnich objętościach.
+	równomierne rozprowadzanie ciepła zapewniające minimalizację strat analitów wrażliwych na temperaturę.
+	kontrolowane warunki próżni i temperatury umożliwiają optymalizację procesu dla różnych typów rozpuszczalników i próbek.
+	kompatybilność z różnymi typami probówek i płyt mikropróbkowych.
+ </t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Centrivap® pro vacuum concentrator umożliwia:
+	zatężanie próbek chemicznych i biologicznych,
+	przygotowanie próbek do technik hplc, gc, lc-ms, ms, icp-ms,
+	obróbka próbek z różnorodnych matryc,
+	redukcja matryc i interferencji.
+</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	niższe granice wykrywalności (lod) i oznaczalności (loq),
+	poprawa dokładności i precyzji pomiarów, 
+	możliwość pracy z próbkami o bardzo małej objętości,
+	przygotowanie próbek do hplc, gc, lc-ms, gc-ms, ms, icp-ms,
+	zwiększenie powtarzalności wyników.
+</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Aparatura badawcza dostępna w laboratoriach uczelni udostępniana jest studentom, doktorantom, pracownikom naukowym oraz – na zasadach komercyjnych – podmiotom zewnętrznym. korzystanie z urządzeń odbywa się zgodnie z regulaminem laboratorium i wymaga wcześniejszego uzgodnienia terminu z osobą odpowiedzialną za obsługę aparatury.</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>Katedra ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J4" t="inlineStr">
+        <is>
+          <t>Laboratorium chromatografii cieczowej</t>
+        </is>
+      </c>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>Koziarska Marta</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marta-agnieszka-koziarska-10423.html</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>Centrivap, koncentrator, próżnia</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
           <t>Geomosslab - spektrometr mössbauera wraz ze stanowiskiem pomiarowym dedykowanym do badań materiałów geologicznych</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B5" t="inlineStr">
         <is>
           <t>Spektrometr mössbauera - elektronika jądrowa &amp; renon</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C5" t="inlineStr">
         <is>
           <t>Spektrometr mössbauera pracujący w systemie transmisyjnym z wysoką rozdzielczością energetyczną (hvr - high velocity resolution) z dwoma torami jądrowymi i proporcjonalnymi detektorami kryptonowymi oraz stanowiskiem pomiarowym dedykowanym do badań materiałów geologicznych.</t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D5" t="inlineStr">
         <is>
           <t>Spektroskopia mössbauera (57fe-ms) jest jądrową metodą badawczą opartą na zjawisku rezonansowej absorpcji niskoenergetycznego promieniowania gamma. w badaniach geochemicznych stosowana jest do analizy składu fazowego oraz wyznaczenia wybranych parametrów fizyko-chemicznych materiałów geologicznych. atomy fe będące sondą w badanym materiale poprzez oddziaływania nadsubtelne dostarczają informacji o ich lokalnym otoczeniu chemicznym.</t>
         </is>
       </c>
-      <c r="E2" t="inlineStr">
+      <c r="E5" t="inlineStr">
         <is>
           <t>57fe-ms pozwala na: 1) jakościowe i ilościowe rozpoznanie minerałów zawierających żelazo, 2) wyznaczenie stosunku fe2+/fe3+, 3) identyfikację lokalnej krystalicznej geometrii koordynacyjnej.
 pomiary wykonywane są na próbkach proszkowych o masie od około 10 mg (miligram) do 100 mg. metoda jest nie-destrukcyjna i po pomiarze próbka może być wykorzystana do dalszych badań innymi metodami.</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G2" t="inlineStr">
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
         <is>
           <t>Badania wykonywane są w ramach współpracy naukowej.  zapraszam :)</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I2" t="inlineStr">
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I5" t="inlineStr">
         <is>
           <t>Wydział geologii, geofizyki i ochrony środowiska</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
+      <c r="J5" t="inlineStr">
         <is>
           <t>Geofizyka</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr">
+      <c r="K5" t="inlineStr">
         <is>
           <t>Błachowski Artur</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L5" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/artur-blachowski-10032.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M5" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N5" t="inlineStr">
         <is>
           <t>Spektroskopia mossbauera</t>
         </is>
       </c>
     </row>
-    <row r="3">
-      <c r="A3" t="inlineStr">
+    <row r="6">
+      <c r="A6" t="inlineStr">
         <is>
           <t>Mobilny analizator lotnych związków organicznych (fid) – system solar xplore do pomiaru toc/thc/ch₄/nmhc</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B6" t="inlineStr">
         <is>
           <t>Solar xplore – mobilny analizator toc/lzo z detektorem płomieniowo-jonizacyjnym (hfid) firmy signal</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C6" t="inlineStr">
         <is>
           <t>Laboratoryjno-mobilny analizator solar xplore firmy signal z detektorem płomieniowo-jonizacyjnym hfid przeznaczony jest do ciągłych i okresowych pomiarów całkowitego węgla organicznego (toc/thc), metanu (ch₄) oraz niemetanowych węglowodorów (nmhc) w gazach procesowych i spalinach. układ umożliwia pracę w szerokim zakresie stężeń (do 10 000 ppm) z automatycznym przełączaniem zakresów, zachowując wysoką czułość i stabilność sygnału. detektor i linia próbkowa są podgrzewane (do 200°c), co minimalizuje kondensację i straty analitów, umożliwiając rzetelne pomiary lotnych związków organicznych w warunkach laboratoryjnych i terenowych. system wyposażony jest w zintegrowaną pompę próbkową, katalizator do oczyszczania powietrza zerowego, automatyczne zawory zera i span oraz możliwość programowej autokalibracji. analizator współpracuje z zewnętrznym rejestratorem danych i oprogramowaniem s4i, umożliwiając pełne sterowanie, archiwizację danych i ich dalszą obróbkę analityczną. zasilanie detektora realizowane jest z generatora wodoru, co zwiększa bezpieczeństwo i autonomię pracy. aparatura przeznaczona jest do badań emisji voc/toc z procesów spalania paliw konwencjonalnych i alternatywnych, instalacji przemysłowych, silników spalinowych oraz układów oczyszczania gazów. stanowi kluczowe źródło danych do analiz środowiskowych, oceny skuteczności technologii redukcji emisji oraz budowy modeli predykcyjnych z wykorzystaniem metod inteligencji obliczeniowej.</t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D6" t="inlineStr">
         <is>
           <t>Umożliwia ciągły i mobilny pomiar toc, thc, ch₄ i nmhc w spalinach oraz gazach procesowych, badania emisji voc z procesów spalania paliw konwencjonalnych i alternatywnych, ocenę skuteczności układów oczyszczania spalin, walidację technologii niskoemisyjnych oraz pozyskiwanie wysokorozdzielczych danych do modelowania i predykcji emisji z wykorzystaniem metod sztucznej inteligencji.</t>
         </is>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E6" t="inlineStr">
         <is>
           <t>Zakresy pomiarowe do 10 000 ppm z automatycznym przełączaniem, jednoczesny pomiar toc/thc, ch₄ i nmhc metodą hfid, podgrzewana linia próbkowa i detektor do 200 °c, wysoka czułość i stabilność sygnału, ciągła rejestracja danych w czasie rzeczywistym, autokalibracja oraz możliwość pracy w warunkach laboratoryjnych i terenowych.</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G3" t="inlineStr">
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana w ramach współpracy naukowo-badawczej z jednostkami agh oraz partnerami zewnętrznymi. dostęp realizowany po uzgodnieniu harmonogramu z opiekunem aparatury, w trybie badań wspólnych lub usługowych. pomiary wykonywane z udziałem przeszkolonego personelu, z zapewnieniem wsparcia metodycznego i analitycznego.</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I3" t="inlineStr">
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I6" t="inlineStr">
         <is>
           <t>Katedra technologii paliw</t>
         </is>
       </c>
-      <c r="J3" t="inlineStr">
+      <c r="J6" t="inlineStr">
         <is>
           <t>Zespół analityki przemysłowej i środowiskowej oraz przetwarzania danych</t>
         </is>
       </c>
-      <c r="K3" t="inlineStr">
+      <c r="K6" t="inlineStr">
         <is>
           <t>Szramowiat-Sala Katarzyna</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="L6" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-szramowiat-sala-8688.html</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="M6" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="N6" t="inlineStr">
         <is>
           <t>Emisje spalin, metan, modelowanie emisji, monitoring ciągły, spalanie paliw, węglowodory niemetanowe</t>
         </is>
       </c>
     </row>
-    <row r="4">
-      <c r="A4" t="inlineStr">
+    <row r="7">
+      <c r="A7" t="inlineStr">
         <is>
           <t>Zaawansowany system analizy mikroporów i powierzchni bet dla materiałów ultraporowatych - szkieletów metalo-organicznych (mof) i aerożeli</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B7" t="inlineStr">
         <is>
           <t>Wysokopróżniowy analizator fizysorpcji: autosorb 6100, anton paar</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C7" t="inlineStr">
         <is>
           <t>Autosorb 6100 (konfiguracja z uszczelnieniami fkm / „viton”, 2 stacje pomiarowe, 6 stacji do odgazowania, zestawy przetworników mp-mp) — kompaktowy, wysokowakuowy analizator sorpcji gazowej przeznaczony do dokładnych pomiarów powierzchni (bet), objętości porów i rozkładów poretalności w zakresie od bardzo niskich p/p0 do bliskich 1. instrument pracuje metodą wolumetryczną, ma dedykowaną stację p0 oraz wysokowydajny układ próżniowy (turbo + sucha pompa). w standardzie: 6 zintegrowanych stacji odgazowania (dwie niezależne strefy grzewcze, do 450 °c), dewar ln2 3 l (&gt;90 h), system powderprotect oraz oprogramowanie kaomi z dosewizard. konfiguracja mp-mp oznacza przetworniki klasy mp.</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D7" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	kompleksowa charakteryzacja materiałów porowatych: powierzchnia bet, rozkłady wielkości porów (0,35–500 nm), objętość porów, analiza mikroporów i mezoporów
 	pomiary sorpcji wody i par organicznych (pary muszą być kompatybilne z uszczelnieniami fkm (viton)
 	pomiar kinetyk sorpcji i izoterm sorpcji/ desorpcji przy różnych gazach (n₂, co₂; możliwość konfiguracji do 3 innych gazów)
  </t>
         </is>
       </c>
-      <c r="E4" t="inlineStr">
+      <c r="E7" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	rozdzielczość: 2×10⁻⁵ torr
 	limity detekcji dla bet: ~0.1 m² (n₂ 77 k), powierzchnia właściwa ~0.01 m²/g (n₂ 77 k); zakres wielkości porów: 0.35–500 nm.
 	6 zintegrowanych automatycznych stacji odgazowania, 2 niezależne strefy grzewcze do 450 °c.
 	dewar 77 k (n₂/ln2); cryosync do precyzyjnych pomiarów w innych temperaturach (np. pomiary argonu przy ~87 k).
 </t>
         </is>
       </c>
-      <c r="F4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G4" t="inlineStr">
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I4" t="inlineStr">
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I7" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr">
+      <c r="J7" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K4" t="inlineStr">
+      <c r="K7" t="inlineStr">
         <is>
           <t>Wuttke Stefan</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L7" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/stefan-wuttke-10616.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M7" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N7" t="inlineStr">
         <is>
           <t>Adsorpcja, azot, bet, dwutlenek węgla, pojemność sorpcyjna, porowatość, powierzchnia właściwa, sorpcja gazów, sorpcja par</t>
         </is>
       </c>
     </row>
-    <row r="5">
-      <c r="A5" t="inlineStr">
+    <row r="8">
+      <c r="A8" t="inlineStr">
         <is>
           <t>Mobilny mikrochromatograf gazowy</t>
         </is>
       </c>
-      <c r="B5" t="inlineStr">
+      <c r="B8" t="inlineStr">
         <is>
           <t>Mobilny mikrochromatograf gazowy 3-kanałowy model - 990 mobile micro gc agilent technologies</t>
         </is>
       </c>
-      <c r="C5" t="inlineStr">
+      <c r="C8" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikrochromatograf jest umieszczony w walizce z kołami, co umożliwia łatwy jego transport. urządzenie jest wyposażone w 3 kolumny służące do rozdziału mieszanin gazowych oraz detektory przewodnictwa cieplnego tcd. posiada 2 cylindry na gazy nośne o objętości 150 ml każdy. mikrochromatograf jest sprzężony z komputerem i zainstalowanym systemem openlab cds workstation software.  </t>
         </is>
       </c>
-      <c r="D5" t="inlineStr">
+      <c r="D8" t="inlineStr">
         <is>
           <t>Mobilny mikrochromatograf ma możliwość oznaczania następujących składników: hel, wodór, tlen, azot, tlenek węgla, dwutlenek węgla, lekkie węglowodory.</t>
         </is>
       </c>
-      <c r="E5" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G5" t="inlineStr">
+      <c r="E8" t="inlineStr"/>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I5" t="inlineStr">
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I8" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J5" t="inlineStr">
+      <c r="J8" t="inlineStr">
         <is>
           <t>Grupa badawcza "geochemia powierzchniowa", zespół geoenergia, laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K5" t="inlineStr">
+      <c r="K8" t="inlineStr">
         <is>
           <t>Sechman Henryk</t>
         </is>
       </c>
-      <c r="L5" t="inlineStr">
+      <c r="L8" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
         </is>
       </c>
-      <c r="M5" t="inlineStr">
+      <c r="M8" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N5" t="inlineStr">
+      <c r="N8" t="inlineStr">
         <is>
           <t>Chromatografia gazowa</t>
         </is>
       </c>
     </row>
-    <row r="6">
-      <c r="A6" t="inlineStr">
+    <row r="9">
+      <c r="A9" t="inlineStr">
         <is>
           <t>Cass – system specjacji aerozoli węglowych</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B9" t="inlineStr">
         <is>
           <t>Analizator węgla całkowitego model tca-08 sprzężony z etalometrem ae-33</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C9" t="inlineStr">
         <is>
           <t>Cass (carbonaceous aerosol speciation system/ system specjacji aerozoli węglowych) – system obejmuje analizator węgla całkowitego model tca-08 oraz etalometr ae-33. zestaw produkcji firmy magee scientific/(aerosol) pozwala mierzyć w sposób ciągły stężenie węgla organicznego, nieorganicznego i całkowitego w aerozolu w powietrzu atmosferycznym. w skład zestawu wchodzi także stacja meteorologiczna do pomiaru temperatury, wilgotności i ciśnienia powietrza atmosferycznego.
 aparat niezbędny jest do określenia specjacji frakcji węglowej aerosoli atmosferycznych, które stanowią bardzo często ponad 50% udziału w całkowitej masie pyłu. niezbędny do ciągłego monitorowania tzw. black carbon (bc) – środowiskowego czynnika stresogennego. obecność i wpływ bc na zdrowie ludzkie jest niepokojący i nieznany.  systematyczne monitorowanie bc poprawi ocenę zagrożeń dla zdrowia począwszy od różnych cząstek pochodzących ze spalania i uzupełni dane dotyczące ich stężeń masowych w aerozolach atmosferycznych. pozwoli to na odpowiednie zarządzanie i dobór procesów przemysłowych jak również decyzji w zakresie polityki zrównoważonego rozwoju.</t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D9" t="inlineStr">
         <is>
           <t>System cass pozwala mierzyć w sposób quasi ciągły stężeń w powietrzu atmosferycznym węgla elementarnego (ec) (etalometr ae-33) oraz węgla całkowitego (tc) metodą analizy termicznej próbki (tc-08). połączenie aparatów tca-08 i ae-33 pozwala uzyskać zestaw służący do oznaczania 3 form węgla w powietrzu atmosferycznym. na podstawie różnicy dwóch wyników pomiarów otrzymujemy informacje n/t stężenia węgla organicznego (oc).</t>
         </is>
       </c>
-      <c r="E6" t="inlineStr">
+      <c r="E9" t="inlineStr">
         <is>
           <t>Analizator tca-08 służy do monitorowania zawartości węgla całkowitego w pyle zawieszonym w powietrzu atmosferycznym. aparat wykorzystuje dwa identyczne kanały pomiarowe używane do pobierania próby i do wykonywania analizy.
 ae-33 aethalometer® aethalometr mierzy stężenie węgla elementarnego w badanej próbce powietrza.</t>
         </is>
       </c>
-      <c r="F6" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G6" t="inlineStr">
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium. zebrane dane będą udostępniane po wcześniejszym uzgodnieniu z kierownikiem laboratorium.</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I6" t="inlineStr">
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I9" t="inlineStr">
         <is>
           <t>Katedra technologii paliw</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr">
+      <c r="J9" t="inlineStr">
         <is>
           <t>Zespół badań współczesnych zagrożeń środowiska i rozwoju innowacyjnych technologii w gospodarce obiegu zamkniętego</t>
         </is>
       </c>
-      <c r="K6" t="inlineStr">
+      <c r="K9" t="inlineStr">
         <is>
           <t>Styszko Katarzyna</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L9" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-styszko-5843.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M9" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N9" t="inlineStr">
         <is>
           <t>Aerozole atmosferyczne, black carbon, elemental carbon, frakcja węglowa, pomiary online, węgiel organiczny, zanieczyszczenia organiczne</t>
         </is>
       </c>
     </row>
-    <row r="7">
-      <c r="A7" t="inlineStr">
+    <row r="10">
+      <c r="A10" t="inlineStr">
         <is>
           <t>Optyczny spektrometr emisyjny ze wzbudzeniem w plazmie indukcyjnie sprzężonej (icp-oes)</t>
         </is>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B10" t="inlineStr">
         <is>
           <t>Optima 7300dv</t>
         </is>
       </c>
-      <c r="C7" t="inlineStr">
+      <c r="C10" t="inlineStr">
         <is>
           <t>Optyczny spektrometr emisyjny ze wzbudzeniem w plazmie indukcyjnie sprzężonej model optima 7300dv (perkin elmer).
 możliwość obserwacji plazmy w dwóch kierunkach tzw. system dual view (axial i radial) oraz zastosowanie dwóch detektorów półprzewodnikowych (jeden dla uv, jeden dla vis) pozwala na równoczasowe wykonywanie analiz wielopierwiastkowych w szerokim zakresie stężeń przy jednoczesnej dużej odporności na trudne matryce próbek. możliwość elastycznego wyboru długości fal.
 szczegóły można znaleźć na stronie: https://resources.perkinelmer.com/corporate/content/relatedmaterials/brochures/bro_optima7x00seriesicp-oes.pdf</t>
         </is>
       </c>
-      <c r="D7" t="inlineStr">
+      <c r="D10" t="inlineStr">
         <is>
           <t>Icp-oes to czuła, wielopierwiastkowa, dokładna i szybka technika, która znajduje szerokie zastosowanie w analizie środowiskowej. pozwala na pomiar stężenia niemal wszystkich pierwiastków znajdujących się w układzie okresowym w próbkach roztworów wodnych. analiza próbek stałych wymaga ich wcześniejszego przeprowadzenia do roztworu np. poprzez mineralizację mikrofalową.</t>
         </is>
       </c>
-      <c r="E7" t="inlineStr">
+      <c r="E10" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego pierwiastka oraz matrycy próbki możliwy jest pomiar stężeń rzędu µg/l. rutynowo granice oznaczalności wahają się od kilku do kilkuset µg/l. szczegóły można znaleźć w zakresie akredytacji laboratorium (certyfikat akredytacji numer ab 1050).</t>
         </is>
       </c>
-      <c r="F7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G7" t="inlineStr">
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H7" t="inlineStr">
+      <c r="H10" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I7" t="inlineStr">
+      <c r="I10" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J7" t="inlineStr">
+      <c r="J10" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K7" t="inlineStr">
+      <c r="K10" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L7" t="inlineStr">
+      <c r="L10" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M7" t="inlineStr">
+      <c r="M10" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N7" t="inlineStr">
+      <c r="N10" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza pierwiastkowa, icp-oes, makroskładniki, mikroskładniki, roztwory wodne, woda</t>
         </is>
       </c>
     </row>
-    <row r="8">
-      <c r="A8" t="inlineStr">
+    <row r="11">
+      <c r="A11" t="inlineStr">
         <is>
           <t>Spektrometr mas z jonizacją w plazmie indukcyjnie sprzężonej  (icp-ms)</t>
         </is>
       </c>
-      <c r="B8" t="inlineStr">
+      <c r="B11" t="inlineStr">
         <is>
           <t>Icap rq (c2)</t>
         </is>
       </c>
-      <c r="C8" t="inlineStr">
+      <c r="C11" t="inlineStr">
         <is>
           <t>Spektrometr mas z jonizacją w plazmie indukcyjnie sprzężonej model icap rq (c2) z komorą zderzeniową/reakcyjną (thermo scientific).
 szeroki zakres opcji interfejsów, daje doskonałe możliwości wyboru w zależności od potrzeb i analizowanych matryc. możliwość pracy z 3 różnymi insertami: „robust” do analizy próbek o złożonej matrycy, „high matrix” dla próbek rutynowych (np. wody), „high sensitivity” do pomiarów wymagających wysokiej czułości.
 system optyki jonowej z odchyleniem wiązki o 90° (rapid lens) pozwala na wstępne usunięcie interferencji. spektrometr icap rq icp-ms umożliwia pomiar wszystkich analitów i efektywne usuwanie interferencji w jednym trybie he-dyskryminacji energii kinetycznej (he ked). daje również możliwość stosowania gazów reakcyjnych dla wymagających zastosowań.
 szczegóły dostępne na stronie: https://tools.thermofisher.com/content/sfs/brochures/ps-43318-icp-ms-icap-rq-ps43318-en.pdf</t>
         </is>
       </c>
-      <c r="D8" t="inlineStr">
+      <c r="D11" t="inlineStr">
         <is>
           <t>Icp-ms to wysoce czuła, wielopierwiastkowa, dokładna i szybka technika, która znajduje szerokie zastosowanie w analizie środowiskowej. pozwala na pomiar stężenia niemal wszystkich pierwiastków znajdujących się w układzie okresowym w próbkach roztworów wodnych. analiza próbek stałych wymaga ich wcześniejszego przeprowadzenia do roztworu np. poprzez mineralizację mikrofalową.</t>
         </is>
       </c>
-      <c r="E8" t="inlineStr">
+      <c r="E11" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego pierwiastka oraz matrycy próbki możliwy jest pomiar stężeń rzędu ng/l. rutynowo granice oznaczalności wahają się od kilkuset ng/l do kilku µg/l. szczegóły można znaleźć w zakresie akredytacji laboratorium (nr ab 1050).</t>
         </is>
       </c>
-      <c r="F8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G8" t="inlineStr">
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H8" t="inlineStr">
+      <c r="H11" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I8" t="inlineStr">
+      <c r="I11" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J8" t="inlineStr">
+      <c r="J11" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K8" t="inlineStr">
+      <c r="K11" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L8" t="inlineStr">
+      <c r="L11" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M8" t="inlineStr">
+      <c r="M11" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N8" t="inlineStr">
+      <c r="N11" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza pierwiastkowa, analiza śladowa, icp-ms, mikroskładniki, roztwory wodne, woda</t>
         </is>
       </c>
     </row>
-    <row r="9">
-      <c r="A9" t="inlineStr">
+    <row r="12">
+      <c r="A12" t="inlineStr">
         <is>
           <t>System do analizy pierwiastków składający się ze spektrometru, mineralizatora do przygotowania prób do analizy kationów i modułu do chromatografii jonowej do analizy anionów</t>
         </is>
       </c>
-      <c r="B9" t="inlineStr">
+      <c r="B12" t="inlineStr">
         <is>
           <t>System do analizy pierwiastków składający się ze spektrometru, mineralizatora do przygotowania prób do analizy kationów i modułu do chromatografii jonowej do analizy anionów</t>
         </is>
       </c>
-      <c r="C9" t="inlineStr">
+      <c r="C12" t="inlineStr">
         <is>
           <t>System składa się z:
  1. optycznego spektrometru emisyjnego icp-oes
 model icap pro xp duo (thermo scientific) z pionowym palnikiem, polichromatorem echelle i detektorem cid.
 2. mineralizatora mikrofalowego ultrawave (milestone)
 technologia src (single reactor chamber) – pojedyncza komora ze stali kwasoodpornej, odporna na 300°c i 200 barów.
 3. chromatografu jonowego thermo scientific dionex aquion
 z wbudowaną pompą izokratyczną, systemem odgazowania próżniowego, termostatowaną celą detektora przewodnościowego do analizy anionów.</t>
         </is>
       </c>
-      <c r="D9" t="inlineStr">
+      <c r="D12" t="inlineStr">
         <is>
           <t>Icp-oes to czuła, wielopierwiastkowa, dokładna i szybka technika, która znajduje szerokie zastosowanie w analizie środowiskowej. analiza próbek stałych wymaga ich wcześniejszego przeprowadzenia do roztworu np. poprzez mineralizację mikrofalową.
 chromatografia jonowa to czuła i dokładna technika, która znajduje szerokie zastosowanie w analizie środowiskowej. pozwala na pomiar stężenia anionóww roztworach wodnych.</t>
         </is>
       </c>
-      <c r="E9" t="inlineStr">
+      <c r="E12" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego pierwiastka oraz matrycy próbki możliwy jest pomiar stężeń rzędu µg/l. rutynowo granice oznaczalności wahają się od kilku do kilkuset µg/l.
 możliwość mineralizacji próbek o różnych matrycach przy zastosowaniu odpowiednich reagentów i warunków przeprowadzania procesu. 
 zależnie od analizowanego jonu oraz matrycy próbki możliwy jest pomiar stężeń rzędu µg/l.</t>
         </is>
       </c>
-      <c r="F9" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G9" t="inlineStr">
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H9" t="inlineStr">
+      <c r="H12" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I9" t="inlineStr">
+      <c r="I12" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J9" t="inlineStr">
+      <c r="J12" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K9" t="inlineStr">
+      <c r="K12" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L9" t="inlineStr">
+      <c r="L12" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M9" t="inlineStr">
+      <c r="M12" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N9" t="inlineStr">
+      <c r="N12" t="inlineStr">
         <is>
           <t>Analiza anionów, analiza ilościowa, analiza pierwiastkowa, ic, icp-oes, mineralizacja mikrofalowa, woda</t>
         </is>
       </c>
     </row>
-    <row r="10">
-      <c r="A10" t="inlineStr">
+    <row r="13">
+      <c r="A13" t="inlineStr">
         <is>
           <t>Mobilne laboratorium badania jakości wód</t>
         </is>
       </c>
-      <c r="B10" t="inlineStr">
+      <c r="B13" t="inlineStr">
         <is>
           <t>Mobilne laboratorium badania jakości wód</t>
         </is>
       </c>
-      <c r="C10" t="inlineStr">
+      <c r="C13" t="inlineStr">
         <is>
           <t>Mobilne laboratorium badania jakości wód na bazie pojazdu m-b sprinter. pojazd typu furgon z napędem na obie osie (4x4), z reduktorem terenowym. trwała specjalistyczna zabudowa laboratoryjna z materiałów kwasoodpornych (szafy i szuflady, półki, lodówka laboratoryjna, wyciąg oparów, oświetlenie robocze) – do badań, pomiarów i transportu próbek w warunkach zgodnych z wymaganiami. wyposażenie laboratoryjne: monitoringowa pompa głębinowa wraz z wężami, agregatem, sterownikiem; przenośny akumulatorowy zestaw pompowy; terenowa pompa perystaltyczna wraz z aparatem filtracyjnym; próbniki do poboru próbek wód oraz inne, kompletowane w zależności od zmieniających się potrzeb. laboratorium mobilne jest wykorzystywane do poboru próbek wód podziemnych i powierzchniowych, do pomiaru parametrów fizykochemicznych wód (ph, eh, pew, temperatury, o2), do oznaczania zawartości składników nietrwałych w terenie oraz do transportu w odpowiednich warunkach próbek do laboratorium stacjonarnego. posiadany sprzęt umożliwia dokonywanie poboru próbek wód czystych i zanieczyszczonych.</t>
         </is>
       </c>
-      <c r="D10" t="inlineStr">
+      <c r="D13" t="inlineStr">
         <is>
           <t>Pompowanie oczyszczające i pomiarowe wód podziemnych z otworów wiertniczych z głębokości nie przekraczającej 90 m; oznaczenie w terenie nietrwałych wskaźników jakości wód; pobór próbek wód podziemnych; pobór próbek wód powierzchniowych z cieków i zbiorników powierzchniowych (z lądu); transport próbek w warunkach chłodniczych.</t>
         </is>
       </c>
-      <c r="E10" t="inlineStr">
+      <c r="E13" t="inlineStr">
         <is>
           <t>Zależne od rodzaju, typu i modelu zastosowanego sprzętu pomiarowego. do pomiarów w terenie wykorzystywane są przenośne przyrządy służące m.in. do pomiarów przewodności, ph, eh, zawartości tlenu, temperatury, a także do oznaczeń fotometrycznych.</t>
         </is>
       </c>
-      <c r="F10" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G10" t="inlineStr">
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
         <is>
           <t>W ramach podpisanych umów i zleceń, po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H10" t="inlineStr">
+      <c r="H13" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I10" t="inlineStr">
+      <c r="I13" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J10" t="inlineStr">
+      <c r="J13" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K10" t="inlineStr">
+      <c r="K13" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L10" t="inlineStr">
+      <c r="L13" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M10" t="inlineStr">
+      <c r="M13" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N10" t="inlineStr">
+      <c r="N13" t="inlineStr">
         <is>
           <t>Badania terenowe, jakość wody, mobilne laboratorium, pobór próbek, wody podziemne, wody powierzchniowe</t>
         </is>
       </c>
     </row>
-    <row r="11">
-      <c r="A11" t="inlineStr">
+    <row r="14">
+      <c r="A14" t="inlineStr">
         <is>
           <t>Ea1108</t>
         </is>
       </c>
-      <c r="B11" t="inlineStr">
+      <c r="B14" t="inlineStr">
         <is>
           <t>Analizator elementarny ea-1108 firmy carlo-erba</t>
         </is>
       </c>
-      <c r="C11" t="inlineStr">
+      <c r="C14" t="inlineStr">
         <is>
           <t>Analizator elementarny ea-1108 to urządzenie do organicznej analizy elementarnej (oea) wykorzystujące metodę dynamicznego spalania próbek (pochodzenia organicznego, jak i nieorganicznego) w reaktorze wypełnionym złożem katalitycznym utleniająco-redukcyjnym, z elektronicznie sterowaną temperaturą dochodzącą do 1800 °c (analizy chns) lub w reaktorze pirolitycznym (analizy o). zaletą analizatora ea-1108 jest niezawodność i prostota polegająca na separacji powstających podczas spalania gazów na kolumnie chromatograficznej, a następnie ich detekcja na wysokiej czułości detektorze termoprzewodnościowym.</t>
         </is>
       </c>
-      <c r="D11" t="inlineStr">
+      <c r="D14" t="inlineStr">
         <is>
           <t>Analizator ea-1108 spełnia potrzeby analityczne szerokiego spektrum odbiorców. istnieje możliwość dobrania najlepszej konfiguracji do precyzyjnych oznaczeń zawartości takich pierwiastków, jak: c, h, n, s, o w próbkach różnego pochodzenia: nieorganicznych i organicznych, farmaceutycznych, petrochemicznych, materiałach nanowęglowych, węglach, koksie, biomasie, w tym drewnie, środowiskowych (woda, osady, filtry), glebach, zbożach, żywności.</t>
         </is>
       </c>
-      <c r="E11" t="inlineStr">
+      <c r="E14" t="inlineStr">
         <is>
           <t>Szeroki zakres pomiarowy: możliwość analizy próbek od 0,1 mg do 1 g w jednym aparacie;  czułość od kilkunastu ppm (w zależności od pierwiastka i stanu skupienia próbki); możliwość analiz próbek cieczy i ciał stałych;  wszechstronność – analiza wszystkich pierwiastków chnso oraz całkowitego węgla organicznego (toc) w jednym aparacie (w zależności od wypełnienia reaktora); krótkie czasy analiz: od 5 do 15 min;</t>
         </is>
       </c>
-      <c r="F11" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G11" t="inlineStr">
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H11" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I11" t="inlineStr">
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I14" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J11" t="inlineStr">
+      <c r="J14" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K11" t="inlineStr">
+      <c r="K14" t="inlineStr">
         <is>
           <t>Kowalski Tomasz</t>
         </is>
       </c>
-      <c r="L11" t="inlineStr">
+      <c r="L14" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-kowalski-1582.html</t>
         </is>
       </c>
-      <c r="M11" t="inlineStr">
+      <c r="M14" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N11" t="inlineStr">
+      <c r="N14" t="inlineStr">
         <is>
           <t>Analiza elementarna</t>
         </is>
       </c>
     </row>
-    <row r="12">
-      <c r="A12" t="inlineStr">
+    <row r="15">
+      <c r="A15" t="inlineStr">
         <is>
           <t>Dwuwiązkowy ultra-wysokorozdzielczy skaningowy mikroskop elektronowy z działem jonów ksenonu (pfib/sem) wraz z mikroskopem sił atomowych (afm)</t>
         </is>
       </c>
-      <c r="B12" t="inlineStr">
+      <c r="B15" t="inlineStr">
         <is>
           <t>Thermo fisher scientific helios 5 pfib cxe</t>
         </is>
       </c>
-      <c r="C12" t="inlineStr">
+      <c r="C15" t="inlineStr">
         <is>
           <t>Dwuwiązkowy, ultra-wysokorozdzielczy skaningowy mikroskop elektronowy helios 5 wyposażony jest w wysokostabilne, monochromatyczne działo elektronowe z emisją polową schottky'ego (feg - field emission gun) oraz działo jonowe xe (pfib - plasma focused ion beam). umożliwia pracę z napięciem przyspieszającym w zakresie od 350 v do 30 kv (max. prąd wiązki elektronowej 100 na) i energii lądowania 20 ev do 30 kev. zdolność rozdzielcza mikroskopu definiowana jako rozdzielczość obrazów elektronów wtórnych przy napięciu przyspieszającym 1 kv na standardowej próbce cząstek złota wynosi 0.7 nm. maksymalne pole widzenia wynosi 2.3 mm dla wd 4 mm.
 mikroskop wyposażony jest w:
 	detektory do obrazowania:  wewnątrzsoczewkowy elstar (tld-se, tld-bse); wewnątrzkolumnowy elstar (icd - se/bse); elektronów wtórnych (etd); elektronów i jonów wtórnych (ice - si, se); wysuwany niskonapięciowy, wysokokontrastowy detektor elektronów wstecznie rozproszonych (abs/dbs),
 	spektrometr dyspersji energii promieniowania rtg. (eds - energy dispersive x-ray spectrometer) ultim max 60 oraz kamerę cmos symmetry s3 firmy oxford instruments umożliwiającą pomiary dyfrakcji elektronów wstecznie rozproszonych (ebsd - electron backscatter diffraction),
 	detektor umożliwiający obrazowanie w trybie skaningowo-transmisyjnym (stem3+),
 	działo jonowe xe (pfib) i dwa systemy dozowania gazów (gis - gas injection system). możliwość depozycji platyny (pt) i/lub wolframu (w),
 	nanoindenter ft-nmt04 firmy femtotools,
 	oprogramowanie auto slice&amp;view;,
 	stolik afm firmy nenovision.
 maksymalne wymiary próbek – średnica: 110 mm, wysokość: 65 mm; waga: 500 g.</t>
         </is>
       </c>
-      <c r="D12" t="inlineStr">
+      <c r="D15" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	ultra-wysokorozdzielcze obrazowanie mikrostruktury materiałów przewodzących i nieprzewodzących.
 	pomiar nanotwardości.
 	analiza topografii powierzchni (afm).
 	tomografia elektronowa (sem/fib) - rekonstrukcja 3d mikrostruktury.
 	analizy składu pierwiastkowego (eds).
 	analizy orientacji krystalograficznych (ebsd).
 	przygotowanie próbek tem i apt bez implantacji ga+.
  </t>
         </is>
       </c>
-      <c r="E12" t="inlineStr">
+      <c r="E15" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analiza wielkości i kształtu cząstek i porów, pomiar grubości powłok o rozmiarach mikro- i nanometrycznych.
 	obrazowanie w trybie skaningowo-transmisyjnym (stem):
 		jasnym polu (bf),
 		ciemnym polu (df),
 		szerokokątowym ciemnym polu (haadf).
 	precyzyjne przygotowanie przekrojów pfib (rocking polish).
 	możliwość akwizycji obrazów z dużych obszarów (mapa 3 sem).
 </t>
         </is>
       </c>
-      <c r="F12" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G12" t="inlineStr">
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H12" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I12" t="inlineStr">
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I15" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J12" t="inlineStr">
+      <c r="J15" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K12" t="inlineStr">
+      <c r="K15" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L12" t="inlineStr">
+      <c r="L15" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M12" t="inlineStr">
+      <c r="M15" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N12" t="inlineStr">
+      <c r="N15" t="inlineStr">
         <is>
           <t>Ebsd, ecci, eds, edx, pfib, rekonstrukcja 3d, sem, stem, tomografia elektronowa</t>
         </is>
       </c>
     </row>
-    <row r="13">
-      <c r="A13" t="inlineStr">
+    <row r="16">
+      <c r="A16" t="inlineStr">
         <is>
           <t>Spektrometr fotoelektryczny</t>
         </is>
       </c>
-      <c r="B13" t="inlineStr">
+      <c r="B16" t="inlineStr">
         <is>
           <t>Spektrometr fotoelektryczny</t>
         </is>
       </c>
-      <c r="C13" t="inlineStr">
+      <c r="C16" t="inlineStr">
         <is>
           <t>Układ pomiarowy złożony z cyfrowo sterowanego źródła światła (lampa ksenonowa xbo150, monochromator, zestaw filtrów krawędziowych, migawka, układ stabilizacji natężenia światła), kalibrowanej fotodiody, dedykowanego potencjostatu oraz sondy kelvina z elektrodą pomiarową w postaci oscylującej złotej siatki.</t>
         </is>
       </c>
-      <c r="D13" t="inlineStr">
+      <c r="D16" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie służy do badania materiałów półprzewodnikowych i pozwala na:
 	pomiar widm akcji fotoprądu w szerokim zakresie długości fali światła wzbudzającego oraz potencjału elektrody pracującej,
 	pomiar pracy wyjścia w funkcji długości fali padającego światła,
 	wyznaczenie trójwymiarowych map generowanych przez półprzewodnik fotoprądów
 	określenie typu przewodnictwa.
 </t>
         </is>
       </c>
-      <c r="E13" t="inlineStr">
+      <c r="E16" t="inlineStr">
         <is>
           <t xml:space="preserve">Parametry pracy:
 	zakres długości fali: 200-1000 nm
 	zakres polaryzacji elektrody pracującej: ±2 v
 	czułość detektora fotonapięcia &lt;1 mv
 	dokładność ustawienia elektrody pomiarowej sondy 5 µm
 	niskoszumowy przedwzmacniacz sygnału o czułości lepszej niż 0.1 mv
 	ciągła rejestracja zmian pracy wyjścia (zdolność rozdzielcza lepsza niż 1 mev)
 </t>
         </is>
       </c>
-      <c r="F13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G13" t="inlineStr">
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I13" t="inlineStr">
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I16" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J13" t="inlineStr">
+      <c r="J16" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K13" t="inlineStr">
+      <c r="K16" t="inlineStr">
         <is>
           <t>Podborska Agnieszka</t>
         </is>
       </c>
-      <c r="L13" t="inlineStr">
+      <c r="L16" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-podborska-7440.html</t>
         </is>
       </c>
-      <c r="M13" t="inlineStr">
+      <c r="M16" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N13" t="inlineStr">
+      <c r="N16" t="inlineStr">
         <is>
           <t>Fotonapięcie, fotoprąd, półprzewodniki, praca wyjścia</t>
         </is>
       </c>
     </row>
-    <row r="14">
-      <c r="A14" t="inlineStr">
+    <row r="17">
+      <c r="A17" t="inlineStr">
         <is>
           <t>Gc-fid</t>
         </is>
       </c>
-      <c r="B14" t="inlineStr">
+      <c r="B17" t="inlineStr">
         <is>
           <t>Chromatograf gazowy hewlett packard 5890 seria ii z detektorem fid</t>
         </is>
       </c>
-      <c r="C14" t="inlineStr">
+      <c r="C17" t="inlineStr">
         <is>
           <t xml:space="preserve">Chromatografia gazowa z detektorem fid umożliwia określenie składu paliw i chemikaliów jak również badanie zanieczyszczeń powietrza, wody i gleb (btex).
  </t>
         </is>
       </c>
-      <c r="D14" t="inlineStr">
+      <c r="D17" t="inlineStr">
         <is>
           <t>Badania geochemiczne skał macierzystych, ropy naftowej oraz gazu ziemnego. okreslenie zanieczyszczeń gleby i wód substancjami pochodzenia naftowego.</t>
         </is>
       </c>
-      <c r="E14" t="inlineStr">
+      <c r="E17" t="inlineStr">
         <is>
           <t>Oznaczanie składu n-alkanów i izoprenoidów w ropie naftowei i produktach naftowych, oznaczanie zawartości frakcji btex w glebach i wodzie.</t>
         </is>
       </c>
-      <c r="F14" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G14" t="inlineStr">
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H14" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I14" t="inlineStr">
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I17" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J14" t="inlineStr">
+      <c r="J17" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K14" t="inlineStr">
+      <c r="K17" t="inlineStr">
         <is>
           <t>Jurek Krzysztof</t>
         </is>
       </c>
-      <c r="L14" t="inlineStr">
+      <c r="L17" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
         </is>
       </c>
-      <c r="M14" t="inlineStr">
+      <c r="M17" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N14" t="inlineStr">
+      <c r="N17" t="inlineStr">
         <is>
           <t>Btex, gc-fid, ropa naftowa, skała macierzysta, zanieczyszczenia organiczne</t>
         </is>
       </c>
     </row>
-    <row r="15">
-      <c r="A15" t="inlineStr">
+    <row r="18">
+      <c r="A18" t="inlineStr">
         <is>
           <t>Pirolizer</t>
         </is>
       </c>
-      <c r="B15" t="inlineStr">
+      <c r="B18" t="inlineStr">
         <is>
           <t>Pirolizer pyroprobe 5000</t>
         </is>
       </c>
-      <c r="C15" t="inlineStr">
+      <c r="C18" t="inlineStr">
         <is>
           <t>Piroliza to proces ogrzewania dużych złożonych cząsteczek bez dostępu powietrza w celu ich rozbicia na mniejsze bardziej przydatne analitycznie fragmenty. piroliza połączona z gc/ms umożliwia analizę ilościową i jakościową złożonych próbek bez długich ekstrakcji lub derywatyzacji.
 ponadto urządzenie oferuje wieloetapowe programowanie temperatury, co przy pierwszym kroku temperatury analizy poniżej 350 °c umożliwia ekstrahować substancje lotne i półlotne do analizy przed pirolizą pozostałego polimeru. jest to nieocenione przy wykrywaniu rozpuszczalników jak również resztkowych monomerów i dodatków polimerowych.</t>
         </is>
       </c>
-      <c r="D15" t="inlineStr">
+      <c r="D18" t="inlineStr">
         <is>
           <t>Analiza dowolnej matrycy próbki, analiza voc w powietrzu poprzez desorbcję rurek sorbentowych. możliwość pracy w szerokim zakresie temperatur aż do 1400 °c z dokładnością do 1 °c, z impulsywnym lub programowalnym narostem temperatury.</t>
         </is>
       </c>
-      <c r="E15" t="inlineStr">
+      <c r="E18" t="inlineStr">
         <is>
           <t>Analiza lzo w powietrzu, glebach i skałach, analizy składu polimerów, anlizy składu kerogenu i asphaltenów.</t>
         </is>
       </c>
-      <c r="F15" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G15" t="inlineStr">
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H15" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I15" t="inlineStr">
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I18" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J15" t="inlineStr">
+      <c r="J18" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K15" t="inlineStr">
+      <c r="K18" t="inlineStr">
         <is>
           <t>Jurek Krzysztof</t>
         </is>
       </c>
-      <c r="L15" t="inlineStr">
+      <c r="L18" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
         </is>
       </c>
-      <c r="M15" t="inlineStr">
+      <c r="M18" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N15" t="inlineStr">
+      <c r="N18" t="inlineStr">
         <is>
           <t>Analiza asfaltenów, analiza kerogenu, analiza lzo, piroliza</t>
         </is>
       </c>
     </row>
-    <row r="16">
-      <c r="A16" t="inlineStr">
+    <row r="19">
+      <c r="A19" t="inlineStr">
         <is>
           <t>Gc/ms/ms</t>
         </is>
       </c>
-      <c r="B16" t="inlineStr">
+      <c r="B19" t="inlineStr">
         <is>
           <t>7000-gc/ms z potrójnym kwadrupolem</t>
         </is>
       </c>
-      <c r="C16" t="inlineStr">
+      <c r="C19" t="inlineStr">
         <is>
           <t>Agilent 7000 gc/ms z potrójnym kwadrupolem zapewnia najbardziej dokładne wyniki ilościowe oraz niezawodną identyfikację związków w nawet najbardziej złożonych matrycach. granica detekcji urządzenia (idl), wynoszący dla systemu gc/ms 7000 4 fg oktafluoronaftalenu (ofn), system posiada zintegrowane z oprogramowaniem masshunter narzędzia optymalizacji mrm oraz bazę danych pestycydów i zanieczyszczeń środowiskowych, która umożliwia oznaczanie nawet śladowych ilości dioksyn, polichlorowanych bifenyli (pcbs) ,pestycydów, wwa, lzo, itd.</t>
         </is>
       </c>
-      <c r="D16" t="inlineStr">
+      <c r="D19" t="inlineStr">
         <is>
           <t>System 7000 gc/ms umożliwia oznaczenia ilościowe w złożonych matrycach takich związków jak pestycydy, wwa, hydroxy-wwa, farmaceutyki, biomarkery, diamantoidy, kwasy tłuszczowe.</t>
         </is>
       </c>
-      <c r="E16" t="inlineStr">
+      <c r="E19" t="inlineStr">
         <is>
           <t>System umożliwia wiarygodna analizę związków w ilościach śladowych nawet w najbardziej złożonych matrycach przy idl wynoszącym mniej niż 4fg ofn.</t>
         </is>
       </c>
-      <c r="F16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G16" t="inlineStr">
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I16" t="inlineStr">
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I19" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J16" t="inlineStr">
+      <c r="J19" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K16" t="inlineStr">
+      <c r="K19" t="inlineStr">
         <is>
           <t>Jurek Krzysztof</t>
         </is>
       </c>
-      <c r="L16" t="inlineStr">
+      <c r="L19" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
         </is>
       </c>
-      <c r="M16" t="inlineStr">
+      <c r="M19" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N16" t="inlineStr">
+      <c r="N19" t="inlineStr">
         <is>
           <t>Analiza biomarkerów, diamandoidy, gc-ms-ms, hydroksy-wwa, kwasy tłuszczowe, pestycydy, wwa</t>
         </is>
       </c>
     </row>
-    <row r="17">
-      <c r="A17" t="inlineStr">
+    <row r="20">
+      <c r="A20" t="inlineStr">
         <is>
           <t>Gc/ms</t>
         </is>
       </c>
-      <c r="B17" t="inlineStr">
+      <c r="B20" t="inlineStr">
         <is>
           <t>5975c gc/msd</t>
         </is>
       </c>
-      <c r="C17" t="inlineStr">
+      <c r="C20" t="inlineStr">
         <is>
           <t>Gc/msd to niezawodne narzędzie do badań zanieczyszczeń środowiska i żywności, analiz chemicznych i petrochemicznych, a także do analizy związków w badaniach toksykologicznych i farmaceutycznych.</t>
         </is>
       </c>
-      <c r="D17" t="inlineStr">
+      <c r="D20" t="inlineStr">
         <is>
           <t>Gc/ms agilent 5975c umożliwia wykonywanie dokładnych pomiarów analitycznych oraz pozwala laboratoriom skrócić czas wykonania niezbędnych czynności konserwacyjnych. system gc/ms jest nieoceniony do oznaczania wielu substancji w złożonej matrycy, na przykład oznaczanie pestycydów w żywności, wwa i lotnych związków organicznych w wodzie, ftalanów, a także rozpuszczalników resztkowych w produktach farmaceutycznych.</t>
         </is>
       </c>
-      <c r="E17" t="inlineStr">
+      <c r="E20" t="inlineStr">
         <is>
           <t>Oznaczanie jakościowe i ilościowe stosowane w analizach środowiskowych, badaniu żywności i wielu innych obszarach badawczych z granicą oznaczalności na poziomie nawet 1 fg idl.</t>
         </is>
       </c>
-      <c r="F17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G17" t="inlineStr">
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I17" t="inlineStr">
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I20" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J17" t="inlineStr">
+      <c r="J20" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K17" t="inlineStr">
+      <c r="K20" t="inlineStr">
         <is>
           <t>Jurek Krzysztof</t>
         </is>
       </c>
-      <c r="L17" t="inlineStr">
+      <c r="L20" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
         </is>
       </c>
-      <c r="M17" t="inlineStr">
+      <c r="M20" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N17" t="inlineStr">
+      <c r="N20" t="inlineStr">
         <is>
           <t>Farmaceutyki, gc-ms, pestycydy, wwa, zanieczyszczenia organiczne</t>
         </is>
       </c>
     </row>
-    <row r="18">
-      <c r="A18" t="inlineStr">
+    <row r="21">
+      <c r="A21" t="inlineStr">
         <is>
           <t>Spektrometr ftir-atr</t>
         </is>
       </c>
-      <c r="B18" t="inlineStr">
+      <c r="B21" t="inlineStr">
         <is>
           <t>Spektrometr ftir nicolet™ is50 z modułem atr</t>
         </is>
       </c>
-      <c r="C18" t="inlineStr">
+      <c r="C21" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr ftir nicolet is50 z przystawką atr
 spektrometr ftir nicolet is50 firmy thermo scientific to zaawansowane urządzenie analityczne, szeroko stosowane w badaniach chemicznych, fizycznych i biologicznych. wyposażony w przystawkę atr, umożliwia analizę próbek stałych i ciekłych bez skomplikowanego przygotowania.
 konstrukcja i funkcjonalność
 spektrometr nicolet is50 ma modułową konstrukcję, dostosowaną do różnych potrzeb badawczych. w konfiguracji laboratoryjnej zawiera interferometr michelsona, umożliwiający pomiary w zakresie średniej i dalekiej podczerwieni (7800–350 cm-1). wyposażony jest w ceramiczne źródło globar z azotku krzemu (sin), niewymagające chłodzenia wodą.
 przystawka atr
 przystawka atr wykorzystuje zasadę całkowitego wewnętrznego odbicia, umożliwiając analizę próbek bezpośrednio na powierzchni diamentu. technika atr pozwala na badanie trudnych w przygotowaniu próbek o nieregularnych kształtach.
 cechy i zalety:
 	automatyzacja i intuicyjność nicolet is50 oferuje automatyczne funkcje diagnostyczne, walidacyjne i kalibracyjne. oprogramowanie omnic i baza &gt;10,000 widm chemicznych upraszczają obsługę.
 	wysoka czułość i precyzja detektor dlatgs z okienkiem kbr (12,000–350 cm-1) zapewnia dokładne wyniki nawet przy niskich stężeniach.
 	wszechstronność zastosowań idealny do analizy związków organicznych i nieorganicznych, monitorowania reakcji, analizy polimerów i białek oraz badań środowiskowych, farmaceutycznych i kryminalistyczny
  </t>
         </is>
       </c>
-      <c r="D18" t="inlineStr">
+      <c r="D21" t="inlineStr">
         <is>
           <t xml:space="preserve">Przykładowe aplikacje
 	identyfikacja związków chemicznych: atr pozwala na szybkie i dokładne badanie składu chemicznego próbek.
 	analiza warstw powierzchniowych: dzięki niewielkiej głębokości penetracji promieniowania podczerwonego możliwa jest analiza warstw powierzchniowych materiałów.
 	kontrola jakości: urządzenie umożliwia szybkie wykrywanie zanieczyszczeń lub
 </t>
         </is>
       </c>
-      <c r="E18" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G18" t="inlineStr">
+      <c r="E21" t="inlineStr"/>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G21" t="inlineStr">
         <is>
           <t>Aparatura udostępniana jest na zasadach komercyjnych</t>
         </is>
       </c>
-      <c r="H18" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I18" t="inlineStr">
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I21" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J18" t="inlineStr">
+      <c r="J21" t="inlineStr">
         <is>
           <t>Laboratorium radioizotopowych analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K18" t="inlineStr">
+      <c r="K21" t="inlineStr">
         <is>
           <t>Pawlyta Jacek</t>
         </is>
       </c>
-      <c r="L18" t="inlineStr">
+      <c r="L21" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jacek-pawlyta-9868.html</t>
         </is>
       </c>
-      <c r="M18" t="inlineStr">
+      <c r="M21" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N18" t="inlineStr">
+      <c r="N21" t="inlineStr">
         <is>
           <t>Analiza chemiczna</t>
         </is>
       </c>
     </row>
-    <row r="19">
-      <c r="A19" t="inlineStr">
+    <row r="22">
+      <c r="A22" t="inlineStr">
         <is>
           <t>Zestaw do oznaczeń radiowęgla i lekkich izotopów stabilnych</t>
         </is>
       </c>
-      <c r="B19" t="inlineStr">
+      <c r="B22" t="inlineStr">
         <is>
           <t>System pims</t>
         </is>
       </c>
-      <c r="C19" t="inlineStr">
+      <c r="C22" t="inlineStr">
         <is>
           <t xml:space="preserve">System nec pims do oznaczania radiowęgla (c-14)
 system pims (positive ion mass spectrometry), zintegrowany z analizatorami elementarnymi  flash ea oraz spektrometrem stosunków izotopowych delta q, stanowi nowoczesne rozwiązanie do precyzyjnych i wydajnych oznaczeń radiowęgla (c-14). konstrukcja systemu eliminuje czaso- i pracochłonny proces grafityzacji, wymagany w metodzie akceleratorowej spektrometrii mas (ams), usprawniając pomiar.
 kluczowe komponenty:
 	2× flash ea (thermo scientific) automatyczne analizatory elementarne przekształcają próbki stałe lub ciekłe w gazowe formy  co₂ i n₂ poprzez ilościowe spalanie. wytworzony co₂ służy jako medium do oznaczeń radiowęgla oraz analizy stabilnych izotopów (np. δ¹³c).
 	delta q irms (thermo scientific) spektrometr delta q irms umożliwia precyzyjne pomiary. δ¹³c, δ¹⁸o i δ¹⁵n pomiary izotopów stabionych można wykonać w ramach datowania radiowęglowego lub niezależnie.
 	gsh (gas sample hub) system gsh przetwarza, oczyszcza i dostarcza co₂ z flash ea do modułów pims i irms. zapewnia to czysty, jednolity strumień próbki wolny od zanieczyszczeń, co jest kluczowe dla czułych pomiarów radiowęglowych.
 	pims z ecr (electron cyclotron resonance) serce systemu stanowi pims z wykorzystaniem źródła ecr, które bezpośrednio generuje dodatni wiązkę jonów węgla z gazu co₂. podejście to eliminuje konieczność grafityzacji, znacząco skracając czas przygotowania próbek, minimalizując ryzyko zanieczyszczeń. system pims cechuje się wyjątkową czułością, umożliwiając precyzyjne pomiary radiowęgla w naturalnych stężeniach.
  </t>
         </is>
       </c>
-      <c r="D19" t="inlineStr">
+      <c r="D22" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	oferowanie szybkich analiz c-14
 	oznaczanie zawartości biokomponentów
 	datowanie radiowęglowe
 	analizy izotopów stabilnych c, n, o, połączonych z datowaniem radiowęglowym oraz niezależnie
 	analiza i interpretacja wyników pomiarów
 	kalibracja dat radiowęglowych, modele radiowęglowe dla stanowisk i profili
 	współpraca  na zasadzie komercyjnej oraz naukowej
  </t>
         </is>
       </c>
-      <c r="E19" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G19" t="inlineStr">
+      <c r="E22" t="inlineStr"/>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G22" t="inlineStr">
         <is>
           <t>Aparatura udostępniana na zasadach komercyjnych</t>
         </is>
       </c>
-      <c r="H19" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I19" t="inlineStr">
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I22" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J19" t="inlineStr">
+      <c r="J22" t="inlineStr">
         <is>
           <t>Laboratorium radioizotopowych analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K19" t="inlineStr">
+      <c r="K22" t="inlineStr">
         <is>
           <t>Pawlyta Jacek</t>
         </is>
       </c>
-      <c r="L19" t="inlineStr">
+      <c r="L22" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jacek-pawlyta-9868.html</t>
         </is>
       </c>
-      <c r="M19" t="inlineStr">
+      <c r="M22" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N19" t="inlineStr">
+      <c r="N22" t="inlineStr">
         <is>
           <t>Biokomponenty, biopaliwa, c-14, izotopy trwałe, radiowęgiel, spektrometria mas</t>
         </is>
       </c>
     </row>
-    <row r="20">
-      <c r="A20" t="inlineStr">
+    <row r="23">
+      <c r="A23" t="inlineStr">
         <is>
           <t>Aparat do badania rozpadu tabletek/granulek</t>
         </is>
       </c>
-      <c r="B20" t="inlineStr">
+      <c r="B23" t="inlineStr">
         <is>
           <t>Aparat do badania rozpadu zt light</t>
         </is>
       </c>
-      <c r="C20" t="inlineStr">
+      <c r="C23" t="inlineStr">
         <is>
           <t>Tester do badania rozpadu erweka służy do pomiaru czasu rozpadu stałych form materiałów takich jak tabletki, drażetki, pelety, granulki i naturalne formy skalne, zgodnie z obowiązującymi procedurami w normach. podczas testu rozpadu testowane próbki umieszcza się w płynnym medium i utrzymuje w ruchu. rozpad próbki jest badany w określonych warunkach temperatury przez określony czas.</t>
         </is>
       </c>
-      <c r="D20" t="inlineStr">
+      <c r="D23" t="inlineStr">
         <is>
           <t xml:space="preserve">Badanie rozpadu próbek w płynnym medium w określonym czasie. możliwość analizy takich form jak tabletka, granulka, pelet, naturalnie występująca skał. </t>
         </is>
       </c>
-      <c r="E20" t="inlineStr">
+      <c r="E23" t="inlineStr">
         <is>
           <t>Zakres temperatur: 30 - 50 0c
 wysokość suwu: 55 mm
 szybkość: 30 suwów/min
 maksymalna średnica próbki: 20 mm
 czas testu: 0 - 10 h</t>
         </is>
       </c>
-      <c r="F20" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G20" t="inlineStr">
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr">
         <is>
           <t>Zasady udostępniania rozpatrywane są na etapie konsultacji umów/projektów.</t>
         </is>
       </c>
-      <c r="H20" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I20" t="inlineStr">
+      <c r="H23" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I23" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J20" t="inlineStr">
+      <c r="J23" t="inlineStr">
         <is>
           <t>Laboratorium sorbentów mineralnych i organicznych</t>
         </is>
       </c>
-      <c r="K20" t="inlineStr">
+      <c r="K23" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L20" t="inlineStr">
+      <c r="L23" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M20" t="inlineStr">
+      <c r="M23" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N20" t="inlineStr">
+      <c r="N23" t="inlineStr">
         <is>
           <t>Czas rozpadu, granulka, materiał mineralny, materiał organiczny, pelet, rozpad, tabletka</t>
         </is>
       </c>
     </row>
-    <row r="21">
-      <c r="A21" t="inlineStr">
+    <row r="24">
+      <c r="A24" t="inlineStr">
         <is>
           <t>Mieszalnik laboratoryjny</t>
         </is>
       </c>
-      <c r="B21" t="inlineStr">
+      <c r="B24" t="inlineStr">
         <is>
           <t>Uniwersalny mikser o pojemności 1 litra el1</t>
         </is>
       </c>
-      <c r="C21" t="inlineStr">
+      <c r="C24" t="inlineStr">
         <is>
           <t>Wielofunkcyjny mieszalnik granulująco-powlekający, który można stosować do mieszania, granulowania i powlekania materiałów mineralnych, organicznych i syntetycznych.</t>
         </is>
       </c>
-      <c r="D21" t="inlineStr">
+      <c r="D24" t="inlineStr">
         <is>
           <t>Urządzenie umożliwia przeprowadzenie procesu mieszania i uśredniania próbki oraz przeprowadzenie proscesu granulacji i  powlekania w kontrolowanych warunkach temperatury. możliwość prowadzenia procesów przy przeciwbierznych obrotach wirnika i misy.</t>
         </is>
       </c>
-      <c r="E21" t="inlineStr">
+      <c r="E24" t="inlineStr">
         <is>
           <t>Pojemność misy: 1 litr
 maksymalna waga próbki : 1,6 kg
 prędkość obrotowa wirnika: 300-7200 obr/min
 prędkość obrotowa misy: 85-170 obr/min</t>
         </is>
       </c>
-      <c r="F21" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G21" t="inlineStr">
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr">
         <is>
           <t>Możliwość prowadzenia prac na urządzeniu wyłącznie pod nadzorem pracownika laboratorium.</t>
         </is>
       </c>
-      <c r="H21" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I21" t="inlineStr">
+      <c r="H24" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I24" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J21" t="inlineStr">
+      <c r="J24" t="inlineStr">
         <is>
           <t>Laboratorium sorbentów mineralnych i organicznych</t>
         </is>
       </c>
-      <c r="K21" t="inlineStr">
+      <c r="K24" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L21" t="inlineStr">
+      <c r="L24" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M21" t="inlineStr">
+      <c r="M24" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N21" t="inlineStr">
+      <c r="N24" t="inlineStr">
         <is>
           <t>Granulacja, granulki, mieszanie, powlekanie, proszek, sorbenty, uśrednianie, uśrednianie próbki</t>
         </is>
       </c>
     </row>
-    <row r="22">
-      <c r="A22" t="inlineStr">
+    <row r="25">
+      <c r="A25" t="inlineStr">
         <is>
           <t>Aparat do badania odporności na ścieranie oraz kruchości</t>
         </is>
       </c>
-      <c r="B22" t="inlineStr">
+      <c r="B25" t="inlineStr">
         <is>
           <t>Tester kruchości/ścieralności tar 120/220</t>
         </is>
       </c>
-      <c r="C22" t="inlineStr">
+      <c r="C25" t="inlineStr">
         <is>
           <t>Seria tar to urządzenie erweka zgodne z normami usp/ep/jp, służące do badania kruchości i/lub ścieralności.  próbom ścieralności i kruchości mogą być poddawane granulki, tabletki, pelety jak i również naturalnie występujące minerały</t>
         </is>
       </c>
-      <c r="D22" t="inlineStr">
+      <c r="D25" t="inlineStr">
         <is>
           <t>Próbom ścieralności i kruchości mogą być poddawane granulki, tabletki, pelety jak i również naturalnie występujące minerały których średnica nie przekracza 30mm.</t>
         </is>
       </c>
-      <c r="E22" t="inlineStr">
+      <c r="E25" t="inlineStr">
         <is>
           <t>Prędkość obrotowa: 20-100 obr./min
 czas testu: płynna regulacja do 9 godzin, 59 minut, 59 sekund +/- 0,1
 maksymalna  średnica próbki: 30mm</t>
         </is>
       </c>
-      <c r="F22" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G22" t="inlineStr">
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr">
         <is>
           <t>Możliwość udostępnienia aparatury w laboratorium sorbentów mineralnych i organicznych pod nadzorem pracownika laboratorium.</t>
         </is>
       </c>
-      <c r="H22" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I22" t="inlineStr">
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I25" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J22" t="inlineStr">
+      <c r="J25" t="inlineStr">
         <is>
           <t>Laboratorium sorbentów mineralnych i organicznych</t>
         </is>
       </c>
-      <c r="K22" t="inlineStr">
+      <c r="K25" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L22" t="inlineStr">
+      <c r="L25" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M22" t="inlineStr">
+      <c r="M25" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N22" t="inlineStr">
+      <c r="N25" t="inlineStr">
         <is>
           <t>Granulki, kruchość, materiały mineralne, materiały organiczne, pelety, rozpad, ścieralność, tabletki, testy, zakres obrotów</t>
         </is>
       </c>
     </row>
-    <row r="23">
-      <c r="A23" t="inlineStr">
+    <row r="26">
+      <c r="A26" t="inlineStr">
         <is>
           <t>Jednostka napędowa wraz z peletyzatorem (granulatorem talerzowym)</t>
         </is>
       </c>
-      <c r="B23" t="inlineStr">
+      <c r="B26" t="inlineStr">
         <is>
           <t>Jednostka napędowa ar 403 wraz z peletyzatorem gte (granulatorem talerzowym)</t>
         </is>
       </c>
-      <c r="C23" t="inlineStr">
+      <c r="C26" t="inlineStr">
         <is>
           <t>Granulator gte jest przymocowany do ar 403. materiał może być podawany ręcznie lub w sposób ciągły. ruch obrotowy misy przenosi produkt na górę misy, a następnie spływa w dół misy równomiernym strumieniem do podstawy. poprzez dodanie odpowiedniej ilości cieczy proces ten można przekształcić w formowanie peletek. kąt misy i ilość dodanej cieczy określają rozmiar peletek. gdy misa jest pełna, peletki będą stale toczyć się po krawędzi misy do pojemnika.</t>
         </is>
       </c>
-      <c r="D23" t="inlineStr">
+      <c r="D26" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie umożliwia produkcję granulatów o różnych średnicach i wielkości dzięki regulowanemu kątowi nachylenia oraz regulowanej prędkości obrotowej misy. </t>
         </is>
       </c>
-      <c r="E23" t="inlineStr">
+      <c r="E26" t="inlineStr">
         <is>
           <t>Średnica misy: 300 mm prędkość obrotowa: 20-400 obr/min maksymalny kąt pochylenia misy: 40 st.</t>
         </is>
       </c>
-      <c r="F23" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G23" t="inlineStr">
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr">
         <is>
           <t>Zgodnie z indywidualnie uzgodnionymi umowami.</t>
         </is>
       </c>
-      <c r="H23" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I23" t="inlineStr">
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I26" t="inlineStr">
         <is>
           <t>Zespół laboratoriów badawczych centrum zrównoważonego rozwoju i poszanowania energii</t>
         </is>
       </c>
-      <c r="J23" t="inlineStr">
+      <c r="J26" t="inlineStr">
         <is>
           <t>Laboratorium sorbentów mineralnych i organicznych</t>
         </is>
       </c>
-      <c r="K23" t="inlineStr">
+      <c r="K26" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L23" t="inlineStr">
+      <c r="L26" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M23" t="inlineStr">
+      <c r="M26" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N23" t="inlineStr">
+      <c r="N26" t="inlineStr">
         <is>
           <t>Granulacja, granulator, granulator talerzowy, granulki, materiały mineralne, materiały organiczne</t>
         </is>
       </c>
     </row>
-    <row r="24">
-      <c r="A24" t="inlineStr">
+    <row r="27">
+      <c r="A27" t="inlineStr">
         <is>
           <t>Uhplc-ms/ms</t>
         </is>
       </c>
-      <c r="B24" t="inlineStr">
+      <c r="B27" t="inlineStr">
         <is>
           <t>System ultrasprawnej chromatografii cieczowej z tandemowym spektrometrem mas typu potrójny kwadrupol model tsq altis</t>
         </is>
       </c>
-      <c r="C24" t="inlineStr">
+      <c r="C27" t="inlineStr">
         <is>
           <t>System uhplc-ms/ms to połączenie ultra-wysokosprawnej chromatografii cieczowej z tandemowym spektrometrem mas, wykorzystujące zdolność rozdzielczą metody analitycznej oraz zdolność spektrometrii mas do identyfikacji rozdzielanych składników. zastosowanie takiego połączenia stanowi idealne narzędzie umożliwiające analizę ilościową polarnych związków organicznych w skomplikowanych matrycach z doskonałą czułością i precyzją oraz umożliwia przeprowadzanie badań typu screening.
 w tandemowym spektrometrze mas występują dwa analizatory mas oraz komora zderzeń, umożliwiając wykonywanie pomiarów ms jak i ms/ms. powstające w źródle, w wyniku jonizacji techniką esi jony pierwotne są rozdzielane w pierwszym spektrometrze. następnie jony o wybranym stosunku m/z trafiają do komory kolizyjnej, gdzie w zależności od warunków ulegają rozpadowi lub pozostają niezmienione. w wyniku rozpadu jonów (fragmentacji), powstają jony potomne. w drugim spektrometrze (ms2), jony są ponownie rozdzielane ze względu na stosunek masy do ładunku. te z nich, które przejdą przez drugi spektrometr, trafiają do detektora. sprawia to, że czułość układu tandemowego ms/ms jest znacznie większa niż samego układu ms. do oznaczania różnorodnych substancji w próbach środowiskowych, jak i w żywności, zalecane jest stosowanie metody lc-ms lub lc-ms/ms pracującego w trybie sim lub mrm gdyż charakteryzują się wysoką czułością i selektywnością.
 aparaturę typu uhplc-ms/ms wykorzystuje się standardowo do oznaczania metabolitów farmaceutyków, narkotyków, substancji dopingowych, zanieczyszczeń organicznych zarówno w płynach ustrojowych jak i próbkach środowiskowych.
 aparat jest częścią "zintegrowanej platformy badań chemizmu i mikrotekstury materiałów porowatych oraz reaktywności ich powierzchni"</t>
         </is>
       </c>
-      <c r="D24" t="inlineStr">
+      <c r="D27" t="inlineStr">
         <is>
           <t>Aparaturę typu uhplc-ms/ms wykorzystuje się standardowo do oznaczania metabolitów farmaceutyków, narkotyków, substancji dopingowych, zanieczyszczeń organicznych zarówno w płynach ustrojowych jak i próbkach środowiskowych.</t>
         </is>
       </c>
-      <c r="E24" t="inlineStr">
+      <c r="E27" t="inlineStr">
         <is>
           <t>Spektrometr mas wyposażony w źródło jonów typu electrospray esi.
 tryb skanowania: pełne skanowanie (full-scan), monitorowanie wybranego jonu (sim) i monitorowanie wybranej reakcji (srm)
 chromatograf cieczowy z detektorem uv/vis i detektorem dad
 oprogramowanie sterujące pracą spektrometru mas, umożliwiające akwizycję, obróbkę i analizę danych.</t>
         </is>
       </c>
-      <c r="F24" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G24" t="inlineStr">
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H24" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I24" t="inlineStr">
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I27" t="inlineStr">
         <is>
           <t>Katedra ochrony środowiska</t>
         </is>
       </c>
-      <c r="J24" t="inlineStr">
+      <c r="J27" t="inlineStr">
         <is>
           <t>Zespół analiz ryzyka zdrowotnego i środowiskowego</t>
         </is>
       </c>
-      <c r="K24" t="inlineStr">
+      <c r="K27" t="inlineStr">
         <is>
           <t>Koziarska Marta</t>
         </is>
       </c>
-      <c r="L24" t="inlineStr">
+      <c r="L27" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marta-agnieszka-koziarska-10423.html</t>
         </is>
       </c>
-      <c r="M24" t="inlineStr">
+      <c r="M27" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N24" t="inlineStr">
+      <c r="N27" t="inlineStr">
         <is>
           <t>Analiza ilościowa</t>
         </is>
       </c>
     </row>
-    <row r="25">
-      <c r="A25" t="inlineStr">
+    <row r="28">
+      <c r="A28" t="inlineStr">
         <is>
           <t>Mikroskop axio imager m2</t>
         </is>
       </c>
-      <c r="B25" t="inlineStr">
+      <c r="B28" t="inlineStr">
         <is>
           <t>Mikroskop axio imager kmat</t>
         </is>
       </c>
-      <c r="C25" t="inlineStr">
+      <c r="C28" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikroskop polaryzacyjny do obserwacji w świetle przechodzącym i odbitym z kamerą cyfrową i oprogramowaniem do analizy obrazu, z systemem do pomiaru refleksyjności witrynitu jest częścią stanowiska do badań materii organicznej: aparat pirolityczny rock-eval 7s® uzupełniony o moduł w postaci mikroskopu polaryzacyjnego do badań w świetle odbitym, wyposażony w fotometr do pomiarów refleksyjności.
 mikroskop polaryzacyjny do obserwacji w świetle przechodzącym i odbitym umożliwia analizę materii organicznej rozproszonej w skałach osadowych oraz macerałów w węglach. analizie zostaje poddany wypolerowany suknem polerskim fragment skalny, przy użyciu obiektywów immersyjnych o powiększeniu 50 i 100 krotnym. mikroskop sprzężony jest z zestawem fotometrycznym tidas s msp 200 umożliwiającym pomiary refleksyjności materii organicznej i macerałów, z kamerą cyfrową axiocam 305 oraz oprogramowaniem do obróbki zdjęć zen toolkit wraz z modułem uczenia maszynowego wykorzystujący m.in. następujące algorytmy: deep learning, machine learning, object classification. dzięki wyposażeniu w oświetlacz samocentrujący hbo 100 wraz z lampą rtęciową hbo 103 z zasilaczem i zestawem filtrów możliwa jest obserwacja preparatów w świetle niebieskim.   </t>
         </is>
       </c>
-      <c r="D25" t="inlineStr">
+      <c r="D28" t="inlineStr">
         <is>
           <t>Analiza mikroskopowa materii organicznej używana jest do oceny potencjału macierzystości skał. dzięki pomiarom refleksyjności materii organicznej możliwym jest określenie stopnia dojrzałości materii organicznej oraz oszacowania maksymalnych paleotemperatur.</t>
         </is>
       </c>
-      <c r="E25" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G25" t="inlineStr">
+      <c r="E28" t="inlineStr"/>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
         <is>
           <t>Zgodnie z regulaminem laboratorium.</t>
         </is>
       </c>
-      <c r="H25" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I25" t="inlineStr">
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I28" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J25" t="inlineStr">
+      <c r="J28" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K25" t="inlineStr">
+      <c r="K28" t="inlineStr">
         <is>
           <t>Waliczek Marta</t>
         </is>
       </c>
-      <c r="L25" t="inlineStr">
+      <c r="L28" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marta-waliczek-9248.html</t>
         </is>
       </c>
-      <c r="M25" t="inlineStr">
+      <c r="M28" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N25" t="inlineStr">
+      <c r="N28" t="inlineStr">
         <is>
           <t>Dojrzałość termiczna, materia organiczna, pochodzenie organiki, refleksyjność witrynitu, skład macerałowy</t>
         </is>
       </c>
     </row>
-    <row r="26">
-      <c r="A26" t="inlineStr">
+    <row r="29">
+      <c r="A29" t="inlineStr">
         <is>
           <t>Rock-eval 7s</t>
         </is>
       </c>
-      <c r="B26" t="inlineStr">
+      <c r="B29" t="inlineStr">
         <is>
           <t>Analizator rock-eval 7s</t>
         </is>
       </c>
-      <c r="C26" t="inlineStr">
+      <c r="C29" t="inlineStr">
         <is>
           <t>Aparat pirolityczny rock-eval 7s jest częścią stanowiska do badań materii organicznej: aparat pirolityczny rock-eval 7s uzupełniony o moduł w postaci mikroskopu polaryzacyjnego do badań w świetle odbitym, wyposażony w fotometr do pomiarów refleksyjności.
 aparat jest wyposażony w dwa piece: pirolityczny i oksydacyjny. do analizy wykorzystuje się zmieloną próbkę skały (uziarnienie poniżej 0.2 mm) w ilości 50-70 mg, która jest umieszczana w specjalnym tygielku wykonanym ze spieku al2o3. analiza w piecu pirolitycznym (w atmosferze azotu) może być prowadzona w zakresie temperatur 40-850oc z szeroką możliwością programowania cyklu temperaturowego w zakresie: początkowej temperatury i czasu jej utrzymywania, tempa narostu temperatury (od 0.1 do 50oc/min) oraz finalnej temperatury i czasu jej utrzymywania. istnieje możliwość zaprogramowania do pięciu niezależnych narostów temperatury i czasów izotermiczego wygrzewania podczas jednego cyklu badawczego. wydzielające się węglowodory (hc) są oznaczane na detektorze płomieniowo-jonizacyjnym (fid), co2 i co są oznaczane na detektorze podczerwieni (ir), a związki siarki, po dopaleniu w piecu utleniającym (temperatura 850 oc) są oznaczane w postaci so2 na detektorze uv.
 analiza w piecu oksydacyjnym (do temperatury 850℃ w atmosferze powietrza, powyżej – w atmosferze azotu) może być prowadzona w zakresie temperatur 200-1200oc z szeroką możliwością programowania cyklu temperaturowego w zakresie: początkowej temperatury i czasu jej utrzymywania, tempa narostu temperatury (od 0.1 do 50oc/min) oraz finalnej temperatury i czasu jej utrzymywania. produkty spalania i rozkładu – co i co2 przekazywane są na detektor ir, a so2 – na detektor uv w celu oznaczenia ilościowego. inne produkty utleniania nie są oznaczane.</t>
         </is>
       </c>
-      <c r="D26" t="inlineStr">
+      <c r="D29" t="inlineStr">
         <is>
           <t>Aparat rock-eval 7s umożliwia oznaczanie w próbkach stałych m.in. całkowitej zawartości węgla organicznego (toc) i mineralnego (minc), zawartości s org. (tos), pirytowej (fe s) i całkowitej (ts), określenie typu i dojrzałości materii org. oraz ilości i składu frakcyjnego zanieczyszczeń węglowodorowych w glebie. metoda rock-eval może być wykorzystywana do analizy skał, gleb, osadów i odpadów zawierających materiał org. i nielotnych produktów petrochemicznych.</t>
         </is>
       </c>
-      <c r="E26" t="inlineStr">
+      <c r="E29" t="inlineStr">
         <is>
           <t>Wybrane parametry: s1 (mg hc/g skały), s2 (mg hc/g skały), s3 (mg co2/g skały), tmax (oc), pc (% wag.), rc (% wag.), toc (% wag.), minc (% wag.), s1 orgs (% wag.), s2 orgs (% wag.), pyro orgs (% wag.), oxi orgs (% wag.), tot orgs (% wag.), fe s (% wag.), so4 s (% wag.), total s (% wag.), q0, q1, …, q5 (mg hc/g skały)
 wybrane wskaźniki: pi, s2/s3, hi (mg hc/g toc), oi (mg co2/g toc), si (mg orgs/g toc), toco (% wag.), hio (mg hc/g toc)</t>
         </is>
       </c>
-      <c r="F26" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G26" t="inlineStr">
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr">
         <is>
           <t>Zgodnie z regulaminem laboratorium.</t>
         </is>
       </c>
-      <c r="H26" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I26" t="inlineStr">
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I29" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J26" t="inlineStr">
+      <c r="J29" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K26" t="inlineStr">
+      <c r="K29" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L26" t="inlineStr">
+      <c r="L29" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M26" t="inlineStr">
+      <c r="M29" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N26" t="inlineStr">
+      <c r="N29" t="inlineStr">
         <is>
           <t>Skała macierzysta, toc, węglowodory, zanieczyszczenia organiczne</t>
         </is>
       </c>
     </row>
-    <row r="27">
-      <c r="A27" t="inlineStr">
+    <row r="30">
+      <c r="A30" t="inlineStr">
         <is>
           <t>Chromatograf cieczowy (hplc)</t>
         </is>
       </c>
-      <c r="B27" t="inlineStr">
+      <c r="B30" t="inlineStr">
         <is>
           <t>Chromatograf cieczowy (hplc)</t>
         </is>
       </c>
-      <c r="C27" t="inlineStr">
+      <c r="C30" t="inlineStr">
         <is>
           <t>Chromatografi cieczowy shimadzu lc-2050c z detektorami uv-vis i fld.</t>
         </is>
       </c>
-      <c r="D27" t="inlineStr">
+      <c r="D30" t="inlineStr">
         <is>
           <t>Ilościowa analiza związków organicznych w próbkach środowiskowych, roztworach modelowych itp.</t>
         </is>
       </c>
-      <c r="E27" t="inlineStr">
+      <c r="E30" t="inlineStr">
         <is>
           <t>Ilościowa analiza związków organicznych.</t>
         </is>
       </c>
-      <c r="F27" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G27" t="inlineStr">
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr">
         <is>
           <t>Za zgodą i pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H27" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I27" t="inlineStr">
+      <c r="H30" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I30" t="inlineStr">
         <is>
           <t>Katedra mineralogii, petrografii i geochemii</t>
         </is>
       </c>
-      <c r="J27" t="inlineStr">
+      <c r="J30" t="inlineStr">
         <is>
           <t>Mineral-based architectures group, http://www.mba-group.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K27" t="inlineStr">
+      <c r="K30" t="inlineStr">
         <is>
           <t>Matusik Jakub</t>
         </is>
       </c>
-      <c r="L27" t="inlineStr">
+      <c r="L30" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jakub-matusik-6924.html</t>
         </is>
       </c>
-      <c r="M27" t="inlineStr">
+      <c r="M30" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N27" t="inlineStr">
+      <c r="N30" t="inlineStr">
         <is>
           <t>Analiza chemiczna</t>
         </is>
       </c>
     </row>
-    <row r="28">
-      <c r="A28" t="inlineStr">
+    <row r="31">
+      <c r="A31" t="inlineStr">
         <is>
           <t>Morphologi 4 - zautomatyzowany analizator wielkości i kształtu cząstek</t>
         </is>
       </c>
-      <c r="B28" t="inlineStr">
+      <c r="B31" t="inlineStr">
         <is>
           <t>Malvern morphologi 4</t>
         </is>
       </c>
-      <c r="C28" t="inlineStr">
+      <c r="C31" t="inlineStr">
         <is>
           <t xml:space="preserve">Zautomatyzowany analizator do jednoczesnego określania rozmiaru, kształtu i liczby cząstek w badanej próbce. możliwość badania proszków w stanie suchym, emulsji oraz zawiesin cieczowych w zakresie wielkości cząstek  0,5 – 1300 µm. 
 układ pomiarowy wyposażony w zestaw optyczny nikon cfi 60 (obiektywy 2,5x, 5x, 10x, 20x, 50x).
 możliwość aplikowani próbek: szklana płytka do badania dyspersji proszków, uchwyt na 4 standardowe szkiełka mikroskopowe, wet-cell - przystawka do pomiaró zawiesin cieczowych.
 rejestracja kolorowych obrazów kamerą cyfrową ccd 18mpix. rozmiar piksela 1,25 µm.
 możliwość wyznaczenia parametrów rozmiarów cząstek, parametrów ksztaltu cząstek oraz parametrów przejrzystości cząstek. 
 wyniki w postaci dwuwymiarowych obrazów ziaren, powtarzalość wyników, możliwość porównania wyników przy użyciu szerokiego wachlarza wykresów i diagramów.
 możliwości zastosowania w wielu dziedzinach i badaniach, m.in.: farmacja, gleby, polimery, gumy i plastiki, analiza kryminalistyczna, produkty konsumenckie, chemia specjalistyczna, energetyka i środowisko, przemysł rafineryjny, przemysł spożywczy, elektronika, motoryzacja i lotnictwo, cementy, przemysł chemiczny, proszki i granulaty, emulsje i zawiesiny, wytwarzanie przyrostowe (druk 3d), analiza mikrorzeźby ziaren osadów, badania teksturalne osadów.  
  </t>
         </is>
       </c>
-      <c r="D28" t="inlineStr">
+      <c r="D31" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	właściwości cząstek: rozmiar, kształt, transparentność, liczebność, rozmieszczenie
 	parametry: koło równoważne (ce), średnica, długość, szerokość, obwód, powierzchnia, maksymalna odległość, sfera równoważna (se) objętość, całkowita długość i szerokość włókna, proporcje kształtu, kolistość, wypukłość, wydłużenie, kolistość wysokiej czułości (hs), zwartość, wydłużenie włókien i prostość włókna
 </t>
         </is>
       </c>
-      <c r="E28" t="inlineStr">
+      <c r="E31" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres wielkości cząstek: 0,5–1300 μm
 	dyspersja suchych proszków
 	pomiar emulsji i zawiesin
 	badania cząstek osadzonych na filtrach 47 mm
 	oświetlenie: światło białe, przechodzące i odbite, polaryzatory
 	obiektywy: 2,5x, 5x, 10x, 20x, 50x
 	rejestrowane obrazy ccd 18 mpix (4912x3684) rozmiar piksela 1,25 μm
 </t>
         </is>
       </c>
-      <c r="F28" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G28" t="inlineStr">
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr">
         <is>
           <t>Wszelkie szczegóły w bezpośrednim kontakcie mailowym lub telefonicznym.</t>
         </is>
       </c>
-      <c r="H28" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I28" t="inlineStr">
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I31" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J28" t="inlineStr">
+      <c r="J31" t="inlineStr">
         <is>
           <t>Laboratorium podstawowych właściwości fizykochemicznych zawiesin oraz laboratorium urządzeń ochrony wód</t>
         </is>
       </c>
-      <c r="K28" t="inlineStr">
+      <c r="K31" t="inlineStr">
         <is>
           <t>Turlej Tymoteusz</t>
         </is>
       </c>
-      <c r="L28" t="inlineStr">
+      <c r="L31" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tymoteusz-turlej-7978.html</t>
         </is>
       </c>
-      <c r="M28" t="inlineStr">
+      <c r="M31" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N28" t="inlineStr">
+      <c r="N31" t="inlineStr">
         <is>
           <t>Analiza wód, badania, charakterystyka ziarnowa, materiały ceramiczne, mikrostruktura, surowce, wielkość cząstek, wytwarzanie proszków</t>
-        </is>
-[...223 lines deleted...]
-          <t>Biomarkery, chromatografia cieczowa, metabolity, mikrozanieczyszczenia, pozostałosci leków, spektrometria mas</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>Detektor microfid</t>
+          <t>Laserowy analizator stężenia atmosferycznego co2, ch4, co i h2o</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Detektor microfid</t>
+          <t>Picarro g-2401</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>Urządzenia pozwala na pomiar sumy lotnych związków organicznych w powietrzu atmosferycznym (lzo). wyposażony jest w detektor płomieniowo-jonizacyjny fid.</t>
+          <t>Urządzenie jest dedykowane do precyzyjnych ciągłych pomiarów stężeń atmosferycznych co2, ch4, co i h2o na stacji pomiarowej na kasprowym wierchu.</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>Możliwość oznaczania stężeń następujących substancji: węglowodory nasycone, węglowodory nienasycone, węglowodory chlorowane, związki aromatyczne, ketony alkohole.</t>
+          <t>Urządzenie jest dedykowane do precyzyjnych ciągłych pomiarów stężeń atmosferycznych co2, ch4, co i h2o na stacji pomiarowej na kasprowym wierchu.</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
-          <t>Oznaczanie sumy lotnych związków organicznych (lzo) w zakresie: od 0.1 do 50000 ppm</t>
+          <t>Precyzyjne pomiary poziomów atmosferycznych stężeń co2, ch4, co i h2o</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G32" t="inlineStr">
         <is>
-          <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
+          <t>Analizator dedykowany jest do prowadzenia ciągłych pomiarów stężenia co2, co i ch4 w powietrzu atmosferycznym w miejscu jego instalacji (kasprowy wierch). możliwe jest sporadyczne wykonywanie pomiarów stężenia w/w gazów w próbkach powietrza dostarczonych do laboratorium przez osoby przeszkolone w obsłudze. terminy udostępnienia uzależnione są od programu pomiarowego i muszą być uzgodnione z wyprzedzeniem.</t>
         </is>
       </c>
       <c r="H32" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I32" t="inlineStr">
         <is>
-          <t>Katedra surowców energetycznych</t>
+          <t>Katedra zastosowań fizyki jądrowej</t>
         </is>
       </c>
       <c r="J32" t="inlineStr">
         <is>
-          <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
+          <t>Zespół fizyki środowiska</t>
         </is>
       </c>
       <c r="K32" t="inlineStr">
         <is>
-          <t>Sechman Henryk</t>
+          <t>Zimnoch Mirosław</t>
         </is>
       </c>
       <c r="L32" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/miroslaw-zimnoch-4207.html</t>
         </is>
       </c>
       <c r="M32" t="inlineStr">
         <is>
-          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N32" t="inlineStr">
         <is>
-          <t>Lotne związki organiczne, lzo, metan</t>
+          <t>Ch4, co, co2, gazy cieplarniane, h2o</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>Wirówka laboratoryjna beckman</t>
+          <t>Laserowy analizator stężenia atmosferycznego co2, ch4 i h2o</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Wirówka laboratoryjna beckman</t>
+          <t>Picarro g-2311-f</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Wirówka laboratoryjna beckman seria gs-6 (max 8000 obrotów/min).</t>
+          <t>Urządzenie jest dedykowane do precyzyjnych ciągłych pomiarów stężeń atmosferycznych co2, ch4 i h2o.</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>Wirówka laboratoryjna beckman seria gs-6 (max 8000 obrotów/min) umożliwia jednoczesne wykonanie badania odsączalności skał litych w 4 cylindrch badawczych.</t>
+          <t>Urządzenie jest dedykowane do precyzyjnych ciągłych pomiarów stężeń atmosferycznych co2, ch4 i h2o.</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>Oznaczenie odsączalności porowych (spękanych) skał litych.</t>
+          <t>Precyzyjne pomiary poziomów atmosferycznych stężeń co2, ch4 i h2o</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G33" t="inlineStr">
         <is>
-          <t>W ramach podpisanej umowy/zlecenia z laboratorium hydrodynamicznym, po wcześniej akceptacji przez kierownika laboratorium. badanie wykonywane jest wyłącznie przez upoważnionego pracownika laboratorium.</t>
+          <t>Analizator dedykowany jest do ciągłych pomiarów stężenia co2 i ch4 w powietrzu atmosferycznym w miejscu jego instalacji. możliwe jest okresowe wykonywanie pomiarów stężenia w/w gazów w próbkach powietrza dostarczonych do laboratorium przez osoby przeszkolone w obsłudze, lub wykonywanie krótkich kampanii pomiarowych (max 2-3 dni) w terenie pod nadzorem przez osoby przeszkolone. terminy udostępnienia uzależnione są od programu pomiarowego i muszą być uzgodnione z wyprzedzeniem.</t>
         </is>
       </c>
       <c r="H33" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I33" t="inlineStr">
         <is>
-          <t>Katedra hydrogeologii i geologii inżynierskiej</t>
+          <t>Katedra zastosowań fizyki jądrowej</t>
         </is>
       </c>
       <c r="J33" t="inlineStr">
         <is>
-          <t>Laboratorium hydrodynamiczne</t>
+          <t>Zespół fizyki środowiska</t>
         </is>
       </c>
       <c r="K33" t="inlineStr">
         <is>
-          <t>Pierri Dorota</t>
+          <t>Zimnoch Mirosław</t>
         </is>
       </c>
       <c r="L33" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/dorota-pierri-8219.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/miroslaw-zimnoch-4207.html</t>
         </is>
       </c>
       <c r="M33" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N33" t="inlineStr">
         <is>
-          <t>Beckman, odsączalność, porowatość, wirówka</t>
+          <t>Ch4, co2, gazy cieplarniane, h2o</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>Aparatura do badań gemmologicznych</t>
+          <t>Detektor microfid</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Sprzęt gemmologiczny</t>
+          <t>Detektor microfid</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>Aparatura do badań gemmologicznych obejmuje mikroskop imersyjny, polaryskop, refraktometr, proporcjoskop, duotester  oraz lampę uv.</t>
+          <t>Urządzenia pozwala na pomiar sumy lotnych związków organicznych w powietrzu atmosferycznym (lzo). wyposażony jest w detektor płomieniowo-jonizacyjny fid.</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>Aparatura służy do badania kamieni jubilerskich.</t>
+          <t>Możliwość oznaczania stężeń następujących substancji: węglowodory nasycone, węglowodory nienasycone, węglowodory chlorowane, związki aromatyczne, ketony alkohole.</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
-          <t>Aparatura do badań gemmologicznych służy do określenia charakteru optycznego kamieni jubilerskich, pleochroizmu, współczynniku/ów załamania światła, przewodności cieplnej, obecności inkluzji w kamieniach, oceny obróbki szlifu brylantowego oraz reakcji na światło ultrafioletowe.</t>
+          <t>Oznaczanie sumy lotnych związków organicznych (lzo) w zakresie: od 0.1 do 50000 ppm</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
-          <t>Aparatura jest udostępniania studentom w trakcie zajęć dydaktycznych i do realizacji projektów prac inż. i mgr</t>
+          <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I34" t="inlineStr">
         <is>
-          <t>Katedra mineralogii, petrografii i geochemii</t>
+          <t>Katedra surowców energetycznych</t>
         </is>
       </c>
       <c r="J34" t="inlineStr">
         <is>
-          <t>Laboratorium gemmologiczne</t>
+          <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
       <c r="K34" t="inlineStr">
         <is>
-          <t>Dumańska-Słowik Magdalena</t>
+          <t>Sechman Henryk</t>
         </is>
       </c>
       <c r="L34" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/magdalena-dumanska-slowik-5858.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
         </is>
       </c>
       <c r="M34" t="inlineStr">
         <is>
-          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N34" t="inlineStr">
         <is>
-          <t>Kamienie szlachetne</t>
+          <t>Lotne związki organiczne, lzo, metan</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
+          <t>Wirówka laboratoryjna beckman</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>Wirówka laboratoryjna beckman</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>Wirówka laboratoryjna beckman seria gs-6 (max 8000 obrotów/min).</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>Wirówka laboratoryjna beckman seria gs-6 (max 8000 obrotów/min) umożliwia jednoczesne wykonanie badania odsączalności skał litych w 4 cylindrch badawczych.</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>Oznaczenie odsączalności porowych (spękanych) skał litych.</t>
+        </is>
+      </c>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr">
+        <is>
+          <t>W ramach podpisanej umowy/zlecenia z laboratorium hydrodynamicznym, po wcześniej akceptacji przez kierownika laboratorium. badanie wykonywane jest wyłącznie przez upoważnionego pracownika laboratorium.</t>
+        </is>
+      </c>
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I35" t="inlineStr">
+        <is>
+          <t>Katedra hydrogeologii i geologii inżynierskiej</t>
+        </is>
+      </c>
+      <c r="J35" t="inlineStr">
+        <is>
+          <t>Laboratorium hydrodynamiczne</t>
+        </is>
+      </c>
+      <c r="K35" t="inlineStr">
+        <is>
+          <t>Pierri Dorota</t>
+        </is>
+      </c>
+      <c r="L35" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/dorota-pierri-8219.html</t>
+        </is>
+      </c>
+      <c r="M35" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N35" t="inlineStr">
+        <is>
+          <t>Beckman, odsączalność, porowatość, wirówka</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>Aparatura do badań gemmologicznych</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>Sprzęt gemmologiczny</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>Aparatura do badań gemmologicznych obejmuje mikroskop imersyjny, polaryskop, refraktometr, proporcjoskop, duotester  oraz lampę uv.</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>Aparatura służy do badania kamieni jubilerskich.</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>Aparatura do badań gemmologicznych służy do określenia charakteru optycznego kamieni jubilerskich, pleochroizmu, współczynniku/ów załamania światła, przewodności cieplnej, obecności inkluzji w kamieniach, oceny obróbki szlifu brylantowego oraz reakcji na światło ultrafioletowe.</t>
+        </is>
+      </c>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr">
+        <is>
+          <t>Aparatura jest udostępniania studentom w trakcie zajęć dydaktycznych i do realizacji projektów prac inż. i mgr</t>
+        </is>
+      </c>
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I36" t="inlineStr">
+        <is>
+          <t>Katedra mineralogii, petrografii i geochemii</t>
+        </is>
+      </c>
+      <c r="J36" t="inlineStr">
+        <is>
+          <t>Laboratorium gemmologiczne</t>
+        </is>
+      </c>
+      <c r="K36" t="inlineStr">
+        <is>
+          <t>Dumańska-Słowik Magdalena</t>
+        </is>
+      </c>
+      <c r="L36" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/magdalena-dumanska-slowik-5858.html</t>
+        </is>
+      </c>
+      <c r="M36" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N36" t="inlineStr">
+        <is>
+          <t>Kamienie szlachetne</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
           <t>Stanowisko do badania przepuszczalności skał</t>
         </is>
       </c>
-      <c r="B35" t="inlineStr">
+      <c r="B37" t="inlineStr">
         <is>
           <t>Labboratoryjny przepuszczalnomierz eijkelkamp</t>
         </is>
       </c>
-      <c r="C35" t="inlineStr">
+      <c r="C37" t="inlineStr">
         <is>
           <t>Stanowisko eijkepkamp oznaczania przepuszczalności skał działa zgodnie z poniższą zasadą: wytwarzając różne ciśnienie wody na obu końcach nasyconej próbki i mierząc wynikowy przepływ wody, można określić przepuszczalność wody. w układzie zamkniętym woda ze zbiornika magazynowego pompowana jest pompą zanurzeniową przez filtr do regulatora poziomu o regulowanej wysokości. ten regulator poziomu jest połączony z jednej strony z plastikowym pojemnikiem, a z drugiej strony z rurą, przez którą nadmiar wody przepływa z powrotem do pojemnika magazynowego. pojemnik można zamknąć płytką uszczelniającą, aby ograniczyć parowanie podczas pomiaru. w systemie otwartym woda przepływa bezpośrednio z rury wodnej do regulatora poziomu.
 ponieważ regulator poziomu i zbiornik tworzą naczynie połączone, regulator poziomu będzie utrzymywał poziom wody w zbiorniku (poziom wody w regulatorze poziomu jest równy poziomowi wody w zbiorniku). w pełni nasyconą próbkę pierścienia umieszcza się w uchwycie pierścienia i zakłada nasadkę sita. uchwyt pierścienia jest następnie umieszczany w pojemniku. przez plastikowy syfon woda znad próbki dostaje się do biurety. biurety mają różne długości, dzięki czemu kurki są łatwe w obsłudze. taca ociekowa zbiera wodę z biuret i zwraca ją do zbiornika magazynowego. przy systemie otwartym odpływ odbywa się z tacy ociekowej do np. zlewu. działanie syfonu powoduje powstanie różnicy wysokości (h) poziomu wody wewnątrz i na zewnątrz uchwytu pierścienia. ta różnica wysokości powoduje ciągły przepływ wody przez próbkę. wysokość poziomów wody mierzona jest za pomocą jednopunktowego mostka pomiarowego. gromadząc odprowadzaną wodę w biurecie przez określony czas, współczynnik przepuszczalności wody (współczynnik k) odpowiedniej próbki można obliczyć za pomocą wzoru.</t>
         </is>
       </c>
-      <c r="D35" t="inlineStr">
+      <c r="D37" t="inlineStr">
         <is>
           <t>Oznaczenie współczynnika filtracji skał w granicach 103 do 10-6 m/s.</t>
         </is>
       </c>
-      <c r="E35" t="inlineStr">
+      <c r="E37" t="inlineStr">
         <is>
           <t>Oznaczenie współczynnika filtracji skał w granicach 103 do 10-6 m/s.</t>
         </is>
       </c>
-      <c r="F35" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G35" t="inlineStr">
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr">
         <is>
           <t>W ramach podpisanej umowy/zlecenia z laboratorium hydrodynamicznym, po wcześniej akceptacji przez kierownika laboratorium. badanie wykonywane jest wyłącznie przez upoważnionego pracownika laboratorium.</t>
         </is>
       </c>
-      <c r="H35" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I35" t="inlineStr">
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I37" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J35" t="inlineStr">
+      <c r="J37" t="inlineStr">
         <is>
           <t>Laboratorium hydrodynamiczne</t>
         </is>
       </c>
-      <c r="K35" t="inlineStr">
+      <c r="K37" t="inlineStr">
         <is>
           <t>Pierri Dorota</t>
         </is>
       </c>
-      <c r="L35" t="inlineStr">
+      <c r="L37" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dorota-pierri-8219.html</t>
         </is>
       </c>
-      <c r="M35" t="inlineStr">
+      <c r="M37" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N35" t="inlineStr">
+      <c r="N37" t="inlineStr">
         <is>
           <t>Piasek, przepuszczalność, współczynnik filtracji, żwir</t>
         </is>
       </c>
     </row>
-    <row r="36">
-      <c r="A36" t="inlineStr">
+    <row r="38">
+      <c r="A38" t="inlineStr">
         <is>
           <t>Advanced resistivity system 300 - zestaw do pomiaru oporności</t>
         </is>
       </c>
-      <c r="B36" t="inlineStr">
+      <c r="B38" t="inlineStr">
         <is>
           <t>Advanced resistivity system 300, corelab ins.</t>
         </is>
       </c>
-      <c r="C36" t="inlineStr">
+      <c r="C38" t="inlineStr">
         <is>
           <t>Przeznaczenie: zestaw do pomiarów elektrycznej oporności właściwej cieczy i ciał stałych (rdzeni), pomiary przy różnych nasyceniach umożliwiają wyznaczenie parametru porowatości, parametru nasycenia, współczynnika wysortowania, zwięzłości oraz zwilżalności. pomiary przy różnych temperaturach i ciśnieniu symulują warunki in situ.  pomiary przy różnych poziomach nasycenia. w tym celu pomiar wykonuje się wielokrotnie, z użyciem porous plate  lub po wcześniejszym odwirowaniu próbki, przy ustalonym czasie i liczbie obrotów. na podstawie pomiaru oblicza się parametr porowatości, indeks porowatości (parametr nasycenia), współczynnik wysortowania, wskaźnik zwięzłości próbki oraz współczynnik zwilżalności.
 pomiary próbek stałych (np. skał, materiałów budowlanych) i materiałów sypkich (np. gleba, proszki).
 zestaw advanced resistivity system 300 firmy corelab ins.:
 	miernik
 	komora do pomiarów oporności elektrycznej właściwej cieczy
 	miernik oporności  elektrycznej właściwej dla ciał stałych
 	miernik do pomiaru oporności w symulowanych warunkach złożowych (pod ciśnieniem i w wysokiej temperaturze)
 	czujnik do pomiaru ciał stałych (rdzenie) i materiałów sypkich (gleby)
 	miernik stałej dielektrycznej
 urządzenia preparacyjne, przygotowawcze, pomocnicze: przygotowanie próbek do badań polega na nadaniu próbkom odpowiedniego kształtu, ważeniu, mierzeniu, suszeniu, nasycaniu oraz odwirowywaniu</t>
         </is>
       </c>
-      <c r="D36" t="inlineStr">
+      <c r="D38" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone i wyznaczane parametry:
 	oporność / przewodnictwo właściwe ciał stałych i cieczy
 	oporność właściwa ciał stałych i cieczy w warunkach wysokiego ciśnienia i temperatury
 	parametr porowatości i parametr nasycenia
 	współczynnik zwięzłości
 	współczynnik wysortowania
 	współczynnik zwilżalności
 	stała dielektryczna
 </t>
         </is>
       </c>
-      <c r="E36" t="inlineStr">
+      <c r="E38" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary dla próbki suchej lub nasyconej dowolnym medium, równocześnie wykonuje się pomiar oporności cieczy nasycającej próbkę
 	pomiary przy różnych poziomach nasycenia
 	pomiary w warunkach symulowanych ciśnień złożowych i temperatury
 	wymiary próbek do badań: rdzenie o średnicy 1 cala lub 1,5 cala i długości min. 1,5 cala, pomiary materiałów sypkich
 </t>
         </is>
       </c>
-      <c r="F36" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G36" t="inlineStr">
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G38" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza może być wykorzystywana (w ramach współpracy naukowej lub odpłatnie), ale nie jest możliwe samodzielne wykorzystanie aparatury. pomiary wykonywane będą w miejscu instalacji, przez osobę upoważnioną przez kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H36" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I36" t="inlineStr">
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I38" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J36" t="inlineStr">
+      <c r="J38" t="inlineStr">
         <is>
           <t>Laboratorium petrofizyki / badania własności elektrycznych / petrophysics group</t>
         </is>
       </c>
-      <c r="K36" t="inlineStr">
+      <c r="K38" t="inlineStr">
         <is>
           <t>Puskarczyk Edyta</t>
         </is>
       </c>
-      <c r="L36" t="inlineStr">
+      <c r="L38" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/edyta-puskarczyk-7167.html</t>
         </is>
       </c>
-      <c r="M36" t="inlineStr">
+      <c r="M38" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N36" t="inlineStr">
+      <c r="N38" t="inlineStr">
         <is>
           <t>Badanie skał, geofizyka, oporność, petrofizyka, współczynnik cementacji, współczynnik wysortowania, współczynnik zwilżalności</t>
         </is>
       </c>
     </row>
-    <row r="37">
-      <c r="A37" t="inlineStr">
+    <row r="39">
+      <c r="A39" t="inlineStr">
         <is>
           <t>Fox 50 - zestaw do pomiaru przewodnictwa cieplnego</t>
         </is>
       </c>
-      <c r="B37" t="inlineStr">
+      <c r="B39" t="inlineStr">
         <is>
           <t>Fox 50 heat flow meter, ta instruments. astm c518 and iso 8301 standards</t>
         </is>
       </c>
-      <c r="C37" t="inlineStr">
+      <c r="C39" t="inlineStr">
         <is>
           <t>Przeznaczenie: zestaw pomiarowy do wyznaczania współczynnika przewodnictwa cieplnego, do badań ciał stałych (skał, materiałów budowlanych, izolacyjnych). przedmiotem pomiaru jest współczynnik przewodności cieplnej, a na jego podstawie możliwość obliczenia oraz konstrukcji map rozkładu gęstości powierzchniowego strumienia cieplnego.
 do badań wykorzystuje się aparat płytowy z izolowaną termicznie płytą grzejną. badanie opiera się na metodzie ustalonego strumienia cieplnego, w której strumień ciepła przechodzący przez próbkę materiału ma stałą wartość, a temperatura próbki w każdym punkcie jest ustalona. współczynnik przewodności cieplnej badanego materiału określa się mierząc gęstość strumienia cieplnego i różnicę temperatury po obu stronach próbki. możliwe są dwie procedury pomiarowe - metoda  pojedyńczej (1dx) i podwójnej (2dx) grubości.
 pomiar zgodny z normami astm c518 i iso 8301.
 urządzenia preparacyjne, przygotowawcze, pomocnicze: przygotowanie próbek do badań polega na nadaniu próbkom odpowiedniego kształtu i suszeniu / nasyceniu.</t>
         </is>
       </c>
-      <c r="D37" t="inlineStr">
+      <c r="D39" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone i wyznaczane parametry:
 	współczynnik przewodności cieplnej (zakres pomiarowy: od 0.1 do 10 w/mk)
 	cieplna oporność właściwa
 	opór cieplny
 	gęstość powierzchniowego strumienia cieplnego
 </t>
         </is>
       </c>
-      <c r="E37" t="inlineStr">
+      <c r="E39" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary współczynnika przewodności cieplnej (od 0.1 do 10 w/mk) i cieplnej oporności właściwej
 	pomiar oporu cieplnego (od 0.003 do 0.05 m2k/w)
 	wyznaczenie gęstości powierzchniowego strumienia cieplnego
 	zakres temperaturowy: od -10°c do 190°c (pomiar dla różnych temperatur i przy różnych gradientach temperatury)
 </t>
         </is>
       </c>
-      <c r="F37" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G37" t="inlineStr">
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza może być wykorzystywana (w ramach współpracy naukowej lub odpłatnie), ale nie jest możliwe samodzielne wykorzystanie aparatury. pomiary wykonywane będą w miejscu instalacji, przez osobę upoważnioną przez kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H37" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I37" t="inlineStr">
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I39" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J37" t="inlineStr">
+      <c r="J39" t="inlineStr">
         <is>
           <t>Laboratorium petrofizyki / badania własności termicznych / petrophysics group</t>
         </is>
       </c>
-      <c r="K37" t="inlineStr">
+      <c r="K39" t="inlineStr">
         <is>
           <t>Puskarczyk Edyta</t>
         </is>
       </c>
-      <c r="L37" t="inlineStr">
+      <c r="L39" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/edyta-puskarczyk-7167.html</t>
         </is>
       </c>
-      <c r="M37" t="inlineStr">
+      <c r="M39" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N37" t="inlineStr">
+      <c r="N39" t="inlineStr">
         <is>
           <t>Badanie skał, geofizyka, opór cieplny, petrofizyka, przewodnictwo cieplne, strumień cieplny</t>
         </is>
       </c>
     </row>
-    <row r="38">
-      <c r="A38" t="inlineStr">
+    <row r="40">
+      <c r="A40" t="inlineStr">
         <is>
           <t>Nmr maran ultra 23mhz - spektrometr magnetycznego rezonansu jądrowego</t>
         </is>
       </c>
-      <c r="B38" t="inlineStr">
+      <c r="B40" t="inlineStr">
         <is>
           <t>Nmr maranultra 23mhz, resonance instruments ltd., gb</t>
         </is>
       </c>
-      <c r="C38" t="inlineStr">
+      <c r="C40" t="inlineStr">
         <is>
           <t>Przeznaczenie: spektrometr przeznaczony jest do badania zawartości wodoru (wody i innych związków zawierających wodór) w skałach, glebach, piaskach, materiałach budowlanych, chemicznych, medycznych, spożywczych. do wyznaczania porowatości ogólnej i efektywnej oraz przepuszczalności i rozkładu nasyceń.
 badania są prowadzone na próbkach ciał stałych (m.in. rdzenie, kawałki skał), ciekłych i gazowych (odpowiednio przygotowana i zabezpieczona próbka).
 warianty badań:
 	pomiar standardowy – analiza rozkładu nasyceń metodą nmr (porowatość ogólna, porowatość efektywna, nasycenie wodą nieredukowalną, zawartość wody wolnej, kapilarnej i związanej),  pomiar dwukrotny dla próbki suchej i nasyconej, metodą echa spinowego, standardowe t2cutoffs i dobrane indywidualnie
 	pomiar rozszerzony – analiza rozkładu nasyceń metodą nmr (porowatość ogólna, porowatość efektywna, nasycenie wodą nieredukowalną, zawartość wody wolnej, kapilarnej i związanej), obliczenie przepuszczalności i rozmiaru porów, interpretacja z wykorzystaniem niestandardowych procedur, indywidualnie dopasowane t2cutoffs według stworzonej procedury
 	pomiary w różnych warunkach nasycenia, wykorzystanie wielu sekwencji pomiarowych
 na podstawie kształtu sygnału nmr można wnioskować o rozmiarach, kształcie i ruchliwości mediów porowych. amplituda sygnału nmr zależy od liczby rezonujących jąder wodoru zawartych w badanej próbce. stanowi to miarę porowatości skały, której pory wypełnione są medium nasycającym. z sumarycznego sygnału wydziela się składowe związane z objętością wody swobodnej, wody kapilarnej i wody związanej w minerałach ilastych.
 urządzenia preparacyjne: nadanie próbkom odpowiedniego kształtu, ważeni, mierzenie, suszenie, nasycanie oraz odwirowywanie.</t>
         </is>
       </c>
-      <c r="D38" t="inlineStr">
+      <c r="D40" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone i wyznaczane parametry:
 	porowatość ogólna, efektywna i dynamiczna
 	objętość wody nasycającej przestrzeń porową z wydzieleniem wody związanej w przestrzeniach międzypakietowych iłów i wody zamkniętej w porach kapilarnych oraz wody swobodnej
 	współczynnik nasycenia wodą związaną, swirr
 	współczynnik przepuszczalności, perm
 	promień porów
 	rozkład porów, psd
 </t>
         </is>
       </c>
-      <c r="E38" t="inlineStr">
+      <c r="E40" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar spektrometryczny t1, t2, dyfuzja
 	standardowe i indywidualnie dopasowane czasy odcięcia - cutoffs
 	zestaw certyfikowanych wzorców do kalibracji
 	oprogramowanie do pomiarów, przetwarzania i interpretacji
 	wymiary próbek: walczyki o średnicy 1 cala i wysokości ok. 1,5 cala lub próbka pokruszona lub ciecz lub mieszanina cieczy i ciała stałego
 </t>
         </is>
       </c>
-      <c r="F38" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G38" t="inlineStr">
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G40" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza może być wykorzystywana (w ramach współpracy naukowej lub odpłatnie), ale nie jest możliwe samodzielne wykorzystanie aparatury. pomiary wykonywane będą w miejscu instalacji, przez osobę upoważnioną przez kierownika laboratorium.</t>
         </is>
       </c>
-      <c r="H38" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I38" t="inlineStr">
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I40" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J38" t="inlineStr">
+      <c r="J40" t="inlineStr">
         <is>
           <t>Laboratorium petrofizyki / nmr magnetyczny rezonans jądrowy / petrophysics group</t>
         </is>
       </c>
-      <c r="K38" t="inlineStr">
+      <c r="K40" t="inlineStr">
         <is>
           <t>Puskarczyk Edyta</t>
         </is>
       </c>
-      <c r="L38" t="inlineStr">
+      <c r="L40" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/edyta-puskarczyk-7167.html</t>
         </is>
       </c>
-      <c r="M38" t="inlineStr">
+      <c r="M40" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N38" t="inlineStr">
+      <c r="N40" t="inlineStr">
         <is>
           <t>Magnetyczny rezonans jądrowy, nasycenia, nmr, porowatość, przepuszczalność, psd, rozkład porów, woda kapilarna, woda wolna, woda związana</t>
-        </is>
-[...142 lines deleted...]
-          <t>Chromatografia gazowa, gc</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>Chromatograf gazowy agilent technologies 7820a system</t>
+          <t>Chromatograf gazowy carlo erba instruments</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Chromatograf gazowy agilent technologies 7820a system</t>
+          <t>Chromatograf gazowy carlo erba instruments</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t xml:space="preserve">Chromatograf sprzężony jest z komputerem, wyposażony jest w detektor cieplno-przewodnościowy tcd. przeznaczony jest do rozdziałów mieszanin gazowych. </t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>Możliwość oznaczania następujących składników: hel, wodór, tlen i azot.</t>
+          <t>Możliwość oznaczania następujących składników: hel, wodór, tlen, azot, metan i dwutlenek węgla.</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>Oznaczenia składników w przedziale od 20 ppm do 100% obj.</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
       <c r="H41" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I41" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
       <c r="J41" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
       <c r="K41" t="inlineStr">
         <is>
-          <t>Twaróg Anna</t>
+          <t>Sechman Henryk</t>
         </is>
       </c>
       <c r="L41" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/anna-twarog-9247.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
         </is>
       </c>
       <c r="M41" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N41" t="inlineStr">
         <is>
           <t>Chromatografia gazowa, gc</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
+          <t>Chromatograf gazowy fisons instruments gc 8160</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>Chromatograf gazowy fisons instruments gc 8160</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Chromatograf sprzężony jest z komputerem i generatorem wodoru nm-h2 plus firmy lni schmidlin. chromatograf wyposażony jest w detektor płomieniowo-jonizacyjny fid. przeznaczony jest do rozdziałów mieszanin gazowych.  </t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>Możliwość oznaczania następujących składników: nasycone węglowodory szeregu metanowego (metan, etan, propan, butany, pentany), gazowe węglowodory nienasycone (etylen, propylen, 1-buten).</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>Oznaczenia węglowodorów wykonywane są w przedziale od 0,01 ppm do 100% obj.</t>
+        </is>
+      </c>
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G42" t="inlineStr">
+        <is>
+          <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
+        </is>
+      </c>
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I42" t="inlineStr">
+        <is>
+          <t>Katedra surowców energetycznych</t>
+        </is>
+      </c>
+      <c r="J42" t="inlineStr">
+        <is>
+          <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
+        </is>
+      </c>
+      <c r="K42" t="inlineStr">
+        <is>
+          <t>Sechman Henryk</t>
+        </is>
+      </c>
+      <c r="L42" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
+        </is>
+      </c>
+      <c r="M42" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N42" t="inlineStr">
+        <is>
+          <t>Chromatografia gazowa, gc</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>Chromatograf gazowy agilent technologies 7820a system</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>Chromatograf gazowy agilent technologies 7820a system</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Chromatograf sprzężony jest z komputerem, wyposażony jest w detektor cieplno-przewodnościowy tcd. przeznaczony jest do rozdziałów mieszanin gazowych. </t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>Możliwość oznaczania następujących składników: hel, wodór, tlen i azot.</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>Oznaczenia składników w przedziale od 20 ppm do 100% obj.</t>
+        </is>
+      </c>
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr">
+        <is>
+          <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
+        </is>
+      </c>
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I43" t="inlineStr">
+        <is>
+          <t>Katedra surowców energetycznych</t>
+        </is>
+      </c>
+      <c r="J43" t="inlineStr">
+        <is>
+          <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
+        </is>
+      </c>
+      <c r="K43" t="inlineStr">
+        <is>
+          <t>Twaróg Anna</t>
+        </is>
+      </c>
+      <c r="L43" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/anna-twarog-9247.html</t>
+        </is>
+      </c>
+      <c r="M43" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N43" t="inlineStr">
+        <is>
+          <t>Chromatografia gazowa, gc</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
           <t>Fluksometr miernik strumienia emisji metanu i dwutlenku węgla firmy west systems</t>
         </is>
       </c>
-      <c r="B42" t="inlineStr">
+      <c r="B44" t="inlineStr">
         <is>
           <t>West-fluxometr – wysokorozdzielczy, przenośny zestaw pomiarowy strumienia dyfuzji gazów (metan i dwutlenek węgla)  wraz z wyposażeniem, oprogramowaniem i przenośnym komputerem typu palmtop</t>
         </is>
       </c>
-      <c r="C42" t="inlineStr">
+      <c r="C44" t="inlineStr">
         <is>
           <t>Urządzenia pozwala na pomiar emisji metanu i dwutlenku węgla bezpośrednio w terenie. działanie urządzenia polega na pobraniu powietrza z nad powierzchni gleby, które gromadzi się w przestrzeni komory akumulacyjnej. następnie składniki wprowadzane są do połączonych szeregowo detektorów, w których oznaczane są wartości stężenia metanu oraz dwutlenku węgla. urządzenie wyposażone jest w dwa detektory: metanu ws-ch4-tld (zakres od 0,1 ppm do 10% obj.) oraz dwutlenku węgla li820 (ndir) (zakres od 0 do 20 000 ppm).</t>
         </is>
       </c>
-      <c r="D42" t="inlineStr">
+      <c r="D44" t="inlineStr">
         <is>
           <t>Możliwość oznaczania stężeń metanu i dwutlenku węgla w czasie. wyznaczanie wartości strumieni emisji metanu i dwutlenku węgla.</t>
         </is>
       </c>
-      <c r="E42" t="inlineStr">
+      <c r="E44" t="inlineStr">
         <is>
           <t>Detektor metanu ws-ch4-tld (zakres od 0,1 ppm do 10% obj.) oraz detektor dwutlenku węgla li820 (ndir) (zakres od 0 do 20 000 ppm).
 strumień emisji metanu w zakresie: 0.5 mmol/m2/d - 1000 mol/m2/d
 strumień emisji dwutlenku węgla w zakresie: 1 mmol/m2/d - 300 mol/m2/d.</t>
         </is>
       </c>
-      <c r="F42" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G42" t="inlineStr">
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G44" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H42" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I42" t="inlineStr">
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I44" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J42" t="inlineStr">
+      <c r="J44" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K42" t="inlineStr">
+      <c r="K44" t="inlineStr">
         <is>
           <t>Twaróg Anna</t>
         </is>
       </c>
-      <c r="L42" t="inlineStr">
+      <c r="L44" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/anna-twarog-9247.html</t>
         </is>
       </c>
-      <c r="M42" t="inlineStr">
+      <c r="M44" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N42" t="inlineStr">
+      <c r="N44" t="inlineStr">
         <is>
           <t>Emisja dwutlenku węgla, emisja metanu, gaz glebowy</t>
         </is>
       </c>
     </row>
-    <row r="43">
-      <c r="A43" t="inlineStr">
+    <row r="45">
+      <c r="A45" t="inlineStr">
         <is>
           <t>Wodoszczelny ph-metr - konduktometr – solomierz cpc-411</t>
         </is>
       </c>
-      <c r="B43" t="inlineStr">
+      <c r="B45" t="inlineStr">
         <is>
           <t>Wodoszczelny ph-metr - konduktometr – solomierz cpc-411</t>
         </is>
       </c>
-      <c r="C43" t="inlineStr">
+      <c r="C45" t="inlineStr">
         <is>
           <t>Urządzenia mierzy ph, przewodność, zasolenie, mv (potencjał redox) i temperaturę.
 ma zastosowanie w pomiarach terenowych oraz laboratoryjnych.</t>
         </is>
       </c>
-      <c r="D43" t="inlineStr">
+      <c r="D45" t="inlineStr">
         <is>
           <t>Pomiar ph, przewodności, zasolenia, potencjału redox oraz temperatury.</t>
         </is>
       </c>
-      <c r="E43" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G43" t="inlineStr">
+      <c r="E45" t="inlineStr"/>
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H43" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I43" t="inlineStr">
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I45" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J43" t="inlineStr">
+      <c r="J45" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K43" t="inlineStr">
+      <c r="K45" t="inlineStr">
         <is>
           <t>Sechman Henryk</t>
         </is>
       </c>
-      <c r="L43" t="inlineStr">
+      <c r="L45" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/henryk-sechman-2958.html</t>
         </is>
       </c>
-      <c r="M43" t="inlineStr">
+      <c r="M45" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N43" t="inlineStr">
+      <c r="N45" t="inlineStr">
         <is>
           <t>Ph, pomiar ph</t>
         </is>
       </c>
     </row>
-    <row r="44">
-      <c r="A44" t="inlineStr">
+    <row r="46">
+      <c r="A46" t="inlineStr">
         <is>
           <t>Chromatograf gazowy agilent technologies 7890b system</t>
         </is>
       </c>
-      <c r="B44" t="inlineStr">
+      <c r="B46" t="inlineStr">
         <is>
           <t>Chromatograf gazowy agilent technologies 7890b system</t>
         </is>
       </c>
-      <c r="C44" t="inlineStr">
+      <c r="C46" t="inlineStr">
         <is>
           <t xml:space="preserve">Chromatograf sprzężony jest z komputerem i generatorem wodoru nm-h2 plus firmy lni schmidlin. chromatograf wyposażony jest w detektor płomieniowo-jonizacyjny fid oraz detektor cieplno-przewodnościowy tcd. przeznaczony jest do rozdziałów mieszanin gazowych.  </t>
         </is>
       </c>
-      <c r="D44" t="inlineStr">
+      <c r="D46" t="inlineStr">
         <is>
           <t>Możliwość oznaczania następujących składników: nasycone węglowodory szeregu metanowego (metan, etan, propan, butany, pentany), gazowe węglowodory nienasycone (etylen, propylen, 1-buten) oraz dwutlenek węgla.</t>
         </is>
       </c>
-      <c r="E44" t="inlineStr">
+      <c r="E46" t="inlineStr">
         <is>
           <t>Oznaczenia węglowodorów wykonywane są w przedziale od 0,01 ppm do 100% obj. oznaczenia pozostałych składników w przedziale od 20 ppm do 100% obj.</t>
         </is>
       </c>
-      <c r="F44" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G44" t="inlineStr">
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G46" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych (kse) oraz pod nadzorem opiekuna laboratorium.</t>
         </is>
       </c>
-      <c r="H44" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I44" t="inlineStr">
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I46" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J44" t="inlineStr">
+      <c r="J46" t="inlineStr">
         <is>
           <t>Laboratorium chromatografii gazowej i powierzchniowych metod geochemicznych</t>
         </is>
       </c>
-      <c r="K44" t="inlineStr">
+      <c r="K46" t="inlineStr">
         <is>
           <t>Twaróg Anna</t>
         </is>
       </c>
-      <c r="L44" t="inlineStr">
+      <c r="L46" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/anna-twarog-9247.html</t>
         </is>
       </c>
-      <c r="M44" t="inlineStr">
+      <c r="M46" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N44" t="inlineStr">
+      <c r="N46" t="inlineStr">
         <is>
           <t>Chromatografia gazowa, gc</t>
         </is>
       </c>
     </row>
-    <row r="45">
-      <c r="A45" t="inlineStr">
+    <row r="47">
+      <c r="A47" t="inlineStr">
         <is>
           <t>Aparatura do pomiarów geoelektrycznych supersting r8</t>
         </is>
       </c>
-      <c r="B45" t="inlineStr">
+      <c r="B47" t="inlineStr">
         <is>
           <t>Supersting™ wi-fi</t>
         </is>
       </c>
-      <c r="C45" t="inlineStr">
+      <c r="C47" t="inlineStr">
         <is>
           <t>Aparatura supersting r8 jest nowoczesnym systemem pomiarowym służącym do obrazowania ośrodka geologicznego z wykorzystaniem następujących metod geoelektrycznych: elektrooporowa (dc), potencjałów naturalnych (sp) oraz polaryzacji wzbudzonej (ip). w ramach metody elektrooporowej możliwe jest wykonywanie pomiarów metodami: sondowania elektrooporowego (ves), profilowania elektrooporowego i tomografii elektrooporowej (ert). system pomiarowy pozwala na wykorzystanie szeregu standardowych układów pomiarowych (np. wenner, schlumberger, dipole-dipole, pole-dipole, gradient) oraz układów nietypowych, tj. dowolnie programowalnych przez użytkownika. aparatura pozwala na wykonywanie pomiarów w trybie 8-kanałowym, tj. możliwe jest jednoczesne zmierzenie różnic potencjałów dla ośmiu odrębnych par elektrod przy jednokrotnym przepuszczeniu prądu elektrycznego przez badany ośrodek.</t>
         </is>
       </c>
-      <c r="D45" t="inlineStr">
+      <c r="D47" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	wspomaganie badań w zakresie geologii-inżynierskiej i geotechniki.
 	badania strefy przypowierzchniowej dla potrzeb ochrony środowiska gruntowo-wodnego i dla archeologii.
 	badania dla potrzeb rozpoznawania złóż surowców skalnych.
 	badania zapór, obwałowań i innych konstrukcji inżynierskich.
 	badania z użyciem specjalistycznych kabli podwodnych.
 	badania deformacji terenu na obszarach górniczych.
 </t>
         </is>
       </c>
-      <c r="E45" t="inlineStr">
+      <c r="E47" t="inlineStr">
         <is>
           <t>Aparatura supersting r8 pozwala na wykonywanie pomiarów w technice 1d, 2d i 3d, a także w wariancie monitoringu geoelektrycznego (4d). posiadany wariant sprzętowy pozwala na jednoczesne podłączenie zestawu 112 elektrod i maksymalnym ich rozstawie (odległości pomiędzy sąsiadującymi elektrodami) równym 5 m. długość profilu badawczego nie jest ograniczona jedynie do zestawu elektrod - dzięki zastosowaniu techniki roll-along może być odpowiednio powiększana.</t>
         </is>
       </c>
-      <c r="F45" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G45" t="inlineStr">
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G47" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H45" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I45" t="inlineStr">
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I47" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J45" t="inlineStr">
+      <c r="J47" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań geoelektrycznych</t>
         </is>
       </c>
-      <c r="K45" t="inlineStr">
+      <c r="K47" t="inlineStr">
         <is>
           <t>Bania Grzegorz</t>
         </is>
       </c>
-      <c r="L45" t="inlineStr">
+      <c r="L47" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-bania-8216.html</t>
         </is>
       </c>
-      <c r="M45" t="inlineStr">
+      <c r="M47" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N45" t="inlineStr">
+      <c r="N47" t="inlineStr">
         <is>
           <t>Ert, geofizyka, inżynieria środowiska, metody geoelektryczne, obrazowanie elektrooporowe, sondowanie elektrooporowe, tomografia elektrooporowa, ves</t>
         </is>
       </c>
     </row>
-    <row r="46">
-      <c r="A46" t="inlineStr">
+    <row r="48">
+      <c r="A48" t="inlineStr">
         <is>
           <t>Pompa gradientowa do chromatografii jonowej dionex ics-6000</t>
         </is>
       </c>
-      <c r="B46" t="inlineStr">
+      <c r="B48" t="inlineStr">
         <is>
           <t>Dionex ics-6000 sp</t>
         </is>
       </c>
-      <c r="C46" t="inlineStr">
+      <c r="C48" t="inlineStr">
         <is>
           <t>System chromatograficzny dionex ics-6000 sp do rozdziału chromatograficznego specjacji as, cr, sb, se i ich ilościowego oznaczenia w sprzężeniu ze spektrometrią mas (icp-ms):
 	pompa gradientowa model sp z gradientem 4-składnikowym
 	wbudowany próżniowy degazer eluentów
 	zakres przepływu 0,001 – 10 ml/min
 	zakres ciśnienia 0-35 mpa
 	zestaw modułów organizacji i pneumatyki fazy ruchomej eo z zestawem butelek
 	kolumna ionpac as7 (2x250 mm)
 	kolumna ionpac ag7 (2x50 mm)
 	wysokociśnieniowy ręczny zawór nastrzykowy
 szczegóły można znaleźć na stronie: https://www.thermofisher.com/order/catalog/product/22181-60001</t>
         </is>
       </c>
-      <c r="D46" t="inlineStr">
+      <c r="D48" t="inlineStr">
         <is>
           <t>Chromatografia jonowa w sprzężeniu ze spektrometrem mas znajduje szerokie zastosowanie w analizie środowiskowej. daje ona ogromne możliwości w zakresie oznaczenia specjacji wybranych pierwiastków, po zastosowaniu odpowiednich kolumn analitycznych, dobraniu eluentów oraz parametrów pracy aparatury badawczej.</t>
         </is>
       </c>
-      <c r="E46" t="inlineStr">
+      <c r="E48" t="inlineStr">
         <is>
           <t>Zależnie od analizowanego parametru oraz matrycy próbki możliwy jest pomiar stężeń rzędu ng/l. rutynowo granice oznaczalności wahają się od dziesiątych części µg/l do kilku µg/l.</t>
         </is>
       </c>
-      <c r="F46" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G46" t="inlineStr">
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G48" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H46" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I46" t="inlineStr">
+      <c r="H48" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I48" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J46" t="inlineStr">
+      <c r="J48" t="inlineStr">
         <is>
           <t>Laboratorium hydrogeochemiczne</t>
         </is>
       </c>
-      <c r="K46" t="inlineStr">
+      <c r="K48" t="inlineStr">
         <is>
           <t>Kmiecik Ewa</t>
         </is>
       </c>
-      <c r="L46" t="inlineStr">
+      <c r="L48" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ewa-kmiecik-5388.html</t>
         </is>
       </c>
-      <c r="M46" t="inlineStr">
+      <c r="M48" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N46" t="inlineStr">
+      <c r="N48" t="inlineStr">
         <is>
           <t>Analiza specjacyjna, ic, roztwory wodne, specjacja chemiczna, techniki sprzężone, woda</t>
         </is>
       </c>
     </row>
-    <row r="47">
-      <c r="A47" t="inlineStr">
+    <row r="49">
+      <c r="A49" t="inlineStr">
         <is>
           <t>Aparatura do pomiarów grawimetrycznych</t>
         </is>
       </c>
-      <c r="B47" t="inlineStr">
+      <c r="B49" t="inlineStr">
         <is>
           <t>Autograv cg-5</t>
         </is>
       </c>
-      <c r="C47" t="inlineStr">
+      <c r="C49" t="inlineStr">
         <is>
           <t xml:space="preserve">Grawimetr autograv cg-5 firmy scintrex jest urzadzeniem do pomiaru siły cieżkości, która jest odzwierciedleniem rozkałdu gęstości w ośrodku skalnym. ukłąd pomiarowy grawimetru bazuje na sprężynie kwarcowej i posiada wysoką dokładność pomiaru: rozdzielczość 0,001 mgal, przy błędzie &lt; 0,005 mgal. zakres pomiarowy grawimetru autograv cg-5 obejmuje cały glob. grawimetr charakteryzuje się niskim dryftem, posiada wbudowany moduł eliminujący grawitacyjny wpływ słońca i księżyca i odchylenie od pionu w granicach  ±200 sec.
  </t>
         </is>
       </c>
-      <c r="D47" t="inlineStr">
+      <c r="D49" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	przywracanie użyteczności terenom
 	monitoring grawimetryczny
 	projektowanie dróg i autostrad
 	badania stanu szybów górniczych
 	określanie stanu wałów i zapór
 	wyznaczanie gęstości nasypowej
 	wykrywanie pustek i rozluźnień
 	poszukiwania ropy i gazu oraz złóż węgla, minerałów i rud metali
 	rozpoznanie budowy geologicznej i tektoniki
 </t>
         </is>
       </c>
-      <c r="E47" t="inlineStr">
+      <c r="E49" t="inlineStr">
         <is>
           <t xml:space="preserve">Badania pozwalają na ropoznawanie struktur geologicznych różniących się gęstością objętościową od skał otaczających. parametry autograv cg-5 umożliwiają poszukiwanie struktur o niewielkich rozmiarach, zarówno geologicznych jak i antropogenicznych (badania mikrograwimetryczne). pomiary mogą być wykonywane również wewnątrz wyrobisk górniczych, w tym w szybach górniczych celem zbadania  górotworu poza obudową.
  </t>
         </is>
       </c>
-      <c r="F47" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G47" t="inlineStr">
+      <c r="F49" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G49" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H47" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I47" t="inlineStr">
+      <c r="H49" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I49" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J47" t="inlineStr">
+      <c r="J49" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badańgrawimetrycznych i magnetycznych</t>
         </is>
       </c>
-      <c r="K47" t="inlineStr">
+      <c r="K49" t="inlineStr">
         <is>
           <t>Porzucek Sławomir</t>
         </is>
       </c>
-      <c r="L47" t="inlineStr">
+      <c r="L49" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/slawomir-porzucek-2645.html</t>
         </is>
       </c>
-      <c r="M47" t="inlineStr">
+      <c r="M49" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N47" t="inlineStr">
+      <c r="N49" t="inlineStr">
         <is>
           <t>Geodynamika, geofizyka, geotechnika, górnictwo, inżynieria środowiska, metoda grawimetryczna, metoda mikrograwimetryczna, ochrona powierzchni terenu</t>
         </is>
       </c>
     </row>
-    <row r="48">
-      <c r="A48" t="inlineStr">
+    <row r="50">
+      <c r="A50" t="inlineStr">
         <is>
           <t>Aparatura do pomiarów magnetycznych</t>
         </is>
       </c>
-      <c r="B48" t="inlineStr">
+      <c r="B50" t="inlineStr">
         <is>
           <t>Geometrics g-859as and g-856</t>
         </is>
       </c>
-      <c r="C48" t="inlineStr">
+      <c r="C50" t="inlineStr">
         <is>
           <t xml:space="preserve">Magnetometr g-859as służy do pomiaru indukcji magnetycznej. jest bardzo czułym, szybko próbkującym cezowym magnetometrem kwantowym wykorzystującym zjawisko pompowania optycznego. g-859as zapewnia różne tryby pracy, aby umożliwić niestandardowe zaprojektowanie pomiarów dla konkretnych potrzeb.
 akwizycja danych g-858 umożliwia pracę w trybie ciągłym lub dyskretnym. wysoka częstotliwość próbkowania przyrządu w trybie ciągłym umożliwia operatorowi badanie bez konieczności zatrzymywania się. lokalizację punktów pomiarowych w terenie ułatwia wbudowany system gps.
 magnetometr powala na wykonywanie pomiarów w trybie pracy z jedną sondą pomiarową lub jednocześnie z dwiema sondami pomiarowymi, co w wyniku pozwala na obliczenie gradientu pola magnetycznego.
 zakres pracy urządzenia wynosi  20 000nt – 100 000nt z tolerancją gradientu &gt;20 000nt/m, dokładność pomiaru w ruchu&lt;1.5nt . minimalna częstotliwość pomiaru wynosi 0.1s.
 magnetometr g-856 jest urządzeniem usupełniającym do g-859as i służy do pomiarów bazowych, potrzebnych do analizy dobowych zmian czasowych pola magnetycznego.urządzenie to może wykonywać pomiary w systemie ciągłym z minimalną częstotliwością 4s.
  </t>
         </is>
       </c>
-      <c r="D48" t="inlineStr">
+      <c r="D50" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	badania prospekcyjne złóż,
 	wspomagając rozwiązywanie problemów tektonicznych w obrębie skorupy ziemskiej,
 	prospekcji archeologicznej i historycznej,
 	poszukiwania niewybuchów i niewypałów,
 	w ochronie środowiska,
 	badania podłoża skalnego,
 	badania zmian wiekowych pola magnetycznego na stabilnych stanowiskach pomiarowych,
 	badania zmian wiekowych pola magnetycznego.
 </t>
         </is>
       </c>
-      <c r="E48" t="inlineStr">
+      <c r="E50" t="inlineStr">
         <is>
           <t>Pomiar całkowitego natężenia ziemskiego pola magnetycznego
 pomiar gradeinu pionowego i poziomego ziemskiego pola magnetycznego.
 tryb pomiarowy:
 - dyskretny
 - ciagły</t>
         </is>
       </c>
-      <c r="F48" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G48" t="inlineStr">
+      <c r="F50" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G50" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H48" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I48" t="inlineStr">
+      <c r="H50" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I50" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J48" t="inlineStr">
+      <c r="J50" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań grawimetrycznych i magnetycznych</t>
         </is>
       </c>
-      <c r="K48" t="inlineStr">
+      <c r="K50" t="inlineStr">
         <is>
           <t>Łój Monika</t>
         </is>
       </c>
-      <c r="L48" t="inlineStr">
+      <c r="L50" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/monika-loj-6594.html</t>
         </is>
       </c>
-      <c r="M48" t="inlineStr">
+      <c r="M50" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N48" t="inlineStr">
+      <c r="N50" t="inlineStr">
         <is>
           <t>Archeologia, geofizyka, geotechnika, inżynieria środowiska, metoda magnetyczna, prospekcja złóż, uxo</t>
         </is>
       </c>
     </row>
-    <row r="49">
-      <c r="A49" t="inlineStr">
+    <row r="51">
+      <c r="A51" t="inlineStr">
         <is>
           <t>Soxtec 2055</t>
         </is>
       </c>
-      <c r="B49" t="inlineStr">
+      <c r="B51" t="inlineStr">
         <is>
           <t>System ekstrakcyjny soxtec avanti 2055</t>
         </is>
       </c>
-      <c r="C49" t="inlineStr">
+      <c r="C51" t="inlineStr">
         <is>
           <t xml:space="preserve">System ekstrakcyjny soxtec avanti 2055 umożliwia wykonywanie ekstrakcji przy użyciu szerokiej gamy rozpuszczalników, w sposób szybszy, bezpieczniejszy i bardziej ekonomiczny w porównaniu z ekstrakcją w aparacie soxhlet’a. czas ekstrakcji zredukowany jest do 20% czasu ekstrakcji soxhlet’a, a odzysk rozpuszczalników wynosi do 90%. połączenie techniki ekstrakcji w systemie soxtec oraz szerokiego wachlarza rozpuszczalników czyni system ekstrakcyjny soxtec avanti 2055 elastycznym narzędziem w analizie związków rozpuszczalnych w takich materiałach jak: żywność, pasze, gleba, skały, włókna, produkty chemiczne i farmaceutyki.
  </t>
         </is>
       </c>
-      <c r="D49" t="inlineStr">
+      <c r="D51" t="inlineStr">
         <is>
           <t>Ekstrakcja programowalna i półautomatyczna. czas: w zależności od zastosowania (od 40 min do 5 godz.), typowo 1-2 godz.; wydajność jednej partii: 6 próbek; masa próbki: do 30g; zakres pomiarowy (dla tłuszczu): 0,1-100%; czas nagrzewania: od 20-280°c w 7-9 min; objętość rozpuszczalnika na próbkę: 70-90 ml; dokładność: ± 1% względny.</t>
         </is>
       </c>
-      <c r="E49" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G49" t="inlineStr">
+      <c r="E51" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="F51" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G51" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H49" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I49" t="inlineStr">
+      <c r="H51" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I51" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J49" t="inlineStr">
+      <c r="J51" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K49" t="inlineStr">
+      <c r="K51" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L49" t="inlineStr">
+      <c r="L51" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M49" t="inlineStr">
+      <c r="M51" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N49" t="inlineStr">
+      <c r="N51" t="inlineStr">
         <is>
           <t>Ekstrakcja</t>
         </is>
       </c>
     </row>
-    <row r="50">
-      <c r="A50" t="inlineStr">
+    <row r="52">
+      <c r="A52" t="inlineStr">
         <is>
           <t>Zestaw do prowadzenia eksperymentów pirolizy wodnej</t>
         </is>
       </c>
-      <c r="B50" t="inlineStr">
+      <c r="B52" t="inlineStr">
         <is>
           <t>Reaktor ciśnieniowy typu 4653 (parr instrument company) z oprzyrządowaniem</t>
         </is>
       </c>
-      <c r="C50" t="inlineStr">
+      <c r="C52" t="inlineStr">
         <is>
           <t>Zestaw do pirolizy wodnej (hp) jest unikatowy nie tylko w polsce, ale i w europie. hp jest zaawansowaną metodą doświadczalną służącą do symulacji naturalnych procesów przeobrażenia termicznego materii organicznej i tworzenia się węglowodorów. istotą procesu pirolizy wodnej jest ogrzewanie kawałków skały w zamkniętym reaktorze w obecności wody w ustalonych warunkach temperatury i czasu. gaz i ropa otrzymane w wyniku eksperymentów są fizycznie i chemicznie zbliżone do naturalnych mediów akumulowanych w złożach.
 parametry reaktorów: bez mieszania, pojemność 1000 ml, średnica 6 cm, materiał: hastelloy c276 (55% ni, 15-17% mo, 14,5-16,5% cr, 4-7% fe, 3-4,5% w), wytrzymałość na ciśnienie w 350oc - 410 bar, wytrzymałość na ciśnienie w 600oc - 290 bar, max. temperatura  pracy - 600oc, zawór bezpieczeństwa – 6500 psi (ok. 448 bar)
 piece: ceramiczne o mocy 2250w
 sterowanie i odczyt temperatury i ciśnienia: cyfrowe, rejestrowane co 5 s.
 w skład zestawu wchodzą, oprócz przyrządów bezpośrednio związanych z eksperymentami pirolizy wodnej (reaktory, piece ze sterownikami, płaszcze izotermiczne, termopary, termometry cyfrowe, wielokanałowy przetwornik sygnału, komputer z oprogramowaniem) również urządzenia i przybory niezbędne do przygotowania próbek do analizy oraz napełniania reaktorów i odbioru produktów procesu (gaz, ropa, woda i skała).</t>
         </is>
       </c>
-      <c r="D50" t="inlineStr">
+      <c r="D52" t="inlineStr">
         <is>
           <t>Aparatura wykorzystywana do pirolizy wodnej może zostać użyta nie tylko do symulacji procesów powstawiania ropy i gazu w poszukiwaniach węglowodorów, ale również może do symulacji innych procesów naturalnych: rozkład odpadów, samonagrzewanie węgla, krystalizacja i wytrącanie minerałów oraz przemysłowych: produkcja katalizatorów, produkcja sorbentów węglowych i mineralnych, badanie podatności materiałów na wysokie t i p.</t>
         </is>
       </c>
-      <c r="E50" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G50" t="inlineStr">
+      <c r="E52" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="F52" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G52" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H50" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I50" t="inlineStr">
+      <c r="H52" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I52" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J50" t="inlineStr">
+      <c r="J52" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K50" t="inlineStr">
+      <c r="K52" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L50" t="inlineStr">
+      <c r="L52" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M50" t="inlineStr">
+      <c r="M52" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N50" t="inlineStr">
+      <c r="N52" t="inlineStr">
         <is>
           <t>Generownaie węglowodorów, piroliza bezwodna, piroliza wodna</t>
         </is>
       </c>
     </row>
-    <row r="51">
-      <c r="A51" t="inlineStr">
+    <row r="53">
+      <c r="A53" t="inlineStr">
         <is>
           <t>Gęstościomierz dma 4200 m</t>
         </is>
       </c>
-      <c r="B51" t="inlineStr">
+      <c r="B53" t="inlineStr">
         <is>
           <t>Gęstościomierz anton paar dma 4200 m</t>
         </is>
       </c>
-      <c r="C51" t="inlineStr">
+      <c r="C53" t="inlineStr">
         <is>
           <t>Urządzenie umożliwia pomiary gęstości w temperaturach od -10°c do 200°c i wysokich ciśnieniach do 500 barów.  automatyczna funkcja wykrywania pęcherzyków powietrza fillingcheck™ sprawia, że urządzenie jest zgodne z normami astm d4052 i astm d5002.  wpływ lepkości zostaje wyeliminowany przez szybko działającą funkcję korekcji lepkości, zapewniając tym samym dokładność wyników pomiarów gęstości do 0,0002 g/cm3. funkcja temperfect™ gęstościomierza umożliwia natychmiastowe pomiary gęstości w dowolnej temperaturze między 0 a 150°c w ciśnieniu otoczenia.
 https://www.anton-paar.com/pl-pl/produkty/szczegoly/gestosciomierz-dmatm-4200-m/</t>
         </is>
       </c>
-      <c r="D51" t="inlineStr">
+      <c r="D53" t="inlineStr">
         <is>
           <t>Nadaje się do zastosowań w działalności badawczej związanej z gęstością.</t>
         </is>
       </c>
-      <c r="E51" t="inlineStr">
+      <c r="E53" t="inlineStr">
         <is>
           <t>Wyznaczanie równania stanu
 obliczanie i konfiguracja procesów produkcyjnych
 analiza ropy naftowej metodą ciśn.-objęt.-temp.
 określanie temp. wrzenia ropy naftowej
 szybka i dokładna alternatywa dla hydrometrów p i piknometrów
 https://www.anton-paar.com/pl-pl/produkty/szczegoly/gestosciomierz-dmatm-4200-m</t>
         </is>
       </c>
-      <c r="F51" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G51" t="inlineStr">
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G53" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H51" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I51" t="inlineStr">
+      <c r="H53" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I53" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J51" t="inlineStr">
+      <c r="J53" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K51" t="inlineStr">
+      <c r="K53" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L51" t="inlineStr">
+      <c r="L53" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M51" t="inlineStr">
+      <c r="M53" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N51" t="inlineStr">
+      <c r="N53" t="inlineStr">
         <is>
           <t>Gęstość</t>
         </is>
       </c>
     </row>
-    <row r="52">
-      <c r="A52" t="inlineStr">
+    <row r="54">
+      <c r="A54" t="inlineStr">
         <is>
           <t>Spektrometr delta v plus</t>
         </is>
       </c>
-      <c r="B52" t="inlineStr">
+      <c r="B54" t="inlineStr">
         <is>
           <t>Spektrometr masowy thermo scientific delta v plus</t>
         </is>
       </c>
-      <c r="C52" t="inlineStr">
+      <c r="C54" t="inlineStr">
         <is>
           <t>Aparat służy do pomiaru metodą różnicową składu trwałych izotopów pierwiastków lekkich o masach od 10 do 80 da i dodatkowo wodoru (masa 2 i 3 da). zasada pracy polega na separacji poszczególnych mas jonów w jednorodnym polu magnetycznym a następnie ich wychwytywaniu i zliczaniu w detektorze wyposażonym w puszki faradaya. próbka do spektrometru jest wprowadzana w postaci gazowej. w zależności od analizowanego pierwiastka gazem roboczym jest: przy pomiarze węgla co2, azotu, n2 tlenu co2 lub co, wodoru h2, siarki so2. w zależności od typu substancji pomiarowej (ciało stałe, ciecz, gaz) oraz analizowanego pierwiastka spektrometr jest sprzężony z różnymi przystawkami służącymi do ich preparatyki do pomiaru (analizator elementarny flash 2000, chromatograf trace gc ultra, gasbench ii, tc/ea, precon).</t>
         </is>
       </c>
-      <c r="D52" t="inlineStr">
+      <c r="D54" t="inlineStr">
         <is>
           <t>Analiza składu trwałych izotopów może być wykonywana w celu określenia źródła pochodzenia substancji, rekonstrukcji przeszłych warunków środowiskowych i klimatycznych oraz badania różnych procesów geologicznych, paleontologicznych i chemicznych.</t>
         </is>
       </c>
-      <c r="E52" t="inlineStr">
+      <c r="E54" t="inlineStr">
         <is>
           <t>Pomiar składu trwałych izotopów c, h, n,  o i s w substancjach stałych, ciekłych i gazowych.
 pomiar wykonuje się metodą „on-line”. niepewność analizy trwałych izotopów  z uwzględnieniem preparatyki i dowiązania do wzorca wynosi +/- od 0,2 ‰ do 1‰ w zależności od analizowanego pierwiastka.</t>
         </is>
       </c>
-      <c r="F52" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G52" t="inlineStr">
+      <c r="F54" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G54" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H52" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I52" t="inlineStr">
+      <c r="H54" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I54" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J52" t="inlineStr">
+      <c r="J54" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K52" t="inlineStr">
+      <c r="K54" t="inlineStr">
         <is>
           <t>Kowalski Tomasz</t>
         </is>
       </c>
-      <c r="L52" t="inlineStr">
+      <c r="L54" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-kowalski-1582.html</t>
         </is>
       </c>
-      <c r="M52" t="inlineStr">
+      <c r="M54" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N52" t="inlineStr">
+      <c r="N54" t="inlineStr">
         <is>
           <t>Analiza izotopowa, izotopy trwałe</t>
-        </is>
-[...142 lines deleted...]
-          <t>Chromatograf cieczowy, farmaceutyki, lc, polifenole, wwa</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>Gc agilent 7890b-fpd/tcd</t>
+          <t>Gc-fid/tcd</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>Chromatograf gazowy agilent 7890b z systemem zaworowym oraz detektorami fpd i tcd</t>
+          <t>Chromatograf gazowy agilent 7890a z systemem zaworowym oraz detektorami fid i tcd</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
-          <t>Chromatograf jest wyposażony w dwa dozowniki s/sl oraz dwa detektory fpd i tcd. w torze fpd jest zamontowana kolumna db-1 o wymiarach 60 m x 0,53 mm, film 5 μm, natomiast w torze tcd znajduje się kolumna hp-plot/q o wymiarach 30 m x 0,32 mm, film 20 μm. chromatograf jest wyposażony w układ zaworowy (pętle dozujące).</t>
+          <t>Chromatograf wyposażony w zestaw kolumn oraz dwa detektory: (fid) detektor płomieniowo-jonizacyjny oraz (tcd) detektor cieplno-przewodnościowy. chromatograf wyposażony jest  w trzy zawory, do których połączono trzy pakowane kolumny 1/8” (0,9m hayesep q 80/100 mesh, 1,8 m hayesep q 80/100 mesh i 3 m sito molekularne 13x 45/60 mesh) oraz kolumnę kapilarną gs-alumina (50m x 0.53 mm). system ten zawiera dwa niezależne kanały. kanał z detektorem fid do oznaczania węglowodorów wyposażony w zawór dozujący próbkę oraz kolumnę alumina gs. drugi kanał pracujący z kolumnami pakowanymi i detektorem tcd do oznaczania składników nie-węglowodorowych.</t>
         </is>
       </c>
       <c r="D55" t="inlineStr">
         <is>
           <t>Określenie składu cząsteczkowego próbek gazowych.</t>
         </is>
       </c>
       <c r="E55" t="inlineStr">
         <is>
-          <t>Oznaczenie związków organicznych zawierających siarkę i siarkowodoru. minimum detekcji dla fpd 5 pg , dla tcd 100 ppm.</t>
+          <t>Oznaczenia następujących składników: c1-c8, co2, o2, h2, n2, he, ne. minimalny limit detekcjji wynosi 0,5 ppm.</t>
         </is>
       </c>
       <c r="F55" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G55" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
       <c r="H55" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I55" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
       <c r="J55" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
       <c r="K55" t="inlineStr">
         <is>
           <t>Bilkiewicz Elżbieta</t>
         </is>
       </c>
       <c r="L55" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/elzbieta-bilkiewicz-8622.html</t>
         </is>
       </c>
       <c r="M55" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N55" t="inlineStr">
         <is>
-          <t>Fpd, gc, h2s, tcd, związki siarki</t>
+          <t>Gaz ziemny, próbki gazowe, skład cząsteczkowy</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>Gc –tcd/fid z metanizerem</t>
+          <t>Lc</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>Chromatograf gazowy thermo scientific trace 1300 z systemem zaworowym i z detektorami tcd i fid i metanizerem</t>
+          <t>Chromatograf cieczowy z detektorami uv-vis i refraktometrycznym</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
-          <t>Dwukanałowy chromatograf gazowy wyposażony w system zaworowy do przełączania kolumn i dwa detedetektory (fid i tcd) oraz metanizer. zestaw ten umożliwia oznaczenie zawartości tlenku węgla , metanu, tlenu i azotu oraz w wersji krio argonu w próbkach gazowych.</t>
+          <t>Chromatograf cieczowy  z pompą izokratyczną i detektorem uv-vis i ri wyposażony w ręczny dozownik próbek, zawór umożliwiający podawanie do 6 różnych eluentów  oraz w kolektor frakcji. zestaw jest sterowany poprzez program clarity  służący do zbierania danych oraz opracowania chromatogramów.  chromatograf pracuje w układzie faz odwróconych.</t>
         </is>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>Analiza składu cząsteczkowego próbek gazowych ze szczególnym uwzględnieniem zawartości tlenku węgla i argonu.</t>
+          <t>Chromatograf cieczowy pracujący w układzie faz odwróconych (kolumny z fazą stacjonarna rp18e) umożliwia oznaczenie nielotnych pestycydów, wwa, farmaceutyków z grupy niesterydowych leków przeciwzapalnych jak również polifenoli.</t>
         </is>
       </c>
       <c r="E56" t="inlineStr">
         <is>
-          <t>Minimalny poziom detekckji co &gt;1 ppb , argonu 400 pg/ml</t>
+          <t>Oznaczenie zawartości nielotnych pestycydów, wwa, farmaceutyków w próbkach wody</t>
         </is>
       </c>
       <c r="F56" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G56" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
       <c r="H56" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I56" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J56" t="inlineStr"/>
+      <c r="J56" t="inlineStr">
+        <is>
+          <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
+        </is>
+      </c>
       <c r="K56" t="inlineStr">
         <is>
-          <t>Jurek Krzysztof</t>
+          <t>Kowalski Adam</t>
         </is>
       </c>
       <c r="L56" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/adam-kowalski-1573.html</t>
         </is>
       </c>
       <c r="M56" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N56" t="inlineStr">
         <is>
-          <t>Analiza cząsteczkowa, argon, metanizer, skład gazu, tlenek węgla</t>
+          <t>Chromatograf cieczowy, farmaceutyki, lc, polifenole, wwa</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
+          <t>Gc agilent 7890b-fpd/tcd</t>
+        </is>
+      </c>
+      <c r="B57" t="inlineStr">
+        <is>
+          <t>Chromatograf gazowy agilent 7890b z systemem zaworowym oraz detektorami fpd i tcd</t>
+        </is>
+      </c>
+      <c r="C57" t="inlineStr">
+        <is>
+          <t>Chromatograf jest wyposażony w dwa dozowniki s/sl oraz dwa detektory fpd i tcd. w torze fpd jest zamontowana kolumna db-1 o wymiarach 60 m x 0,53 mm, film 5 μm, natomiast w torze tcd znajduje się kolumna hp-plot/q o wymiarach 30 m x 0,32 mm, film 20 μm. chromatograf jest wyposażony w układ zaworowy (pętle dozujące).</t>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>Określenie składu cząsteczkowego próbek gazowych.</t>
+        </is>
+      </c>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>Oznaczenie związków organicznych zawierających siarkę i siarkowodoru. minimum detekcji dla fpd 5 pg , dla tcd 100 ppm.</t>
+        </is>
+      </c>
+      <c r="F57" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G57" t="inlineStr">
+        <is>
+          <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
+        </is>
+      </c>
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I57" t="inlineStr">
+        <is>
+          <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
+        </is>
+      </c>
+      <c r="J57" t="inlineStr">
+        <is>
+          <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
+        </is>
+      </c>
+      <c r="K57" t="inlineStr">
+        <is>
+          <t>Bilkiewicz Elżbieta</t>
+        </is>
+      </c>
+      <c r="L57" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/elzbieta-bilkiewicz-8622.html</t>
+        </is>
+      </c>
+      <c r="M57" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N57" t="inlineStr">
+        <is>
+          <t>Fpd, gc, h2s, tcd, związki siarki</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
+        <is>
+          <t>Gc –tcd/fid z metanizerem</t>
+        </is>
+      </c>
+      <c r="B58" t="inlineStr">
+        <is>
+          <t>Chromatograf gazowy thermo scientific trace 1300 z systemem zaworowym i z detektorami tcd i fid i metanizerem</t>
+        </is>
+      </c>
+      <c r="C58" t="inlineStr">
+        <is>
+          <t>Dwukanałowy chromatograf gazowy wyposażony w system zaworowy do przełączania kolumn i dwa detedetektory (fid i tcd) oraz metanizer. zestaw ten umożliwia oznaczenie zawartości tlenku węgla , metanu, tlenu i azotu oraz w wersji krio argonu w próbkach gazowych.</t>
+        </is>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>Analiza składu cząsteczkowego próbek gazowych ze szczególnym uwzględnieniem zawartości tlenku węgla i argonu.</t>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
+        <is>
+          <t>Minimalny poziom detekckji co &gt;1 ppb , argonu 400 pg/ml</t>
+        </is>
+      </c>
+      <c r="F58" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G58" t="inlineStr">
+        <is>
+          <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
+        </is>
+      </c>
+      <c r="H58" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I58" t="inlineStr">
+        <is>
+          <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
+        </is>
+      </c>
+      <c r="J58" t="inlineStr"/>
+      <c r="K58" t="inlineStr">
+        <is>
+          <t>Jurek Krzysztof</t>
+        </is>
+      </c>
+      <c r="L58" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-jurek-9273.html</t>
+        </is>
+      </c>
+      <c r="M58" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N58" t="inlineStr">
+        <is>
+          <t>Analiza cząsteczkowa, argon, metanizer, skład gazu, tlenek węgla</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
           <t>Rock-eval 6</t>
         </is>
       </c>
-      <c r="B57" t="inlineStr">
+      <c r="B59" t="inlineStr">
         <is>
           <t>Rock-eval 6 wersja turbo</t>
         </is>
       </c>
-      <c r="C57" t="inlineStr">
+      <c r="C59" t="inlineStr">
         <is>
           <t>Aparat jest wyposażony w dwa piece: pirolityczny i oksydacyjny. do analizy wykorzystuje się zmieloną próbkę skały (poniżej 0.2 mm) w ilości 50-100 mg, która jest umieszczana w specjalnym metalowym tygielku. analiza w piecu pirolitycznym (w atmosferze azotu) może być prowadzona w zakresie temperatur 80-850oc z szeroką możliwością programowania cyklu temperaturowego w zakresie: początkowej temperatury i czasu jej utrzymywania, tempa narostu temperatury (od 0.1 do 50oc/min) oraz finalnej temperatury i czasu jej utrzymywania. wydzielające się węglowodory (hc) są oznaczane na detektorze płomieniowo-jonizacyjnym (fid), a co2 i co są oznaczane na detektorze podczerwieni (ir).
 analiza w piecu oksydacyjnym (w atmosferze powietrza) może być prowadzona w zakresie temperatur 100-850oc z szeroką możliwością programowania cyklu temperaturowego w zakresie: początkowej temperatury i czasu jej utrzymywania, tempa narostu temperatury (od 0.1 do 50oc/min) oraz finalnej temperatury i czasu jej utrzymywania. produkty spalania i rozkładu – co i co2 przekazywane są na detektor ir w celu oznaczenia ilościowego. inne produkty utleniania nie są oznaczane.</t>
         </is>
       </c>
-      <c r="D57" t="inlineStr">
+      <c r="D59" t="inlineStr">
         <is>
           <t>Analiza re jest dedykowana do oceny potencjału macierzystości skał ropo- i gazotwórczych. umożliwia oznaczanie toc i minc oraz potencjału węglowodorowego skał macierzystych, określenie typu genetycznego i stopnia dojrzałości materii org., wyznaczanie stref nasyconych węglowodorami migracyjnymi oraz określenie ilości i składu frakcyjnego produktów petrochem. w glebie. analiza re może być wykorzystywana do analizy gleb, osadów i nielotnych produktów petrochem.</t>
         </is>
       </c>
-      <c r="E57" t="inlineStr">
+      <c r="E59" t="inlineStr">
         <is>
           <t xml:space="preserve">Mierzone parametry i wskaźniki:
 s1 (mg hc/g skały),
 s2 (mg hc/g skały),
 s3 (mg co2/g skały),
 tmax  (oc)
 pi (-)
 pc  (% wag.)
 rc  (% wag.)
 toc  (% wag.)
 hi (mg hc/g toc)
 oi (mg co2/g toc)
 minc (% wag.).
  </t>
         </is>
       </c>
-      <c r="F57" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G57" t="inlineStr">
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G59" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H57" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I57" t="inlineStr">
+      <c r="H59" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I59" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J57" t="inlineStr">
+      <c r="J59" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K57" t="inlineStr">
+      <c r="K59" t="inlineStr">
         <is>
           <t>Więcław Dariusz</t>
         </is>
       </c>
-      <c r="L57" t="inlineStr">
+      <c r="L59" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dariusz-wieclaw-3652.html</t>
         </is>
       </c>
-      <c r="M57" t="inlineStr">
+      <c r="M59" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N57" t="inlineStr">
+      <c r="N59" t="inlineStr">
         <is>
           <t>Dojrzałość, piroliza, rock-eval, skała macierzysta, toc, węglowodory</t>
         </is>
       </c>
     </row>
-    <row r="58">
-      <c r="A58" t="inlineStr">
+    <row r="60">
+      <c r="A60" t="inlineStr">
         <is>
           <t>Spektrometr delta plus</t>
         </is>
       </c>
-      <c r="B58" t="inlineStr">
+      <c r="B60" t="inlineStr">
         <is>
           <t>Spektrometr masowy finnigan delta plus</t>
         </is>
       </c>
-      <c r="C58" t="inlineStr">
+      <c r="C60" t="inlineStr">
         <is>
           <t>Aparat służy do pomiaru metodą różnicową składu trwałych izotopów pierwiastków lekkich o masach od 10 do 70 da i dodatkowo wodoru (masa 2 i 3 da). zasada pracy polega na separacji poszczególnych mas jonów w jednorodnym polu magnetycznym a następnie ich wychwytywaniu i zliczaniu w detektorze wyposażonym w puszki faradaya. próbka do spektrometru jest wprowadzana w postaci gazowej. w zależności od analizowanego pierwiastka gazem roboczym jest: przy pomiarze węgla - co2, azotu - n2, tlenu - co2 lub co, wodoru - h2. w zależności od typu substancji pomiarowej (ciało stałe, ciecz, gaz) spektrometr jest sprzężony z różnymi przystawkami służącymi do ich preparatyki do pomiaru (analizator elementarny ea 1108, chromatograf hp serii 6890, h-device itp.).</t>
         </is>
       </c>
-      <c r="D58" t="inlineStr">
+      <c r="D60" t="inlineStr">
         <is>
           <t>Analiza składu trwałych izotopów może być wykonywana w celu określenia źródła pochodzenia substancji, rekonstrukcji przeszłych warunków środowiskowych i klimatycznych oraz badania różnych procesów geologicznych, paleontologicznych i chemicznych.</t>
         </is>
       </c>
-      <c r="E58" t="inlineStr">
+      <c r="E60" t="inlineStr">
         <is>
           <t>Pomiar składu trwałych izotopów c, h, n i o w substancjach stałych, ciekłych i gazowych.
 pomiar wykonuje się metodą „on-line”. niepewność analizy trwałych izotopów z uwzględnieniem preparatyki i dowiązania do wzorca wynosi +/- od 0,2 ‰. do 1 ‰ w zależności od analizowanego pierwiastka.</t>
         </is>
       </c>
-      <c r="F58" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G58" t="inlineStr">
+      <c r="F60" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G60" t="inlineStr">
         <is>
           <t>Zlecenie zgodnie z regulaminem wlgoiaś dostępnym na stronie http://www.orgchem-lab.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="H58" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I58" t="inlineStr">
+      <c r="H60" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I60" t="inlineStr">
         <is>
           <t>Katedra analiz środowiskowych, kartografii i geologii gospodarczej</t>
         </is>
       </c>
-      <c r="J58" t="inlineStr">
+      <c r="J60" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium geochemii organicznej i analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K58" t="inlineStr">
+      <c r="K60" t="inlineStr">
         <is>
           <t>Kowalski Tomasz</t>
         </is>
       </c>
-      <c r="L58" t="inlineStr">
+      <c r="L60" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-kowalski-1582.html</t>
         </is>
       </c>
-      <c r="M58" t="inlineStr">
+      <c r="M60" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N58" t="inlineStr">
+      <c r="N60" t="inlineStr">
         <is>
           <t>Analiza izotopowa, izotopy trwałe</t>
         </is>
       </c>
     </row>
-    <row r="59">
-      <c r="A59" t="inlineStr">
+    <row r="61">
+      <c r="A61" t="inlineStr">
         <is>
           <t>Aparatura do badań sejsmicznych geode</t>
         </is>
       </c>
-      <c r="B59" t="inlineStr">
+      <c r="B61" t="inlineStr">
         <is>
           <t>The geode exploration seismograph</t>
         </is>
       </c>
-      <c r="C59" t="inlineStr">
+      <c r="C61" t="inlineStr">
         <is>
           <t>Aparatura geode (geometrics) jest nowoczesnym systemem do badań sejsmicznych. wykorzystywany jest do rozpoznania zarówno płytkiej strefy ośrodka geologicznego (dla celów inżynieryjnych, geotechnicznych i środowiskowych) oraz głębokiej strefy (rozpoznanie złożowe i strukturalne). pozwala na wykonanie pomiarów refrakcyjnych i tomografii refrakcyjnej fal podłużnych p (srt-p) i fal poprzecznych s (srt-s), wielokanałowej analizy fal powierzchniowych rayleigha (masw) oraz love’a (malw) jak i również płytkie profilowania refleksyjne fal p i s oraz pomiary w płytkich otworach (downhole, crosshole, vsp). jako źródło drgań wykorzystywany jest mobilny system gisco ess 500 turbo o dużej energii (4088 j) oraz młoty i źródła fal poprzecznych. fale sejsmiczne rejestrowane są dzięki odbiornikom o częstotliwościach 4,5 hz, 14 hz oraz 100 hz. do badań z wykorzystaniem fal poprzecznych wykorzystywane są wysokoczułe horyzontalne odbiorniki o częstotliwości 4,5 hz. aparatura geode pozwala na podłączenie do 72 odbiorników. w badaniach otworowych wykorzystywany jest streamer hydrofonowy, sonda 3c oraz sparker jako źródło drgań. aparatura pozwala również na wykonywanie pomiarów z zakresu metod sejsmiki pasywnej - remi (refraction microtremor), spac/esac (spatial autocorrelation/extended spatial autocorrelation) oraz hvsr (horizontal-to-vertical spectral ratio).</t>
         </is>
       </c>
-      <c r="D59" t="inlineStr">
+      <c r="D61" t="inlineStr">
         <is>
           <t>Wysokorozdzielcze rozpoznanie strukturalne i złożowe do głębokości ok. 500m, badania ośrodka gruntowo-skalnego na potrzeby budownictwa lądowego, rozpoznawanie stref osuwiskowych, wykrywanie stref spękań, pustek, kawern i zapadlisk, określenie przebiegu podłoża skalnego, miąższości gleb oraz klasyfikacja gruntów, wspomaganie badań geotechnicznych i geologii inżynierskiej, określenie sejsmiczności badanego obszaru z wykorzystaniem parametru vs30 wg klasyfikacji nehrp i ubc.</t>
         </is>
       </c>
-      <c r="E59" t="inlineStr">
+      <c r="E61" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar fal podłużnych p
 	pomiar fal poprzecznych s
 	pomiar fal powierzchniowych
 	sejsmika refrakcyjna
 	sejsmika refleksyjna
 	wielokanałowa analiza fal powierzchniowych
 	wyznaczanie dynamicznych modułów sprężystości strefy przypowierzchniowej
 	pomiary w otworach
 	sejsmika pasywna
 </t>
         </is>
       </c>
-      <c r="F59" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G59" t="inlineStr">
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G61" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H59" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I59" t="inlineStr">
+      <c r="H61" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I61" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J59" t="inlineStr">
+      <c r="J61" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań sejsmicznych</t>
         </is>
       </c>
-      <c r="K59" t="inlineStr">
+      <c r="K61" t="inlineStr">
         <is>
           <t>Cichostępski Kamil</t>
         </is>
       </c>
-      <c r="L59" t="inlineStr">
+      <c r="L61" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/kamil-cichostepski-8217.html</t>
         </is>
       </c>
-      <c r="M59" t="inlineStr">
+      <c r="M61" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N59" t="inlineStr">
+      <c r="N61" t="inlineStr">
         <is>
           <t>Fale powierzchniowe, geofizyka, geologia inżynierska, geotechnika, inżynieria środowiska, metody sejsmiczne, sejsmika refleksyjna, sejsmika refrakcyjna, tomografia refrakcyjna</t>
-        </is>
-[...134 lines deleted...]
-          <t>Badania składu pierwiastkowego</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
+          <t>Mikroskop nikon eclipse lv100pol</t>
+        </is>
+      </c>
+      <c r="B62" t="inlineStr">
+        <is>
+          <t>Mikroskop nikon eclipse lv100pol</t>
+        </is>
+      </c>
+      <c r="C62" t="inlineStr">
+        <is>
+          <t>Umożliwia zarówno diaskopowe jak i episkopowe obserwacje polaryzacyjne. epi-iluminator wykorzytuje źródło światła nikon 12v50w, które zapewnia jasne oświetlenie. mechanizm redukcji szumów zapewnia ostre obrazy o wysokim stosunku sygnału do szumu, eliminując rozproszone światło.</t>
+        </is>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
+          <t>Możliwość stosowania wielu mikroskopowych technik obserwacji zarówno w świetle odbitym jak i przechodzącym.</t>
+        </is>
+      </c>
+      <c r="E62" t="inlineStr"/>
+      <c r="F62" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G62" t="inlineStr">
+        <is>
+          <t>W ramach umów i zleconych zadań badawczych po uzgodnieniu z kierownikiem katedry ochrony środowiska.</t>
+        </is>
+      </c>
+      <c r="H62" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I62" t="inlineStr">
+        <is>
+          <t>Katedra ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J62" t="inlineStr">
+        <is>
+          <t>Laboratorium analiz środowiskowych</t>
+        </is>
+      </c>
+      <c r="K62" t="inlineStr">
+        <is>
+          <t>Aleksander-Kwaterczak Urszula</t>
+        </is>
+      </c>
+      <c r="L62" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/urszula-aleksander-kwaterczak-5891.html</t>
+        </is>
+      </c>
+      <c r="M62" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N62" t="inlineStr">
+        <is>
+          <t>Mikroskop polaryzacyjny</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>Spektrometr absorpcji atomowej serii ice3500</t>
+        </is>
+      </c>
+      <c r="B63" t="inlineStr">
+        <is>
+          <t>Spektrometr ice3500 firmy thermo scientific</t>
+        </is>
+      </c>
+      <c r="C63" t="inlineStr">
+        <is>
+          <t>Automatyczny, wielopierwiastkowy, dwuwiązkowy spektrometr absorpcji atomowej z dwoma komorami pomiarowymi, umożliwiającymi jednoczesne zainstalowanie kombinacji 2 atomizerów, takich jak płomień / piec grafitowy / przystawka do generacji wodorków.</t>
+        </is>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>Oznaczenie metali ciężkich w próbkach, tj. cu, zn, pb, mn, ni, cd, fe</t>
+        </is>
+      </c>
+      <c r="E63" t="inlineStr"/>
+      <c r="F63" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G63" t="inlineStr">
+        <is>
+          <t>W ramach umów i zleconych zadań badawczych po uzgodnieniu z kierownikiem katedry ochrony środowiska.</t>
+        </is>
+      </c>
+      <c r="H63" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I63" t="inlineStr">
+        <is>
+          <t>Katedra ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J63" t="inlineStr">
+        <is>
+          <t>Pracownia absorpcyjnej spektroskopii atomowej</t>
+        </is>
+      </c>
+      <c r="K63" t="inlineStr">
+        <is>
+          <t>Cyrana Jadwiga</t>
+        </is>
+      </c>
+      <c r="L63" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/jadwiga-cyrana-7159.html</t>
+        </is>
+      </c>
+      <c r="M63" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N63" t="inlineStr">
+        <is>
+          <t>Badania składu pierwiastkowego</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
+        <is>
           <t>Aparatura do pomiarów konduktometrycznych cmd explorer i cmd mini explorer</t>
         </is>
       </c>
-      <c r="B62" t="inlineStr">
+      <c r="B64" t="inlineStr">
         <is>
           <t>Cmd explorer i cmd mini explorer</t>
         </is>
       </c>
-      <c r="C62" t="inlineStr">
+      <c r="C64" t="inlineStr">
         <is>
           <t>Aparatury cmd explorer i cmd mini explorer to nowoczesne systemy pomiarowe charakteryzuje się dużą rozdzielczością zarówno pionową jak i poziomą dla ośrodków dobrze przewodzących. aparatury uzupełniają się co do zasięgów głębokościowych, a pomiar odbywa się w sumie na sześciu poziomach głębokościowych dla każdej z dwóch konfiguracji układu pomiarowego tj. hd i vd.  pozwala to na interpretację geofizyczną i uzyskanie przedziału głębokościowego od ok. 0.25 m do ok. 7 m. aparatury wykorzystują metodę konduktometryczną która należy do metody indukcyjnej opartej o prawo indukcji faradaya. metoda umożliwia dobre rozpoznanie płytko zalegających dobrze przewodzących warstw geologicznych. pozwala ona na obrazowanie ośrodka geologicznego tj. określenia rozkładu przewodności będącej rezultatem interpretacji geofizycznej. w metodzie tej brak jest problemu uziemienia bo pole wzbudzane jest indukcyjnie a nie galwanicznie. pomiar w metodzie konduktometrycznej można wykonać szybko na dużym obszarze i może go wykonać jedna osoba.</t>
         </is>
       </c>
-      <c r="D62" t="inlineStr">
+      <c r="D64" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary inżynieryjne w budownictwie drogowym i kolejowym
 	lokalizacja stref wodonośnych i osuwisk, stref wycieku wody np. na wałach przeciwpowodziowych czy w podłożu wałów
 	monitorowanie wycieków ścieków
 	mapowanie geologiczne
 	w rolnictwie monitorowanie jakości gleby
 	w archeologii
 	środowiskowe mapowanie aureoli zanieczyszczeń
 </t>
         </is>
       </c>
-      <c r="E62" t="inlineStr">
+      <c r="E64" t="inlineStr">
         <is>
           <t>Aparatura pozwala na pomiar przewodności pozornej dla sześciu poziomów głębokościowych dla dwóch konfiguracji hd i vd różniących się rozdzielczością i zasięgiem głębokościowym. aparatury cmd explorer i cmd mini explorer uzupełniają się głębokościowo (każda po trzy poziomy dla dwóch konfiguracji). długość profilu jest dowolna a krok pomiarowy wynosi standardowo 1 m umożliwia uzyskanie dobrej rozdzielczości poziomej.</t>
         </is>
       </c>
-      <c r="F62" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G62" t="inlineStr">
+      <c r="F64" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G64" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H62" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I62" t="inlineStr">
+      <c r="H64" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I64" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J62" t="inlineStr">
+      <c r="J64" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań geoelektrycznych</t>
         </is>
       </c>
-      <c r="K62" t="inlineStr">
+      <c r="K64" t="inlineStr">
         <is>
           <t>Klityński Wojciech</t>
         </is>
       </c>
-      <c r="L62" t="inlineStr">
+      <c r="L64" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/wojciech-klitynski-1416.html</t>
         </is>
       </c>
-      <c r="M62" t="inlineStr">
+      <c r="M64" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N62" t="inlineStr">
+      <c r="N64" t="inlineStr">
         <is>
           <t>Gcm, geofizyka, inżynieria środowiska, konduktometr, metody geoelektryczne, przewodność</t>
         </is>
       </c>
     </row>
-    <row r="63">
-      <c r="A63" t="inlineStr">
+    <row r="65">
+      <c r="A65" t="inlineStr">
         <is>
           <t>Porozymetr rtęciowy autopore</t>
         </is>
       </c>
-      <c r="B63" t="inlineStr">
+      <c r="B65" t="inlineStr">
         <is>
           <t>Autopore iv 9520 micromeritics®</t>
         </is>
       </c>
-      <c r="C63" t="inlineStr">
+      <c r="C65" t="inlineStr">
         <is>
           <t>Porozymetr rtęciowy autopore iv 9520 firmy micromeritics. aparat umożliwia pomiar średnicy, objętości i dystrybucji makroporów i mezoporów w próbkach stałych i proszkowych. 
 badania skał: petrofizyka, geologia naftowa, geotermia, hydrogeologia.
 badania materiałów proszkowych: inżynieria surowców mineralnych, inżynieria materiałowa.</t>
         </is>
       </c>
-      <c r="D63" t="inlineStr">
+      <c r="D65" t="inlineStr">
         <is>
           <t>Pomiary próbek stałych (skał), materiałów proszkowych
 mierzone i wyliczane parametry: powierzchnia właściwa, gęstość objętościowa , gęstość szkieletowa, porowatość, przeciętna średnica porów, przepuszczalność.</t>
         </is>
       </c>
-      <c r="E63" t="inlineStr">
+      <c r="E65" t="inlineStr">
         <is>
           <t>• możliwość pomiaru średnic porów w zakresie od 0,003 do 360 µm
 • kontrolowane ciśnienie może wzrastać z dokładnością do 0,05 psi.
 • bardzo wysoka rozdzielczość danych – poniżej 0,1 µl dla inruzji rtęci i objętości ekstruzji
 • wszechstronne możliwości raportowania, w tym wykresy, raporty tabelaryczne (zapisywane jako pliki .txt, .xls, .rpt).</t>
         </is>
       </c>
-      <c r="F63" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G63" t="inlineStr">
+      <c r="F65" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G65" t="inlineStr">
         <is>
           <t>Za zgodą kierownika katedry surowców energetycznych</t>
         </is>
       </c>
-      <c r="H63" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I63" t="inlineStr">
+      <c r="H65" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I65" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J63" t="inlineStr">
+      <c r="J65" t="inlineStr">
         <is>
           <t>Laboratorium porozymetryczne</t>
         </is>
       </c>
-      <c r="K63" t="inlineStr">
+      <c r="K65" t="inlineStr">
         <is>
           <t>Machowski Grzegorz</t>
         </is>
       </c>
-      <c r="L63" t="inlineStr">
+      <c r="L65" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-machowski-6650.html</t>
         </is>
       </c>
-      <c r="M63" t="inlineStr">
+      <c r="M65" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N63" t="inlineStr">
+      <c r="N65" t="inlineStr">
         <is>
           <t>Porowatość, porozymetria rtęciowa, średnica porów</t>
         </is>
       </c>
     </row>
-    <row r="64">
-      <c r="A64" t="inlineStr">
+    <row r="66">
+      <c r="A66" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji atomowej aas</t>
         </is>
       </c>
-      <c r="B64" t="inlineStr">
+      <c r="B66" t="inlineStr">
         <is>
           <t>Spektrometr aas savantaa gbc</t>
         </is>
       </c>
-      <c r="C64" t="inlineStr">
+      <c r="C66" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji atomowej aas do analiz składu chemicznego roztworów - pierwiastki od li do u.
 spektrometr posiada funkcje takie jak programowalna skrzynka gazowa, 8 lamp z automatycznym ustawieniem lamp, optymalizacją długości fali i szerokości szczeliny oraz ustawieniem prądu lampy.</t>
         </is>
       </c>
-      <c r="D64" t="inlineStr">
+      <c r="D66" t="inlineStr">
         <is>
           <t>Wykonywanie analiz zawartości pierwiastków w próbkach wód naturalnych, ściekach oraz roztworach po roztwarzaniu kwasowym lub ekstrakcji ciał stałych.</t>
         </is>
       </c>
-      <c r="E64" t="inlineStr">
+      <c r="E66" t="inlineStr">
         <is>
           <t>Wykrywalność wybranych pierwiastków [ppm]:
 li - 0.02; be - 0.01; b - 5; na - 0.002; mg - 0.003; al - 0.3; k - 0.03; ca - 0.005; sc - 0.4; ti - 0.7; v - 0.5; cr - 0.03; mn - 0.015; fe - 0.05; co - 0.04; ni - 0.09; cu - 0.01; zn - 0.005; ga - 0.6; as - 0.01; se - 0.01; rb - 0,07; sr - 0.02; mo - 0.2; ag - 0.02; cd - 0.004; in - 0.4; sn - 0.3; sb - 0.4; te - 0.2; cs - 0.04; ba - 0.1; pt - 1; au - 0.1; hg - 0.01; tl - 0.2; pb - 0.1; bi - 0.4</t>
         </is>
       </c>
-      <c r="F64" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G64" t="inlineStr">
+      <c r="F66" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G66" t="inlineStr">
         <is>
           <t>Wykonywanie analiz na zlecenie lub na zasadzie współpracy</t>
         </is>
       </c>
-      <c r="H64" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I64" t="inlineStr">
+      <c r="H66" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I66" t="inlineStr">
         <is>
           <t>Katedra mineralogii, petrografii i geochemii</t>
         </is>
       </c>
-      <c r="J64" t="inlineStr">
+      <c r="J66" t="inlineStr">
         <is>
           <t>Laboratorium mineralogii eksperymentalnej</t>
         </is>
       </c>
-      <c r="K64" t="inlineStr">
+      <c r="K66" t="inlineStr">
         <is>
           <t>Bajda Tomasz</t>
         </is>
       </c>
-      <c r="L64" t="inlineStr">
+      <c r="L66" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-bajda-5644.html</t>
         </is>
       </c>
-      <c r="M64" t="inlineStr">
+      <c r="M66" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N64" t="inlineStr">
+      <c r="N66" t="inlineStr">
         <is>
           <t>Analiza chemiczna, roztwory wodne, spektroskopia</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>