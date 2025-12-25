--- v0 (2025-10-29)
+++ v1 (2025-12-25)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N38"/>
+  <dimension ref="A1:N48"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,2983 +493,3780 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>Maszyna czasu rzeczywistego</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Maszyna czasu rzeczywistego</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Maszyna czasu rzeczywistego speedgoat skalowalny, wysokowydajny system testowy działający w czasie rzeczywistym do symulacji sprzętowej (hil) i szybkiego prototypowania sterowania. system jest wyposażony w wydajny wielordzeniowy procesor zapewniający integrację z środowiskiem matlab (matlab r2021a lub nowszy) i układy fpga programowalne w simulink poprzez simulink real-time, co pozwala osiągnąć częstotliwości próbkowania w pętli zamkniętej sięgające zakresu mhz.
+kompletna maszyna czasu rzeczywistego: procesor intel core i7 4,2 ghz , 64 gb pamięci ram, pamięć flash 120 gb, 2tb ssd,  akcesoria: io135 - moduł analogowego wejścia/wyjścia 16-bitowego o niskim opóźnieniu z 32 różnicowymi jednoczesnymi kanałami wejścia analogowego  io334-325k-10v - programowalny moduł wejść/wyjść oparty na układzie fpga simulink z 16 x 5 mhz jednoczesnym próbkowaniem 16-bitowym  moduł ttl-optyczny  - moduł kondycjonujący sygnał, przekształcający 8 sygnałów ttl na wyjścia optyczne. optical-to-ttl module  - moduł kondycjonowania sygnału przekształcający 8 optycznych sygnałów wejściowych na ttl. bce12-0805 - moduł emulatora ogniw  akumulatorowych z 12 niezależnymi i izolowanymi kanałami do 8 v i 5 a każdy, do emulowania zachowania akumulatora i przeprowadzania precyzyjnych testów systemów zarządzania akumulatorami aż do poziomu ogniw.   fiu12-1 - moduł symulowania awarii  programowalna jednostka symulowania awarii z 12 niezależnymi kanałami do emulacji awarii ogniw. tse12-1000-1 - moduł emulatora czujnika temperatury  z 12 niezależnymi kanałami o wysokiej precyzji do precyzyjnej symulacji profili temperatury w szerokim zakresie warunków temperaturowych.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Testowanie, walidacjia i prototypowanie w czasie rzeczywistym przy użyciu środowiska matlab/simulink.  prototypowanie sterowania w czasie rzeczywistym (rcp) hardware-in-the-loop (hil) szybkie przetwarzanie sygnałów komunikacja i integracja sprzętowa testowanie systemów czasu rzeczywistego badania układów mechatronicznych i robotycznych bezpośrednia współpraca z matlab/simulink</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr"/>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Biuro administracyjne wydziału</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr"/>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Penczek Adam</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Automatyzacja, badania laboratryjne, prototypowanie, robotyka</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>Kamera wysokiej prędkości phantom</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Phantom miro c211</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>Kamera phantom miro c211 8 gb colour to zaawansowana kamera wysokiej prędkości, zaprojektowana z myślą o wymagających zastosowaniach badawczo-rozwojowych i przemysłowych. wyposażona w sensor cmos o rozdzielczości do 1280 × 1024 pikseli, oferuje zapis z prędkością do 1800 fps przy pełnej rozdzielczości oraz nawet do ~67 140 fps przy ograniczonej rozdzielczości.</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>Dzięki swoim możliwościom kamera miro c211 świetnie sprawdza się w analizie mikroskopowej, badaniach przepływów, testach materiałowych, inżynierii mikrostruktur oraz tam, gdzie konieczne jest „złapanie” bardzo szybkiego zdarzenia z wysoką jakością obrazu. dzięki wysokiej czułości, globalnemu migawkowaniu i precyzyjnej synchronizacji, kamera pozwala analizować procesy trwające mikrosekundy, zapewniając obraz o wysokiej jakości i wiernym odwzorowaniu ruchu.</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	sensor: cmos 1280 x 1024 px kolor
+	maksymalna rozdzielczość: 1280 x 1024
+	liczba klatek na sekundę: 1800 fps dla rozdzielczości 1280 x 1024px
+	czułość świetlna: iso 640 pamięć: 8gb
+	rozmiar piksela: 5.6μm
+	maks. prędkość nagrywania: 67 140 fps przy rozdzielczości 64 x 8 pikseli.
+</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Certyfikat</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>Analiza ruchu, kamera szybka, procesy dynamiczne, procesy szybkozmienne</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>Analizator przewodności cieplnej trident</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>C-therm trident</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Analizator przewodności cieplnej trident to zaawansowane urządzenie służące do pomiaru przewodnictwa cieplnego różnych materiałów, gdyż oferuje trzy różne techniki pomiaru przewodnictwa cieplnego: mtps (modified transient plane source), tps (transient plane source), tls (transient line source). jest to jedno z najbardziej wszechstronnych i najnowocześniejszych narzędzi tego typu, wykorzystywane w przemyśle, nauce i badaniach (testy w temperaturach od -50°c do 300°c). aparatura trident umożliwia prowadzenie badań dla szerokiej gamy materiałów stosowanych w projektowaniu i opracowywaniu prototypów w technologiach energetycznych, technologiach kosmicznych, przemyśle lotniczym, motoryzacyjnym, farmaceutycznym i tekstylnym. aparatura wspiera interdyscyplinarne i innowacyjne działania w obszarze "rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów".
+metoda mtps
+	przewodność cieplna od 0,01 w/(m·k) do 500 w/mk.
+	temperatura robocza detektora od -50ºc i do 200ºc.
+	próbka walcowa o średnicy niemniejszej niż 18 mm.
+	detektor zapewnia jednowymiarowy przepływ ciepła.
+metoda tps
+	przewodność cieplna od 0,03 w/(m·k) do 1800 w/(m·k).
+	dyfuzyjność cieplna od 0,01 mm²/s do 1200 mm²/s.
+	nadaje się do ciał stałych, past i lepkich płynów.
+metoda tls
+	przewodność cieplna od 0,1 w/(m·k) do 5 w/(m·k).
+	nadaje się do testowania półstałych cieczy o wyższej lepkości, stopów polimerowych, gleb i proszków.
+	temperatura roboczą czujnika od 0ºc do 300ºc.
+	ciśnienie robocze czujnika max. do 1000 barów/14 500 psi.
+</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>Badania przewodności termicznej metali o wysokiej przewodności, betonu i materiałów budowlanych, cienkich warstw, folii, cienkich powłok, taśm samoprzylepnych (liaison) w aplikacjach bateryjnych ev, materiałów interfejsowych termicznie przewodzących, past termicznych, materiałów tim, nanomateriałów, kompozytów, proszków, materiałów geologicznych, rdzeni wiertniczych, skał, regolitu (materiału skalnego) na powierzchniach ciał niebieskich.</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>Zaawansowane badania i charakteryzacja termiczna materiałów: przewodność cieplna, dyfuzyjność cieplna, pojemność cieplna materiałów w bardzo różnych stanach: ciała stałe, ciecze, proszki, pasty. aparatura skonfigurowana do pracy z 3 różnymi metodami: mtps, tps, tls. pomiar przewodności (materiały stałe, ciecze, proszki, pasty) wg. standardów i norm (astm, iso): mtps z astm d7984, tls z astm d5334 i d5930, tps z iso 22007-2.</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i  doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>Certyfikat</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J4" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>Badania laboratryjne, dyfuzyjność cieplna, pojemność cieplna, przewodnictwo cieplne, wymiana ciepła</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>Skaner 3d einscan-sp</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Einscan-sp</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>Skaner einscan sp 3d to precyzyjne, profesjonalne urządzenie skanujące, które zapewnia wyjątkową szczegółowość i wszechstronność w wielu zastosowaniach. wykorzystuje technologię światła strukturalnego do precyzyjnego odwzorowania geometrii obiektów. umożliwia skanowanie z dokładnością do 0,05 mm i tworzenie modeli 3d o wysokiej rozdzielczości. stosowany w inżynierii odwrotnej, digitalizacji obiektów technicznych, kulturowych i dydaktycznych.</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>Skaner 3d einscan-sp umożliwia badania w zakresie inżynierii odwrotnej, metrologii i digitalizacji obiektów. pozwala analizować dokładność wymiarową, kształt i deformacje elementów technicznych. stosowany w badaniach materiałowych, projektowaniu cad, kontroli jakości oraz dokumentacji obiektów inżynierskich i kulturowych. einscan sp może uchwycić szczegóły dotyczące koloru i tekstury obiektów, dodając warstwę realizmu do modeli 3d.</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Kompleksowy opis funkcji:
+	szybki transfer danych podczas skanowania.
+	typy plików: obj, stl, asc i ply, większość plików cad lub 3d.
+	precyzja skanowania: 0,05 mm,
+	udźwig obrotnicy: obrotnica może utrzymać obiekty o wadze do 5 kg.
+</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I5" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J5" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K5" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L5" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M5" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N5" t="inlineStr">
+        <is>
+          <t>Digitalizacja obiektów, inżynieria odwrotna, kontrola jakości, skaner 3d, światło strukturalne</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>Drukarka 3d ultimaker (fdm/fff)</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Ultimaker method x</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>Drukarka 3d ultimaker method x pracuje w technologii fdm/fff, umożliwiając precyzyjne wytwarzanie elementów z filamentów technicznych, takich jak abs, nylon, petg, asa czy kompozyty z włóknem węglowym. umożliwia realizację prototypów i modeli funkcjonalnych o wysokiej dokładności i stabilności wymiarowej. możliwość użycia rozpuszczalnych materiałów podporowych w technologii fdm.</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Drukowanie z wykorzystaniem materiałów: pla, pctg (przezroczysty), abs, abs cf, nylon, pc-abs, pctg+cf, pctg+gf oraz materiałów podporowych: sr-30, rapiddrinse.
+	posiada dwa ekstrudery i podgrzewaną komorę, co zapewnia spójną, wysoką jakość wydruków.
+	drugi ekstruder dla stosowania rozpuszczalnych materiałów podporowych.
+	podgrzewana komora do 110°c dla zaawansowanej kontroli materiałów.
+</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Parametry drukowania:
+	technologia drukowania: fused deposition modeling
+	obszar roboczy: 19 x 19 x 19,6 cm (jedna głowica), 15,2 x 19 x 19,6 cm (dwie głowice)
+	rozdzielczość warstwy: 20–400 µ
+	tryb drukowania wysokiej jakości: 100 µ
+	tryb drukowania zrównoważonego: 200 µ
+	średnica filamentu: 1,75 mm
+	średnica dyszy: 0,4 mm
+</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K6" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M6" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N6" t="inlineStr">
+        <is>
+          <t>Druk fdm, drukarka 3d, inżynieria materiałowa, materiały kompozytowe, prototypowanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>Drukarka 3d formlabs (lfs/sla)</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Formlabs form 3+</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>Drukarka 3d formlabs form 3+ wykorzystuje technologię lfs (low force stereolithography) do precyzyjnego utwardzania żywic fotopolimerowych światłem laserowym. umożliwia tworzenie modeli o wysokiej dokładności (do 25 µm) i gładkiej powierzchni. stosowana w badaniach materiałowych, prototypowaniu, projektowaniu elementów technicznych i biomedycznych.</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>Drukarka 3d formlabs form 3+ umożliwia precyzyjne wytwarzanie modeli z żywic fotopolimerowych w technologii lfs (low force stereolithography). umożliwia badania materiałów polimerowych, prototypowanie elementów technicznych i biomedycznych oraz analizę wpływu parametrów druku na strukturę i dokładność modeli. umożliwia drukowanie z szerokiego zakresu żywic fotopolimerowych: materiały inżynierskie, elastyczne, wysokotemperaturowe, biokompatybilne.</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Umożliwia produkcję komponentów ze standardowych, inżynieryjnych, elastycznych, odpornych na wysokie temperatury i biokompatybilnych materiałów.
+	technologia drukowania: low force stereolithography™ (lfs)
+	obszar roboczy: 145 × 145 × 185 mm
+	wysokość warstwy: 25–200 mikronów
+	rozmiar plamki lasera: 85 mikronów
+ </t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J7" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K7" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L7" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M7" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N7" t="inlineStr">
+        <is>
+          <t>Drukarka 3d, inżynieria materiałowa, prototypowanie, stereolitografia, żywice fotopolimerowe</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>Analizator spalin testo 350</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Testo 350</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Analizator testo 350 to profesjonalne, przenośne narzędzie umożliwiające badanie emisji i analizę spalin. wyposażony jest w jednostkę sterującą, analizator spalin oraz:
+	cele pomiarowe do analizy co, no, no2, cxhy  (metan, propan lub butan).
+	sonda lambda do 1000oc.
+	co2 (ir) sensor.
+	przemysłowa sonda spalin do 1200oc (długość 1m, inconel 625).
+	modułowa sonda spalin do 1000°c.
+</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Głównym celem jest diagnostyka, monitorowanie i regulacja pracy urządzeń, a także ocena wpływu na środowisko.
+	badania efektywności i jakości procesów spalania w kotłach, palnikach, silnikach i turbinach,
+	pomiary emisji zanieczyszczeń,
+	analiza wpływu parametrów procesu na skład spalin,
+	walidacja i kalibracja modeli numerycznych (cfd).
+</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>Możliwość pomiarowe: co, co2, no, no2, cxhy, 
+obszar możliwych zastosowań: silniki przemysłow, palniki przemysłowe, turbiny gazowe, systemy oczyszczania spalin.</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>Certyfikat</t>
+        </is>
+      </c>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J8" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K8" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L8" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M8" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N8" t="inlineStr">
+        <is>
+          <t>Analizator spalin, diagnostyka spalania, efektywność energetyczna, emisja zanieczyszczeń, proces spalania</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>Kamera termowizyjna flir</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Flir a70 29°</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>Kamera flir a70 29° research &amp; development kit to zaawansowany system obrazowania termicznego przeznaczony do zastosowań badawczo-rozwojowych i przemysłowych. umożliwia precyzyjny, bezkontaktowy pomiar temperatury z wysoką rozdzielczością (640 × 480 px) i czułością detekcji poniżej 40 mk. dzięki szerokiemu zakresowi pomiarowemu oraz integracji z oprogramowaniem flir research studio, kamera pozwala na rejestrację, analizę i wizualizację rozkładów temperatury w czasie rzeczywistym – w badaniach materiałowych, energetycznych, elektronicznych i środowiskowych.</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	analizy termiczne komponentów elektronicznych (np. pcb, układy scalone) w fazie prototypowania.
+	badania przepływów ciepła, punktów gorących i strat energetycznych w konstrukcjach/materiałach.
+	monitoring temperatury w układach przemysłowych lub podczas testów środowiskowych, gdzie ważna jest precyzja i możliwość dokumentacji pomiarów.
+</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	detektor mikrobolometryczny. piksel 12 µm.
+	rozdzielczość: 640×480 pikseli.
+	czułość termiczna (netd): &lt;35mk.
+	częstotliwość: 30hz.
+	pole widzenia: 29° × 22°. ręczne ustawienie ostrości.
+	ifov: 0,84 mrad. minimalna odległość ostrzenia: 0,25m.
+	zakres pomiarowy: 20 do 17 5°c; 175 do 1000°c.
+	dokładność: +/ 2%.
+	wbudowana kamera cyfrowa.
+</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>Certyfikat</t>
+        </is>
+      </c>
+      <c r="I9" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J9" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K9" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L9" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M9" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
+        </is>
+      </c>
+      <c r="N9" t="inlineStr">
+        <is>
+          <t>Analiza termiczna, pomiar bezkontaktowy, pomiar temperatury, termowizja</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>Oscyloskop minimum 4-kanałowy</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Oscyloskop minimum 4-kanałowy i z pasmem analogowym 4.0 ghz oraz kompatybilnym z posiadanymi już sondami tdp1500, tdp3500, tivh08</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>Oscyloskop sygnałów mieszanych tektronix mso64b-6-bw-4000 zapewnia wysoką  jakość sygnałów pomiarowych do dalszej analizy i debugowania współczesnych systemów wbudowanych z zegarami i magistralami o częstotliwościach rzędu pojedynczych gigaherców. urządzenie wyposażono w interfejs dotykowy, duży wyświetlacz 15,6” oraz wejścia flexchannel, które pozwalają mierzyć jeden sygnał analogowy lub osiem sygnałów cyfrowych na kanał.</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>Pomiary, analiza, obrazowanie sygnałów elektrycznych o dużej dynamice zmian.</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>Analogowe pasmo pracy każdego kanału: 4ghz
+częstotliwość próbkowania: 25gsps (4 kanały), 50gsps (2 kanały)
+długość rekordu pamięci dla każdego kanału: 1gs próbek.</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
+        <is>
+          <t>Dostęp do sprzętu możliwy w pomieszczeniach laboratorium alice agh, po uprzednim uzgodnieniu terminu realizacji pomiarów. 
+dostęp możliwy tylko dla pracowników i doktorantów agh.
+pomieszczenia laboratorium alice agh 413/c2 w terminie uzgodnionym z opiekunem laboratorium</t>
+        </is>
+      </c>
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I10" t="inlineStr">
+        <is>
+          <t>Wydział informatyki, elektroniki i telekomunikacji</t>
+        </is>
+      </c>
+      <c r="J10" t="inlineStr">
+        <is>
+          <t>Instytut elektroniki</t>
+        </is>
+      </c>
+      <c r="K10" t="inlineStr">
+        <is>
+          <t>Worek Cezary</t>
+        </is>
+      </c>
+      <c r="L10" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/cezary-worek-3702.html</t>
+        </is>
+      </c>
+      <c r="M10" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N10" t="inlineStr">
+        <is>
+          <t>Analiza, obrazowanie, obrazowanie sygnałów, oscyloskop, oscyloskop cyfrowy, pomiar, sygnał</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>Generator funkcyjny / arbitralny dwukanałowy pracujący w paśmie co najmniej 1mhz do 1000 mhz</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Generator arbitralny</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>Generator funkcyjny / arbitralny dwukanałowy pracujący w paśmie co najmniej od 1mhz do 1000 mhz pozwalający na generację sygnałów w trybie dwukanałowym i impedancji wyjściowej 50 ohm.
+generator arbitralny siglent sdg7102a oferuje dwa kanały o paśmie do 1 ghz, maksymalnej częstotliwości próbkowania 5 gsa/s i rozdzielczości 14 bitów. umożliwia generowanie przebiegów arbitralnych, sygnałów wektorowych oraz typowych sygnałów testowych, takich jak dc, pulse, noise czy prbs. obsługuje funkcje modulacji, przemiatania, burst-u i synchronizacji kanałów, a wyjścia różnicowe lub single-ended zapewniają amplitudę do ±24 v. dzięki unikalnym cechom sdg7102a idealnie sprawdza się w zaawansowanych testach i badaniach sygnałów wysokiej częstotliwości i dużych amplitudach.</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>Rodzaje przebiegów wyjściowych:
+sinus, prostokąt, impuls (możliwość regulacji zbocza narastającego i opadającego niezależnie), dc, szum biały. możliwość zdefiniowania dowolnego przebiegu na dwóch kanałach.
+zakres częstotliwości pracy:
+- przebieg sinusoidalny: 1 mhz do 1000 mhz;
+- przebieg impulsowy: 1 mhz do 300 mhz;
+generowanie sygnałów elektronicznych analogowych oraz cyfrowych.</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>Pasmo pracy każdego kanału: 1 ghz
+częstotliwość próbkowania: 5 gsps
+maksymalna długość pamięci dla każdego kanału: 512 mpts.</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>Dostęp do sprzętu możliwy w pomieszczeniach laboratorium alice agh, po uprzednim uzgodnieniu terminu realizacji pomiarów. 
+dostęp możliwy tylko dla pracowników i doktorantów agh.
+pomieszczenia laboratorium alice agh 413/c2 w terminie uzgodnionym z opiekunem laboratorium</t>
+        </is>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I11" t="inlineStr">
+        <is>
+          <t>Wydział informatyki, elektroniki i telekomunikacji</t>
+        </is>
+      </c>
+      <c r="J11" t="inlineStr">
+        <is>
+          <t>Instytut elektroniki</t>
+        </is>
+      </c>
+      <c r="K11" t="inlineStr">
+        <is>
+          <t>Worek Cezary</t>
+        </is>
+      </c>
+      <c r="L11" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/cezary-worek-3702.html</t>
+        </is>
+      </c>
+      <c r="M11" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N11" t="inlineStr">
+        <is>
+          <t>Generator, generator arbitralny, modulacja, pasmo, przemiatanie, sygnał</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
           <t>Cyfrowy mikroskop optyczny</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B12" t="inlineStr">
         <is>
           <t>Mikroskop cyfrowy hirox europe hrx-01-ir</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C12" t="inlineStr">
         <is>
           <t xml:space="preserve">System mikroskopowy hrx-01-ir służy do obserwacji cieczy i ciał stałych in-situ w zakresie światła widzialnego, podczerwonego i ultrafioletowego. umożliwia prowadzenie pomiarów w układzie 2d i 3d, w płaszczyźnie poziomej i osi pionowej. stanowisko składa się z mikroskopu z automatycznym ruchem w osiach xyz, dwóch kamer, dwóch układów optycznych, stacji roboczej oraz dedykowanego oprogramowania analitycznego.
 	pierwsza kamera (cmos, 2/3") umożliwia obrazowanie z rozdzielczością 5,07 mpix przy 50 klatkach/s i pracuje w trybie hdr. druga kamera (cmos, 8,1 mm) generuje obraz w rozdzielczości 3840×2160 pikseli. obie umożliwiają pracę w świetle vis, ir i uv.
 	pierwszy układ optyczny posiada trzy zmotoryzowane obiektywy, obejmujące zakresy powiększeń 20x–140x, 140x–1000x i 700x–2500x. drugi układ optyczny umożliwia powiększenia 35x–350x. obydwa układy są kompatybilne z kamerami c-mount i obsługują różne typy oświetlenia: pierścieniowe, coaxialne, mieszane i polaryzacyjne.
 	podstawa mikroskopu jest antywibracyjna, stolik umożliwia ruch w zakresie 100×100 mm z dokładnością 100 nm, ruch w osi z – 75 mm z dokładnością 50 nm. zainstalowano również drugi statyw z elastycznym ramieniem.
 	stacja robocza: procesor intel i9-12900k, 32 gb ram, karta graficzna geforce rtx 5070, dwa monitory 4k 27”, system windows 11 pro.
 	oprogramowanie  umożliwia m.in. tworzenie modeli 3d, pomary topografii oraz zliczanie cząstek (do 20 000), obrazowanie panoramiczne, autofokus, ochronę przed kolizją oraz automatyczne zapisywanie ustawień pomiarowych.
  </t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D12" t="inlineStr">
         <is>
           <t>System umożliwia pomiary i obrazowanie dowolnych próbek, zarówno stałych, jak i ciekłych. pozwala na rejestrację dynamiki procesów z określonym krokiem czasowym oraz prowadzenie pomiarów in-situ. możliwe jest równoczesne obrazowanie zmian zachodzących pod wpływem bodźców zewnętrznych, takich jak światło, temperatura czy pole magnetyczne, w zakresie światła widzialnego i podczerwieni.</t>
         </is>
       </c>
-      <c r="E2" t="inlineStr">
+      <c r="E12" t="inlineStr">
         <is>
           <t>System umożliwia pomiary topografii 3d i chropowatości (iso 25178, iso 4287), pomiary 2d (długość, kąt, średnica) oraz powierzchniowe (pole, obwód), automatyczne zliczanie cząstek i analizę statystyczną. obsługuje pomiary in-situ trwających eksperymentów i procesów w świetle widzialnym i podczerwonym. system wyposażony jest w dodatkową diodę ir o długości fali 850 nm, autofokus, kalibrację obiektywów oraz pomiary w pełnej głębi ostrości.</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G2" t="inlineStr">
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
         <is>
           <t>Szczegółowe zasady udostępniania dostępne są na stronie: https://acmin.agh.edu.pl/wspolpraca</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
+      <c r="H12" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I12" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
+      <c r="J12" t="inlineStr">
         <is>
           <t>Vortex</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr">
+      <c r="K12" t="inlineStr">
         <is>
           <t>Szkudlarek Aleksandra</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L12" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M12" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N12" t="inlineStr">
         <is>
           <t>Analiza in-situ, mikroskop optyczny, obrazowanie w podczerwieni, obserwacja 2d i 3d, procesy dynamiczne, światło widzialne</t>
         </is>
       </c>
     </row>
-    <row r="3">
-      <c r="A3" t="inlineStr">
+    <row r="13">
+      <c r="A13" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa 100 kn</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B13" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa  precyzyjna shimadzu agx-v 100 kn</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C13" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa shimadzu  agx-v 100 kn służy do badań wytrzymałościowych statycznych w zakresie rozciągania, ściskania, zginania, itp. maszyna posiada precyzyjne możliwości badawcze w zakresie sił do 100 kn.   
 parametry techniczne:
 maszyna wytrzymałościowa shimadzu agx-v 100 kn
 • szerokość przestrzeni roboczej: 600 mm.
 • wysokość przestrzeni roboczej: 1250 mm.
 • głowice pomiarowe siły: do 5 kn; do 50 kn oraz do 100 kn w klasie 0,5 1/1000 wg iso 7500-1.
 • zakres prędkości przesuwu: od 0,00005 do 1500 mm/min w zakresie siły do 100 kn.
 • próbkowanie: 500 khz.
 • automatyczna kontrola stałą szybkością odkształcenia w pełni zgodna pn en-iso 6892-1
 • automatyczna kontrola stałą szybkością narastania siły testującej/naprężenia wg pn en-iso 6892-1  • możliwość zapisu wideo przebiegu testu.
 wideoekstensometr shimadzu:
 • kamera o rozdzielczości: 2mpix
 • zakres pola widzenia: 240 mm. x 180 mm.
 • klasa dokładności: 0,5 wg iso 9513
 • dokładność: ±1,5μm (zgodna z pn en-iso 527-1:2012)
 • pomiar zmian szerokości próbek w trakcie testu • pomiar współczynników anizotropii n + r oraz liczby poissona
 • zapis wideo testu
 • pełna synchronizacja z krzywą rozciągania,
 • częstotliwość próbkowania: 100hz
 ekstensometr kontaktowy mfa25 o bazie stacjonarnej 25 mm i 50 mm
 • klasa dokładności: 0,5 (iso 9513), b1 (astm e83).</t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D13" t="inlineStr">
         <is>
           <t xml:space="preserve">Badania wytrzymałościowe niszczące w zakresie:
 - rozciągania;
 - ściskania, 
 - zginania,
 - zdzierania,
 - odkształcalności itp.
 badania wytrzymałościowe metali  wg  pn-en-iso 6892-1 jak i niemetali (tworzywa sztuczne, guma np.  pn-en-iso 37, pn-en-iso 527) itp.
  </t>
         </is>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E13" t="inlineStr">
         <is>
           <t xml:space="preserve">Zgodnie z specyfikacją maszyny.
 przykładowo:
 wyznaczenie granicy wytrzymałości,
 wyznaczenie granicy plastyczności,
 wyznaczenie wydłużenia względnego,
 wyznaczenie współczynnika sprężystości wzdłużnej e (modułu younga),
 wyznaczenie współczynnika poissona.
 itp.
  </t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G3" t="inlineStr">
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
         <is>
           <t>Zgodnie z indywidualnie uzgodnionymi umowami.</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
+      <c r="H13" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I13" t="inlineStr">
         <is>
           <t>Katedra inżynierii maszyn i transportu</t>
         </is>
       </c>
-      <c r="J3" t="inlineStr">
+      <c r="J13" t="inlineStr">
         <is>
           <t>Laboratorium badawcze technicznych środków transportu i materiałów</t>
         </is>
       </c>
-      <c r="K3" t="inlineStr">
+      <c r="K13" t="inlineStr">
         <is>
           <t>Olszyna Grzegorz</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="L13" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-olszyna-7194.html</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="M13" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="N13" t="inlineStr">
         <is>
           <t>Badania niszczące, maszyna wytrzymałościowa, pełzanie, rozciąganie, zginanie</t>
         </is>
       </c>
     </row>
-    <row r="4">
-      <c r="A4" t="inlineStr">
+    <row r="14">
+      <c r="A14" t="inlineStr">
         <is>
           <t>Bonder typu hb05 z mikroskopem optycznym i stolikiem grzejnym</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B14" t="inlineStr">
         <is>
           <t>Hb05 wedge &amp; ball bonder</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C14" t="inlineStr">
         <is>
           <t>Bondera typu hb05 wyposażony w mikroskop optyczny i stolik grzejny umożliwia wykonanie połączeń metalicznych holder-próbka za pomocą drutu złotego lub aluminiowego o grubości 25 µm.</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D14" t="inlineStr">
         <is>
           <t>Za pomocą bondera typu hb05 wyposażonego w mikroskop optyczny i stolik grzejny możliwe jest wykonanie połączeń metalicznych holder-próbka za pomocą drutu złotego lub aluminiowego o grubości 25 µm.</t>
         </is>
       </c>
-      <c r="E4" t="inlineStr">
+      <c r="E14" t="inlineStr">
         <is>
           <t xml:space="preserve">Wykonywanie połączeń miedzy próbką a holderem za pomocą drutu aluminiowego lub złotego o średnicy 25 µm.
 dostępne typy kapilar:
 	wedge (au oraz al),
 	ball (au).
 siła nacisku kapilary 15 - 150 cn
 maksymalna temperatura grzania stolika 250 0c
 minimalny rozmar wytworzonego kontaktu: 50 x 50 µm.
  </t>
         </is>
       </c>
-      <c r="F4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G4" t="inlineStr">
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
+      <c r="H14" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I4" t="inlineStr">
+      <c r="I14" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr">
+      <c r="J14" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K4" t="inlineStr">
+      <c r="K14" t="inlineStr">
         <is>
           <t>Chrobak Maciej</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L14" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/maciej-chrobak-8494.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M14" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N14" t="inlineStr">
         <is>
           <t>Bonder, kontakty elektryczne</t>
         </is>
       </c>
     </row>
-    <row r="5">
-      <c r="A5" t="inlineStr">
+    <row r="15">
+      <c r="A15" t="inlineStr">
         <is>
           <t>Mikroskop fluorescencyjny odwrócony z kamerą cyfrową</t>
         </is>
       </c>
-      <c r="B5" t="inlineStr">
+      <c r="B15" t="inlineStr">
         <is>
           <t>Mikroskop fluorescencyjny odwrócony z kamerą cyfrową (axio vert.a1, carl zeiss)</t>
         </is>
       </c>
-      <c r="C5" t="inlineStr">
+      <c r="C15" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikroskop fluorescencyjny odwrócony z kamerą cyfrową (axio vert.a1, carl zeiss). modułowa budowa umożliwia zastosowanie wielu technik obserwacji, od jasnego i ciemnego pola poprzez kontrast fazowy, kontrast nomarskiego (dic), plasdic i epi-fluorescencję.
 obiektywy w jakie jest wyposażony mikroskop są następujące:
 	10x / apertura 0.25, long distance, planachromatyczny
 	20x / apertura 0.35, long distance, planachromatyczny
 	40x / apertura 1.30, fluorytowy, o rozszerzonej transmisji w uv i ir, immersja olejowa
 	63x / apertura 1.25, semiplanapochromatyczny, immersja olejowa
 w obiektywach 10x, 20x kontrast nomarskiego przystosowany do pracy z plastikowymi naczynkami hodowlanymi.
 półprzewodnikowe źródło światła colibri 7, 4-kanałowe źródło światła fluorescencyjnego rgb-uv ze zintegrowaną jednostką sterującą do ciągłej regulacji jasności. mikroskop jest wyposażony w 4 półprzewodnikowe lampy led:
 	czerwoną (630nm) do wzbudzenia cy5, alexa 631, toto-3 i podobnych barwników
 	zieloną (555nm) do wzbudzenia cy3, tritc, dsred i podobnych barwników
 	niebieską (475nm) do wzbudzenia egfp, fluo4, fitc i podobnych barwników
 	uv (385nm) do wzbudzenia dapi, alexa 405, hoechst 33258 i podobnych barwników.
 </t>
         </is>
       </c>
-      <c r="D5" t="inlineStr">
+      <c r="D15" t="inlineStr">
         <is>
           <t>Kompaktowy odwrócony mikroskop idealny do rutynowych badań. ten system jest skonfigurowany do jasnego pola światła przechodzącego, kontrastu fazowego i epifluorescencji (470 nm).</t>
         </is>
       </c>
-      <c r="E5" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G5" t="inlineStr">
+      <c r="E15" t="inlineStr"/>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr">
+      <c r="H15" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I5" t="inlineStr">
+      <c r="I15" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J5" t="inlineStr">
+      <c r="J15" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K5" t="inlineStr">
+      <c r="K15" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L5" t="inlineStr">
+      <c r="L15" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M5" t="inlineStr">
+      <c r="M15" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N5" t="inlineStr">
+      <c r="N15" t="inlineStr">
         <is>
           <t>Mikroskop fluorescencyjny, mikroskop optyczny, wizualizacja próbek</t>
         </is>
       </c>
     </row>
-    <row r="6">
-      <c r="A6" t="inlineStr">
+    <row r="16">
+      <c r="A16" t="inlineStr">
         <is>
           <t>Zetasizer wraz z układem titrującym i celką do pomiaru potencjału zeta na ciele stałym</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B16" t="inlineStr">
         <is>
           <t>Zetasizer nano zs</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C16" t="inlineStr">
         <is>
           <t>Zetasizer nano zs (malvern instruments ltd., worcestershire, uk) to urządzenie służące do charakterystyki takich materiałów jak nanocząstki, koloidy, białka, liposomy czy mikroemulsje. analizator pozwala na uzyskanie parametrów fizykochemicznych: wielkość cząstek, masa cząsteczkowa i potencjał zeta. urządzenie to wykorzystuje szeroko stosowane techniki, takie jak: dynamiczne rozpraszanie światła, elektroforetyczne rozpraszanie światła i statyczne rozpraszanie światła do pełnej analizy układów rozproszonych o wymiarach nanometrycznych. zetasizer doposażony jest w autotitrator mpt-2 i odgazowywacz. służy on do automatycznego wykonywania pomiarów wielkości cząstek/potencjału zeta w funkcji ph, przewodnictwa czy stężenia dodatku. autotitrator jest wyposażony w elektrodę szklaną do pomiaru ph i umożliwia dozowanie do trzech titrantów w jednym eksperymencie. dysponujemy także celką do pomiaru potencjału zeta ciał stałych. celka umożliwia pomiar potencjału zeta płaskich powierzchni, takich jak papier filtracyjny, krzemionka, polimery i kości, przy użyciu standardowego systemu zetasizer nano. charakterystyka powierzchni i interfejsów ma kluczowe znaczenie w wielu gałęziach przemysłu, w tym w produktach konsumenckich, specjalistycznych chemikaliach, farmaceutykach i naukach przyrodniczych. w każdym z tych obszarów oddziaływanie cząsteczek roztworu z powierzchniami może wpływać na właściwości materiału końcowego produktu.</t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D16" t="inlineStr">
         <is>
           <t>Nanocząstki, koloidy, białka, liposomy, mikroemulsje, etc.</t>
         </is>
       </c>
-      <c r="E6" t="inlineStr">
+      <c r="E16" t="inlineStr">
         <is>
           <t>Parametry fizykochemiczne: wielkość cząstek, masa cząsteczkowa i potencjał zeta.</t>
         </is>
       </c>
-      <c r="F6" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G6" t="inlineStr">
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
+      <c r="H16" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I6" t="inlineStr">
+      <c r="I16" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr">
+      <c r="J16" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K6" t="inlineStr">
+      <c r="K16" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L16" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M16" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N16" t="inlineStr">
         <is>
           <t>Nanocząstki, rozmiar, zeta potencjał</t>
         </is>
       </c>
     </row>
-    <row r="7">
-      <c r="A7" t="inlineStr">
+    <row r="17">
+      <c r="A17" t="inlineStr">
         <is>
           <t>Scatterx78</t>
         </is>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B17" t="inlineStr">
         <is>
           <t>Komora scatterx78 - doposażenie dyfraktometru rentgenowskiego w kompaktową komorę do badań saxs/waxs</t>
         </is>
       </c>
-      <c r="C7" t="inlineStr">
+      <c r="C17" t="inlineStr">
         <is>
           <t>Komora scatterx78 umożliwia jednoczesny pomiar w próżni saxs i waxs. pomiar możliwy jest już dla rozmiarów obiektów od 1 nm w wymiarach 1d i 2d. dodatkowo zaproponowane rozszerzenie aparatury badawczej pozwala na prowadzenie badań metodą dyfrakcji przy stałym kącie padania promieniowania (gixd). przystawka pozwala na przeprowadzenie nieniszczącej analizy właściwości materiałów, geometrii i uporządkowania obiektów (amorficznych, krystalicznych) w nanoskali w postaci cieczy, żelów, proszków, ciał stałych (w tym porowatych) czy układów wielowarstwowych o grubości rzędu nm. co więcej zastosowana przystawka służy do określania szczegółów budowy krystalicznej polimerów, czy identyfikacji odmian polimorficznych, a także śledzenia przejść jednej odmiany krystalograficznej w drugą wywołanych różnymi czynnikami. wśród układów analizowanych metodami saxs/waxs znajdują się m.in. nanocząstki, nanowielowarstwy, roztwory nanocząstek (półprzewodnikowych, magnetycznych, itp.), plastyczne układu hybrydowe z nanocząstkami.</t>
         </is>
       </c>
-      <c r="D7" t="inlineStr">
+      <c r="D17" t="inlineStr">
         <is>
           <t>Xrd (w tym gixd), saxs, waxs</t>
         </is>
       </c>
-      <c r="E7" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G7" t="inlineStr">
+      <c r="E17" t="inlineStr"/>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H7" t="inlineStr">
+      <c r="H17" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I7" t="inlineStr">
+      <c r="I17" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J7" t="inlineStr">
+      <c r="J17" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K7" t="inlineStr">
+      <c r="K17" t="inlineStr">
         <is>
           <t>Marciszko-Wiąckowska Marianna</t>
         </is>
       </c>
-      <c r="L7" t="inlineStr">
+      <c r="L17" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marianna-marciszko-wiackowska-8299.html</t>
         </is>
       </c>
-      <c r="M7" t="inlineStr">
+      <c r="M17" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N7" t="inlineStr">
+      <c r="N17" t="inlineStr">
         <is>
           <t>Dyfrakcja, saxs, waxs, xrd</t>
         </is>
       </c>
     </row>
-    <row r="8">
-      <c r="A8" t="inlineStr">
+    <row r="18">
+      <c r="A18" t="inlineStr">
         <is>
           <t>Klaster obliczeniowy wysokiej wydajności teraacmin</t>
         </is>
       </c>
-      <c r="B8" t="inlineStr">
+      <c r="B18" t="inlineStr">
         <is>
           <t>Klaster obliczeniowy</t>
         </is>
       </c>
-      <c r="C8" t="inlineStr">
+      <c r="C18" t="inlineStr">
         <is>
           <t>Klaster obliczeniowy złożony z 2 węzłów obliczeniowych zawierających po dwa procesory amd epyc 9754 i wyposażonych w 384 gb pamięci ram. sumaryczna liczba rdzeni obliczeniowych: 1024.</t>
         </is>
       </c>
-      <c r="D8" t="inlineStr">
+      <c r="D18" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obliczenia równoległe w architekturze pamięci współdzielonej, rozproszonej i dwupoziomowej
 	obliczenia typu ab-initio: quantumespresso, vasp
 	narzędzia programistyczne, kompilatory etc.
 	biblioteki obliczeniowe: gsl, lapack, scalapack, mkl, openmpi
 </t>
         </is>
       </c>
-      <c r="E8" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G8" t="inlineStr">
+      <c r="E18" t="inlineStr"/>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H8" t="inlineStr">
+      <c r="H18" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I8" t="inlineStr">
+      <c r="I18" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J8" t="inlineStr">
+      <c r="J18" t="inlineStr">
         <is>
           <t>Zakład teorii układów kwantowych</t>
         </is>
       </c>
-      <c r="K8" t="inlineStr">
+      <c r="K18" t="inlineStr">
         <is>
           <t>Biborski Andrzej</t>
         </is>
       </c>
-      <c r="L8" t="inlineStr">
+      <c r="L18" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/andrzej-biborski-7817.html</t>
         </is>
       </c>
-      <c r="M8" t="inlineStr">
+      <c r="M18" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N8" t="inlineStr">
+      <c r="N18" t="inlineStr">
         <is>
           <t>Badania, modelowanie, nano, obliczenia numeryczne</t>
         </is>
       </c>
     </row>
-    <row r="9">
-      <c r="A9" t="inlineStr">
+    <row r="19">
+      <c r="A19" t="inlineStr">
         <is>
           <t>Chłodziarka rozcieńczalnikowa z magnesem</t>
         </is>
       </c>
-      <c r="B9" t="inlineStr">
+      <c r="B19" t="inlineStr">
         <is>
           <t>Triton 200</t>
         </is>
       </c>
-      <c r="C9" t="inlineStr">
+      <c r="C19" t="inlineStr">
         <is>
           <t>Chłodziarka rozcieńczalnikowa 3he/4he pracująca w cyklu zamkniętym pozwala na osiągnięcie i ustabilizowanie temperatur w zakresie od 10 mk do 30 k. moc chłodząca w temperaturze 100 mk wynosi 200 µw, a w 20 mk 4 µw. zintegrowany magnes nadprzewodzący pozwala na wytworzenie pola magnetycznego do 14 t.
 unikalny system wymiany próbek pozwala na zmianę próbki w temperaturze 10 k. dzięki czemu czas potrzebny na wymianę i schłodzenie próbki do temperatury 100 mk to 72 h.
 chłodziarka wyposażona jest w 2 wiązki składające się z 12 par przewodów do pomiarów stałoprądowych. jedna wiązka wykonana jest z konstantanu a druga (nadprzewodząca) z cu/nbti. do dyspozycji jest również 8 przewodów koncentrycznych pozwalających na wykonywanie pomiarów zmiennoprądowych do 500 mhz.
 pomiar temperatury przeprowadzany jest za pomocą termometrów ruo2 wykalibrowanych od temperatury 50 mk do 30 k. dokładny pomiar w temperaturach &lt; 50 mk jest możliwy dzięki zastosowaniu termometru wzorcowego cmn oraz kaskadowego termometru nadprzewodzącego srd1000.
 podstawowe parametry: minimalna temperatura:           &lt; 10 mk. moc chłodząca w 100 mk:        200 µw. moc chłodząca w 20 mk:          4 µw. czas wymiany próbki:              72 h. liczba dostępnych przewodów dc: 24 (konstantan lub cu/nbti). liczba dostępnych przewodów ac: 8 przewodów koncentrycznych do 500 mhz.</t>
         </is>
       </c>
-      <c r="D9" t="inlineStr">
+      <c r="D19" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary transportu elektronowego, efektu halla i magnetooporu wykonywane zarówno techniką dc jak i ac w funkcji temperatury lub w funkcji pola magnetycznego.
 	pomiary ciepła właściwego odbywa się przy stałym ciśnieniu cp. jest to pomiar metodą relaksacyjną, łączącą w sobie dużą dokładność pomiaru z nieskomplikowanymi technikami analizy wyników.
 </t>
         </is>
       </c>
-      <c r="E9" t="inlineStr">
+      <c r="E19" t="inlineStr">
         <is>
           <t xml:space="preserve">Parametry pomiaru transportu elektronowego:
 	rozmiary próbki: 5 x 8 x 3 mm (szer. x dług. x wys.).
 	imax: 10 ma.
 	u: 100 nv – 10 v.
 	50 mk &lt; t &lt; 30 k.
 	0 t &lt; b &lt; 14 t.
 parametry pomiaru ciepła właściwego:
 	rozmiary próbki: 5 x 3 x 1 mm (szer. x dług. x wys.).
 	50 mk &lt; t &lt; 30 k.
 	0 t &lt; b &lt; 14 t.
 </t>
         </is>
       </c>
-      <c r="F9" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G9" t="inlineStr">
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H9" t="inlineStr">
+      <c r="H19" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I9" t="inlineStr">
+      <c r="I19" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J9" t="inlineStr">
+      <c r="J19" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K9" t="inlineStr">
+      <c r="K19" t="inlineStr">
         <is>
           <t>Chrobak Maciej</t>
         </is>
       </c>
-      <c r="L9" t="inlineStr">
+      <c r="L19" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/maciej-chrobak-8494.html</t>
         </is>
       </c>
-      <c r="M9" t="inlineStr">
+      <c r="M19" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N9" t="inlineStr">
+      <c r="N19" t="inlineStr">
         <is>
           <t>Ciepło własciwe, efekt halla, temperatury sub-kelwinowe, transport elektronowy, transport kwantowy</t>
         </is>
       </c>
     </row>
-    <row r="10">
-      <c r="A10" t="inlineStr">
+    <row r="20">
+      <c r="A20" t="inlineStr">
         <is>
           <t>Układ nanomanipulatorów mibot</t>
         </is>
       </c>
-      <c r="B10" t="inlineStr">
+      <c r="B20" t="inlineStr">
         <is>
           <t>Nanomanipulatory mibot</t>
         </is>
       </c>
-      <c r="C10" t="inlineStr">
+      <c r="C20" t="inlineStr">
         <is>
           <t>Układ dwóch nanomanipulatorów typu mibot firmy imina, kompatybilny ze skaningowym mikroskopem elektronowo-jonowym versa 3d, umożliwia pomiary oporu in-situ w trakcie procesu nanostrukturyzacji oraz manipulację pojedynczymi sub-mikronowymi obiektami. każdy z nanomanipulatorów posiada 3 osie, po których może się poruszać z dokładnością do pojedynczych nanometrów, oraz możliwość obrotu. promień zaokrąglenia sondy pomiarowej wynosi od 100 do 500 nm, umożliwiając przepuszczanie prądów o natężeniu 100 ma. do pomiarów oporu wykorzystujemy zewnętrzną elektronikę pomiarową, np. urządzenie keithley 2400.</t>
         </is>
       </c>
-      <c r="D10" t="inlineStr">
+      <c r="D20" t="inlineStr">
         <is>
           <t>Nanomanipulatory pozwalają na zaawansowane badania nanostruktur i sub-mikronowych obiektów, umożliwiając pomiary prądowo-napięciowe bezpośrednio w komorze mikroskopu w trakcie procesu nanostrukturyzacji.</t>
         </is>
       </c>
-      <c r="E10" t="inlineStr">
+      <c r="E20" t="inlineStr">
         <is>
           <t>System umożliwia przepuszczanie prądów o natężeniu 100 ma przy użyciu zewnętrznej elektroniki pomiarowej.
 do pomiarów oporu wykorzystujemy urządzenie keithley 2400.</t>
         </is>
       </c>
-      <c r="F10" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G10" t="inlineStr">
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H10" t="inlineStr">
+      <c r="H20" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I10" t="inlineStr">
+      <c r="I20" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J10" t="inlineStr">
+      <c r="J20" t="inlineStr">
         <is>
           <t>Zespół materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K10" t="inlineStr">
+      <c r="K20" t="inlineStr">
         <is>
           <t>Szkudlarek Aleksandra</t>
         </is>
       </c>
-      <c r="L10" t="inlineStr">
+      <c r="L20" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
         </is>
       </c>
-      <c r="M10" t="inlineStr">
+      <c r="M20" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N10" t="inlineStr">
+      <c r="N20" t="inlineStr">
         <is>
           <t>In-situ, nanostruktryzacja, pomiary elektryczne</t>
         </is>
       </c>
     </row>
-    <row r="11">
-      <c r="A11" t="inlineStr">
+    <row r="21">
+      <c r="A21" t="inlineStr">
         <is>
           <t>Zestaw pomiarowy do badań reologicznych</t>
         </is>
       </c>
-      <c r="B11" t="inlineStr">
+      <c r="B21" t="inlineStr">
         <is>
           <t>Kompaktowy reometr modułowy mcr 302e (anton paar)</t>
         </is>
       </c>
-      <c r="C11" t="inlineStr">
+      <c r="C21" t="inlineStr">
         <is>
           <t xml:space="preserve">Reometr rotacyjny mcr 302e jest zaawansowanym urządzeniem do analizy właściwości reologicznych materiałów. pozwala na badanie różnych parametrów przepływu i deformacji substancji. ze względu na modułową budowę, reometr umożliwia dostosowanie oprzyrządowania do konkretnych wymagań badawczych.  podstawowe możliwości badawcze urządzenia to:
 1. charakterystyka lepkościowa
 	pomiar lepkości dynamicznej w funkcji naprężenia ścinającego, szybkości ścinania lub temperatury.
 	określanie zależności lepkości od czasu (tiksotropia, reopeksja).
 	analiza pseudoplastyczności i dylatancji płynów nieniutonowskich.
 2. krzywe płynięcia
 	wyznaczanie zależności naprężenia ścinającego od szybkości ścinania.
 	określanie modeli reologicznych.
 	identyfikacja granicy płynięcia materiałów.
 3. analiza strukturalna i tiksotropia
 	badanie odwracalnych zmian struktury materiałów pod wpływem sił mechanicznych.
 	pomiar czasu potrzebnego do odbudowy struktury po zakończeniu działania naprężeń ścinających.
 4. oscylacyjne testy dynamiczne
 	badanie modułu sprężystości (g') i modułu stratności (g'') w funkcji częstotliwości, naprężenia lub temperatury.
 	analiza przejścia pomiędzy stanem ciekłym a stałym.
 5. testy temperaturowe
 	określanie wpływu temperatury na właściwości reologiczne.
 	analiza stabilności termicznej materiałów.
 6. badanie zmian lepkości w funkcji czasu
 	monitorowanie zmian reologicznych w trakcie utwardzania, żelowania lub degradacji.
 	identyfikacja procesów starzeniowych i utraty właściwości użytkowych materiałów.
 </t>
         </is>
       </c>
-      <c r="D11" t="inlineStr">
+      <c r="D21" t="inlineStr">
         <is>
           <t>Reometr umożliwia kompleksową analizę lepkości dynamicznej i naprężeń w funkcji szybkości ścinania, temperatury i czasu, także pod wpływem pola magnetycznego lub światła uv. pozwala badać materiały o złożonych właściwościach reologicznych (np. tiksotropowe, dylatacyjne, pseudoplastyczne), mierzyć granicę płynięcia oraz monitorować zmiany lepkości, np. podczas utwardzania. umożliwia także testy oscylacyjne, w tym pomiar modułów sprężystości i stratności.</t>
         </is>
       </c>
-      <c r="E11" t="inlineStr">
+      <c r="E21" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	konwencjonalne badania reologiczne w zakresie temperatur od -40°c do 200°c
 	analiza małych próbek (od 15 µl do kilku ml)
 	badanie ferrocieczy w polu magnetycznym (indukcja do 1 t, -10°c do 100°c)
 	testy w świetle uv (-20°c do 200°c), również przy określonej długości fali (np. 365 nm, 320-480 nm)
 	badania tribologiczne: krzywa stribecka, współczynnik tarcia, smarność
  </t>
         </is>
       </c>
-      <c r="F11" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G11" t="inlineStr">
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G21" t="inlineStr">
         <is>
           <t>Udostępnianie aparatury w ramach wspólnych przedsięwzięć badawczych oraz zgodnie z indywidualnie uzgodnionymi umowami.</t>
         </is>
       </c>
-      <c r="H11" t="inlineStr">
+      <c r="H21" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I11" t="inlineStr">
+      <c r="I21" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J11" t="inlineStr">
+      <c r="J21" t="inlineStr">
         <is>
           <t>Laboratorium technik smarowniczych i reologii</t>
         </is>
       </c>
-      <c r="K11" t="inlineStr">
+      <c r="K21" t="inlineStr">
         <is>
           <t>Horak Wojciech</t>
         </is>
       </c>
-      <c r="L11" t="inlineStr">
+      <c r="L21" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/wojciech-horak-6681.html</t>
         </is>
       </c>
-      <c r="M11" t="inlineStr">
+      <c r="M21" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N11" t="inlineStr">
+      <c r="N21" t="inlineStr">
         <is>
           <t>Ciecze magnetyczne, lepkość, reologia, reologia uv</t>
         </is>
       </c>
     </row>
-    <row r="12">
-      <c r="A12" t="inlineStr">
+    <row r="22">
+      <c r="A22" t="inlineStr">
         <is>
           <t>Mobilny system cyfrowej radiografii przemysłowej</t>
         </is>
       </c>
-      <c r="B12" t="inlineStr">
+      <c r="B22" t="inlineStr">
         <is>
           <t>Mobilny system cyfrowej radiografii przemysłowej do badań ndt</t>
         </is>
       </c>
-      <c r="C12" t="inlineStr">
+      <c r="C22" t="inlineStr">
         <is>
           <t>Mobilny system radiografii przemysłowej składający się z elementów:
 1. skaner carestream industrex / hpx-1 (custom) z zestawem płyt obrazowych i osprzętu
 2. aparat rentgenowski teledyne icm / site-x d3206 – zestaw
 3. aparat rentgenowski teledyne icm / site-x cp200ds - zestaw
 4. dozymetry/radiometry ped+ (custom) – zestaw 3 szt.
 5. zestaw komputerowy carestream hp z4 workstation (custom).
 6. oprogramowanie carestream industrex</t>
         </is>
       </c>
-      <c r="D12" t="inlineStr">
+      <c r="D22" t="inlineStr">
         <is>
           <t>Metoda rt ma zastosowanie w wielu branżach: odlewnicza, motoryzacyjna, lotnicza, stoczniowa. pozwala na określenie lokalizacji, kształtu i wielkości niezgodności powierzchniowych i wewnętrznych w obiektach wykonanych różnymi technikami wytwarzania: odlewy, odkuwki, spoiny oraz z różnych materiałów konstrukcyjnych tj. metale i ich stopy, materiały niematalowe - kompozyty, ceramika, tworzywa sztuczne. badania detalu w jednej ekspozycji do 70mm grubości dla stali.</t>
         </is>
       </c>
-      <c r="E12" t="inlineStr">
+      <c r="E22" t="inlineStr">
         <is>
           <t xml:space="preserve">Hpx-1
 	skanowanie: 16bit
 	max. podziałka pixeli: 25µm
 	max. rozmiary kaset sztywnych: 14x17cali
 site-x d3206
 	zakres napięcia wyjściowego: 90-320kv
 	zakres prądu lampy: 1-6ma
 	penetracja stali: ok.70mm
 site-x cp200ds
 	zakres napięcia wyjściowego: 10-200kv
 	zakres prądu lampy: 0,5-10ma
 	penetracja stali: ok.40mm
 </t>
         </is>
       </c>
-      <c r="F12" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G12" t="inlineStr">
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G22" t="inlineStr">
         <is>
           <t>Zgodnie z indywidualnie uzgodnionymi umowami</t>
         </is>
       </c>
-      <c r="H12" t="inlineStr">
+      <c r="H22" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I12" t="inlineStr">
+      <c r="I22" t="inlineStr">
         <is>
           <t>Katedra inżynierii maszyn i transportu</t>
         </is>
       </c>
-      <c r="J12" t="inlineStr">
+      <c r="J22" t="inlineStr">
         <is>
           <t>Laboratorium badawcze technicznych środków transportu i materiałów</t>
         </is>
       </c>
-      <c r="K12" t="inlineStr">
+      <c r="K22" t="inlineStr">
         <is>
           <t>Ruta Hubert</t>
         </is>
       </c>
-      <c r="L12" t="inlineStr">
+      <c r="L22" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/hubert-ruta-7195.html</t>
         </is>
       </c>
-      <c r="M12" t="inlineStr">
+      <c r="M22" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną, (pob 8) przekraczanie granic: eksperymentalna fizyka wysokich energii ekstremalne stany materii, zaawansowane technologie w detekcji promieniowania, badania i zastosowania transdyscyplinarne</t>
         </is>
       </c>
-      <c r="N12" t="inlineStr">
+      <c r="N22" t="inlineStr">
         <is>
           <t>Badania nieniszczące, ndt, rt</t>
         </is>
       </c>
     </row>
-    <row r="13">
-      <c r="A13" t="inlineStr">
+    <row r="23">
+      <c r="A23" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa dartec 250</t>
         </is>
       </c>
-      <c r="B13" t="inlineStr">
+      <c r="B23" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa dartec 250</t>
         </is>
       </c>
-      <c r="C13" t="inlineStr">
+      <c r="C23" t="inlineStr">
         <is>
           <t xml:space="preserve">Dwukolumnowa, uniwersalna serwohydrauliczna maszyna wytrzymałościowa umożliwiająca prowadzenia jednoosiowych badań statycznych i zmęczeniowych pod kontrolą siły, przemieszczenia lub jednego z piąciu dodatkowych czujników analogowych, jaki mogą być użyte w trakcie badań.
 przykładowe zastosowanie:
 	wyznaczanie inżynierskich i rzeczywistych krzywych rozciągania,
 	wyznaczanie monotonicznych właściwości wytrzymałościowych materiałów ,
 	badania zmęczeniowe materiałów prowadzone (krzywa wöhlera, krzywa coffina – mansona)
 	wyznaczanie cyklicznej krzywej odkształcenia,
 	wyznaczanie trwałości zmęczeniowej elementów konstrukcji oraz węzłów konstrukcyjnych przy dowolnych sekwencjach osiowych obciążeń,
 	badania rozwoju pęknięć zmęczeniowych w metalach inżynierskich oraz elementach konstrukcji.
 </t>
         </is>
       </c>
-      <c r="D13" t="inlineStr">
+      <c r="D23" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	badania statyczne: póby rozciągania, ściskania, zginania;
 	badania dynamiczne:
 	badania zmęczeniowe nisko- i wysokocyklowe,
 	badania rozwoju pęknięć zmęczeniowych,
 	badania odporności na pękanie,
 	badania charakterystyk dynamicznych materiałów i konstrukcji.
  </t>
         </is>
       </c>
-      <c r="E13" t="inlineStr">
+      <c r="E23" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres obciążeń statycznych: +/- 300 kn;
 	zakres obciążeń dynamicznych: +/- 250 kn;
 	zakres przemieszczeń siłownika: +/- 75 mm;
 	długość próbki rozciąganej: 280 - 1100 mm,
 	średnica części chwytowej (próbki walcowe): 5-45 mm,
 	grubość części chwytowej (póbki płaskie): 0-35 mm,
  </t>
         </is>
       </c>
-      <c r="F13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G13" t="inlineStr">
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr">
         <is>
           <t>Do ustalenia z osobą kontaktową</t>
         </is>
       </c>
-      <c r="H13" t="inlineStr">
+      <c r="H23" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I13" t="inlineStr">
+      <c r="I23" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J13" t="inlineStr">
+      <c r="J23" t="inlineStr">
         <is>
           <t>Zespół wytrzymałość materiałów i konstrukcji</t>
         </is>
       </c>
-      <c r="K13" t="inlineStr">
+      <c r="K23" t="inlineStr">
         <is>
           <t>Machniewicz Tomasz</t>
         </is>
       </c>
-      <c r="L13" t="inlineStr">
+      <c r="L23" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-machniewicz-5212.html</t>
         </is>
       </c>
-      <c r="M13" t="inlineStr">
+      <c r="M23" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N13" t="inlineStr">
+      <c r="N23" t="inlineStr">
         <is>
           <t>Badania dynamiczne, badania statyczne, badania zmęczeniowe, charakterystyki statyczne, mechanika pękania, propagacja pęknięć, właściwości mechaniczne, właściwości zmęczeniowe, wzrost pęknięć zmęczeniowych</t>
         </is>
       </c>
     </row>
-    <row r="14">
-      <c r="A14" t="inlineStr">
+    <row r="24">
+      <c r="A24" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa mts 810</t>
         </is>
       </c>
-      <c r="B14" t="inlineStr">
+      <c r="B24" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa mts 810</t>
         </is>
       </c>
-      <c r="C14" t="inlineStr">
+      <c r="C24" t="inlineStr">
         <is>
           <t xml:space="preserve">Dwukolumnowa, uniwersalna serwohydrauliczna maszyna wytrzymałościowa umożliwiająca prowadzenia jednoosiowych badań statycznych i zmęczeniowych pod kontrolą siły, przemieszczenia lub dowolnego czujnika analogowego używanego w trakcie badań (np. tensometru, ekstensometru, itp.).
 przykładowe zastosowanie:
 	wyznaczanie inżynierskich i rzeczywistych krzywych rozciągania,
 	wyznaczanie monotonicznych właściwości wytrzymałościowych materiałów,
 	statyczne badania w warunkach trójpunktowego lub czteropunktowego zginania,
 	badania zmęczeniowe materiałów prowadzone (krzywa wöhlera, krzywa coffina – mansona)
 	wyznaczanie cyklicznej krzywej odkształcenia,
 	wyznaczanie trwałości zmęczeniowej elementów konstrukcji oraz węzłów konstrukcyjnych przy dowolnych sekwencjach osiowych obciążeń,
 	badania rozwoju pęknięć zmęczeniowych w metalach inżynierskich oraz elementach konstrukcji,
 	wyznaczanie statycznych i dynamicznych charakterystyk elementów maszyn (w zakresie prędkości przemieszczenia do 150 mm/sek.)
 </t>
         </is>
       </c>
-      <c r="D14" t="inlineStr">
+      <c r="D24" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	badania statyczne: póby rozciągania, ściskania, zginania;
 	badania dynamiczne:
 	badania zmęczeniowe nisko- i wysokocyklowe,
 	badania propagacji pęknięć,
 	badania rozwoju pęknięć zmęczeniowych,
 	badania odporności na pękanie,
 	badania charakterystyk dynamicznych materiałów i konstrukcji.
 </t>
         </is>
       </c>
-      <c r="E14" t="inlineStr">
+      <c r="E24" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres obciążeń: +/- 100 kn;
 	zakres przemieszczeń siłownika: +/- 75 mm;
 	maksymalna prędkość testu: 150 mm/sek.;
 	prześwit pomiędzy szczękami mocującymi: 0 - 1000 mm,
 	średnica części chwytowej (próbki walcowe): 5.8-22.9 mm,
 	grubość części chwytowej (póbki płaskie): 0-19 mm,
 </t>
         </is>
       </c>
-      <c r="F14" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G14" t="inlineStr">
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr">
         <is>
           <t>Do ustalenia z osobą kontaktową</t>
         </is>
       </c>
-      <c r="H14" t="inlineStr">
+      <c r="H24" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I14" t="inlineStr">
+      <c r="I24" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J14" t="inlineStr">
+      <c r="J24" t="inlineStr">
         <is>
           <t>Zespół wytrzymałość materiałów i konstrukcji</t>
         </is>
       </c>
-      <c r="K14" t="inlineStr">
+      <c r="K24" t="inlineStr">
         <is>
           <t>Machniewicz Tomasz</t>
         </is>
       </c>
-      <c r="L14" t="inlineStr">
+      <c r="L24" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-machniewicz-5212.html</t>
         </is>
       </c>
-      <c r="M14" t="inlineStr">
+      <c r="M24" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N14" t="inlineStr">
+      <c r="N24" t="inlineStr">
         <is>
           <t>Badania dynamiczne, badania statyczne, badania zmęczeniowe, charakterystyki statyczne, mechanika pękania, propagacja pęknięć, właściwości mechaniczne, właściwości zmęczeniowe, wzrost pęknięć zmęczeniowych</t>
         </is>
       </c>
     </row>
-    <row r="15">
-      <c r="A15" t="inlineStr">
+    <row r="25">
+      <c r="A25" t="inlineStr">
         <is>
           <t>Wirtualne laboratorium komputerowe w.i.m.i r.</t>
         </is>
       </c>
-      <c r="B15" t="inlineStr">
+      <c r="B25" t="inlineStr">
         <is>
           <t>Wirtualne laboratorium komputerowe w.i.m.i r.</t>
         </is>
       </c>
-      <c r="C15" t="inlineStr">
+      <c r="C25" t="inlineStr">
         <is>
           <t>Wirtualne laboratorium komputerowe zostało opracowane i wdrożone w 2023r. na wydziale inżynierii mechanicznej i robotyki. wdrożone laboratorium umożliwia prowadzenie prac projektowych i realizację analiz numerycznych z zastosowanie klastra komputerowego składającego się z  3 serwerów opartych o procesory intel xeon (łącznie 96 rdzeni i 1,1tb ram) oraz 3 kart gpu nvidia ampere a40  48 gb .
 laboratorium umożliwia zdalne oraz hybrydowe prowadzenie zajęć na zainstalowanym oprogramowaniu zarówno z terenu uczelni jak również z dowolnego miejsca na świecie poprzez połączenie vpn. zasoby serwerów a co za tym idzie również laboratorium mogą być wykorzystane również do badań naukowych.</t>
         </is>
       </c>
-      <c r="D15" t="inlineStr">
+      <c r="D25" t="inlineStr">
         <is>
           <t>Aparatura przeznaczona do wspomagania procesów projektowania wykorzystujących cad/cae  jak również wysokowydajnych symulacji naukowych (hpc),</t>
         </is>
       </c>
-      <c r="E15" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G15" t="inlineStr">
+      <c r="E25" t="inlineStr"/>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki bada</t>
         </is>
       </c>
-      <c r="H15" t="inlineStr">
+      <c r="H25" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I15" t="inlineStr">
+      <c r="I25" t="inlineStr">
         <is>
           <t>Katedra robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="J15" t="inlineStr"/>
-      <c r="K15" t="inlineStr">
+      <c r="J25" t="inlineStr"/>
+      <c r="K25" t="inlineStr">
         <is>
           <t>Mańka Michał</t>
         </is>
       </c>
-      <c r="L15" t="inlineStr">
+      <c r="L25" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/michal-manka-7202.html</t>
         </is>
       </c>
-      <c r="M15" t="inlineStr">
+      <c r="M25" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N15" t="inlineStr">
+      <c r="N25" t="inlineStr">
         <is>
           <t>Cad, modelowanie, symulacje, wirtualizacja zasobów</t>
         </is>
       </c>
     </row>
-    <row r="16">
-      <c r="A16" t="inlineStr">
+    <row r="26">
+      <c r="A26" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa</t>
         </is>
       </c>
-      <c r="B16" t="inlineStr">
+      <c r="B26" t="inlineStr">
         <is>
           <t>Elektrodynamiczna maszyna wytrzymałościowa mts acumen® 3</t>
         </is>
       </c>
-      <c r="C16" t="inlineStr">
+      <c r="C26" t="inlineStr">
         <is>
           <t xml:space="preserve">Maszyna elektrodynamiczna  umożliwia testy rozciągania i ściskania oraz badania zmęczeniowe elementów maszyn oraz próbek metalowych, gumowych, piankowych, z tworzyw sztucznych oraz kompozytów z częstotliwością do 100 hz. możliwe sa również badania zjawisk udarowych. szerokość obszaru roboczego: 460 mm, głębokośc obszru roboczego: 501 mm, maksymalna wysokość obszaru roboczego: 819 mm
 maszyna wyposażona jest w 2 czujniki czujniki siły: 3kn oraz 250 n. czujnik 3kn posiada wbudowany akcelerometr. maszyna posiada stoliki do ściskania oraz uchwyty pneumatyczne do prób ściskania-rozciągania. uchwyty pneumatyczne posiadają kliny płaskie oraz kliny do próbek okrągłych.
  </t>
         </is>
       </c>
-      <c r="D16" t="inlineStr">
+      <c r="D26" t="inlineStr">
         <is>
           <t>Podstawowe własności: 
 -obciążenie dynamiczne max 3000 n 
 -obciążenie statyczne max 2000 n 
 -częstotliwość testu: ≤ 100 hz 
 -skok siłownika: 70 mm 
 -napęd elektrodynamiczny – 230v
 zastosowanie: biomateriały, metale, tworzywa sztuczne i kompozyty, elektronika, automotive, dma – dynamic mechanical analysis, elementy podatne, sprężyny</t>
         </is>
       </c>
-      <c r="E16" t="inlineStr">
+      <c r="E26" t="inlineStr">
         <is>
           <t>Maszyna umożliwia prowadzenie testów quasistatycznych i dynamicznych rozciągania i ściskania próbek płaskich lub okrągłych z przejściem przez zero. możliwe jest badanie cykliczne o zadanym przebiegu funkcji przemieszczenia trawersy w czasie: sinusoidalnie zmienne, o przebiegu prostokątnym, trapezowym, badanie z ustaloną amplitudą i zmienną częstotliwością (frequency sweep). możliwe jest równiez zadawanie przebiegu niestandardowego.</t>
         </is>
       </c>
-      <c r="F16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G16" t="inlineStr">
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H16" t="inlineStr">
+      <c r="H26" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I16" t="inlineStr">
+      <c r="I26" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J16" t="inlineStr">
+      <c r="J26" t="inlineStr">
         <is>
           <t>Zespół analiz i modelowania elastycznych elementów maszyn</t>
         </is>
       </c>
-      <c r="K16" t="inlineStr">
+      <c r="K26" t="inlineStr">
         <is>
           <t>Michalczyk Krzysztof</t>
         </is>
       </c>
-      <c r="L16" t="inlineStr">
+      <c r="L26" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-michalczyk-5854.html</t>
         </is>
       </c>
-      <c r="M16" t="inlineStr">
+      <c r="M26" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N16" t="inlineStr">
+      <c r="N26" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa, obciążenia udarowe, obciążenie cykliczne, próba rozciągania, próba ściskania, własności mechaniczne</t>
         </is>
       </c>
     </row>
-    <row r="17">
-      <c r="A17" t="inlineStr">
+    <row r="27">
+      <c r="A27" t="inlineStr">
         <is>
           <t>Platforma do badań mechanicznych właściwości powierzchni anton paar step 500</t>
         </is>
       </c>
-      <c r="B17" t="inlineStr">
+      <c r="B27" t="inlineStr">
         <is>
           <t>Platforma do badań mechanicznych właściwości powierzchni anton paar step 500</t>
         </is>
       </c>
-      <c r="C17" t="inlineStr">
+      <c r="C27" t="inlineStr">
         <is>
           <t>Platforma do badań mechanicznych właściwości powierzchni firmy anton paar model step 500 wyposażona jest:
 	głowicę nht3 (nano hardness tester);
 	głowicę mct3 (micro combi tester);
 	głowica optyczną zapewniająca powiększenie 5,20,50,100 krotne;
 	stół antywibracyjny, ruchomy w osiach x (215 mm), y (75 mm), z (30 mm).
 nanoindenter nht3 jest precyzyjnym urządzeniem przeznaczonym do wyznaczenia właściwości mechanicznych materiałów oraz cienkich warstw w skali nanometrycznej. nht3 spełnia wymagania normy astm-e2546 dotyczącej nanotwardościomierzy, natomiast moduł mct3 jest zgodny z nomami astm: c1624, e2546, g171 oraz iso: 14577, 20502, 27307.
 właściwości mikromechaniczne są wyznaczane na podstawie odkształcenia materiału w wyniku wgłębnikowania próbki wgłębnikiem, do którego przyłożone jest określone obciążenie. wartość siły obciążającej i głębokości penetracji ostrza wgłębnika są rejestrowane w sposób ciągły w czasie całego cyklu (obciążania i odciążania). na podstawie wykreślonej krzywej obciążenia vs. przemieszczenia są wyznaczane takie właściwości jak: twardość, moduł young’a, czas pełzania, odporność na kruche pękanie. stosując minimalne siły obciążające wgłębnik, możliwe jest wykonanie pomiaru na głębokościach kilkuset nanometrów, co jest szczególnie istotne podczas badania cienkich warstw, gdzie należy wyeliminować wpływ podłoża na wyznaczane właściwości. moduł mct umożliwia także wykonywanie testów zarysowania.
 platforma oferuje wysoką dokładność repozycji (&lt;1 µm) w całym zakresie odległości oraz synchronizację pozycji mikroskopu wideo z wgłębnikiem głowicy.</t>
         </is>
       </c>
-      <c r="D17" t="inlineStr">
+      <c r="D27" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie umożliwia m.in.:
 	wyznaczenie twardości i modułu younga miękkich, twardych, kruchych oraz ciągliwych (plastycznych) materiałów
 	wykonanie scratch-testu – testu zarysowania
 </t>
         </is>
       </c>
-      <c r="E17" t="inlineStr">
+      <c r="E27" t="inlineStr">
         <is>
           <t>Parametry nht:
 zakres siły obciążającej wgłębnik: 0,1 - 500 mn
 dokładność pomiaru penetracji: 0,01 nm
 dokładność pomiaru siły 0,5 μn
 dokładność pozycjonowania próbki: 1 μm
 parametry mct:
 zakres siły obciążającej wgłębnik: 0,05 - 30 n
 dokładność pomiaru penetracji: 0,03 nm
 dokładność pomiaru siły: 6 μn
 dokładność pozycjonowania próbki: 1 μm</t>
         </is>
       </c>
-      <c r="F17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G17" t="inlineStr">
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr">
         <is>
           <t>Po kontakcie z kierownikiem laboratorium</t>
         </is>
       </c>
-      <c r="H17" t="inlineStr">
+      <c r="H27" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I17" t="inlineStr">
+      <c r="I27" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J17" t="inlineStr">
+      <c r="J27" t="inlineStr">
         <is>
           <t>Laboratorium tribologii i inżynierii powierzchni</t>
         </is>
       </c>
-      <c r="K17" t="inlineStr">
+      <c r="K27" t="inlineStr">
         <is>
           <t>Drenda Cezary</t>
         </is>
       </c>
-      <c r="L17" t="inlineStr">
+      <c r="L27" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/cezary-drenda-9676.html</t>
         </is>
       </c>
-      <c r="M17" t="inlineStr">
+      <c r="M27" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N17" t="inlineStr">
+      <c r="N27" t="inlineStr">
         <is>
           <t>Adhezja, indentacje, inżynieria mechaniczna, inżynieria powierzchni, moduł younga, nanoindentacja, powłoki, scratch test, twardość, warstwa wierzchnia</t>
         </is>
       </c>
     </row>
-    <row r="18">
-      <c r="A18" t="inlineStr">
+    <row r="28">
+      <c r="A28" t="inlineStr">
         <is>
           <t>Tribometr do testów metodą pin/ball-on-disk model mft-2000 firmy rtec instruments</t>
         </is>
       </c>
-      <c r="B18" t="inlineStr">
+      <c r="B28" t="inlineStr">
         <is>
           <t>Tribometr mft-2000</t>
         </is>
       </c>
-      <c r="C18" t="inlineStr">
+      <c r="C28" t="inlineStr">
         <is>
           <t>Tribometr do testów metodą pin/ball-on-disk model mft-2000 firmy rtec instruments jest wielofunkcyjnym urządzeniem przeznaczonym do badania tarcia i zużycia w ruchu obrotowym różnych materiałów monolitycznych oraz cienkich i grubych warstw i powłok. badania mogą być prowadzone ze skojarzeniem typu trzpień-tarcza lub kula-tarcza w ślizgowym styku niesmarowanym (tarcie suche) lub smarowanym. za pomocą tego urządzenia można zbadać odporność na zużycie i współczynnik tarcia dowolnego skojarzenia materiałowego w zależności od prędkości poślizgu, obciążenia styku i innych parametrów np. środowiskowych. pomiary prowadzone w czasie rzeczywistym i z dużą precyzją: siły normalnej i stycznej (tarcia) w zakresie 0,05 ÷ 10 n z rozdzielczością 0,3 mn oraz głębokości wytarcia z rozdzielczością 0,1 µm. analiza toru zużycia powstałego po tarciu jest podstawą do opisu mechanizmu zużycia badanych materiałów. wyznaczone parametry i analiza zużycia pozwalają w pełni scharakteryzować właściwości tribologicznych testowanego skojarzenia materiałowego. tribometru mft-2000 wyposażony jest w dedykowaną komorę środowiskową do ruchu obrotowego z kontrolerem wilgotności. komora środowiskowa umożliwia prowadzenie badań tribologicznych w ustalonych warunkach temperatury i wilgotności w układzie zamkniętym w zakresie od 5 % do 95 %.
 system kontrolno-pomiarowy tribometru mft-2000 umożliwia wykonywanie testów z dużą dokładnością i stabilnością metrologiczną.</t>
         </is>
       </c>
-      <c r="D18" t="inlineStr">
+      <c r="D28" t="inlineStr">
         <is>
           <t>Komora środowiskowa do ruchu obrotowego z kontrolerem wilgotności do prowadzenia tarcia w kontrolowanych warunkach w zakresie od 5 % do 95 %,
 sygnał pomiarowy siły normalnej i siły stycznej rejestrowane w sposób ciągły w celu monitorowania tarcia w czasie rzeczywistym,
 układ do pomiaru siły obciążającej i siły tarcia zintegrowany z układem amortyzacji mechanicznej i kompensacją czułości pomiaru siły ze względu na zmiany temperatury.</t>
         </is>
       </c>
-      <c r="E18" t="inlineStr">
+      <c r="E28" t="inlineStr">
         <is>
           <t>Geometria styku:        trzpień-tarcza / kula-tarcza
 średnica trzpienia:     6  lub 8 mm
 średnica kuli:             6 lub 6,3 mm
 średnica tarczy:         do 50 mm 
 obciążenie:                0,05 ÷ 10 n
 prędkość obrotowa:   od 0,1 do 2500 obr/min</t>
         </is>
       </c>
-      <c r="F18" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G18" t="inlineStr">
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
         <is>
           <t>Po kontakcie z kierownikiem laboratorium</t>
         </is>
       </c>
-      <c r="H18" t="inlineStr">
+      <c r="H28" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I18" t="inlineStr">
+      <c r="I28" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J18" t="inlineStr">
+      <c r="J28" t="inlineStr">
         <is>
           <t>Laboratorium tribologii i inżynierii powierzchni</t>
         </is>
       </c>
-      <c r="K18" t="inlineStr">
+      <c r="K28" t="inlineStr">
         <is>
           <t>Drenda Cezary</t>
         </is>
       </c>
-      <c r="L18" t="inlineStr">
+      <c r="L28" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/cezary-drenda-9676.html</t>
         </is>
       </c>
-      <c r="M18" t="inlineStr">
+      <c r="M28" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N18" t="inlineStr">
+      <c r="N28" t="inlineStr">
         <is>
           <t>Adhezja, inżynieria mechaniczna, inżynieria powierzchni, powłoki, tribologia, tribotesty, warstwa wierzchnia</t>
         </is>
       </c>
     </row>
-    <row r="19">
-      <c r="A19" t="inlineStr">
+    <row r="29">
+      <c r="A29" t="inlineStr">
         <is>
           <t>Wielofunkcyjny robot do prasy hydraulicznej 500t</t>
         </is>
       </c>
-      <c r="B19" t="inlineStr">
+      <c r="B29" t="inlineStr">
         <is>
           <t>Wielofunkcyjny robot do prasy hydraulicznej 500t</t>
         </is>
       </c>
-      <c r="C19" t="inlineStr">
+      <c r="C29" t="inlineStr">
         <is>
           <t>1. robot przemysłowy – kawasaki rs030n
 • maksymalny udźwig: 30 kg
 • liczba osi swobody: 6
 • maksymalny zasięg: 2100 mm
 • masa robota (ramię): 555 kg
 • powtarzalności: ≤ ±0.03mm , (±0.06 mm z powierzchnią flanszy kiści -z godnie z normą iso 9283)
 • prędkość na kolejnych osiach robota [°/s]: jt1=180, jt2=180, jt3=185, jt4=260, jt5=260, jt6=360
 • zakres ruchu robota na kolejnych osiach [°]: jt1=±180, jt2=+140 ÷ -105, jt3=+135 ÷ - 155, jt4=±360, jt5=±145, jt6=±360.
 • wbudowana instalacja pneumatyczna
 • stopień ochrony: kiść robota: ip67, ramie robota: ip65
 • ręczny programator robota
 • kontroler robota (wbudowane 2 porty ethernet (z obsługą protokołów tcp i udp) oraz rs232, 32 wejściowe sygnały cyfrowe, 32 wyjściowe sygnały cyfrowe, możliwość dołączenia 3 osi zewnętrznych, funkcja wykrywania kolizji, wbudowany web serwer, port usb, programowanie przy użyciu ręcznego programatora oraz języka strukturalnego z poziomu komputera pc.
 2. chwytak do kucia na gorąco umożliwiający pracę z detalami
 • wykonanymi z różnych materiałów
 • rozgrzanymi do temperatury 1200 stopni celsjusza
 • o masie do 10 kilogramów
 • o maksymalnej długości 500 mm
 3. funkcjonalność nadążania robota za siłą zewnętrzną – licencja soft absorber
 • możliwy złożony ruch robota, będący relacją między siłą zewnętrzną, a siłą napędową robota, co umożliwia zaprogramowanie robota w sposób, w którym jego ruch uzależniony jest całkowicie od działającej siły we wszystkich osiach robota
 4. system bezpieczeństwa stanowiska zrobotyzowanego
 • system bezpieczeństwa oparty o sterownik bezpieczeństwa safety plc</t>
         </is>
       </c>
-      <c r="D19" t="inlineStr">
+      <c r="D29" t="inlineStr">
         <is>
           <t>Badanie zachowania się i obciążenia narzędzi stosowanych do procesów przeróbki plastycznej, analiza zrobotyzowanych procesów kucia matrycowego, badania obciążenia i optymalizacji ruchu manipulatorów do kucia swobodnego, badania związane z programowaniem robotów dedykowanych do procesów przeróbki plastycznej</t>
         </is>
       </c>
-      <c r="E19" t="inlineStr">
+      <c r="E29" t="inlineStr">
         <is>
           <t>Pomiar prędkości ruchu i położenia narzędzi stosowanych do procesów przeróbki plastycznej, pomiar siły nacisku narzędzi i przemieszczeń zachodzących podczas odkształcania, pomiar obciążenia manipulatorów kuźniczych,  pomiar i optymalizacja ruchu robota podaczas kucia wielowykrojowego</t>
         </is>
       </c>
-      <c r="F19" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G19" t="inlineStr">
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych</t>
         </is>
       </c>
-      <c r="H19" t="inlineStr">
+      <c r="H29" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I19" t="inlineStr">
+      <c r="I29" t="inlineStr">
         <is>
           <t>Katedra plastycznej przeróbki metali i metalurgii ekstrakcyjnej</t>
         </is>
       </c>
-      <c r="J19" t="inlineStr">
+      <c r="J29" t="inlineStr">
         <is>
           <t>Smart manufacturing - stanowisko robotyzacji i cyfryzacji procesów wytwarzania</t>
         </is>
       </c>
-      <c r="K19" t="inlineStr">
+      <c r="K29" t="inlineStr">
         <is>
           <t>Lisiecki Łukasz</t>
         </is>
       </c>
-      <c r="L19" t="inlineStr">
+      <c r="L29" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-lisiecki-8274.html</t>
         </is>
       </c>
-      <c r="M19" t="inlineStr">
+      <c r="M29" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N19" t="inlineStr">
+      <c r="N29" t="inlineStr">
         <is>
           <t>Automatyzacja, cyfryzacja, przemysł 4.0, przeróbka plastyczna, robotyzacja</t>
         </is>
       </c>
     </row>
-    <row r="20">
-      <c r="A20" t="inlineStr">
+    <row r="30">
+      <c r="A30" t="inlineStr">
         <is>
           <t>Skaner 3d - gom2</t>
         </is>
       </c>
-      <c r="B20" t="inlineStr">
+      <c r="B30" t="inlineStr">
         <is>
           <t>System pomiarowy gom scan 1 200</t>
         </is>
       </c>
-      <c r="C20" t="inlineStr">
+      <c r="C30" t="inlineStr">
         <is>
           <t>Skaner bezstykowy gom scan 1 to zaawansowane urządzenie oparte na technologii niebieskiego światła oraz projekcji prążków gom stosowane w inżynierii odwrotnej do cyfryzacji analizowanych wyrobów i obiektów. gom scan 1 jest wyposażony w zaawansowaną technologie blue light od firmy gom i działa na zasadzie kamery stereoskopowej co zapewnia wysoką precyzję pozyskiwania danych 3d.</t>
         </is>
       </c>
-      <c r="D20" t="inlineStr">
+      <c r="D30" t="inlineStr">
         <is>
           <t>Skanowanie obiektów 3d. przetwarzanie i analiza danych ze skanera. inżynieria odwrotna. szybkie prototypowanie. przygotowanie do komputerowego wspomagania projektowania technologii. przeprowadzanie kontroli jakości skanowanej części.</t>
         </is>
       </c>
-      <c r="E20" t="inlineStr">
+      <c r="E30" t="inlineStr">
         <is>
           <t>Rozdzielczość kamer: 6 mpx błąd pomiarowy: 0.003 mm obszar pomiarowy: 200 x 125mm. możliwość łączenia wielu obszarów pomiarowych w jeden obiekt. odległość od miejsca pomiaru: 450mm źródło światła: led oprogramowanie do obróbki skanów: inspect suite temperatura pracy: -20 do 55°c</t>
         </is>
       </c>
-      <c r="F20" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G20" t="inlineStr">
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr">
         <is>
           <t>Udostępnianie infrastruktury wyłącznie za pośrednictwem upoważnionego pracownika katedry informatyki stosowanej i modelowania. zlecenie/ umowa/inna forma współpracy po uzgodnieniu.</t>
         </is>
       </c>
-      <c r="H20" t="inlineStr">
+      <c r="H30" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I20" t="inlineStr">
+      <c r="I30" t="inlineStr">
         <is>
           <t>Katedra informatyki stosowanej i modelowania</t>
         </is>
       </c>
-      <c r="J20" t="inlineStr">
+      <c r="J30" t="inlineStr">
         <is>
           <t>Grupa badawcza cyfryzacji przemysłu i modelowania wieloskalowego (digitaris) / laboratorium inżynierii odwrotnej i wirtualnej rzeczywistości</t>
         </is>
       </c>
-      <c r="K20" t="inlineStr">
+      <c r="K30" t="inlineStr">
         <is>
           <t>Perzyński Konrad</t>
         </is>
       </c>
-      <c r="L20" t="inlineStr">
+      <c r="L30" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/konrad-perzynski-7420.html</t>
         </is>
       </c>
-      <c r="M20" t="inlineStr">
+      <c r="M30" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N20" t="inlineStr">
+      <c r="N30" t="inlineStr">
         <is>
           <t>Inżynieria odwrotna, profil powierzchni, skaning laserowy 3d</t>
         </is>
       </c>
     </row>
-    <row r="21">
-      <c r="A21" t="inlineStr">
+    <row r="31">
+      <c r="A31" t="inlineStr">
         <is>
           <t>Analizator sygnału i widma rohde&amp;schwarz fsw85</t>
         </is>
       </c>
-      <c r="B21" t="inlineStr">
+      <c r="B31" t="inlineStr">
         <is>
           <t>Analizator widma fsw85</t>
         </is>
       </c>
-      <c r="C21" t="inlineStr">
+      <c r="C31" t="inlineStr">
         <is>
           <t>Wysokowydajny analizator sygnału i widma r&amp;s;®fsw pozwala inżynierom wykonanie nawet najbardziej wymagających zadań. charakteryzuje się szerokim pasmem pracy, które umożliwia charakteryzację szerokopasmowych komponentów i systemów komunikacyjnych. więcej informacji: https://www.rohde-schwarz.com/ca/product/fsw-productstartpage_63493-11793.html</t>
         </is>
       </c>
-      <c r="D21" t="inlineStr">
+      <c r="D31" t="inlineStr">
         <is>
           <t>Analiza widma częstotliwościowego</t>
         </is>
       </c>
-      <c r="E21" t="inlineStr">
+      <c r="E31" t="inlineStr">
         <is>
           <t>Zakres częstotliwości: 2hz - 85 ghz, szum fazowy &lt; -136 dbc, max analizowane pasmo: 8312 mhz</t>
         </is>
       </c>
-      <c r="F21" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G21" t="inlineStr">
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr">
         <is>
           <t>Do uzgodnienia z kierownikiem zespołu tmiewc</t>
         </is>
       </c>
-      <c r="H21" t="inlineStr">
+      <c r="H31" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I21" t="inlineStr">
+      <c r="I31" t="inlineStr">
         <is>
           <t>Wydział informatyki, elektroniki i telekomunikacji</t>
         </is>
       </c>
-      <c r="J21" t="inlineStr">
+      <c r="J31" t="inlineStr">
         <is>
           <t>Zespół techniki mikrofalowej i elektroniki wielkiej częstotliwości</t>
         </is>
       </c>
-      <c r="K21" t="inlineStr">
+      <c r="K31" t="inlineStr">
         <is>
           <t>Piekarz Ilona</t>
         </is>
       </c>
-      <c r="L21" t="inlineStr">
+      <c r="L31" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ilona-kinga-piekarz-8771.html</t>
         </is>
       </c>
-      <c r="M21" t="inlineStr">
+      <c r="M31" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N21" t="inlineStr">
+      <c r="N31" t="inlineStr">
         <is>
           <t>Analizator sygnału, analizator widma, pomiary mikrofalowe</t>
         </is>
       </c>
     </row>
-    <row r="22">
-      <c r="A22" t="inlineStr">
+    <row r="32">
+      <c r="A32" t="inlineStr">
         <is>
           <t>Wektorowy generator sygnału rohde &amp; schwarz smw100a</t>
         </is>
       </c>
-      <c r="B22" t="inlineStr">
+      <c r="B32" t="inlineStr">
         <is>
           <t>Wektorowe źródło sygnałów mikrofalowych z programowalnym modułem modulacji</t>
         </is>
       </c>
-      <c r="C22" t="inlineStr">
+      <c r="C32" t="inlineStr">
         <is>
           <t>Wektorowy generator sygnału odpowiedni do większości nawet najbardziej wymagających zastosowań. urządzenie charakteryzuje się bardzo dobrą charakterystyką rf w zakresie częstotliwości 1oo khz do 44 ghz. więcej informacji: https://www.rohde-schwarz.com/no/product/smf100a-productstartpage_63493-8447.html</t>
         </is>
       </c>
-      <c r="D22" t="inlineStr">
+      <c r="D32" t="inlineStr">
         <is>
           <t>Generacja sygnałów wektorowych</t>
         </is>
       </c>
-      <c r="E22" t="inlineStr">
+      <c r="E32" t="inlineStr">
         <is>
           <t>Zakres częstotliwości 100 khz - 44 ghz, pasmo modulacji rf do 1ghz</t>
         </is>
       </c>
-      <c r="F22" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G22" t="inlineStr">
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr">
         <is>
           <t>Do uzgodnienia z kierownikiem zespołu tmiewc</t>
         </is>
       </c>
-      <c r="H22" t="inlineStr">
+      <c r="H32" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I22" t="inlineStr">
+      <c r="I32" t="inlineStr">
         <is>
           <t>Wydział informatyki, elektroniki i telekomunikacji</t>
         </is>
       </c>
-      <c r="J22" t="inlineStr">
+      <c r="J32" t="inlineStr">
         <is>
           <t>Zespół techniki mikrofalowej i elektroniki wielkiej częstotliwości</t>
         </is>
       </c>
-      <c r="K22" t="inlineStr">
+      <c r="K32" t="inlineStr">
         <is>
           <t>Piekarz Ilona</t>
         </is>
       </c>
-      <c r="L22" t="inlineStr">
+      <c r="L32" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ilona-kinga-piekarz-8771.html</t>
         </is>
       </c>
-      <c r="M22" t="inlineStr">
+      <c r="M32" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N22" t="inlineStr">
+      <c r="N32" t="inlineStr">
         <is>
           <t>Cyfrowa modulacja, generator sygnału, sygnały zespolone</t>
         </is>
       </c>
     </row>
-    <row r="23">
-      <c r="A23" t="inlineStr">
+    <row r="33">
+      <c r="A33" t="inlineStr">
         <is>
           <t>Stanowisko do badania administracyjnych systemów dynamicznego ważenia pojazdów</t>
         </is>
       </c>
-      <c r="B23" t="inlineStr">
+      <c r="B33" t="inlineStr">
         <is>
           <t>Stanowisko do badania administracyjnych systemów dynamicznego ważenia pojazdów</t>
         </is>
       </c>
-      <c r="C23" t="inlineStr">
+      <c r="C33" t="inlineStr">
         <is>
           <t>Stanowisko składa się z dwóch podsystemów:
 - kompleksowy system pomiarowy (waga dynamiczna wolnoprzejazdowa ls-wim  - 1 szt.,  system wim z czujnikami płytowymi  - 1 szt., stacja meteo - 1 szt.),
 - system wim z czujnikami kwarcowymi – 1 szt.</t>
         </is>
       </c>
-      <c r="D23" t="inlineStr">
+      <c r="D33" t="inlineStr">
         <is>
           <t>Zbudowana infrastruktura będzie wykorzystywana przede wszystkim w badaniach. ich celem jest określenie wpływu czynników środowiskowych na dokładność systemów wim wyposażonych w czujniki nacisku wykonane w różnych technologiach, testowanie nowych metod kalibracji systemów wim oraz testowanie różnych algorytmów zwiększających odporność systemów wim na zmieniające się warunki ich eksploatacji oraz zmiany prędkości ważonych pojazdów.</t>
         </is>
       </c>
-      <c r="E23" t="inlineStr">
+      <c r="E33" t="inlineStr">
         <is>
           <t>Możliwe są następujące pomiary:
 -analiza struktury i natężenia ruchu pojazdów,
 -pomiar podstawowych parametrów ruchu drogowego,
 -ważenie dynamiczne pojazdów (masa całkowita, nacisk statyczny osi),
 -badanie czynników środowiskowych (temp. powietrza, nawierzchni, drogi, prędkość i kierunek wiatru, opad atmosf., oblodzenie) na błędy ważenia pojazdów z podziałem na dwie technologie wykonania czujników nacisku.</t>
         </is>
       </c>
-      <c r="F23" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G23" t="inlineStr">
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr">
         <is>
           <t>Stanowisko może być udostępnione w miejscu zainstalowania, po uzgodnieniu programu badań z opiekunami stanowiska. 
 warunki materialne są negocjowane indywidualnie.</t>
         </is>
       </c>
-      <c r="H23" t="inlineStr">
+      <c r="H33" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I23" t="inlineStr">
+      <c r="I33" t="inlineStr">
         <is>
           <t>Katedra metrologii i elektroniki</t>
         </is>
       </c>
-      <c r="J23" t="inlineStr">
+      <c r="J33" t="inlineStr">
         <is>
           <t>Prof. janusz gajda, dr hab. inż. ryszard sroka prof. uczelni, dr hab. inż. piotr burnos prof. uczelni</t>
         </is>
       </c>
-      <c r="K23" t="inlineStr">
+      <c r="K33" t="inlineStr">
         <is>
           <t>Gajda Janusz</t>
         </is>
       </c>
-      <c r="L23" t="inlineStr">
+      <c r="L33" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/janusz-gajda-806.html</t>
         </is>
       </c>
-      <c r="M23" t="inlineStr">
+      <c r="M33" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N23" t="inlineStr">
+      <c r="N33" t="inlineStr">
         <is>
           <t>Czujniki nacisku</t>
         </is>
       </c>
     </row>
-    <row r="24">
-      <c r="A24" t="inlineStr">
+    <row r="34">
+      <c r="A34" t="inlineStr">
         <is>
           <t>Stanowisko do wytwarzania i badań in situ nanostruktur sensorowych</t>
         </is>
       </c>
-      <c r="B24" t="inlineStr">
+      <c r="B34" t="inlineStr">
         <is>
           <t>Stanowisko do wytwarzania i badań in situ nanostruktur sensorowych</t>
         </is>
       </c>
-      <c r="C24" t="inlineStr">
+      <c r="C34" t="inlineStr">
         <is>
           <t>Technologiczno-pomiarowe stanowisko składające się z 5 niezależnych komór spełniających standardy ultra-wysokiej próżni (uhv) firmy prevac</t>
         </is>
       </c>
-      <c r="D24" t="inlineStr">
+      <c r="D34" t="inlineStr">
         <is>
           <t xml:space="preserve">Nanoszenie cienkich warstw metodą reaktywnego rozpylania magnetronowego </t>
         </is>
       </c>
-      <c r="E24" t="inlineStr">
+      <c r="E34" t="inlineStr">
         <is>
           <t xml:space="preserve">Pomiary in-situ metodą sondy kelvina i rezystancyjnej sondy czteropunktowej </t>
         </is>
       </c>
-      <c r="F24" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G24" t="inlineStr">
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr">
         <is>
           <t>Do uzgodnienia z kierownikiem laboratorium zlns</t>
         </is>
       </c>
-      <c r="H24" t="inlineStr">
+      <c r="H34" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I24" t="inlineStr">
+      <c r="I34" t="inlineStr">
         <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
-      <c r="J24" t="inlineStr">
+      <c r="J34" t="inlineStr">
         <is>
           <t>Zintegrowane laboratorium nanostruktur sensorowych, http://www.zlns.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K24" t="inlineStr">
+      <c r="K34" t="inlineStr">
         <is>
           <t>Zakrzewska Katarzyna</t>
         </is>
       </c>
-      <c r="L24" t="inlineStr">
+      <c r="L34" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-zakrzewska-3844.html</t>
         </is>
       </c>
-      <c r="M24" t="inlineStr">
+      <c r="M34" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N24" t="inlineStr">
+      <c r="N34" t="inlineStr">
         <is>
           <t>Cienkie warstwy, rezystancyjna sonda, rozpylanie magnetronowe, sonda kelvina</t>
         </is>
       </c>
     </row>
-    <row r="25">
-      <c r="A25" t="inlineStr">
+    <row r="35">
+      <c r="A35" t="inlineStr">
         <is>
           <t>Oscyloskop 8 kanałowy 2,5 ghz</t>
         </is>
       </c>
-      <c r="B25" t="inlineStr">
+      <c r="B35" t="inlineStr">
         <is>
           <t>Tektronix mso68b 6-bw-2500 oscyloskop</t>
         </is>
       </c>
-      <c r="C25" t="inlineStr">
+      <c r="C35" t="inlineStr">
         <is>
           <t>- 8 kanałów analogowych, szerokość pasma w każdym z kanałów: 2,5 ghz - natywna rozdzielczość przetwornika w pracy real-time: 12 bitów - rozdzielczość przetwornika min. 12 bitów przy włączonych min. 4 kanałach pomiarowych i paśmie pracy 2,5 ghz - rozdzielczość przetwornika min. 12 bitów przy włączonych wszystkich kanałach pomiarowych i paśmie pracy 2 ghz - częstotliwość próbkowania 50 gs/s przy włączonych 2 kanałach analogowych i 8 bitowym przetwarzaniu - częstotliwość próbkowania 12,5 gs/s przy włączonych wszystkich kanałach analogowych i 8 bitowym przetwarzaniu - długość rekordu pamięci w każdym kanale przy pracy równoczesnej wszystkich kanałów: 62,5m punktów z (w każdym kanale) - dostępna szybkość przechwytywania przebiegów 500 000 przebiegów/s - analiza widma z niezależnymi nastawami w dziedzinie częstotliwości i czasu, umożliwiająca jednoczesne wyświetlenie analizy w dziedzinie czasu i częstotliwości dla wszystkich kanałów analogowych z zachowaną korelacją czasową - wbudowane interfejsy komunikacyjne przynajmniej 3x usb 3.0 host, usb 3.0 device, lan (10/100/1000 base-t ethernet; zgodny z lxi), display port, dvi-i, vga - przekątna ekranu: 15,6" - rozdzielczość ekranu: full hd (1920 x 1080)</t>
         </is>
       </c>
-      <c r="D25" t="inlineStr">
+      <c r="D35" t="inlineStr">
         <is>
           <t>Pomiary, analiza, obrazowanie sygnałów elektrycznych.</t>
         </is>
       </c>
-      <c r="E25" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G25" t="inlineStr">
+      <c r="E35" t="inlineStr"/>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr">
         <is>
           <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
         </is>
       </c>
-      <c r="H25" t="inlineStr">
+      <c r="H35" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I25" t="inlineStr">
+      <c r="I35" t="inlineStr">
         <is>
           <t>Katedra energoelektroniki i automatyki systemów przetwarzania energii</t>
         </is>
       </c>
-      <c r="J25" t="inlineStr">
+      <c r="J35" t="inlineStr">
         <is>
           <t>Ilb interdyscyplinarne laboratorium badawcze</t>
         </is>
       </c>
-      <c r="K25" t="inlineStr">
+      <c r="K35" t="inlineStr">
         <is>
           <t>Penczek Adam</t>
         </is>
       </c>
-      <c r="L25" t="inlineStr">
+      <c r="L35" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
         </is>
       </c>
-      <c r="M25" t="inlineStr">
+      <c r="M35" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N25" t="inlineStr">
+      <c r="N35" t="inlineStr">
         <is>
           <t>Analiza fft, częstotliwość próbkowania, oscyloskop cyfrowy, pasmo analogowe</t>
         </is>
       </c>
     </row>
-    <row r="26">
-      <c r="A26" t="inlineStr">
+    <row r="36">
+      <c r="A36" t="inlineStr">
         <is>
           <t>System szybkiego prototypowania sterowania</t>
         </is>
       </c>
-      <c r="B26" t="inlineStr">
+      <c r="B36" t="inlineStr">
         <is>
           <t>System szybkiego prototypowania sterowania  b-box 3.0</t>
         </is>
       </c>
-      <c r="C26" t="inlineStr">
+      <c r="C36" t="inlineStr">
         <is>
           <t>Kontroler do szybkiego prototypowania dsp+fpga dla energoelektroniki
 system on chip:        xilinx zynq xc7z030-3fbg676e  dsp / processing: 2x arm cortex a9 1ghz 1gb ddr3 fpga:            xilinx kintex 7 125k (programowalny przez użytkownika); xilinx artix 7 35t (pomocniczy) wejścia analogowe:        16x 16 bitów @ 500ksps, próbkowanie symultaniczne, programowalny front-end full-differential wyjścia pwm:        16x optyczne; 32x elektryczne (3.3v) high-speed i/os użytkownika:    36x elektryczne (3.3v) wyjścia cyfrowe:    16x elektryczne (3.3v/5.0v) wejścia cyfrowe:        16x elektryczne (3.3v/5.0v)     wejścia błędów:        16x elektryczne (3,3v); 1x blokada elektryczna; 1x blokada optyczna.     wejścia dekodera przyrostowego:    4x 3-pinowe (a,b,z) (współdzielone z wejściami gpi)     komunikacja:        1x can; 1x ethernet 1 gbps; 3x sfp+ 5gbps (realsync)</t>
         </is>
       </c>
-      <c r="D26" t="inlineStr">
+      <c r="D36" t="inlineStr">
         <is>
           <t>B-box jest systemem szybkiego prototypowania sterowania (rcp) dla aplikacji energoelektronicznych. ułatwia on eksperymentalną walidację sterowania przekształtników mocy.
 system jest w pełni programowalny, w tym zarówno jego procesor dsp, jak i fpga, dzięki czemu nawet najbardziej zaawansowane algorytmy sterowania mogą być skutecznie testowane w środowisku laboratoryjnym. sterownik rcp wspiera również monitorowanie i debugowanie w czasie rzeczywistym.</t>
         </is>
       </c>
-      <c r="E26" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G26" t="inlineStr">
+      <c r="E36" t="inlineStr"/>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr">
         <is>
           <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
         </is>
       </c>
-      <c r="H26" t="inlineStr">
+      <c r="H36" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I26" t="inlineStr">
+      <c r="I36" t="inlineStr">
         <is>
           <t>Katedra energoelektroniki i automatyki systemów przetwarzania energii</t>
         </is>
       </c>
-      <c r="J26" t="inlineStr">
+      <c r="J36" t="inlineStr">
         <is>
           <t>Ilb interdyscyplinarne laboratorium badawcze</t>
         </is>
       </c>
-      <c r="K26" t="inlineStr">
+      <c r="K36" t="inlineStr">
         <is>
           <t>Penczek Adam</t>
         </is>
       </c>
-      <c r="L26" t="inlineStr">
+      <c r="L36" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
         </is>
       </c>
-      <c r="M26" t="inlineStr">
+      <c r="M36" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N26" t="inlineStr">
+      <c r="N36" t="inlineStr">
         <is>
           <t>Matlab, systemszybkiegoprototypowania</t>
         </is>
       </c>
     </row>
-    <row r="27">
-      <c r="A27" t="inlineStr">
+    <row r="37">
+      <c r="A37" t="inlineStr">
         <is>
           <t>System do trawienia i nanoszenia warstw z wyposażeniem</t>
         </is>
       </c>
-      <c r="B27" t="inlineStr">
+      <c r="B37" t="inlineStr">
         <is>
           <t>System do trawienia i nanoszenia warstw z wyposażeniem</t>
         </is>
       </c>
-      <c r="C27" t="inlineStr">
+      <c r="C37" t="inlineStr">
         <is>
           <t>Komora próżniowa z magnetronami dc i rf oraz źródłem jonów kdc40</t>
         </is>
       </c>
-      <c r="D27" t="inlineStr">
+      <c r="D37" t="inlineStr">
         <is>
           <t>Nanoszenie cienkich warstw metalicznych i dielektrycznych. trawienie jonowe warstw metalicznych i dielektrycznych</t>
         </is>
       </c>
-      <c r="E27" t="inlineStr">
+      <c r="E37" t="inlineStr">
         <is>
           <t>Brak</t>
         </is>
       </c>
-      <c r="F27" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G27" t="inlineStr">
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr">
         <is>
           <t>Ustalane indywidualnie</t>
         </is>
       </c>
-      <c r="H27" t="inlineStr">
+      <c r="H37" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I27" t="inlineStr">
+      <c r="I37" t="inlineStr">
         <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
-      <c r="J27" t="inlineStr">
+      <c r="J37" t="inlineStr">
         <is>
           <t>Laboratorium z-11/piotr wiśniowski pwis@agh.edu.pl; bartłomiej szafraniak szafrani@agh.edu.pl, łukasz fuśnik lfusnik@agh.edu.pl</t>
         </is>
       </c>
-      <c r="K27" t="inlineStr">
+      <c r="K37" t="inlineStr">
         <is>
           <t>Wiśniowski Piotr</t>
         </is>
       </c>
-      <c r="L27" t="inlineStr">
+      <c r="L37" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/piotr-wisniowski-6550.html</t>
         </is>
       </c>
-      <c r="M27" t="inlineStr">
+      <c r="M37" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N27" t="inlineStr">
+      <c r="N37" t="inlineStr">
         <is>
           <t>Nanoszenie cienkich warstw, trawienie cienkich warstw</t>
         </is>
       </c>
     </row>
-    <row r="28">
-      <c r="A28" t="inlineStr">
+    <row r="38">
+      <c r="A38" t="inlineStr">
         <is>
           <t>Edometry</t>
         </is>
       </c>
-      <c r="B28" t="inlineStr">
+      <c r="B38" t="inlineStr">
         <is>
           <t>Zestaw edometrów firmy controls</t>
         </is>
       </c>
-      <c r="C28" t="inlineStr">
+      <c r="C38" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie służy do określenia edometrycznych modułów ściśliwości gruntu w zakresie obciążeń od 12,5 kpa do 1600 kpa. </t>
         </is>
       </c>
-      <c r="D28" t="inlineStr">
+      <c r="D38" t="inlineStr">
         <is>
           <t>Urządzenie służy do określenia edometrycznych modułów ściśliwości gruntu, na podstawie których można obliczyć wielkość osiadania podłoża gruntowego pod wpływem obciążenia (obciążenia pod fundamentem, nasypem itp.). aparat pozwala także na określenie parametrów pęcznienia gruntu. istnieje też możliwość określenia współczynnika filtracji przy zmiennym gradiencie hydraulicznym dla różnych obciążeń.</t>
         </is>
       </c>
-      <c r="E28" t="inlineStr">
+      <c r="E38" t="inlineStr">
         <is>
           <t>Możliwość stałego monitorowania pionowych odkształceń w trakcie wykonywania badania z dokładnością do 0,001 mm i parametrów konsolidacji gruntów.</t>
         </is>
       </c>
-      <c r="F28" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G28" t="inlineStr">
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G38" t="inlineStr">
         <is>
           <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
         </is>
       </c>
-      <c r="H28" t="inlineStr">
+      <c r="H38" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I28" t="inlineStr">
+      <c r="I38" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J28" t="inlineStr">
+      <c r="J38" t="inlineStr">
         <is>
           <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
         </is>
       </c>
-      <c r="K28" t="inlineStr">
+      <c r="K38" t="inlineStr">
         <is>
           <t>Rembiś Marek</t>
         </is>
       </c>
-      <c r="L28" t="inlineStr">
+      <c r="L38" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
         </is>
       </c>
-      <c r="M28" t="inlineStr">
+      <c r="M38" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N28" t="inlineStr">
+      <c r="N38" t="inlineStr">
         <is>
           <t>Edometr, grunty, odkształcenie</t>
         </is>
       </c>
     </row>
-    <row r="29">
-      <c r="A29" t="inlineStr">
+    <row r="39">
+      <c r="A39" t="inlineStr">
         <is>
           <t>Aparat bezpośredniego ścinania (aparat ab)</t>
         </is>
       </c>
-      <c r="B29" t="inlineStr">
+      <c r="B39" t="inlineStr">
         <is>
           <t>Automatyczny aparat bezpośredniego ścinania firmy controls</t>
         </is>
       </c>
-      <c r="C29" t="inlineStr">
+      <c r="C39" t="inlineStr">
         <is>
           <t>Urządzenie umożliwia: (1) automatyczne wykonywanie zaprogramowanych etapów konsolidacji, (2) ustawienie różnych prędkości (od 0,00001 do 11,0 mm/min) oraz kierunków dla każdego z cykli w teście ścinania. maksymalne pionowe obciążenie na próbkę: 8 kn. maksymalna siła horyzontalna: 5 kn.</t>
         </is>
       </c>
-      <c r="D29" t="inlineStr">
+      <c r="D39" t="inlineStr">
         <is>
           <t>Aparat skrzynkowy pozwala na wyznaczenie parametrów wytrzymałości na ścinanie dla naprężeń całkowitych i/lub efektywnych dla gruntów. urządzenie umożliwia wykonanie badań zgodnie z pn-en iso 17892-10:2019-01.</t>
         </is>
       </c>
-      <c r="E29" t="inlineStr">
+      <c r="E39" t="inlineStr">
         <is>
           <t>Aparatu sterowany jest mikroprocesorem. wyposażony jest w silnik krokowy o wysokiej precyzji. umożliwia oznaczenie parametrów wytrzymałościowych dla gruntów spoistych oraz sypkich, w tym także specjalnych badań wytrzymałości na ścinanie m.in. wytrzymałości rezydualnej i rezydualnej po zawodnieniu, które mogą być wykorzystywane do określania stateczności osuwisk.</t>
         </is>
       </c>
-      <c r="F29" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G29" t="inlineStr">
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr">
         <is>
           <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
         </is>
       </c>
-      <c r="H29" t="inlineStr">
+      <c r="H39" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I29" t="inlineStr">
+      <c r="I39" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J29" t="inlineStr">
+      <c r="J39" t="inlineStr">
         <is>
           <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
         </is>
       </c>
-      <c r="K29" t="inlineStr">
+      <c r="K39" t="inlineStr">
         <is>
           <t>Rembiś Marek</t>
         </is>
       </c>
-      <c r="L29" t="inlineStr">
+      <c r="L39" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
         </is>
       </c>
-      <c r="M29" t="inlineStr">
+      <c r="M39" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N29" t="inlineStr">
+      <c r="N39" t="inlineStr">
         <is>
           <t>Aparat ab, grunty, parametry wytrzymałościowe</t>
         </is>
       </c>
     </row>
-    <row r="30">
-      <c r="A30" t="inlineStr">
+    <row r="40">
+      <c r="A40" t="inlineStr">
         <is>
           <t>Aparat proctora</t>
         </is>
       </c>
-      <c r="B30" t="inlineStr">
+      <c r="B40" t="inlineStr">
         <is>
           <t>Automatyczny ubijak proctora firmy multiserw morek</t>
         </is>
       </c>
-      <c r="C30" t="inlineStr">
+      <c r="C40" t="inlineStr">
         <is>
           <t>Aparat wyposażony w 2 formy pomiarowe o średnicy 100 mm i 150 mm.</t>
         </is>
       </c>
-      <c r="D30" t="inlineStr">
+      <c r="D40" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie umożliwia: (a) oznaczanie wilgotności optymalnej, tj. ilości wody potrzebnej do największego zagęszczenia gruntu (b) oznaczanie maksymalnego ciężaru objętościowego szkieletu gruntowego wg pn-en 13286-1:2022-04 i pn-en 13286-2:2010 metodą normalną i zmodyfikowaną, (c) zagęszczanie próbek do badań cbr. </t>
         </is>
       </c>
-      <c r="E30" t="inlineStr">
+      <c r="E40" t="inlineStr">
         <is>
           <t xml:space="preserve">Badania aparatem wykonuje się przy zagęszczeniu gruntów pod budowę lotnisk, nawierzchni drogowych, kolejowych, boisk i innych nasypów budowlanych. aparat umożliwia kilka wariantów oznaczenia wilgotności optymalnej w różnych cylindrach dla standardowej i zmodyfikowanej metody zagęszczania gruntów rodzimych spoistych i sypkich, kruszyw oraz ich mieszanek. </t>
         </is>
       </c>
-      <c r="F30" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G30" t="inlineStr">
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G40" t="inlineStr">
         <is>
           <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
         </is>
       </c>
-      <c r="H30" t="inlineStr">
+      <c r="H40" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I30" t="inlineStr">
+      <c r="I40" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J30" t="inlineStr">
+      <c r="J40" t="inlineStr">
         <is>
           <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
         </is>
       </c>
-      <c r="K30" t="inlineStr">
+      <c r="K40" t="inlineStr">
         <is>
           <t>Rembiś Marek</t>
         </is>
       </c>
-      <c r="L30" t="inlineStr">
+      <c r="L40" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
         </is>
       </c>
-      <c r="M30" t="inlineStr">
+      <c r="M40" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N30" t="inlineStr">
+      <c r="N40" t="inlineStr">
         <is>
           <t>Aparat proctora, grunty, zagęszczenie</t>
         </is>
       </c>
     </row>
-    <row r="31">
-      <c r="A31" t="inlineStr">
+    <row r="41">
+      <c r="A41" t="inlineStr">
         <is>
           <t>Prasa cbr</t>
         </is>
       </c>
-      <c r="B31" t="inlineStr">
+      <c r="B41" t="inlineStr">
         <is>
           <t>Prasa wytrzymałościowa cbr firmy controls z automatycznym pomiarem wyników badań</t>
         </is>
       </c>
-      <c r="C31" t="inlineStr">
+      <c r="C41" t="inlineStr">
         <is>
           <t>Możliwość stałego monitorowania penetracji z dokładnością do 0,001 mm. zakres pomiarowy obciążenia: do 50 kn.</t>
         </is>
       </c>
-      <c r="D31" t="inlineStr">
+      <c r="D41" t="inlineStr">
         <is>
           <t>Urządzenie służy do określenia kalifornijskiego wskaźnika nośności (cbr), natychmiastowego wskaźnika nośności i pęcznienia liniowego dla gruntów oraz mieszanek dla drogownictwa,  wykorzystywanych do budowy nasypów. możliwość wykonywania oznaczeń zgodnie z pn-en 13286-47:2022-04.</t>
         </is>
       </c>
-      <c r="E31" t="inlineStr">
+      <c r="E41" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie umożliwia wywieranie nacisku z kontrolowaną siłą w określonym czasie z jednoczesnym pomiarem wielkości odkształcenia badanej próbki. pozwala określać parametry nośności dla gruntów rodzimych, kruszyw oraz mieszanek niezwiązanych i związanych spoiwem. </t>
         </is>
       </c>
-      <c r="F31" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G31" t="inlineStr">
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G41" t="inlineStr">
         <is>
           <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
         </is>
       </c>
-      <c r="H31" t="inlineStr">
+      <c r="H41" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I31" t="inlineStr">
+      <c r="I41" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J31" t="inlineStr">
+      <c r="J41" t="inlineStr">
         <is>
           <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
         </is>
       </c>
-      <c r="K31" t="inlineStr">
+      <c r="K41" t="inlineStr">
         <is>
           <t>Rembiś Marek</t>
         </is>
       </c>
-      <c r="L31" t="inlineStr">
+      <c r="L41" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
         </is>
       </c>
-      <c r="M31" t="inlineStr">
+      <c r="M41" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N31" t="inlineStr">
+      <c r="N41" t="inlineStr">
         <is>
           <t>Grunty, wskaźnik nośności cbr</t>
         </is>
       </c>
     </row>
-    <row r="32">
-      <c r="A32" t="inlineStr">
+    <row r="42">
+      <c r="A42" t="inlineStr">
         <is>
           <t>Aparat trójosiowy</t>
         </is>
       </c>
-      <c r="B32" t="inlineStr">
+      <c r="B42" t="inlineStr">
         <is>
           <t>Aparat trójosiowego ściskania firmy controls</t>
         </is>
       </c>
-      <c r="C32" t="inlineStr">
+      <c r="C42" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparat wyposażony w trzy zaawansowane komory trójosiowe (tri-cell plus), aparat do automatycznego pomiaru zmian objętości próbki oraz moduł do badania naprężeń efektywnych. urządzenie umożliwia użytkownikowi kontrolę manualną lub automatyczną testów trójosiowych naprężeń efektywnych. </t>
         </is>
       </c>
-      <c r="D32" t="inlineStr">
+      <c r="D42" t="inlineStr">
         <is>
           <t>Aparat pozwala na określenie parametrów wytrzymałościowych gruntów (kąt tarcia wewnętrznego oraz spójność). procedury badawcze zgodne są z pn-en iso 17892-8:2018-05 i pn-en iso 17892-9:2018-05. uzyskiwane parametry są wykorzystywane do oznaczeń nośności podłoża budowlanego pod fundamentem, analiz stateczności zboczy, projektowania wykopów, nasypów, składowisk odpadów itp.  aparat pozwala też na oznaczenie współczynnika filtracji.</t>
         </is>
       </c>
-      <c r="E32" t="inlineStr">
+      <c r="E42" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparat pozwala na określenie parametrów wytrzymałościowych gruntów w warunkach  consolidated drained (cd), consolidated undrained (cu) oraz unconsolidated undrained (uu) przy obciążeniu do 50 kn. </t>
         </is>
       </c>
-      <c r="F32" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G32" t="inlineStr">
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G42" t="inlineStr">
         <is>
           <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
         </is>
       </c>
-      <c r="H32" t="inlineStr">
+      <c r="H42" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I32" t="inlineStr">
+      <c r="I42" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
-      <c r="J32" t="inlineStr">
+      <c r="J42" t="inlineStr">
         <is>
           <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
         </is>
       </c>
-      <c r="K32" t="inlineStr">
+      <c r="K42" t="inlineStr">
         <is>
           <t>Rembiś Marek</t>
         </is>
       </c>
-      <c r="L32" t="inlineStr">
+      <c r="L42" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
         </is>
       </c>
-      <c r="M32" t="inlineStr">
+      <c r="M42" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N32" t="inlineStr">
+      <c r="N42" t="inlineStr">
         <is>
           <t>Aparat trójosiowy, grunty, parametry wytrzymałościowe</t>
         </is>
       </c>
     </row>
-    <row r="33">
-      <c r="A33" t="inlineStr">
+    <row r="43">
+      <c r="A43" t="inlineStr">
         <is>
           <t>Tomograf mr</t>
         </is>
       </c>
-      <c r="B33" t="inlineStr">
+      <c r="B43" t="inlineStr">
         <is>
           <t>Tomograf magritek (24 mhz)</t>
         </is>
       </c>
-      <c r="C33" t="inlineStr">
+      <c r="C43" t="inlineStr">
         <is>
           <t>Badania przy użyciu tomografu mr jak i spektrometru rca umożliwiają rozwój prac teoretycznych i aplikacyjnych dotyczących wykorzystania zjawiska magnetycznego rezonansu jądrowego (mrj) i metod komplementarnych, w biomedycyniew, geofizyce i geologii, chemii i inżynierii materiałowej do badania systemów porowatych. w szczególności dotyczy to obrazowania dyfuzji cząsteczek wody w obecności heterogenicznych gradientów pola magnetycznego z wykorzystaniem technik takich jak dwi, dti, bsd-dti, jak również badania populacji protonów (1h) w różnych układach porowatych w wysokich i niskich polach magnetycznych z zastosowaniem technik relaksometrii  spinowo-sieciowej, t1 i spinowo-spinowej, t2.
 prowadzimy szeroką gamę badań struktury porowej skał i innych materiałów porowatych spotykanych w biologii, medycynie i inżynierii materiałowej. specjalizujemy się w badaniach mrj w niskim polu magnetycznym, a także w bardzo wysokim gradiencie pola magnetycznego. w pracach badawczych analizujemy porowatość i przepuszczalność materiałów, a także prowadzimy prace z zakresu obrazowania przestrzeni porowej. zajmujemy się ponadto kompleksową analizą dyfuzji molekuł wody (posiadamy patenty międzynarodowe dotyczące kalibracji skanerów mr w obecności niejednorodnych gradientów pola magnetycznego) oraz czasów relaksacji t1, t2 (z uwzględnieniem procesów wymiany chemicznej i dyfuzyjnej, a także w obecności gradientów indukowanych). mamy doświadczenie zarówno ze skałami zbiornikowymi (łupki, piaskowce, węglany), jak również z innymi, naturalnymi i syntetycznymi, materiałami porowatymi o szerokim spektrum rozmiaru porów (mikropory &lt; 2nm, mezopory 2-50 nm, makropory &gt; 50 nm), takimi jak hydrożele, zeolity czy tkanki biologiczne.</t>
         </is>
       </c>
-      <c r="D33" t="inlineStr">
+      <c r="D43" t="inlineStr">
         <is>
           <t xml:space="preserve">Prowadzenie badań interdyscyplinarnych, biomedycznych, geofizycznych, i materiałowych
 	rozwój metod mrj do badań biomedycznych: diagnostyka mózgu, mięśnia sercowego, naczyń wieńcowych, wątroby, parametryzacja stanu komórek  in vitro i in vivo.
 	badanie dynamiki wody w układach porowatych: rdzenie skał, hydrożele, włókna węglowe, biologiczne, syntetyczne,. 
  </t>
         </is>
       </c>
-      <c r="E33" t="inlineStr">
+      <c r="E43" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obrazowanie gęstości protonowej materiałów biologicznych jak i przestrzeni porowej skał czy innych materiałów porowatych (2d oraz 3d).
 	obrazowanie dyfuzyjne (obrazowanie ważone dyfuzyjnie — dwi, obrazowanie tensora dyfuzji – dti, obrazowanie tensora dyfuzji w polach niejednorodnych — bsd-dti).
 	wizualizacja traktów neuronalnych lub innych układów anizotropowych.
 </t>
         </is>
       </c>
-      <c r="F33" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G33" t="inlineStr">
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr">
         <is>
           <t>Kontakt - email: akrzyzak@agh.edu.pl</t>
         </is>
       </c>
-      <c r="H33" t="inlineStr">
+      <c r="H43" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I33" t="inlineStr">
+      <c r="I43" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J33" t="inlineStr">
+      <c r="J43" t="inlineStr">
         <is>
           <t>Systemy porowate/latis - laboratorium tomografii i spektroskopii magnetycznego rezonansu jądrowego</t>
         </is>
       </c>
-      <c r="K33" t="inlineStr">
+      <c r="K43" t="inlineStr">
         <is>
           <t>Krzyżak Artur</t>
         </is>
       </c>
-      <c r="L33" t="inlineStr">
+      <c r="L43" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/artur-tadeusz-krzyzak-8398.html</t>
         </is>
       </c>
-      <c r="M33" t="inlineStr">
+      <c r="M43" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N33" t="inlineStr">
+      <c r="N43" t="inlineStr">
         <is>
           <t>Magnetyczny rezonans jądrowy, relaksometria nmr, tomografia mr</t>
         </is>
       </c>
     </row>
-    <row r="34">
-      <c r="A34" t="inlineStr">
+    <row r="44">
+      <c r="A44" t="inlineStr">
         <is>
           <t>Aparatura do pomiarów geoelektrycznych supersting r8</t>
         </is>
       </c>
-      <c r="B34" t="inlineStr">
+      <c r="B44" t="inlineStr">
         <is>
           <t>Supersting™ wi-fi</t>
         </is>
       </c>
-      <c r="C34" t="inlineStr">
+      <c r="C44" t="inlineStr">
         <is>
           <t>Aparatura supersting r8 jest nowoczesnym systemem pomiarowym służącym do obrazowania ośrodka geologicznego z wykorzystaniem następujących metod geoelektrycznych: elektrooporowa (dc), potencjałów naturalnych (sp) oraz polaryzacji wzbudzonej (ip). w ramach metody elektrooporowej możliwe jest wykonywanie pomiarów metodami: sondowania elektrooporowego (ves), profilowania elektrooporowego i tomografii elektrooporowej (ert). system pomiarowy pozwala na wykorzystanie szeregu standardowych układów pomiarowych (np. wenner, schlumberger, dipole-dipole, pole-dipole, gradient) oraz układów nietypowych, tj. dowolnie programowalnych przez użytkownika. aparatura pozwala na wykonywanie pomiarów w trybie 8-kanałowym, tj. możliwe jest jednoczesne zmierzenie różnic potencjałów dla ośmiu odrębnych par elektrod przy jednokrotnym przepuszczeniu prądu elektrycznego przez badany ośrodek.</t>
         </is>
       </c>
-      <c r="D34" t="inlineStr">
+      <c r="D44" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	wspomaganie badań w zakresie geologii-inżynierskiej i geotechniki.
 	badania strefy przypowierzchniowej dla potrzeb ochrony środowiska gruntowo-wodnego i dla archeologii.
 	badania dla potrzeb rozpoznawania złóż surowców skalnych.
 	badania zapór, obwałowań i innych konstrukcji inżynierskich.
 	badania z użyciem specjalistycznych kabli podwodnych.
 	badania deformacji terenu na obszarach górniczych.
 </t>
         </is>
       </c>
-      <c r="E34" t="inlineStr">
+      <c r="E44" t="inlineStr">
         <is>
           <t>Aparatura supersting r8 pozwala na wykonywanie pomiarów w technice 1d, 2d i 3d, a także w wariancie monitoringu geoelektrycznego (4d). posiadany wariant sprzętowy pozwala na jednoczesne podłączenie zestawu 112 elektrod i maksymalnym ich rozstawie (odległości pomiędzy sąsiadującymi elektrodami) równym 5 m. długość profilu badawczego nie jest ograniczona jedynie do zestawu elektrod - dzięki zastosowaniu techniki roll-along może być odpowiednio powiększana.</t>
         </is>
       </c>
-      <c r="F34" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G34" t="inlineStr">
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G44" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H34" t="inlineStr">
+      <c r="H44" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I34" t="inlineStr">
+      <c r="I44" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J34" t="inlineStr">
+      <c r="J44" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań geoelektrycznych</t>
         </is>
       </c>
-      <c r="K34" t="inlineStr">
+      <c r="K44" t="inlineStr">
         <is>
           <t>Bania Grzegorz</t>
         </is>
       </c>
-      <c r="L34" t="inlineStr">
+      <c r="L44" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-bania-8216.html</t>
         </is>
       </c>
-      <c r="M34" t="inlineStr">
+      <c r="M44" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N34" t="inlineStr">
+      <c r="N44" t="inlineStr">
         <is>
           <t>Ert, geofizyka, inżynieria środowiska, metody geoelektryczne, obrazowanie elektrooporowe, sondowanie elektrooporowe, tomografia elektrooporowa, ves</t>
         </is>
       </c>
     </row>
-    <row r="35">
-      <c r="A35" t="inlineStr">
+    <row r="45">
+      <c r="A45" t="inlineStr">
         <is>
           <t>Aparatura do badań sejsmicznych geode</t>
         </is>
       </c>
-      <c r="B35" t="inlineStr">
+      <c r="B45" t="inlineStr">
         <is>
           <t>The geode exploration seismograph</t>
         </is>
       </c>
-      <c r="C35" t="inlineStr">
+      <c r="C45" t="inlineStr">
         <is>
           <t>Aparatura geode (geometrics) jest nowoczesnym systemem do badań sejsmicznych. wykorzystywany jest do rozpoznania zarówno płytkiej strefy ośrodka geologicznego (dla celów inżynieryjnych, geotechnicznych i środowiskowych) oraz głębokiej strefy (rozpoznanie złożowe i strukturalne). pozwala na wykonanie pomiarów refrakcyjnych i tomografii refrakcyjnej fal podłużnych p (srt-p) i fal poprzecznych s (srt-s), wielokanałowej analizy fal powierzchniowych rayleigha (masw) oraz love’a (malw) jak i również płytkie profilowania refleksyjne fal p i s oraz pomiary w płytkich otworach (downhole, crosshole, vsp). jako źródło drgań wykorzystywany jest mobilny system gisco ess 500 turbo o dużej energii (4088 j) oraz młoty i źródła fal poprzecznych. fale sejsmiczne rejestrowane są dzięki odbiornikom o częstotliwościach 4,5 hz, 14 hz oraz 100 hz. do badań z wykorzystaniem fal poprzecznych wykorzystywane są wysokoczułe horyzontalne odbiorniki o częstotliwości 4,5 hz. aparatura geode pozwala na podłączenie do 72 odbiorników. w badaniach otworowych wykorzystywany jest streamer hydrofonowy, sonda 3c oraz sparker jako źródło drgań. aparatura pozwala również na wykonywanie pomiarów z zakresu metod sejsmiki pasywnej - remi (refraction microtremor), spac/esac (spatial autocorrelation/extended spatial autocorrelation) oraz hvsr (horizontal-to-vertical spectral ratio).</t>
         </is>
       </c>
-      <c r="D35" t="inlineStr">
+      <c r="D45" t="inlineStr">
         <is>
           <t>Wysokorozdzielcze rozpoznanie strukturalne i złożowe do głębokości ok. 500m, badania ośrodka gruntowo-skalnego na potrzeby budownictwa lądowego, rozpoznawanie stref osuwiskowych, wykrywanie stref spękań, pustek, kawern i zapadlisk, określenie przebiegu podłoża skalnego, miąższości gleb oraz klasyfikacja gruntów, wspomaganie badań geotechnicznych i geologii inżynierskiej, określenie sejsmiczności badanego obszaru z wykorzystaniem parametru vs30 wg klasyfikacji nehrp i ubc.</t>
         </is>
       </c>
-      <c r="E35" t="inlineStr">
+      <c r="E45" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar fal podłużnych p
 	pomiar fal poprzecznych s
 	pomiar fal powierzchniowych
 	sejsmika refrakcyjna
 	sejsmika refleksyjna
 	wielokanałowa analiza fal powierzchniowych
 	wyznaczanie dynamicznych modułów sprężystości strefy przypowierzchniowej
 	pomiary w otworach
 	sejsmika pasywna
 </t>
         </is>
       </c>
-      <c r="F35" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G35" t="inlineStr">
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H35" t="inlineStr">
+      <c r="H45" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I35" t="inlineStr">
+      <c r="I45" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J35" t="inlineStr">
+      <c r="J45" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań sejsmicznych</t>
         </is>
       </c>
-      <c r="K35" t="inlineStr">
+      <c r="K45" t="inlineStr">
         <is>
           <t>Cichostępski Kamil</t>
         </is>
       </c>
-      <c r="L35" t="inlineStr">
+      <c r="L45" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/kamil-cichostepski-8217.html</t>
         </is>
       </c>
-      <c r="M35" t="inlineStr">
+      <c r="M45" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N35" t="inlineStr">
+      <c r="N45" t="inlineStr">
         <is>
           <t>Fale powierzchniowe, geofizyka, geologia inżynierska, geotechnika, inżynieria środowiska, metody sejsmiczne, sejsmika refleksyjna, sejsmika refrakcyjna, tomografia refrakcyjna</t>
         </is>
       </c>
     </row>
-    <row r="36">
-      <c r="A36" t="inlineStr">
+    <row r="46">
+      <c r="A46" t="inlineStr">
         <is>
           <t>Aparatura do pomiarów konduktometrycznych cmd explorer i cmd mini explorer</t>
         </is>
       </c>
-      <c r="B36" t="inlineStr">
+      <c r="B46" t="inlineStr">
         <is>
           <t>Cmd explorer i cmd mini explorer</t>
         </is>
       </c>
-      <c r="C36" t="inlineStr">
+      <c r="C46" t="inlineStr">
         <is>
           <t>Aparatury cmd explorer i cmd mini explorer to nowoczesne systemy pomiarowe charakteryzuje się dużą rozdzielczością zarówno pionową jak i poziomą dla ośrodków dobrze przewodzących. aparatury uzupełniają się co do zasięgów głębokościowych, a pomiar odbywa się w sumie na sześciu poziomach głębokościowych dla każdej z dwóch konfiguracji układu pomiarowego tj. hd i vd.  pozwala to na interpretację geofizyczną i uzyskanie przedziału głębokościowego od ok. 0.25 m do ok. 7 m. aparatury wykorzystują metodę konduktometryczną która należy do metody indukcyjnej opartej o prawo indukcji faradaya. metoda umożliwia dobre rozpoznanie płytko zalegających dobrze przewodzących warstw geologicznych. pozwala ona na obrazowanie ośrodka geologicznego tj. określenia rozkładu przewodności będącej rezultatem interpretacji geofizycznej. w metodzie tej brak jest problemu uziemienia bo pole wzbudzane jest indukcyjnie a nie galwanicznie. pomiar w metodzie konduktometrycznej można wykonać szybko na dużym obszarze i może go wykonać jedna osoba.</t>
         </is>
       </c>
-      <c r="D36" t="inlineStr">
+      <c r="D46" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary inżynieryjne w budownictwie drogowym i kolejowym
 	lokalizacja stref wodonośnych i osuwisk, stref wycieku wody np. na wałach przeciwpowodziowych czy w podłożu wałów
 	monitorowanie wycieków ścieków
 	mapowanie geologiczne
 	w rolnictwie monitorowanie jakości gleby
 	w archeologii
 	środowiskowe mapowanie aureoli zanieczyszczeń
 </t>
         </is>
       </c>
-      <c r="E36" t="inlineStr">
+      <c r="E46" t="inlineStr">
         <is>
           <t>Aparatura pozwala na pomiar przewodności pozornej dla sześciu poziomów głębokościowych dla dwóch konfiguracji hd i vd różniących się rozdzielczością i zasięgiem głębokościowym. aparatury cmd explorer i cmd mini explorer uzupełniają się głębokościowo (każda po trzy poziomy dla dwóch konfiguracji). długość profilu jest dowolna a krok pomiarowy wynosi standardowo 1 m umożliwia uzyskanie dobrej rozdzielczości poziomej.</t>
         </is>
       </c>
-      <c r="F36" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G36" t="inlineStr">
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G46" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H36" t="inlineStr">
+      <c r="H46" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I36" t="inlineStr">
+      <c r="I46" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J36" t="inlineStr">
+      <c r="J46" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań geoelektrycznych</t>
         </is>
       </c>
-      <c r="K36" t="inlineStr">
+      <c r="K46" t="inlineStr">
         <is>
           <t>Klityński Wojciech</t>
         </is>
       </c>
-      <c r="L36" t="inlineStr">
+      <c r="L46" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/wojciech-klitynski-1416.html</t>
         </is>
       </c>
-      <c r="M36" t="inlineStr">
+      <c r="M46" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N36" t="inlineStr">
+      <c r="N46" t="inlineStr">
         <is>
           <t>Gcm, geofizyka, inżynieria środowiska, konduktometr, metody geoelektryczne, przewodność</t>
         </is>
       </c>
     </row>
-    <row r="37">
-      <c r="A37" t="inlineStr">
+    <row r="47">
+      <c r="A47" t="inlineStr">
         <is>
           <t>Radar interferometryczny ibis-l/s</t>
         </is>
       </c>
-      <c r="B37" t="inlineStr">
+      <c r="B47" t="inlineStr">
         <is>
           <t>Radar interferometryczny ibis-l/s</t>
         </is>
       </c>
-      <c r="C37" t="inlineStr">
+      <c r="C47" t="inlineStr">
         <is>
           <t>Naziemny radar interferometryczny ibis-l/s to precyzyjne mikrofalowe urządzenie pomiarowe, służące do zdalnego, bezdotykowego pomiaru przemieszczeń i deformacji obiektów budowlanych oraz powierzchni terenu z wysoką dokładnością. głównym elementem systemu jest pracujący w dozwolonym paśmie ku (17,1-17,3 ghz) radar, wykorzystujący technikę syntetycznej apertury (sar). radar emituje w kierunku badanego obiektu spójną wiązkę promieniowania elektromagnetycznego o niewielkiej mocy i skokowo zmiennej częstotliwości (modulacja sfcw), a następnie odbiera, rejestruje i analizuje odbity sygnał. układ interferometryczny precyzyjnie wyznacza zmiany fazy sygnału odbitego względem sygnału nadawanego, pozwalając na pomiar przemieszczeń wybranych części lub obszarów (pikseli) badanego obiektu z dokładnością 0,1 mm. rozróżnialność pikseli jest osiągana przy zmianie odległości o 0,5 m i azymutu o 0,25°. w skład systemu wchodzi specjalistyczne, dedykowane oprogramowanie, pozwalające na sterowanie procesem pomiarowym, archiwizację i wstępną analizę wyników w czasie rzeczywistym, a następnie ich pełną analizę w fazie post-processingu. wyniki poszczególnych etapów opracowania mogą być prezentowane graficznie, rejestrowane i eksportowane do otwartych formatów plików.</t>
         </is>
       </c>
-      <c r="D37" t="inlineStr">
+      <c r="D47" t="inlineStr">
         <is>
           <t xml:space="preserve">-detekcja oraz monitoring deformacji terenu i przemieszczeń budowli, z dokładnością 0,1 mm, nieosiągalną dla innych geodezyjnych metod pomiarowych. .
 -modelowanie deformacji zapór wodnych. równoczesne obserwacje termowizyjne umożliwiają rozdzielenie deformacji termicznych od rzeczywistych deformacji geometrycznych. 
 -modelowanie i analiza deformacji budowli inżynierskich. </t>
         </is>
       </c>
-      <c r="E37" t="inlineStr">
+      <c r="E47" t="inlineStr">
         <is>
           <t>Dokładność pomiaru przemieszczenia wynosi 0,1 mm. system ibis ma 2 wersje:
 - ibis-l–radar dalekiego zasięgu (do 4 km) o rozróżnialności dwuwymiarowej (0,5 m w odległości i 0,25° w azymucie), służy do wyznaczania przemieszczeń obiektów powierzchniowych (np. osuwisk, zapór).
 - ibis-s–radar o zasięgu do 1 km i częstotliwości próbkowania do 200 hz, służy do pomiaru i analizy przemieszczeń oraz szybkozmiennych drgań konstrukcji.</t>
         </is>
       </c>
-      <c r="F37" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G37" t="inlineStr">
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G47" t="inlineStr">
         <is>
           <t>Formalne warunki udostępnienia należy uzgodnić z dziekanem wydziału geodezji górniczej i inżynierii środowiska. praktycznie, ze względu na unikatowość sprzętu, jego używanie wymaga przeszkolenia przeprowadzonego przez producenta albo udziału osoby ze znajomością obsługi urządzenia.</t>
         </is>
       </c>
-      <c r="H37" t="inlineStr">
+      <c r="H47" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I37" t="inlineStr">
+      <c r="I47" t="inlineStr">
         <is>
           <t>Katedra geodezji inżynieryjnej i budownictwa</t>
         </is>
       </c>
-      <c r="J37" t="inlineStr">
+      <c r="J47" t="inlineStr">
         <is>
           <t>Zespół badawczy technologii informatycznych w inżynierii lądowej</t>
         </is>
       </c>
-      <c r="K37" t="inlineStr">
+      <c r="K47" t="inlineStr">
         <is>
           <t>Kuras Przemysław</t>
         </is>
       </c>
-      <c r="L37" t="inlineStr">
+      <c r="L47" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/przemyslaw-kuras-7152.html</t>
         </is>
       </c>
-      <c r="M37" t="inlineStr">
+      <c r="M47" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N37" t="inlineStr">
+      <c r="N47" t="inlineStr">
         <is>
           <t>Budowle wysokie, deformacje, drgania, monitoring, mosty, osuwiska, przemieszczenia, radar interferometryczny, zapory wodne</t>
         </is>
       </c>
     </row>
-    <row r="38">
-      <c r="A38" t="inlineStr">
+    <row r="48">
+      <c r="A48" t="inlineStr">
         <is>
           <t>Stanowisko laboratoryjne do badania procesu urabiania poprzez frezowanie lub wiercenie obrotowe pojedynczymi narzędziami skrawającymi lub organami</t>
         </is>
       </c>
-      <c r="B38" t="inlineStr">
+      <c r="B48" t="inlineStr">
         <is>
           <t>Stanowisko laboratoryjne do badania procesu urabiania poprzez frezowanie lub wiercenie obrotowe pojedynczymi narzędziami skrawającymi lub organami</t>
         </is>
       </c>
-      <c r="C38" t="inlineStr">
+      <c r="C48" t="inlineStr">
         <is>
           <t xml:space="preserve">Przedmiotowe stanowisko służy do realizacji kompleksowych badań laboratoryjnych związanych z szeroko pojętym procesem skrawania skał. stanowisko badawcze umożliwia realizację procesu frezowania oraz wiercenia pojedynczymi narzędziami lub organami urabiającymi na sztucznej lub naturalnej próbce skalnej. na stanowisku możliwe jest badanie pełnowymiarowych organów urabiających przy zapewnieniu rzeczywistych parametrów procesu, a realizacja tych badań odbywa się w sposób kontrolowany, w warunkach laboratoryjnych. na stanowisku badać można różne narzędzia, w tym noże styczno-obrotowe oraz narzędzia dyskowe. w trakcie badań rejestrowane są parametry procesu urabiania, w tym opory urabiania. podczas badań możliwe jest rejestrowanie zapylenia. stanowisko wyposażone jest w zestaw do określenia uziarnienia powstałego urobku. 
 podstawowe parametry:
 	moc napędu: 250 kw,
 	prędkość obrotowa organu 0 - 120 obr/min,
 	maksymalna średnica organu 2,2 m,
 	maksymalny zabiór organu 1,0 m,
 	prędkość posuwu próbki 0 - 9,9 m/min,
 	siła posuwu próbki 150 kn,
 	ruch próbki wzdłuż 2,5 m,
 	ruch próbki w poprzek 1,3 m,
 	rozmiar próbki 2,5 m x 2,5 m x 1,3 m,
 	masa próbki ok. 18 mg.
  </t>
         </is>
       </c>
-      <c r="D38" t="inlineStr">
+      <c r="D48" t="inlineStr">
         <is>
           <t xml:space="preserve">Badanie: 
 	szybkości zużycia narzędzi i organów, 
 	wpływu rodzaju narzędzi i układu nożowego na opory urabiania, zapylenie i granulację urobku, 
 	wpływu zraszania na proces urabiania przy zastosowaniu różnych typów narzędzi,
 	oporów urabiania różnych rodzajów skał. 
 	wpływy parametrów na proces urabiania.
 </t>
         </is>
       </c>
-      <c r="E38" t="inlineStr">
+      <c r="E48" t="inlineStr">
         <is>
           <t xml:space="preserve">Stanowisko wyposażone jest w układ pomiarowy oraz dodatkowe wyposażenie pozwalające na pomiar:
 	prędkości posuwu podłużnego,
 	prędkości posuwu poprzecznego,
 	prędkości obrotowej organu,
 	momentu oporu skrawania,
 	siły w kierunku podłużnym,
 	siły w kierunku poprzecznym,
 	zapylenia,
 	uziarnienia,
 	masy narzędzi,
 	masy urobku.
 </t>
         </is>
       </c>
-      <c r="F38" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G38" t="inlineStr">
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G48" t="inlineStr">
         <is>
           <t>Zgodnie z indywidualnie uzgodnionymi umowami.</t>
         </is>
       </c>
-      <c r="H38" t="inlineStr">
+      <c r="H48" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I38" t="inlineStr">
+      <c r="I48" t="inlineStr">
         <is>
           <t>Katedra inżynierii maszyn i transportu</t>
         </is>
       </c>
-      <c r="J38" t="inlineStr">
+      <c r="J48" t="inlineStr">
         <is>
           <t>Laboratorium badania procesów urabiania skał</t>
         </is>
       </c>
-      <c r="K38" t="inlineStr">
+      <c r="K48" t="inlineStr">
         <is>
           <t>Bołoz Łukasz</t>
         </is>
       </c>
-      <c r="L38" t="inlineStr">
+      <c r="L48" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-boloz-6952.html</t>
         </is>
       </c>
-      <c r="M38" t="inlineStr">
+      <c r="M48" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N38" t="inlineStr">
+      <c r="N48" t="inlineStr">
         <is>
           <t>Badanie narzędzi, organy urabiające, trwałość narzędzi, urabianie skał</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>