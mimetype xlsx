--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N48"/>
+  <dimension ref="A1:N51"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,3780 +493,4008 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>Stanowisko do charakteryzacji aktywnych obwodów mikrofalowych w pasmie do 67 ghz</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Stanowisko do charakteryzacji aktywnych obwodów mikrofalowych w pasmie do 67 ghz</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Stanowisko pomiarowe składa się z wektorowego analiza sieci rohde &amp; schwarz zna67 z opcją b16, mechanicznego kitu kalibracyjnego rohde &amp; schwarz zn-z218, dwóch tunerów impedancji focus microwaves c6720b wraz z oprogramowaniem sterującym, dwóch układów polaryzacji focus microwaves bt0167-12-p, terminatora te67-5-39,  zestawu kabli junkosha mwx061-00914vmsvms/b oraz zestawu adapterów między standardem 1.85 mm oraz większymi.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Stanowisko służące do pełnej wektorowej charakteryzacji aktywnych obwodów mikrofalowych w pasmie do 67 ghz. stanowisko to umożliwi pomiar zespolonych współczynników odbicia oraz transmisji dowolnych wielowrotników przy arbitralnie ustalanym punkcie pracy. </t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Czterowrotowy pomiar zespolonych parametrów rozproszenia w paśmie 10 mhz do 67 ghz w systemie impedancji 50 ohm lub dwuwrotowy pomiar z możliwością strojenia impedancji wejściowej i wyjściowej widzianych przez badane urządzenie. </t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Wewnętrzny tylko dla agh, zewnętrzny w formie zlecenia na pomiary prowadzone przez przeszkolonego pracownika agh
+aparatura udostępniana jest do użytku dla pracowników i doktorantów agh po odbyciu szkolenia z obsługi urządzenia i po potwierdzeniu niezbędnych umiejętności przez osobę kontaktową lub innego upoważnionego pracownika. aparatura znajduje się w pokoju 09 w budynku d-5. dostęp do tej części budynku jest ograniczony i możliwy tylko dla osób uprawnionych lub pod nadzorem osoby uprawnionej</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Wydział informatyki, elektroniki i telekomunikacji</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Instytut elektroniki</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Sorocki Jakub</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/jakub-sorocki-8555.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Mikrofala, obwody, pomiar, stanowisko</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>Drukarka 3d bambu lab</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Bambu lab h2d pro</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>H2d pro to zaawansowana, profesjonalna drukarka 3d fdm klasy badawczo-rozwojowej, zaprojektowana z myślą o precyzyjnych zastosowaniach inżynieryjnych i eksperymentalnych. rozbudowane systemy ams 2 pro i ams ht umożliwiają automatyczne zarządzanie wieloma filamentami, co sprzyja badaniom nad powtarzalnością procesu, wpływem wilgotności oraz stabilnością właściwości materiałowych.</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>Możliwości badawcze drukarki bambu lab h2d pro obejmują szerokie spektrum zastosowań naukowych i inżynieryjnych w obszarze technologii przyrostowych. urządzenie umożliwia prowadzenie badań nad drukiem wielomateriałowym i wielodyszowym, w tym analizę adhezji między materiałami, właściwości stref przejściowych oraz efektywności materiałów podporowych. możliwe testowanie i walidacja materiałów inżynieryjnych, takich jak pa, pc, abs, asa czy kompozyty wzmacniane włóknami.</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>Dukarka oferuje bardzo wysoką dokładność pozycjonowania dzięki vision encoderowi, który zapewnia kontrolę ruchu z dokładnością do 50 µm. duże pole robocze (350 × 320 × 325 mm) pozwala na druk próbek badawczych i prototypów w skali zbliżonej do rzeczywistych elementów. prędkość druku do 1000 mm/s umożliwia prowadzenie eksperymentów nad wpływem parametrów procesu na wytrzymałość, strukturę warstw i czas wytwarzania.</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>Drukarka 3d, fdm, inżynieira materiałowa, prototypowanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>System do badań nieniszczących metodami aktywnej termografii</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>System do badań nieniszczących metodami aktywnej termografii</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>Na katedrze robotyki i mechatroniki wimir stworzone i rozwijane jest laboratorium badań metodami aktywnej termografii. laboratorium oferuje systemy do badań metodami termografii laserowej, halogenowej oraz wibrotermografii. baza sprzętowa obejmuje szeroki zakres kamer termowizyjnych (od wysokiej czułości laboratoryjnych kamer fotonowych po rozwiązania przemysłowe), źródła promieniowania świetlnego oraz promieniowania laserowego, sonotrody wraz ze wzmacniaczem, system kontrolno-pomiarowy oparty o rozwiązania firmy national instruments.  ponadto laboratorium dysponuje autorskim oprogramowaniem opracowanym w środowiskach labview, matlab oraz python. oprogramowanie pozwala na przeprowadzanie zautomatyzowanych pomiarów, jak również interpretację i eksport wyników do otwartych formatów takich jak .npz czy .npy.  ponadto członkowie zespołu dysponują kompetencjami pozwalającymi na prowadzenie termicznych analiz numerycznych (w programie msc marc menat).</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t xml:space="preserve">System przeznaczony do wykonywania badań nieniszczących ze szczególnym uwzględnieniem nowoczesnych materiałów konstrukcyjnych, w tym kompozytów. badanie odbywa się w sposób całkowicie bezkontaktowy, z możliwością precyzyjnego oraz powtarzalnego doboru i utrzymania parametrów pomiarowych. </t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Kamera termowizyjna:
+	model: flir a655sc
+	spektrum: 7.5-14.0µm
+	rozdzielczość: 640x480 pikseli
+	próbkowanie: 50hz
+	obiektywy: 25stopni oraz obiektyw makro 5.8x
+źródła promieniowania laserowego:
+	spektrum: ~980nm i 808nm
+	moc: 100w
+	wielkość plamki lasera: max 50x50mm
+	kształt plamki lasera: kwadrat, prostokąt
+</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Infrastruktura udostępniana jest bezpłatnie w przypadku projektów/grantów realizowanych wspólnie z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>Katedra robotyki i mechatroniki</t>
+        </is>
+      </c>
+      <c r="J4" t="inlineStr">
+        <is>
+          <t>Zespół inżynierii systemów i diagnostyki technicznej</t>
+        </is>
+      </c>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>Roemer Jakub</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/jakub-jan-roemer-8679.html</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>Analiza termiczna, badania nieniszczące, ir, kompozyty, laser, ndt, pomiar temperatury, shm, termografia, termowizja</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
           <t>Maszyna czasu rzeczywistego</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B5" t="inlineStr">
         <is>
           <t>Maszyna czasu rzeczywistego</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C5" t="inlineStr">
         <is>
           <t>Maszyna czasu rzeczywistego speedgoat skalowalny, wysokowydajny system testowy działający w czasie rzeczywistym do symulacji sprzętowej (hil) i szybkiego prototypowania sterowania. system jest wyposażony w wydajny wielordzeniowy procesor zapewniający integrację z środowiskiem matlab (matlab r2021a lub nowszy) i układy fpga programowalne w simulink poprzez simulink real-time, co pozwala osiągnąć częstotliwości próbkowania w pętli zamkniętej sięgające zakresu mhz.
 kompletna maszyna czasu rzeczywistego: procesor intel core i7 4,2 ghz , 64 gb pamięci ram, pamięć flash 120 gb, 2tb ssd,  akcesoria: io135 - moduł analogowego wejścia/wyjścia 16-bitowego o niskim opóźnieniu z 32 różnicowymi jednoczesnymi kanałami wejścia analogowego  io334-325k-10v - programowalny moduł wejść/wyjść oparty na układzie fpga simulink z 16 x 5 mhz jednoczesnym próbkowaniem 16-bitowym  moduł ttl-optyczny  - moduł kondycjonujący sygnał, przekształcający 8 sygnałów ttl na wyjścia optyczne. optical-to-ttl module  - moduł kondycjonowania sygnału przekształcający 8 optycznych sygnałów wejściowych na ttl. bce12-0805 - moduł emulatora ogniw  akumulatorowych z 12 niezależnymi i izolowanymi kanałami do 8 v i 5 a każdy, do emulowania zachowania akumulatora i przeprowadzania precyzyjnych testów systemów zarządzania akumulatorami aż do poziomu ogniw.   fiu12-1 - moduł symulowania awarii  programowalna jednostka symulowania awarii z 12 niezależnymi kanałami do emulacji awarii ogniw. tse12-1000-1 - moduł emulatora czujnika temperatury  z 12 niezależnymi kanałami o wysokiej precyzji do precyzyjnej symulacji profili temperatury w szerokim zakresie warunków temperaturowych.</t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D5" t="inlineStr">
         <is>
           <t>Testowanie, walidacjia i prototypowanie w czasie rzeczywistym przy użyciu środowiska matlab/simulink.  prototypowanie sterowania w czasie rzeczywistym (rcp) hardware-in-the-loop (hil) szybkie przetwarzanie sygnałów komunikacja i integracja sprzętowa testowanie systemów czasu rzeczywistego badania układów mechatronicznych i robotycznych bezpośrednia współpraca z matlab/simulink</t>
         </is>
       </c>
-      <c r="E2" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G2" t="inlineStr">
+      <c r="E5" t="inlineStr"/>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
         <is>
           <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
+      <c r="H5" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I5" t="inlineStr">
         <is>
           <t>Biuro administracyjne wydziału</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr"/>
-      <c r="K2" t="inlineStr">
+      <c r="J5" t="inlineStr"/>
+      <c r="K5" t="inlineStr">
         <is>
           <t>Penczek Adam</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L5" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M5" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N5" t="inlineStr">
         <is>
           <t>Automatyzacja, badania laboratryjne, prototypowanie, robotyka</t>
         </is>
       </c>
     </row>
-    <row r="3">
-      <c r="A3" t="inlineStr">
+    <row r="6">
+      <c r="A6" t="inlineStr">
         <is>
           <t>Kamera wysokiej prędkości phantom</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B6" t="inlineStr">
         <is>
           <t>Phantom miro c211</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C6" t="inlineStr">
         <is>
           <t>Kamera phantom miro c211 8 gb colour to zaawansowana kamera wysokiej prędkości, zaprojektowana z myślą o wymagających zastosowaniach badawczo-rozwojowych i przemysłowych. wyposażona w sensor cmos o rozdzielczości do 1280 × 1024 pikseli, oferuje zapis z prędkością do 1800 fps przy pełnej rozdzielczości oraz nawet do ~67 140 fps przy ograniczonej rozdzielczości.</t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D6" t="inlineStr">
         <is>
           <t>Dzięki swoim możliwościom kamera miro c211 świetnie sprawdza się w analizie mikroskopowej, badaniach przepływów, testach materiałowych, inżynierii mikrostruktur oraz tam, gdzie konieczne jest „złapanie” bardzo szybkiego zdarzenia z wysoką jakością obrazu. dzięki wysokiej czułości, globalnemu migawkowaniu i precyzyjnej synchronizacji, kamera pozwala analizować procesy trwające mikrosekundy, zapewniając obraz o wysokiej jakości i wiernym odwzorowaniu ruchu.</t>
         </is>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E6" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	sensor: cmos 1280 x 1024 px kolor
 	maksymalna rozdzielczość: 1280 x 1024
 	liczba klatek na sekundę: 1800 fps dla rozdzielczości 1280 x 1024px
 	czułość świetlna: iso 640 pamięć: 8gb
 	rozmiar piksela: 5.6μm
 	maks. prędkość nagrywania: 67 140 fps przy rozdzielczości 64 x 8 pikseli.
 </t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G3" t="inlineStr">
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
+      <c r="H6" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I6" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J3" t="inlineStr">
+      <c r="J6" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K3" t="inlineStr">
+      <c r="K6" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="L6" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="M6" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="N6" t="inlineStr">
         <is>
           <t>Analiza ruchu, kamera szybka, procesy dynamiczne, procesy szybkozmienne</t>
         </is>
       </c>
     </row>
-    <row r="4">
-      <c r="A4" t="inlineStr">
+    <row r="7">
+      <c r="A7" t="inlineStr">
         <is>
           <t>Analizator przewodności cieplnej trident</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B7" t="inlineStr">
         <is>
           <t>C-therm trident</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C7" t="inlineStr">
         <is>
           <t xml:space="preserve">Analizator przewodności cieplnej trident to zaawansowane urządzenie służące do pomiaru przewodnictwa cieplnego różnych materiałów, gdyż oferuje trzy różne techniki pomiaru przewodnictwa cieplnego: mtps (modified transient plane source), tps (transient plane source), tls (transient line source). jest to jedno z najbardziej wszechstronnych i najnowocześniejszych narzędzi tego typu, wykorzystywane w przemyśle, nauce i badaniach (testy w temperaturach od -50°c do 300°c). aparatura trident umożliwia prowadzenie badań dla szerokiej gamy materiałów stosowanych w projektowaniu i opracowywaniu prototypów w technologiach energetycznych, technologiach kosmicznych, przemyśle lotniczym, motoryzacyjnym, farmaceutycznym i tekstylnym. aparatura wspiera interdyscyplinarne i innowacyjne działania w obszarze "rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów".
 metoda mtps
 	przewodność cieplna od 0,01 w/(m·k) do 500 w/mk.
 	temperatura robocza detektora od -50ºc i do 200ºc.
 	próbka walcowa o średnicy niemniejszej niż 18 mm.
 	detektor zapewnia jednowymiarowy przepływ ciepła.
 metoda tps
 	przewodność cieplna od 0,03 w/(m·k) do 1800 w/(m·k).
 	dyfuzyjność cieplna od 0,01 mm²/s do 1200 mm²/s.
 	nadaje się do ciał stałych, past i lepkich płynów.
 metoda tls
 	przewodność cieplna od 0,1 w/(m·k) do 5 w/(m·k).
 	nadaje się do testowania półstałych cieczy o wyższej lepkości, stopów polimerowych, gleb i proszków.
 	temperatura roboczą czujnika od 0ºc do 300ºc.
 	ciśnienie robocze czujnika max. do 1000 barów/14 500 psi.
 </t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D7" t="inlineStr">
         <is>
           <t>Badania przewodności termicznej metali o wysokiej przewodności, betonu i materiałów budowlanych, cienkich warstw, folii, cienkich powłok, taśm samoprzylepnych (liaison) w aplikacjach bateryjnych ev, materiałów interfejsowych termicznie przewodzących, past termicznych, materiałów tim, nanomateriałów, kompozytów, proszków, materiałów geologicznych, rdzeni wiertniczych, skał, regolitu (materiału skalnego) na powierzchniach ciał niebieskich.</t>
         </is>
       </c>
-      <c r="E4" t="inlineStr">
+      <c r="E7" t="inlineStr">
         <is>
           <t>Zaawansowane badania i charakteryzacja termiczna materiałów: przewodność cieplna, dyfuzyjność cieplna, pojemność cieplna materiałów w bardzo różnych stanach: ciała stałe, ciecze, proszki, pasty. aparatura skonfigurowana do pracy z 3 różnymi metodami: mtps, tps, tls. pomiar przewodności (materiały stałe, ciecze, proszki, pasty) wg. standardów i norm (astm, iso): mtps z astm d7984, tls z astm d5334 i d5930, tps z iso 22007-2.</t>
         </is>
       </c>
-      <c r="F4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G4" t="inlineStr">
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i  doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
+      <c r="H7" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I4" t="inlineStr">
+      <c r="I7" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr">
+      <c r="J7" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K4" t="inlineStr">
+      <c r="K7" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L7" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M7" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N7" t="inlineStr">
         <is>
           <t>Badania laboratryjne, dyfuzyjność cieplna, pojemność cieplna, przewodnictwo cieplne, wymiana ciepła</t>
         </is>
       </c>
     </row>
-    <row r="5">
-      <c r="A5" t="inlineStr">
+    <row r="8">
+      <c r="A8" t="inlineStr">
         <is>
           <t>Skaner 3d einscan-sp</t>
         </is>
       </c>
-      <c r="B5" t="inlineStr">
+      <c r="B8" t="inlineStr">
         <is>
           <t>Einscan-sp</t>
         </is>
       </c>
-      <c r="C5" t="inlineStr">
+      <c r="C8" t="inlineStr">
         <is>
           <t>Skaner einscan sp 3d to precyzyjne, profesjonalne urządzenie skanujące, które zapewnia wyjątkową szczegółowość i wszechstronność w wielu zastosowaniach. wykorzystuje technologię światła strukturalnego do precyzyjnego odwzorowania geometrii obiektów. umożliwia skanowanie z dokładnością do 0,05 mm i tworzenie modeli 3d o wysokiej rozdzielczości. stosowany w inżynierii odwrotnej, digitalizacji obiektów technicznych, kulturowych i dydaktycznych.</t>
         </is>
       </c>
-      <c r="D5" t="inlineStr">
+      <c r="D8" t="inlineStr">
         <is>
           <t>Skaner 3d einscan-sp umożliwia badania w zakresie inżynierii odwrotnej, metrologii i digitalizacji obiektów. pozwala analizować dokładność wymiarową, kształt i deformacje elementów technicznych. stosowany w badaniach materiałowych, projektowaniu cad, kontroli jakości oraz dokumentacji obiektów inżynierskich i kulturowych. einscan sp może uchwycić szczegóły dotyczące koloru i tekstury obiektów, dodając warstwę realizmu do modeli 3d.</t>
         </is>
       </c>
-      <c r="E5" t="inlineStr">
+      <c r="E8" t="inlineStr">
         <is>
           <t xml:space="preserve">Kompleksowy opis funkcji:
 	szybki transfer danych podczas skanowania.
 	typy plików: obj, stl, asc i ply, większość plików cad lub 3d.
 	precyzja skanowania: 0,05 mm,
 	udźwig obrotnicy: obrotnica może utrzymać obiekty o wadze do 5 kg.
 </t>
         </is>
       </c>
-      <c r="F5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G5" t="inlineStr">
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr">
+      <c r="H8" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I5" t="inlineStr">
+      <c r="I8" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J5" t="inlineStr">
+      <c r="J8" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K5" t="inlineStr">
+      <c r="K8" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L5" t="inlineStr">
+      <c r="L8" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M5" t="inlineStr">
+      <c r="M8" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N5" t="inlineStr">
+      <c r="N8" t="inlineStr">
         <is>
           <t>Digitalizacja obiektów, inżynieria odwrotna, kontrola jakości, skaner 3d, światło strukturalne</t>
         </is>
       </c>
     </row>
-    <row r="6">
-      <c r="A6" t="inlineStr">
+    <row r="9">
+      <c r="A9" t="inlineStr">
         <is>
           <t>Drukarka 3d ultimaker (fdm/fff)</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B9" t="inlineStr">
         <is>
           <t>Ultimaker method x</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C9" t="inlineStr">
         <is>
           <t>Drukarka 3d ultimaker method x pracuje w technologii fdm/fff, umożliwiając precyzyjne wytwarzanie elementów z filamentów technicznych, takich jak abs, nylon, petg, asa czy kompozyty z włóknem węglowym. umożliwia realizację prototypów i modeli funkcjonalnych o wysokiej dokładności i stabilności wymiarowej. możliwość użycia rozpuszczalnych materiałów podporowych w technologii fdm.</t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D9" t="inlineStr">
         <is>
           <t xml:space="preserve">Drukowanie z wykorzystaniem materiałów: pla, pctg (przezroczysty), abs, abs cf, nylon, pc-abs, pctg+cf, pctg+gf oraz materiałów podporowych: sr-30, rapiddrinse.
 	posiada dwa ekstrudery i podgrzewaną komorę, co zapewnia spójną, wysoką jakość wydruków.
 	drugi ekstruder dla stosowania rozpuszczalnych materiałów podporowych.
 	podgrzewana komora do 110°c dla zaawansowanej kontroli materiałów.
 </t>
         </is>
       </c>
-      <c r="E6" t="inlineStr">
+      <c r="E9" t="inlineStr">
         <is>
           <t xml:space="preserve">Parametry drukowania:
 	technologia drukowania: fused deposition modeling
 	obszar roboczy: 19 x 19 x 19,6 cm (jedna głowica), 15,2 x 19 x 19,6 cm (dwie głowice)
 	rozdzielczość warstwy: 20–400 µ
 	tryb drukowania wysokiej jakości: 100 µ
 	tryb drukowania zrównoważonego: 200 µ
 	średnica filamentu: 1,75 mm
 	średnica dyszy: 0,4 mm
 </t>
         </is>
       </c>
-      <c r="F6" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G6" t="inlineStr">
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
+      <c r="H9" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I6" t="inlineStr">
+      <c r="I9" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr">
+      <c r="J9" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K6" t="inlineStr">
+      <c r="K9" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L9" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M9" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N9" t="inlineStr">
         <is>
           <t>Druk fdm, drukarka 3d, inżynieria materiałowa, materiały kompozytowe, prototypowanie</t>
         </is>
       </c>
     </row>
-    <row r="7">
-      <c r="A7" t="inlineStr">
+    <row r="10">
+      <c r="A10" t="inlineStr">
         <is>
           <t>Drukarka 3d formlabs (lfs/sla)</t>
         </is>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B10" t="inlineStr">
         <is>
           <t>Formlabs form 3+</t>
         </is>
       </c>
-      <c r="C7" t="inlineStr">
+      <c r="C10" t="inlineStr">
         <is>
           <t>Drukarka 3d formlabs form 3+ wykorzystuje technologię lfs (low force stereolithography) do precyzyjnego utwardzania żywic fotopolimerowych światłem laserowym. umożliwia tworzenie modeli o wysokiej dokładności (do 25 µm) i gładkiej powierzchni. stosowana w badaniach materiałowych, prototypowaniu, projektowaniu elementów technicznych i biomedycznych.</t>
         </is>
       </c>
-      <c r="D7" t="inlineStr">
+      <c r="D10" t="inlineStr">
         <is>
           <t>Drukarka 3d formlabs form 3+ umożliwia precyzyjne wytwarzanie modeli z żywic fotopolimerowych w technologii lfs (low force stereolithography). umożliwia badania materiałów polimerowych, prototypowanie elementów technicznych i biomedycznych oraz analizę wpływu parametrów druku na strukturę i dokładność modeli. umożliwia drukowanie z szerokiego zakresu żywic fotopolimerowych: materiały inżynierskie, elastyczne, wysokotemperaturowe, biokompatybilne.</t>
         </is>
       </c>
-      <c r="E7" t="inlineStr">
+      <c r="E10" t="inlineStr">
         <is>
           <t xml:space="preserve">Umożliwia produkcję komponentów ze standardowych, inżynieryjnych, elastycznych, odpornych na wysokie temperatury i biokompatybilnych materiałów.
 	technologia drukowania: low force stereolithography™ (lfs)
 	obszar roboczy: 145 × 145 × 185 mm
 	wysokość warstwy: 25–200 mikronów
 	rozmiar plamki lasera: 85 mikronów
  </t>
         </is>
       </c>
-      <c r="F7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G7" t="inlineStr">
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H7" t="inlineStr">
+      <c r="H10" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I7" t="inlineStr">
+      <c r="I10" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J7" t="inlineStr">
+      <c r="J10" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K7" t="inlineStr">
+      <c r="K10" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L7" t="inlineStr">
+      <c r="L10" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M7" t="inlineStr">
+      <c r="M10" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N7" t="inlineStr">
+      <c r="N10" t="inlineStr">
         <is>
           <t>Drukarka 3d, inżynieria materiałowa, prototypowanie, stereolitografia, żywice fotopolimerowe</t>
         </is>
       </c>
     </row>
-    <row r="8">
-      <c r="A8" t="inlineStr">
+    <row r="11">
+      <c r="A11" t="inlineStr">
         <is>
           <t>Analizator spalin testo 350</t>
         </is>
       </c>
-      <c r="B8" t="inlineStr">
+      <c r="B11" t="inlineStr">
         <is>
           <t>Testo 350</t>
         </is>
       </c>
-      <c r="C8" t="inlineStr">
+      <c r="C11" t="inlineStr">
         <is>
           <t xml:space="preserve">Analizator testo 350 to profesjonalne, przenośne narzędzie umożliwiające badanie emisji i analizę spalin. wyposażony jest w jednostkę sterującą, analizator spalin oraz:
 	cele pomiarowe do analizy co, no, no2, cxhy  (metan, propan lub butan).
 	sonda lambda do 1000oc.
 	co2 (ir) sensor.
 	przemysłowa sonda spalin do 1200oc (długość 1m, inconel 625).
 	modułowa sonda spalin do 1000°c.
 </t>
         </is>
       </c>
-      <c r="D8" t="inlineStr">
+      <c r="D11" t="inlineStr">
         <is>
           <t xml:space="preserve">Głównym celem jest diagnostyka, monitorowanie i regulacja pracy urządzeń, a także ocena wpływu na środowisko.
 	badania efektywności i jakości procesów spalania w kotłach, palnikach, silnikach i turbinach,
 	pomiary emisji zanieczyszczeń,
 	analiza wpływu parametrów procesu na skład spalin,
 	walidacja i kalibracja modeli numerycznych (cfd).
 </t>
         </is>
       </c>
-      <c r="E8" t="inlineStr">
+      <c r="E11" t="inlineStr">
         <is>
           <t>Możliwość pomiarowe: co, co2, no, no2, cxhy, 
 obszar możliwych zastosowań: silniki przemysłow, palniki przemysłowe, turbiny gazowe, systemy oczyszczania spalin.</t>
         </is>
       </c>
-      <c r="F8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G8" t="inlineStr">
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H8" t="inlineStr">
+      <c r="H11" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I8" t="inlineStr">
+      <c r="I11" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J8" t="inlineStr">
+      <c r="J11" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K8" t="inlineStr">
+      <c r="K11" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L8" t="inlineStr">
+      <c r="L11" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M8" t="inlineStr">
+      <c r="M11" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N8" t="inlineStr">
+      <c r="N11" t="inlineStr">
         <is>
           <t>Analizator spalin, diagnostyka spalania, efektywność energetyczna, emisja zanieczyszczeń, proces spalania</t>
         </is>
       </c>
     </row>
-    <row r="9">
-      <c r="A9" t="inlineStr">
+    <row r="12">
+      <c r="A12" t="inlineStr">
         <is>
           <t>Kamera termowizyjna flir</t>
         </is>
       </c>
-      <c r="B9" t="inlineStr">
+      <c r="B12" t="inlineStr">
         <is>
           <t>Flir a70 29°</t>
         </is>
       </c>
-      <c r="C9" t="inlineStr">
+      <c r="C12" t="inlineStr">
         <is>
           <t>Kamera flir a70 29° research &amp; development kit to zaawansowany system obrazowania termicznego przeznaczony do zastosowań badawczo-rozwojowych i przemysłowych. umożliwia precyzyjny, bezkontaktowy pomiar temperatury z wysoką rozdzielczością (640 × 480 px) i czułością detekcji poniżej 40 mk. dzięki szerokiemu zakresowi pomiarowemu oraz integracji z oprogramowaniem flir research studio, kamera pozwala na rejestrację, analizę i wizualizację rozkładów temperatury w czasie rzeczywistym – w badaniach materiałowych, energetycznych, elektronicznych i środowiskowych.</t>
         </is>
       </c>
-      <c r="D9" t="inlineStr">
+      <c r="D12" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analizy termiczne komponentów elektronicznych (np. pcb, układy scalone) w fazie prototypowania.
 	badania przepływów ciepła, punktów gorących i strat energetycznych w konstrukcjach/materiałach.
 	monitoring temperatury w układach przemysłowych lub podczas testów środowiskowych, gdzie ważna jest precyzja i możliwość dokumentacji pomiarów.
 </t>
         </is>
       </c>
-      <c r="E9" t="inlineStr">
+      <c r="E12" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	detektor mikrobolometryczny. piksel 12 µm.
 	rozdzielczość: 640×480 pikseli.
 	czułość termiczna (netd): &lt;35mk.
 	częstotliwość: 30hz.
 	pole widzenia: 29° × 22°. ręczne ustawienie ostrości.
 	ifov: 0,84 mrad. minimalna odległość ostrzenia: 0,25m.
 	zakres pomiarowy: 20 do 17 5°c; 175 do 1000°c.
 	dokładność: +/ 2%.
 	wbudowana kamera cyfrowa.
 </t>
         </is>
       </c>
-      <c r="F9" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G9" t="inlineStr">
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H9" t="inlineStr">
+      <c r="H12" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I9" t="inlineStr">
+      <c r="I12" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J9" t="inlineStr">
+      <c r="J12" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K9" t="inlineStr">
+      <c r="K12" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L9" t="inlineStr">
+      <c r="L12" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M9" t="inlineStr">
+      <c r="M12" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
         </is>
       </c>
-      <c r="N9" t="inlineStr">
+      <c r="N12" t="inlineStr">
         <is>
           <t>Analiza termiczna, pomiar bezkontaktowy, pomiar temperatury, termowizja</t>
         </is>
       </c>
     </row>
-    <row r="10">
-      <c r="A10" t="inlineStr">
+    <row r="13">
+      <c r="A13" t="inlineStr">
         <is>
           <t>Oscyloskop minimum 4-kanałowy</t>
         </is>
       </c>
-      <c r="B10" t="inlineStr">
+      <c r="B13" t="inlineStr">
         <is>
           <t>Oscyloskop minimum 4-kanałowy i z pasmem analogowym 4.0 ghz oraz kompatybilnym z posiadanymi już sondami tdp1500, tdp3500, tivh08</t>
         </is>
       </c>
-      <c r="C10" t="inlineStr">
+      <c r="C13" t="inlineStr">
         <is>
           <t>Oscyloskop sygnałów mieszanych tektronix mso64b-6-bw-4000 zapewnia wysoką  jakość sygnałów pomiarowych do dalszej analizy i debugowania współczesnych systemów wbudowanych z zegarami i magistralami o częstotliwościach rzędu pojedynczych gigaherców. urządzenie wyposażono w interfejs dotykowy, duży wyświetlacz 15,6” oraz wejścia flexchannel, które pozwalają mierzyć jeden sygnał analogowy lub osiem sygnałów cyfrowych na kanał.</t>
         </is>
       </c>
-      <c r="D10" t="inlineStr">
+      <c r="D13" t="inlineStr">
         <is>
           <t>Pomiary, analiza, obrazowanie sygnałów elektrycznych o dużej dynamice zmian.</t>
         </is>
       </c>
-      <c r="E10" t="inlineStr">
+      <c r="E13" t="inlineStr">
         <is>
           <t>Analogowe pasmo pracy każdego kanału: 4ghz
 częstotliwość próbkowania: 25gsps (4 kanały), 50gsps (2 kanały)
 długość rekordu pamięci dla każdego kanału: 1gs próbek.</t>
         </is>
       </c>
-      <c r="F10" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G10" t="inlineStr">
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
         <is>
           <t>Dostęp do sprzętu możliwy w pomieszczeniach laboratorium alice agh, po uprzednim uzgodnieniu terminu realizacji pomiarów. 
 dostęp możliwy tylko dla pracowników i doktorantów agh.
 pomieszczenia laboratorium alice agh 413/c2 w terminie uzgodnionym z opiekunem laboratorium</t>
         </is>
       </c>
-      <c r="H10" t="inlineStr">
+      <c r="H13" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I10" t="inlineStr">
+      <c r="I13" t="inlineStr">
         <is>
           <t>Wydział informatyki, elektroniki i telekomunikacji</t>
         </is>
       </c>
-      <c r="J10" t="inlineStr">
+      <c r="J13" t="inlineStr">
         <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
-      <c r="K10" t="inlineStr">
+      <c r="K13" t="inlineStr">
         <is>
           <t>Worek Cezary</t>
         </is>
       </c>
-      <c r="L10" t="inlineStr">
+      <c r="L13" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/cezary-worek-3702.html</t>
         </is>
       </c>
-      <c r="M10" t="inlineStr">
+      <c r="M13" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N10" t="inlineStr">
+      <c r="N13" t="inlineStr">
         <is>
           <t>Analiza, obrazowanie, obrazowanie sygnałów, oscyloskop, oscyloskop cyfrowy, pomiar, sygnał</t>
         </is>
       </c>
     </row>
-    <row r="11">
-      <c r="A11" t="inlineStr">
+    <row r="14">
+      <c r="A14" t="inlineStr">
         <is>
           <t>Generator funkcyjny / arbitralny dwukanałowy pracujący w paśmie co najmniej 1mhz do 1000 mhz</t>
         </is>
       </c>
-      <c r="B11" t="inlineStr">
+      <c r="B14" t="inlineStr">
         <is>
           <t>Generator arbitralny</t>
         </is>
       </c>
-      <c r="C11" t="inlineStr">
+      <c r="C14" t="inlineStr">
         <is>
           <t>Generator funkcyjny / arbitralny dwukanałowy pracujący w paśmie co najmniej od 1mhz do 1000 mhz pozwalający na generację sygnałów w trybie dwukanałowym i impedancji wyjściowej 50 ohm.
 generator arbitralny siglent sdg7102a oferuje dwa kanały o paśmie do 1 ghz, maksymalnej częstotliwości próbkowania 5 gsa/s i rozdzielczości 14 bitów. umożliwia generowanie przebiegów arbitralnych, sygnałów wektorowych oraz typowych sygnałów testowych, takich jak dc, pulse, noise czy prbs. obsługuje funkcje modulacji, przemiatania, burst-u i synchronizacji kanałów, a wyjścia różnicowe lub single-ended zapewniają amplitudę do ±24 v. dzięki unikalnym cechom sdg7102a idealnie sprawdza się w zaawansowanych testach i badaniach sygnałów wysokiej częstotliwości i dużych amplitudach.</t>
         </is>
       </c>
-      <c r="D11" t="inlineStr">
+      <c r="D14" t="inlineStr">
         <is>
           <t>Rodzaje przebiegów wyjściowych:
 sinus, prostokąt, impuls (możliwość regulacji zbocza narastającego i opadającego niezależnie), dc, szum biały. możliwość zdefiniowania dowolnego przebiegu na dwóch kanałach.
 zakres częstotliwości pracy:
 - przebieg sinusoidalny: 1 mhz do 1000 mhz;
 - przebieg impulsowy: 1 mhz do 300 mhz;
 generowanie sygnałów elektronicznych analogowych oraz cyfrowych.</t>
         </is>
       </c>
-      <c r="E11" t="inlineStr">
+      <c r="E14" t="inlineStr">
         <is>
           <t>Pasmo pracy każdego kanału: 1 ghz
 częstotliwość próbkowania: 5 gsps
 maksymalna długość pamięci dla każdego kanału: 512 mpts.</t>
         </is>
       </c>
-      <c r="F11" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G11" t="inlineStr">
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr">
         <is>
           <t>Dostęp do sprzętu możliwy w pomieszczeniach laboratorium alice agh, po uprzednim uzgodnieniu terminu realizacji pomiarów. 
 dostęp możliwy tylko dla pracowników i doktorantów agh.
 pomieszczenia laboratorium alice agh 413/c2 w terminie uzgodnionym z opiekunem laboratorium</t>
         </is>
       </c>
-      <c r="H11" t="inlineStr">
+      <c r="H14" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I11" t="inlineStr">
+      <c r="I14" t="inlineStr">
         <is>
           <t>Wydział informatyki, elektroniki i telekomunikacji</t>
         </is>
       </c>
-      <c r="J11" t="inlineStr">
+      <c r="J14" t="inlineStr">
         <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
-      <c r="K11" t="inlineStr">
+      <c r="K14" t="inlineStr">
         <is>
           <t>Worek Cezary</t>
         </is>
       </c>
-      <c r="L11" t="inlineStr">
+      <c r="L14" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/cezary-worek-3702.html</t>
         </is>
       </c>
-      <c r="M11" t="inlineStr">
+      <c r="M14" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N11" t="inlineStr">
+      <c r="N14" t="inlineStr">
         <is>
           <t>Generator, generator arbitralny, modulacja, pasmo, przemiatanie, sygnał</t>
         </is>
       </c>
     </row>
-    <row r="12">
-      <c r="A12" t="inlineStr">
+    <row r="15">
+      <c r="A15" t="inlineStr">
         <is>
           <t>Cyfrowy mikroskop optyczny</t>
         </is>
       </c>
-      <c r="B12" t="inlineStr">
+      <c r="B15" t="inlineStr">
         <is>
           <t>Mikroskop cyfrowy hirox europe hrx-01-ir</t>
         </is>
       </c>
-      <c r="C12" t="inlineStr">
+      <c r="C15" t="inlineStr">
         <is>
           <t xml:space="preserve">System mikroskopowy hrx-01-ir służy do obserwacji cieczy i ciał stałych in-situ w zakresie światła widzialnego, podczerwonego i ultrafioletowego. umożliwia prowadzenie pomiarów w układzie 2d i 3d, w płaszczyźnie poziomej i osi pionowej. stanowisko składa się z mikroskopu z automatycznym ruchem w osiach xyz, dwóch kamer, dwóch układów optycznych, stacji roboczej oraz dedykowanego oprogramowania analitycznego.
 	pierwsza kamera (cmos, 2/3") umożliwia obrazowanie z rozdzielczością 5,07 mpix przy 50 klatkach/s i pracuje w trybie hdr. druga kamera (cmos, 8,1 mm) generuje obraz w rozdzielczości 3840×2160 pikseli. obie umożliwiają pracę w świetle vis, ir i uv.
 	pierwszy układ optyczny posiada trzy zmotoryzowane obiektywy, obejmujące zakresy powiększeń 20x–140x, 140x–1000x i 700x–2500x. drugi układ optyczny umożliwia powiększenia 35x–350x. obydwa układy są kompatybilne z kamerami c-mount i obsługują różne typy oświetlenia: pierścieniowe, coaxialne, mieszane i polaryzacyjne.
 	podstawa mikroskopu jest antywibracyjna, stolik umożliwia ruch w zakresie 100×100 mm z dokładnością 100 nm, ruch w osi z – 75 mm z dokładnością 50 nm. zainstalowano również drugi statyw z elastycznym ramieniem.
 	stacja robocza: procesor intel i9-12900k, 32 gb ram, karta graficzna geforce rtx 5070, dwa monitory 4k 27”, system windows 11 pro.
 	oprogramowanie  umożliwia m.in. tworzenie modeli 3d, pomary topografii oraz zliczanie cząstek (do 20 000), obrazowanie panoramiczne, autofokus, ochronę przed kolizją oraz automatyczne zapisywanie ustawień pomiarowych.
  </t>
         </is>
       </c>
-      <c r="D12" t="inlineStr">
+      <c r="D15" t="inlineStr">
         <is>
           <t>System umożliwia pomiary i obrazowanie dowolnych próbek, zarówno stałych, jak i ciekłych. pozwala na rejestrację dynamiki procesów z określonym krokiem czasowym oraz prowadzenie pomiarów in-situ. możliwe jest równoczesne obrazowanie zmian zachodzących pod wpływem bodźców zewnętrznych, takich jak światło, temperatura czy pole magnetyczne, w zakresie światła widzialnego i podczerwieni.</t>
         </is>
       </c>
-      <c r="E12" t="inlineStr">
+      <c r="E15" t="inlineStr">
         <is>
           <t>System umożliwia pomiary topografii 3d i chropowatości (iso 25178, iso 4287), pomiary 2d (długość, kąt, średnica) oraz powierzchniowe (pole, obwód), automatyczne zliczanie cząstek i analizę statystyczną. obsługuje pomiary in-situ trwających eksperymentów i procesów w świetle widzialnym i podczerwonym. system wyposażony jest w dodatkową diodę ir o długości fali 850 nm, autofokus, kalibrację obiektywów oraz pomiary w pełnej głębi ostrości.</t>
         </is>
       </c>
-      <c r="F12" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G12" t="inlineStr">
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
         <is>
           <t>Szczegółowe zasady udostępniania dostępne są na stronie: https://acmin.agh.edu.pl/wspolpraca</t>
         </is>
       </c>
-      <c r="H12" t="inlineStr">
+      <c r="H15" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I12" t="inlineStr">
+      <c r="I15" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J12" t="inlineStr">
+      <c r="J15" t="inlineStr">
         <is>
           <t>Vortex</t>
         </is>
       </c>
-      <c r="K12" t="inlineStr">
+      <c r="K15" t="inlineStr">
         <is>
           <t>Szkudlarek Aleksandra</t>
         </is>
       </c>
-      <c r="L12" t="inlineStr">
+      <c r="L15" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
         </is>
       </c>
-      <c r="M12" t="inlineStr">
+      <c r="M15" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N12" t="inlineStr">
+      <c r="N15" t="inlineStr">
         <is>
           <t>Analiza in-situ, mikroskop optyczny, obrazowanie w podczerwieni, obserwacja 2d i 3d, procesy dynamiczne, światło widzialne</t>
         </is>
       </c>
     </row>
-    <row r="13">
-      <c r="A13" t="inlineStr">
+    <row r="16">
+      <c r="A16" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa 100 kn</t>
         </is>
       </c>
-      <c r="B13" t="inlineStr">
+      <c r="B16" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa  precyzyjna shimadzu agx-v 100 kn</t>
         </is>
       </c>
-      <c r="C13" t="inlineStr">
+      <c r="C16" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa shimadzu  agx-v 100 kn służy do badań wytrzymałościowych statycznych w zakresie rozciągania, ściskania, zginania, itp. maszyna posiada precyzyjne możliwości badawcze w zakresie sił do 100 kn.   
 parametry techniczne:
 maszyna wytrzymałościowa shimadzu agx-v 100 kn
 • szerokość przestrzeni roboczej: 600 mm.
 • wysokość przestrzeni roboczej: 1250 mm.
 • głowice pomiarowe siły: do 5 kn; do 50 kn oraz do 100 kn w klasie 0,5 1/1000 wg iso 7500-1.
 • zakres prędkości przesuwu: od 0,00005 do 1500 mm/min w zakresie siły do 100 kn.
 • próbkowanie: 500 khz.
 • automatyczna kontrola stałą szybkością odkształcenia w pełni zgodna pn en-iso 6892-1
 • automatyczna kontrola stałą szybkością narastania siły testującej/naprężenia wg pn en-iso 6892-1  • możliwość zapisu wideo przebiegu testu.
 wideoekstensometr shimadzu:
 • kamera o rozdzielczości: 2mpix
 • zakres pola widzenia: 240 mm. x 180 mm.
 • klasa dokładności: 0,5 wg iso 9513
 • dokładność: ±1,5μm (zgodna z pn en-iso 527-1:2012)
 • pomiar zmian szerokości próbek w trakcie testu • pomiar współczynników anizotropii n + r oraz liczby poissona
 • zapis wideo testu
 • pełna synchronizacja z krzywą rozciągania,
 • częstotliwość próbkowania: 100hz
 ekstensometr kontaktowy mfa25 o bazie stacjonarnej 25 mm i 50 mm
 • klasa dokładności: 0,5 (iso 9513), b1 (astm e83).</t>
         </is>
       </c>
-      <c r="D13" t="inlineStr">
+      <c r="D16" t="inlineStr">
         <is>
           <t xml:space="preserve">Badania wytrzymałościowe niszczące w zakresie:
 - rozciągania;
 - ściskania, 
 - zginania,
 - zdzierania,
 - odkształcalności itp.
 badania wytrzymałościowe metali  wg  pn-en-iso 6892-1 jak i niemetali (tworzywa sztuczne, guma np.  pn-en-iso 37, pn-en-iso 527) itp.
  </t>
         </is>
       </c>
-      <c r="E13" t="inlineStr">
+      <c r="E16" t="inlineStr">
         <is>
           <t xml:space="preserve">Zgodnie z specyfikacją maszyny.
 przykładowo:
 wyznaczenie granicy wytrzymałości,
 wyznaczenie granicy plastyczności,
 wyznaczenie wydłużenia względnego,
 wyznaczenie współczynnika sprężystości wzdłużnej e (modułu younga),
 wyznaczenie współczynnika poissona.
 itp.
  </t>
         </is>
       </c>
-      <c r="F13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G13" t="inlineStr">
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
         <is>
           <t>Zgodnie z indywidualnie uzgodnionymi umowami.</t>
         </is>
       </c>
-      <c r="H13" t="inlineStr">
+      <c r="H16" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I13" t="inlineStr">
+      <c r="I16" t="inlineStr">
         <is>
           <t>Katedra inżynierii maszyn i transportu</t>
         </is>
       </c>
-      <c r="J13" t="inlineStr">
+      <c r="J16" t="inlineStr">
         <is>
           <t>Laboratorium badawcze technicznych środków transportu i materiałów</t>
         </is>
       </c>
-      <c r="K13" t="inlineStr">
+      <c r="K16" t="inlineStr">
         <is>
           <t>Olszyna Grzegorz</t>
         </is>
       </c>
-      <c r="L13" t="inlineStr">
+      <c r="L16" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-olszyna-7194.html</t>
         </is>
       </c>
-      <c r="M13" t="inlineStr">
+      <c r="M16" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N13" t="inlineStr">
+      <c r="N16" t="inlineStr">
         <is>
           <t>Badania niszczące, maszyna wytrzymałościowa, pełzanie, rozciąganie, zginanie</t>
         </is>
       </c>
     </row>
-    <row r="14">
-      <c r="A14" t="inlineStr">
+    <row r="17">
+      <c r="A17" t="inlineStr">
         <is>
           <t>Bonder typu hb05 z mikroskopem optycznym i stolikiem grzejnym</t>
         </is>
       </c>
-      <c r="B14" t="inlineStr">
+      <c r="B17" t="inlineStr">
         <is>
           <t>Hb05 wedge &amp; ball bonder</t>
         </is>
       </c>
-      <c r="C14" t="inlineStr">
+      <c r="C17" t="inlineStr">
         <is>
           <t>Bondera typu hb05 wyposażony w mikroskop optyczny i stolik grzejny umożliwia wykonanie połączeń metalicznych holder-próbka za pomocą drutu złotego lub aluminiowego o grubości 25 µm.</t>
         </is>
       </c>
-      <c r="D14" t="inlineStr">
+      <c r="D17" t="inlineStr">
         <is>
           <t>Za pomocą bondera typu hb05 wyposażonego w mikroskop optyczny i stolik grzejny możliwe jest wykonanie połączeń metalicznych holder-próbka za pomocą drutu złotego lub aluminiowego o grubości 25 µm.</t>
         </is>
       </c>
-      <c r="E14" t="inlineStr">
+      <c r="E17" t="inlineStr">
         <is>
           <t xml:space="preserve">Wykonywanie połączeń miedzy próbką a holderem za pomocą drutu aluminiowego lub złotego o średnicy 25 µm.
 dostępne typy kapilar:
 	wedge (au oraz al),
 	ball (au).
 siła nacisku kapilary 15 - 150 cn
 maksymalna temperatura grzania stolika 250 0c
 minimalny rozmar wytworzonego kontaktu: 50 x 50 µm.
  </t>
         </is>
       </c>
-      <c r="F14" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G14" t="inlineStr">
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H14" t="inlineStr">
+      <c r="H17" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I14" t="inlineStr">
+      <c r="I17" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J14" t="inlineStr">
+      <c r="J17" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K14" t="inlineStr">
+      <c r="K17" t="inlineStr">
         <is>
           <t>Chrobak Maciej</t>
         </is>
       </c>
-      <c r="L14" t="inlineStr">
+      <c r="L17" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/maciej-chrobak-8494.html</t>
         </is>
       </c>
-      <c r="M14" t="inlineStr">
+      <c r="M17" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N14" t="inlineStr">
+      <c r="N17" t="inlineStr">
         <is>
           <t>Bonder, kontakty elektryczne</t>
         </is>
       </c>
     </row>
-    <row r="15">
-      <c r="A15" t="inlineStr">
+    <row r="18">
+      <c r="A18" t="inlineStr">
         <is>
           <t>Mikroskop fluorescencyjny odwrócony z kamerą cyfrową</t>
         </is>
       </c>
-      <c r="B15" t="inlineStr">
+      <c r="B18" t="inlineStr">
         <is>
           <t>Mikroskop fluorescencyjny odwrócony z kamerą cyfrową (axio vert.a1, carl zeiss)</t>
         </is>
       </c>
-      <c r="C15" t="inlineStr">
+      <c r="C18" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikroskop fluorescencyjny odwrócony z kamerą cyfrową (axio vert.a1, carl zeiss). modułowa budowa umożliwia zastosowanie wielu technik obserwacji, od jasnego i ciemnego pola poprzez kontrast fazowy, kontrast nomarskiego (dic), plasdic i epi-fluorescencję.
 obiektywy w jakie jest wyposażony mikroskop są następujące:
 	10x / apertura 0.25, long distance, planachromatyczny
 	20x / apertura 0.35, long distance, planachromatyczny
 	40x / apertura 1.30, fluorytowy, o rozszerzonej transmisji w uv i ir, immersja olejowa
 	63x / apertura 1.25, semiplanapochromatyczny, immersja olejowa
 w obiektywach 10x, 20x kontrast nomarskiego przystosowany do pracy z plastikowymi naczynkami hodowlanymi.
 półprzewodnikowe źródło światła colibri 7, 4-kanałowe źródło światła fluorescencyjnego rgb-uv ze zintegrowaną jednostką sterującą do ciągłej regulacji jasności. mikroskop jest wyposażony w 4 półprzewodnikowe lampy led:
 	czerwoną (630nm) do wzbudzenia cy5, alexa 631, toto-3 i podobnych barwników
 	zieloną (555nm) do wzbudzenia cy3, tritc, dsred i podobnych barwników
 	niebieską (475nm) do wzbudzenia egfp, fluo4, fitc i podobnych barwników
 	uv (385nm) do wzbudzenia dapi, alexa 405, hoechst 33258 i podobnych barwników.
 </t>
         </is>
       </c>
-      <c r="D15" t="inlineStr">
+      <c r="D18" t="inlineStr">
         <is>
           <t>Kompaktowy odwrócony mikroskop idealny do rutynowych badań. ten system jest skonfigurowany do jasnego pola światła przechodzącego, kontrastu fazowego i epifluorescencji (470 nm).</t>
         </is>
       </c>
-      <c r="E15" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G15" t="inlineStr">
+      <c r="E18" t="inlineStr"/>
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H15" t="inlineStr">
+      <c r="H18" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I15" t="inlineStr">
+      <c r="I18" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J15" t="inlineStr">
+      <c r="J18" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K15" t="inlineStr">
+      <c r="K18" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L15" t="inlineStr">
+      <c r="L18" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M15" t="inlineStr">
+      <c r="M18" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N15" t="inlineStr">
+      <c r="N18" t="inlineStr">
         <is>
           <t>Mikroskop fluorescencyjny, mikroskop optyczny, wizualizacja próbek</t>
         </is>
       </c>
     </row>
-    <row r="16">
-      <c r="A16" t="inlineStr">
+    <row r="19">
+      <c r="A19" t="inlineStr">
         <is>
           <t>Zetasizer wraz z układem titrującym i celką do pomiaru potencjału zeta na ciele stałym</t>
         </is>
       </c>
-      <c r="B16" t="inlineStr">
+      <c r="B19" t="inlineStr">
         <is>
           <t>Zetasizer nano zs</t>
         </is>
       </c>
-      <c r="C16" t="inlineStr">
+      <c r="C19" t="inlineStr">
         <is>
           <t>Zetasizer nano zs (malvern instruments ltd., worcestershire, uk) to urządzenie służące do charakterystyki takich materiałów jak nanocząstki, koloidy, białka, liposomy czy mikroemulsje. analizator pozwala na uzyskanie parametrów fizykochemicznych: wielkość cząstek, masa cząsteczkowa i potencjał zeta. urządzenie to wykorzystuje szeroko stosowane techniki, takie jak: dynamiczne rozpraszanie światła, elektroforetyczne rozpraszanie światła i statyczne rozpraszanie światła do pełnej analizy układów rozproszonych o wymiarach nanometrycznych. zetasizer doposażony jest w autotitrator mpt-2 i odgazowywacz. służy on do automatycznego wykonywania pomiarów wielkości cząstek/potencjału zeta w funkcji ph, przewodnictwa czy stężenia dodatku. autotitrator jest wyposażony w elektrodę szklaną do pomiaru ph i umożliwia dozowanie do trzech titrantów w jednym eksperymencie. dysponujemy także celką do pomiaru potencjału zeta ciał stałych. celka umożliwia pomiar potencjału zeta płaskich powierzchni, takich jak papier filtracyjny, krzemionka, polimery i kości, przy użyciu standardowego systemu zetasizer nano. charakterystyka powierzchni i interfejsów ma kluczowe znaczenie w wielu gałęziach przemysłu, w tym w produktach konsumenckich, specjalistycznych chemikaliach, farmaceutykach i naukach przyrodniczych. w każdym z tych obszarów oddziaływanie cząsteczek roztworu z powierzchniami może wpływać na właściwości materiału końcowego produktu.</t>
         </is>
       </c>
-      <c r="D16" t="inlineStr">
+      <c r="D19" t="inlineStr">
         <is>
           <t>Nanocząstki, koloidy, białka, liposomy, mikroemulsje, etc.</t>
         </is>
       </c>
-      <c r="E16" t="inlineStr">
+      <c r="E19" t="inlineStr">
         <is>
           <t>Parametry fizykochemiczne: wielkość cząstek, masa cząsteczkowa i potencjał zeta.</t>
         </is>
       </c>
-      <c r="F16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G16" t="inlineStr">
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H16" t="inlineStr">
+      <c r="H19" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I16" t="inlineStr">
+      <c r="I19" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J16" t="inlineStr">
+      <c r="J19" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K16" t="inlineStr">
+      <c r="K19" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L16" t="inlineStr">
+      <c r="L19" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M16" t="inlineStr">
+      <c r="M19" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N16" t="inlineStr">
+      <c r="N19" t="inlineStr">
         <is>
           <t>Nanocząstki, rozmiar, zeta potencjał</t>
         </is>
       </c>
     </row>
-    <row r="17">
-      <c r="A17" t="inlineStr">
+    <row r="20">
+      <c r="A20" t="inlineStr">
         <is>
           <t>Scatterx78</t>
         </is>
       </c>
-      <c r="B17" t="inlineStr">
+      <c r="B20" t="inlineStr">
         <is>
           <t>Komora scatterx78 - doposażenie dyfraktometru rentgenowskiego w kompaktową komorę do badań saxs/waxs</t>
         </is>
       </c>
-      <c r="C17" t="inlineStr">
+      <c r="C20" t="inlineStr">
         <is>
           <t>Komora scatterx78 umożliwia jednoczesny pomiar w próżni saxs i waxs. pomiar możliwy jest już dla rozmiarów obiektów od 1 nm w wymiarach 1d i 2d. dodatkowo zaproponowane rozszerzenie aparatury badawczej pozwala na prowadzenie badań metodą dyfrakcji przy stałym kącie padania promieniowania (gixd). przystawka pozwala na przeprowadzenie nieniszczącej analizy właściwości materiałów, geometrii i uporządkowania obiektów (amorficznych, krystalicznych) w nanoskali w postaci cieczy, żelów, proszków, ciał stałych (w tym porowatych) czy układów wielowarstwowych o grubości rzędu nm. co więcej zastosowana przystawka służy do określania szczegółów budowy krystalicznej polimerów, czy identyfikacji odmian polimorficznych, a także śledzenia przejść jednej odmiany krystalograficznej w drugą wywołanych różnymi czynnikami. wśród układów analizowanych metodami saxs/waxs znajdują się m.in. nanocząstki, nanowielowarstwy, roztwory nanocząstek (półprzewodnikowych, magnetycznych, itp.), plastyczne układu hybrydowe z nanocząstkami.</t>
         </is>
       </c>
-      <c r="D17" t="inlineStr">
+      <c r="D20" t="inlineStr">
         <is>
           <t>Xrd (w tym gixd), saxs, waxs</t>
         </is>
       </c>
-      <c r="E17" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G17" t="inlineStr">
+      <c r="E20" t="inlineStr"/>
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H17" t="inlineStr">
+      <c r="H20" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I17" t="inlineStr">
+      <c r="I20" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J17" t="inlineStr">
+      <c r="J20" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K17" t="inlineStr">
+      <c r="K20" t="inlineStr">
         <is>
           <t>Marciszko-Wiąckowska Marianna</t>
         </is>
       </c>
-      <c r="L17" t="inlineStr">
+      <c r="L20" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marianna-marciszko-wiackowska-8299.html</t>
         </is>
       </c>
-      <c r="M17" t="inlineStr">
+      <c r="M20" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N17" t="inlineStr">
+      <c r="N20" t="inlineStr">
         <is>
           <t>Dyfrakcja, saxs, waxs, xrd</t>
         </is>
       </c>
     </row>
-    <row r="18">
-      <c r="A18" t="inlineStr">
+    <row r="21">
+      <c r="A21" t="inlineStr">
         <is>
           <t>Klaster obliczeniowy wysokiej wydajności teraacmin</t>
         </is>
       </c>
-      <c r="B18" t="inlineStr">
+      <c r="B21" t="inlineStr">
         <is>
           <t>Klaster obliczeniowy</t>
         </is>
       </c>
-      <c r="C18" t="inlineStr">
+      <c r="C21" t="inlineStr">
         <is>
           <t>Klaster obliczeniowy złożony z 2 węzłów obliczeniowych zawierających po dwa procesory amd epyc 9754 i wyposażonych w 384 gb pamięci ram. sumaryczna liczba rdzeni obliczeniowych: 1024.</t>
         </is>
       </c>
-      <c r="D18" t="inlineStr">
+      <c r="D21" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obliczenia równoległe w architekturze pamięci współdzielonej, rozproszonej i dwupoziomowej
 	obliczenia typu ab-initio: quantumespresso, vasp
 	narzędzia programistyczne, kompilatory etc.
 	biblioteki obliczeniowe: gsl, lapack, scalapack, mkl, openmpi
 </t>
         </is>
       </c>
-      <c r="E18" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G18" t="inlineStr">
+      <c r="E21" t="inlineStr"/>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G21" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H18" t="inlineStr">
+      <c r="H21" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I18" t="inlineStr">
+      <c r="I21" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J18" t="inlineStr">
+      <c r="J21" t="inlineStr">
         <is>
           <t>Zakład teorii układów kwantowych</t>
         </is>
       </c>
-      <c r="K18" t="inlineStr">
+      <c r="K21" t="inlineStr">
         <is>
           <t>Biborski Andrzej</t>
         </is>
       </c>
-      <c r="L18" t="inlineStr">
+      <c r="L21" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/andrzej-biborski-7817.html</t>
         </is>
       </c>
-      <c r="M18" t="inlineStr">
+      <c r="M21" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N18" t="inlineStr">
+      <c r="N21" t="inlineStr">
         <is>
           <t>Badania, modelowanie, nano, obliczenia numeryczne</t>
         </is>
       </c>
     </row>
-    <row r="19">
-      <c r="A19" t="inlineStr">
+    <row r="22">
+      <c r="A22" t="inlineStr">
         <is>
           <t>Chłodziarka rozcieńczalnikowa z magnesem</t>
         </is>
       </c>
-      <c r="B19" t="inlineStr">
+      <c r="B22" t="inlineStr">
         <is>
           <t>Triton 200</t>
         </is>
       </c>
-      <c r="C19" t="inlineStr">
+      <c r="C22" t="inlineStr">
         <is>
           <t>Chłodziarka rozcieńczalnikowa 3he/4he pracująca w cyklu zamkniętym pozwala na osiągnięcie i ustabilizowanie temperatur w zakresie od 10 mk do 30 k. moc chłodząca w temperaturze 100 mk wynosi 200 µw, a w 20 mk 4 µw. zintegrowany magnes nadprzewodzący pozwala na wytworzenie pola magnetycznego do 14 t.
 unikalny system wymiany próbek pozwala na zmianę próbki w temperaturze 10 k. dzięki czemu czas potrzebny na wymianę i schłodzenie próbki do temperatury 100 mk to 72 h.
 chłodziarka wyposażona jest w 2 wiązki składające się z 12 par przewodów do pomiarów stałoprądowych. jedna wiązka wykonana jest z konstantanu a druga (nadprzewodząca) z cu/nbti. do dyspozycji jest również 8 przewodów koncentrycznych pozwalających na wykonywanie pomiarów zmiennoprądowych do 500 mhz.
 pomiar temperatury przeprowadzany jest za pomocą termometrów ruo2 wykalibrowanych od temperatury 50 mk do 30 k. dokładny pomiar w temperaturach &lt; 50 mk jest możliwy dzięki zastosowaniu termometru wzorcowego cmn oraz kaskadowego termometru nadprzewodzącego srd1000.
 podstawowe parametry: minimalna temperatura:           &lt; 10 mk. moc chłodząca w 100 mk:        200 µw. moc chłodząca w 20 mk:          4 µw. czas wymiany próbki:              72 h. liczba dostępnych przewodów dc: 24 (konstantan lub cu/nbti). liczba dostępnych przewodów ac: 8 przewodów koncentrycznych do 500 mhz.</t>
         </is>
       </c>
-      <c r="D19" t="inlineStr">
+      <c r="D22" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary transportu elektronowego, efektu halla i magnetooporu wykonywane zarówno techniką dc jak i ac w funkcji temperatury lub w funkcji pola magnetycznego.
 	pomiary ciepła właściwego odbywa się przy stałym ciśnieniu cp. jest to pomiar metodą relaksacyjną, łączącą w sobie dużą dokładność pomiaru z nieskomplikowanymi technikami analizy wyników.
 </t>
         </is>
       </c>
-      <c r="E19" t="inlineStr">
+      <c r="E22" t="inlineStr">
         <is>
           <t xml:space="preserve">Parametry pomiaru transportu elektronowego:
 	rozmiary próbki: 5 x 8 x 3 mm (szer. x dług. x wys.).
 	imax: 10 ma.
 	u: 100 nv – 10 v.
 	50 mk &lt; t &lt; 30 k.
 	0 t &lt; b &lt; 14 t.
 parametry pomiaru ciepła właściwego:
 	rozmiary próbki: 5 x 3 x 1 mm (szer. x dług. x wys.).
 	50 mk &lt; t &lt; 30 k.
 	0 t &lt; b &lt; 14 t.
 </t>
         </is>
       </c>
-      <c r="F19" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G19" t="inlineStr">
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G22" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H19" t="inlineStr">
+      <c r="H22" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I19" t="inlineStr">
+      <c r="I22" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J19" t="inlineStr">
+      <c r="J22" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K19" t="inlineStr">
+      <c r="K22" t="inlineStr">
         <is>
           <t>Chrobak Maciej</t>
         </is>
       </c>
-      <c r="L19" t="inlineStr">
+      <c r="L22" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/maciej-chrobak-8494.html</t>
         </is>
       </c>
-      <c r="M19" t="inlineStr">
+      <c r="M22" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N19" t="inlineStr">
+      <c r="N22" t="inlineStr">
         <is>
           <t>Ciepło własciwe, efekt halla, temperatury sub-kelwinowe, transport elektronowy, transport kwantowy</t>
         </is>
       </c>
     </row>
-    <row r="20">
-      <c r="A20" t="inlineStr">
+    <row r="23">
+      <c r="A23" t="inlineStr">
         <is>
           <t>Układ nanomanipulatorów mibot</t>
         </is>
       </c>
-      <c r="B20" t="inlineStr">
+      <c r="B23" t="inlineStr">
         <is>
           <t>Nanomanipulatory mibot</t>
         </is>
       </c>
-      <c r="C20" t="inlineStr">
+      <c r="C23" t="inlineStr">
         <is>
           <t>Układ dwóch nanomanipulatorów typu mibot firmy imina, kompatybilny ze skaningowym mikroskopem elektronowo-jonowym versa 3d, umożliwia pomiary oporu in-situ w trakcie procesu nanostrukturyzacji oraz manipulację pojedynczymi sub-mikronowymi obiektami. każdy z nanomanipulatorów posiada 3 osie, po których może się poruszać z dokładnością do pojedynczych nanometrów, oraz możliwość obrotu. promień zaokrąglenia sondy pomiarowej wynosi od 100 do 500 nm, umożliwiając przepuszczanie prądów o natężeniu 100 ma. do pomiarów oporu wykorzystujemy zewnętrzną elektronikę pomiarową, np. urządzenie keithley 2400.</t>
         </is>
       </c>
-      <c r="D20" t="inlineStr">
+      <c r="D23" t="inlineStr">
         <is>
           <t>Nanomanipulatory pozwalają na zaawansowane badania nanostruktur i sub-mikronowych obiektów, umożliwiając pomiary prądowo-napięciowe bezpośrednio w komorze mikroskopu w trakcie procesu nanostrukturyzacji.</t>
         </is>
       </c>
-      <c r="E20" t="inlineStr">
+      <c r="E23" t="inlineStr">
         <is>
           <t>System umożliwia przepuszczanie prądów o natężeniu 100 ma przy użyciu zewnętrznej elektroniki pomiarowej.
 do pomiarów oporu wykorzystujemy urządzenie keithley 2400.</t>
         </is>
       </c>
-      <c r="F20" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G20" t="inlineStr">
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H20" t="inlineStr">
+      <c r="H23" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I20" t="inlineStr">
+      <c r="I23" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J20" t="inlineStr">
+      <c r="J23" t="inlineStr">
         <is>
           <t>Zespół materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K20" t="inlineStr">
+      <c r="K23" t="inlineStr">
         <is>
           <t>Szkudlarek Aleksandra</t>
         </is>
       </c>
-      <c r="L20" t="inlineStr">
+      <c r="L23" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
         </is>
       </c>
-      <c r="M20" t="inlineStr">
+      <c r="M23" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N20" t="inlineStr">
+      <c r="N23" t="inlineStr">
         <is>
           <t>In-situ, nanostruktryzacja, pomiary elektryczne</t>
         </is>
       </c>
     </row>
-    <row r="21">
-      <c r="A21" t="inlineStr">
+    <row r="24">
+      <c r="A24" t="inlineStr">
         <is>
           <t>Zestaw pomiarowy do badań reologicznych</t>
         </is>
       </c>
-      <c r="B21" t="inlineStr">
+      <c r="B24" t="inlineStr">
         <is>
           <t>Kompaktowy reometr modułowy mcr 302e (anton paar)</t>
         </is>
       </c>
-      <c r="C21" t="inlineStr">
+      <c r="C24" t="inlineStr">
         <is>
           <t xml:space="preserve">Reometr rotacyjny mcr 302e jest zaawansowanym urządzeniem do analizy właściwości reologicznych materiałów. pozwala na badanie różnych parametrów przepływu i deformacji substancji. ze względu na modułową budowę, reometr umożliwia dostosowanie oprzyrządowania do konkretnych wymagań badawczych.  podstawowe możliwości badawcze urządzenia to:
 1. charakterystyka lepkościowa
 	pomiar lepkości dynamicznej w funkcji naprężenia ścinającego, szybkości ścinania lub temperatury.
 	określanie zależności lepkości od czasu (tiksotropia, reopeksja).
 	analiza pseudoplastyczności i dylatancji płynów nieniutonowskich.
 2. krzywe płynięcia
 	wyznaczanie zależności naprężenia ścinającego od szybkości ścinania.
 	określanie modeli reologicznych.
 	identyfikacja granicy płynięcia materiałów.
 3. analiza strukturalna i tiksotropia
 	badanie odwracalnych zmian struktury materiałów pod wpływem sił mechanicznych.
 	pomiar czasu potrzebnego do odbudowy struktury po zakończeniu działania naprężeń ścinających.
 4. oscylacyjne testy dynamiczne
 	badanie modułu sprężystości (g') i modułu stratności (g'') w funkcji częstotliwości, naprężenia lub temperatury.
 	analiza przejścia pomiędzy stanem ciekłym a stałym.
 5. testy temperaturowe
 	określanie wpływu temperatury na właściwości reologiczne.
 	analiza stabilności termicznej materiałów.
 6. badanie zmian lepkości w funkcji czasu
 	monitorowanie zmian reologicznych w trakcie utwardzania, żelowania lub degradacji.
 	identyfikacja procesów starzeniowych i utraty właściwości użytkowych materiałów.
 </t>
         </is>
       </c>
-      <c r="D21" t="inlineStr">
+      <c r="D24" t="inlineStr">
         <is>
           <t>Reometr umożliwia kompleksową analizę lepkości dynamicznej i naprężeń w funkcji szybkości ścinania, temperatury i czasu, także pod wpływem pola magnetycznego lub światła uv. pozwala badać materiały o złożonych właściwościach reologicznych (np. tiksotropowe, dylatacyjne, pseudoplastyczne), mierzyć granicę płynięcia oraz monitorować zmiany lepkości, np. podczas utwardzania. umożliwia także testy oscylacyjne, w tym pomiar modułów sprężystości i stratności.</t>
         </is>
       </c>
-      <c r="E21" t="inlineStr">
+      <c r="E24" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	konwencjonalne badania reologiczne w zakresie temperatur od -40°c do 200°c
 	analiza małych próbek (od 15 µl do kilku ml)
 	badanie ferrocieczy w polu magnetycznym (indukcja do 1 t, -10°c do 100°c)
 	testy w świetle uv (-20°c do 200°c), również przy określonej długości fali (np. 365 nm, 320-480 nm)
 	badania tribologiczne: krzywa stribecka, współczynnik tarcia, smarność
  </t>
         </is>
       </c>
-      <c r="F21" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G21" t="inlineStr">
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr">
         <is>
           <t>Udostępnianie aparatury w ramach wspólnych przedsięwzięć badawczych oraz zgodnie z indywidualnie uzgodnionymi umowami.</t>
         </is>
       </c>
-      <c r="H21" t="inlineStr">
+      <c r="H24" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I21" t="inlineStr">
+      <c r="I24" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J21" t="inlineStr">
+      <c r="J24" t="inlineStr">
         <is>
           <t>Laboratorium technik smarowniczych i reologii</t>
         </is>
       </c>
-      <c r="K21" t="inlineStr">
+      <c r="K24" t="inlineStr">
         <is>
           <t>Horak Wojciech</t>
         </is>
       </c>
-      <c r="L21" t="inlineStr">
+      <c r="L24" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/wojciech-horak-6681.html</t>
         </is>
       </c>
-      <c r="M21" t="inlineStr">
+      <c r="M24" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N21" t="inlineStr">
+      <c r="N24" t="inlineStr">
         <is>
           <t>Ciecze magnetyczne, lepkość, reologia, reologia uv</t>
         </is>
       </c>
     </row>
-    <row r="22">
-      <c r="A22" t="inlineStr">
+    <row r="25">
+      <c r="A25" t="inlineStr">
         <is>
           <t>Mobilny system cyfrowej radiografii przemysłowej</t>
         </is>
       </c>
-      <c r="B22" t="inlineStr">
+      <c r="B25" t="inlineStr">
         <is>
           <t>Mobilny system cyfrowej radiografii przemysłowej do badań ndt</t>
         </is>
       </c>
-      <c r="C22" t="inlineStr">
+      <c r="C25" t="inlineStr">
         <is>
           <t>Mobilny system radiografii przemysłowej składający się z elementów:
 1. skaner carestream industrex / hpx-1 (custom) z zestawem płyt obrazowych i osprzętu
 2. aparat rentgenowski teledyne icm / site-x d3206 – zestaw
 3. aparat rentgenowski teledyne icm / site-x cp200ds - zestaw
 4. dozymetry/radiometry ped+ (custom) – zestaw 3 szt.
 5. zestaw komputerowy carestream hp z4 workstation (custom).
 6. oprogramowanie carestream industrex</t>
         </is>
       </c>
-      <c r="D22" t="inlineStr">
+      <c r="D25" t="inlineStr">
         <is>
           <t>Metoda rt ma zastosowanie w wielu branżach: odlewnicza, motoryzacyjna, lotnicza, stoczniowa. pozwala na określenie lokalizacji, kształtu i wielkości niezgodności powierzchniowych i wewnętrznych w obiektach wykonanych różnymi technikami wytwarzania: odlewy, odkuwki, spoiny oraz z różnych materiałów konstrukcyjnych tj. metale i ich stopy, materiały niematalowe - kompozyty, ceramika, tworzywa sztuczne. badania detalu w jednej ekspozycji do 70mm grubości dla stali.</t>
         </is>
       </c>
-      <c r="E22" t="inlineStr">
+      <c r="E25" t="inlineStr">
         <is>
           <t xml:space="preserve">Hpx-1
 	skanowanie: 16bit
 	max. podziałka pixeli: 25µm
 	max. rozmiary kaset sztywnych: 14x17cali
 site-x d3206
 	zakres napięcia wyjściowego: 90-320kv
 	zakres prądu lampy: 1-6ma
 	penetracja stali: ok.70mm
 site-x cp200ds
 	zakres napięcia wyjściowego: 10-200kv
 	zakres prądu lampy: 0,5-10ma
 	penetracja stali: ok.40mm
 </t>
         </is>
       </c>
-      <c r="F22" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G22" t="inlineStr">
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr">
         <is>
           <t>Zgodnie z indywidualnie uzgodnionymi umowami</t>
         </is>
       </c>
-      <c r="H22" t="inlineStr">
+      <c r="H25" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I22" t="inlineStr">
+      <c r="I25" t="inlineStr">
         <is>
           <t>Katedra inżynierii maszyn i transportu</t>
         </is>
       </c>
-      <c r="J22" t="inlineStr">
+      <c r="J25" t="inlineStr">
         <is>
           <t>Laboratorium badawcze technicznych środków transportu i materiałów</t>
         </is>
       </c>
-      <c r="K22" t="inlineStr">
+      <c r="K25" t="inlineStr">
         <is>
           <t>Ruta Hubert</t>
         </is>
       </c>
-      <c r="L22" t="inlineStr">
+      <c r="L25" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/hubert-ruta-7195.html</t>
         </is>
       </c>
-      <c r="M22" t="inlineStr">
+      <c r="M25" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną, (pob 8) przekraczanie granic: eksperymentalna fizyka wysokich energii ekstremalne stany materii, zaawansowane technologie w detekcji promieniowania, badania i zastosowania transdyscyplinarne</t>
         </is>
       </c>
-      <c r="N22" t="inlineStr">
+      <c r="N25" t="inlineStr">
         <is>
           <t>Badania nieniszczące, ndt, rt</t>
         </is>
       </c>
     </row>
-    <row r="23">
-      <c r="A23" t="inlineStr">
+    <row r="26">
+      <c r="A26" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa dartec 250</t>
         </is>
       </c>
-      <c r="B23" t="inlineStr">
+      <c r="B26" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa dartec 250</t>
         </is>
       </c>
-      <c r="C23" t="inlineStr">
+      <c r="C26" t="inlineStr">
         <is>
           <t xml:space="preserve">Dwukolumnowa, uniwersalna serwohydrauliczna maszyna wytrzymałościowa umożliwiająca prowadzenia jednoosiowych badań statycznych i zmęczeniowych pod kontrolą siły, przemieszczenia lub jednego z piąciu dodatkowych czujników analogowych, jaki mogą być użyte w trakcie badań.
 przykładowe zastosowanie:
 	wyznaczanie inżynierskich i rzeczywistych krzywych rozciągania,
 	wyznaczanie monotonicznych właściwości wytrzymałościowych materiałów ,
 	badania zmęczeniowe materiałów prowadzone (krzywa wöhlera, krzywa coffina – mansona)
 	wyznaczanie cyklicznej krzywej odkształcenia,
 	wyznaczanie trwałości zmęczeniowej elementów konstrukcji oraz węzłów konstrukcyjnych przy dowolnych sekwencjach osiowych obciążeń,
 	badania rozwoju pęknięć zmęczeniowych w metalach inżynierskich oraz elementach konstrukcji.
 </t>
         </is>
       </c>
-      <c r="D23" t="inlineStr">
+      <c r="D26" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	badania statyczne: póby rozciągania, ściskania, zginania;
 	badania dynamiczne:
 	badania zmęczeniowe nisko- i wysokocyklowe,
 	badania rozwoju pęknięć zmęczeniowych,
 	badania odporności na pękanie,
 	badania charakterystyk dynamicznych materiałów i konstrukcji.
  </t>
         </is>
       </c>
-      <c r="E23" t="inlineStr">
+      <c r="E26" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres obciążeń statycznych: +/- 300 kn;
 	zakres obciążeń dynamicznych: +/- 250 kn;
 	zakres przemieszczeń siłownika: +/- 75 mm;
 	długość próbki rozciąganej: 280 - 1100 mm,
 	średnica części chwytowej (próbki walcowe): 5-45 mm,
 	grubość części chwytowej (póbki płaskie): 0-35 mm,
  </t>
         </is>
       </c>
-      <c r="F23" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G23" t="inlineStr">
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr">
         <is>
           <t>Do ustalenia z osobą kontaktową</t>
         </is>
       </c>
-      <c r="H23" t="inlineStr">
+      <c r="H26" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I23" t="inlineStr">
+      <c r="I26" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J23" t="inlineStr">
+      <c r="J26" t="inlineStr">
         <is>
           <t>Zespół wytrzymałość materiałów i konstrukcji</t>
         </is>
       </c>
-      <c r="K23" t="inlineStr">
+      <c r="K26" t="inlineStr">
         <is>
           <t>Machniewicz Tomasz</t>
         </is>
       </c>
-      <c r="L23" t="inlineStr">
+      <c r="L26" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-machniewicz-5212.html</t>
         </is>
       </c>
-      <c r="M23" t="inlineStr">
+      <c r="M26" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N23" t="inlineStr">
+      <c r="N26" t="inlineStr">
         <is>
           <t>Badania dynamiczne, badania statyczne, badania zmęczeniowe, charakterystyki statyczne, mechanika pękania, propagacja pęknięć, właściwości mechaniczne, właściwości zmęczeniowe, wzrost pęknięć zmęczeniowych</t>
         </is>
       </c>
     </row>
-    <row r="24">
-      <c r="A24" t="inlineStr">
+    <row r="27">
+      <c r="A27" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa mts 810</t>
         </is>
       </c>
-      <c r="B24" t="inlineStr">
+      <c r="B27" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa mts 810</t>
         </is>
       </c>
-      <c r="C24" t="inlineStr">
+      <c r="C27" t="inlineStr">
         <is>
           <t xml:space="preserve">Dwukolumnowa, uniwersalna serwohydrauliczna maszyna wytrzymałościowa umożliwiająca prowadzenia jednoosiowych badań statycznych i zmęczeniowych pod kontrolą siły, przemieszczenia lub dowolnego czujnika analogowego używanego w trakcie badań (np. tensometru, ekstensometru, itp.).
 przykładowe zastosowanie:
 	wyznaczanie inżynierskich i rzeczywistych krzywych rozciągania,
 	wyznaczanie monotonicznych właściwości wytrzymałościowych materiałów,
 	statyczne badania w warunkach trójpunktowego lub czteropunktowego zginania,
 	badania zmęczeniowe materiałów prowadzone (krzywa wöhlera, krzywa coffina – mansona)
 	wyznaczanie cyklicznej krzywej odkształcenia,
 	wyznaczanie trwałości zmęczeniowej elementów konstrukcji oraz węzłów konstrukcyjnych przy dowolnych sekwencjach osiowych obciążeń,
 	badania rozwoju pęknięć zmęczeniowych w metalach inżynierskich oraz elementach konstrukcji,
 	wyznaczanie statycznych i dynamicznych charakterystyk elementów maszyn (w zakresie prędkości przemieszczenia do 150 mm/sek.)
 </t>
         </is>
       </c>
-      <c r="D24" t="inlineStr">
+      <c r="D27" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	badania statyczne: póby rozciągania, ściskania, zginania;
 	badania dynamiczne:
 	badania zmęczeniowe nisko- i wysokocyklowe,
 	badania propagacji pęknięć,
 	badania rozwoju pęknięć zmęczeniowych,
 	badania odporności na pękanie,
 	badania charakterystyk dynamicznych materiałów i konstrukcji.
 </t>
         </is>
       </c>
-      <c r="E24" t="inlineStr">
+      <c r="E27" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres obciążeń: +/- 100 kn;
 	zakres przemieszczeń siłownika: +/- 75 mm;
 	maksymalna prędkość testu: 150 mm/sek.;
 	prześwit pomiędzy szczękami mocującymi: 0 - 1000 mm,
 	średnica części chwytowej (próbki walcowe): 5.8-22.9 mm,
 	grubość części chwytowej (póbki płaskie): 0-19 mm,
 </t>
         </is>
       </c>
-      <c r="F24" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G24" t="inlineStr">
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr">
         <is>
           <t>Do ustalenia z osobą kontaktową</t>
         </is>
       </c>
-      <c r="H24" t="inlineStr">
+      <c r="H27" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I24" t="inlineStr">
+      <c r="I27" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J24" t="inlineStr">
+      <c r="J27" t="inlineStr">
         <is>
           <t>Zespół wytrzymałość materiałów i konstrukcji</t>
         </is>
       </c>
-      <c r="K24" t="inlineStr">
+      <c r="K27" t="inlineStr">
         <is>
           <t>Machniewicz Tomasz</t>
         </is>
       </c>
-      <c r="L24" t="inlineStr">
+      <c r="L27" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-machniewicz-5212.html</t>
         </is>
       </c>
-      <c r="M24" t="inlineStr">
+      <c r="M27" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N24" t="inlineStr">
+      <c r="N27" t="inlineStr">
         <is>
           <t>Badania dynamiczne, badania statyczne, badania zmęczeniowe, charakterystyki statyczne, mechanika pękania, propagacja pęknięć, właściwości mechaniczne, właściwości zmęczeniowe, wzrost pęknięć zmęczeniowych</t>
         </is>
       </c>
     </row>
-    <row r="25">
-      <c r="A25" t="inlineStr">
+    <row r="28">
+      <c r="A28" t="inlineStr">
         <is>
           <t>Wirtualne laboratorium komputerowe w.i.m.i r.</t>
         </is>
       </c>
-      <c r="B25" t="inlineStr">
+      <c r="B28" t="inlineStr">
         <is>
           <t>Wirtualne laboratorium komputerowe w.i.m.i r.</t>
         </is>
       </c>
-      <c r="C25" t="inlineStr">
+      <c r="C28" t="inlineStr">
         <is>
           <t>Wirtualne laboratorium komputerowe zostało opracowane i wdrożone w 2023r. na wydziale inżynierii mechanicznej i robotyki. wdrożone laboratorium umożliwia prowadzenie prac projektowych i realizację analiz numerycznych z zastosowanie klastra komputerowego składającego się z  3 serwerów opartych o procesory intel xeon (łącznie 96 rdzeni i 1,1tb ram) oraz 3 kart gpu nvidia ampere a40  48 gb .
 laboratorium umożliwia zdalne oraz hybrydowe prowadzenie zajęć na zainstalowanym oprogramowaniu zarówno z terenu uczelni jak również z dowolnego miejsca na świecie poprzez połączenie vpn. zasoby serwerów a co za tym idzie również laboratorium mogą być wykorzystane również do badań naukowych.</t>
         </is>
       </c>
-      <c r="D25" t="inlineStr">
+      <c r="D28" t="inlineStr">
         <is>
           <t>Aparatura przeznaczona do wspomagania procesów projektowania wykorzystujących cad/cae  jak również wysokowydajnych symulacji naukowych (hpc),</t>
         </is>
       </c>
-      <c r="E25" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G25" t="inlineStr">
+      <c r="E28" t="inlineStr"/>
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki bada</t>
         </is>
       </c>
-      <c r="H25" t="inlineStr">
+      <c r="H28" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I25" t="inlineStr">
+      <c r="I28" t="inlineStr">
         <is>
           <t>Katedra robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="J25" t="inlineStr"/>
-      <c r="K25" t="inlineStr">
+      <c r="J28" t="inlineStr"/>
+      <c r="K28" t="inlineStr">
         <is>
           <t>Mańka Michał</t>
         </is>
       </c>
-      <c r="L25" t="inlineStr">
+      <c r="L28" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/michal-manka-7202.html</t>
         </is>
       </c>
-      <c r="M25" t="inlineStr">
+      <c r="M28" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N25" t="inlineStr">
+      <c r="N28" t="inlineStr">
         <is>
           <t>Cad, modelowanie, symulacje, wirtualizacja zasobów</t>
         </is>
       </c>
     </row>
-    <row r="26">
-      <c r="A26" t="inlineStr">
+    <row r="29">
+      <c r="A29" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa</t>
         </is>
       </c>
-      <c r="B26" t="inlineStr">
+      <c r="B29" t="inlineStr">
         <is>
           <t>Elektrodynamiczna maszyna wytrzymałościowa mts acumen® 3</t>
         </is>
       </c>
-      <c r="C26" t="inlineStr">
+      <c r="C29" t="inlineStr">
         <is>
           <t xml:space="preserve">Maszyna elektrodynamiczna  umożliwia testy rozciągania i ściskania oraz badania zmęczeniowe elementów maszyn oraz próbek metalowych, gumowych, piankowych, z tworzyw sztucznych oraz kompozytów z częstotliwością do 100 hz. możliwe sa również badania zjawisk udarowych. szerokość obszaru roboczego: 460 mm, głębokośc obszru roboczego: 501 mm, maksymalna wysokość obszaru roboczego: 819 mm
 maszyna wyposażona jest w 2 czujniki czujniki siły: 3kn oraz 250 n. czujnik 3kn posiada wbudowany akcelerometr. maszyna posiada stoliki do ściskania oraz uchwyty pneumatyczne do prób ściskania-rozciągania. uchwyty pneumatyczne posiadają kliny płaskie oraz kliny do próbek okrągłych.
  </t>
         </is>
       </c>
-      <c r="D26" t="inlineStr">
+      <c r="D29" t="inlineStr">
         <is>
           <t>Podstawowe własności: 
 -obciążenie dynamiczne max 3000 n 
 -obciążenie statyczne max 2000 n 
 -częstotliwość testu: ≤ 100 hz 
 -skok siłownika: 70 mm 
 -napęd elektrodynamiczny – 230v
 zastosowanie: biomateriały, metale, tworzywa sztuczne i kompozyty, elektronika, automotive, dma – dynamic mechanical analysis, elementy podatne, sprężyny</t>
         </is>
       </c>
-      <c r="E26" t="inlineStr">
+      <c r="E29" t="inlineStr">
         <is>
           <t>Maszyna umożliwia prowadzenie testów quasistatycznych i dynamicznych rozciągania i ściskania próbek płaskich lub okrągłych z przejściem przez zero. możliwe jest badanie cykliczne o zadanym przebiegu funkcji przemieszczenia trawersy w czasie: sinusoidalnie zmienne, o przebiegu prostokątnym, trapezowym, badanie z ustaloną amplitudą i zmienną częstotliwością (frequency sweep). możliwe jest równiez zadawanie przebiegu niestandardowego.</t>
         </is>
       </c>
-      <c r="F26" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G26" t="inlineStr">
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H26" t="inlineStr">
+      <c r="H29" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I26" t="inlineStr">
+      <c r="I29" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J26" t="inlineStr">
+      <c r="J29" t="inlineStr">
         <is>
           <t>Zespół analiz i modelowania elastycznych elementów maszyn</t>
         </is>
       </c>
-      <c r="K26" t="inlineStr">
+      <c r="K29" t="inlineStr">
         <is>
           <t>Michalczyk Krzysztof</t>
         </is>
       </c>
-      <c r="L26" t="inlineStr">
+      <c r="L29" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-michalczyk-5854.html</t>
         </is>
       </c>
-      <c r="M26" t="inlineStr">
+      <c r="M29" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N26" t="inlineStr">
+      <c r="N29" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa, obciążenia udarowe, obciążenie cykliczne, próba rozciągania, próba ściskania, własności mechaniczne</t>
         </is>
       </c>
     </row>
-    <row r="27">
-      <c r="A27" t="inlineStr">
+    <row r="30">
+      <c r="A30" t="inlineStr">
         <is>
           <t>Platforma do badań mechanicznych właściwości powierzchni anton paar step 500</t>
         </is>
       </c>
-      <c r="B27" t="inlineStr">
+      <c r="B30" t="inlineStr">
         <is>
           <t>Platforma do badań mechanicznych właściwości powierzchni anton paar step 500</t>
         </is>
       </c>
-      <c r="C27" t="inlineStr">
+      <c r="C30" t="inlineStr">
         <is>
           <t>Platforma do badań mechanicznych właściwości powierzchni firmy anton paar model step 500 wyposażona jest:
 	głowicę nht3 (nano hardness tester);
 	głowicę mct3 (micro combi tester);
 	głowica optyczną zapewniająca powiększenie 5,20,50,100 krotne;
 	stół antywibracyjny, ruchomy w osiach x (215 mm), y (75 mm), z (30 mm).
 nanoindenter nht3 jest precyzyjnym urządzeniem przeznaczonym do wyznaczenia właściwości mechanicznych materiałów oraz cienkich warstw w skali nanometrycznej. nht3 spełnia wymagania normy astm-e2546 dotyczącej nanotwardościomierzy, natomiast moduł mct3 jest zgodny z nomami astm: c1624, e2546, g171 oraz iso: 14577, 20502, 27307.
 właściwości mikromechaniczne są wyznaczane na podstawie odkształcenia materiału w wyniku wgłębnikowania próbki wgłębnikiem, do którego przyłożone jest określone obciążenie. wartość siły obciążającej i głębokości penetracji ostrza wgłębnika są rejestrowane w sposób ciągły w czasie całego cyklu (obciążania i odciążania). na podstawie wykreślonej krzywej obciążenia vs. przemieszczenia są wyznaczane takie właściwości jak: twardość, moduł young’a, czas pełzania, odporność na kruche pękanie. stosując minimalne siły obciążające wgłębnik, możliwe jest wykonanie pomiaru na głębokościach kilkuset nanometrów, co jest szczególnie istotne podczas badania cienkich warstw, gdzie należy wyeliminować wpływ podłoża na wyznaczane właściwości. moduł mct umożliwia także wykonywanie testów zarysowania.
 platforma oferuje wysoką dokładność repozycji (&lt;1 µm) w całym zakresie odległości oraz synchronizację pozycji mikroskopu wideo z wgłębnikiem głowicy.</t>
         </is>
       </c>
-      <c r="D27" t="inlineStr">
+      <c r="D30" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie umożliwia m.in.:
 	wyznaczenie twardości i modułu younga miękkich, twardych, kruchych oraz ciągliwych (plastycznych) materiałów
 	wykonanie scratch-testu – testu zarysowania
 </t>
         </is>
       </c>
-      <c r="E27" t="inlineStr">
+      <c r="E30" t="inlineStr">
         <is>
           <t>Parametry nht:
 zakres siły obciążającej wgłębnik: 0,1 - 500 mn
 dokładność pomiaru penetracji: 0,01 nm
 dokładność pomiaru siły 0,5 μn
 dokładność pozycjonowania próbki: 1 μm
 parametry mct:
 zakres siły obciążającej wgłębnik: 0,05 - 30 n
 dokładność pomiaru penetracji: 0,03 nm
 dokładność pomiaru siły: 6 μn
 dokładność pozycjonowania próbki: 1 μm</t>
         </is>
       </c>
-      <c r="F27" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G27" t="inlineStr">
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr">
         <is>
           <t>Po kontakcie z kierownikiem laboratorium</t>
         </is>
       </c>
-      <c r="H27" t="inlineStr">
+      <c r="H30" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I27" t="inlineStr">
+      <c r="I30" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J27" t="inlineStr">
+      <c r="J30" t="inlineStr">
         <is>
           <t>Laboratorium tribologii i inżynierii powierzchni</t>
         </is>
       </c>
-      <c r="K27" t="inlineStr">
+      <c r="K30" t="inlineStr">
         <is>
           <t>Drenda Cezary</t>
         </is>
       </c>
-      <c r="L27" t="inlineStr">
+      <c r="L30" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/cezary-drenda-9676.html</t>
         </is>
       </c>
-      <c r="M27" t="inlineStr">
+      <c r="M30" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N27" t="inlineStr">
+      <c r="N30" t="inlineStr">
         <is>
           <t>Adhezja, indentacje, inżynieria mechaniczna, inżynieria powierzchni, moduł younga, nanoindentacja, powłoki, scratch test, twardość, warstwa wierzchnia</t>
         </is>
       </c>
     </row>
-    <row r="28">
-      <c r="A28" t="inlineStr">
+    <row r="31">
+      <c r="A31" t="inlineStr">
         <is>
           <t>Tribometr do testów metodą pin/ball-on-disk model mft-2000 firmy rtec instruments</t>
         </is>
       </c>
-      <c r="B28" t="inlineStr">
+      <c r="B31" t="inlineStr">
         <is>
           <t>Tribometr mft-2000</t>
         </is>
       </c>
-      <c r="C28" t="inlineStr">
+      <c r="C31" t="inlineStr">
         <is>
           <t>Tribometr do testów metodą pin/ball-on-disk model mft-2000 firmy rtec instruments jest wielofunkcyjnym urządzeniem przeznaczonym do badania tarcia i zużycia w ruchu obrotowym różnych materiałów monolitycznych oraz cienkich i grubych warstw i powłok. badania mogą być prowadzone ze skojarzeniem typu trzpień-tarcza lub kula-tarcza w ślizgowym styku niesmarowanym (tarcie suche) lub smarowanym. za pomocą tego urządzenia można zbadać odporność na zużycie i współczynnik tarcia dowolnego skojarzenia materiałowego w zależności od prędkości poślizgu, obciążenia styku i innych parametrów np. środowiskowych. pomiary prowadzone w czasie rzeczywistym i z dużą precyzją: siły normalnej i stycznej (tarcia) w zakresie 0,05 ÷ 10 n z rozdzielczością 0,3 mn oraz głębokości wytarcia z rozdzielczością 0,1 µm. analiza toru zużycia powstałego po tarciu jest podstawą do opisu mechanizmu zużycia badanych materiałów. wyznaczone parametry i analiza zużycia pozwalają w pełni scharakteryzować właściwości tribologicznych testowanego skojarzenia materiałowego. tribometru mft-2000 wyposażony jest w dedykowaną komorę środowiskową do ruchu obrotowego z kontrolerem wilgotności. komora środowiskowa umożliwia prowadzenie badań tribologicznych w ustalonych warunkach temperatury i wilgotności w układzie zamkniętym w zakresie od 5 % do 95 %.
 system kontrolno-pomiarowy tribometru mft-2000 umożliwia wykonywanie testów z dużą dokładnością i stabilnością metrologiczną.</t>
         </is>
       </c>
-      <c r="D28" t="inlineStr">
+      <c r="D31" t="inlineStr">
         <is>
           <t>Komora środowiskowa do ruchu obrotowego z kontrolerem wilgotności do prowadzenia tarcia w kontrolowanych warunkach w zakresie od 5 % do 95 %,
 sygnał pomiarowy siły normalnej i siły stycznej rejestrowane w sposób ciągły w celu monitorowania tarcia w czasie rzeczywistym,
 układ do pomiaru siły obciążającej i siły tarcia zintegrowany z układem amortyzacji mechanicznej i kompensacją czułości pomiaru siły ze względu na zmiany temperatury.</t>
         </is>
       </c>
-      <c r="E28" t="inlineStr">
+      <c r="E31" t="inlineStr">
         <is>
           <t>Geometria styku:        trzpień-tarcza / kula-tarcza
 średnica trzpienia:     6  lub 8 mm
 średnica kuli:             6 lub 6,3 mm
 średnica tarczy:         do 50 mm 
 obciążenie:                0,05 ÷ 10 n
 prędkość obrotowa:   od 0,1 do 2500 obr/min</t>
         </is>
       </c>
-      <c r="F28" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G28" t="inlineStr">
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr">
         <is>
           <t>Po kontakcie z kierownikiem laboratorium</t>
         </is>
       </c>
-      <c r="H28" t="inlineStr">
+      <c r="H31" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I28" t="inlineStr">
+      <c r="I31" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J28" t="inlineStr">
+      <c r="J31" t="inlineStr">
         <is>
           <t>Laboratorium tribologii i inżynierii powierzchni</t>
         </is>
       </c>
-      <c r="K28" t="inlineStr">
+      <c r="K31" t="inlineStr">
         <is>
           <t>Drenda Cezary</t>
         </is>
       </c>
-      <c r="L28" t="inlineStr">
+      <c r="L31" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/cezary-drenda-9676.html</t>
         </is>
       </c>
-      <c r="M28" t="inlineStr">
+      <c r="M31" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N28" t="inlineStr">
+      <c r="N31" t="inlineStr">
         <is>
           <t>Adhezja, inżynieria mechaniczna, inżynieria powierzchni, powłoki, tribologia, tribotesty, warstwa wierzchnia</t>
         </is>
       </c>
     </row>
-    <row r="29">
-      <c r="A29" t="inlineStr">
+    <row r="32">
+      <c r="A32" t="inlineStr">
         <is>
           <t>Wielofunkcyjny robot do prasy hydraulicznej 500t</t>
         </is>
       </c>
-      <c r="B29" t="inlineStr">
+      <c r="B32" t="inlineStr">
         <is>
           <t>Wielofunkcyjny robot do prasy hydraulicznej 500t</t>
         </is>
       </c>
-      <c r="C29" t="inlineStr">
+      <c r="C32" t="inlineStr">
         <is>
           <t>1. robot przemysłowy – kawasaki rs030n
 • maksymalny udźwig: 30 kg
 • liczba osi swobody: 6
 • maksymalny zasięg: 2100 mm
 • masa robota (ramię): 555 kg
 • powtarzalności: ≤ ±0.03mm , (±0.06 mm z powierzchnią flanszy kiści -z godnie z normą iso 9283)
 • prędkość na kolejnych osiach robota [°/s]: jt1=180, jt2=180, jt3=185, jt4=260, jt5=260, jt6=360
 • zakres ruchu robota na kolejnych osiach [°]: jt1=±180, jt2=+140 ÷ -105, jt3=+135 ÷ - 155, jt4=±360, jt5=±145, jt6=±360.
 • wbudowana instalacja pneumatyczna
 • stopień ochrony: kiść robota: ip67, ramie robota: ip65
 • ręczny programator robota
 • kontroler robota (wbudowane 2 porty ethernet (z obsługą protokołów tcp i udp) oraz rs232, 32 wejściowe sygnały cyfrowe, 32 wyjściowe sygnały cyfrowe, możliwość dołączenia 3 osi zewnętrznych, funkcja wykrywania kolizji, wbudowany web serwer, port usb, programowanie przy użyciu ręcznego programatora oraz języka strukturalnego z poziomu komputera pc.
 2. chwytak do kucia na gorąco umożliwiający pracę z detalami
 • wykonanymi z różnych materiałów
 • rozgrzanymi do temperatury 1200 stopni celsjusza
 • o masie do 10 kilogramów
 • o maksymalnej długości 500 mm
 3. funkcjonalność nadążania robota za siłą zewnętrzną – licencja soft absorber
 • możliwy złożony ruch robota, będący relacją między siłą zewnętrzną, a siłą napędową robota, co umożliwia zaprogramowanie robota w sposób, w którym jego ruch uzależniony jest całkowicie od działającej siły we wszystkich osiach robota
 4. system bezpieczeństwa stanowiska zrobotyzowanego
 • system bezpieczeństwa oparty o sterownik bezpieczeństwa safety plc</t>
         </is>
       </c>
-      <c r="D29" t="inlineStr">
+      <c r="D32" t="inlineStr">
         <is>
           <t>Badanie zachowania się i obciążenia narzędzi stosowanych do procesów przeróbki plastycznej, analiza zrobotyzowanych procesów kucia matrycowego, badania obciążenia i optymalizacji ruchu manipulatorów do kucia swobodnego, badania związane z programowaniem robotów dedykowanych do procesów przeróbki plastycznej</t>
         </is>
       </c>
-      <c r="E29" t="inlineStr">
+      <c r="E32" t="inlineStr">
         <is>
           <t>Pomiar prędkości ruchu i położenia narzędzi stosowanych do procesów przeróbki plastycznej, pomiar siły nacisku narzędzi i przemieszczeń zachodzących podczas odkształcania, pomiar obciążenia manipulatorów kuźniczych,  pomiar i optymalizacja ruchu robota podaczas kucia wielowykrojowego</t>
         </is>
       </c>
-      <c r="F29" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G29" t="inlineStr">
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych</t>
         </is>
       </c>
-      <c r="H29" t="inlineStr">
+      <c r="H32" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I29" t="inlineStr">
+      <c r="I32" t="inlineStr">
         <is>
           <t>Katedra plastycznej przeróbki metali i metalurgii ekstrakcyjnej</t>
         </is>
       </c>
-      <c r="J29" t="inlineStr">
+      <c r="J32" t="inlineStr">
         <is>
           <t>Smart manufacturing - stanowisko robotyzacji i cyfryzacji procesów wytwarzania</t>
         </is>
       </c>
-      <c r="K29" t="inlineStr">
+      <c r="K32" t="inlineStr">
         <is>
           <t>Lisiecki Łukasz</t>
         </is>
       </c>
-      <c r="L29" t="inlineStr">
+      <c r="L32" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-lisiecki-8274.html</t>
         </is>
       </c>
-      <c r="M29" t="inlineStr">
+      <c r="M32" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N29" t="inlineStr">
+      <c r="N32" t="inlineStr">
         <is>
           <t>Automatyzacja, cyfryzacja, przemysł 4.0, przeróbka plastyczna, robotyzacja</t>
-        </is>
-[...214 lines deleted...]
-          <t>Cyfrowa modulacja, generator sygnału, sygnały zespolone</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
+          <t>Skaner 3d - gom2</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>System pomiarowy gom scan 1 200</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>Skaner bezstykowy gom scan 1 to zaawansowane urządzenie oparte na technologii niebieskiego światła oraz projekcji prążków gom stosowane w inżynierii odwrotnej do cyfryzacji analizowanych wyrobów i obiektów. gom scan 1 jest wyposażony w zaawansowaną technologie blue light od firmy gom i działa na zasadzie kamery stereoskopowej co zapewnia wysoką precyzję pozyskiwania danych 3d.</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>Skanowanie obiektów 3d. przetwarzanie i analiza danych ze skanera. inżynieria odwrotna. szybkie prototypowanie. przygotowanie do komputerowego wspomagania projektowania technologii. przeprowadzanie kontroli jakości skanowanej części.</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>Rozdzielczość kamer: 6 mpx błąd pomiarowy: 0.003 mm obszar pomiarowy: 200 x 125mm. możliwość łączenia wielu obszarów pomiarowych w jeden obiekt. odległość od miejsca pomiaru: 450mm źródło światła: led oprogramowanie do obróbki skanów: inspect suite temperatura pracy: -20 do 55°c</t>
+        </is>
+      </c>
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr">
+        <is>
+          <t>Udostępnianie infrastruktury wyłącznie za pośrednictwem upoważnionego pracownika katedry informatyki stosowanej i modelowania. zlecenie/ umowa/inna forma współpracy po uzgodnieniu.</t>
+        </is>
+      </c>
+      <c r="H33" t="inlineStr">
+        <is>
+          <t>Certyfikat</t>
+        </is>
+      </c>
+      <c r="I33" t="inlineStr">
+        <is>
+          <t>Katedra informatyki stosowanej i modelowania</t>
+        </is>
+      </c>
+      <c r="J33" t="inlineStr">
+        <is>
+          <t>Grupa badawcza cyfryzacji przemysłu i modelowania wieloskalowego (digitaris) / laboratorium inżynierii odwrotnej i wirtualnej rzeczywistości</t>
+        </is>
+      </c>
+      <c r="K33" t="inlineStr">
+        <is>
+          <t>Perzyński Konrad</t>
+        </is>
+      </c>
+      <c r="L33" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/konrad-perzynski-7420.html</t>
+        </is>
+      </c>
+      <c r="M33" t="inlineStr">
+        <is>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N33" t="inlineStr">
+        <is>
+          <t>Inżynieria odwrotna, profil powierzchni, skaning laserowy 3d</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>Analizator sygnału i widma rohde&amp;schwarz fsw85</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>Analizator widma fsw85</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>Wysokowydajny analizator sygnału i widma r&amp;s;®fsw pozwala inżynierom wykonanie nawet najbardziej wymagających zadań. charakteryzuje się szerokim pasmem pracy, które umożliwia charakteryzację szerokopasmowych komponentów i systemów komunikacyjnych. więcej informacji: https://www.rohde-schwarz.com/ca/product/fsw-productstartpage_63493-11793.html</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>Analiza widma częstotliwościowego</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>Zakres częstotliwości: 2hz - 85 ghz, szum fazowy &lt; -136 dbc, max analizowane pasmo: 8312 mhz</t>
+        </is>
+      </c>
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr">
+        <is>
+          <t>Do uzgodnienia z kierownikiem zespołu tmiewc</t>
+        </is>
+      </c>
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I34" t="inlineStr">
+        <is>
+          <t>Wydział informatyki, elektroniki i telekomunikacji</t>
+        </is>
+      </c>
+      <c r="J34" t="inlineStr">
+        <is>
+          <t>Zespół techniki mikrofalowej i elektroniki wielkiej częstotliwości</t>
+        </is>
+      </c>
+      <c r="K34" t="inlineStr">
+        <is>
+          <t>Piekarz Ilona</t>
+        </is>
+      </c>
+      <c r="L34" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/ilona-kinga-piekarz-8771.html</t>
+        </is>
+      </c>
+      <c r="M34" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+        </is>
+      </c>
+      <c r="N34" t="inlineStr">
+        <is>
+          <t>Analizator sygnału, analizator widma, pomiary mikrofalowe</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>Wektorowy generator sygnału rohde &amp; schwarz smw100a</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>Wektorowe źródło sygnałów mikrofalowych z programowalnym modułem modulacji</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>Wektorowy generator sygnału odpowiedni do większości nawet najbardziej wymagających zastosowań. urządzenie charakteryzuje się bardzo dobrą charakterystyką rf w zakresie częstotliwości 1oo khz do 44 ghz. więcej informacji: https://www.rohde-schwarz.com/no/product/smf100a-productstartpage_63493-8447.html</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>Generacja sygnałów wektorowych</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>Zakres częstotliwości 100 khz - 44 ghz, pasmo modulacji rf do 1ghz</t>
+        </is>
+      </c>
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr">
+        <is>
+          <t>Do uzgodnienia z kierownikiem zespołu tmiewc</t>
+        </is>
+      </c>
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I35" t="inlineStr">
+        <is>
+          <t>Wydział informatyki, elektroniki i telekomunikacji</t>
+        </is>
+      </c>
+      <c r="J35" t="inlineStr">
+        <is>
+          <t>Zespół techniki mikrofalowej i elektroniki wielkiej częstotliwości</t>
+        </is>
+      </c>
+      <c r="K35" t="inlineStr">
+        <is>
+          <t>Piekarz Ilona</t>
+        </is>
+      </c>
+      <c r="L35" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/ilona-kinga-piekarz-8771.html</t>
+        </is>
+      </c>
+      <c r="M35" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+        </is>
+      </c>
+      <c r="N35" t="inlineStr">
+        <is>
+          <t>Cyfrowa modulacja, generator sygnału, sygnały zespolone</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
           <t>Stanowisko do badania administracyjnych systemów dynamicznego ważenia pojazdów</t>
         </is>
       </c>
-      <c r="B33" t="inlineStr">
+      <c r="B36" t="inlineStr">
         <is>
           <t>Stanowisko do badania administracyjnych systemów dynamicznego ważenia pojazdów</t>
         </is>
       </c>
-      <c r="C33" t="inlineStr">
+      <c r="C36" t="inlineStr">
         <is>
           <t>Stanowisko składa się z dwóch podsystemów:
 - kompleksowy system pomiarowy (waga dynamiczna wolnoprzejazdowa ls-wim  - 1 szt.,  system wim z czujnikami płytowymi  - 1 szt., stacja meteo - 1 szt.),
 - system wim z czujnikami kwarcowymi – 1 szt.</t>
         </is>
       </c>
-      <c r="D33" t="inlineStr">
+      <c r="D36" t="inlineStr">
         <is>
           <t>Zbudowana infrastruktura będzie wykorzystywana przede wszystkim w badaniach. ich celem jest określenie wpływu czynników środowiskowych na dokładność systemów wim wyposażonych w czujniki nacisku wykonane w różnych technologiach, testowanie nowych metod kalibracji systemów wim oraz testowanie różnych algorytmów zwiększających odporność systemów wim na zmieniające się warunki ich eksploatacji oraz zmiany prędkości ważonych pojazdów.</t>
         </is>
       </c>
-      <c r="E33" t="inlineStr">
+      <c r="E36" t="inlineStr">
         <is>
           <t>Możliwe są następujące pomiary:
 -analiza struktury i natężenia ruchu pojazdów,
 -pomiar podstawowych parametrów ruchu drogowego,
 -ważenie dynamiczne pojazdów (masa całkowita, nacisk statyczny osi),
 -badanie czynników środowiskowych (temp. powietrza, nawierzchni, drogi, prędkość i kierunek wiatru, opad atmosf., oblodzenie) na błędy ważenia pojazdów z podziałem na dwie technologie wykonania czujników nacisku.</t>
         </is>
       </c>
-      <c r="F33" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G33" t="inlineStr">
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr">
         <is>
           <t>Stanowisko może być udostępnione w miejscu zainstalowania, po uzgodnieniu programu badań z opiekunami stanowiska. 
 warunki materialne są negocjowane indywidualnie.</t>
         </is>
       </c>
-      <c r="H33" t="inlineStr">
+      <c r="H36" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I33" t="inlineStr">
+      <c r="I36" t="inlineStr">
         <is>
           <t>Katedra metrologii i elektroniki</t>
         </is>
       </c>
-      <c r="J33" t="inlineStr">
+      <c r="J36" t="inlineStr">
         <is>
           <t>Prof. janusz gajda, dr hab. inż. ryszard sroka prof. uczelni, dr hab. inż. piotr burnos prof. uczelni</t>
         </is>
       </c>
-      <c r="K33" t="inlineStr">
+      <c r="K36" t="inlineStr">
         <is>
           <t>Gajda Janusz</t>
         </is>
       </c>
-      <c r="L33" t="inlineStr">
+      <c r="L36" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/janusz-gajda-806.html</t>
         </is>
       </c>
-      <c r="M33" t="inlineStr">
+      <c r="M36" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N33" t="inlineStr">
+      <c r="N36" t="inlineStr">
         <is>
           <t>Czujniki nacisku</t>
         </is>
       </c>
     </row>
-    <row r="34">
-      <c r="A34" t="inlineStr">
+    <row r="37">
+      <c r="A37" t="inlineStr">
         <is>
           <t>Stanowisko do wytwarzania i badań in situ nanostruktur sensorowych</t>
         </is>
       </c>
-      <c r="B34" t="inlineStr">
+      <c r="B37" t="inlineStr">
         <is>
           <t>Stanowisko do wytwarzania i badań in situ nanostruktur sensorowych</t>
         </is>
       </c>
-      <c r="C34" t="inlineStr">
+      <c r="C37" t="inlineStr">
         <is>
           <t>Technologiczno-pomiarowe stanowisko składające się z 5 niezależnych komór spełniających standardy ultra-wysokiej próżni (uhv) firmy prevac</t>
         </is>
       </c>
-      <c r="D34" t="inlineStr">
+      <c r="D37" t="inlineStr">
         <is>
           <t xml:space="preserve">Nanoszenie cienkich warstw metodą reaktywnego rozpylania magnetronowego </t>
         </is>
       </c>
-      <c r="E34" t="inlineStr">
+      <c r="E37" t="inlineStr">
         <is>
           <t xml:space="preserve">Pomiary in-situ metodą sondy kelvina i rezystancyjnej sondy czteropunktowej </t>
         </is>
       </c>
-      <c r="F34" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G34" t="inlineStr">
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr">
         <is>
           <t>Do uzgodnienia z kierownikiem laboratorium zlns</t>
         </is>
       </c>
-      <c r="H34" t="inlineStr">
+      <c r="H37" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I34" t="inlineStr">
+      <c r="I37" t="inlineStr">
         <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
-      <c r="J34" t="inlineStr">
+      <c r="J37" t="inlineStr">
         <is>
           <t>Zintegrowane laboratorium nanostruktur sensorowych, http://www.zlns.agh.edu.pl/</t>
         </is>
       </c>
-      <c r="K34" t="inlineStr">
+      <c r="K37" t="inlineStr">
         <is>
           <t>Zakrzewska Katarzyna</t>
         </is>
       </c>
-      <c r="L34" t="inlineStr">
+      <c r="L37" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-zakrzewska-3844.html</t>
         </is>
       </c>
-      <c r="M34" t="inlineStr">
+      <c r="M37" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N34" t="inlineStr">
+      <c r="N37" t="inlineStr">
         <is>
           <t>Cienkie warstwy, rezystancyjna sonda, rozpylanie magnetronowe, sonda kelvina</t>
         </is>
       </c>
     </row>
-    <row r="35">
-      <c r="A35" t="inlineStr">
+    <row r="38">
+      <c r="A38" t="inlineStr">
         <is>
           <t>Oscyloskop 8 kanałowy 2,5 ghz</t>
         </is>
       </c>
-      <c r="B35" t="inlineStr">
+      <c r="B38" t="inlineStr">
         <is>
           <t>Tektronix mso68b 6-bw-2500 oscyloskop</t>
         </is>
       </c>
-      <c r="C35" t="inlineStr">
+      <c r="C38" t="inlineStr">
         <is>
           <t>- 8 kanałów analogowych, szerokość pasma w każdym z kanałów: 2,5 ghz - natywna rozdzielczość przetwornika w pracy real-time: 12 bitów - rozdzielczość przetwornika min. 12 bitów przy włączonych min. 4 kanałach pomiarowych i paśmie pracy 2,5 ghz - rozdzielczość przetwornika min. 12 bitów przy włączonych wszystkich kanałach pomiarowych i paśmie pracy 2 ghz - częstotliwość próbkowania 50 gs/s przy włączonych 2 kanałach analogowych i 8 bitowym przetwarzaniu - częstotliwość próbkowania 12,5 gs/s przy włączonych wszystkich kanałach analogowych i 8 bitowym przetwarzaniu - długość rekordu pamięci w każdym kanale przy pracy równoczesnej wszystkich kanałów: 62,5m punktów z (w każdym kanale) - dostępna szybkość przechwytywania przebiegów 500 000 przebiegów/s - analiza widma z niezależnymi nastawami w dziedzinie częstotliwości i czasu, umożliwiająca jednoczesne wyświetlenie analizy w dziedzinie czasu i częstotliwości dla wszystkich kanałów analogowych z zachowaną korelacją czasową - wbudowane interfejsy komunikacyjne przynajmniej 3x usb 3.0 host, usb 3.0 device, lan (10/100/1000 base-t ethernet; zgodny z lxi), display port, dvi-i, vga - przekątna ekranu: 15,6" - rozdzielczość ekranu: full hd (1920 x 1080)</t>
         </is>
       </c>
-      <c r="D35" t="inlineStr">
+      <c r="D38" t="inlineStr">
         <is>
           <t>Pomiary, analiza, obrazowanie sygnałów elektrycznych.</t>
         </is>
       </c>
-      <c r="E35" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G35" t="inlineStr">
+      <c r="E38" t="inlineStr"/>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G38" t="inlineStr">
         <is>
           <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
         </is>
       </c>
-      <c r="H35" t="inlineStr">
+      <c r="H38" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I35" t="inlineStr">
+      <c r="I38" t="inlineStr">
         <is>
           <t>Katedra energoelektroniki i automatyki systemów przetwarzania energii</t>
         </is>
       </c>
-      <c r="J35" t="inlineStr">
+      <c r="J38" t="inlineStr">
         <is>
           <t>Ilb interdyscyplinarne laboratorium badawcze</t>
         </is>
       </c>
-      <c r="K35" t="inlineStr">
+      <c r="K38" t="inlineStr">
         <is>
           <t>Penczek Adam</t>
         </is>
       </c>
-      <c r="L35" t="inlineStr">
+      <c r="L38" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
         </is>
       </c>
-      <c r="M35" t="inlineStr">
+      <c r="M38" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N35" t="inlineStr">
+      <c r="N38" t="inlineStr">
         <is>
           <t>Analiza fft, częstotliwość próbkowania, oscyloskop cyfrowy, pasmo analogowe</t>
         </is>
       </c>
     </row>
-    <row r="36">
-      <c r="A36" t="inlineStr">
+    <row r="39">
+      <c r="A39" t="inlineStr">
         <is>
           <t>System szybkiego prototypowania sterowania</t>
         </is>
       </c>
-      <c r="B36" t="inlineStr">
+      <c r="B39" t="inlineStr">
         <is>
           <t>System szybkiego prototypowania sterowania  b-box 3.0</t>
         </is>
       </c>
-      <c r="C36" t="inlineStr">
+      <c r="C39" t="inlineStr">
         <is>
           <t>Kontroler do szybkiego prototypowania dsp+fpga dla energoelektroniki
 system on chip:        xilinx zynq xc7z030-3fbg676e  dsp / processing: 2x arm cortex a9 1ghz 1gb ddr3 fpga:            xilinx kintex 7 125k (programowalny przez użytkownika); xilinx artix 7 35t (pomocniczy) wejścia analogowe:        16x 16 bitów @ 500ksps, próbkowanie symultaniczne, programowalny front-end full-differential wyjścia pwm:        16x optyczne; 32x elektryczne (3.3v) high-speed i/os użytkownika:    36x elektryczne (3.3v) wyjścia cyfrowe:    16x elektryczne (3.3v/5.0v) wejścia cyfrowe:        16x elektryczne (3.3v/5.0v)     wejścia błędów:        16x elektryczne (3,3v); 1x blokada elektryczna; 1x blokada optyczna.     wejścia dekodera przyrostowego:    4x 3-pinowe (a,b,z) (współdzielone z wejściami gpi)     komunikacja:        1x can; 1x ethernet 1 gbps; 3x sfp+ 5gbps (realsync)</t>
         </is>
       </c>
-      <c r="D36" t="inlineStr">
+      <c r="D39" t="inlineStr">
         <is>
           <t>B-box jest systemem szybkiego prototypowania sterowania (rcp) dla aplikacji energoelektronicznych. ułatwia on eksperymentalną walidację sterowania przekształtników mocy.
 system jest w pełni programowalny, w tym zarówno jego procesor dsp, jak i fpga, dzięki czemu nawet najbardziej zaawansowane algorytmy sterowania mogą być skutecznie testowane w środowisku laboratoryjnym. sterownik rcp wspiera również monitorowanie i debugowanie w czasie rzeczywistym.</t>
         </is>
       </c>
-      <c r="E36" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G36" t="inlineStr">
+      <c r="E39" t="inlineStr"/>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr">
         <is>
           <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
         </is>
       </c>
-      <c r="H36" t="inlineStr">
+      <c r="H39" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I36" t="inlineStr">
+      <c r="I39" t="inlineStr">
         <is>
           <t>Katedra energoelektroniki i automatyki systemów przetwarzania energii</t>
         </is>
       </c>
-      <c r="J36" t="inlineStr">
+      <c r="J39" t="inlineStr">
         <is>
           <t>Ilb interdyscyplinarne laboratorium badawcze</t>
         </is>
       </c>
-      <c r="K36" t="inlineStr">
+      <c r="K39" t="inlineStr">
         <is>
           <t>Penczek Adam</t>
         </is>
       </c>
-      <c r="L36" t="inlineStr">
+      <c r="L39" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
         </is>
       </c>
-      <c r="M36" t="inlineStr">
+      <c r="M39" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N36" t="inlineStr">
+      <c r="N39" t="inlineStr">
         <is>
           <t>Matlab, systemszybkiegoprototypowania</t>
-        </is>
-[...214 lines deleted...]
-          <t>Aparat ab, grunty, parametry wytrzymałościowe</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>Aparat proctora</t>
+          <t>System do trawienia i nanoszenia warstw z wyposażeniem</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Automatyczny ubijak proctora firmy multiserw morek</t>
+          <t>System do trawienia i nanoszenia warstw z wyposażeniem</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
-          <t>Aparat wyposażony w 2 formy pomiarowe o średnicy 100 mm i 150 mm.</t>
+          <t>Komora próżniowa z magnetronami dc i rf oraz źródłem jonów kdc40</t>
         </is>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t xml:space="preserve">Urządzenie umożliwia: (a) oznaczanie wilgotności optymalnej, tj. ilości wody potrzebnej do największego zagęszczenia gruntu (b) oznaczanie maksymalnego ciężaru objętościowego szkieletu gruntowego wg pn-en 13286-1:2022-04 i pn-en 13286-2:2010 metodą normalną i zmodyfikowaną, (c) zagęszczanie próbek do badań cbr. </t>
+          <t>Nanoszenie cienkich warstw metalicznych i dielektrycznych. trawienie jonowe warstw metalicznych i dielektrycznych</t>
         </is>
       </c>
       <c r="E40" t="inlineStr">
         <is>
-          <t xml:space="preserve">Badania aparatem wykonuje się przy zagęszczeniu gruntów pod budowę lotnisk, nawierzchni drogowych, kolejowych, boisk i innych nasypów budowlanych. aparat umożliwia kilka wariantów oznaczenia wilgotności optymalnej w różnych cylindrach dla standardowej i zmodyfikowanej metody zagęszczania gruntów rodzimych spoistych i sypkich, kruszyw oraz ich mieszanek. </t>
+          <t>Brak</t>
         </is>
       </c>
       <c r="F40" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G40" t="inlineStr">
         <is>
-          <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
+          <t>Ustalane indywidualnie</t>
         </is>
       </c>
       <c r="H40" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I40" t="inlineStr">
         <is>
-          <t>Katedra hydrogeologii i geologii inżynierskiej</t>
+          <t>Instytut elektroniki</t>
         </is>
       </c>
       <c r="J40" t="inlineStr">
         <is>
-          <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
+          <t>Laboratorium z-11/piotr wiśniowski pwis@agh.edu.pl; bartłomiej szafraniak szafrani@agh.edu.pl, łukasz fuśnik lfusnik@agh.edu.pl</t>
         </is>
       </c>
       <c r="K40" t="inlineStr">
         <is>
-          <t>Rembiś Marek</t>
+          <t>Wiśniowski Piotr</t>
         </is>
       </c>
       <c r="L40" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/piotr-wisniowski-6550.html</t>
         </is>
       </c>
       <c r="M40" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
       <c r="N40" t="inlineStr">
         <is>
-          <t>Aparat proctora, grunty, zagęszczenie</t>
+          <t>Nanoszenie cienkich warstw, trawienie cienkich warstw</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>Prasa cbr</t>
+          <t>Edometry</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Prasa wytrzymałościowa cbr firmy controls z automatycznym pomiarem wyników badań</t>
+          <t>Zestaw edometrów firmy controls</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
-          <t>Możliwość stałego monitorowania penetracji z dokładnością do 0,001 mm. zakres pomiarowy obciążenia: do 50 kn.</t>
+          <t xml:space="preserve">Urządzenie służy do określenia edometrycznych modułów ściśliwości gruntu w zakresie obciążeń od 12,5 kpa do 1600 kpa. </t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>Urządzenie służy do określenia kalifornijskiego wskaźnika nośności (cbr), natychmiastowego wskaźnika nośności i pęcznienia liniowego dla gruntów oraz mieszanek dla drogownictwa,  wykorzystywanych do budowy nasypów. możliwość wykonywania oznaczeń zgodnie z pn-en 13286-47:2022-04.</t>
+          <t>Urządzenie służy do określenia edometrycznych modułów ściśliwości gruntu, na podstawie których można obliczyć wielkość osiadania podłoża gruntowego pod wpływem obciążenia (obciążenia pod fundamentem, nasypem itp.). aparat pozwala także na określenie parametrów pęcznienia gruntu. istnieje też możliwość określenia współczynnika filtracji przy zmiennym gradiencie hydraulicznym dla różnych obciążeń.</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t xml:space="preserve">Urządzenie umożliwia wywieranie nacisku z kontrolowaną siłą w określonym czasie z jednoczesnym pomiarem wielkości odkształcenia badanej próbki. pozwala określać parametry nośności dla gruntów rodzimych, kruszyw oraz mieszanek niezwiązanych i związanych spoiwem. </t>
+          <t>Możliwość stałego monitorowania pionowych odkształceń w trakcie wykonywania badania z dokładnością do 0,001 mm i parametrów konsolidacji gruntów.</t>
         </is>
       </c>
       <c r="F41" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G41" t="inlineStr">
         <is>
           <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
         </is>
       </c>
       <c r="H41" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I41" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
       <c r="J41" t="inlineStr">
         <is>
           <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
         </is>
       </c>
       <c r="K41" t="inlineStr">
         <is>
           <t>Rembiś Marek</t>
         </is>
       </c>
       <c r="L41" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
         </is>
       </c>
       <c r="M41" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
       <c r="N41" t="inlineStr">
         <is>
-          <t>Grunty, wskaźnik nośności cbr</t>
+          <t>Edometr, grunty, odkształcenie</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>Aparat trójosiowy</t>
+          <t>Aparat bezpośredniego ścinania (aparat ab)</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>Aparat trójosiowego ściskania firmy controls</t>
+          <t>Automatyczny aparat bezpośredniego ścinania firmy controls</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
-          <t xml:space="preserve">Aparat wyposażony w trzy zaawansowane komory trójosiowe (tri-cell plus), aparat do automatycznego pomiaru zmian objętości próbki oraz moduł do badania naprężeń efektywnych. urządzenie umożliwia użytkownikowi kontrolę manualną lub automatyczną testów trójosiowych naprężeń efektywnych. </t>
+          <t>Urządzenie umożliwia: (1) automatyczne wykonywanie zaprogramowanych etapów konsolidacji, (2) ustawienie różnych prędkości (od 0,00001 do 11,0 mm/min) oraz kierunków dla każdego z cykli w teście ścinania. maksymalne pionowe obciążenie na próbkę: 8 kn. maksymalna siła horyzontalna: 5 kn.</t>
         </is>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>Aparat pozwala na określenie parametrów wytrzymałościowych gruntów (kąt tarcia wewnętrznego oraz spójność). procedury badawcze zgodne są z pn-en iso 17892-8:2018-05 i pn-en iso 17892-9:2018-05. uzyskiwane parametry są wykorzystywane do oznaczeń nośności podłoża budowlanego pod fundamentem, analiz stateczności zboczy, projektowania wykopów, nasypów, składowisk odpadów itp.  aparat pozwala też na oznaczenie współczynnika filtracji.</t>
+          <t>Aparat skrzynkowy pozwala na wyznaczenie parametrów wytrzymałości na ścinanie dla naprężeń całkowitych i/lub efektywnych dla gruntów. urządzenie umożliwia wykonanie badań zgodnie z pn-en iso 17892-10:2019-01.</t>
         </is>
       </c>
       <c r="E42" t="inlineStr">
         <is>
-          <t xml:space="preserve">Aparat pozwala na określenie parametrów wytrzymałościowych gruntów w warunkach  consolidated drained (cd), consolidated undrained (cu) oraz unconsolidated undrained (uu) przy obciążeniu do 50 kn. </t>
+          <t>Aparatu sterowany jest mikroprocesorem. wyposażony jest w silnik krokowy o wysokiej precyzji. umożliwia oznaczenie parametrów wytrzymałościowych dla gruntów spoistych oraz sypkich, w tym także specjalnych badań wytrzymałości na ścinanie m.in. wytrzymałości rezydualnej i rezydualnej po zawodnieniu, które mogą być wykorzystywane do określania stateczności osuwisk.</t>
         </is>
       </c>
       <c r="F42" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G42" t="inlineStr">
         <is>
           <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
         </is>
       </c>
       <c r="H42" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I42" t="inlineStr">
         <is>
           <t>Katedra hydrogeologii i geologii inżynierskiej</t>
         </is>
       </c>
       <c r="J42" t="inlineStr">
         <is>
           <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
         </is>
       </c>
       <c r="K42" t="inlineStr">
         <is>
           <t>Rembiś Marek</t>
         </is>
       </c>
       <c r="L42" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
         </is>
       </c>
       <c r="M42" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
       <c r="N42" t="inlineStr">
         <is>
-          <t>Aparat trójosiowy, grunty, parametry wytrzymałościowe</t>
+          <t>Aparat ab, grunty, parametry wytrzymałościowe</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
+          <t>Aparat proctora</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>Automatyczny ubijak proctora firmy multiserw morek</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>Aparat wyposażony w 2 formy pomiarowe o średnicy 100 mm i 150 mm.</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Urządzenie umożliwia: (a) oznaczanie wilgotności optymalnej, tj. ilości wody potrzebnej do największego zagęszczenia gruntu (b) oznaczanie maksymalnego ciężaru objętościowego szkieletu gruntowego wg pn-en 13286-1:2022-04 i pn-en 13286-2:2010 metodą normalną i zmodyfikowaną, (c) zagęszczanie próbek do badań cbr. </t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Badania aparatem wykonuje się przy zagęszczeniu gruntów pod budowę lotnisk, nawierzchni drogowych, kolejowych, boisk i innych nasypów budowlanych. aparat umożliwia kilka wariantów oznaczenia wilgotności optymalnej w różnych cylindrach dla standardowej i zmodyfikowanej metody zagęszczania gruntów rodzimych spoistych i sypkich, kruszyw oraz ich mieszanek. </t>
+        </is>
+      </c>
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr">
+        <is>
+          <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
+        </is>
+      </c>
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I43" t="inlineStr">
+        <is>
+          <t>Katedra hydrogeologii i geologii inżynierskiej</t>
+        </is>
+      </c>
+      <c r="J43" t="inlineStr">
+        <is>
+          <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
+        </is>
+      </c>
+      <c r="K43" t="inlineStr">
+        <is>
+          <t>Rembiś Marek</t>
+        </is>
+      </c>
+      <c r="L43" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
+        </is>
+      </c>
+      <c r="M43" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+        </is>
+      </c>
+      <c r="N43" t="inlineStr">
+        <is>
+          <t>Aparat proctora, grunty, zagęszczenie</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>Prasa cbr</t>
+        </is>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>Prasa wytrzymałościowa cbr firmy controls z automatycznym pomiarem wyników badań</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>Możliwość stałego monitorowania penetracji z dokładnością do 0,001 mm. zakres pomiarowy obciążenia: do 50 kn.</t>
+        </is>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>Urządzenie służy do określenia kalifornijskiego wskaźnika nośności (cbr), natychmiastowego wskaźnika nośności i pęcznienia liniowego dla gruntów oraz mieszanek dla drogownictwa,  wykorzystywanych do budowy nasypów. możliwość wykonywania oznaczeń zgodnie z pn-en 13286-47:2022-04.</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Urządzenie umożliwia wywieranie nacisku z kontrolowaną siłą w określonym czasie z jednoczesnym pomiarem wielkości odkształcenia badanej próbki. pozwala określać parametry nośności dla gruntów rodzimych, kruszyw oraz mieszanek niezwiązanych i związanych spoiwem. </t>
+        </is>
+      </c>
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G44" t="inlineStr">
+        <is>
+          <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
+        </is>
+      </c>
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I44" t="inlineStr">
+        <is>
+          <t>Katedra hydrogeologii i geologii inżynierskiej</t>
+        </is>
+      </c>
+      <c r="J44" t="inlineStr">
+        <is>
+          <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
+        </is>
+      </c>
+      <c r="K44" t="inlineStr">
+        <is>
+          <t>Rembiś Marek</t>
+        </is>
+      </c>
+      <c r="L44" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
+        </is>
+      </c>
+      <c r="M44" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+        </is>
+      </c>
+      <c r="N44" t="inlineStr">
+        <is>
+          <t>Grunty, wskaźnik nośności cbr</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>Aparat trójosiowy</t>
+        </is>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>Aparat trójosiowego ściskania firmy controls</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Aparat wyposażony w trzy zaawansowane komory trójosiowe (tri-cell plus), aparat do automatycznego pomiaru zmian objętości próbki oraz moduł do badania naprężeń efektywnych. urządzenie umożliwia użytkownikowi kontrolę manualną lub automatyczną testów trójosiowych naprężeń efektywnych. </t>
+        </is>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>Aparat pozwala na określenie parametrów wytrzymałościowych gruntów (kąt tarcia wewnętrznego oraz spójność). procedury badawcze zgodne są z pn-en iso 17892-8:2018-05 i pn-en iso 17892-9:2018-05. uzyskiwane parametry są wykorzystywane do oznaczeń nośności podłoża budowlanego pod fundamentem, analiz stateczności zboczy, projektowania wykopów, nasypów, składowisk odpadów itp.  aparat pozwala też na oznaczenie współczynnika filtracji.</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Aparat pozwala na określenie parametrów wytrzymałościowych gruntów w warunkach  consolidated drained (cd), consolidated undrained (cu) oraz unconsolidated undrained (uu) przy obciążeniu do 50 kn. </t>
+        </is>
+      </c>
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr">
+        <is>
+          <t>Urządzenie dostępne tylko na miejscu w laboratorium. osobami upoważnionymi do obsługi są wyłącznie pracownicy katedry hydrogeologii i geologii inżynierskiej wggioś agh. zlecenia i umowy na wykonanie badań dla podmiotów zewnętrznych realizowane są na podstawie formalnego zamówienia (formularz dostępny na stronie: http://home.agh.edu.pl/~labgg/dokumenty/) po rejestracji tematu w biurze administracyjnym wggioś. przyjęcie prac do realizacji wymaga zgody kierownika lbgig.</t>
+        </is>
+      </c>
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I45" t="inlineStr">
+        <is>
+          <t>Katedra hydrogeologii i geologii inżynierskiej</t>
+        </is>
+      </c>
+      <c r="J45" t="inlineStr">
+        <is>
+          <t>Laboratorium badań geotechnicznych i geomechanicznych; http://home.agh.edu.pl/~labgg/</t>
+        </is>
+      </c>
+      <c r="K45" t="inlineStr">
+        <is>
+          <t>Rembiś Marek</t>
+        </is>
+      </c>
+      <c r="L45" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marek-rembis-2798.html</t>
+        </is>
+      </c>
+      <c r="M45" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+        </is>
+      </c>
+      <c r="N45" t="inlineStr">
+        <is>
+          <t>Aparat trójosiowy, grunty, parametry wytrzymałościowe</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
           <t>Tomograf mr</t>
         </is>
       </c>
-      <c r="B43" t="inlineStr">
+      <c r="B46" t="inlineStr">
         <is>
           <t>Tomograf magritek (24 mhz)</t>
         </is>
       </c>
-      <c r="C43" t="inlineStr">
+      <c r="C46" t="inlineStr">
         <is>
           <t>Badania przy użyciu tomografu mr jak i spektrometru rca umożliwiają rozwój prac teoretycznych i aplikacyjnych dotyczących wykorzystania zjawiska magnetycznego rezonansu jądrowego (mrj) i metod komplementarnych, w biomedycyniew, geofizyce i geologii, chemii i inżynierii materiałowej do badania systemów porowatych. w szczególności dotyczy to obrazowania dyfuzji cząsteczek wody w obecności heterogenicznych gradientów pola magnetycznego z wykorzystaniem technik takich jak dwi, dti, bsd-dti, jak również badania populacji protonów (1h) w różnych układach porowatych w wysokich i niskich polach magnetycznych z zastosowaniem technik relaksometrii  spinowo-sieciowej, t1 i spinowo-spinowej, t2.
 prowadzimy szeroką gamę badań struktury porowej skał i innych materiałów porowatych spotykanych w biologii, medycynie i inżynierii materiałowej. specjalizujemy się w badaniach mrj w niskim polu magnetycznym, a także w bardzo wysokim gradiencie pola magnetycznego. w pracach badawczych analizujemy porowatość i przepuszczalność materiałów, a także prowadzimy prace z zakresu obrazowania przestrzeni porowej. zajmujemy się ponadto kompleksową analizą dyfuzji molekuł wody (posiadamy patenty międzynarodowe dotyczące kalibracji skanerów mr w obecności niejednorodnych gradientów pola magnetycznego) oraz czasów relaksacji t1, t2 (z uwzględnieniem procesów wymiany chemicznej i dyfuzyjnej, a także w obecności gradientów indukowanych). mamy doświadczenie zarówno ze skałami zbiornikowymi (łupki, piaskowce, węglany), jak również z innymi, naturalnymi i syntetycznymi, materiałami porowatymi o szerokim spektrum rozmiaru porów (mikropory &lt; 2nm, mezopory 2-50 nm, makropory &gt; 50 nm), takimi jak hydrożele, zeolity czy tkanki biologiczne.</t>
         </is>
       </c>
-      <c r="D43" t="inlineStr">
+      <c r="D46" t="inlineStr">
         <is>
           <t xml:space="preserve">Prowadzenie badań interdyscyplinarnych, biomedycznych, geofizycznych, i materiałowych
 	rozwój metod mrj do badań biomedycznych: diagnostyka mózgu, mięśnia sercowego, naczyń wieńcowych, wątroby, parametryzacja stanu komórek  in vitro i in vivo.
 	badanie dynamiki wody w układach porowatych: rdzenie skał, hydrożele, włókna węglowe, biologiczne, syntetyczne,. 
  </t>
         </is>
       </c>
-      <c r="E43" t="inlineStr">
+      <c r="E46" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obrazowanie gęstości protonowej materiałów biologicznych jak i przestrzeni porowej skał czy innych materiałów porowatych (2d oraz 3d).
 	obrazowanie dyfuzyjne (obrazowanie ważone dyfuzyjnie — dwi, obrazowanie tensora dyfuzji – dti, obrazowanie tensora dyfuzji w polach niejednorodnych — bsd-dti).
 	wizualizacja traktów neuronalnych lub innych układów anizotropowych.
 </t>
         </is>
       </c>
-      <c r="F43" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G43" t="inlineStr">
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G46" t="inlineStr">
         <is>
           <t>Kontakt - email: akrzyzak@agh.edu.pl</t>
         </is>
       </c>
-      <c r="H43" t="inlineStr">
+      <c r="H46" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I43" t="inlineStr">
+      <c r="I46" t="inlineStr">
         <is>
           <t>Katedra surowców energetycznych</t>
         </is>
       </c>
-      <c r="J43" t="inlineStr">
+      <c r="J46" t="inlineStr">
         <is>
           <t>Systemy porowate/latis - laboratorium tomografii i spektroskopii magnetycznego rezonansu jądrowego</t>
         </is>
       </c>
-      <c r="K43" t="inlineStr">
+      <c r="K46" t="inlineStr">
         <is>
           <t>Krzyżak Artur</t>
         </is>
       </c>
-      <c r="L43" t="inlineStr">
+      <c r="L46" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/artur-tadeusz-krzyzak-8398.html</t>
         </is>
       </c>
-      <c r="M43" t="inlineStr">
+      <c r="M46" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N43" t="inlineStr">
+      <c r="N46" t="inlineStr">
         <is>
           <t>Magnetyczny rezonans jądrowy, relaksometria nmr, tomografia mr</t>
         </is>
       </c>
     </row>
-    <row r="44">
-      <c r="A44" t="inlineStr">
+    <row r="47">
+      <c r="A47" t="inlineStr">
         <is>
           <t>Aparatura do pomiarów geoelektrycznych supersting r8</t>
         </is>
       </c>
-      <c r="B44" t="inlineStr">
+      <c r="B47" t="inlineStr">
         <is>
           <t>Supersting™ wi-fi</t>
         </is>
       </c>
-      <c r="C44" t="inlineStr">
+      <c r="C47" t="inlineStr">
         <is>
           <t>Aparatura supersting r8 jest nowoczesnym systemem pomiarowym służącym do obrazowania ośrodka geologicznego z wykorzystaniem następujących metod geoelektrycznych: elektrooporowa (dc), potencjałów naturalnych (sp) oraz polaryzacji wzbudzonej (ip). w ramach metody elektrooporowej możliwe jest wykonywanie pomiarów metodami: sondowania elektrooporowego (ves), profilowania elektrooporowego i tomografii elektrooporowej (ert). system pomiarowy pozwala na wykorzystanie szeregu standardowych układów pomiarowych (np. wenner, schlumberger, dipole-dipole, pole-dipole, gradient) oraz układów nietypowych, tj. dowolnie programowalnych przez użytkownika. aparatura pozwala na wykonywanie pomiarów w trybie 8-kanałowym, tj. możliwe jest jednoczesne zmierzenie różnic potencjałów dla ośmiu odrębnych par elektrod przy jednokrotnym przepuszczeniu prądu elektrycznego przez badany ośrodek.</t>
         </is>
       </c>
-      <c r="D44" t="inlineStr">
+      <c r="D47" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	wspomaganie badań w zakresie geologii-inżynierskiej i geotechniki.
 	badania strefy przypowierzchniowej dla potrzeb ochrony środowiska gruntowo-wodnego i dla archeologii.
 	badania dla potrzeb rozpoznawania złóż surowców skalnych.
 	badania zapór, obwałowań i innych konstrukcji inżynierskich.
 	badania z użyciem specjalistycznych kabli podwodnych.
 	badania deformacji terenu na obszarach górniczych.
 </t>
         </is>
       </c>
-      <c r="E44" t="inlineStr">
+      <c r="E47" t="inlineStr">
         <is>
           <t>Aparatura supersting r8 pozwala na wykonywanie pomiarów w technice 1d, 2d i 3d, a także w wariancie monitoringu geoelektrycznego (4d). posiadany wariant sprzętowy pozwala na jednoczesne podłączenie zestawu 112 elektrod i maksymalnym ich rozstawie (odległości pomiędzy sąsiadującymi elektrodami) równym 5 m. długość profilu badawczego nie jest ograniczona jedynie do zestawu elektrod - dzięki zastosowaniu techniki roll-along może być odpowiednio powiększana.</t>
         </is>
       </c>
-      <c r="F44" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G44" t="inlineStr">
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G47" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H44" t="inlineStr">
+      <c r="H47" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I44" t="inlineStr">
+      <c r="I47" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J44" t="inlineStr">
+      <c r="J47" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań geoelektrycznych</t>
         </is>
       </c>
-      <c r="K44" t="inlineStr">
+      <c r="K47" t="inlineStr">
         <is>
           <t>Bania Grzegorz</t>
         </is>
       </c>
-      <c r="L44" t="inlineStr">
+      <c r="L47" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-bania-8216.html</t>
         </is>
       </c>
-      <c r="M44" t="inlineStr">
+      <c r="M47" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N44" t="inlineStr">
+      <c r="N47" t="inlineStr">
         <is>
           <t>Ert, geofizyka, inżynieria środowiska, metody geoelektryczne, obrazowanie elektrooporowe, sondowanie elektrooporowe, tomografia elektrooporowa, ves</t>
         </is>
       </c>
     </row>
-    <row r="45">
-      <c r="A45" t="inlineStr">
+    <row r="48">
+      <c r="A48" t="inlineStr">
         <is>
           <t>Aparatura do badań sejsmicznych geode</t>
         </is>
       </c>
-      <c r="B45" t="inlineStr">
+      <c r="B48" t="inlineStr">
         <is>
           <t>The geode exploration seismograph</t>
         </is>
       </c>
-      <c r="C45" t="inlineStr">
+      <c r="C48" t="inlineStr">
         <is>
           <t>Aparatura geode (geometrics) jest nowoczesnym systemem do badań sejsmicznych. wykorzystywany jest do rozpoznania zarówno płytkiej strefy ośrodka geologicznego (dla celów inżynieryjnych, geotechnicznych i środowiskowych) oraz głębokiej strefy (rozpoznanie złożowe i strukturalne). pozwala na wykonanie pomiarów refrakcyjnych i tomografii refrakcyjnej fal podłużnych p (srt-p) i fal poprzecznych s (srt-s), wielokanałowej analizy fal powierzchniowych rayleigha (masw) oraz love’a (malw) jak i również płytkie profilowania refleksyjne fal p i s oraz pomiary w płytkich otworach (downhole, crosshole, vsp). jako źródło drgań wykorzystywany jest mobilny system gisco ess 500 turbo o dużej energii (4088 j) oraz młoty i źródła fal poprzecznych. fale sejsmiczne rejestrowane są dzięki odbiornikom o częstotliwościach 4,5 hz, 14 hz oraz 100 hz. do badań z wykorzystaniem fal poprzecznych wykorzystywane są wysokoczułe horyzontalne odbiorniki o częstotliwości 4,5 hz. aparatura geode pozwala na podłączenie do 72 odbiorników. w badaniach otworowych wykorzystywany jest streamer hydrofonowy, sonda 3c oraz sparker jako źródło drgań. aparatura pozwala również na wykonywanie pomiarów z zakresu metod sejsmiki pasywnej - remi (refraction microtremor), spac/esac (spatial autocorrelation/extended spatial autocorrelation) oraz hvsr (horizontal-to-vertical spectral ratio).</t>
         </is>
       </c>
-      <c r="D45" t="inlineStr">
+      <c r="D48" t="inlineStr">
         <is>
           <t>Wysokorozdzielcze rozpoznanie strukturalne i złożowe do głębokości ok. 500m, badania ośrodka gruntowo-skalnego na potrzeby budownictwa lądowego, rozpoznawanie stref osuwiskowych, wykrywanie stref spękań, pustek, kawern i zapadlisk, określenie przebiegu podłoża skalnego, miąższości gleb oraz klasyfikacja gruntów, wspomaganie badań geotechnicznych i geologii inżynierskiej, określenie sejsmiczności badanego obszaru z wykorzystaniem parametru vs30 wg klasyfikacji nehrp i ubc.</t>
         </is>
       </c>
-      <c r="E45" t="inlineStr">
+      <c r="E48" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar fal podłużnych p
 	pomiar fal poprzecznych s
 	pomiar fal powierzchniowych
 	sejsmika refrakcyjna
 	sejsmika refleksyjna
 	wielokanałowa analiza fal powierzchniowych
 	wyznaczanie dynamicznych modułów sprężystości strefy przypowierzchniowej
 	pomiary w otworach
 	sejsmika pasywna
 </t>
         </is>
       </c>
-      <c r="F45" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G45" t="inlineStr">
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G48" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H45" t="inlineStr">
+      <c r="H48" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I45" t="inlineStr">
+      <c r="I48" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J45" t="inlineStr">
+      <c r="J48" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań sejsmicznych</t>
         </is>
       </c>
-      <c r="K45" t="inlineStr">
+      <c r="K48" t="inlineStr">
         <is>
           <t>Cichostępski Kamil</t>
         </is>
       </c>
-      <c r="L45" t="inlineStr">
+      <c r="L48" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/kamil-cichostepski-8217.html</t>
         </is>
       </c>
-      <c r="M45" t="inlineStr">
+      <c r="M48" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N45" t="inlineStr">
+      <c r="N48" t="inlineStr">
         <is>
           <t>Fale powierzchniowe, geofizyka, geologia inżynierska, geotechnika, inżynieria środowiska, metody sejsmiczne, sejsmika refleksyjna, sejsmika refrakcyjna, tomografia refrakcyjna</t>
         </is>
       </c>
     </row>
-    <row r="46">
-      <c r="A46" t="inlineStr">
+    <row r="49">
+      <c r="A49" t="inlineStr">
         <is>
           <t>Aparatura do pomiarów konduktometrycznych cmd explorer i cmd mini explorer</t>
         </is>
       </c>
-      <c r="B46" t="inlineStr">
+      <c r="B49" t="inlineStr">
         <is>
           <t>Cmd explorer i cmd mini explorer</t>
         </is>
       </c>
-      <c r="C46" t="inlineStr">
+      <c r="C49" t="inlineStr">
         <is>
           <t>Aparatury cmd explorer i cmd mini explorer to nowoczesne systemy pomiarowe charakteryzuje się dużą rozdzielczością zarówno pionową jak i poziomą dla ośrodków dobrze przewodzących. aparatury uzupełniają się co do zasięgów głębokościowych, a pomiar odbywa się w sumie na sześciu poziomach głębokościowych dla każdej z dwóch konfiguracji układu pomiarowego tj. hd i vd.  pozwala to na interpretację geofizyczną i uzyskanie przedziału głębokościowego od ok. 0.25 m do ok. 7 m. aparatury wykorzystują metodę konduktometryczną która należy do metody indukcyjnej opartej o prawo indukcji faradaya. metoda umożliwia dobre rozpoznanie płytko zalegających dobrze przewodzących warstw geologicznych. pozwala ona na obrazowanie ośrodka geologicznego tj. określenia rozkładu przewodności będącej rezultatem interpretacji geofizycznej. w metodzie tej brak jest problemu uziemienia bo pole wzbudzane jest indukcyjnie a nie galwanicznie. pomiar w metodzie konduktometrycznej można wykonać szybko na dużym obszarze i może go wykonać jedna osoba.</t>
         </is>
       </c>
-      <c r="D46" t="inlineStr">
+      <c r="D49" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary inżynieryjne w budownictwie drogowym i kolejowym
 	lokalizacja stref wodonośnych i osuwisk, stref wycieku wody np. na wałach przeciwpowodziowych czy w podłożu wałów
 	monitorowanie wycieków ścieków
 	mapowanie geologiczne
 	w rolnictwie monitorowanie jakości gleby
 	w archeologii
 	środowiskowe mapowanie aureoli zanieczyszczeń
 </t>
         </is>
       </c>
-      <c r="E46" t="inlineStr">
+      <c r="E49" t="inlineStr">
         <is>
           <t>Aparatura pozwala na pomiar przewodności pozornej dla sześciu poziomów głębokościowych dla dwóch konfiguracji hd i vd różniących się rozdzielczością i zasięgiem głębokościowym. aparatury cmd explorer i cmd mini explorer uzupełniają się głębokościowo (każda po trzy poziomy dla dwóch konfiguracji). długość profilu jest dowolna a krok pomiarowy wynosi standardowo 1 m umożliwia uzyskanie dobrej rozdzielczości poziomej.</t>
         </is>
       </c>
-      <c r="F46" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G46" t="inlineStr">
+      <c r="F49" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G49" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga zgody kierownika katedry. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach zleceń komercyjnych.</t>
         </is>
       </c>
-      <c r="H46" t="inlineStr">
+      <c r="H49" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I46" t="inlineStr">
+      <c r="I49" t="inlineStr">
         <is>
           <t>Katedra geofizyki</t>
         </is>
       </c>
-      <c r="J46" t="inlineStr">
+      <c r="J49" t="inlineStr">
         <is>
           <t>Laboratoria metod geofizycznych / laboratorium mobilne / laboratorium badań geoelektrycznych</t>
         </is>
       </c>
-      <c r="K46" t="inlineStr">
+      <c r="K49" t="inlineStr">
         <is>
           <t>Klityński Wojciech</t>
         </is>
       </c>
-      <c r="L46" t="inlineStr">
+      <c r="L49" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/wojciech-klitynski-1416.html</t>
         </is>
       </c>
-      <c r="M46" t="inlineStr">
+      <c r="M49" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N46" t="inlineStr">
+      <c r="N49" t="inlineStr">
         <is>
           <t>Gcm, geofizyka, inżynieria środowiska, konduktometr, metody geoelektryczne, przewodność</t>
         </is>
       </c>
     </row>
-    <row r="47">
-      <c r="A47" t="inlineStr">
+    <row r="50">
+      <c r="A50" t="inlineStr">
         <is>
           <t>Radar interferometryczny ibis-l/s</t>
         </is>
       </c>
-      <c r="B47" t="inlineStr">
+      <c r="B50" t="inlineStr">
         <is>
           <t>Radar interferometryczny ibis-l/s</t>
         </is>
       </c>
-      <c r="C47" t="inlineStr">
+      <c r="C50" t="inlineStr">
         <is>
           <t>Naziemny radar interferometryczny ibis-l/s to precyzyjne mikrofalowe urządzenie pomiarowe, służące do zdalnego, bezdotykowego pomiaru przemieszczeń i deformacji obiektów budowlanych oraz powierzchni terenu z wysoką dokładnością. głównym elementem systemu jest pracujący w dozwolonym paśmie ku (17,1-17,3 ghz) radar, wykorzystujący technikę syntetycznej apertury (sar). radar emituje w kierunku badanego obiektu spójną wiązkę promieniowania elektromagnetycznego o niewielkiej mocy i skokowo zmiennej częstotliwości (modulacja sfcw), a następnie odbiera, rejestruje i analizuje odbity sygnał. układ interferometryczny precyzyjnie wyznacza zmiany fazy sygnału odbitego względem sygnału nadawanego, pozwalając na pomiar przemieszczeń wybranych części lub obszarów (pikseli) badanego obiektu z dokładnością 0,1 mm. rozróżnialność pikseli jest osiągana przy zmianie odległości o 0,5 m i azymutu o 0,25°. w skład systemu wchodzi specjalistyczne, dedykowane oprogramowanie, pozwalające na sterowanie procesem pomiarowym, archiwizację i wstępną analizę wyników w czasie rzeczywistym, a następnie ich pełną analizę w fazie post-processingu. wyniki poszczególnych etapów opracowania mogą być prezentowane graficznie, rejestrowane i eksportowane do otwartych formatów plików.</t>
         </is>
       </c>
-      <c r="D47" t="inlineStr">
+      <c r="D50" t="inlineStr">
         <is>
           <t xml:space="preserve">-detekcja oraz monitoring deformacji terenu i przemieszczeń budowli, z dokładnością 0,1 mm, nieosiągalną dla innych geodezyjnych metod pomiarowych. .
 -modelowanie deformacji zapór wodnych. równoczesne obserwacje termowizyjne umożliwiają rozdzielenie deformacji termicznych od rzeczywistych deformacji geometrycznych. 
 -modelowanie i analiza deformacji budowli inżynierskich. </t>
         </is>
       </c>
-      <c r="E47" t="inlineStr">
+      <c r="E50" t="inlineStr">
         <is>
           <t>Dokładność pomiaru przemieszczenia wynosi 0,1 mm. system ibis ma 2 wersje:
 - ibis-l–radar dalekiego zasięgu (do 4 km) o rozróżnialności dwuwymiarowej (0,5 m w odległości i 0,25° w azymucie), służy do wyznaczania przemieszczeń obiektów powierzchniowych (np. osuwisk, zapór).
 - ibis-s–radar o zasięgu do 1 km i częstotliwości próbkowania do 200 hz, służy do pomiaru i analizy przemieszczeń oraz szybkozmiennych drgań konstrukcji.</t>
         </is>
       </c>
-      <c r="F47" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G47" t="inlineStr">
+      <c r="F50" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G50" t="inlineStr">
         <is>
           <t>Formalne warunki udostępnienia należy uzgodnić z dziekanem wydziału geodezji górniczej i inżynierii środowiska. praktycznie, ze względu na unikatowość sprzętu, jego używanie wymaga przeszkolenia przeprowadzonego przez producenta albo udziału osoby ze znajomością obsługi urządzenia.</t>
         </is>
       </c>
-      <c r="H47" t="inlineStr">
+      <c r="H50" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I47" t="inlineStr">
+      <c r="I50" t="inlineStr">
         <is>
           <t>Katedra geodezji inżynieryjnej i budownictwa</t>
         </is>
       </c>
-      <c r="J47" t="inlineStr">
+      <c r="J50" t="inlineStr">
         <is>
           <t>Zespół badawczy technologii informatycznych w inżynierii lądowej</t>
         </is>
       </c>
-      <c r="K47" t="inlineStr">
+      <c r="K50" t="inlineStr">
         <is>
           <t>Kuras Przemysław</t>
         </is>
       </c>
-      <c r="L47" t="inlineStr">
+      <c r="L50" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/przemyslaw-kuras-7152.html</t>
         </is>
       </c>
-      <c r="M47" t="inlineStr">
+      <c r="M50" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N47" t="inlineStr">
+      <c r="N50" t="inlineStr">
         <is>
           <t>Budowle wysokie, deformacje, drgania, monitoring, mosty, osuwiska, przemieszczenia, radar interferometryczny, zapory wodne</t>
         </is>
       </c>
     </row>
-    <row r="48">
-      <c r="A48" t="inlineStr">
+    <row r="51">
+      <c r="A51" t="inlineStr">
         <is>
           <t>Stanowisko laboratoryjne do badania procesu urabiania poprzez frezowanie lub wiercenie obrotowe pojedynczymi narzędziami skrawającymi lub organami</t>
         </is>
       </c>
-      <c r="B48" t="inlineStr">
+      <c r="B51" t="inlineStr">
         <is>
           <t>Stanowisko laboratoryjne do badania procesu urabiania poprzez frezowanie lub wiercenie obrotowe pojedynczymi narzędziami skrawającymi lub organami</t>
         </is>
       </c>
-      <c r="C48" t="inlineStr">
+      <c r="C51" t="inlineStr">
         <is>
           <t xml:space="preserve">Przedmiotowe stanowisko służy do realizacji kompleksowych badań laboratoryjnych związanych z szeroko pojętym procesem skrawania skał. stanowisko badawcze umożliwia realizację procesu frezowania oraz wiercenia pojedynczymi narzędziami lub organami urabiającymi na sztucznej lub naturalnej próbce skalnej. na stanowisku możliwe jest badanie pełnowymiarowych organów urabiających przy zapewnieniu rzeczywistych parametrów procesu, a realizacja tych badań odbywa się w sposób kontrolowany, w warunkach laboratoryjnych. na stanowisku badać można różne narzędzia, w tym noże styczno-obrotowe oraz narzędzia dyskowe. w trakcie badań rejestrowane są parametry procesu urabiania, w tym opory urabiania. podczas badań możliwe jest rejestrowanie zapylenia. stanowisko wyposażone jest w zestaw do określenia uziarnienia powstałego urobku. 
 podstawowe parametry:
 	moc napędu: 250 kw,
 	prędkość obrotowa organu 0 - 120 obr/min,
 	maksymalna średnica organu 2,2 m,
 	maksymalny zabiór organu 1,0 m,
 	prędkość posuwu próbki 0 - 9,9 m/min,
 	siła posuwu próbki 150 kn,
 	ruch próbki wzdłuż 2,5 m,
 	ruch próbki w poprzek 1,3 m,
 	rozmiar próbki 2,5 m x 2,5 m x 1,3 m,
 	masa próbki ok. 18 mg.
  </t>
         </is>
       </c>
-      <c r="D48" t="inlineStr">
+      <c r="D51" t="inlineStr">
         <is>
           <t xml:space="preserve">Badanie: 
 	szybkości zużycia narzędzi i organów, 
 	wpływu rodzaju narzędzi i układu nożowego na opory urabiania, zapylenie i granulację urobku, 
 	wpływu zraszania na proces urabiania przy zastosowaniu różnych typów narzędzi,
 	oporów urabiania różnych rodzajów skał. 
 	wpływy parametrów na proces urabiania.
 </t>
         </is>
       </c>
-      <c r="E48" t="inlineStr">
+      <c r="E51" t="inlineStr">
         <is>
           <t xml:space="preserve">Stanowisko wyposażone jest w układ pomiarowy oraz dodatkowe wyposażenie pozwalające na pomiar:
 	prędkości posuwu podłużnego,
 	prędkości posuwu poprzecznego,
 	prędkości obrotowej organu,
 	momentu oporu skrawania,
 	siły w kierunku podłużnym,
 	siły w kierunku poprzecznym,
 	zapylenia,
 	uziarnienia,
 	masy narzędzi,
 	masy urobku.
 </t>
         </is>
       </c>
-      <c r="F48" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G48" t="inlineStr">
+      <c r="F51" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G51" t="inlineStr">
         <is>
           <t>Zgodnie z indywidualnie uzgodnionymi umowami.</t>
         </is>
       </c>
-      <c r="H48" t="inlineStr">
+      <c r="H51" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I48" t="inlineStr">
+      <c r="I51" t="inlineStr">
         <is>
           <t>Katedra inżynierii maszyn i transportu</t>
         </is>
       </c>
-      <c r="J48" t="inlineStr">
+      <c r="J51" t="inlineStr">
         <is>
           <t>Laboratorium badania procesów urabiania skał</t>
         </is>
       </c>
-      <c r="K48" t="inlineStr">
+      <c r="K51" t="inlineStr">
         <is>
           <t>Bołoz Łukasz</t>
         </is>
       </c>
-      <c r="L48" t="inlineStr">
+      <c r="L51" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-boloz-6952.html</t>
         </is>
       </c>
-      <c r="M48" t="inlineStr">
+      <c r="M51" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N48" t="inlineStr">
+      <c r="N51" t="inlineStr">
         <is>
           <t>Badanie narzędzi, organy urabiające, trwałość narzędzi, urabianie skał</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>