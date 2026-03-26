--- v2 (2026-02-08)
+++ v3 (2026-03-26)
@@ -493,3153 +493,3168 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>System do trawienia i nanoszenia warstw z wyposażeniem</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>System do trawienia i nanoszenia warstw z wyposażeniem</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Komora próżniowa z magnetronami dc i rf oraz źródłem jonów kdc40.
+1.dwa źródła magnetronowe  
+kołnierz montażowy: dn 100cf
+max. moc (dc ): 400 w dc
+max. moc (rf ): 400 w rf
+max. napięcie (dc): 1200 v
+złącze dc/rf: typ 7/16
+2.zasilacz magnetronowy
+moc wyjściowa: 600w z możliwością rozszerzenia do 2400w
+prąd wyjściowy: od 1m do 1200 ma z możliwością rozszerzenia do 4.8a z
+przełącznik dla 3 magnetronów z kontrolą przesłon
+3.manipulator ręczny
+zakres 100 mm
+4.pokrywa komory z wciągnikiem  
+kołnierz dn 1 00cf
+5.aktualizacja oprogramowania </t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Nanoszenie cienkich warstw metalicznych i dielektrycznych. trawienie jonowe warstw metalicznych i dielektrycznych</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Brak</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Ustalane indywidualnie</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Instytut elektroniki</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Laboratorium z-11/piotr wiśniowski pwis@agh.edu.pl; bartłomiej szafraniak szafrani@agh.edu.pl, łukasz fuśnik lfusnik@agh.edu.pl</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Wiśniowski Piotr</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/piotr-wisniowski-6550.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Nanoszenie cienkich warstw, trawienie cienkich warstw</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
           <t>Stanowisko do charakteryzacji aktywnych obwodów mikrofalowych w pasmie do 67 ghz</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B3" t="inlineStr">
         <is>
           <t>Stanowisko do charakteryzacji aktywnych obwodów mikrofalowych w pasmie do 67 ghz</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C3" t="inlineStr">
         <is>
           <t>Stanowisko pomiarowe składa się z wektorowego analiza sieci rohde &amp; schwarz zna67 z opcją b16, mechanicznego kitu kalibracyjnego rohde &amp; schwarz zn-z218, dwóch tunerów impedancji focus microwaves c6720b wraz z oprogramowaniem sterującym, dwóch układów polaryzacji focus microwaves bt0167-12-p, terminatora te67-5-39,  zestawu kabli junkosha mwx061-00914vmsvms/b oraz zestawu adapterów między standardem 1.85 mm oraz większymi.</t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D3" t="inlineStr">
         <is>
           <t xml:space="preserve">Stanowisko służące do pełnej wektorowej charakteryzacji aktywnych obwodów mikrofalowych w pasmie do 67 ghz. stanowisko to umożliwi pomiar zespolonych współczynników odbicia oraz transmisji dowolnych wielowrotników przy arbitralnie ustalanym punkcie pracy. </t>
         </is>
       </c>
-      <c r="E2" t="inlineStr">
+      <c r="E3" t="inlineStr">
         <is>
           <t xml:space="preserve">Czterowrotowy pomiar zespolonych parametrów rozproszenia w paśmie 10 mhz do 67 ghz w systemie impedancji 50 ohm lub dwuwrotowy pomiar z możliwością strojenia impedancji wejściowej i wyjściowej widzianych przez badane urządzenie. </t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G2" t="inlineStr">
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
         <is>
           <t>Wewnętrzny tylko dla agh, zewnętrzny w formie zlecenia na pomiary prowadzone przez przeszkolonego pracownika agh
 aparatura udostępniana jest do użytku dla pracowników i doktorantów agh po odbyciu szkolenia z obsługi urządzenia i po potwierdzeniu niezbędnych umiejętności przez osobę kontaktową lub innego upoważnionego pracownika. aparatura znajduje się w pokoju 09 w budynku d-5. dostęp do tej części budynku jest ograniczony i możliwy tylko dla osób uprawnionych lub pod nadzorem osoby uprawnionej</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
+      <c r="H3" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I3" t="inlineStr">
         <is>
           <t>Wydział informatyki, elektroniki i telekomunikacji</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
+      <c r="J3" t="inlineStr">
         <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr">
+      <c r="K3" t="inlineStr">
         <is>
           <t>Sorocki Jakub</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L3" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jakub-sorocki-8555.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M3" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N3" t="inlineStr">
         <is>
           <t>Mikrofala, obwody, pomiar, stanowisko</t>
-        </is>
-[...70 lines deleted...]
-          <t>Drukarka 3d, fdm, inżynieira materiałowa, prototypowanie</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
+          <t>Drukarka 3d bambu lab</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Bambu lab h2d pro</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>H2d pro to zaawansowana, profesjonalna drukarka 3d fdm klasy badawczo-rozwojowej, zaprojektowana z myślą o precyzyjnych zastosowaniach inżynieryjnych i eksperymentalnych. rozbudowane systemy ams 2 pro i ams ht umożliwiają automatyczne zarządzanie wieloma filamentami, co sprzyja badaniom nad powtarzalnością procesu, wpływem wilgotności oraz stabilnością właściwości materiałowych.</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>Możliwości badawcze drukarki bambu lab h2d pro obejmują szerokie spektrum zastosowań naukowych i inżynieryjnych w obszarze technologii przyrostowych. urządzenie umożliwia prowadzenie badań nad drukiem wielomateriałowym i wielodyszowym, w tym analizę adhezji między materiałami, właściwości stref przejściowych oraz efektywności materiałów podporowych. możliwe testowanie i walidacja materiałów inżynieryjnych, takich jak pa, pc, abs, asa czy kompozyty wzmacniane włóknami.</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>Dukarka oferuje bardzo wysoką dokładność pozycjonowania dzięki vision encoderowi, który zapewnia kontrolę ruchu z dokładnością do 50 µm. duże pole robocze (350 × 320 × 325 mm) pozwala na druk próbek badawczych i prototypów w skali zbliżonej do rzeczywistych elementów. prędkość druku do 1000 mm/s umożliwia prowadzenie eksperymentów nad wpływem parametrów procesu na wytrzymałość, strukturę warstw i czas wytwarzania.</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J4" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>Drukarka 3d, fdm, inżynieira materiałowa, prototypowanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
           <t>System do badań nieniszczących metodami aktywnej termografii</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B5" t="inlineStr">
         <is>
           <t>System do badań nieniszczących metodami aktywnej termografii</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C5" t="inlineStr">
         <is>
           <t>Na katedrze robotyki i mechatroniki wimir stworzone i rozwijane jest laboratorium badań metodami aktywnej termografii. laboratorium oferuje systemy do badań metodami termografii laserowej, halogenowej oraz wibrotermografii. baza sprzętowa obejmuje szeroki zakres kamer termowizyjnych (od wysokiej czułości laboratoryjnych kamer fotonowych po rozwiązania przemysłowe), źródła promieniowania świetlnego oraz promieniowania laserowego, sonotrody wraz ze wzmacniaczem, system kontrolno-pomiarowy oparty o rozwiązania firmy national instruments.  ponadto laboratorium dysponuje autorskim oprogramowaniem opracowanym w środowiskach labview, matlab oraz python. oprogramowanie pozwala na przeprowadzanie zautomatyzowanych pomiarów, jak również interpretację i eksport wyników do otwartych formatów takich jak .npz czy .npy.  ponadto członkowie zespołu dysponują kompetencjami pozwalającymi na prowadzenie termicznych analiz numerycznych (w programie msc marc menat).</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D5" t="inlineStr">
         <is>
           <t xml:space="preserve">System przeznaczony do wykonywania badań nieniszczących ze szczególnym uwzględnieniem nowoczesnych materiałów konstrukcyjnych, w tym kompozytów. badanie odbywa się w sposób całkowicie bezkontaktowy, z możliwością precyzyjnego oraz powtarzalnego doboru i utrzymania parametrów pomiarowych. </t>
         </is>
       </c>
-      <c r="E4" t="inlineStr">
+      <c r="E5" t="inlineStr">
         <is>
           <t xml:space="preserve">Kamera termowizyjna:
 	model: flir a655sc
 	spektrum: 7.5-14.0µm
 	rozdzielczość: 640x480 pikseli
 	próbkowanie: 50hz
 	obiektywy: 25stopni oraz obiektyw makro 5.8x
 źródła promieniowania laserowego:
 	spektrum: ~980nm i 808nm
 	moc: 100w
 	wielkość plamki lasera: max 50x50mm
 	kształt plamki lasera: kwadrat, prostokąt
 </t>
         </is>
       </c>
-      <c r="F4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G4" t="inlineStr">
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku projektów/grantów realizowanych wspólnie z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
+      <c r="H5" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I4" t="inlineStr">
+      <c r="I5" t="inlineStr">
         <is>
           <t>Katedra robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr">
+      <c r="J5" t="inlineStr">
         <is>
           <t>Zespół inżynierii systemów i diagnostyki technicznej</t>
         </is>
       </c>
-      <c r="K4" t="inlineStr">
+      <c r="K5" t="inlineStr">
         <is>
           <t>Roemer Jakub</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L5" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jakub-jan-roemer-8679.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M5" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N5" t="inlineStr">
         <is>
           <t>Analiza termiczna, badania nieniszczące, ir, kompozyty, laser, ndt, pomiar temperatury, shm, termografia, termowizja</t>
         </is>
       </c>
     </row>
-    <row r="5">
-      <c r="A5" t="inlineStr">
+    <row r="6">
+      <c r="A6" t="inlineStr">
         <is>
           <t>Maszyna czasu rzeczywistego</t>
         </is>
       </c>
-      <c r="B5" t="inlineStr">
+      <c r="B6" t="inlineStr">
         <is>
           <t>Maszyna czasu rzeczywistego</t>
         </is>
       </c>
-      <c r="C5" t="inlineStr">
+      <c r="C6" t="inlineStr">
         <is>
           <t>Maszyna czasu rzeczywistego speedgoat skalowalny, wysokowydajny system testowy działający w czasie rzeczywistym do symulacji sprzętowej (hil) i szybkiego prototypowania sterowania. system jest wyposażony w wydajny wielordzeniowy procesor zapewniający integrację z środowiskiem matlab (matlab r2021a lub nowszy) i układy fpga programowalne w simulink poprzez simulink real-time, co pozwala osiągnąć częstotliwości próbkowania w pętli zamkniętej sięgające zakresu mhz.
 kompletna maszyna czasu rzeczywistego: procesor intel core i7 4,2 ghz , 64 gb pamięci ram, pamięć flash 120 gb, 2tb ssd,  akcesoria: io135 - moduł analogowego wejścia/wyjścia 16-bitowego o niskim opóźnieniu z 32 różnicowymi jednoczesnymi kanałami wejścia analogowego  io334-325k-10v - programowalny moduł wejść/wyjść oparty na układzie fpga simulink z 16 x 5 mhz jednoczesnym próbkowaniem 16-bitowym  moduł ttl-optyczny  - moduł kondycjonujący sygnał, przekształcający 8 sygnałów ttl na wyjścia optyczne. optical-to-ttl module  - moduł kondycjonowania sygnału przekształcający 8 optycznych sygnałów wejściowych na ttl. bce12-0805 - moduł emulatora ogniw  akumulatorowych z 12 niezależnymi i izolowanymi kanałami do 8 v i 5 a każdy, do emulowania zachowania akumulatora i przeprowadzania precyzyjnych testów systemów zarządzania akumulatorami aż do poziomu ogniw.   fiu12-1 - moduł symulowania awarii  programowalna jednostka symulowania awarii z 12 niezależnymi kanałami do emulacji awarii ogniw. tse12-1000-1 - moduł emulatora czujnika temperatury  z 12 niezależnymi kanałami o wysokiej precyzji do precyzyjnej symulacji profili temperatury w szerokim zakresie warunków temperaturowych.</t>
         </is>
       </c>
-      <c r="D5" t="inlineStr">
+      <c r="D6" t="inlineStr">
         <is>
           <t>Testowanie, walidacjia i prototypowanie w czasie rzeczywistym przy użyciu środowiska matlab/simulink.  prototypowanie sterowania w czasie rzeczywistym (rcp) hardware-in-the-loop (hil) szybkie przetwarzanie sygnałów komunikacja i integracja sprzętowa testowanie systemów czasu rzeczywistego badania układów mechatronicznych i robotycznych bezpośrednia współpraca z matlab/simulink</t>
         </is>
       </c>
-      <c r="E5" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G5" t="inlineStr">
+      <c r="E6" t="inlineStr"/>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
         <is>
           <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr">
+      <c r="H6" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I5" t="inlineStr">
+      <c r="I6" t="inlineStr">
         <is>
           <t>Biuro administracyjne wydziału</t>
         </is>
       </c>
-      <c r="J5" t="inlineStr"/>
-      <c r="K5" t="inlineStr">
+      <c r="J6" t="inlineStr"/>
+      <c r="K6" t="inlineStr">
         <is>
           <t>Penczek Adam</t>
         </is>
       </c>
-      <c r="L5" t="inlineStr">
+      <c r="L6" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
         </is>
       </c>
-      <c r="M5" t="inlineStr">
+      <c r="M6" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N5" t="inlineStr">
+      <c r="N6" t="inlineStr">
         <is>
           <t>Automatyzacja, badania laboratryjne, prototypowanie, robotyka</t>
         </is>
       </c>
     </row>
-    <row r="6">
-      <c r="A6" t="inlineStr">
+    <row r="7">
+      <c r="A7" t="inlineStr">
         <is>
           <t>Kamera wysokiej prędkości phantom</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B7" t="inlineStr">
         <is>
           <t>Phantom miro c211</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C7" t="inlineStr">
         <is>
           <t>Kamera phantom miro c211 8 gb colour to zaawansowana kamera wysokiej prędkości, zaprojektowana z myślą o wymagających zastosowaniach badawczo-rozwojowych i przemysłowych. wyposażona w sensor cmos o rozdzielczości do 1280 × 1024 pikseli, oferuje zapis z prędkością do 1800 fps przy pełnej rozdzielczości oraz nawet do ~67 140 fps przy ograniczonej rozdzielczości.</t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D7" t="inlineStr">
         <is>
           <t>Dzięki swoim możliwościom kamera miro c211 świetnie sprawdza się w analizie mikroskopowej, badaniach przepływów, testach materiałowych, inżynierii mikrostruktur oraz tam, gdzie konieczne jest „złapanie” bardzo szybkiego zdarzenia z wysoką jakością obrazu. dzięki wysokiej czułości, globalnemu migawkowaniu i precyzyjnej synchronizacji, kamera pozwala analizować procesy trwające mikrosekundy, zapewniając obraz o wysokiej jakości i wiernym odwzorowaniu ruchu.</t>
         </is>
       </c>
-      <c r="E6" t="inlineStr">
+      <c r="E7" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	sensor: cmos 1280 x 1024 px kolor
 	maksymalna rozdzielczość: 1280 x 1024
 	liczba klatek na sekundę: 1800 fps dla rozdzielczości 1280 x 1024px
 	czułość świetlna: iso 640 pamięć: 8gb
 	rozmiar piksela: 5.6μm
 	maks. prędkość nagrywania: 67 140 fps przy rozdzielczości 64 x 8 pikseli.
 </t>
         </is>
       </c>
-      <c r="F6" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G6" t="inlineStr">
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
+      <c r="H7" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I6" t="inlineStr">
+      <c r="I7" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr">
+      <c r="J7" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K6" t="inlineStr">
+      <c r="K7" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L7" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M7" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N7" t="inlineStr">
         <is>
           <t>Analiza ruchu, kamera szybka, procesy dynamiczne, procesy szybkozmienne</t>
         </is>
       </c>
     </row>
-    <row r="7">
-      <c r="A7" t="inlineStr">
+    <row r="8">
+      <c r="A8" t="inlineStr">
         <is>
           <t>Analizator przewodności cieplnej trident</t>
         </is>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B8" t="inlineStr">
         <is>
           <t>C-therm trident</t>
         </is>
       </c>
-      <c r="C7" t="inlineStr">
+      <c r="C8" t="inlineStr">
         <is>
           <t xml:space="preserve">Analizator przewodności cieplnej trident to zaawansowane urządzenie służące do pomiaru przewodnictwa cieplnego różnych materiałów, gdyż oferuje trzy różne techniki pomiaru przewodnictwa cieplnego: mtps (modified transient plane source), tps (transient plane source), tls (transient line source). jest to jedno z najbardziej wszechstronnych i najnowocześniejszych narzędzi tego typu, wykorzystywane w przemyśle, nauce i badaniach (testy w temperaturach od -50°c do 300°c). aparatura trident umożliwia prowadzenie badań dla szerokiej gamy materiałów stosowanych w projektowaniu i opracowywaniu prototypów w technologiach energetycznych, technologiach kosmicznych, przemyśle lotniczym, motoryzacyjnym, farmaceutycznym i tekstylnym. aparatura wspiera interdyscyplinarne i innowacyjne działania w obszarze "rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów".
 metoda mtps
 	przewodność cieplna od 0,01 w/(m·k) do 500 w/mk.
 	temperatura robocza detektora od -50ºc i do 200ºc.
 	próbka walcowa o średnicy niemniejszej niż 18 mm.
 	detektor zapewnia jednowymiarowy przepływ ciepła.
 metoda tps
 	przewodność cieplna od 0,03 w/(m·k) do 1800 w/(m·k).
 	dyfuzyjność cieplna od 0,01 mm²/s do 1200 mm²/s.
 	nadaje się do ciał stałych, past i lepkich płynów.
 metoda tls
 	przewodność cieplna od 0,1 w/(m·k) do 5 w/(m·k).
 	nadaje się do testowania półstałych cieczy o wyższej lepkości, stopów polimerowych, gleb i proszków.
 	temperatura roboczą czujnika od 0ºc do 300ºc.
 	ciśnienie robocze czujnika max. do 1000 barów/14 500 psi.
 </t>
         </is>
       </c>
-      <c r="D7" t="inlineStr">
+      <c r="D8" t="inlineStr">
         <is>
           <t>Badania przewodności termicznej metali o wysokiej przewodności, betonu i materiałów budowlanych, cienkich warstw, folii, cienkich powłok, taśm samoprzylepnych (liaison) w aplikacjach bateryjnych ev, materiałów interfejsowych termicznie przewodzących, past termicznych, materiałów tim, nanomateriałów, kompozytów, proszków, materiałów geologicznych, rdzeni wiertniczych, skał, regolitu (materiału skalnego) na powierzchniach ciał niebieskich.</t>
         </is>
       </c>
-      <c r="E7" t="inlineStr">
+      <c r="E8" t="inlineStr">
         <is>
           <t>Zaawansowane badania i charakteryzacja termiczna materiałów: przewodność cieplna, dyfuzyjność cieplna, pojemność cieplna materiałów w bardzo różnych stanach: ciała stałe, ciecze, proszki, pasty. aparatura skonfigurowana do pracy z 3 różnymi metodami: mtps, tps, tls. pomiar przewodności (materiały stałe, ciecze, proszki, pasty) wg. standardów i norm (astm, iso): mtps z astm d7984, tls z astm d5334 i d5930, tps z iso 22007-2.</t>
         </is>
       </c>
-      <c r="F7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G7" t="inlineStr">
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i  doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H7" t="inlineStr">
+      <c r="H8" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I7" t="inlineStr">
+      <c r="I8" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J7" t="inlineStr">
+      <c r="J8" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K7" t="inlineStr">
+      <c r="K8" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L7" t="inlineStr">
+      <c r="L8" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M7" t="inlineStr">
+      <c r="M8" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N7" t="inlineStr">
+      <c r="N8" t="inlineStr">
         <is>
           <t>Badania laboratryjne, dyfuzyjność cieplna, pojemność cieplna, przewodnictwo cieplne, wymiana ciepła</t>
         </is>
       </c>
     </row>
-    <row r="8">
-      <c r="A8" t="inlineStr">
+    <row r="9">
+      <c r="A9" t="inlineStr">
         <is>
           <t>Skaner 3d einscan-sp</t>
         </is>
       </c>
-      <c r="B8" t="inlineStr">
+      <c r="B9" t="inlineStr">
         <is>
           <t>Einscan-sp</t>
         </is>
       </c>
-      <c r="C8" t="inlineStr">
+      <c r="C9" t="inlineStr">
         <is>
           <t>Skaner einscan sp 3d to precyzyjne, profesjonalne urządzenie skanujące, które zapewnia wyjątkową szczegółowość i wszechstronność w wielu zastosowaniach. wykorzystuje technologię światła strukturalnego do precyzyjnego odwzorowania geometrii obiektów. umożliwia skanowanie z dokładnością do 0,05 mm i tworzenie modeli 3d o wysokiej rozdzielczości. stosowany w inżynierii odwrotnej, digitalizacji obiektów technicznych, kulturowych i dydaktycznych.</t>
         </is>
       </c>
-      <c r="D8" t="inlineStr">
+      <c r="D9" t="inlineStr">
         <is>
           <t>Skaner 3d einscan-sp umożliwia badania w zakresie inżynierii odwrotnej, metrologii i digitalizacji obiektów. pozwala analizować dokładność wymiarową, kształt i deformacje elementów technicznych. stosowany w badaniach materiałowych, projektowaniu cad, kontroli jakości oraz dokumentacji obiektów inżynierskich i kulturowych. einscan sp może uchwycić szczegóły dotyczące koloru i tekstury obiektów, dodając warstwę realizmu do modeli 3d.</t>
         </is>
       </c>
-      <c r="E8" t="inlineStr">
+      <c r="E9" t="inlineStr">
         <is>
           <t xml:space="preserve">Kompleksowy opis funkcji:
 	szybki transfer danych podczas skanowania.
 	typy plików: obj, stl, asc i ply, większość plików cad lub 3d.
 	precyzja skanowania: 0,05 mm,
 	udźwig obrotnicy: obrotnica może utrzymać obiekty o wadze do 5 kg.
 </t>
         </is>
       </c>
-      <c r="F8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G8" t="inlineStr">
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H8" t="inlineStr">
+      <c r="H9" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I8" t="inlineStr">
+      <c r="I9" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J8" t="inlineStr">
+      <c r="J9" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K8" t="inlineStr">
+      <c r="K9" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L8" t="inlineStr">
+      <c r="L9" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M8" t="inlineStr">
+      <c r="M9" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N8" t="inlineStr">
+      <c r="N9" t="inlineStr">
         <is>
           <t>Digitalizacja obiektów, inżynieria odwrotna, kontrola jakości, skaner 3d, światło strukturalne</t>
         </is>
       </c>
     </row>
-    <row r="9">
-      <c r="A9" t="inlineStr">
+    <row r="10">
+      <c r="A10" t="inlineStr">
         <is>
           <t>Drukarka 3d ultimaker (fdm/fff)</t>
         </is>
       </c>
-      <c r="B9" t="inlineStr">
+      <c r="B10" t="inlineStr">
         <is>
           <t>Ultimaker method x</t>
         </is>
       </c>
-      <c r="C9" t="inlineStr">
+      <c r="C10" t="inlineStr">
         <is>
           <t>Drukarka 3d ultimaker method x pracuje w technologii fdm/fff, umożliwiając precyzyjne wytwarzanie elementów z filamentów technicznych, takich jak abs, nylon, petg, asa czy kompozyty z włóknem węglowym. umożliwia realizację prototypów i modeli funkcjonalnych o wysokiej dokładności i stabilności wymiarowej. możliwość użycia rozpuszczalnych materiałów podporowych w technologii fdm.</t>
         </is>
       </c>
-      <c r="D9" t="inlineStr">
+      <c r="D10" t="inlineStr">
         <is>
           <t xml:space="preserve">Drukowanie z wykorzystaniem materiałów: pla, pctg (przezroczysty), abs, abs cf, nylon, pc-abs, pctg+cf, pctg+gf oraz materiałów podporowych: sr-30, rapiddrinse.
 	posiada dwa ekstrudery i podgrzewaną komorę, co zapewnia spójną, wysoką jakość wydruków.
 	drugi ekstruder dla stosowania rozpuszczalnych materiałów podporowych.
 	podgrzewana komora do 110°c dla zaawansowanej kontroli materiałów.
 </t>
         </is>
       </c>
-      <c r="E9" t="inlineStr">
+      <c r="E10" t="inlineStr">
         <is>
           <t xml:space="preserve">Parametry drukowania:
 	technologia drukowania: fused deposition modeling
 	obszar roboczy: 19 x 19 x 19,6 cm (jedna głowica), 15,2 x 19 x 19,6 cm (dwie głowice)
 	rozdzielczość warstwy: 20–400 µ
 	tryb drukowania wysokiej jakości: 100 µ
 	tryb drukowania zrównoważonego: 200 µ
 	średnica filamentu: 1,75 mm
 	średnica dyszy: 0,4 mm
 </t>
         </is>
       </c>
-      <c r="F9" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G9" t="inlineStr">
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H9" t="inlineStr">
+      <c r="H10" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I9" t="inlineStr">
+      <c r="I10" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J9" t="inlineStr">
+      <c r="J10" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K9" t="inlineStr">
+      <c r="K10" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L9" t="inlineStr">
+      <c r="L10" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M9" t="inlineStr">
+      <c r="M10" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N9" t="inlineStr">
+      <c r="N10" t="inlineStr">
         <is>
           <t>Druk fdm, drukarka 3d, inżynieria materiałowa, materiały kompozytowe, prototypowanie</t>
         </is>
       </c>
     </row>
-    <row r="10">
-      <c r="A10" t="inlineStr">
+    <row r="11">
+      <c r="A11" t="inlineStr">
         <is>
           <t>Drukarka 3d formlabs (lfs/sla)</t>
         </is>
       </c>
-      <c r="B10" t="inlineStr">
+      <c r="B11" t="inlineStr">
         <is>
           <t>Formlabs form 3+</t>
         </is>
       </c>
-      <c r="C10" t="inlineStr">
+      <c r="C11" t="inlineStr">
         <is>
           <t>Drukarka 3d formlabs form 3+ wykorzystuje technologię lfs (low force stereolithography) do precyzyjnego utwardzania żywic fotopolimerowych światłem laserowym. umożliwia tworzenie modeli o wysokiej dokładności (do 25 µm) i gładkiej powierzchni. stosowana w badaniach materiałowych, prototypowaniu, projektowaniu elementów technicznych i biomedycznych.</t>
         </is>
       </c>
-      <c r="D10" t="inlineStr">
+      <c r="D11" t="inlineStr">
         <is>
           <t>Drukarka 3d formlabs form 3+ umożliwia precyzyjne wytwarzanie modeli z żywic fotopolimerowych w technologii lfs (low force stereolithography). umożliwia badania materiałów polimerowych, prototypowanie elementów technicznych i biomedycznych oraz analizę wpływu parametrów druku na strukturę i dokładność modeli. umożliwia drukowanie z szerokiego zakresu żywic fotopolimerowych: materiały inżynierskie, elastyczne, wysokotemperaturowe, biokompatybilne.</t>
         </is>
       </c>
-      <c r="E10" t="inlineStr">
+      <c r="E11" t="inlineStr">
         <is>
           <t xml:space="preserve">Umożliwia produkcję komponentów ze standardowych, inżynieryjnych, elastycznych, odpornych na wysokie temperatury i biokompatybilnych materiałów.
 	technologia drukowania: low force stereolithography™ (lfs)
 	obszar roboczy: 145 × 145 × 185 mm
 	wysokość warstwy: 25–200 mikronów
 	rozmiar plamki lasera: 85 mikronów
  </t>
         </is>
       </c>
-      <c r="F10" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G10" t="inlineStr">
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H10" t="inlineStr">
+      <c r="H11" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I10" t="inlineStr">
+      <c r="I11" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J10" t="inlineStr">
+      <c r="J11" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K10" t="inlineStr">
+      <c r="K11" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L10" t="inlineStr">
+      <c r="L11" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M10" t="inlineStr">
+      <c r="M11" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N10" t="inlineStr">
+      <c r="N11" t="inlineStr">
         <is>
           <t>Drukarka 3d, inżynieria materiałowa, prototypowanie, stereolitografia, żywice fotopolimerowe</t>
         </is>
       </c>
     </row>
-    <row r="11">
-      <c r="A11" t="inlineStr">
+    <row r="12">
+      <c r="A12" t="inlineStr">
         <is>
           <t>Analizator spalin testo 350</t>
         </is>
       </c>
-      <c r="B11" t="inlineStr">
+      <c r="B12" t="inlineStr">
         <is>
           <t>Testo 350</t>
         </is>
       </c>
-      <c r="C11" t="inlineStr">
+      <c r="C12" t="inlineStr">
         <is>
           <t xml:space="preserve">Analizator testo 350 to profesjonalne, przenośne narzędzie umożliwiające badanie emisji i analizę spalin. wyposażony jest w jednostkę sterującą, analizator spalin oraz:
 	cele pomiarowe do analizy co, no, no2, cxhy  (metan, propan lub butan).
 	sonda lambda do 1000oc.
 	co2 (ir) sensor.
 	przemysłowa sonda spalin do 1200oc (długość 1m, inconel 625).
 	modułowa sonda spalin do 1000°c.
 </t>
         </is>
       </c>
-      <c r="D11" t="inlineStr">
+      <c r="D12" t="inlineStr">
         <is>
           <t xml:space="preserve">Głównym celem jest diagnostyka, monitorowanie i regulacja pracy urządzeń, a także ocena wpływu na środowisko.
 	badania efektywności i jakości procesów spalania w kotłach, palnikach, silnikach i turbinach,
 	pomiary emisji zanieczyszczeń,
 	analiza wpływu parametrów procesu na skład spalin,
 	walidacja i kalibracja modeli numerycznych (cfd).
 </t>
         </is>
       </c>
-      <c r="E11" t="inlineStr">
+      <c r="E12" t="inlineStr">
         <is>
           <t>Możliwość pomiarowe: co, co2, no, no2, cxhy, 
 obszar możliwych zastosowań: silniki przemysłow, palniki przemysłowe, turbiny gazowe, systemy oczyszczania spalin.</t>
         </is>
       </c>
-      <c r="F11" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G11" t="inlineStr">
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H11" t="inlineStr">
+      <c r="H12" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I11" t="inlineStr">
+      <c r="I12" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J11" t="inlineStr">
+      <c r="J12" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K11" t="inlineStr">
+      <c r="K12" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L11" t="inlineStr">
+      <c r="L12" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M11" t="inlineStr">
+      <c r="M12" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N11" t="inlineStr">
+      <c r="N12" t="inlineStr">
         <is>
           <t>Analizator spalin, diagnostyka spalania, efektywność energetyczna, emisja zanieczyszczeń, proces spalania</t>
         </is>
       </c>
     </row>
-    <row r="12">
-      <c r="A12" t="inlineStr">
+    <row r="13">
+      <c r="A13" t="inlineStr">
         <is>
           <t>Kamera termowizyjna flir</t>
         </is>
       </c>
-      <c r="B12" t="inlineStr">
+      <c r="B13" t="inlineStr">
         <is>
           <t>Flir a70 29°</t>
         </is>
       </c>
-      <c r="C12" t="inlineStr">
+      <c r="C13" t="inlineStr">
         <is>
           <t>Kamera flir a70 29° research &amp; development kit to zaawansowany system obrazowania termicznego przeznaczony do zastosowań badawczo-rozwojowych i przemysłowych. umożliwia precyzyjny, bezkontaktowy pomiar temperatury z wysoką rozdzielczością (640 × 480 px) i czułością detekcji poniżej 40 mk. dzięki szerokiemu zakresowi pomiarowemu oraz integracji z oprogramowaniem flir research studio, kamera pozwala na rejestrację, analizę i wizualizację rozkładów temperatury w czasie rzeczywistym – w badaniach materiałowych, energetycznych, elektronicznych i środowiskowych.</t>
         </is>
       </c>
-      <c r="D12" t="inlineStr">
+      <c r="D13" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analizy termiczne komponentów elektronicznych (np. pcb, układy scalone) w fazie prototypowania.
 	badania przepływów ciepła, punktów gorących i strat energetycznych w konstrukcjach/materiałach.
 	monitoring temperatury w układach przemysłowych lub podczas testów środowiskowych, gdzie ważna jest precyzja i możliwość dokumentacji pomiarów.
 </t>
         </is>
       </c>
-      <c r="E12" t="inlineStr">
+      <c r="E13" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	detektor mikrobolometryczny. piksel 12 µm.
 	rozdzielczość: 640×480 pikseli.
 	czułość termiczna (netd): &lt;35mk.
 	częstotliwość: 30hz.
 	pole widzenia: 29° × 22°. ręczne ustawienie ostrości.
 	ifov: 0,84 mrad. minimalna odległość ostrzenia: 0,25m.
 	zakres pomiarowy: 20 do 17 5°c; 175 do 1000°c.
 	dokładność: +/ 2%.
 	wbudowana kamera cyfrowa.
 </t>
         </is>
       </c>
-      <c r="F12" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G12" t="inlineStr">
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H12" t="inlineStr">
+      <c r="H13" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I12" t="inlineStr">
+      <c r="I13" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J12" t="inlineStr">
+      <c r="J13" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K12" t="inlineStr">
+      <c r="K13" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L12" t="inlineStr">
+      <c r="L13" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M12" t="inlineStr">
+      <c r="M13" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
         </is>
       </c>
-      <c r="N12" t="inlineStr">
+      <c r="N13" t="inlineStr">
         <is>
           <t>Analiza termiczna, pomiar bezkontaktowy, pomiar temperatury, termowizja</t>
         </is>
       </c>
     </row>
-    <row r="13">
-      <c r="A13" t="inlineStr">
+    <row r="14">
+      <c r="A14" t="inlineStr">
         <is>
           <t>Oscyloskop minimum 4-kanałowy</t>
         </is>
       </c>
-      <c r="B13" t="inlineStr">
+      <c r="B14" t="inlineStr">
         <is>
           <t>Oscyloskop minimum 4-kanałowy i z pasmem analogowym 4.0 ghz oraz kompatybilnym z posiadanymi już sondami tdp1500, tdp3500, tivh08</t>
         </is>
       </c>
-      <c r="C13" t="inlineStr">
+      <c r="C14" t="inlineStr">
         <is>
           <t>Oscyloskop sygnałów mieszanych tektronix mso64b-6-bw-4000 zapewnia wysoką  jakość sygnałów pomiarowych do dalszej analizy i debugowania współczesnych systemów wbudowanych z zegarami i magistralami o częstotliwościach rzędu pojedynczych gigaherców. urządzenie wyposażono w interfejs dotykowy, duży wyświetlacz 15,6” oraz wejścia flexchannel, które pozwalają mierzyć jeden sygnał analogowy lub osiem sygnałów cyfrowych na kanał.</t>
         </is>
       </c>
-      <c r="D13" t="inlineStr">
+      <c r="D14" t="inlineStr">
         <is>
           <t>Pomiary, analiza, obrazowanie sygnałów elektrycznych o dużej dynamice zmian.</t>
         </is>
       </c>
-      <c r="E13" t="inlineStr">
+      <c r="E14" t="inlineStr">
         <is>
           <t>Analogowe pasmo pracy każdego kanału: 4ghz
 częstotliwość próbkowania: 25gsps (4 kanały), 50gsps (2 kanały)
 długość rekordu pamięci dla każdego kanału: 1gs próbek.</t>
         </is>
       </c>
-      <c r="F13" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G13" t="inlineStr">
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr">
         <is>
           <t>Dostęp do sprzętu możliwy w pomieszczeniach laboratorium alice agh, po uprzednim uzgodnieniu terminu realizacji pomiarów. 
 dostęp możliwy tylko dla pracowników i doktorantów agh.
 pomieszczenia laboratorium alice agh 413/c2 w terminie uzgodnionym z opiekunem laboratorium</t>
         </is>
       </c>
-      <c r="H13" t="inlineStr">
+      <c r="H14" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I13" t="inlineStr">
+      <c r="I14" t="inlineStr">
         <is>
           <t>Wydział informatyki, elektroniki i telekomunikacji</t>
         </is>
       </c>
-      <c r="J13" t="inlineStr">
+      <c r="J14" t="inlineStr">
         <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
-      <c r="K13" t="inlineStr">
+      <c r="K14" t="inlineStr">
         <is>
           <t>Worek Cezary</t>
         </is>
       </c>
-      <c r="L13" t="inlineStr">
+      <c r="L14" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/cezary-worek-3702.html</t>
         </is>
       </c>
-      <c r="M13" t="inlineStr">
+      <c r="M14" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N13" t="inlineStr">
+      <c r="N14" t="inlineStr">
         <is>
           <t>Analiza, obrazowanie, obrazowanie sygnałów, oscyloskop, oscyloskop cyfrowy, pomiar, sygnał</t>
         </is>
       </c>
     </row>
-    <row r="14">
-      <c r="A14" t="inlineStr">
+    <row r="15">
+      <c r="A15" t="inlineStr">
         <is>
           <t>Generator funkcyjny / arbitralny dwukanałowy pracujący w paśmie co najmniej 1mhz do 1000 mhz</t>
         </is>
       </c>
-      <c r="B14" t="inlineStr">
+      <c r="B15" t="inlineStr">
         <is>
           <t>Generator arbitralny</t>
         </is>
       </c>
-      <c r="C14" t="inlineStr">
+      <c r="C15" t="inlineStr">
         <is>
           <t>Generator funkcyjny / arbitralny dwukanałowy pracujący w paśmie co najmniej od 1mhz do 1000 mhz pozwalający na generację sygnałów w trybie dwukanałowym i impedancji wyjściowej 50 ohm.
 generator arbitralny siglent sdg7102a oferuje dwa kanały o paśmie do 1 ghz, maksymalnej częstotliwości próbkowania 5 gsa/s i rozdzielczości 14 bitów. umożliwia generowanie przebiegów arbitralnych, sygnałów wektorowych oraz typowych sygnałów testowych, takich jak dc, pulse, noise czy prbs. obsługuje funkcje modulacji, przemiatania, burst-u i synchronizacji kanałów, a wyjścia różnicowe lub single-ended zapewniają amplitudę do ±24 v. dzięki unikalnym cechom sdg7102a idealnie sprawdza się w zaawansowanych testach i badaniach sygnałów wysokiej częstotliwości i dużych amplitudach.</t>
         </is>
       </c>
-      <c r="D14" t="inlineStr">
+      <c r="D15" t="inlineStr">
         <is>
           <t>Rodzaje przebiegów wyjściowych:
 sinus, prostokąt, impuls (możliwość regulacji zbocza narastającego i opadającego niezależnie), dc, szum biały. możliwość zdefiniowania dowolnego przebiegu na dwóch kanałach.
 zakres częstotliwości pracy:
 - przebieg sinusoidalny: 1 mhz do 1000 mhz;
 - przebieg impulsowy: 1 mhz do 300 mhz;
 generowanie sygnałów elektronicznych analogowych oraz cyfrowych.</t>
         </is>
       </c>
-      <c r="E14" t="inlineStr">
+      <c r="E15" t="inlineStr">
         <is>
           <t>Pasmo pracy każdego kanału: 1 ghz
 częstotliwość próbkowania: 5 gsps
 maksymalna długość pamięci dla każdego kanału: 512 mpts.</t>
         </is>
       </c>
-      <c r="F14" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G14" t="inlineStr">
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
         <is>
           <t>Dostęp do sprzętu możliwy w pomieszczeniach laboratorium alice agh, po uprzednim uzgodnieniu terminu realizacji pomiarów. 
 dostęp możliwy tylko dla pracowników i doktorantów agh.
 pomieszczenia laboratorium alice agh 413/c2 w terminie uzgodnionym z opiekunem laboratorium</t>
         </is>
       </c>
-      <c r="H14" t="inlineStr">
+      <c r="H15" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I14" t="inlineStr">
+      <c r="I15" t="inlineStr">
         <is>
           <t>Wydział informatyki, elektroniki i telekomunikacji</t>
         </is>
       </c>
-      <c r="J14" t="inlineStr">
+      <c r="J15" t="inlineStr">
         <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
-      <c r="K14" t="inlineStr">
+      <c r="K15" t="inlineStr">
         <is>
           <t>Worek Cezary</t>
         </is>
       </c>
-      <c r="L14" t="inlineStr">
+      <c r="L15" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/cezary-worek-3702.html</t>
         </is>
       </c>
-      <c r="M14" t="inlineStr">
+      <c r="M15" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N14" t="inlineStr">
+      <c r="N15" t="inlineStr">
         <is>
           <t>Generator, generator arbitralny, modulacja, pasmo, przemiatanie, sygnał</t>
         </is>
       </c>
     </row>
-    <row r="15">
-      <c r="A15" t="inlineStr">
+    <row r="16">
+      <c r="A16" t="inlineStr">
         <is>
           <t>Cyfrowy mikroskop optyczny</t>
         </is>
       </c>
-      <c r="B15" t="inlineStr">
+      <c r="B16" t="inlineStr">
         <is>
           <t>Mikroskop cyfrowy hirox europe hrx-01-ir</t>
         </is>
       </c>
-      <c r="C15" t="inlineStr">
+      <c r="C16" t="inlineStr">
         <is>
           <t xml:space="preserve">System mikroskopowy hrx-01-ir służy do obserwacji cieczy i ciał stałych in-situ w zakresie światła widzialnego, podczerwonego i ultrafioletowego. umożliwia prowadzenie pomiarów w układzie 2d i 3d, w płaszczyźnie poziomej i osi pionowej. stanowisko składa się z mikroskopu z automatycznym ruchem w osiach xyz, dwóch kamer, dwóch układów optycznych, stacji roboczej oraz dedykowanego oprogramowania analitycznego.
 	pierwsza kamera (cmos, 2/3") umożliwia obrazowanie z rozdzielczością 5,07 mpix przy 50 klatkach/s i pracuje w trybie hdr. druga kamera (cmos, 8,1 mm) generuje obraz w rozdzielczości 3840×2160 pikseli. obie umożliwiają pracę w świetle vis, ir i uv.
 	pierwszy układ optyczny posiada trzy zmotoryzowane obiektywy, obejmujące zakresy powiększeń 20x–140x, 140x–1000x i 700x–2500x. drugi układ optyczny umożliwia powiększenia 35x–350x. obydwa układy są kompatybilne z kamerami c-mount i obsługują różne typy oświetlenia: pierścieniowe, coaxialne, mieszane i polaryzacyjne.
 	podstawa mikroskopu jest antywibracyjna, stolik umożliwia ruch w zakresie 100×100 mm z dokładnością 100 nm, ruch w osi z – 75 mm z dokładnością 50 nm. zainstalowano również drugi statyw z elastycznym ramieniem.
 	stacja robocza: procesor intel i9-12900k, 32 gb ram, karta graficzna geforce rtx 5070, dwa monitory 4k 27”, system windows 11 pro.
 	oprogramowanie  umożliwia m.in. tworzenie modeli 3d, pomary topografii oraz zliczanie cząstek (do 20 000), obrazowanie panoramiczne, autofokus, ochronę przed kolizją oraz automatyczne zapisywanie ustawień pomiarowych.
  </t>
         </is>
       </c>
-      <c r="D15" t="inlineStr">
+      <c r="D16" t="inlineStr">
         <is>
           <t>System umożliwia pomiary i obrazowanie dowolnych próbek, zarówno stałych, jak i ciekłych. pozwala na rejestrację dynamiki procesów z określonym krokiem czasowym oraz prowadzenie pomiarów in-situ. możliwe jest równoczesne obrazowanie zmian zachodzących pod wpływem bodźców zewnętrznych, takich jak światło, temperatura czy pole magnetyczne, w zakresie światła widzialnego i podczerwieni.</t>
         </is>
       </c>
-      <c r="E15" t="inlineStr">
+      <c r="E16" t="inlineStr">
         <is>
           <t>System umożliwia pomiary topografii 3d i chropowatości (iso 25178, iso 4287), pomiary 2d (długość, kąt, średnica) oraz powierzchniowe (pole, obwód), automatyczne zliczanie cząstek i analizę statystyczną. obsługuje pomiary in-situ trwających eksperymentów i procesów w świetle widzialnym i podczerwonym. system wyposażony jest w dodatkową diodę ir o długości fali 850 nm, autofokus, kalibrację obiektywów oraz pomiary w pełnej głębi ostrości.</t>
         </is>
       </c>
-      <c r="F15" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G15" t="inlineStr">
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
         <is>
           <t>Szczegółowe zasady udostępniania dostępne są na stronie: https://acmin.agh.edu.pl/wspolpraca</t>
         </is>
       </c>
-      <c r="H15" t="inlineStr">
+      <c r="H16" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I15" t="inlineStr">
+      <c r="I16" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J15" t="inlineStr">
+      <c r="J16" t="inlineStr">
         <is>
           <t>Vortex</t>
         </is>
       </c>
-      <c r="K15" t="inlineStr">
+      <c r="K16" t="inlineStr">
         <is>
           <t>Szkudlarek Aleksandra</t>
         </is>
       </c>
-      <c r="L15" t="inlineStr">
+      <c r="L16" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
         </is>
       </c>
-      <c r="M15" t="inlineStr">
+      <c r="M16" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N15" t="inlineStr">
+      <c r="N16" t="inlineStr">
         <is>
           <t>Analiza in-situ, mikroskop optyczny, obrazowanie w podczerwieni, obserwacja 2d i 3d, procesy dynamiczne, światło widzialne</t>
         </is>
       </c>
     </row>
-    <row r="16">
-      <c r="A16" t="inlineStr">
+    <row r="17">
+      <c r="A17" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa 100 kn</t>
         </is>
       </c>
-      <c r="B16" t="inlineStr">
+      <c r="B17" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa  precyzyjna shimadzu agx-v 100 kn</t>
         </is>
       </c>
-      <c r="C16" t="inlineStr">
+      <c r="C17" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa shimadzu  agx-v 100 kn służy do badań wytrzymałościowych statycznych w zakresie rozciągania, ściskania, zginania, itp. maszyna posiada precyzyjne możliwości badawcze w zakresie sił do 100 kn.   
 parametry techniczne:
 maszyna wytrzymałościowa shimadzu agx-v 100 kn
 • szerokość przestrzeni roboczej: 600 mm.
 • wysokość przestrzeni roboczej: 1250 mm.
 • głowice pomiarowe siły: do 5 kn; do 50 kn oraz do 100 kn w klasie 0,5 1/1000 wg iso 7500-1.
 • zakres prędkości przesuwu: od 0,00005 do 1500 mm/min w zakresie siły do 100 kn.
 • próbkowanie: 500 khz.
 • automatyczna kontrola stałą szybkością odkształcenia w pełni zgodna pn en-iso 6892-1
 • automatyczna kontrola stałą szybkością narastania siły testującej/naprężenia wg pn en-iso 6892-1  • możliwość zapisu wideo przebiegu testu.
 wideoekstensometr shimadzu:
 • kamera o rozdzielczości: 2mpix
 • zakres pola widzenia: 240 mm. x 180 mm.
 • klasa dokładności: 0,5 wg iso 9513
 • dokładność: ±1,5μm (zgodna z pn en-iso 527-1:2012)
 • pomiar zmian szerokości próbek w trakcie testu • pomiar współczynników anizotropii n + r oraz liczby poissona
 • zapis wideo testu
 • pełna synchronizacja z krzywą rozciągania,
 • częstotliwość próbkowania: 100hz
 ekstensometr kontaktowy mfa25 o bazie stacjonarnej 25 mm i 50 mm
 • klasa dokładności: 0,5 (iso 9513), b1 (astm e83).</t>
         </is>
       </c>
-      <c r="D16" t="inlineStr">
+      <c r="D17" t="inlineStr">
         <is>
           <t xml:space="preserve">Badania wytrzymałościowe niszczące w zakresie:
 - rozciągania;
 - ściskania, 
 - zginania,
 - zdzierania,
 - odkształcalności itp.
 badania wytrzymałościowe metali  wg  pn-en-iso 6892-1 jak i niemetali (tworzywa sztuczne, guma np.  pn-en-iso 37, pn-en-iso 527) itp.
  </t>
         </is>
       </c>
-      <c r="E16" t="inlineStr">
+      <c r="E17" t="inlineStr">
         <is>
           <t xml:space="preserve">Zgodnie z specyfikacją maszyny.
 przykładowo:
 wyznaczenie granicy wytrzymałości,
 wyznaczenie granicy plastyczności,
 wyznaczenie wydłużenia względnego,
 wyznaczenie współczynnika sprężystości wzdłużnej e (modułu younga),
 wyznaczenie współczynnika poissona.
 itp.
  </t>
         </is>
       </c>
-      <c r="F16" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G16" t="inlineStr">
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr">
         <is>
           <t>Zgodnie z indywidualnie uzgodnionymi umowami.</t>
         </is>
       </c>
-      <c r="H16" t="inlineStr">
+      <c r="H17" t="inlineStr">
         <is>
           <t>Akredytacja</t>
         </is>
       </c>
-      <c r="I16" t="inlineStr">
+      <c r="I17" t="inlineStr">
         <is>
           <t>Katedra inżynierii maszyn i transportu</t>
         </is>
       </c>
-      <c r="J16" t="inlineStr">
+      <c r="J17" t="inlineStr">
         <is>
           <t>Laboratorium badawcze technicznych środków transportu i materiałów</t>
         </is>
       </c>
-      <c r="K16" t="inlineStr">
+      <c r="K17" t="inlineStr">
         <is>
           <t>Olszyna Grzegorz</t>
         </is>
       </c>
-      <c r="L16" t="inlineStr">
+      <c r="L17" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-olszyna-7194.html</t>
         </is>
       </c>
-      <c r="M16" t="inlineStr">
+      <c r="M17" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N16" t="inlineStr">
+      <c r="N17" t="inlineStr">
         <is>
           <t>Badania niszczące, maszyna wytrzymałościowa, pełzanie, rozciąganie, zginanie</t>
         </is>
       </c>
     </row>
-    <row r="17">
-      <c r="A17" t="inlineStr">
+    <row r="18">
+      <c r="A18" t="inlineStr">
         <is>
           <t>Bonder typu hb05 z mikroskopem optycznym i stolikiem grzejnym</t>
         </is>
       </c>
-      <c r="B17" t="inlineStr">
+      <c r="B18" t="inlineStr">
         <is>
           <t>Hb05 wedge &amp; ball bonder</t>
         </is>
       </c>
-      <c r="C17" t="inlineStr">
+      <c r="C18" t="inlineStr">
         <is>
           <t>Bondera typu hb05 wyposażony w mikroskop optyczny i stolik grzejny umożliwia wykonanie połączeń metalicznych holder-próbka za pomocą drutu złotego lub aluminiowego o grubości 25 µm.</t>
         </is>
       </c>
-      <c r="D17" t="inlineStr">
+      <c r="D18" t="inlineStr">
         <is>
           <t>Za pomocą bondera typu hb05 wyposażonego w mikroskop optyczny i stolik grzejny możliwe jest wykonanie połączeń metalicznych holder-próbka za pomocą drutu złotego lub aluminiowego o grubości 25 µm.</t>
         </is>
       </c>
-      <c r="E17" t="inlineStr">
+      <c r="E18" t="inlineStr">
         <is>
           <t xml:space="preserve">Wykonywanie połączeń miedzy próbką a holderem za pomocą drutu aluminiowego lub złotego o średnicy 25 µm.
 dostępne typy kapilar:
 	wedge (au oraz al),
 	ball (au).
 siła nacisku kapilary 15 - 150 cn
 maksymalna temperatura grzania stolika 250 0c
 minimalny rozmar wytworzonego kontaktu: 50 x 50 µm.
  </t>
         </is>
       </c>
-      <c r="F17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G17" t="inlineStr">
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H17" t="inlineStr">
+      <c r="H18" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I17" t="inlineStr">
+      <c r="I18" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J17" t="inlineStr">
+      <c r="J18" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K17" t="inlineStr">
+      <c r="K18" t="inlineStr">
         <is>
           <t>Chrobak Maciej</t>
         </is>
       </c>
-      <c r="L17" t="inlineStr">
+      <c r="L18" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/maciej-chrobak-8494.html</t>
         </is>
       </c>
-      <c r="M17" t="inlineStr">
+      <c r="M18" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N17" t="inlineStr">
+      <c r="N18" t="inlineStr">
         <is>
           <t>Bonder, kontakty elektryczne</t>
         </is>
       </c>
     </row>
-    <row r="18">
-      <c r="A18" t="inlineStr">
+    <row r="19">
+      <c r="A19" t="inlineStr">
         <is>
           <t>Mikroskop fluorescencyjny odwrócony z kamerą cyfrową</t>
         </is>
       </c>
-      <c r="B18" t="inlineStr">
+      <c r="B19" t="inlineStr">
         <is>
           <t>Mikroskop fluorescencyjny odwrócony z kamerą cyfrową (axio vert.a1, carl zeiss)</t>
         </is>
       </c>
-      <c r="C18" t="inlineStr">
+      <c r="C19" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikroskop fluorescencyjny odwrócony z kamerą cyfrową (axio vert.a1, carl zeiss). modułowa budowa umożliwia zastosowanie wielu technik obserwacji, od jasnego i ciemnego pola poprzez kontrast fazowy, kontrast nomarskiego (dic), plasdic i epi-fluorescencję.
 obiektywy w jakie jest wyposażony mikroskop są następujące:
 	10x / apertura 0.25, long distance, planachromatyczny
 	20x / apertura 0.35, long distance, planachromatyczny
 	40x / apertura 1.30, fluorytowy, o rozszerzonej transmisji w uv i ir, immersja olejowa
 	63x / apertura 1.25, semiplanapochromatyczny, immersja olejowa
 w obiektywach 10x, 20x kontrast nomarskiego przystosowany do pracy z plastikowymi naczynkami hodowlanymi.
 półprzewodnikowe źródło światła colibri 7, 4-kanałowe źródło światła fluorescencyjnego rgb-uv ze zintegrowaną jednostką sterującą do ciągłej regulacji jasności. mikroskop jest wyposażony w 4 półprzewodnikowe lampy led:
 	czerwoną (630nm) do wzbudzenia cy5, alexa 631, toto-3 i podobnych barwników
 	zieloną (555nm) do wzbudzenia cy3, tritc, dsred i podobnych barwników
 	niebieską (475nm) do wzbudzenia egfp, fluo4, fitc i podobnych barwników
 	uv (385nm) do wzbudzenia dapi, alexa 405, hoechst 33258 i podobnych barwników.
 </t>
         </is>
       </c>
-      <c r="D18" t="inlineStr">
+      <c r="D19" t="inlineStr">
         <is>
           <t>Kompaktowy odwrócony mikroskop idealny do rutynowych badań. ten system jest skonfigurowany do jasnego pola światła przechodzącego, kontrastu fazowego i epifluorescencji (470 nm).</t>
         </is>
       </c>
-      <c r="E18" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G18" t="inlineStr">
+      <c r="E19" t="inlineStr"/>
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H18" t="inlineStr">
+      <c r="H19" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I18" t="inlineStr">
+      <c r="I19" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J18" t="inlineStr">
+      <c r="J19" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K18" t="inlineStr">
+      <c r="K19" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L18" t="inlineStr">
+      <c r="L19" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M18" t="inlineStr">
+      <c r="M19" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N18" t="inlineStr">
+      <c r="N19" t="inlineStr">
         <is>
           <t>Mikroskop fluorescencyjny, mikroskop optyczny, wizualizacja próbek</t>
-        </is>
-[...70 lines deleted...]
-          <t>Nanocząstki, rozmiar, zeta potencjał</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>Scatterx78</t>
+          <t>Zetasizer wraz z układem titrującym i celką do pomiaru potencjału zeta na ciele stałym</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Komora scatterx78 - doposażenie dyfraktometru rentgenowskiego w kompaktową komorę do badań saxs/waxs</t>
+          <t>Zetasizer nano zs</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>Komora scatterx78 umożliwia jednoczesny pomiar w próżni saxs i waxs. pomiar możliwy jest już dla rozmiarów obiektów od 1 nm w wymiarach 1d i 2d. dodatkowo zaproponowane rozszerzenie aparatury badawczej pozwala na prowadzenie badań metodą dyfrakcji przy stałym kącie padania promieniowania (gixd). przystawka pozwala na przeprowadzenie nieniszczącej analizy właściwości materiałów, geometrii i uporządkowania obiektów (amorficznych, krystalicznych) w nanoskali w postaci cieczy, żelów, proszków, ciał stałych (w tym porowatych) czy układów wielowarstwowych o grubości rzędu nm. co więcej zastosowana przystawka służy do określania szczegółów budowy krystalicznej polimerów, czy identyfikacji odmian polimorficznych, a także śledzenia przejść jednej odmiany krystalograficznej w drugą wywołanych różnymi czynnikami. wśród układów analizowanych metodami saxs/waxs znajdują się m.in. nanocząstki, nanowielowarstwy, roztwory nanocząstek (półprzewodnikowych, magnetycznych, itp.), plastyczne układu hybrydowe z nanocząstkami.</t>
+          <t>Zetasizer nano zs (malvern instruments ltd., worcestershire, uk) to urządzenie służące do charakterystyki takich materiałów jak nanocząstki, koloidy, białka, liposomy czy mikroemulsje. analizator pozwala na uzyskanie parametrów fizykochemicznych: wielkość cząstek, masa cząsteczkowa i potencjał zeta. urządzenie to wykorzystuje szeroko stosowane techniki, takie jak: dynamiczne rozpraszanie światła, elektroforetyczne rozpraszanie światła i statyczne rozpraszanie światła do pełnej analizy układów rozproszonych o wymiarach nanometrycznych. zetasizer doposażony jest w autotitrator mpt-2 i odgazowywacz. służy on do automatycznego wykonywania pomiarów wielkości cząstek/potencjału zeta w funkcji ph, przewodnictwa czy stężenia dodatku. autotitrator jest wyposażony w elektrodę szklaną do pomiaru ph i umożliwia dozowanie do trzech titrantów w jednym eksperymencie. dysponujemy także celką do pomiaru potencjału zeta ciał stałych. celka umożliwia pomiar potencjału zeta płaskich powierzchni, takich jak papier filtracyjny, krzemionka, polimery i kości, przy użyciu standardowego systemu zetasizer nano. charakterystyka powierzchni i interfejsów ma kluczowe znaczenie w wielu gałęziach przemysłu, w tym w produktach konsumenckich, specjalistycznych chemikaliach, farmaceutykach i naukach przyrodniczych. w każdym z tych obszarów oddziaływanie cząsteczek roztworu z powierzchniami może wpływać na właściwości materiału końcowego produktu.</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>Xrd (w tym gixd), saxs, waxs</t>
-[...2 lines deleted...]
-      <c r="E20" t="inlineStr"/>
+          <t>Nanocząstki, koloidy, białka, liposomy, mikroemulsje, etc.</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>Parametry fizykochemiczne: wielkość cząstek, masa cząsteczkowa i potencjał zeta.</t>
+        </is>
+      </c>
       <c r="F20" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G20" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I20" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
       <c r="J20" t="inlineStr">
         <is>
-          <t>Zakład inżynierii materiałowej</t>
+          <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
       <c r="K20" t="inlineStr">
         <is>
-          <t>Marciszko-Wiąckowska Marianna</t>
+          <t>Wytrwał Magdalena</t>
         </is>
       </c>
       <c r="L20" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/marianna-marciszko-wiackowska-8299.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
       <c r="M20" t="inlineStr">
         <is>
-          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N20" t="inlineStr">
         <is>
-          <t>Dyfrakcja, saxs, waxs, xrd</t>
+          <t>Nanocząstki, rozmiar, zeta potencjał</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
+          <t>Scatterx78</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>Komora scatterx78 - doposażenie dyfraktometru rentgenowskiego w kompaktową komorę do badań saxs/waxs</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>Komora scatterx78 umożliwia jednoczesny pomiar w próżni saxs i waxs. pomiar możliwy jest już dla rozmiarów obiektów od 1 nm w wymiarach 1d i 2d. dodatkowo zaproponowane rozszerzenie aparatury badawczej pozwala na prowadzenie badań metodą dyfrakcji przy stałym kącie padania promieniowania (gixd). przystawka pozwala na przeprowadzenie nieniszczącej analizy właściwości materiałów, geometrii i uporządkowania obiektów (amorficznych, krystalicznych) w nanoskali w postaci cieczy, żelów, proszków, ciał stałych (w tym porowatych) czy układów wielowarstwowych o grubości rzędu nm. co więcej zastosowana przystawka służy do określania szczegółów budowy krystalicznej polimerów, czy identyfikacji odmian polimorficznych, a także śledzenia przejść jednej odmiany krystalograficznej w drugą wywołanych różnymi czynnikami. wśród układów analizowanych metodami saxs/waxs znajdują się m.in. nanocząstki, nanowielowarstwy, roztwory nanocząstek (półprzewodnikowych, magnetycznych, itp.), plastyczne układu hybrydowe z nanocząstkami.</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>Xrd (w tym gixd), saxs, waxs</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr"/>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G21" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I21" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J21" t="inlineStr">
+        <is>
+          <t>Zakład inżynierii materiałowej</t>
+        </is>
+      </c>
+      <c r="K21" t="inlineStr">
+        <is>
+          <t>Marciszko-Wiąckowska Marianna</t>
+        </is>
+      </c>
+      <c r="L21" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marianna-marciszko-wiackowska-8299.html</t>
+        </is>
+      </c>
+      <c r="M21" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N21" t="inlineStr">
+        <is>
+          <t>Dyfrakcja, saxs, waxs, xrd</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
           <t>Klaster obliczeniowy wysokiej wydajności teraacmin</t>
         </is>
       </c>
-      <c r="B21" t="inlineStr">
+      <c r="B22" t="inlineStr">
         <is>
           <t>Klaster obliczeniowy</t>
         </is>
       </c>
-      <c r="C21" t="inlineStr">
+      <c r="C22" t="inlineStr">
         <is>
           <t>Klaster obliczeniowy złożony z 2 węzłów obliczeniowych zawierających po dwa procesory amd epyc 9754 i wyposażonych w 384 gb pamięci ram. sumaryczna liczba rdzeni obliczeniowych: 1024.</t>
         </is>
       </c>
-      <c r="D21" t="inlineStr">
+      <c r="D22" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obliczenia równoległe w architekturze pamięci współdzielonej, rozproszonej i dwupoziomowej
 	obliczenia typu ab-initio: quantumespresso, vasp
 	narzędzia programistyczne, kompilatory etc.
 	biblioteki obliczeniowe: gsl, lapack, scalapack, mkl, openmpi
 </t>
         </is>
       </c>
-      <c r="E21" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G21" t="inlineStr">
+      <c r="E22" t="inlineStr"/>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G22" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H21" t="inlineStr">
+      <c r="H22" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I21" t="inlineStr">
+      <c r="I22" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J21" t="inlineStr">
+      <c r="J22" t="inlineStr">
         <is>
           <t>Zakład teorii układów kwantowych</t>
         </is>
       </c>
-      <c r="K21" t="inlineStr">
+      <c r="K22" t="inlineStr">
         <is>
           <t>Biborski Andrzej</t>
         </is>
       </c>
-      <c r="L21" t="inlineStr">
+      <c r="L22" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/andrzej-biborski-7817.html</t>
         </is>
       </c>
-      <c r="M21" t="inlineStr">
+      <c r="M22" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N21" t="inlineStr">
+      <c r="N22" t="inlineStr">
         <is>
           <t>Badania, modelowanie, nano, obliczenia numeryczne</t>
         </is>
       </c>
     </row>
-    <row r="22">
-      <c r="A22" t="inlineStr">
+    <row r="23">
+      <c r="A23" t="inlineStr">
         <is>
           <t>Chłodziarka rozcieńczalnikowa z magnesem</t>
         </is>
       </c>
-      <c r="B22" t="inlineStr">
+      <c r="B23" t="inlineStr">
         <is>
           <t>Triton 200</t>
         </is>
       </c>
-      <c r="C22" t="inlineStr">
+      <c r="C23" t="inlineStr">
         <is>
           <t>Chłodziarka rozcieńczalnikowa 3he/4he pracująca w cyklu zamkniętym pozwala na osiągnięcie i ustabilizowanie temperatur w zakresie od 10 mk do 30 k. moc chłodząca w temperaturze 100 mk wynosi 200 µw, a w 20 mk 4 µw. zintegrowany magnes nadprzewodzący pozwala na wytworzenie pola magnetycznego do 14 t.
 unikalny system wymiany próbek pozwala na zmianę próbki w temperaturze 10 k. dzięki czemu czas potrzebny na wymianę i schłodzenie próbki do temperatury 100 mk to 72 h.
 chłodziarka wyposażona jest w 2 wiązki składające się z 12 par przewodów do pomiarów stałoprądowych. jedna wiązka wykonana jest z konstantanu a druga (nadprzewodząca) z cu/nbti. do dyspozycji jest również 8 przewodów koncentrycznych pozwalających na wykonywanie pomiarów zmiennoprądowych do 500 mhz.
 pomiar temperatury przeprowadzany jest za pomocą termometrów ruo2 wykalibrowanych od temperatury 50 mk do 30 k. dokładny pomiar w temperaturach &lt; 50 mk jest możliwy dzięki zastosowaniu termometru wzorcowego cmn oraz kaskadowego termometru nadprzewodzącego srd1000.
 podstawowe parametry: minimalna temperatura:           &lt; 10 mk. moc chłodząca w 100 mk:        200 µw. moc chłodząca w 20 mk:          4 µw. czas wymiany próbki:              72 h. liczba dostępnych przewodów dc: 24 (konstantan lub cu/nbti). liczba dostępnych przewodów ac: 8 przewodów koncentrycznych do 500 mhz.</t>
         </is>
       </c>
-      <c r="D22" t="inlineStr">
+      <c r="D23" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary transportu elektronowego, efektu halla i magnetooporu wykonywane zarówno techniką dc jak i ac w funkcji temperatury lub w funkcji pola magnetycznego.
 	pomiary ciepła właściwego odbywa się przy stałym ciśnieniu cp. jest to pomiar metodą relaksacyjną, łączącą w sobie dużą dokładność pomiaru z nieskomplikowanymi technikami analizy wyników.
 </t>
         </is>
       </c>
-      <c r="E22" t="inlineStr">
+      <c r="E23" t="inlineStr">
         <is>
           <t xml:space="preserve">Parametry pomiaru transportu elektronowego:
 	rozmiary próbki: 5 x 8 x 3 mm (szer. x dług. x wys.).
 	imax: 10 ma.
 	u: 100 nv – 10 v.
 	50 mk &lt; t &lt; 30 k.
 	0 t &lt; b &lt; 14 t.
 parametry pomiaru ciepła właściwego:
 	rozmiary próbki: 5 x 3 x 1 mm (szer. x dług. x wys.).
 	50 mk &lt; t &lt; 30 k.
 	0 t &lt; b &lt; 14 t.
 </t>
         </is>
       </c>
-      <c r="F22" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G22" t="inlineStr">
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H22" t="inlineStr">
+      <c r="H23" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I22" t="inlineStr">
+      <c r="I23" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J22" t="inlineStr">
+      <c r="J23" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K22" t="inlineStr">
+      <c r="K23" t="inlineStr">
         <is>
           <t>Chrobak Maciej</t>
         </is>
       </c>
-      <c r="L22" t="inlineStr">
+      <c r="L23" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/maciej-chrobak-8494.html</t>
         </is>
       </c>
-      <c r="M22" t="inlineStr">
+      <c r="M23" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N22" t="inlineStr">
+      <c r="N23" t="inlineStr">
         <is>
           <t>Ciepło własciwe, efekt halla, temperatury sub-kelwinowe, transport elektronowy, transport kwantowy</t>
         </is>
       </c>
     </row>
-    <row r="23">
-      <c r="A23" t="inlineStr">
+    <row r="24">
+      <c r="A24" t="inlineStr">
         <is>
           <t>Układ nanomanipulatorów mibot</t>
         </is>
       </c>
-      <c r="B23" t="inlineStr">
+      <c r="B24" t="inlineStr">
         <is>
           <t>Nanomanipulatory mibot</t>
         </is>
       </c>
-      <c r="C23" t="inlineStr">
+      <c r="C24" t="inlineStr">
         <is>
           <t>Układ dwóch nanomanipulatorów typu mibot firmy imina, kompatybilny ze skaningowym mikroskopem elektronowo-jonowym versa 3d, umożliwia pomiary oporu in-situ w trakcie procesu nanostrukturyzacji oraz manipulację pojedynczymi sub-mikronowymi obiektami. każdy z nanomanipulatorów posiada 3 osie, po których może się poruszać z dokładnością do pojedynczych nanometrów, oraz możliwość obrotu. promień zaokrąglenia sondy pomiarowej wynosi od 100 do 500 nm, umożliwiając przepuszczanie prądów o natężeniu 100 ma. do pomiarów oporu wykorzystujemy zewnętrzną elektronikę pomiarową, np. urządzenie keithley 2400.</t>
         </is>
       </c>
-      <c r="D23" t="inlineStr">
+      <c r="D24" t="inlineStr">
         <is>
           <t>Nanomanipulatory pozwalają na zaawansowane badania nanostruktur i sub-mikronowych obiektów, umożliwiając pomiary prądowo-napięciowe bezpośrednio w komorze mikroskopu w trakcie procesu nanostrukturyzacji.</t>
         </is>
       </c>
-      <c r="E23" t="inlineStr">
+      <c r="E24" t="inlineStr">
         <is>
           <t>System umożliwia przepuszczanie prądów o natężeniu 100 ma przy użyciu zewnętrznej elektroniki pomiarowej.
 do pomiarów oporu wykorzystujemy urządzenie keithley 2400.</t>
         </is>
       </c>
-      <c r="F23" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G23" t="inlineStr">
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H23" t="inlineStr">
+      <c r="H24" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I23" t="inlineStr">
+      <c r="I24" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
-      <c r="J23" t="inlineStr">
+      <c r="J24" t="inlineStr">
         <is>
           <t>Zespół materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K23" t="inlineStr">
+      <c r="K24" t="inlineStr">
         <is>
           <t>Szkudlarek Aleksandra</t>
         </is>
       </c>
-      <c r="L23" t="inlineStr">
+      <c r="L24" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
         </is>
       </c>
-      <c r="M23" t="inlineStr">
+      <c r="M24" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N23" t="inlineStr">
+      <c r="N24" t="inlineStr">
         <is>
           <t>In-situ, nanostruktryzacja, pomiary elektryczne</t>
         </is>
       </c>
     </row>
-    <row r="24">
-      <c r="A24" t="inlineStr">
+    <row r="25">
+      <c r="A25" t="inlineStr">
         <is>
           <t>Zestaw pomiarowy do badań reologicznych</t>
         </is>
       </c>
-      <c r="B24" t="inlineStr">
+      <c r="B25" t="inlineStr">
         <is>
           <t>Kompaktowy reometr modułowy mcr 302e (anton paar)</t>
         </is>
       </c>
-      <c r="C24" t="inlineStr">
+      <c r="C25" t="inlineStr">
         <is>
           <t xml:space="preserve">Reometr rotacyjny mcr 302e jest zaawansowanym urządzeniem do analizy właściwości reologicznych materiałów. pozwala na badanie różnych parametrów przepływu i deformacji substancji. ze względu na modułową budowę, reometr umożliwia dostosowanie oprzyrządowania do konkretnych wymagań badawczych.  podstawowe możliwości badawcze urządzenia to:
 1. charakterystyka lepkościowa
 	pomiar lepkości dynamicznej w funkcji naprężenia ścinającego, szybkości ścinania lub temperatury.
 	określanie zależności lepkości od czasu (tiksotropia, reopeksja).
 	analiza pseudoplastyczności i dylatancji płynów nieniutonowskich.
 2. krzywe płynięcia
 	wyznaczanie zależności naprężenia ścinającego od szybkości ścinania.
 	określanie modeli reologicznych.
 	identyfikacja granicy płynięcia materiałów.
 3. analiza strukturalna i tiksotropia
 	badanie odwracalnych zmian struktury materiałów pod wpływem sił mechanicznych.
 	pomiar czasu potrzebnego do odbudowy struktury po zakończeniu działania naprężeń ścinających.
 4. oscylacyjne testy dynamiczne
 	badanie modułu sprężystości (g') i modułu stratności (g'') w funkcji częstotliwości, naprężenia lub temperatury.
 	analiza przejścia pomiędzy stanem ciekłym a stałym.
 5. testy temperaturowe
 	określanie wpływu temperatury na właściwości reologiczne.
 	analiza stabilności termicznej materiałów.
 6. badanie zmian lepkości w funkcji czasu
 	monitorowanie zmian reologicznych w trakcie utwardzania, żelowania lub degradacji.
 	identyfikacja procesów starzeniowych i utraty właściwości użytkowych materiałów.
 </t>
         </is>
       </c>
-      <c r="D24" t="inlineStr">
+      <c r="D25" t="inlineStr">
         <is>
           <t>Reometr umożliwia kompleksową analizę lepkości dynamicznej i naprężeń w funkcji szybkości ścinania, temperatury i czasu, także pod wpływem pola magnetycznego lub światła uv. pozwala badać materiały o złożonych właściwościach reologicznych (np. tiksotropowe, dylatacyjne, pseudoplastyczne), mierzyć granicę płynięcia oraz monitorować zmiany lepkości, np. podczas utwardzania. umożliwia także testy oscylacyjne, w tym pomiar modułów sprężystości i stratności.</t>
         </is>
       </c>
-      <c r="E24" t="inlineStr">
+      <c r="E25" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	konwencjonalne badania reologiczne w zakresie temperatur od -40°c do 200°c
 	analiza małych próbek (od 15 µl do kilku ml)
 	badanie ferrocieczy w polu magnetycznym (indukcja do 1 t, -10°c do 100°c)
 	testy w świetle uv (-20°c do 200°c), również przy określonej długości fali (np. 365 nm, 320-480 nm)
 	badania tribologiczne: krzywa stribecka, współczynnik tarcia, smarność
  </t>
         </is>
       </c>
-      <c r="F24" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G24" t="inlineStr">
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr">
         <is>
           <t>Udostępnianie aparatury w ramach wspólnych przedsięwzięć badawczych oraz zgodnie z indywidualnie uzgodnionymi umowami.</t>
         </is>
       </c>
-      <c r="H24" t="inlineStr">
+      <c r="H25" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I24" t="inlineStr">
+      <c r="I25" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J24" t="inlineStr">
+      <c r="J25" t="inlineStr">
         <is>
           <t>Laboratorium technik smarowniczych i reologii</t>
         </is>
       </c>
-      <c r="K24" t="inlineStr">
+      <c r="K25" t="inlineStr">
         <is>
           <t>Horak Wojciech</t>
         </is>
       </c>
-      <c r="L24" t="inlineStr">
+      <c r="L25" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/wojciech-horak-6681.html</t>
         </is>
       </c>
-      <c r="M24" t="inlineStr">
+      <c r="M25" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N24" t="inlineStr">
+      <c r="N25" t="inlineStr">
         <is>
           <t>Ciecze magnetyczne, lepkość, reologia, reologia uv</t>
         </is>
       </c>
     </row>
-    <row r="25">
-      <c r="A25" t="inlineStr">
+    <row r="26">
+      <c r="A26" t="inlineStr">
         <is>
           <t>Mobilny system cyfrowej radiografii przemysłowej</t>
         </is>
       </c>
-      <c r="B25" t="inlineStr">
+      <c r="B26" t="inlineStr">
         <is>
           <t>Mobilny system cyfrowej radiografii przemysłowej do badań ndt</t>
         </is>
       </c>
-      <c r="C25" t="inlineStr">
+      <c r="C26" t="inlineStr">
         <is>
           <t>Mobilny system radiografii przemysłowej składający się z elementów:
 1. skaner carestream industrex / hpx-1 (custom) z zestawem płyt obrazowych i osprzętu
 2. aparat rentgenowski teledyne icm / site-x d3206 – zestaw
 3. aparat rentgenowski teledyne icm / site-x cp200ds - zestaw
 4. dozymetry/radiometry ped+ (custom) – zestaw 3 szt.
 5. zestaw komputerowy carestream hp z4 workstation (custom).
 6. oprogramowanie carestream industrex</t>
         </is>
       </c>
-      <c r="D25" t="inlineStr">
+      <c r="D26" t="inlineStr">
         <is>
           <t>Metoda rt ma zastosowanie w wielu branżach: odlewnicza, motoryzacyjna, lotnicza, stoczniowa. pozwala na określenie lokalizacji, kształtu i wielkości niezgodności powierzchniowych i wewnętrznych w obiektach wykonanych różnymi technikami wytwarzania: odlewy, odkuwki, spoiny oraz z różnych materiałów konstrukcyjnych tj. metale i ich stopy, materiały niematalowe - kompozyty, ceramika, tworzywa sztuczne. badania detalu w jednej ekspozycji do 70mm grubości dla stali.</t>
         </is>
       </c>
-      <c r="E25" t="inlineStr">
+      <c r="E26" t="inlineStr">
         <is>
           <t xml:space="preserve">Hpx-1
 	skanowanie: 16bit
 	max. podziałka pixeli: 25µm
 	max. rozmiary kaset sztywnych: 14x17cali
 site-x d3206
 	zakres napięcia wyjściowego: 90-320kv
 	zakres prądu lampy: 1-6ma
 	penetracja stali: ok.70mm
 site-x cp200ds
 	zakres napięcia wyjściowego: 10-200kv
 	zakres prądu lampy: 0,5-10ma
 	penetracja stali: ok.40mm
 </t>
         </is>
       </c>
-      <c r="F25" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G25" t="inlineStr">
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr">
         <is>
           <t>Zgodnie z indywidualnie uzgodnionymi umowami</t>
         </is>
       </c>
-      <c r="H25" t="inlineStr">
+      <c r="H26" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I25" t="inlineStr">
+      <c r="I26" t="inlineStr">
         <is>
           <t>Katedra inżynierii maszyn i transportu</t>
         </is>
       </c>
-      <c r="J25" t="inlineStr">
+      <c r="J26" t="inlineStr">
         <is>
           <t>Laboratorium badawcze technicznych środków transportu i materiałów</t>
         </is>
       </c>
-      <c r="K25" t="inlineStr">
+      <c r="K26" t="inlineStr">
         <is>
           <t>Ruta Hubert</t>
         </is>
       </c>
-      <c r="L25" t="inlineStr">
+      <c r="L26" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/hubert-ruta-7195.html</t>
         </is>
       </c>
-      <c r="M25" t="inlineStr">
+      <c r="M26" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną, (pob 8) przekraczanie granic: eksperymentalna fizyka wysokich energii ekstremalne stany materii, zaawansowane technologie w detekcji promieniowania, badania i zastosowania transdyscyplinarne</t>
         </is>
       </c>
-      <c r="N25" t="inlineStr">
+      <c r="N26" t="inlineStr">
         <is>
           <t>Badania nieniszczące, ndt, rt</t>
         </is>
       </c>
     </row>
-    <row r="26">
-      <c r="A26" t="inlineStr">
+    <row r="27">
+      <c r="A27" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa dartec 250</t>
         </is>
       </c>
-      <c r="B26" t="inlineStr">
+      <c r="B27" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa dartec 250</t>
         </is>
       </c>
-      <c r="C26" t="inlineStr">
+      <c r="C27" t="inlineStr">
         <is>
           <t xml:space="preserve">Dwukolumnowa, uniwersalna serwohydrauliczna maszyna wytrzymałościowa umożliwiająca prowadzenia jednoosiowych badań statycznych i zmęczeniowych pod kontrolą siły, przemieszczenia lub jednego z piąciu dodatkowych czujników analogowych, jaki mogą być użyte w trakcie badań.
 przykładowe zastosowanie:
 	wyznaczanie inżynierskich i rzeczywistych krzywych rozciągania,
 	wyznaczanie monotonicznych właściwości wytrzymałościowych materiałów ,
 	badania zmęczeniowe materiałów prowadzone (krzywa wöhlera, krzywa coffina – mansona)
 	wyznaczanie cyklicznej krzywej odkształcenia,
 	wyznaczanie trwałości zmęczeniowej elementów konstrukcji oraz węzłów konstrukcyjnych przy dowolnych sekwencjach osiowych obciążeń,
 	badania rozwoju pęknięć zmęczeniowych w metalach inżynierskich oraz elementach konstrukcji.
 </t>
         </is>
       </c>
-      <c r="D26" t="inlineStr">
+      <c r="D27" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	badania statyczne: póby rozciągania, ściskania, zginania;
 	badania dynamiczne:
 	badania zmęczeniowe nisko- i wysokocyklowe,
 	badania rozwoju pęknięć zmęczeniowych,
 	badania odporności na pękanie,
 	badania charakterystyk dynamicznych materiałów i konstrukcji.
  </t>
         </is>
       </c>
-      <c r="E26" t="inlineStr">
+      <c r="E27" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres obciążeń statycznych: +/- 300 kn;
 	zakres obciążeń dynamicznych: +/- 250 kn;
 	zakres przemieszczeń siłownika: +/- 75 mm;
 	długość próbki rozciąganej: 280 - 1100 mm,
 	średnica części chwytowej (próbki walcowe): 5-45 mm,
 	grubość części chwytowej (póbki płaskie): 0-35 mm,
  </t>
         </is>
       </c>
-      <c r="F26" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G26" t="inlineStr">
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr">
         <is>
           <t>Do ustalenia z osobą kontaktową</t>
         </is>
       </c>
-      <c r="H26" t="inlineStr">
+      <c r="H27" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I26" t="inlineStr">
+      <c r="I27" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J26" t="inlineStr">
+      <c r="J27" t="inlineStr">
         <is>
           <t>Zespół wytrzymałość materiałów i konstrukcji</t>
         </is>
       </c>
-      <c r="K26" t="inlineStr">
+      <c r="K27" t="inlineStr">
         <is>
           <t>Machniewicz Tomasz</t>
         </is>
       </c>
-      <c r="L26" t="inlineStr">
+      <c r="L27" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-machniewicz-5212.html</t>
         </is>
       </c>
-      <c r="M26" t="inlineStr">
+      <c r="M27" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N26" t="inlineStr">
+      <c r="N27" t="inlineStr">
         <is>
           <t>Badania dynamiczne, badania statyczne, badania zmęczeniowe, charakterystyki statyczne, mechanika pękania, propagacja pęknięć, właściwości mechaniczne, właściwości zmęczeniowe, wzrost pęknięć zmęczeniowych</t>
         </is>
       </c>
     </row>
-    <row r="27">
-      <c r="A27" t="inlineStr">
+    <row r="28">
+      <c r="A28" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa mts 810</t>
         </is>
       </c>
-      <c r="B27" t="inlineStr">
+      <c r="B28" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa mts 810</t>
         </is>
       </c>
-      <c r="C27" t="inlineStr">
+      <c r="C28" t="inlineStr">
         <is>
           <t xml:space="preserve">Dwukolumnowa, uniwersalna serwohydrauliczna maszyna wytrzymałościowa umożliwiająca prowadzenia jednoosiowych badań statycznych i zmęczeniowych pod kontrolą siły, przemieszczenia lub dowolnego czujnika analogowego używanego w trakcie badań (np. tensometru, ekstensometru, itp.).
 przykładowe zastosowanie:
 	wyznaczanie inżynierskich i rzeczywistych krzywych rozciągania,
 	wyznaczanie monotonicznych właściwości wytrzymałościowych materiałów,
 	statyczne badania w warunkach trójpunktowego lub czteropunktowego zginania,
 	badania zmęczeniowe materiałów prowadzone (krzywa wöhlera, krzywa coffina – mansona)
 	wyznaczanie cyklicznej krzywej odkształcenia,
 	wyznaczanie trwałości zmęczeniowej elementów konstrukcji oraz węzłów konstrukcyjnych przy dowolnych sekwencjach osiowych obciążeń,
 	badania rozwoju pęknięć zmęczeniowych w metalach inżynierskich oraz elementach konstrukcji,
 	wyznaczanie statycznych i dynamicznych charakterystyk elementów maszyn (w zakresie prędkości przemieszczenia do 150 mm/sek.)
 </t>
         </is>
       </c>
-      <c r="D27" t="inlineStr">
+      <c r="D28" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	badania statyczne: póby rozciągania, ściskania, zginania;
 	badania dynamiczne:
 	badania zmęczeniowe nisko- i wysokocyklowe,
 	badania propagacji pęknięć,
 	badania rozwoju pęknięć zmęczeniowych,
 	badania odporności na pękanie,
 	badania charakterystyk dynamicznych materiałów i konstrukcji.
 </t>
         </is>
       </c>
-      <c r="E27" t="inlineStr">
+      <c r="E28" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres obciążeń: +/- 100 kn;
 	zakres przemieszczeń siłownika: +/- 75 mm;
 	maksymalna prędkość testu: 150 mm/sek.;
 	prześwit pomiędzy szczękami mocującymi: 0 - 1000 mm,
 	średnica części chwytowej (próbki walcowe): 5.8-22.9 mm,
 	grubość części chwytowej (póbki płaskie): 0-19 mm,
 </t>
         </is>
       </c>
-      <c r="F27" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G27" t="inlineStr">
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
         <is>
           <t>Do ustalenia z osobą kontaktową</t>
         </is>
       </c>
-      <c r="H27" t="inlineStr">
+      <c r="H28" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I27" t="inlineStr">
+      <c r="I28" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J27" t="inlineStr">
+      <c r="J28" t="inlineStr">
         <is>
           <t>Zespół wytrzymałość materiałów i konstrukcji</t>
         </is>
       </c>
-      <c r="K27" t="inlineStr">
+      <c r="K28" t="inlineStr">
         <is>
           <t>Machniewicz Tomasz</t>
         </is>
       </c>
-      <c r="L27" t="inlineStr">
+      <c r="L28" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-machniewicz-5212.html</t>
         </is>
       </c>
-      <c r="M27" t="inlineStr">
+      <c r="M28" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N27" t="inlineStr">
+      <c r="N28" t="inlineStr">
         <is>
           <t>Badania dynamiczne, badania statyczne, badania zmęczeniowe, charakterystyki statyczne, mechanika pękania, propagacja pęknięć, właściwości mechaniczne, właściwości zmęczeniowe, wzrost pęknięć zmęczeniowych</t>
         </is>
       </c>
     </row>
-    <row r="28">
-      <c r="A28" t="inlineStr">
+    <row r="29">
+      <c r="A29" t="inlineStr">
         <is>
           <t>Wirtualne laboratorium komputerowe w.i.m.i r.</t>
         </is>
       </c>
-      <c r="B28" t="inlineStr">
+      <c r="B29" t="inlineStr">
         <is>
           <t>Wirtualne laboratorium komputerowe w.i.m.i r.</t>
         </is>
       </c>
-      <c r="C28" t="inlineStr">
+      <c r="C29" t="inlineStr">
         <is>
           <t>Wirtualne laboratorium komputerowe zostało opracowane i wdrożone w 2023r. na wydziale inżynierii mechanicznej i robotyki. wdrożone laboratorium umożliwia prowadzenie prac projektowych i realizację analiz numerycznych z zastosowanie klastra komputerowego składającego się z  3 serwerów opartych o procesory intel xeon (łącznie 96 rdzeni i 1,1tb ram) oraz 3 kart gpu nvidia ampere a40  48 gb .
 laboratorium umożliwia zdalne oraz hybrydowe prowadzenie zajęć na zainstalowanym oprogramowaniu zarówno z terenu uczelni jak również z dowolnego miejsca na świecie poprzez połączenie vpn. zasoby serwerów a co za tym idzie również laboratorium mogą być wykorzystane również do badań naukowych.</t>
         </is>
       </c>
-      <c r="D28" t="inlineStr">
+      <c r="D29" t="inlineStr">
         <is>
           <t>Aparatura przeznaczona do wspomagania procesów projektowania wykorzystujących cad/cae  jak również wysokowydajnych symulacji naukowych (hpc),</t>
         </is>
       </c>
-      <c r="E28" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G28" t="inlineStr">
+      <c r="E29" t="inlineStr"/>
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki bada</t>
         </is>
       </c>
-      <c r="H28" t="inlineStr">
+      <c r="H29" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I28" t="inlineStr">
+      <c r="I29" t="inlineStr">
         <is>
           <t>Katedra robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="J28" t="inlineStr"/>
-      <c r="K28" t="inlineStr">
+      <c r="J29" t="inlineStr"/>
+      <c r="K29" t="inlineStr">
         <is>
           <t>Mańka Michał</t>
         </is>
       </c>
-      <c r="L28" t="inlineStr">
+      <c r="L29" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/michal-manka-7202.html</t>
         </is>
       </c>
-      <c r="M28" t="inlineStr">
+      <c r="M29" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N28" t="inlineStr">
+      <c r="N29" t="inlineStr">
         <is>
           <t>Cad, modelowanie, symulacje, wirtualizacja zasobów</t>
         </is>
       </c>
     </row>
-    <row r="29">
-      <c r="A29" t="inlineStr">
+    <row r="30">
+      <c r="A30" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa</t>
         </is>
       </c>
-      <c r="B29" t="inlineStr">
+      <c r="B30" t="inlineStr">
         <is>
           <t>Elektrodynamiczna maszyna wytrzymałościowa mts acumen® 3</t>
         </is>
       </c>
-      <c r="C29" t="inlineStr">
+      <c r="C30" t="inlineStr">
         <is>
           <t xml:space="preserve">Maszyna elektrodynamiczna  umożliwia testy rozciągania i ściskania oraz badania zmęczeniowe elementów maszyn oraz próbek metalowych, gumowych, piankowych, z tworzyw sztucznych oraz kompozytów z częstotliwością do 100 hz. możliwe sa również badania zjawisk udarowych. szerokość obszaru roboczego: 460 mm, głębokośc obszru roboczego: 501 mm, maksymalna wysokość obszaru roboczego: 819 mm
 maszyna wyposażona jest w 2 czujniki czujniki siły: 3kn oraz 250 n. czujnik 3kn posiada wbudowany akcelerometr. maszyna posiada stoliki do ściskania oraz uchwyty pneumatyczne do prób ściskania-rozciągania. uchwyty pneumatyczne posiadają kliny płaskie oraz kliny do próbek okrągłych.
  </t>
         </is>
       </c>
-      <c r="D29" t="inlineStr">
+      <c r="D30" t="inlineStr">
         <is>
           <t>Podstawowe własności: 
 -obciążenie dynamiczne max 3000 n 
 -obciążenie statyczne max 2000 n 
 -częstotliwość testu: ≤ 100 hz 
 -skok siłownika: 70 mm 
 -napęd elektrodynamiczny – 230v
 zastosowanie: biomateriały, metale, tworzywa sztuczne i kompozyty, elektronika, automotive, dma – dynamic mechanical analysis, elementy podatne, sprężyny</t>
         </is>
       </c>
-      <c r="E29" t="inlineStr">
+      <c r="E30" t="inlineStr">
         <is>
           <t>Maszyna umożliwia prowadzenie testów quasistatycznych i dynamicznych rozciągania i ściskania próbek płaskich lub okrągłych z przejściem przez zero. możliwe jest badanie cykliczne o zadanym przebiegu funkcji przemieszczenia trawersy w czasie: sinusoidalnie zmienne, o przebiegu prostokątnym, trapezowym, badanie z ustaloną amplitudą i zmienną częstotliwością (frequency sweep). możliwe jest równiez zadawanie przebiegu niestandardowego.</t>
         </is>
       </c>
-      <c r="F29" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G29" t="inlineStr">
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H29" t="inlineStr">
+      <c r="H30" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I29" t="inlineStr">
+      <c r="I30" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J29" t="inlineStr">
+      <c r="J30" t="inlineStr">
         <is>
           <t>Zespół analiz i modelowania elastycznych elementów maszyn</t>
         </is>
       </c>
-      <c r="K29" t="inlineStr">
+      <c r="K30" t="inlineStr">
         <is>
           <t>Michalczyk Krzysztof</t>
         </is>
       </c>
-      <c r="L29" t="inlineStr">
+      <c r="L30" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-michalczyk-5854.html</t>
         </is>
       </c>
-      <c r="M29" t="inlineStr">
+      <c r="M30" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N29" t="inlineStr">
+      <c r="N30" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa, obciążenia udarowe, obciążenie cykliczne, próba rozciągania, próba ściskania, własności mechaniczne</t>
         </is>
       </c>
     </row>
-    <row r="30">
-      <c r="A30" t="inlineStr">
+    <row r="31">
+      <c r="A31" t="inlineStr">
         <is>
           <t>Platforma do badań mechanicznych właściwości powierzchni anton paar step 500</t>
         </is>
       </c>
-      <c r="B30" t="inlineStr">
+      <c r="B31" t="inlineStr">
         <is>
           <t>Platforma do badań mechanicznych właściwości powierzchni anton paar step 500</t>
         </is>
       </c>
-      <c r="C30" t="inlineStr">
+      <c r="C31" t="inlineStr">
         <is>
           <t>Platforma do badań mechanicznych właściwości powierzchni firmy anton paar model step 500 wyposażona jest:
 	głowicę nht3 (nano hardness tester);
 	głowicę mct3 (micro combi tester);
 	głowica optyczną zapewniająca powiększenie 5,20,50,100 krotne;
 	stół antywibracyjny, ruchomy w osiach x (215 mm), y (75 mm), z (30 mm).
 nanoindenter nht3 jest precyzyjnym urządzeniem przeznaczonym do wyznaczenia właściwości mechanicznych materiałów oraz cienkich warstw w skali nanometrycznej. nht3 spełnia wymagania normy astm-e2546 dotyczącej nanotwardościomierzy, natomiast moduł mct3 jest zgodny z nomami astm: c1624, e2546, g171 oraz iso: 14577, 20502, 27307.
 właściwości mikromechaniczne są wyznaczane na podstawie odkształcenia materiału w wyniku wgłębnikowania próbki wgłębnikiem, do którego przyłożone jest określone obciążenie. wartość siły obciążającej i głębokości penetracji ostrza wgłębnika są rejestrowane w sposób ciągły w czasie całego cyklu (obciążania i odciążania). na podstawie wykreślonej krzywej obciążenia vs. przemieszczenia są wyznaczane takie właściwości jak: twardość, moduł young’a, czas pełzania, odporność na kruche pękanie. stosując minimalne siły obciążające wgłębnik, możliwe jest wykonanie pomiaru na głębokościach kilkuset nanometrów, co jest szczególnie istotne podczas badania cienkich warstw, gdzie należy wyeliminować wpływ podłoża na wyznaczane właściwości. moduł mct umożliwia także wykonywanie testów zarysowania.
 platforma oferuje wysoką dokładność repozycji (&lt;1 µm) w całym zakresie odległości oraz synchronizację pozycji mikroskopu wideo z wgłębnikiem głowicy.</t>
         </is>
       </c>
-      <c r="D30" t="inlineStr">
+      <c r="D31" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie umożliwia m.in.:
 	wyznaczenie twardości i modułu younga miękkich, twardych, kruchych oraz ciągliwych (plastycznych) materiałów
 	wykonanie scratch-testu – testu zarysowania
 </t>
         </is>
       </c>
-      <c r="E30" t="inlineStr">
+      <c r="E31" t="inlineStr">
         <is>
           <t>Parametry nht:
 zakres siły obciążającej wgłębnik: 0,1 - 500 mn
 dokładność pomiaru penetracji: 0,01 nm
 dokładność pomiaru siły 0,5 μn
 dokładność pozycjonowania próbki: 1 μm
 parametry mct:
 zakres siły obciążającej wgłębnik: 0,05 - 30 n
 dokładność pomiaru penetracji: 0,03 nm
 dokładność pomiaru siły: 6 μn
 dokładność pozycjonowania próbki: 1 μm</t>
         </is>
       </c>
-      <c r="F30" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G30" t="inlineStr">
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr">
         <is>
           <t>Po kontakcie z kierownikiem laboratorium</t>
         </is>
       </c>
-      <c r="H30" t="inlineStr">
+      <c r="H31" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I30" t="inlineStr">
+      <c r="I31" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J30" t="inlineStr">
+      <c r="J31" t="inlineStr">
         <is>
           <t>Laboratorium tribologii i inżynierii powierzchni</t>
         </is>
       </c>
-      <c r="K30" t="inlineStr">
+      <c r="K31" t="inlineStr">
         <is>
           <t>Drenda Cezary</t>
         </is>
       </c>
-      <c r="L30" t="inlineStr">
+      <c r="L31" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/cezary-drenda-9676.html</t>
         </is>
       </c>
-      <c r="M30" t="inlineStr">
+      <c r="M31" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N30" t="inlineStr">
+      <c r="N31" t="inlineStr">
         <is>
           <t>Adhezja, indentacje, inżynieria mechaniczna, inżynieria powierzchni, moduł younga, nanoindentacja, powłoki, scratch test, twardość, warstwa wierzchnia</t>
         </is>
       </c>
     </row>
-    <row r="31">
-      <c r="A31" t="inlineStr">
+    <row r="32">
+      <c r="A32" t="inlineStr">
         <is>
           <t>Tribometr do testów metodą pin/ball-on-disk model mft-2000 firmy rtec instruments</t>
         </is>
       </c>
-      <c r="B31" t="inlineStr">
+      <c r="B32" t="inlineStr">
         <is>
           <t>Tribometr mft-2000</t>
         </is>
       </c>
-      <c r="C31" t="inlineStr">
+      <c r="C32" t="inlineStr">
         <is>
           <t>Tribometr do testów metodą pin/ball-on-disk model mft-2000 firmy rtec instruments jest wielofunkcyjnym urządzeniem przeznaczonym do badania tarcia i zużycia w ruchu obrotowym różnych materiałów monolitycznych oraz cienkich i grubych warstw i powłok. badania mogą być prowadzone ze skojarzeniem typu trzpień-tarcza lub kula-tarcza w ślizgowym styku niesmarowanym (tarcie suche) lub smarowanym. za pomocą tego urządzenia można zbadać odporność na zużycie i współczynnik tarcia dowolnego skojarzenia materiałowego w zależności od prędkości poślizgu, obciążenia styku i innych parametrów np. środowiskowych. pomiary prowadzone w czasie rzeczywistym i z dużą precyzją: siły normalnej i stycznej (tarcia) w zakresie 0,05 ÷ 10 n z rozdzielczością 0,3 mn oraz głębokości wytarcia z rozdzielczością 0,1 µm. analiza toru zużycia powstałego po tarciu jest podstawą do opisu mechanizmu zużycia badanych materiałów. wyznaczone parametry i analiza zużycia pozwalają w pełni scharakteryzować właściwości tribologicznych testowanego skojarzenia materiałowego. tribometru mft-2000 wyposażony jest w dedykowaną komorę środowiskową do ruchu obrotowego z kontrolerem wilgotności. komora środowiskowa umożliwia prowadzenie badań tribologicznych w ustalonych warunkach temperatury i wilgotności w układzie zamkniętym w zakresie od 5 % do 95 %.
 system kontrolno-pomiarowy tribometru mft-2000 umożliwia wykonywanie testów z dużą dokładnością i stabilnością metrologiczną.</t>
         </is>
       </c>
-      <c r="D31" t="inlineStr">
+      <c r="D32" t="inlineStr">
         <is>
           <t>Komora środowiskowa do ruchu obrotowego z kontrolerem wilgotności do prowadzenia tarcia w kontrolowanych warunkach w zakresie od 5 % do 95 %,
 sygnał pomiarowy siły normalnej i siły stycznej rejestrowane w sposób ciągły w celu monitorowania tarcia w czasie rzeczywistym,
 układ do pomiaru siły obciążającej i siły tarcia zintegrowany z układem amortyzacji mechanicznej i kompensacją czułości pomiaru siły ze względu na zmiany temperatury.</t>
         </is>
       </c>
-      <c r="E31" t="inlineStr">
+      <c r="E32" t="inlineStr">
         <is>
           <t>Geometria styku:        trzpień-tarcza / kula-tarcza
 średnica trzpienia:     6  lub 8 mm
 średnica kuli:             6 lub 6,3 mm
 średnica tarczy:         do 50 mm 
 obciążenie:                0,05 ÷ 10 n
 prędkość obrotowa:   od 0,1 do 2500 obr/min</t>
         </is>
       </c>
-      <c r="F31" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G31" t="inlineStr">
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr">
         <is>
           <t>Po kontakcie z kierownikiem laboratorium</t>
         </is>
       </c>
-      <c r="H31" t="inlineStr">
+      <c r="H32" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I31" t="inlineStr">
+      <c r="I32" t="inlineStr">
         <is>
           <t>Katedra projektowania i eksploatacji maszyn</t>
         </is>
       </c>
-      <c r="J31" t="inlineStr">
+      <c r="J32" t="inlineStr">
         <is>
           <t>Laboratorium tribologii i inżynierii powierzchni</t>
         </is>
       </c>
-      <c r="K31" t="inlineStr">
+      <c r="K32" t="inlineStr">
         <is>
           <t>Drenda Cezary</t>
         </is>
       </c>
-      <c r="L31" t="inlineStr">
+      <c r="L32" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/cezary-drenda-9676.html</t>
         </is>
       </c>
-      <c r="M31" t="inlineStr">
+      <c r="M32" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N31" t="inlineStr">
+      <c r="N32" t="inlineStr">
         <is>
           <t>Adhezja, inżynieria mechaniczna, inżynieria powierzchni, powłoki, tribologia, tribotesty, warstwa wierzchnia</t>
         </is>
       </c>
     </row>
-    <row r="32">
-      <c r="A32" t="inlineStr">
+    <row r="33">
+      <c r="A33" t="inlineStr">
         <is>
           <t>Wielofunkcyjny robot do prasy hydraulicznej 500t</t>
         </is>
       </c>
-      <c r="B32" t="inlineStr">
+      <c r="B33" t="inlineStr">
         <is>
           <t>Wielofunkcyjny robot do prasy hydraulicznej 500t</t>
         </is>
       </c>
-      <c r="C32" t="inlineStr">
+      <c r="C33" t="inlineStr">
         <is>
           <t>1. robot przemysłowy – kawasaki rs030n
 • maksymalny udźwig: 30 kg
 • liczba osi swobody: 6
 • maksymalny zasięg: 2100 mm
 • masa robota (ramię): 555 kg
 • powtarzalności: ≤ ±0.03mm , (±0.06 mm z powierzchnią flanszy kiści -z godnie z normą iso 9283)
 • prędkość na kolejnych osiach robota [°/s]: jt1=180, jt2=180, jt3=185, jt4=260, jt5=260, jt6=360
 • zakres ruchu robota na kolejnych osiach [°]: jt1=±180, jt2=+140 ÷ -105, jt3=+135 ÷ - 155, jt4=±360, jt5=±145, jt6=±360.
 • wbudowana instalacja pneumatyczna
 • stopień ochrony: kiść robota: ip67, ramie robota: ip65
 • ręczny programator robota
 • kontroler robota (wbudowane 2 porty ethernet (z obsługą protokołów tcp i udp) oraz rs232, 32 wejściowe sygnały cyfrowe, 32 wyjściowe sygnały cyfrowe, możliwość dołączenia 3 osi zewnętrznych, funkcja wykrywania kolizji, wbudowany web serwer, port usb, programowanie przy użyciu ręcznego programatora oraz języka strukturalnego z poziomu komputera pc.
 2. chwytak do kucia na gorąco umożliwiający pracę z detalami
 • wykonanymi z różnych materiałów
 • rozgrzanymi do temperatury 1200 stopni celsjusza
 • o masie do 10 kilogramów
 • o maksymalnej długości 500 mm
 3. funkcjonalność nadążania robota za siłą zewnętrzną – licencja soft absorber
 • możliwy złożony ruch robota, będący relacją między siłą zewnętrzną, a siłą napędową robota, co umożliwia zaprogramowanie robota w sposób, w którym jego ruch uzależniony jest całkowicie od działającej siły we wszystkich osiach robota
 4. system bezpieczeństwa stanowiska zrobotyzowanego
 • system bezpieczeństwa oparty o sterownik bezpieczeństwa safety plc</t>
         </is>
       </c>
-      <c r="D32" t="inlineStr">
+      <c r="D33" t="inlineStr">
         <is>
           <t>Badanie zachowania się i obciążenia narzędzi stosowanych do procesów przeróbki plastycznej, analiza zrobotyzowanych procesów kucia matrycowego, badania obciążenia i optymalizacji ruchu manipulatorów do kucia swobodnego, badania związane z programowaniem robotów dedykowanych do procesów przeróbki plastycznej</t>
         </is>
       </c>
-      <c r="E32" t="inlineStr">
+      <c r="E33" t="inlineStr">
         <is>
           <t>Pomiar prędkości ruchu i położenia narzędzi stosowanych do procesów przeróbki plastycznej, pomiar siły nacisku narzędzi i przemieszczeń zachodzących podczas odkształcania, pomiar obciążenia manipulatorów kuźniczych,  pomiar i optymalizacja ruchu robota podaczas kucia wielowykrojowego</t>
         </is>
       </c>
-      <c r="F32" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G32" t="inlineStr">
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych</t>
         </is>
       </c>
-      <c r="H32" t="inlineStr">
+      <c r="H33" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I32" t="inlineStr">
+      <c r="I33" t="inlineStr">
         <is>
           <t>Katedra plastycznej przeróbki metali i metalurgii ekstrakcyjnej</t>
         </is>
       </c>
-      <c r="J32" t="inlineStr">
+      <c r="J33" t="inlineStr">
         <is>
           <t>Smart manufacturing - stanowisko robotyzacji i cyfryzacji procesów wytwarzania</t>
         </is>
       </c>
-      <c r="K32" t="inlineStr">
+      <c r="K33" t="inlineStr">
         <is>
           <t>Lisiecki Łukasz</t>
         </is>
       </c>
-      <c r="L32" t="inlineStr">
+      <c r="L33" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-lisiecki-8274.html</t>
         </is>
       </c>
-      <c r="M32" t="inlineStr">
+      <c r="M33" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N32" t="inlineStr">
+      <c r="N33" t="inlineStr">
         <is>
           <t>Automatyzacja, cyfryzacja, przemysł 4.0, przeróbka plastyczna, robotyzacja</t>
-        </is>
-[...70 lines deleted...]
-          <t>Inżynieria odwrotna, profil powierzchni, skaning laserowy 3d</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>Analizator sygnału i widma rohde&amp;schwarz fsw85</t>
+          <t>Skaner 3d - gom2</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Analizator widma fsw85</t>
+          <t>System pomiarowy gom scan 1 200</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>Wysokowydajny analizator sygnału i widma r&amp;s;®fsw pozwala inżynierom wykonanie nawet najbardziej wymagających zadań. charakteryzuje się szerokim pasmem pracy, które umożliwia charakteryzację szerokopasmowych komponentów i systemów komunikacyjnych. więcej informacji: https://www.rohde-schwarz.com/ca/product/fsw-productstartpage_63493-11793.html</t>
+          <t>Skaner bezstykowy gom scan 1 to zaawansowane urządzenie oparte na technologii niebieskiego światła oraz projekcji prążków gom stosowane w inżynierii odwrotnej do cyfryzacji analizowanych wyrobów i obiektów. gom scan 1 jest wyposażony w zaawansowaną technologie blue light od firmy gom i działa na zasadzie kamery stereoskopowej co zapewnia wysoką precyzję pozyskiwania danych 3d.</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>Analiza widma częstotliwościowego</t>
+          <t>Skanowanie obiektów 3d. przetwarzanie i analiza danych ze skanera. inżynieria odwrotna. szybkie prototypowanie. przygotowanie do komputerowego wspomagania projektowania technologii. przeprowadzanie kontroli jakości skanowanej części.</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
-          <t>Zakres częstotliwości: 2hz - 85 ghz, szum fazowy &lt; -136 dbc, max analizowane pasmo: 8312 mhz</t>
+          <t>Rozdzielczość kamer: 6 mpx błąd pomiarowy: 0.003 mm obszar pomiarowy: 200 x 125mm. możliwość łączenia wielu obszarów pomiarowych w jeden obiekt. odległość od miejsca pomiaru: 450mm źródło światła: led oprogramowanie do obróbki skanów: inspect suite temperatura pracy: -20 do 55°c</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G34" t="inlineStr">
         <is>
-          <t>Do uzgodnienia z kierownikiem zespołu tmiewc</t>
+          <t>Udostępnianie infrastruktury wyłącznie za pośrednictwem upoważnionego pracownika katedry informatyki stosowanej i modelowania. zlecenie/ umowa/inna forma współpracy po uzgodnieniu.</t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
-          <t>Nie dotyczy</t>
+          <t>Certyfikat</t>
         </is>
       </c>
       <c r="I34" t="inlineStr">
         <is>
-          <t>Wydział informatyki, elektroniki i telekomunikacji</t>
+          <t>Katedra informatyki stosowanej i modelowania</t>
         </is>
       </c>
       <c r="J34" t="inlineStr">
         <is>
-          <t>Zespół techniki mikrofalowej i elektroniki wielkiej częstotliwości</t>
+          <t>Grupa badawcza cyfryzacji przemysłu i modelowania wieloskalowego (digitaris) / laboratorium inżynierii odwrotnej i wirtualnej rzeczywistości</t>
         </is>
       </c>
       <c r="K34" t="inlineStr">
         <is>
-          <t>Piekarz Ilona</t>
+          <t>Perzyński Konrad</t>
         </is>
       </c>
       <c r="L34" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/ilona-kinga-piekarz-8771.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/konrad-perzynski-7420.html</t>
         </is>
       </c>
       <c r="M34" t="inlineStr">
         <is>
-          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N34" t="inlineStr">
         <is>
-          <t>Analizator sygnału, analizator widma, pomiary mikrofalowe</t>
+          <t>Inżynieria odwrotna, profil powierzchni, skaning laserowy 3d</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>Wektorowy generator sygnału rohde &amp; schwarz smw100a</t>
+          <t>Analizator sygnału i widma rohde&amp;schwarz fsw85</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Wektorowe źródło sygnałów mikrofalowych z programowalnym modułem modulacji</t>
+          <t>Analizator widma fsw85</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>Wektorowy generator sygnału odpowiedni do większości nawet najbardziej wymagających zastosowań. urządzenie charakteryzuje się bardzo dobrą charakterystyką rf w zakresie częstotliwości 1oo khz do 44 ghz. więcej informacji: https://www.rohde-schwarz.com/no/product/smf100a-productstartpage_63493-8447.html</t>
+          <t>Wysokowydajny analizator sygnału i widma r&amp;s;®fsw pozwala inżynierom wykonanie nawet najbardziej wymagających zadań. charakteryzuje się szerokim pasmem pracy, które umożliwia charakteryzację szerokopasmowych komponentów i systemów komunikacyjnych. więcej informacji: https://www.rohde-schwarz.com/ca/product/fsw-productstartpage_63493-11793.html</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>Generacja sygnałów wektorowych</t>
+          <t>Analiza widma częstotliwościowego</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
-          <t>Zakres częstotliwości 100 khz - 44 ghz, pasmo modulacji rf do 1ghz</t>
+          <t>Zakres częstotliwości: 2hz - 85 ghz, szum fazowy &lt; -136 dbc, max analizowane pasmo: 8312 mhz</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G35" t="inlineStr">
         <is>
           <t>Do uzgodnienia z kierownikiem zespołu tmiewc</t>
         </is>
       </c>
       <c r="H35" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I35" t="inlineStr">
         <is>
           <t>Wydział informatyki, elektroniki i telekomunikacji</t>
         </is>
       </c>
       <c r="J35" t="inlineStr">
         <is>
           <t>Zespół techniki mikrofalowej i elektroniki wielkiej częstotliwości</t>
         </is>
       </c>
       <c r="K35" t="inlineStr">
         <is>
           <t>Piekarz Ilona</t>
         </is>
       </c>
       <c r="L35" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/ilona-kinga-piekarz-8771.html</t>
         </is>
       </c>
       <c r="M35" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
       <c r="N35" t="inlineStr">
         <is>
-          <t>Cyfrowa modulacja, generator sygnału, sygnały zespolone</t>
+          <t>Analizator sygnału, analizator widma, pomiary mikrofalowe</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
+          <t>Wektorowy generator sygnału rohde &amp; schwarz smw100a</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>Wektorowe źródło sygnałów mikrofalowych z programowalnym modułem modulacji</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>Wektorowy generator sygnału odpowiedni do większości nawet najbardziej wymagających zastosowań. urządzenie charakteryzuje się bardzo dobrą charakterystyką rf w zakresie częstotliwości 1oo khz do 44 ghz. więcej informacji: https://www.rohde-schwarz.com/no/product/smf100a-productstartpage_63493-8447.html</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>Generacja sygnałów wektorowych</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>Zakres częstotliwości 100 khz - 44 ghz, pasmo modulacji rf do 1ghz</t>
+        </is>
+      </c>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr">
+        <is>
+          <t>Do uzgodnienia z kierownikiem zespołu tmiewc</t>
+        </is>
+      </c>
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I36" t="inlineStr">
+        <is>
+          <t>Wydział informatyki, elektroniki i telekomunikacji</t>
+        </is>
+      </c>
+      <c r="J36" t="inlineStr">
+        <is>
+          <t>Zespół techniki mikrofalowej i elektroniki wielkiej częstotliwości</t>
+        </is>
+      </c>
+      <c r="K36" t="inlineStr">
+        <is>
+          <t>Piekarz Ilona</t>
+        </is>
+      </c>
+      <c r="L36" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/ilona-kinga-piekarz-8771.html</t>
+        </is>
+      </c>
+      <c r="M36" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+        </is>
+      </c>
+      <c r="N36" t="inlineStr">
+        <is>
+          <t>Cyfrowa modulacja, generator sygnału, sygnały zespolone</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
           <t>Stanowisko do badania administracyjnych systemów dynamicznego ważenia pojazdów</t>
         </is>
       </c>
-      <c r="B36" t="inlineStr">
+      <c r="B37" t="inlineStr">
         <is>
           <t>Stanowisko do badania administracyjnych systemów dynamicznego ważenia pojazdów</t>
         </is>
       </c>
-      <c r="C36" t="inlineStr">
+      <c r="C37" t="inlineStr">
         <is>
           <t>Stanowisko składa się z dwóch podsystemów:
 - kompleksowy system pomiarowy (waga dynamiczna wolnoprzejazdowa ls-wim  - 1 szt.,  system wim z czujnikami płytowymi  - 1 szt., stacja meteo - 1 szt.),
 - system wim z czujnikami kwarcowymi – 1 szt.</t>
         </is>
       </c>
-      <c r="D36" t="inlineStr">
+      <c r="D37" t="inlineStr">
         <is>
           <t>Zbudowana infrastruktura będzie wykorzystywana przede wszystkim w badaniach. ich celem jest określenie wpływu czynników środowiskowych na dokładność systemów wim wyposażonych w czujniki nacisku wykonane w różnych technologiach, testowanie nowych metod kalibracji systemów wim oraz testowanie różnych algorytmów zwiększających odporność systemów wim na zmieniające się warunki ich eksploatacji oraz zmiany prędkości ważonych pojazdów.</t>
         </is>
       </c>
-      <c r="E36" t="inlineStr">
+      <c r="E37" t="inlineStr">
         <is>
           <t>Możliwe są następujące pomiary:
 -analiza struktury i natężenia ruchu pojazdów,
 -pomiar podstawowych parametrów ruchu drogowego,
 -ważenie dynamiczne pojazdów (masa całkowita, nacisk statyczny osi),
 -badanie czynników środowiskowych (temp. powietrza, nawierzchni, drogi, prędkość i kierunek wiatru, opad atmosf., oblodzenie) na błędy ważenia pojazdów z podziałem na dwie technologie wykonania czujników nacisku.</t>
         </is>
       </c>
-      <c r="F36" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G36" t="inlineStr">
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr">
         <is>
           <t>Stanowisko może być udostępnione w miejscu zainstalowania, po uzgodnieniu programu badań z opiekunami stanowiska. 
 warunki materialne są negocjowane indywidualnie.</t>
         </is>
       </c>
-      <c r="H36" t="inlineStr">
+      <c r="H37" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I36" t="inlineStr">
+      <c r="I37" t="inlineStr">
         <is>
           <t>Katedra metrologii i elektroniki</t>
         </is>
       </c>
-      <c r="J36" t="inlineStr">
+      <c r="J37" t="inlineStr">
         <is>
           <t>Prof. janusz gajda, dr hab. inż. ryszard sroka prof. uczelni, dr hab. inż. piotr burnos prof. uczelni</t>
         </is>
       </c>
-      <c r="K36" t="inlineStr">
+      <c r="K37" t="inlineStr">
         <is>
           <t>Gajda Janusz</t>
         </is>
       </c>
-      <c r="L36" t="inlineStr">
+      <c r="L37" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/janusz-gajda-806.html</t>
         </is>
       </c>
-      <c r="M36" t="inlineStr">
+      <c r="M37" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N36" t="inlineStr">
+      <c r="N37" t="inlineStr">
         <is>
           <t>Czujniki nacisku</t>
-        </is>
-[...70 lines deleted...]
-          <t>Cienkie warstwy, rezystancyjna sonda, rozpylanie magnetronowe, sonda kelvina</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>Oscyloskop 8 kanałowy 2,5 ghz</t>
+          <t>Stanowisko do wytwarzania i badań in situ nanostruktur sensorowych</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Tektronix mso68b 6-bw-2500 oscyloskop</t>
+          <t>Stanowisko do wytwarzania i badań in situ nanostruktur sensorowych</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
-          <t>- 8 kanałów analogowych, szerokość pasma w każdym z kanałów: 2,5 ghz - natywna rozdzielczość przetwornika w pracy real-time: 12 bitów - rozdzielczość przetwornika min. 12 bitów przy włączonych min. 4 kanałach pomiarowych i paśmie pracy 2,5 ghz - rozdzielczość przetwornika min. 12 bitów przy włączonych wszystkich kanałach pomiarowych i paśmie pracy 2 ghz - częstotliwość próbkowania 50 gs/s przy włączonych 2 kanałach analogowych i 8 bitowym przetwarzaniu - częstotliwość próbkowania 12,5 gs/s przy włączonych wszystkich kanałach analogowych i 8 bitowym przetwarzaniu - długość rekordu pamięci w każdym kanale przy pracy równoczesnej wszystkich kanałów: 62,5m punktów z (w każdym kanale) - dostępna szybkość przechwytywania przebiegów 500 000 przebiegów/s - analiza widma z niezależnymi nastawami w dziedzinie częstotliwości i czasu, umożliwiająca jednoczesne wyświetlenie analizy w dziedzinie czasu i częstotliwości dla wszystkich kanałów analogowych z zachowaną korelacją czasową - wbudowane interfejsy komunikacyjne przynajmniej 3x usb 3.0 host, usb 3.0 device, lan (10/100/1000 base-t ethernet; zgodny z lxi), display port, dvi-i, vga - przekątna ekranu: 15,6" - rozdzielczość ekranu: full hd (1920 x 1080)</t>
+          <t>Technologiczno-pomiarowe stanowisko składające się z 5 niezależnych komór spełniających standardy ultra-wysokiej próżni (uhv) firmy prevac</t>
         </is>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>Pomiary, analiza, obrazowanie sygnałów elektrycznych.</t>
-[...2 lines deleted...]
-      <c r="E38" t="inlineStr"/>
+          <t xml:space="preserve">Nanoszenie cienkich warstw metodą reaktywnego rozpylania magnetronowego </t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Pomiary in-situ metodą sondy kelvina i rezystancyjnej sondy czteropunktowej </t>
+        </is>
+      </c>
       <c r="F38" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G38" t="inlineStr">
         <is>
-          <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
+          <t>Do uzgodnienia z kierownikiem laboratorium zlns</t>
         </is>
       </c>
       <c r="H38" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I38" t="inlineStr">
         <is>
-          <t>Katedra energoelektroniki i automatyki systemów przetwarzania energii</t>
+          <t>Instytut elektroniki</t>
         </is>
       </c>
       <c r="J38" t="inlineStr">
         <is>
-          <t>Ilb interdyscyplinarne laboratorium badawcze</t>
+          <t>Zintegrowane laboratorium nanostruktur sensorowych, http://www.zlns.agh.edu.pl/</t>
         </is>
       </c>
       <c r="K38" t="inlineStr">
         <is>
-          <t>Penczek Adam</t>
+          <t>Zakrzewska Katarzyna</t>
         </is>
       </c>
       <c r="L38" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/katarzyna-zakrzewska-3844.html</t>
         </is>
       </c>
       <c r="M38" t="inlineStr">
         <is>
-          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
       <c r="N38" t="inlineStr">
         <is>
-          <t>Analiza fft, częstotliwość próbkowania, oscyloskop cyfrowy, pasmo analogowe</t>
+          <t>Cienkie warstwy, rezystancyjna sonda, rozpylanie magnetronowe, sonda kelvina</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
+          <t>Oscyloskop 8 kanałowy 2,5 ghz</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>Tektronix mso68b 6-bw-2500 oscyloskop</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>- 8 kanałów analogowych, szerokość pasma w każdym z kanałów: 2,5 ghz - natywna rozdzielczość przetwornika w pracy real-time: 12 bitów - rozdzielczość przetwornika min. 12 bitów przy włączonych min. 4 kanałach pomiarowych i paśmie pracy 2,5 ghz - rozdzielczość przetwornika min. 12 bitów przy włączonych wszystkich kanałach pomiarowych i paśmie pracy 2 ghz - częstotliwość próbkowania 50 gs/s przy włączonych 2 kanałach analogowych i 8 bitowym przetwarzaniu - częstotliwość próbkowania 12,5 gs/s przy włączonych wszystkich kanałach analogowych i 8 bitowym przetwarzaniu - długość rekordu pamięci w każdym kanale przy pracy równoczesnej wszystkich kanałów: 62,5m punktów z (w każdym kanale) - dostępna szybkość przechwytywania przebiegów 500 000 przebiegów/s - analiza widma z niezależnymi nastawami w dziedzinie częstotliwości i czasu, umożliwiająca jednoczesne wyświetlenie analizy w dziedzinie czasu i częstotliwości dla wszystkich kanałów analogowych z zachowaną korelacją czasową - wbudowane interfejsy komunikacyjne przynajmniej 3x usb 3.0 host, usb 3.0 device, lan (10/100/1000 base-t ethernet; zgodny z lxi), display port, dvi-i, vga - przekątna ekranu: 15,6" - rozdzielczość ekranu: full hd (1920 x 1080)</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>Pomiary, analiza, obrazowanie sygnałów elektrycznych.</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr"/>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr">
+        <is>
+          <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
+        </is>
+      </c>
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I39" t="inlineStr">
+        <is>
+          <t>Katedra energoelektroniki i automatyki systemów przetwarzania energii</t>
+        </is>
+      </c>
+      <c r="J39" t="inlineStr">
+        <is>
+          <t>Ilb interdyscyplinarne laboratorium badawcze</t>
+        </is>
+      </c>
+      <c r="K39" t="inlineStr">
+        <is>
+          <t>Penczek Adam</t>
+        </is>
+      </c>
+      <c r="L39" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
+        </is>
+      </c>
+      <c r="M39" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N39" t="inlineStr">
+        <is>
+          <t>Analiza fft, częstotliwość próbkowania, oscyloskop cyfrowy, pasmo analogowe</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
           <t>System szybkiego prototypowania sterowania</t>
         </is>
       </c>
-      <c r="B39" t="inlineStr">
+      <c r="B40" t="inlineStr">
         <is>
           <t>System szybkiego prototypowania sterowania  b-box 3.0</t>
         </is>
       </c>
-      <c r="C39" t="inlineStr">
+      <c r="C40" t="inlineStr">
         <is>
           <t>Kontroler do szybkiego prototypowania dsp+fpga dla energoelektroniki
 system on chip:        xilinx zynq xc7z030-3fbg676e  dsp / processing: 2x arm cortex a9 1ghz 1gb ddr3 fpga:            xilinx kintex 7 125k (programowalny przez użytkownika); xilinx artix 7 35t (pomocniczy) wejścia analogowe:        16x 16 bitów @ 500ksps, próbkowanie symultaniczne, programowalny front-end full-differential wyjścia pwm:        16x optyczne; 32x elektryczne (3.3v) high-speed i/os użytkownika:    36x elektryczne (3.3v) wyjścia cyfrowe:    16x elektryczne (3.3v/5.0v) wejścia cyfrowe:        16x elektryczne (3.3v/5.0v)     wejścia błędów:        16x elektryczne (3,3v); 1x blokada elektryczna; 1x blokada optyczna.     wejścia dekodera przyrostowego:    4x 3-pinowe (a,b,z) (współdzielone z wejściami gpi)     komunikacja:        1x can; 1x ethernet 1 gbps; 3x sfp+ 5gbps (realsync)</t>
         </is>
       </c>
-      <c r="D39" t="inlineStr">
+      <c r="D40" t="inlineStr">
         <is>
           <t>B-box jest systemem szybkiego prototypowania sterowania (rcp) dla aplikacji energoelektronicznych. ułatwia on eksperymentalną walidację sterowania przekształtników mocy.
 system jest w pełni programowalny, w tym zarówno jego procesor dsp, jak i fpga, dzięki czemu nawet najbardziej zaawansowane algorytmy sterowania mogą być skutecznie testowane w środowisku laboratoryjnym. sterownik rcp wspiera również monitorowanie i debugowanie w czasie rzeczywistym.</t>
         </is>
       </c>
-      <c r="E39" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G39" t="inlineStr">
+      <c r="E40" t="inlineStr"/>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G40" t="inlineStr">
         <is>
           <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
         </is>
       </c>
-      <c r="H39" t="inlineStr">
+      <c r="H40" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I39" t="inlineStr">
+      <c r="I40" t="inlineStr">
         <is>
           <t>Katedra energoelektroniki i automatyki systemów przetwarzania energii</t>
         </is>
       </c>
-      <c r="J39" t="inlineStr">
+      <c r="J40" t="inlineStr">
         <is>
           <t>Ilb interdyscyplinarne laboratorium badawcze</t>
         </is>
       </c>
-      <c r="K39" t="inlineStr">
+      <c r="K40" t="inlineStr">
         <is>
           <t>Penczek Adam</t>
         </is>
       </c>
-      <c r="L39" t="inlineStr">
+      <c r="L40" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
         </is>
       </c>
-      <c r="M39" t="inlineStr">
+      <c r="M40" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N39" t="inlineStr">
+      <c r="N40" t="inlineStr">
         <is>
           <t>Matlab, systemszybkiegoprototypowania</t>
-        </is>
-[...70 lines deleted...]
-          <t>Nanoszenie cienkich warstw, trawienie cienkich warstw</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Edometry</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Zestaw edometrów firmy controls</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie służy do określenia edometrycznych modułów ściśliwości gruntu w zakresie obciążeń od 12,5 kpa do 1600 kpa. </t>
         </is>
       </c>
       <c r="D41" t="inlineStr">
         <is>
           <t>Urządzenie służy do określenia edometrycznych modułów ściśliwości gruntu, na podstawie których można obliczyć wielkość osiadania podłoża gruntowego pod wpływem obciążenia (obciążenia pod fundamentem, nasypem itp.). aparat pozwala także na określenie parametrów pęcznienia gruntu. istnieje też możliwość określenia współczynnika filtracji przy zmiennym gradiencie hydraulicznym dla różnych obciążeń.</t>
         </is>
       </c>
       <c r="E41" t="inlineStr">