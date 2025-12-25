--- v0 (2025-10-30)
+++ v1 (2025-12-25)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:N15"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,741 +493,1044 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Skaner laserowy emesent hovermap stx (lidar)</t>
+          <t>Maszyna czasu rzeczywistego</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Skaner laserowy emesent hovermap stx</t>
+          <t>Maszyna czasu rzeczywistego</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Emesent hovermap st-x to zaawansowany mobilny system mapowania lidar, który łączy wysokowydajne skanowanie laserowe z wszechstronnymi możliwościami montażu. zaprojektowany do pracy w różnorodnych środowiskach - wewnętrznych, zewnętrznych, podziemnych, oraz w miejscach pozbawionych sygnału gps. umożliwia szybkie, bezpieczne i precyzyjne pozyskiwanie danych 3d. hovermap st-x może być montowany na dronach, pojazdach, plecakach lub używany ręcznie, co czyni go wyjątkowo elastycznym rozwiązaniem do skanowania z powietrza i z poziomu gruntu. jego wytrzymała obudowa o klasie szczelności ip65 zapewnia niezawodną pracę w trudnych warunkach terenowych, takich jak kurz, wilgoć czy nierówne podłoże. funkcje autonomii, takie jak nawigacja po punktach trasy i unikanie przeszkód, umożliwiają realizację długich misji w złożonych lub niebezpiecznych środowiskach, w których sterowanie ręczne byłoby trudne lub ryzykowne.</t>
+          <t>Maszyna czasu rzeczywistego speedgoat skalowalny, wysokowydajny system testowy działający w czasie rzeczywistym do symulacji sprzętowej (hil) i szybkiego prototypowania sterowania. system jest wyposażony w wydajny wielordzeniowy procesor zapewniający integrację z środowiskiem matlab (matlab r2021a lub nowszy) i układy fpga programowalne w simulink poprzez simulink real-time, co pozwala osiągnąć częstotliwości próbkowania w pętli zamkniętej sięgające zakresu mhz.
+kompletna maszyna czasu rzeczywistego: procesor intel core i7 4,2 ghz , 64 gb pamięci ram, pamięć flash 120 gb, 2tb ssd,  akcesoria: io135 - moduł analogowego wejścia/wyjścia 16-bitowego o niskim opóźnieniu z 32 różnicowymi jednoczesnymi kanałami wejścia analogowego  io334-325k-10v - programowalny moduł wejść/wyjść oparty na układzie fpga simulink z 16 x 5 mhz jednoczesnym próbkowaniem 16-bitowym  moduł ttl-optyczny  - moduł kondycjonujący sygnał, przekształcający 8 sygnałów ttl na wyjścia optyczne. optical-to-ttl module  - moduł kondycjonowania sygnału przekształcający 8 optycznych sygnałów wejściowych na ttl. bce12-0805 - moduł emulatora ogniw  akumulatorowych z 12 niezależnymi i izolowanymi kanałami do 8 v i 5 a każdy, do emulowania zachowania akumulatora i przeprowadzania precyzyjnych testów systemów zarządzania akumulatorami aż do poziomu ogniw.   fiu12-1 - moduł symulowania awarii  programowalna jednostka symulowania awarii z 12 niezależnymi kanałami do emulacji awarii ogniw. tse12-1000-1 - moduł emulatora czujnika temperatury  z 12 niezależnymi kanałami o wysokiej precyzji do precyzyjnej symulacji profili temperatury w szerokim zakresie warunków temperaturowych.</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>To urządzenie otwiera szerokie możliwości badawcze w dziedzinach takich jak analiza geoprzestrzenna, monitoring środowiska, archeologia, górnictwo czy inspekcja infrastruktury. dzięki zdolności do działania bez sygnału gps doskonale sprawdza się w mapowaniu podziemnych wyrobisk, tuneli czy gęstych koron drzew. naukowcy mogą go używać do dokumentowania zabytków, monitorowania erozji, analizy roślinności lub tworzenia dokładnych modeli 3d istniejących obiektów.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Testowanie, walidacjia i prototypowanie w czasie rzeczywistym przy użyciu środowiska matlab/simulink.  prototypowanie sterowania w czasie rzeczywistym (rcp) hardware-in-the-loop (hil) szybkie przetwarzanie sygnałów komunikacja i integracja sprzętowa testowanie systemów czasu rzeczywistego badania układów mechatronicznych i robotycznych bezpośrednia współpraca z matlab/simulink</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr"/>
       <c r="F2" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
+          <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
-          <t>Centrum doskonałości sztucznej inteligencji</t>
+          <t>Biuro administracyjne wydziału</t>
         </is>
       </c>
       <c r="J2" t="inlineStr"/>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Brodzicki Andrzej</t>
+          <t>Penczek Adam</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/andrzej-brodzicki-9722.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>Lidar, skaner</t>
+          <t>Automatyzacja, badania laboratryjne, prototypowanie, robotyka</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
+          <t>Platforma badawczo-rozwojowa dla inteligentnych wieloagentowych robotycznych systemów rojowych</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Platforma badawczo-rozwojowa dla inteligentnych wieloagentowych robotycznych systemów rojowych</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>Roboty rosbot xl firmy husarion – uniwersalne, natywne dla ros 2 autonomiczne platformy mobilne przeznaczone do zastosowań badawczo-rozwojowych i szybkiego prototypowania w warunkach indoor. konstrukcja mechaniczna oparta jest na sztywnej ramie z malowanej proszkowo płyty aluminiowej (podwozie 1,5 mm, płyta górna 3 mm), co zapewnia wysoką wytrzymałość przy zachowaniu niewielkiej masy. typowe wymiary platformy (bez dodatkowych sensorów) wynoszą ok. 332 × 325 × 133,5 mm, masa ok. 5,38 kg. maksymalna prędkość liniowa robota to ok. 0,8 m/s (≈ 3 km/h), maksymalna prędkość kątowa 180°/s, a dopuszczalne obciążenie użyteczne sięga 10 kg. napęd stanowią cztery silniki prądu stałego z przekładniami i enkoderami inkrementalnymi, pozwalające na precyzyjne sterowanie ruchem i estymację odometrii. robot dostarczany jest z dwoma kompletami kół: klasycznymi kołami ogumionymi oraz kołami mecanum umożliwiającymi ruch holonomiczny (jazda w bok, ruchy diagonalne), co istotnie zwiększa manewrowość platformy w ograniczonych przestrzeniach laboratoryjnych.</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>1. autonomiczna nawigacja i lokalizacja 
+2. percepcja, wizyjne systemy percepcyjne i ai 
+3. sterowanie zespołem robotów, formacje i roje 
+4. integracja z systemami zewnętrznymi i przemysłem 4.0 
+5. zastosowania edukacyjne i dydaktyczne</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">1. pomiary kinematyczne i położenia 
+2. pomiary środowiska i otoczenia 
+3. pomiary czasowe i eksperymentalne 
+4. pomiary energetyczne i obciążenia 
+5. rejestracja i przetwarzanie danych </t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>Wedle uzgodnień</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>Katedra automatyki i robotyki</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>Laboratorium sztucznej inteligencji i pojazdów autonomicznych</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>Długosz Marek</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marek-dlugosz-5524.html</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>Mobilny robot autonomiczny, platforma badawcza ros 2, robotyka mobilna indor</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>Oscyloskop minimum 4-kanałowy</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Oscyloskop minimum 4-kanałowy i z pasmem analogowym 4.0 ghz oraz kompatybilnym z posiadanymi już sondami tdp1500, tdp3500, tivh08</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>Oscyloskop sygnałów mieszanych tektronix mso64b-6-bw-4000 zapewnia wysoką  jakość sygnałów pomiarowych do dalszej analizy i debugowania współczesnych systemów wbudowanych z zegarami i magistralami o częstotliwościach rzędu pojedynczych gigaherców. urządzenie wyposażono w interfejs dotykowy, duży wyświetlacz 15,6” oraz wejścia flexchannel, które pozwalają mierzyć jeden sygnał analogowy lub osiem sygnałów cyfrowych na kanał.</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>Pomiary, analiza, obrazowanie sygnałów elektrycznych o dużej dynamice zmian.</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>Analogowe pasmo pracy każdego kanału: 4ghz
+częstotliwość próbkowania: 25gsps (4 kanały), 50gsps (2 kanały)
+długość rekordu pamięci dla każdego kanału: 1gs próbek.</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Dostęp do sprzętu możliwy w pomieszczeniach laboratorium alice agh, po uprzednim uzgodnieniu terminu realizacji pomiarów. 
+dostęp możliwy tylko dla pracowników i doktorantów agh.
+pomieszczenia laboratorium alice agh 413/c2 w terminie uzgodnionym z opiekunem laboratorium</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>Wydział informatyki, elektroniki i telekomunikacji</t>
+        </is>
+      </c>
+      <c r="J4" t="inlineStr">
+        <is>
+          <t>Instytut elektroniki</t>
+        </is>
+      </c>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>Worek Cezary</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/cezary-worek-3702.html</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>Analiza, obrazowanie, obrazowanie sygnałów, oscyloskop, oscyloskop cyfrowy, pomiar, sygnał</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>Generator funkcyjny / arbitralny dwukanałowy pracujący w paśmie co najmniej 1mhz do 1000 mhz</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Generator arbitralny</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>Generator funkcyjny / arbitralny dwukanałowy pracujący w paśmie co najmniej od 1mhz do 1000 mhz pozwalający na generację sygnałów w trybie dwukanałowym i impedancji wyjściowej 50 ohm.
+generator arbitralny siglent sdg7102a oferuje dwa kanały o paśmie do 1 ghz, maksymalnej częstotliwości próbkowania 5 gsa/s i rozdzielczości 14 bitów. umożliwia generowanie przebiegów arbitralnych, sygnałów wektorowych oraz typowych sygnałów testowych, takich jak dc, pulse, noise czy prbs. obsługuje funkcje modulacji, przemiatania, burst-u i synchronizacji kanałów, a wyjścia różnicowe lub single-ended zapewniają amplitudę do ±24 v. dzięki unikalnym cechom sdg7102a idealnie sprawdza się w zaawansowanych testach i badaniach sygnałów wysokiej częstotliwości i dużych amplitudach.</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>Rodzaje przebiegów wyjściowych:
+sinus, prostokąt, impuls (możliwość regulacji zbocza narastającego i opadającego niezależnie), dc, szum biały. możliwość zdefiniowania dowolnego przebiegu na dwóch kanałach.
+zakres częstotliwości pracy:
+- przebieg sinusoidalny: 1 mhz do 1000 mhz;
+- przebieg impulsowy: 1 mhz do 300 mhz;
+generowanie sygnałów elektronicznych analogowych oraz cyfrowych.</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>Pasmo pracy każdego kanału: 1 ghz
+częstotliwość próbkowania: 5 gsps
+maksymalna długość pamięci dla każdego kanału: 512 mpts.</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
+        <is>
+          <t>Dostęp do sprzętu możliwy w pomieszczeniach laboratorium alice agh, po uprzednim uzgodnieniu terminu realizacji pomiarów. 
+dostęp możliwy tylko dla pracowników i doktorantów agh.
+pomieszczenia laboratorium alice agh 413/c2 w terminie uzgodnionym z opiekunem laboratorium</t>
+        </is>
+      </c>
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I5" t="inlineStr">
+        <is>
+          <t>Wydział informatyki, elektroniki i telekomunikacji</t>
+        </is>
+      </c>
+      <c r="J5" t="inlineStr">
+        <is>
+          <t>Instytut elektroniki</t>
+        </is>
+      </c>
+      <c r="K5" t="inlineStr">
+        <is>
+          <t>Worek Cezary</t>
+        </is>
+      </c>
+      <c r="L5" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/cezary-worek-3702.html</t>
+        </is>
+      </c>
+      <c r="M5" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N5" t="inlineStr">
+        <is>
+          <t>Generator, generator arbitralny, modulacja, pasmo, przemiatanie, sygnał</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>Skaner laserowy emesent hovermap stx (lidar)</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Skaner laserowy emesent hovermap stx</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>Emesent hovermap st-x to zaawansowany mobilny system mapowania lidar, który łączy wysokowydajne skanowanie laserowe z wszechstronnymi możliwościami montażu. zaprojektowany do pracy w różnorodnych środowiskach - wewnętrznych, zewnętrznych, podziemnych, oraz w miejscach pozbawionych sygnału gps. umożliwia szybkie, bezpieczne i precyzyjne pozyskiwanie danych 3d. hovermap st-x może być montowany na dronach, pojazdach, plecakach lub używany ręcznie, co czyni go wyjątkowo elastycznym rozwiązaniem do skanowania z powietrza i z poziomu gruntu. jego wytrzymała obudowa o klasie szczelności ip65 zapewnia niezawodną pracę w trudnych warunkach terenowych, takich jak kurz, wilgoć czy nierówne podłoże. funkcje autonomii, takie jak nawigacja po punktach trasy i unikanie przeszkód, umożliwiają realizację długich misji w złożonych lub niebezpiecznych środowiskach, w których sterowanie ręczne byłoby trudne lub ryzykowne.</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>To urządzenie otwiera szerokie możliwości badawcze w dziedzinach takich jak analiza geoprzestrzenna, monitoring środowiska, archeologia, górnictwo czy inspekcja infrastruktury. dzięki zdolności do działania bez sygnału gps doskonale sprawdza się w mapowaniu podziemnych wyrobisk, tuneli czy gęstych koron drzew. naukowcy mogą go używać do dokumentowania zabytków, monitorowania erozji, analizy roślinności lub tworzenia dokładnych modeli 3d istniejących obiektów.</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>Urządzenie wykorzystuje wysokiej klasy sensor lidar z 32 kanałami, zdolny do rejestracji do 1,92 miliona punktów na sekundę w trybie wielo-odbiciowym. umożliwia to tworzenie gęstych i szczegółowych chmur punktów 3d. urządzenie ma zasięg do 300 metrów. zachowuje wysoką precyzję, z dokładnością rzędu ±10 mm w zamkniętych przestrzeniach.</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
+        <is>
+          <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
+        </is>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>Centrum doskonałości sztucznej inteligencji</t>
+        </is>
+      </c>
+      <c r="J6" t="inlineStr"/>
+      <c r="K6" t="inlineStr">
+        <is>
+          <t>Brodzicki Andrzej</t>
+        </is>
+      </c>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/andrzej-brodzicki-9722.html</t>
+        </is>
+      </c>
+      <c r="M6" t="inlineStr">
+        <is>
+          <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N6" t="inlineStr">
+        <is>
+          <t>Lidar, skaner</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
           <t>Mobilny robot kroczący</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B7" t="inlineStr">
         <is>
           <t>Robot kroczący spot</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C7" t="inlineStr">
         <is>
           <t xml:space="preserve">Spot to kroczący, autonomiczny robot mobilny wyposażony w 5 kamer stereowizyjnych, które umożliwiają omijanie przeszkód oraz poruszanie się po trudnym terenie. robot posiada możliwość pracy w trybie autonomicznym, zbierania danych, integracji z urządzeniami pomiarowymi oraz komunikacji zdalnej. dodatkowo platforma mobilna została wyposażona przez zespół badawczy w zintegrowany moduł diagnostyczny jako element rozszerzający funkcjonalność badawczą platformy mobilnej.
  </t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D7" t="inlineStr">
         <is>
           <t>Inspekcja środowisk przemysłowych w tym badań nieniszczących
 mapowanie terenu oraz wykonywanie segmentacji semantycznej
 eksploracja nieznanego terenu
 algorytmy kognitywne oraz autonomiczne podejmowanie decyzji
 transport sprzętu badawczego
 zadania manipulacyjne (w przypadku wyposażenia w manipulator)</t>
         </is>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E7" t="inlineStr">
         <is>
           <t>Robot jest wyposażony w opracowany moduł inspekcyjny składający się z kamery termowizyjnej, kamery akustyczne, czujnika lidar, kamery 360, czujnika metanu oraz komputera pokładowego.
 robot może również zostać wyposażony w inne czujniki np. skaner laserowy.
 platforma posiada moduły rozszerzeń core io oraz gxp, które umożliwiają prostą integrację sprzętu pomiarowego. rodzaj i typ sprzętu ograniczony jest jedynie przez wagę (i objętość) oraz wymaganą moc.</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F7" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G3" t="inlineStr">
+      <c r="G7" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań.  w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
+      <c r="H7" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I7" t="inlineStr">
         <is>
           <t>Katedra robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="J3" t="inlineStr">
+      <c r="J7" t="inlineStr">
         <is>
           <t>Zespół robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="K3" t="inlineStr">
+      <c r="K7" t="inlineStr">
         <is>
           <t>Koszyk Joanna</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="L7" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/joanna-koszyk-10624.html</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="M7" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="N7" t="inlineStr">
         <is>
           <t>Robot autonomiczny, robot kroczący, robotyka, robotyka mobilna</t>
         </is>
       </c>
     </row>
-    <row r="4">
-      <c r="A4" t="inlineStr">
+    <row r="8">
+      <c r="A8" t="inlineStr">
         <is>
           <t>Wirtualne laboratorium komputerowe w.i.m.i r.</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B8" t="inlineStr">
         <is>
           <t>Wirtualne laboratorium komputerowe w.i.m.i r.</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C8" t="inlineStr">
         <is>
           <t>Wirtualne laboratorium komputerowe zostało opracowane i wdrożone w 2023r. na wydziale inżynierii mechanicznej i robotyki. wdrożone laboratorium umożliwia prowadzenie prac projektowych i realizację analiz numerycznych z zastosowanie klastra komputerowego składającego się z  3 serwerów opartych o procesory intel xeon (łącznie 96 rdzeni i 1,1tb ram) oraz 3 kart gpu nvidia ampere a40  48 gb .
 laboratorium umożliwia zdalne oraz hybrydowe prowadzenie zajęć na zainstalowanym oprogramowaniu zarówno z terenu uczelni jak również z dowolnego miejsca na świecie poprzez połączenie vpn. zasoby serwerów a co za tym idzie również laboratorium mogą być wykorzystane również do badań naukowych.</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D8" t="inlineStr">
         <is>
           <t>Aparatura przeznaczona do wspomagania procesów projektowania wykorzystujących cad/cae  jak również wysokowydajnych symulacji naukowych (hpc),</t>
         </is>
       </c>
-      <c r="E4" t="inlineStr"/>
-      <c r="F4" t="inlineStr">
+      <c r="E8" t="inlineStr"/>
+      <c r="F8" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G4" t="inlineStr">
+      <c r="G8" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki bada</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
+      <c r="H8" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I4" t="inlineStr">
+      <c r="I8" t="inlineStr">
         <is>
           <t>Katedra robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr"/>
-      <c r="K4" t="inlineStr">
+      <c r="J8" t="inlineStr"/>
+      <c r="K8" t="inlineStr">
         <is>
           <t>Mańka Michał</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L8" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/michal-manka-7202.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M8" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N8" t="inlineStr">
         <is>
           <t>Cad, modelowanie, symulacje, wirtualizacja zasobów</t>
         </is>
       </c>
     </row>
-    <row r="5">
-      <c r="A5" t="inlineStr">
+    <row r="9">
+      <c r="A9" t="inlineStr">
         <is>
           <t>Mobilny robot kroczący spot</t>
         </is>
       </c>
-      <c r="B5" t="inlineStr">
+      <c r="B9" t="inlineStr">
         <is>
           <t>Robot kroczący spot</t>
         </is>
       </c>
-      <c r="C5" t="inlineStr">
+      <c r="C9" t="inlineStr">
         <is>
           <t>Spot to kroczący, autonomiczny robot mobilny, który porusza się po różnym (w tym trudnym) terenie. posiada możliwość pracy autonomicznej, zbierania danych, integracji z urządzeniami pomiarowymi oraz komunikacji zdalnej.</t>
         </is>
       </c>
-      <c r="D5" t="inlineStr">
+      <c r="D9" t="inlineStr">
         <is>
           <t>Mapowanie terenu
 zastosowanie jako platforma do transportu sprzętu badawczego
 zadania manipulacyjne (w przypadku wyposażenia w manipulator)</t>
         </is>
       </c>
-      <c r="E5" t="inlineStr">
+      <c r="E9" t="inlineStr">
         <is>
           <t>Robot może być wyposażony w różnego rodzaju sprzęt pomiarowy: np. kamery (w tym kamery termowizyjne), mikrofony, czujniki akustyczne, lidary i wielle innych. rodzaj i typ sprzętu ograniczony jest jedynie przez wagę (i objętość).</t>
         </is>
       </c>
-      <c r="F5" t="inlineStr">
+      <c r="F9" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G5" t="inlineStr">
+      <c r="G9" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr">
+      <c r="H9" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I5" t="inlineStr">
+      <c r="I9" t="inlineStr">
         <is>
           <t>Centrum doskonałości sztucznej inteligencji</t>
         </is>
       </c>
-      <c r="J5" t="inlineStr"/>
-      <c r="K5" t="inlineStr">
+      <c r="J9" t="inlineStr"/>
+      <c r="K9" t="inlineStr">
         <is>
           <t>Brodzicki Andrzej</t>
         </is>
       </c>
-      <c r="L5" t="inlineStr">
+      <c r="L9" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/andrzej-brodzicki-9722.html</t>
         </is>
       </c>
-      <c r="M5" t="inlineStr">
+      <c r="M9" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N5" t="inlineStr">
+      <c r="N9" t="inlineStr">
         <is>
           <t>Robot, robot kroczący, robotyka mobilna</t>
         </is>
       </c>
     </row>
-    <row r="6">
-      <c r="A6" t="inlineStr">
+    <row r="10">
+      <c r="A10" t="inlineStr">
         <is>
           <t>Superkomputer helios</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B10" t="inlineStr">
         <is>
           <t>Superkomputer helios</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C10" t="inlineStr">
         <is>
           <t>Superkomputer helios to system zainstalowany w ack cyfronet agh, a powstały w wyniku prac realizowanych w koordynowanym przez cyfronet projekcie narodowa infrastruktura superkomputerowa dla eurohpc – eurohpc pl. superkomputer został zbudowany według projektu cyfronetu przez hewlett-packard enterprise w oparciu o platformę hpe cray ex4000 i składa się z trzech partycji obliczeniowych:
 	cpu wyposażonej w 75 264 rdzeni obliczeniowych amd zen4 oraz 200 tb pamięci operacyjnej ddr5,
 	gpu wyposażonej w 440 superczipów nvidia grace hopper gh200,
 	int dla pracy interaktywnej, wyposażonej w 24 akceleratory nvidia h100 i szybką lokalną pamięć nvme.
 helios osiąga 35 petaflops teoretycznej mocy obliczeniowej. 
 podsystem dyskowy heliosa składa się z dwóch rodzajów systemów plików lustre: scratch o pojemności 1,5 pb i prędkości ponad 1,8 tb/s oraz project o pojemności 16 pb i prędkości niemal 200 gb/s. wszystkie komponenty superkomputera połączone są ze sobą siecią slingshot o prędkości 200 gb/s. platforma hpe cray ex4000, w oparciu o którą zbudowano heliosa, jest także używana w budowie najszybszych superkomputerów na świecie (frontier) oraz w europie (lumi). dzięki bezpośredniemu chłodzeniu cieczą partycji cpu i gpu, możliwe jest osiągnięcie bardzo niskiego wskaźnika pue (power usage effectiveness) dla systemu, a w efekcie zwiększenie jego efektywności energetycznej i obniżenie kosztów eksploatacji. dodatkowo, dzięki odzyskowi ciepła odpadowego produkowanego przez heliosa, możliwe będzie wykorzystanie go do ogrzewania.</t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D10" t="inlineStr">
         <is>
           <t>Helios jest dostępny zarówno dla jednostek naukowych, jak i podmiotów gospodarki i administracji publicznej. superkomputer wspiera rozwój innowacyjnych badań oraz przyspieszenie wprowadzania na rynek opartych na nich technologii. moc obliczeniowa heliosa dla obliczeń ai to 1,8 exaflops.</t>
         </is>
       </c>
-      <c r="E6" t="inlineStr"/>
-      <c r="F6" t="inlineStr">
+      <c r="E10" t="inlineStr"/>
+      <c r="F10" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G6" t="inlineStr">
+      <c r="G10" t="inlineStr">
         <is>
           <t>Zasoby obliczeniowe ack cyfronet agh wchodzą w skład infrastruktury plgrid (http://www.plgrid.pl/). konto dostępowe do infrastruktury plgrid uzyskuje się poprzez rejestrację w portalu plgrid (https://portal.plgrid.pl/). więcej informacji znajduje się pod adresem url: https://www.cyfronet.pl/komputery/13347,artykul,zasady_swiadczenia_uslug.html</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
+      <c r="H10" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I6" t="inlineStr">
+      <c r="I10" t="inlineStr">
         <is>
           <t>Akademickie centrum komputerowe cyfronet agh</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr"/>
-      <c r="K6" t="inlineStr">
+      <c r="J10" t="inlineStr"/>
+      <c r="K10" t="inlineStr">
         <is>
           <t>Magryś Marek</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L10" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-magrys-6812.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M10" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N10" t="inlineStr">
         <is>
           <t>Gpgpu, hpc, infrastruktura plgrid, komputery dużej mocy, obliczenia numeryczne, superkomputer, symulacje, sztuczna inteligencja, top500, uczenie maszynowe</t>
         </is>
       </c>
     </row>
-    <row r="7">
-      <c r="A7" t="inlineStr">
+    <row r="11">
+      <c r="A11" t="inlineStr">
         <is>
           <t>Superkomputer athena</t>
         </is>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B11" t="inlineStr">
         <is>
           <t>Superkomputer athena</t>
         </is>
       </c>
-      <c r="C7" t="inlineStr">
+      <c r="C11" t="inlineStr">
         <is>
           <t xml:space="preserve">Athena osiąga teoretyczną moc obliczeniową ponad 7,7 pflops, co zapewniło maszynie zajęcie 105 miejsca w czerwcu 2022 r. na liście top500. do momentu instalacji heliosa był to najszybszy superkomputer w polsce. zainstalowany w ack cyfronet agh system dostarcza polskiemu środowisku naukowemu i innowacyjnej gospodarce najnowocześniejsze zasoby obliczeniowe oparte na procesorach i akceleratorach gpgpu najnowszej generacji wraz z niezbędnym podsystemem składowania danych opartym na bardzo szybkich pamięciach flash. konfiguracja atheny obejmuje: 48 serwerów z procesorami amd epyc i 1 tb pamięci ram (w sumie 6144 rdzenie obliczeniowe cpu) oraz 384 karty gpgpu nvidia a100.
 niezbędnym elementem umożliwiającym wykorzystanie tak dużej mocy obliczeniowej w efektywny sposób jest zapewnienie wysokowydajnej sieci wewnętrznej superkomputera (infiniband hdr o przepustowości 4 x 200 gb/s na serwer) oraz bardzo szybkiego podsystemu dyskowego. jest on zbudowany w oparciu o otwarte oprogramowanie lustre oraz dedykowane serwery dyskowe wyposażone w pamięci flash w standardzie nvme. system został zainstalowany w istniejącym centrum danych cyfronetu oraz zintegrowany z infrastrukturą plgrid.
  </t>
         </is>
       </c>
-      <c r="D7" t="inlineStr">
+      <c r="D11" t="inlineStr">
         <is>
           <t>Architektura atheny wychodzi naprzeciw potrzebom użytkowników superkomputerów cyfronetu, którzy wykorzystują infrastrukturę obliczeniową zarówno do wykonywania standardowych wysokowydajnych symulacji naukowych (hpc), jak i do aplikowania metod sztucznej inteligencji (ai) i uczenia maszynowego (ml) w badaniach z zakresu medycyny, farmakologii, biologii, chemii, fizyki i wielu innych dziedzin nauki. moc obliczeniowa atheny dla obliczeń ai to prawie 240 pflops.</t>
         </is>
       </c>
-      <c r="E7" t="inlineStr"/>
-      <c r="F7" t="inlineStr">
+      <c r="E11" t="inlineStr"/>
+      <c r="F11" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G7" t="inlineStr">
+      <c r="G11" t="inlineStr">
         <is>
           <t>Zasoby obliczeniowe ack cyfronet agh wchodzą w skład infrastruktury plgrid (http://www.plgrid.pl/). konto dostępowe do infrastruktury plgrid uzyskuje się poprzez rejestrację w portalu plgrid (https://portal.plgrid.pl/).</t>
         </is>
       </c>
-      <c r="H7" t="inlineStr">
+      <c r="H11" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I7" t="inlineStr">
+      <c r="I11" t="inlineStr">
         <is>
           <t>Akademickie centrum komputerowe cyfronet agh</t>
         </is>
       </c>
-      <c r="J7" t="inlineStr"/>
-      <c r="K7" t="inlineStr">
+      <c r="J11" t="inlineStr"/>
+      <c r="K11" t="inlineStr">
         <is>
           <t>Magryś Marek</t>
         </is>
       </c>
-      <c r="L7" t="inlineStr">
+      <c r="L11" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-magrys-6812.html</t>
         </is>
       </c>
-      <c r="M7" t="inlineStr">
+      <c r="M11" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N7" t="inlineStr">
+      <c r="N11" t="inlineStr">
         <is>
           <t>Gpgpu, hpc, infrastruktura plgrid, komputery dużej mocy, obliczenia numeryczne, superkomputer, symulacje, sztuczna inteligencja, top500, uczenie maszynowe</t>
         </is>
       </c>
     </row>
-    <row r="8">
-      <c r="A8" t="inlineStr">
+    <row r="12">
+      <c r="A12" t="inlineStr">
         <is>
           <t>Serwer macierzowy hpe alletra 6010</t>
         </is>
       </c>
-      <c r="B8" t="inlineStr">
+      <c r="B12" t="inlineStr">
         <is>
           <t>Serwer macierzowy hpe alletra 6010</t>
         </is>
       </c>
-      <c r="C8" t="inlineStr">
+      <c r="C12" t="inlineStr">
         <is>
           <t>Serwer macierzowy hpe alletra 6010 dający możliwość gromadzenia danych na łącznej powierzchni dyskowej 23tb (12 bardzo szybkich dysków nvme o pojemności 1.92tb każdy).</t>
         </is>
       </c>
-      <c r="D8" t="inlineStr">
+      <c r="D12" t="inlineStr">
         <is>
           <t>Mozliwosć gromadzenia dużych ilości danych cyfrowych na ultraszybkich dyskach nvme</t>
         </is>
       </c>
-      <c r="E8" t="inlineStr"/>
-      <c r="F8" t="inlineStr">
+      <c r="E12" t="inlineStr"/>
+      <c r="F12" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G8" t="inlineStr">
+      <c r="G12" t="inlineStr">
         <is>
           <t>Warunki możliwości udostępniania przez administratora systemów komputerowych</t>
         </is>
       </c>
-      <c r="H8" t="inlineStr">
+      <c r="H12" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I8" t="inlineStr">
+      <c r="I12" t="inlineStr">
         <is>
           <t>Wydział wiertnictwa, nafty i gazu</t>
         </is>
       </c>
-      <c r="J8" t="inlineStr">
+      <c r="J12" t="inlineStr">
         <is>
           <t>Serwerownia</t>
         </is>
       </c>
-      <c r="K8" t="inlineStr">
+      <c r="K12" t="inlineStr">
         <is>
           <t>Skrzypaszek Krzysztof</t>
         </is>
       </c>
-      <c r="L8" t="inlineStr">
+      <c r="L12" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-skrzypaszek-5365.html</t>
         </is>
       </c>
-      <c r="M8" t="inlineStr">
+      <c r="M12" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N8" t="inlineStr">
+      <c r="N12" t="inlineStr">
         <is>
           <t>Macierz</t>
         </is>
       </c>
     </row>
-    <row r="9">
-      <c r="A9" t="inlineStr">
+    <row r="13">
+      <c r="A13" t="inlineStr">
         <is>
           <t>Oscyloskop 8 kanałowy 2,5 ghz</t>
         </is>
       </c>
-      <c r="B9" t="inlineStr">
+      <c r="B13" t="inlineStr">
         <is>
           <t>Tektronix mso68b 6-bw-2500 oscyloskop</t>
         </is>
       </c>
-      <c r="C9" t="inlineStr">
+      <c r="C13" t="inlineStr">
         <is>
           <t>- 8 kanałów analogowych, szerokość pasma w każdym z kanałów: 2,5 ghz - natywna rozdzielczość przetwornika w pracy real-time: 12 bitów - rozdzielczość przetwornika min. 12 bitów przy włączonych min. 4 kanałach pomiarowych i paśmie pracy 2,5 ghz - rozdzielczość przetwornika min. 12 bitów przy włączonych wszystkich kanałach pomiarowych i paśmie pracy 2 ghz - częstotliwość próbkowania 50 gs/s przy włączonych 2 kanałach analogowych i 8 bitowym przetwarzaniu - częstotliwość próbkowania 12,5 gs/s przy włączonych wszystkich kanałach analogowych i 8 bitowym przetwarzaniu - długość rekordu pamięci w każdym kanale przy pracy równoczesnej wszystkich kanałów: 62,5m punktów z (w każdym kanale) - dostępna szybkość przechwytywania przebiegów 500 000 przebiegów/s - analiza widma z niezależnymi nastawami w dziedzinie częstotliwości i czasu, umożliwiająca jednoczesne wyświetlenie analizy w dziedzinie czasu i częstotliwości dla wszystkich kanałów analogowych z zachowaną korelacją czasową - wbudowane interfejsy komunikacyjne przynajmniej 3x usb 3.0 host, usb 3.0 device, lan (10/100/1000 base-t ethernet; zgodny z lxi), display port, dvi-i, vga - przekątna ekranu: 15,6" - rozdzielczość ekranu: full hd (1920 x 1080)</t>
         </is>
       </c>
-      <c r="D9" t="inlineStr">
+      <c r="D13" t="inlineStr">
         <is>
           <t>Pomiary, analiza, obrazowanie sygnałów elektrycznych.</t>
         </is>
       </c>
-      <c r="E9" t="inlineStr"/>
-      <c r="F9" t="inlineStr">
+      <c r="E13" t="inlineStr"/>
+      <c r="F13" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G9" t="inlineStr">
+      <c r="G13" t="inlineStr">
         <is>
           <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
         </is>
       </c>
-      <c r="H9" t="inlineStr">
+      <c r="H13" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I9" t="inlineStr">
+      <c r="I13" t="inlineStr">
         <is>
           <t>Katedra energoelektroniki i automatyki systemów przetwarzania energii</t>
         </is>
       </c>
-      <c r="J9" t="inlineStr">
+      <c r="J13" t="inlineStr">
         <is>
           <t>Ilb interdyscyplinarne laboratorium badawcze</t>
         </is>
       </c>
-      <c r="K9" t="inlineStr">
+      <c r="K13" t="inlineStr">
         <is>
           <t>Penczek Adam</t>
         </is>
       </c>
-      <c r="L9" t="inlineStr">
+      <c r="L13" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
         </is>
       </c>
-      <c r="M9" t="inlineStr">
+      <c r="M13" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N9" t="inlineStr">
+      <c r="N13" t="inlineStr">
         <is>
           <t>Analiza fft, częstotliwość próbkowania, oscyloskop cyfrowy, pasmo analogowe</t>
         </is>
       </c>
     </row>
-    <row r="10">
-      <c r="A10" t="inlineStr">
+    <row r="14">
+      <c r="A14" t="inlineStr">
         <is>
           <t>System szybkiego prototypowania sterowania</t>
         </is>
       </c>
-      <c r="B10" t="inlineStr">
+      <c r="B14" t="inlineStr">
         <is>
           <t>System szybkiego prototypowania sterowania  b-box 3.0</t>
         </is>
       </c>
-      <c r="C10" t="inlineStr">
+      <c r="C14" t="inlineStr">
         <is>
           <t>Kontroler do szybkiego prototypowania dsp+fpga dla energoelektroniki
 system on chip:        xilinx zynq xc7z030-3fbg676e  dsp / processing: 2x arm cortex a9 1ghz 1gb ddr3 fpga:            xilinx kintex 7 125k (programowalny przez użytkownika); xilinx artix 7 35t (pomocniczy) wejścia analogowe:        16x 16 bitów @ 500ksps, próbkowanie symultaniczne, programowalny front-end full-differential wyjścia pwm:        16x optyczne; 32x elektryczne (3.3v) high-speed i/os użytkownika:    36x elektryczne (3.3v) wyjścia cyfrowe:    16x elektryczne (3.3v/5.0v) wejścia cyfrowe:        16x elektryczne (3.3v/5.0v)     wejścia błędów:        16x elektryczne (3,3v); 1x blokada elektryczna; 1x blokada optyczna.     wejścia dekodera przyrostowego:    4x 3-pinowe (a,b,z) (współdzielone z wejściami gpi)     komunikacja:        1x can; 1x ethernet 1 gbps; 3x sfp+ 5gbps (realsync)</t>
         </is>
       </c>
-      <c r="D10" t="inlineStr">
+      <c r="D14" t="inlineStr">
         <is>
           <t>B-box jest systemem szybkiego prototypowania sterowania (rcp) dla aplikacji energoelektronicznych. ułatwia on eksperymentalną walidację sterowania przekształtników mocy.
 system jest w pełni programowalny, w tym zarówno jego procesor dsp, jak i fpga, dzięki czemu nawet najbardziej zaawansowane algorytmy sterowania mogą być skutecznie testowane w środowisku laboratoryjnym. sterownik rcp wspiera również monitorowanie i debugowanie w czasie rzeczywistym.</t>
         </is>
       </c>
-      <c r="E10" t="inlineStr"/>
-      <c r="F10" t="inlineStr">
+      <c r="E14" t="inlineStr"/>
+      <c r="F14" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G10" t="inlineStr">
+      <c r="G14" t="inlineStr">
         <is>
           <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
         </is>
       </c>
-      <c r="H10" t="inlineStr">
+      <c r="H14" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I10" t="inlineStr">
+      <c r="I14" t="inlineStr">
         <is>
           <t>Katedra energoelektroniki i automatyki systemów przetwarzania energii</t>
         </is>
       </c>
-      <c r="J10" t="inlineStr">
+      <c r="J14" t="inlineStr">
         <is>
           <t>Ilb interdyscyplinarne laboratorium badawcze</t>
         </is>
       </c>
-      <c r="K10" t="inlineStr">
+      <c r="K14" t="inlineStr">
         <is>
           <t>Penczek Adam</t>
         </is>
       </c>
-      <c r="L10" t="inlineStr">
+      <c r="L14" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
         </is>
       </c>
-      <c r="M10" t="inlineStr">
+      <c r="M14" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N10" t="inlineStr">
+      <c r="N14" t="inlineStr">
         <is>
           <t>Matlab, systemszybkiegoprototypowania</t>
         </is>
       </c>
     </row>
-    <row r="11">
-      <c r="A11" t="inlineStr">
+    <row r="15">
+      <c r="A15" t="inlineStr">
         <is>
           <t>Radar interferometryczny ibis-l/s</t>
         </is>
       </c>
-      <c r="B11" t="inlineStr">
+      <c r="B15" t="inlineStr">
         <is>
           <t>Radar interferometryczny ibis-l/s</t>
         </is>
       </c>
-      <c r="C11" t="inlineStr">
+      <c r="C15" t="inlineStr">
         <is>
           <t>Naziemny radar interferometryczny ibis-l/s to precyzyjne mikrofalowe urządzenie pomiarowe, służące do zdalnego, bezdotykowego pomiaru przemieszczeń i deformacji obiektów budowlanych oraz powierzchni terenu z wysoką dokładnością. głównym elementem systemu jest pracujący w dozwolonym paśmie ku (17,1-17,3 ghz) radar, wykorzystujący technikę syntetycznej apertury (sar). radar emituje w kierunku badanego obiektu spójną wiązkę promieniowania elektromagnetycznego o niewielkiej mocy i skokowo zmiennej częstotliwości (modulacja sfcw), a następnie odbiera, rejestruje i analizuje odbity sygnał. układ interferometryczny precyzyjnie wyznacza zmiany fazy sygnału odbitego względem sygnału nadawanego, pozwalając na pomiar przemieszczeń wybranych części lub obszarów (pikseli) badanego obiektu z dokładnością 0,1 mm. rozróżnialność pikseli jest osiągana przy zmianie odległości o 0,5 m i azymutu o 0,25°. w skład systemu wchodzi specjalistyczne, dedykowane oprogramowanie, pozwalające na sterowanie procesem pomiarowym, archiwizację i wstępną analizę wyników w czasie rzeczywistym, a następnie ich pełną analizę w fazie post-processingu. wyniki poszczególnych etapów opracowania mogą być prezentowane graficznie, rejestrowane i eksportowane do otwartych formatów plików.</t>
         </is>
       </c>
-      <c r="D11" t="inlineStr">
+      <c r="D15" t="inlineStr">
         <is>
           <t xml:space="preserve">-detekcja oraz monitoring deformacji terenu i przemieszczeń budowli, z dokładnością 0,1 mm, nieosiągalną dla innych geodezyjnych metod pomiarowych. .
 -modelowanie deformacji zapór wodnych. równoczesne obserwacje termowizyjne umożliwiają rozdzielenie deformacji termicznych od rzeczywistych deformacji geometrycznych. 
 -modelowanie i analiza deformacji budowli inżynierskich. </t>
         </is>
       </c>
-      <c r="E11" t="inlineStr">
+      <c r="E15" t="inlineStr">
         <is>
           <t>Dokładność pomiaru przemieszczenia wynosi 0,1 mm. system ibis ma 2 wersje:
 - ibis-l–radar dalekiego zasięgu (do 4 km) o rozróżnialności dwuwymiarowej (0,5 m w odległości i 0,25° w azymucie), służy do wyznaczania przemieszczeń obiektów powierzchniowych (np. osuwisk, zapór).
 - ibis-s–radar o zasięgu do 1 km i częstotliwości próbkowania do 200 hz, służy do pomiaru i analizy przemieszczeń oraz szybkozmiennych drgań konstrukcji.</t>
         </is>
       </c>
-      <c r="F11" t="inlineStr">
+      <c r="F15" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G11" t="inlineStr">
+      <c r="G15" t="inlineStr">
         <is>
           <t>Formalne warunki udostępnienia należy uzgodnić z dziekanem wydziału geodezji górniczej i inżynierii środowiska. praktycznie, ze względu na unikatowość sprzętu, jego używanie wymaga przeszkolenia przeprowadzonego przez producenta albo udziału osoby ze znajomością obsługi urządzenia.</t>
         </is>
       </c>
-      <c r="H11" t="inlineStr">
+      <c r="H15" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I11" t="inlineStr">
+      <c r="I15" t="inlineStr">
         <is>
           <t>Katedra geodezji inżynieryjnej i budownictwa</t>
         </is>
       </c>
-      <c r="J11" t="inlineStr">
+      <c r="J15" t="inlineStr">
         <is>
           <t>Zespół badawczy technologii informatycznych w inżynierii lądowej</t>
         </is>
       </c>
-      <c r="K11" t="inlineStr">
+      <c r="K15" t="inlineStr">
         <is>
           <t>Kuras Przemysław</t>
         </is>
       </c>
-      <c r="L11" t="inlineStr">
+      <c r="L15" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/przemyslaw-kuras-7152.html</t>
         </is>
       </c>
-      <c r="M11" t="inlineStr">
+      <c r="M15" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N11" t="inlineStr">
+      <c r="N15" t="inlineStr">
         <is>
           <t>Budowle wysokie, deformacje, drgania, monitoring, mosty, osuwiska, przemieszczenia, radar interferometryczny, zapory wodne</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>