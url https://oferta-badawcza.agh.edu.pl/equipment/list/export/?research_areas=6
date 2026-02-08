--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N15"/>
+  <dimension ref="A1:N16"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,1044 +493,1112 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Maszyna czasu rzeczywistego</t>
+          <t>Platforma badawczo-rozwojowa dla inteligentnych wieloagentowych robotycznych systemów rojowych</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Maszyna czasu rzeczywistego</t>
+          <t>Platforma badawczo-rozwojowa dla inteligentnych wieloagentowych robotycznych systemów rojowych</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Maszyna czasu rzeczywistego speedgoat skalowalny, wysokowydajny system testowy działający w czasie rzeczywistym do symulacji sprzętowej (hil) i szybkiego prototypowania sterowania. system jest wyposażony w wydajny wielordzeniowy procesor zapewniający integrację z środowiskiem matlab (matlab r2021a lub nowszy) i układy fpga programowalne w simulink poprzez simulink real-time, co pozwala osiągnąć częstotliwości próbkowania w pętli zamkniętej sięgające zakresu mhz.
-kompletna maszyna czasu rzeczywistego: procesor intel core i7 4,2 ghz , 64 gb pamięci ram, pamięć flash 120 gb, 2tb ssd,  akcesoria: io135 - moduł analogowego wejścia/wyjścia 16-bitowego o niskim opóźnieniu z 32 różnicowymi jednoczesnymi kanałami wejścia analogowego  io334-325k-10v - programowalny moduł wejść/wyjść oparty na układzie fpga simulink z 16 x 5 mhz jednoczesnym próbkowaniem 16-bitowym  moduł ttl-optyczny  - moduł kondycjonujący sygnał, przekształcający 8 sygnałów ttl na wyjścia optyczne. optical-to-ttl module  - moduł kondycjonowania sygnału przekształcający 8 optycznych sygnałów wejściowych na ttl. bce12-0805 - moduł emulatora ogniw  akumulatorowych z 12 niezależnymi i izolowanymi kanałami do 8 v i 5 a każdy, do emulowania zachowania akumulatora i przeprowadzania precyzyjnych testów systemów zarządzania akumulatorami aż do poziomu ogniw.   fiu12-1 - moduł symulowania awarii  programowalna jednostka symulowania awarii z 12 niezależnymi kanałami do emulacji awarii ogniw. tse12-1000-1 - moduł emulatora czujnika temperatury  z 12 niezależnymi kanałami o wysokiej precyzji do precyzyjnej symulacji profili temperatury w szerokim zakresie warunków temperaturowych.</t>
+          <t>Roboty rosbot xl firmy husarion – uniwersalne, natywne dla ros 2 autonomiczne platformy mobilne przeznaczone do zastosowań badawczo-rozwojowych i szybkiego prototypowania w warunkach indoor. konstrukcja mechaniczna oparta jest na sztywnej ramie z malowanej proszkowo płyty aluminiowej (podwozie 1,5 mm, płyta górna 3 mm), co zapewnia wysoką wytrzymałość przy zachowaniu niewielkiej masy. typowe wymiary platformy (bez dodatkowych sensorów) wynoszą ok. 332 × 325 × 133,5 mm, masa ok. 5,38 kg. maksymalna prędkość liniowa robota to ok. 0,8 m/s (≈ 3 km/h), maksymalna prędkość kątowa 180°/s, a dopuszczalne obciążenie użyteczne sięga 10 kg. napęd stanowią cztery silniki prądu stałego z przekładniami i enkoderami inkrementalnymi, pozwalające na precyzyjne sterowanie ruchem i estymację odometrii. robot dostarczany jest z dwoma kompletami kół: klasycznymi kołami ogumionymi oraz kołami mecanum umożliwiającymi ruch holonomiczny (jazda w bok, ruchy diagonalne), co istotnie zwiększa manewrowość platformy w ograniczonych przestrzeniach laboratoryjnych.</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
-        <is>
-[...62 lines deleted...]
-      <c r="D3" t="inlineStr">
         <is>
           <t>1. autonomiczna nawigacja i lokalizacja 
 2. percepcja, wizyjne systemy percepcyjne i ai 
 3. sterowanie zespołem robotów, formacje i roje 
 4. integracja z systemami zewnętrznymi i przemysłem 4.0 
 5. zastosowania edukacyjne i dydaktyczne</t>
         </is>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E2" t="inlineStr">
         <is>
           <t xml:space="preserve">1. pomiary kinematyczne i położenia 
 2. pomiary środowiska i otoczenia 
 3. pomiary czasowe i eksperymentalne 
 4. pomiary energetyczne i obciążenia 
 5. rejestracja i przetwarzanie danych </t>
         </is>
       </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Wedle uzgodnień</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Katedra automatyki i robotyki</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Laboratorium sztucznej inteligencji i pojazdów autonomicznych</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Długosz Marek</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marek-dlugosz-5524.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Mobilny robot autonomiczny, platforma badawcza ros 2, robotyka mobilna indor</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>Stanowisko pomiarowe z kamerą hiperspektralną specim fx 17e</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Stanowisko pomiarowe z kamerą hiperspektralną specim fx 17e</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>Stanowisko pomiarowe składa się z kamery hiperspektralnej specim fx17e, oprogramowania specim insight v1.3 i specim lumo recorder oraz platformy inferencyjnej specim cube gige. specim fx17e to przemysłowa kamera pracująca w zakresie bliskiej podczerwieni (swir, 900–1700 nm), działająca w trybie skanowania liniowego. rejestruje obraz w 224 kanałach spektralnych i 640 punktach przestrzennych. kamera wyposażona jest w interfejs gige vision, wbudowaną migawkę kalibracyjną i kompaktową obudowę o klasie szczelności ip52. specim insight umożliwia przeglądanie i analizę danych hiperspektralnych oraz budowę modeli klasyfikacyjnych. specim lumo recorder służy do akwizycji danych i sterowania parametrami pomiaru. platforma cube gige, oparta na układzie nvidia xavier, pozwala na uruchamianie modeli klasyfikacyjnych w czasie rzeczywistym. elementem stanowiska jest również komputer stacjonarny do obsługi urządzenia.</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>Kamera specim fx17e znajduje zastosowanie w badaniach materiałowych, analizie składu chemicznego, ocenie wilgotności, sortowaniu materiałów, kontroli jakości oraz inspekcji produktów w przemyśle spożywczym, chemicznym, farmaceutycznym i recyklingu.</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>Fx17e rejestruje dane w zakresie 900–1700 nm z rozdzielczością spektralną ok. 8 nm (fwhm). posiada 224 kanały spektralne i 640 pikseli wzdłuż linii skanującej. prędkość akwizycji w pełnym zakresie wynosi do 527 fps, a w trybie mroi może osiągać ponad 15 000 fps. stosunek sygnału do szumu (snr) sięga 1000:1.</t>
+        </is>
+      </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>Wedle uzgodnień</t>
+          <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>Katedra automatyki i robotyki</t>
-[...6 lines deleted...]
-      </c>
+          <t>Centrum doskonałości sztucznej inteligencji</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr"/>
       <c r="K3" t="inlineStr">
         <is>
-          <t>Długosz Marek</t>
+          <t>Brodzicki Andrzej</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/marek-dlugosz-5524.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/andrzej-brodzicki-9722.html</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
-          <t>Mobilny robot autonomiczny, platforma badawcza ros 2, robotyka mobilna indor</t>
+          <t>Kamera hiperspektralna, specim</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
+          <t>Maszyna czasu rzeczywistego</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Maszyna czasu rzeczywistego</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>Maszyna czasu rzeczywistego speedgoat skalowalny, wysokowydajny system testowy działający w czasie rzeczywistym do symulacji sprzętowej (hil) i szybkiego prototypowania sterowania. system jest wyposażony w wydajny wielordzeniowy procesor zapewniający integrację z środowiskiem matlab (matlab r2021a lub nowszy) i układy fpga programowalne w simulink poprzez simulink real-time, co pozwala osiągnąć częstotliwości próbkowania w pętli zamkniętej sięgające zakresu mhz.
+kompletna maszyna czasu rzeczywistego: procesor intel core i7 4,2 ghz , 64 gb pamięci ram, pamięć flash 120 gb, 2tb ssd,  akcesoria: io135 - moduł analogowego wejścia/wyjścia 16-bitowego o niskim opóźnieniu z 32 różnicowymi jednoczesnymi kanałami wejścia analogowego  io334-325k-10v - programowalny moduł wejść/wyjść oparty na układzie fpga simulink z 16 x 5 mhz jednoczesnym próbkowaniem 16-bitowym  moduł ttl-optyczny  - moduł kondycjonujący sygnał, przekształcający 8 sygnałów ttl na wyjścia optyczne. optical-to-ttl module  - moduł kondycjonowania sygnału przekształcający 8 optycznych sygnałów wejściowych na ttl. bce12-0805 - moduł emulatora ogniw  akumulatorowych z 12 niezależnymi i izolowanymi kanałami do 8 v i 5 a każdy, do emulowania zachowania akumulatora i przeprowadzania precyzyjnych testów systemów zarządzania akumulatorami aż do poziomu ogniw.   fiu12-1 - moduł symulowania awarii  programowalna jednostka symulowania awarii z 12 niezależnymi kanałami do emulacji awarii ogniw. tse12-1000-1 - moduł emulatora czujnika temperatury  z 12 niezależnymi kanałami o wysokiej precyzji do precyzyjnej symulacji profili temperatury w szerokim zakresie warunków temperaturowych.</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>Testowanie, walidacjia i prototypowanie w czasie rzeczywistym przy użyciu środowiska matlab/simulink.  prototypowanie sterowania w czasie rzeczywistym (rcp) hardware-in-the-loop (hil) szybkie przetwarzanie sygnałów komunikacja i integracja sprzętowa testowanie systemów czasu rzeczywistego badania układów mechatronicznych i robotycznych bezpośrednia współpraca z matlab/simulink</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr"/>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>Biuro administracyjne wydziału</t>
+        </is>
+      </c>
+      <c r="J4" t="inlineStr"/>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>Penczek Adam</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>Automatyzacja, badania laboratryjne, prototypowanie, robotyka</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
           <t>Oscyloskop minimum 4-kanałowy</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B5" t="inlineStr">
         <is>
           <t>Oscyloskop minimum 4-kanałowy i z pasmem analogowym 4.0 ghz oraz kompatybilnym z posiadanymi już sondami tdp1500, tdp3500, tivh08</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C5" t="inlineStr">
         <is>
           <t>Oscyloskop sygnałów mieszanych tektronix mso64b-6-bw-4000 zapewnia wysoką  jakość sygnałów pomiarowych do dalszej analizy i debugowania współczesnych systemów wbudowanych z zegarami i magistralami o częstotliwościach rzędu pojedynczych gigaherców. urządzenie wyposażono w interfejs dotykowy, duży wyświetlacz 15,6” oraz wejścia flexchannel, które pozwalają mierzyć jeden sygnał analogowy lub osiem sygnałów cyfrowych na kanał.</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D5" t="inlineStr">
         <is>
           <t>Pomiary, analiza, obrazowanie sygnałów elektrycznych o dużej dynamice zmian.</t>
         </is>
       </c>
-      <c r="E4" t="inlineStr">
+      <c r="E5" t="inlineStr">
         <is>
           <t>Analogowe pasmo pracy każdego kanału: 4ghz
 częstotliwość próbkowania: 25gsps (4 kanały), 50gsps (2 kanały)
 długość rekordu pamięci dla każdego kanału: 1gs próbek.</t>
         </is>
       </c>
-      <c r="F4" t="inlineStr">
+      <c r="F5" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G4" t="inlineStr">
+      <c r="G5" t="inlineStr">
         <is>
           <t>Dostęp do sprzętu możliwy w pomieszczeniach laboratorium alice agh, po uprzednim uzgodnieniu terminu realizacji pomiarów. 
 dostęp możliwy tylko dla pracowników i doktorantów agh.
 pomieszczenia laboratorium alice agh 413/c2 w terminie uzgodnionym z opiekunem laboratorium</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
+      <c r="H5" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I4" t="inlineStr">
+      <c r="I5" t="inlineStr">
         <is>
           <t>Wydział informatyki, elektroniki i telekomunikacji</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr">
+      <c r="J5" t="inlineStr">
         <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
-      <c r="K4" t="inlineStr">
+      <c r="K5" t="inlineStr">
         <is>
           <t>Worek Cezary</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L5" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/cezary-worek-3702.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M5" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N5" t="inlineStr">
         <is>
           <t>Analiza, obrazowanie, obrazowanie sygnałów, oscyloskop, oscyloskop cyfrowy, pomiar, sygnał</t>
         </is>
       </c>
     </row>
-    <row r="5">
-      <c r="A5" t="inlineStr">
+    <row r="6">
+      <c r="A6" t="inlineStr">
         <is>
           <t>Generator funkcyjny / arbitralny dwukanałowy pracujący w paśmie co najmniej 1mhz do 1000 mhz</t>
         </is>
       </c>
-      <c r="B5" t="inlineStr">
+      <c r="B6" t="inlineStr">
         <is>
           <t>Generator arbitralny</t>
         </is>
       </c>
-      <c r="C5" t="inlineStr">
+      <c r="C6" t="inlineStr">
         <is>
           <t>Generator funkcyjny / arbitralny dwukanałowy pracujący w paśmie co najmniej od 1mhz do 1000 mhz pozwalający na generację sygnałów w trybie dwukanałowym i impedancji wyjściowej 50 ohm.
 generator arbitralny siglent sdg7102a oferuje dwa kanały o paśmie do 1 ghz, maksymalnej częstotliwości próbkowania 5 gsa/s i rozdzielczości 14 bitów. umożliwia generowanie przebiegów arbitralnych, sygnałów wektorowych oraz typowych sygnałów testowych, takich jak dc, pulse, noise czy prbs. obsługuje funkcje modulacji, przemiatania, burst-u i synchronizacji kanałów, a wyjścia różnicowe lub single-ended zapewniają amplitudę do ±24 v. dzięki unikalnym cechom sdg7102a idealnie sprawdza się w zaawansowanych testach i badaniach sygnałów wysokiej częstotliwości i dużych amplitudach.</t>
         </is>
       </c>
-      <c r="D5" t="inlineStr">
+      <c r="D6" t="inlineStr">
         <is>
           <t>Rodzaje przebiegów wyjściowych:
 sinus, prostokąt, impuls (możliwość regulacji zbocza narastającego i opadającego niezależnie), dc, szum biały. możliwość zdefiniowania dowolnego przebiegu na dwóch kanałach.
 zakres częstotliwości pracy:
 - przebieg sinusoidalny: 1 mhz do 1000 mhz;
 - przebieg impulsowy: 1 mhz do 300 mhz;
 generowanie sygnałów elektronicznych analogowych oraz cyfrowych.</t>
         </is>
       </c>
-      <c r="E5" t="inlineStr">
+      <c r="E6" t="inlineStr">
         <is>
           <t>Pasmo pracy każdego kanału: 1 ghz
 częstotliwość próbkowania: 5 gsps
 maksymalna długość pamięci dla każdego kanału: 512 mpts.</t>
         </is>
       </c>
-      <c r="F5" t="inlineStr">
+      <c r="F6" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G5" t="inlineStr">
+      <c r="G6" t="inlineStr">
         <is>
           <t>Dostęp do sprzętu możliwy w pomieszczeniach laboratorium alice agh, po uprzednim uzgodnieniu terminu realizacji pomiarów. 
 dostęp możliwy tylko dla pracowników i doktorantów agh.
 pomieszczenia laboratorium alice agh 413/c2 w terminie uzgodnionym z opiekunem laboratorium</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr">
+      <c r="H6" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I5" t="inlineStr">
+      <c r="I6" t="inlineStr">
         <is>
           <t>Wydział informatyki, elektroniki i telekomunikacji</t>
         </is>
       </c>
-      <c r="J5" t="inlineStr">
+      <c r="J6" t="inlineStr">
         <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
-      <c r="K5" t="inlineStr">
+      <c r="K6" t="inlineStr">
         <is>
           <t>Worek Cezary</t>
         </is>
       </c>
-      <c r="L5" t="inlineStr">
+      <c r="L6" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/cezary-worek-3702.html</t>
         </is>
       </c>
-      <c r="M5" t="inlineStr">
+      <c r="M6" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N5" t="inlineStr">
+      <c r="N6" t="inlineStr">
         <is>
           <t>Generator, generator arbitralny, modulacja, pasmo, przemiatanie, sygnał</t>
-        </is>
-[...66 lines deleted...]
-          <t>Lidar, skaner</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
+          <t>Skaner laserowy emesent hovermap stx (lidar)</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Skaner laserowy emesent hovermap stx</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>Emesent hovermap st-x to zaawansowany mobilny system mapowania lidar, który łączy wysokowydajne skanowanie laserowe z wszechstronnymi możliwościami montażu. zaprojektowany do pracy w różnorodnych środowiskach - wewnętrznych, zewnętrznych, podziemnych, oraz w miejscach pozbawionych sygnału gps. umożliwia szybkie, bezpieczne i precyzyjne pozyskiwanie danych 3d. hovermap st-x może być montowany na dronach, pojazdach, plecakach lub używany ręcznie, co czyni go wyjątkowo elastycznym rozwiązaniem do skanowania z powietrza i z poziomu gruntu. jego wytrzymała obudowa o klasie szczelności ip65 zapewnia niezawodną pracę w trudnych warunkach terenowych, takich jak kurz, wilgoć czy nierówne podłoże. funkcje autonomii, takie jak nawigacja po punktach trasy i unikanie przeszkód, umożliwiają realizację długich misji w złożonych lub niebezpiecznych środowiskach, w których sterowanie ręczne byłoby trudne lub ryzykowne.</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>To urządzenie otwiera szerokie możliwości badawcze w dziedzinach takich jak analiza geoprzestrzenna, monitoring środowiska, archeologia, górnictwo czy inspekcja infrastruktury. dzięki zdolności do działania bez sygnału gps doskonale sprawdza się w mapowaniu podziemnych wyrobisk, tuneli czy gęstych koron drzew. naukowcy mogą go używać do dokumentowania zabytków, monitorowania erozji, analizy roślinności lub tworzenia dokładnych modeli 3d istniejących obiektów.</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>Urządzenie wykorzystuje wysokiej klasy sensor lidar z 32 kanałami, zdolny do rejestracji do 1,92 miliona punktów na sekundę w trybie wielo-odbiciowym. umożliwia to tworzenie gęstych i szczegółowych chmur punktów 3d. urządzenie ma zasięg do 300 metrów. zachowuje wysoką precyzję, z dokładnością rzędu ±10 mm w zamkniętych przestrzeniach.</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
+        </is>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>Centrum doskonałości sztucznej inteligencji</t>
+        </is>
+      </c>
+      <c r="J7" t="inlineStr"/>
+      <c r="K7" t="inlineStr">
+        <is>
+          <t>Brodzicki Andrzej</t>
+        </is>
+      </c>
+      <c r="L7" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/andrzej-brodzicki-9722.html</t>
+        </is>
+      </c>
+      <c r="M7" t="inlineStr">
+        <is>
+          <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N7" t="inlineStr">
+        <is>
+          <t>Lidar, skaner</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
           <t>Mobilny robot kroczący</t>
         </is>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B8" t="inlineStr">
         <is>
           <t>Robot kroczący spot</t>
         </is>
       </c>
-      <c r="C7" t="inlineStr">
+      <c r="C8" t="inlineStr">
         <is>
           <t xml:space="preserve">Spot to kroczący, autonomiczny robot mobilny wyposażony w 5 kamer stereowizyjnych, które umożliwiają omijanie przeszkód oraz poruszanie się po trudnym terenie. robot posiada możliwość pracy w trybie autonomicznym, zbierania danych, integracji z urządzeniami pomiarowymi oraz komunikacji zdalnej. dodatkowo platforma mobilna została wyposażona przez zespół badawczy w zintegrowany moduł diagnostyczny jako element rozszerzający funkcjonalność badawczą platformy mobilnej.
  </t>
         </is>
       </c>
-      <c r="D7" t="inlineStr">
+      <c r="D8" t="inlineStr">
         <is>
           <t>Inspekcja środowisk przemysłowych w tym badań nieniszczących
 mapowanie terenu oraz wykonywanie segmentacji semantycznej
 eksploracja nieznanego terenu
 algorytmy kognitywne oraz autonomiczne podejmowanie decyzji
 transport sprzętu badawczego
 zadania manipulacyjne (w przypadku wyposażenia w manipulator)</t>
         </is>
       </c>
-      <c r="E7" t="inlineStr">
+      <c r="E8" t="inlineStr">
         <is>
           <t>Robot jest wyposażony w opracowany moduł inspekcyjny składający się z kamery termowizyjnej, kamery akustyczne, czujnika lidar, kamery 360, czujnika metanu oraz komputera pokładowego.
 robot może również zostać wyposażony w inne czujniki np. skaner laserowy.
 platforma posiada moduły rozszerzeń core io oraz gxp, które umożliwiają prostą integrację sprzętu pomiarowego. rodzaj i typ sprzętu ograniczony jest jedynie przez wagę (i objętość) oraz wymaganą moc.</t>
         </is>
       </c>
-      <c r="F7" t="inlineStr">
+      <c r="F8" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G7" t="inlineStr">
+      <c r="G8" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań.  w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H7" t="inlineStr">
+      <c r="H8" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I7" t="inlineStr">
+      <c r="I8" t="inlineStr">
         <is>
           <t>Katedra robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="J7" t="inlineStr">
+      <c r="J8" t="inlineStr">
         <is>
           <t>Zespół robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="K7" t="inlineStr">
+      <c r="K8" t="inlineStr">
         <is>
           <t>Koszyk Joanna</t>
         </is>
       </c>
-      <c r="L7" t="inlineStr">
+      <c r="L8" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/joanna-koszyk-10624.html</t>
         </is>
       </c>
-      <c r="M7" t="inlineStr">
+      <c r="M8" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N7" t="inlineStr">
+      <c r="N8" t="inlineStr">
         <is>
           <t>Robot autonomiczny, robot kroczący, robotyka, robotyka mobilna</t>
-        </is>
-[...63 lines deleted...]
-          <t>Cad, modelowanie, symulacje, wirtualizacja zasobów</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
+          <t>Wirtualne laboratorium komputerowe w.i.m.i r.</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Wirtualne laboratorium komputerowe w.i.m.i r.</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>Wirtualne laboratorium komputerowe zostało opracowane i wdrożone w 2023r. na wydziale inżynierii mechanicznej i robotyki. wdrożone laboratorium umożliwia prowadzenie prac projektowych i realizację analiz numerycznych z zastosowanie klastra komputerowego składającego się z  3 serwerów opartych o procesory intel xeon (łącznie 96 rdzeni i 1,1tb ram) oraz 3 kart gpu nvidia ampere a40  48 gb .
+laboratorium umożliwia zdalne oraz hybrydowe prowadzenie zajęć na zainstalowanym oprogramowaniu zarówno z terenu uczelni jak również z dowolnego miejsca na świecie poprzez połączenie vpn. zasoby serwerów a co za tym idzie również laboratorium mogą być wykorzystane również do badań naukowych.</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>Aparatura przeznaczona do wspomagania procesów projektowania wykorzystujących cad/cae  jak również wysokowydajnych symulacji naukowych (hpc),</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr"/>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki bada</t>
+        </is>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I9" t="inlineStr">
+        <is>
+          <t>Katedra robotyki i mechatroniki</t>
+        </is>
+      </c>
+      <c r="J9" t="inlineStr"/>
+      <c r="K9" t="inlineStr">
+        <is>
+          <t>Mańka Michał</t>
+        </is>
+      </c>
+      <c r="L9" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/michal-manka-7202.html</t>
+        </is>
+      </c>
+      <c r="M9" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N9" t="inlineStr">
+        <is>
+          <t>Cad, modelowanie, symulacje, wirtualizacja zasobów</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
           <t>Mobilny robot kroczący spot</t>
         </is>
       </c>
-      <c r="B9" t="inlineStr">
+      <c r="B10" t="inlineStr">
         <is>
           <t>Robot kroczący spot</t>
         </is>
       </c>
-      <c r="C9" t="inlineStr">
+      <c r="C10" t="inlineStr">
         <is>
           <t>Spot to kroczący, autonomiczny robot mobilny, który porusza się po różnym (w tym trudnym) terenie. posiada możliwość pracy autonomicznej, zbierania danych, integracji z urządzeniami pomiarowymi oraz komunikacji zdalnej.</t>
         </is>
       </c>
-      <c r="D9" t="inlineStr">
+      <c r="D10" t="inlineStr">
         <is>
           <t>Mapowanie terenu
 zastosowanie jako platforma do transportu sprzętu badawczego
 zadania manipulacyjne (w przypadku wyposażenia w manipulator)</t>
         </is>
       </c>
-      <c r="E9" t="inlineStr">
+      <c r="E10" t="inlineStr">
         <is>
           <t>Robot może być wyposażony w różnego rodzaju sprzęt pomiarowy: np. kamery (w tym kamery termowizyjne), mikrofony, czujniki akustyczne, lidary i wielle innych. rodzaj i typ sprzętu ograniczony jest jedynie przez wagę (i objętość).</t>
         </is>
       </c>
-      <c r="F9" t="inlineStr">
+      <c r="F10" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G9" t="inlineStr">
+      <c r="G10" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H9" t="inlineStr">
+      <c r="H10" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I9" t="inlineStr">
+      <c r="I10" t="inlineStr">
         <is>
           <t>Centrum doskonałości sztucznej inteligencji</t>
         </is>
       </c>
-      <c r="J9" t="inlineStr"/>
-      <c r="K9" t="inlineStr">
+      <c r="J10" t="inlineStr"/>
+      <c r="K10" t="inlineStr">
         <is>
           <t>Brodzicki Andrzej</t>
         </is>
       </c>
-      <c r="L9" t="inlineStr">
+      <c r="L10" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/andrzej-brodzicki-9722.html</t>
         </is>
       </c>
-      <c r="M9" t="inlineStr">
+      <c r="M10" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N9" t="inlineStr">
+      <c r="N10" t="inlineStr">
         <is>
           <t>Robot, robot kroczący, robotyka mobilna</t>
         </is>
       </c>
     </row>
-    <row r="10">
-      <c r="A10" t="inlineStr">
+    <row r="11">
+      <c r="A11" t="inlineStr">
         <is>
           <t>Superkomputer helios</t>
         </is>
       </c>
-      <c r="B10" t="inlineStr">
+      <c r="B11" t="inlineStr">
         <is>
           <t>Superkomputer helios</t>
         </is>
       </c>
-      <c r="C10" t="inlineStr">
+      <c r="C11" t="inlineStr">
         <is>
           <t>Superkomputer helios to system zainstalowany w ack cyfronet agh, a powstały w wyniku prac realizowanych w koordynowanym przez cyfronet projekcie narodowa infrastruktura superkomputerowa dla eurohpc – eurohpc pl. superkomputer został zbudowany według projektu cyfronetu przez hewlett-packard enterprise w oparciu o platformę hpe cray ex4000 i składa się z trzech partycji obliczeniowych:
 	cpu wyposażonej w 75 264 rdzeni obliczeniowych amd zen4 oraz 200 tb pamięci operacyjnej ddr5,
 	gpu wyposażonej w 440 superczipów nvidia grace hopper gh200,
 	int dla pracy interaktywnej, wyposażonej w 24 akceleratory nvidia h100 i szybką lokalną pamięć nvme.
 helios osiąga 35 petaflops teoretycznej mocy obliczeniowej. 
 podsystem dyskowy heliosa składa się z dwóch rodzajów systemów plików lustre: scratch o pojemności 1,5 pb i prędkości ponad 1,8 tb/s oraz project o pojemności 16 pb i prędkości niemal 200 gb/s. wszystkie komponenty superkomputera połączone są ze sobą siecią slingshot o prędkości 200 gb/s. platforma hpe cray ex4000, w oparciu o którą zbudowano heliosa, jest także używana w budowie najszybszych superkomputerów na świecie (frontier) oraz w europie (lumi). dzięki bezpośredniemu chłodzeniu cieczą partycji cpu i gpu, możliwe jest osiągnięcie bardzo niskiego wskaźnika pue (power usage effectiveness) dla systemu, a w efekcie zwiększenie jego efektywności energetycznej i obniżenie kosztów eksploatacji. dodatkowo, dzięki odzyskowi ciepła odpadowego produkowanego przez heliosa, możliwe będzie wykorzystanie go do ogrzewania.</t>
         </is>
       </c>
-      <c r="D10" t="inlineStr">
+      <c r="D11" t="inlineStr">
         <is>
           <t>Helios jest dostępny zarówno dla jednostek naukowych, jak i podmiotów gospodarki i administracji publicznej. superkomputer wspiera rozwój innowacyjnych badań oraz przyspieszenie wprowadzania na rynek opartych na nich technologii. moc obliczeniowa heliosa dla obliczeń ai to 1,8 exaflops.</t>
         </is>
       </c>
-      <c r="E10" t="inlineStr"/>
-      <c r="F10" t="inlineStr">
+      <c r="E11" t="inlineStr"/>
+      <c r="F11" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G10" t="inlineStr">
+      <c r="G11" t="inlineStr">
         <is>
           <t>Zasoby obliczeniowe ack cyfronet agh wchodzą w skład infrastruktury plgrid (http://www.plgrid.pl/). konto dostępowe do infrastruktury plgrid uzyskuje się poprzez rejestrację w portalu plgrid (https://portal.plgrid.pl/). więcej informacji znajduje się pod adresem url: https://www.cyfronet.pl/komputery/13347,artykul,zasady_swiadczenia_uslug.html</t>
         </is>
       </c>
-      <c r="H10" t="inlineStr">
+      <c r="H11" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I10" t="inlineStr">
+      <c r="I11" t="inlineStr">
         <is>
           <t>Akademickie centrum komputerowe cyfronet agh</t>
         </is>
       </c>
-      <c r="J10" t="inlineStr"/>
-      <c r="K10" t="inlineStr">
+      <c r="J11" t="inlineStr"/>
+      <c r="K11" t="inlineStr">
         <is>
           <t>Magryś Marek</t>
         </is>
       </c>
-      <c r="L10" t="inlineStr">
+      <c r="L11" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-magrys-6812.html</t>
         </is>
       </c>
-      <c r="M10" t="inlineStr">
+      <c r="M11" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N10" t="inlineStr">
+      <c r="N11" t="inlineStr">
         <is>
           <t>Gpgpu, hpc, infrastruktura plgrid, komputery dużej mocy, obliczenia numeryczne, superkomputer, symulacje, sztuczna inteligencja, top500, uczenie maszynowe</t>
         </is>
       </c>
     </row>
-    <row r="11">
-      <c r="A11" t="inlineStr">
+    <row r="12">
+      <c r="A12" t="inlineStr">
         <is>
           <t>Superkomputer athena</t>
         </is>
       </c>
-      <c r="B11" t="inlineStr">
+      <c r="B12" t="inlineStr">
         <is>
           <t>Superkomputer athena</t>
         </is>
       </c>
-      <c r="C11" t="inlineStr">
+      <c r="C12" t="inlineStr">
         <is>
           <t xml:space="preserve">Athena osiąga teoretyczną moc obliczeniową ponad 7,7 pflops, co zapewniło maszynie zajęcie 105 miejsca w czerwcu 2022 r. na liście top500. do momentu instalacji heliosa był to najszybszy superkomputer w polsce. zainstalowany w ack cyfronet agh system dostarcza polskiemu środowisku naukowemu i innowacyjnej gospodarce najnowocześniejsze zasoby obliczeniowe oparte na procesorach i akceleratorach gpgpu najnowszej generacji wraz z niezbędnym podsystemem składowania danych opartym na bardzo szybkich pamięciach flash. konfiguracja atheny obejmuje: 48 serwerów z procesorami amd epyc i 1 tb pamięci ram (w sumie 6144 rdzenie obliczeniowe cpu) oraz 384 karty gpgpu nvidia a100.
 niezbędnym elementem umożliwiającym wykorzystanie tak dużej mocy obliczeniowej w efektywny sposób jest zapewnienie wysokowydajnej sieci wewnętrznej superkomputera (infiniband hdr o przepustowości 4 x 200 gb/s na serwer) oraz bardzo szybkiego podsystemu dyskowego. jest on zbudowany w oparciu o otwarte oprogramowanie lustre oraz dedykowane serwery dyskowe wyposażone w pamięci flash w standardzie nvme. system został zainstalowany w istniejącym centrum danych cyfronetu oraz zintegrowany z infrastrukturą plgrid.
  </t>
         </is>
       </c>
-      <c r="D11" t="inlineStr">
+      <c r="D12" t="inlineStr">
         <is>
           <t>Architektura atheny wychodzi naprzeciw potrzebom użytkowników superkomputerów cyfronetu, którzy wykorzystują infrastrukturę obliczeniową zarówno do wykonywania standardowych wysokowydajnych symulacji naukowych (hpc), jak i do aplikowania metod sztucznej inteligencji (ai) i uczenia maszynowego (ml) w badaniach z zakresu medycyny, farmakologii, biologii, chemii, fizyki i wielu innych dziedzin nauki. moc obliczeniowa atheny dla obliczeń ai to prawie 240 pflops.</t>
-        </is>
-[...62 lines deleted...]
-          <t>Mozliwosć gromadzenia dużych ilości danych cyfrowych na ultraszybkich dyskach nvme</t>
         </is>
       </c>
       <c r="E12" t="inlineStr"/>
       <c r="F12" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>Warunki możliwości udostępniania przez administratora systemów komputerowych</t>
+          <t>Zasoby obliczeniowe ack cyfronet agh wchodzą w skład infrastruktury plgrid (http://www.plgrid.pl/). konto dostępowe do infrastruktury plgrid uzyskuje się poprzez rejestrację w portalu plgrid (https://portal.plgrid.pl/).</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I12" t="inlineStr">
         <is>
-          <t>Wydział wiertnictwa, nafty i gazu</t>
-[...6 lines deleted...]
-      </c>
+          <t>Akademickie centrum komputerowe cyfronet agh</t>
+        </is>
+      </c>
+      <c r="J12" t="inlineStr"/>
       <c r="K12" t="inlineStr">
         <is>
-          <t>Skrzypaszek Krzysztof</t>
+          <t>Magryś Marek</t>
         </is>
       </c>
       <c r="L12" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/krzysztof-skrzypaszek-5365.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/marek-magrys-6812.html</t>
         </is>
       </c>
       <c r="M12" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
       <c r="N12" t="inlineStr">
         <is>
-          <t>Macierz</t>
+          <t>Gpgpu, hpc, infrastruktura plgrid, komputery dużej mocy, obliczenia numeryczne, superkomputer, symulacje, sztuczna inteligencja, top500, uczenie maszynowe</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>Oscyloskop 8 kanałowy 2,5 ghz</t>
+          <t>Serwer macierzowy hpe alletra 6010</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Tektronix mso68b 6-bw-2500 oscyloskop</t>
+          <t>Serwer macierzowy hpe alletra 6010</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>- 8 kanałów analogowych, szerokość pasma w każdym z kanałów: 2,5 ghz - natywna rozdzielczość przetwornika w pracy real-time: 12 bitów - rozdzielczość przetwornika min. 12 bitów przy włączonych min. 4 kanałach pomiarowych i paśmie pracy 2,5 ghz - rozdzielczość przetwornika min. 12 bitów przy włączonych wszystkich kanałach pomiarowych i paśmie pracy 2 ghz - częstotliwość próbkowania 50 gs/s przy włączonych 2 kanałach analogowych i 8 bitowym przetwarzaniu - częstotliwość próbkowania 12,5 gs/s przy włączonych wszystkich kanałach analogowych i 8 bitowym przetwarzaniu - długość rekordu pamięci w każdym kanale przy pracy równoczesnej wszystkich kanałów: 62,5m punktów z (w każdym kanale) - dostępna szybkość przechwytywania przebiegów 500 000 przebiegów/s - analiza widma z niezależnymi nastawami w dziedzinie częstotliwości i czasu, umożliwiająca jednoczesne wyświetlenie analizy w dziedzinie czasu i częstotliwości dla wszystkich kanałów analogowych z zachowaną korelacją czasową - wbudowane interfejsy komunikacyjne przynajmniej 3x usb 3.0 host, usb 3.0 device, lan (10/100/1000 base-t ethernet; zgodny z lxi), display port, dvi-i, vga - przekątna ekranu: 15,6" - rozdzielczość ekranu: full hd (1920 x 1080)</t>
+          <t>Serwer macierzowy hpe alletra 6010 dający możliwość gromadzenia danych na łącznej powierzchni dyskowej 23tb (12 bardzo szybkich dysków nvme o pojemności 1.92tb każdy).</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>Pomiary, analiza, obrazowanie sygnałów elektrycznych.</t>
+          <t>Mozliwosć gromadzenia dużych ilości danych cyfrowych na ultraszybkich dyskach nvme</t>
         </is>
       </c>
       <c r="E13" t="inlineStr"/>
       <c r="F13" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
+          <t>Warunki możliwości udostępniania przez administratora systemów komputerowych</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I13" t="inlineStr">
         <is>
-          <t>Katedra energoelektroniki i automatyki systemów przetwarzania energii</t>
+          <t>Wydział wiertnictwa, nafty i gazu</t>
         </is>
       </c>
       <c r="J13" t="inlineStr">
         <is>
-          <t>Ilb interdyscyplinarne laboratorium badawcze</t>
+          <t>Serwerownia</t>
         </is>
       </c>
       <c r="K13" t="inlineStr">
         <is>
-          <t>Penczek Adam</t>
+          <t>Skrzypaszek Krzysztof</t>
         </is>
       </c>
       <c r="L13" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/krzysztof-skrzypaszek-5365.html</t>
         </is>
       </c>
       <c r="M13" t="inlineStr">
         <is>
-          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+          <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
       <c r="N13" t="inlineStr">
         <is>
-          <t>Analiza fft, częstotliwość próbkowania, oscyloskop cyfrowy, pasmo analogowe</t>
+          <t>Macierz</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>System szybkiego prototypowania sterowania</t>
+          <t>Oscyloskop 8 kanałowy 2,5 ghz</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>System szybkiego prototypowania sterowania  b-box 3.0</t>
+          <t>Tektronix mso68b 6-bw-2500 oscyloskop</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>Kontroler do szybkiego prototypowania dsp+fpga dla energoelektroniki
-system on chip:        xilinx zynq xc7z030-3fbg676e  dsp / processing: 2x arm cortex a9 1ghz 1gb ddr3 fpga:            xilinx kintex 7 125k (programowalny przez użytkownika); xilinx artix 7 35t (pomocniczy) wejścia analogowe:        16x 16 bitów @ 500ksps, próbkowanie symultaniczne, programowalny front-end full-differential wyjścia pwm:        16x optyczne; 32x elektryczne (3.3v) high-speed i/os użytkownika:    36x elektryczne (3.3v) wyjścia cyfrowe:    16x elektryczne (3.3v/5.0v) wejścia cyfrowe:        16x elektryczne (3.3v/5.0v)     wejścia błędów:        16x elektryczne (3,3v); 1x blokada elektryczna; 1x blokada optyczna.     wejścia dekodera przyrostowego:    4x 3-pinowe (a,b,z) (współdzielone z wejściami gpi)     komunikacja:        1x can; 1x ethernet 1 gbps; 3x sfp+ 5gbps (realsync)</t>
+          <t>- 8 kanałów analogowych, szerokość pasma w każdym z kanałów: 2,5 ghz - natywna rozdzielczość przetwornika w pracy real-time: 12 bitów - rozdzielczość przetwornika min. 12 bitów przy włączonych min. 4 kanałach pomiarowych i paśmie pracy 2,5 ghz - rozdzielczość przetwornika min. 12 bitów przy włączonych wszystkich kanałach pomiarowych i paśmie pracy 2 ghz - częstotliwość próbkowania 50 gs/s przy włączonych 2 kanałach analogowych i 8 bitowym przetwarzaniu - częstotliwość próbkowania 12,5 gs/s przy włączonych wszystkich kanałach analogowych i 8 bitowym przetwarzaniu - długość rekordu pamięci w każdym kanale przy pracy równoczesnej wszystkich kanałów: 62,5m punktów z (w każdym kanale) - dostępna szybkość przechwytywania przebiegów 500 000 przebiegów/s - analiza widma z niezależnymi nastawami w dziedzinie częstotliwości i czasu, umożliwiająca jednoczesne wyświetlenie analizy w dziedzinie czasu i częstotliwości dla wszystkich kanałów analogowych z zachowaną korelacją czasową - wbudowane interfejsy komunikacyjne przynajmniej 3x usb 3.0 host, usb 3.0 device, lan (10/100/1000 base-t ethernet; zgodny z lxi), display port, dvi-i, vga - przekątna ekranu: 15,6" - rozdzielczość ekranu: full hd (1920 x 1080)</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>B-box jest systemem szybkiego prototypowania sterowania (rcp) dla aplikacji energoelektronicznych. ułatwia on eksperymentalną walidację sterowania przekształtników mocy.
-system jest w pełni programowalny, w tym zarówno jego procesor dsp, jak i fpga, dzięki czemu nawet najbardziej zaawansowane algorytmy sterowania mogą być skutecznie testowane w środowisku laboratoryjnym. sterownik rcp wspiera również monitorowanie i debugowanie w czasie rzeczywistym.</t>
+          <t>Pomiary, analiza, obrazowanie sygnałów elektrycznych.</t>
         </is>
       </c>
       <c r="E14" t="inlineStr"/>
       <c r="F14" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G14" t="inlineStr">
         <is>
           <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I14" t="inlineStr">
         <is>
           <t>Katedra energoelektroniki i automatyki systemów przetwarzania energii</t>
         </is>
       </c>
       <c r="J14" t="inlineStr">
         <is>
           <t>Ilb interdyscyplinarne laboratorium badawcze</t>
         </is>
       </c>
       <c r="K14" t="inlineStr">
         <is>
           <t>Penczek Adam</t>
         </is>
       </c>
       <c r="L14" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
         </is>
       </c>
       <c r="M14" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
       <c r="N14" t="inlineStr">
         <is>
-          <t>Matlab, systemszybkiegoprototypowania</t>
+          <t>Analiza fft, częstotliwość próbkowania, oscyloskop cyfrowy, pasmo analogowe</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
+          <t>System szybkiego prototypowania sterowania</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>System szybkiego prototypowania sterowania  b-box 3.0</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>Kontroler do szybkiego prototypowania dsp+fpga dla energoelektroniki
+system on chip:        xilinx zynq xc7z030-3fbg676e  dsp / processing: 2x arm cortex a9 1ghz 1gb ddr3 fpga:            xilinx kintex 7 125k (programowalny przez użytkownika); xilinx artix 7 35t (pomocniczy) wejścia analogowe:        16x 16 bitów @ 500ksps, próbkowanie symultaniczne, programowalny front-end full-differential wyjścia pwm:        16x optyczne; 32x elektryczne (3.3v) high-speed i/os użytkownika:    36x elektryczne (3.3v) wyjścia cyfrowe:    16x elektryczne (3.3v/5.0v) wejścia cyfrowe:        16x elektryczne (3.3v/5.0v)     wejścia błędów:        16x elektryczne (3,3v); 1x blokada elektryczna; 1x blokada optyczna.     wejścia dekodera przyrostowego:    4x 3-pinowe (a,b,z) (współdzielone z wejściami gpi)     komunikacja:        1x can; 1x ethernet 1 gbps; 3x sfp+ 5gbps (realsync)</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>B-box jest systemem szybkiego prototypowania sterowania (rcp) dla aplikacji energoelektronicznych. ułatwia on eksperymentalną walidację sterowania przekształtników mocy.
+system jest w pełni programowalny, w tym zarówno jego procesor dsp, jak i fpga, dzięki czemu nawet najbardziej zaawansowane algorytmy sterowania mogą być skutecznie testowane w środowisku laboratoryjnym. sterownik rcp wspiera również monitorowanie i debugowanie w czasie rzeczywistym.</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr"/>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>Udostępnienie bezpłatne lub komercyjne w laboratorium ilb, albo wypożyczenie bezpłatne lub komercyjne każdorazowo na podstawie zgody rady naukowej ilb</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I15" t="inlineStr">
+        <is>
+          <t>Katedra energoelektroniki i automatyki systemów przetwarzania energii</t>
+        </is>
+      </c>
+      <c r="J15" t="inlineStr">
+        <is>
+          <t>Ilb interdyscyplinarne laboratorium badawcze</t>
+        </is>
+      </c>
+      <c r="K15" t="inlineStr">
+        <is>
+          <t>Penczek Adam</t>
+        </is>
+      </c>
+      <c r="L15" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/adam-penczek-5333.html</t>
+        </is>
+      </c>
+      <c r="M15" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N15" t="inlineStr">
+        <is>
+          <t>Matlab, systemszybkiegoprototypowania</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
           <t>Radar interferometryczny ibis-l/s</t>
         </is>
       </c>
-      <c r="B15" t="inlineStr">
+      <c r="B16" t="inlineStr">
         <is>
           <t>Radar interferometryczny ibis-l/s</t>
         </is>
       </c>
-      <c r="C15" t="inlineStr">
+      <c r="C16" t="inlineStr">
         <is>
           <t>Naziemny radar interferometryczny ibis-l/s to precyzyjne mikrofalowe urządzenie pomiarowe, służące do zdalnego, bezdotykowego pomiaru przemieszczeń i deformacji obiektów budowlanych oraz powierzchni terenu z wysoką dokładnością. głównym elementem systemu jest pracujący w dozwolonym paśmie ku (17,1-17,3 ghz) radar, wykorzystujący technikę syntetycznej apertury (sar). radar emituje w kierunku badanego obiektu spójną wiązkę promieniowania elektromagnetycznego o niewielkiej mocy i skokowo zmiennej częstotliwości (modulacja sfcw), a następnie odbiera, rejestruje i analizuje odbity sygnał. układ interferometryczny precyzyjnie wyznacza zmiany fazy sygnału odbitego względem sygnału nadawanego, pozwalając na pomiar przemieszczeń wybranych części lub obszarów (pikseli) badanego obiektu z dokładnością 0,1 mm. rozróżnialność pikseli jest osiągana przy zmianie odległości o 0,5 m i azymutu o 0,25°. w skład systemu wchodzi specjalistyczne, dedykowane oprogramowanie, pozwalające na sterowanie procesem pomiarowym, archiwizację i wstępną analizę wyników w czasie rzeczywistym, a następnie ich pełną analizę w fazie post-processingu. wyniki poszczególnych etapów opracowania mogą być prezentowane graficznie, rejestrowane i eksportowane do otwartych formatów plików.</t>
         </is>
       </c>
-      <c r="D15" t="inlineStr">
+      <c r="D16" t="inlineStr">
         <is>
           <t xml:space="preserve">-detekcja oraz monitoring deformacji terenu i przemieszczeń budowli, z dokładnością 0,1 mm, nieosiągalną dla innych geodezyjnych metod pomiarowych. .
 -modelowanie deformacji zapór wodnych. równoczesne obserwacje termowizyjne umożliwiają rozdzielenie deformacji termicznych od rzeczywistych deformacji geometrycznych. 
 -modelowanie i analiza deformacji budowli inżynierskich. </t>
         </is>
       </c>
-      <c r="E15" t="inlineStr">
+      <c r="E16" t="inlineStr">
         <is>
           <t>Dokładność pomiaru przemieszczenia wynosi 0,1 mm. system ibis ma 2 wersje:
 - ibis-l–radar dalekiego zasięgu (do 4 km) o rozróżnialności dwuwymiarowej (0,5 m w odległości i 0,25° w azymucie), służy do wyznaczania przemieszczeń obiektów powierzchniowych (np. osuwisk, zapór).
 - ibis-s–radar o zasięgu do 1 km i częstotliwości próbkowania do 200 hz, służy do pomiaru i analizy przemieszczeń oraz szybkozmiennych drgań konstrukcji.</t>
         </is>
       </c>
-      <c r="F15" t="inlineStr">
+      <c r="F16" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G15" t="inlineStr">
+      <c r="G16" t="inlineStr">
         <is>
           <t>Formalne warunki udostępnienia należy uzgodnić z dziekanem wydziału geodezji górniczej i inżynierii środowiska. praktycznie, ze względu na unikatowość sprzętu, jego używanie wymaga przeszkolenia przeprowadzonego przez producenta albo udziału osoby ze znajomością obsługi urządzenia.</t>
         </is>
       </c>
-      <c r="H15" t="inlineStr">
+      <c r="H16" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I15" t="inlineStr">
+      <c r="I16" t="inlineStr">
         <is>
           <t>Katedra geodezji inżynieryjnej i budownictwa</t>
         </is>
       </c>
-      <c r="J15" t="inlineStr">
+      <c r="J16" t="inlineStr">
         <is>
           <t>Zespół badawczy technologii informatycznych w inżynierii lądowej</t>
         </is>
       </c>
-      <c r="K15" t="inlineStr">
+      <c r="K16" t="inlineStr">
         <is>
           <t>Kuras Przemysław</t>
         </is>
       </c>
-      <c r="L15" t="inlineStr">
+      <c r="L16" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/przemyslaw-kuras-7152.html</t>
         </is>
       </c>
-      <c r="M15" t="inlineStr">
+      <c r="M16" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N15" t="inlineStr">
+      <c r="N16" t="inlineStr">
         <is>
           <t>Budowle wysokie, deformacje, drgania, monitoring, mosty, osuwiska, przemieszczenia, radar interferometryczny, zapory wodne</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>