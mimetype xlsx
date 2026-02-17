--- v0 (2025-12-30)
+++ v1 (2026-02-17)
@@ -493,51 +493,51 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Aparat do pomiaru analizatora do pomiaru sorpcji gazów i wyznaczania powierzchni właściwej, wielkości, objętości i rozkładu mikro- i mezo-porów w proszkach i materiałach porowatych</t>
+          <t>Analizator do pomiaru sorpcji gazów i wyznaczania powierzchni właściwej, wielkości, objętości i rozkładu mikro- i mezo-porów w proszkach i materiałach porowatych</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Aparat do pomiaru wielkości sorpcji nova 800 anton paar</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparat nova 800 anton paar:
 	posiada możliwość analizy sorpcji gazów takich jak n2, he i co2 oraz par cieczy. 
 	wykorzystywany do wyznaczania powierzchni właściwej bet, wielkości, objętości i rozkładu mikro- i mezo-porów w próbkach proszkowych i materiałach porowatych.
 	wyposażony w cztery niezależne stacje do odgazowania próbek, co pozwala na równoczesne przygotowanie kilku próbek.
  </t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar sorpcji dla próbek mineralnych, organicznych, syntetycznych, przemysłowych, itp.
 	analiza bet i objętości porów próbek litych i proszkowych.
 </t>
         </is>
       </c>
       <c r="E2" t="inlineStr">