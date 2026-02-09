--- v0 (2025-10-31)
+++ v1 (2026-02-09)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:N9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,397 +493,628 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Laserowy system do mikrofabrykacji układów elektronicznych pracujących w zakresie fal mikrofalowych i milimetrowych</t>
+          <t>Stanowisko do charakteryzacji aktywnych obwodów mikrofalowych w pasmie do 67 ghz</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Protolaser u4</t>
+          <t>Stanowisko do charakteryzacji aktywnych obwodów mikrofalowych w pasmie do 67 ghz</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Mikroobróbka w laboratorium źródło lasera uv jako wszechstronne narzędzie lpkf protolaser u4 wykorzystuje laser naprowadzany skanerem o długości fali 355 nm w widmie uv, który został specjalnie opracowany do stosowania w laboratoriach elektronicznych. ta długość fali umożliwia doskonałą obróbkę laserem wielu grup materiałów bez dodatkowych narzędzi, masek i folii. umieszczenie pól skanowania obok siebie daje zakres roboczy do 229 mm x 305 mm x 10 mm. ognisko lasera o średnicy ok. 20 µm pozwala na struktury o odstępie 65 µm (szerokość linii 50 µm w odstępie 15 µm) w porównaniu z fr4 z 18 µm cu. potężne oprogramowanie systemowe przyjazne dla użytkownika oprogramowanie systemowe lpkf circuitpro pl zapewnia dostęp do wszystkich ważnych parametrów procesu. obszerna biblioteka parametrów, która zawiera nie tylko wiele popularnych, ale także egzotycznych materiałów, zapewnia pomoc przy własnych projektach operatora. stabilizacja w zakresie niskich energii precyzyjne, wrażliwe procesy wymagają bardzo małej energii lasera. nowe źródło lasera uv zostało odpowiednio zaprojektowane i jest stabilne w szerokim zakresie mocy. jest to korzystne w przypadku zastosowań ze szczególnie cienkimi warstwami lub delikatnymi materiałami. śledzenie procesu pole pomiaru mocy określa rzeczywistą moc lasera w pozycji ogniskowej. dzięki temu powstają dokładne, rzeczywiste dane służące do dokumentowania procesu produkcyjnego. system wizyjny lpkf protolaser u4 wykorzystuje nowo zaprojektowany, szybki system wizyjny zoptymalizowany pod kątem mikroobróbki laserowej. kamera i proces rozpoznawania obrazu rejestrują punkty odniesienia lub struktury geometryczne na obrabianym podłożu.</t>
+          <t>Stanowisko pomiarowe składa się z wektorowego analiza sieci rohde &amp; schwarz zna67 z opcją b16, mechanicznego kitu kalibracyjnego rohde &amp; schwarz zn-z218, dwóch tunerów impedancji focus microwaves c6720b wraz z oprogramowaniem sterującym, dwóch układów polaryzacji focus microwaves bt0167-12-p, terminatora te67-5-39,  zestawu kabli junkosha mwx061-00914vmsvms/b oraz zestawu adapterów między standardem 1.85 mm oraz większymi.</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Umieszczenie pól skanowania obok siebie daje zakres roboczy do 229 mm x 305 mm x 10 mm. ognisko lasera o średnicy ok. 20 µm pozwala na struktury o odstępie 65 µm (szerokość linii 50 µm w odstępie 15 µm) w porównaniu z fr4 z 18 µm cu.</t>
-[...2 lines deleted...]
-      <c r="E2" t="inlineStr"/>
+          <t xml:space="preserve">Stanowisko służące do pełnej wektorowej charakteryzacji aktywnych obwodów mikrofalowych w pasmie do 67 ghz. stanowisko to umożliwi pomiar zespolonych współczynników odbicia oraz transmisji dowolnych wielowrotników przy arbitralnie ustalanym punkcie pracy. </t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Czterowrotowy pomiar zespolonych parametrów rozproszenia w paśmie 10 mhz do 67 ghz w systemie impedancji 50 ohm lub dwuwrotowy pomiar z możliwością strojenia impedancji wejściowej i wyjściowej widzianych przez badane urządzenie. </t>
+        </is>
+      </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>Indywidualnie</t>
+          <t>Wewnętrzny tylko dla agh, zewnętrzny w formie zlecenia na pomiary prowadzone przez przeszkolonego pracownika agh
+aparatura udostępniana jest do użytku dla pracowników i doktorantów agh po odbyciu szkolenia z obsługi urządzenia i po potwierdzeniu niezbędnych umiejętności przez osobę kontaktową lub innego upoważnionego pracownika. aparatura znajduje się w pokoju 09 w budynku d-5. dostęp do tej części budynku jest ograniczony i możliwy tylko dla osób uprawnionych lub pod nadzorem osoby uprawnionej</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
+          <t>Wydział informatyki, elektroniki i telekomunikacji</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Staszek Kamil</t>
+          <t>Sorocki Jakub</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/kamil-staszek-8884.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/jakub-sorocki-8555.html</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>Fale mikrofalowe, fale milimetrowe, labolatorium, laser, mikrofabrykacja, system laserowy, układy elektroniczne, źródło lasera</t>
+          <t>Mikrofala, obwody, pomiar, stanowisko</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Analizator sygnału i widma rohde&amp;schwarz fsw85</t>
+          <t>Oscyloskop minimum 4-kanałowy</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Analizator widma fsw85</t>
+          <t>Oscyloskop minimum 4-kanałowy i z pasmem analogowym 4.0 ghz oraz kompatybilnym z posiadanymi już sondami tdp1500, tdp3500, tivh08</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Wysokowydajny analizator sygnału i widma r&amp;s;®fsw pozwala inżynierom wykonanie nawet najbardziej wymagających zadań. charakteryzuje się szerokim pasmem pracy, które umożliwia charakteryzację szerokopasmowych komponentów i systemów komunikacyjnych. więcej informacji: https://www.rohde-schwarz.com/ca/product/fsw-productstartpage_63493-11793.html</t>
+          <t>Oscyloskop sygnałów mieszanych tektronix mso64b-6-bw-4000 zapewnia wysoką  jakość sygnałów pomiarowych do dalszej analizy i debugowania współczesnych systemów wbudowanych z zegarami i magistralami o częstotliwościach rzędu pojedynczych gigaherców. urządzenie wyposażono w interfejs dotykowy, duży wyświetlacz 15,6” oraz wejścia flexchannel, które pozwalają mierzyć jeden sygnał analogowy lub osiem sygnałów cyfrowych na kanał.</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>Analiza widma częstotliwościowego</t>
+          <t>Pomiary, analiza, obrazowanie sygnałów elektrycznych o dużej dynamice zmian.</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>Zakres częstotliwości: 2hz - 85 ghz, szum fazowy &lt; -136 dbc, max analizowane pasmo: 8312 mhz</t>
+          <t>Analogowe pasmo pracy każdego kanału: 4ghz
+częstotliwość próbkowania: 25gsps (4 kanały), 50gsps (2 kanały)
+długość rekordu pamięci dla każdego kanału: 1gs próbek.</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
-          <t>Do uzgodnienia z kierownikiem zespołu tmiewc</t>
+          <t>Dostęp do sprzętu możliwy w pomieszczeniach laboratorium alice agh, po uprzednim uzgodnieniu terminu realizacji pomiarów. 
+dostęp możliwy tylko dla pracowników i doktorantów agh.
+pomieszczenia laboratorium alice agh 413/c2 w terminie uzgodnionym z opiekunem laboratorium</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
           <t>Wydział informatyki, elektroniki i telekomunikacji</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>Zespół techniki mikrofalowej i elektroniki wielkiej częstotliwości</t>
+          <t>Instytut elektroniki</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>Piekarz Ilona</t>
+          <t>Worek Cezary</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/ilona-kinga-piekarz-8771.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/cezary-worek-3702.html</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
-          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
-          <t>Analizator sygnału, analizator widma, pomiary mikrofalowe</t>
+          <t>Analiza, obrazowanie, obrazowanie sygnałów, oscyloskop, oscyloskop cyfrowy, pomiar, sygnał</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Wektorowy generator sygnału rohde &amp; schwarz smw100a</t>
+          <t>Generator funkcyjny / arbitralny dwukanałowy pracujący w paśmie co najmniej 1mhz do 1000 mhz</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Wektorowe źródło sygnałów mikrofalowych z programowalnym modułem modulacji</t>
+          <t>Generator arbitralny</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>Wektorowy generator sygnału odpowiedni do większości nawet najbardziej wymagających zastosowań. urządzenie charakteryzuje się bardzo dobrą charakterystyką rf w zakresie częstotliwości 1oo khz do 44 ghz. więcej informacji: https://www.rohde-schwarz.com/no/product/smf100a-productstartpage_63493-8447.html</t>
+          <t>Generator funkcyjny / arbitralny dwukanałowy pracujący w paśmie co najmniej od 1mhz do 1000 mhz pozwalający na generację sygnałów w trybie dwukanałowym i impedancji wyjściowej 50 ohm.
+generator arbitralny siglent sdg7102a oferuje dwa kanały o paśmie do 1 ghz, maksymalnej częstotliwości próbkowania 5 gsa/s i rozdzielczości 14 bitów. umożliwia generowanie przebiegów arbitralnych, sygnałów wektorowych oraz typowych sygnałów testowych, takich jak dc, pulse, noise czy prbs. obsługuje funkcje modulacji, przemiatania, burst-u i synchronizacji kanałów, a wyjścia różnicowe lub single-ended zapewniają amplitudę do ±24 v. dzięki unikalnym cechom sdg7102a idealnie sprawdza się w zaawansowanych testach i badaniach sygnałów wysokiej częstotliwości i dużych amplitudach.</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Generacja sygnałów wektorowych</t>
+          <t>Rodzaje przebiegów wyjściowych:
+sinus, prostokąt, impuls (możliwość regulacji zbocza narastającego i opadającego niezależnie), dc, szum biały. możliwość zdefiniowania dowolnego przebiegu na dwóch kanałach.
+zakres częstotliwości pracy:
+- przebieg sinusoidalny: 1 mhz do 1000 mhz;
+- przebieg impulsowy: 1 mhz do 300 mhz;
+generowanie sygnałów elektronicznych analogowych oraz cyfrowych.</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Zakres częstotliwości 100 khz - 44 ghz, pasmo modulacji rf do 1ghz</t>
+          <t>Pasmo pracy każdego kanału: 1 ghz
+częstotliwość próbkowania: 5 gsps
+maksymalna długość pamięci dla każdego kanału: 512 mpts.</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
-          <t>Do uzgodnienia z kierownikiem zespołu tmiewc</t>
+          <t>Dostęp do sprzętu możliwy w pomieszczeniach laboratorium alice agh, po uprzednim uzgodnieniu terminu realizacji pomiarów. 
+dostęp możliwy tylko dla pracowników i doktorantów agh.
+pomieszczenia laboratorium alice agh 413/c2 w terminie uzgodnionym z opiekunem laboratorium</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I4" t="inlineStr">
         <is>
           <t>Wydział informatyki, elektroniki i telekomunikacji</t>
         </is>
       </c>
       <c r="J4" t="inlineStr">
         <is>
-          <t>Zespół techniki mikrofalowej i elektroniki wielkiej częstotliwości</t>
+          <t>Instytut elektroniki</t>
         </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
-          <t>Piekarz Ilona</t>
+          <t>Worek Cezary</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/ilona-kinga-piekarz-8771.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/cezary-worek-3702.html</t>
         </is>
       </c>
       <c r="M4" t="inlineStr">
         <is>
-          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
       <c r="N4" t="inlineStr">
         <is>
-          <t>Cyfrowa modulacja, generator sygnału, sygnały zespolone</t>
+          <t>Generator, generator arbitralny, modulacja, pasmo, przemiatanie, sygnał</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Stanowisko do wytwarzania i badań in situ nanostruktur sensorowych</t>
+          <t>Laserowy system do mikrofabrykacji układów elektronicznych pracujących w zakresie fal mikrofalowych i milimetrowych</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Stanowisko do wytwarzania i badań in situ nanostruktur sensorowych</t>
+          <t>Protolaser u4</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Technologiczno-pomiarowe stanowisko składające się z 5 niezależnych komór spełniających standardy ultra-wysokiej próżni (uhv) firmy prevac</t>
+          <t>Mikroobróbka w laboratorium źródło lasera uv jako wszechstronne narzędzie lpkf protolaser u4 wykorzystuje laser naprowadzany skanerem o długości fali 355 nm w widmie uv, który został specjalnie opracowany do stosowania w laboratoriach elektronicznych. ta długość fali umożliwia doskonałą obróbkę laserem wielu grup materiałów bez dodatkowych narzędzi, masek i folii. umieszczenie pól skanowania obok siebie daje zakres roboczy do 229 mm x 305 mm x 10 mm. ognisko lasera o średnicy ok. 20 µm pozwala na struktury o odstępie 65 µm (szerokość linii 50 µm w odstępie 15 µm) w porównaniu z fr4 z 18 µm cu. potężne oprogramowanie systemowe przyjazne dla użytkownika oprogramowanie systemowe lpkf circuitpro pl zapewnia dostęp do wszystkich ważnych parametrów procesu. obszerna biblioteka parametrów, która zawiera nie tylko wiele popularnych, ale także egzotycznych materiałów, zapewnia pomoc przy własnych projektach operatora. stabilizacja w zakresie niskich energii precyzyjne, wrażliwe procesy wymagają bardzo małej energii lasera. nowe źródło lasera uv zostało odpowiednio zaprojektowane i jest stabilne w szerokim zakresie mocy. jest to korzystne w przypadku zastosowań ze szczególnie cienkimi warstwami lub delikatnymi materiałami. śledzenie procesu pole pomiaru mocy określa rzeczywistą moc lasera w pozycji ogniskowej. dzięki temu powstają dokładne, rzeczywiste dane służące do dokumentowania procesu produkcyjnego. system wizyjny lpkf protolaser u4 wykorzystuje nowo zaprojektowany, szybki system wizyjny zoptymalizowany pod kątem mikroobróbki laserowej. kamera i proces rozpoznawania obrazu rejestrują punkty odniesienia lub struktury geometryczne na obrabianym podłożu.</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Nanoszenie cienkich warstw metodą reaktywnego rozpylania magnetronowego </t>
-[...6 lines deleted...]
-      </c>
+          <t>Umieszczenie pól skanowania obok siebie daje zakres roboczy do 229 mm x 305 mm x 10 mm. ognisko lasera o średnicy ok. 20 µm pozwala na struktury o odstępie 65 µm (szerokość linii 50 µm w odstępie 15 µm) w porównaniu z fr4 z 18 µm cu.</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr"/>
       <c r="F5" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>Do uzgodnienia z kierownikiem laboratorium zlns</t>
+          <t>Indywidualnie</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
       <c r="J5" t="inlineStr">
         <is>
-          <t>Zintegrowane laboratorium nanostruktur sensorowych, http://www.zlns.agh.edu.pl/</t>
+          <t>Instytut elektroniki</t>
         </is>
       </c>
       <c r="K5" t="inlineStr">
         <is>
-          <t>Zakrzewska Katarzyna</t>
+          <t>Staszek Kamil</t>
         </is>
       </c>
       <c r="L5" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/katarzyna-zakrzewska-3844.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/kamil-staszek-8884.html</t>
         </is>
       </c>
       <c r="M5" t="inlineStr">
         <is>
-          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N5" t="inlineStr">
         <is>
-          <t>Cienkie warstwy, rezystancyjna sonda, rozpylanie magnetronowe, sonda kelvina</t>
+          <t>Fale mikrofalowe, fale milimetrowe, labolatorium, laser, mikrofabrykacja, system laserowy, układy elektroniczne, źródło lasera</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
+          <t>Analizator sygnału i widma rohde&amp;schwarz fsw85</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Analizator widma fsw85</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>Wysokowydajny analizator sygnału i widma r&amp;s;®fsw pozwala inżynierom wykonanie nawet najbardziej wymagających zadań. charakteryzuje się szerokim pasmem pracy, które umożliwia charakteryzację szerokopasmowych komponentów i systemów komunikacyjnych. więcej informacji: https://www.rohde-schwarz.com/ca/product/fsw-productstartpage_63493-11793.html</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>Analiza widma częstotliwościowego</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>Zakres częstotliwości: 2hz - 85 ghz, szum fazowy &lt; -136 dbc, max analizowane pasmo: 8312 mhz</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
+        <is>
+          <t>Do uzgodnienia z kierownikiem zespołu tmiewc</t>
+        </is>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>Wydział informatyki, elektroniki i telekomunikacji</t>
+        </is>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t>Zespół techniki mikrofalowej i elektroniki wielkiej częstotliwości</t>
+        </is>
+      </c>
+      <c r="K6" t="inlineStr">
+        <is>
+          <t>Piekarz Ilona</t>
+        </is>
+      </c>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/ilona-kinga-piekarz-8771.html</t>
+        </is>
+      </c>
+      <c r="M6" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+        </is>
+      </c>
+      <c r="N6" t="inlineStr">
+        <is>
+          <t>Analizator sygnału, analizator widma, pomiary mikrofalowe</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>Wektorowy generator sygnału rohde &amp; schwarz smw100a</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Wektorowe źródło sygnałów mikrofalowych z programowalnym modułem modulacji</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>Wektorowy generator sygnału odpowiedni do większości nawet najbardziej wymagających zastosowań. urządzenie charakteryzuje się bardzo dobrą charakterystyką rf w zakresie częstotliwości 1oo khz do 44 ghz. więcej informacji: https://www.rohde-schwarz.com/no/product/smf100a-productstartpage_63493-8447.html</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>Generacja sygnałów wektorowych</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>Zakres częstotliwości 100 khz - 44 ghz, pasmo modulacji rf do 1ghz</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>Do uzgodnienia z kierownikiem zespołu tmiewc</t>
+        </is>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>Wydział informatyki, elektroniki i telekomunikacji</t>
+        </is>
+      </c>
+      <c r="J7" t="inlineStr">
+        <is>
+          <t>Zespół techniki mikrofalowej i elektroniki wielkiej częstotliwości</t>
+        </is>
+      </c>
+      <c r="K7" t="inlineStr">
+        <is>
+          <t>Piekarz Ilona</t>
+        </is>
+      </c>
+      <c r="L7" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/ilona-kinga-piekarz-8771.html</t>
+        </is>
+      </c>
+      <c r="M7" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+        </is>
+      </c>
+      <c r="N7" t="inlineStr">
+        <is>
+          <t>Cyfrowa modulacja, generator sygnału, sygnały zespolone</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>Stanowisko do wytwarzania i badań in situ nanostruktur sensorowych</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Stanowisko do wytwarzania i badań in situ nanostruktur sensorowych</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>Technologiczno-pomiarowe stanowisko składające się z 5 niezależnych komór spełniających standardy ultra-wysokiej próżni (uhv) firmy prevac</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Nanoszenie cienkich warstw metodą reaktywnego rozpylania magnetronowego </t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Pomiary in-situ metodą sondy kelvina i rezystancyjnej sondy czteropunktowej </t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
+        <is>
+          <t>Do uzgodnienia z kierownikiem laboratorium zlns</t>
+        </is>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>Instytut elektroniki</t>
+        </is>
+      </c>
+      <c r="J8" t="inlineStr">
+        <is>
+          <t>Zintegrowane laboratorium nanostruktur sensorowych, http://www.zlns.agh.edu.pl/</t>
+        </is>
+      </c>
+      <c r="K8" t="inlineStr">
+        <is>
+          <t>Zakrzewska Katarzyna</t>
+        </is>
+      </c>
+      <c r="L8" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/katarzyna-zakrzewska-3844.html</t>
+        </is>
+      </c>
+      <c r="M8" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
+        </is>
+      </c>
+      <c r="N8" t="inlineStr">
+        <is>
+          <t>Cienkie warstwy, rezystancyjna sonda, rozpylanie magnetronowe, sonda kelvina</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
           <t>System do trawienia i nanoszenia warstw z wyposażeniem</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B9" t="inlineStr">
         <is>
           <t>System do trawienia i nanoszenia warstw z wyposażeniem</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C9" t="inlineStr">
         <is>
           <t>Komora próżniowa z magnetronami dc i rf oraz źródłem jonów kdc40</t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D9" t="inlineStr">
         <is>
           <t>Nanoszenie cienkich warstw metalicznych i dielektrycznych. trawienie jonowe warstw metalicznych i dielektrycznych</t>
         </is>
       </c>
-      <c r="E6" t="inlineStr">
+      <c r="E9" t="inlineStr">
         <is>
           <t>Brak</t>
         </is>
       </c>
-      <c r="F6" t="inlineStr">
+      <c r="F9" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G6" t="inlineStr">
+      <c r="G9" t="inlineStr">
         <is>
           <t>Ustalane indywidualnie</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
+      <c r="H9" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I6" t="inlineStr">
+      <c r="I9" t="inlineStr">
         <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr">
+      <c r="J9" t="inlineStr">
         <is>
           <t>Laboratorium z-11/piotr wiśniowski pwis@agh.edu.pl; bartłomiej szafraniak szafrani@agh.edu.pl, łukasz fuśnik lfusnik@agh.edu.pl</t>
         </is>
       </c>
-      <c r="K6" t="inlineStr">
+      <c r="K9" t="inlineStr">
         <is>
           <t>Wiśniowski Piotr</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L9" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/piotr-wisniowski-6550.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M9" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N9" t="inlineStr">
         <is>
           <t>Nanoszenie cienkich warstw, trawienie cienkich warstw</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>