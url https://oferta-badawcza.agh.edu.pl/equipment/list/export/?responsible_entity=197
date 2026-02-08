--- v0 (2025-10-30)
+++ v1 (2026-02-08)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:N9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,557 +493,630 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>System do pomiaru emisji akustycznej</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>--</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>System do pomiaru zjawisk emisji akustycznej to zaawansowany, wielokanałowy zestaw pomiarowy przeznaczony do rejestracji pełnego pola falowego generowanego podczas procesów zachodzących w materiałach i konstrukcjach. jego centralnym elementem jest jednostka akwizycji wyposażona w 12 kanałów pomiarowych, z możliwością rozszerzenia do 38 oraz połaczenia z innymi systemami pomiarowymi. każdy kanał próbowany jest synchronicznie z częstotliwością 40 mhz przy 16 bitach rozdzielczości. jednostka oferuje programowalne zakresy napięć i zestaw wysokorzędowych filtrów częstotliwościowych.
+integralną częścią systemu jest zestaw 20 czujników emisji akustycznej różnego typu, obejmujących szeroki zakres czułości i pasm pracy – od sensorów niskoczęstotliwościowych do 1700 khz. w skład zestawu wchodzi 12 przedwzmacniaczy sygnałowych, procesory sygnału, karty pomiarowe oraz komplet okablowania umożliwiający równoczesne lub indywidualne podłączanie wszystkich sensorów. dodatkowym modułem systemu jest dwukanałowy układ pomiaru ae programowany w python, z zasilaniem poe oraz ip67.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>System umożliwia pomiary emisji akustycznej w materiałach i konstrukcjach, monitorowanie procesów technologicznych i zjawisk propagacji fal sprężystych czy inicjacji i propagacji defektów. zaawansowane oprogramowanie umożliwia akwizycję i analizę sygnałów oraz lokalizację źródeł ae. mobilny moduł akwizycji danych pozwala na pomiary także poza laboratorium.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>System ae rejestruje pełne pole falowe za pomocą 12 kanałów przy częst. próbkowania 40 mhz i rozdz. 16 bit na kanał. każdy kanał wyposażony jest zaawansowaną filtrację sygnałów. akwizycja realizowana jest za pomocą szerokopasmowych czujników ae (25–1500 khz). system umożliwia rejestrację do 1800 zdarzeń ae/s oraz zapis 2 gb przebiegów na moduł, a dodatkowy moduł dwukanałowy (próbkowanie 10 mhz) umożliwia lokalne przetwarzanie skryptowe.</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Aparatura badawcza jest dostępna dla innych zespołów, katedr i jednostek organizacyjnych agh na bazie współpracy  nieodpłatnie lub w ramach środków przeznaczonych na ten cel w projektach lub w ramach innych źródeł finansowania. w takim modelu możliwa jest realizacja badań wraz z analizą danych lub dostarczenie danych surowych do zleceniodawcy. istnieje możliwość skorzystania z aparatury w laboratoriach imir lub innych w agh lub w poza (przy zapewnieniu odpowiedniej obsługi i ubezpieczenia sprzęt</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Katedra systemów wytwarzania</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Zespół metamateriałów i dynamiki fal</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Paćko Paweł</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-packo-7226.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Badania nieniszczące, emisja akustyczna, inspekcja konstrukcji</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
           <t>Maszyna wytrzymałościowa 300kn</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B3" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa 300 kn</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C3" t="inlineStr">
         <is>
           <t xml:space="preserve">Maszyna wytrzymałościowa shimadzu agx-v 300 kn służy do badań wytrzymałościowych statycznych w zakresie rozciągania, ściskania, zginania itp. maszyna posiada precyzyjne możliwości badawcze dla sił do 300 kn.
 parametry techniczne:
 maszyna wytrzymałościowa shimadzu agx-v 300 kn
 	szerokość przestrzeni roboczej: 600 mm
 	dodatkowa głowica pomiarowa siły: do 20 kn, klasa dokładności 0,5 (1/1000) wg iso 7500-1
 	zakres prędkości przesuwu: od 0,00005 do 750 mm/min przy sile do 300 kn
 	częstotliwość próbkowania: 500 khz
 	automatyczna kontrola ze stałą szybkością odkształcenia, w pełni zgodna z pn en-iso 6892-1
 	automatyczna kontrola ze stałą szybkością narastania siły testującej/naprężenia zgodnie z pn en-iso 6892-1
 	możliwość zapisu wideo przebiegu testu
 wideoekstensometr dic x-sight:
 	rozdzielczość kamery: 16,1 mpix
 	rozdzielczość subpikselowa w płaszczyźnie: &lt; 0,008%
 	zakres pola widzenia: 330 mm x 180 mm
 	klasa dokładności: 0,5 wg iso 9513
 	dokładność: ±1,5 μm (zgodna z pn en-iso 527-1:2012)
 	pomiar zmian szerokości próbek w trakcie testu
 	pomiar współczynników anizotropii n + r oraz liczby poissona
 	zapis wideo testu
 	pełna synchronizacja z krzywą rozciągania
 	częstotliwość próbkowania: 23 hz
 	oprogramowanie do analizy dic
 ekstensometr automatyczny sie-560sa
 	dokładność: klasa 0,5 wg iso 9513
 	dokładność bezwzględna: ±1 μm
 	standardowa baza pomiarowa: 50 mm, możliwość zamówienia dodatkowych baz pomiarowych
 	przeznaczony dla maszyn ag-x plus 250/300 kn
 </t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D3" t="inlineStr">
         <is>
           <t>Badania wytrzymałościowe niszczące w zakresie: rozciągania; ściskania, zginania, zdzierania, dkształcalności itp. badania wytrzymałociowe metali wg en-iso 6892-1 jak i niemetali (tworzywa sztuczne, guma np. en-iso 37, en-iso 527) itp.</t>
         </is>
       </c>
-      <c r="E2" t="inlineStr">
+      <c r="E3" t="inlineStr">
         <is>
           <t>Wyznaczenie granicy wytrzymałości,
 wyznaczenie granicy plastyczności,
 wyznaczenie wydłużenia względnego,
 wyznaczenie współczynnika sprężystości wzdłużnej e (modułu younga),
 wyznaczenie współczynnika poissona.
 analiza odkształceń obejmująca deformacje poza płaszczyzną oraz pomiary ruchu</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F3" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G2" t="inlineStr">
+      <c r="G3" t="inlineStr">
         <is>
           <t>Zgodnie z indywidualnie uzgodnionymi umowami.</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
+      <c r="H3" t="inlineStr">
         <is>
           <t>Certyfikat</t>
-        </is>
-[...63 lines deleted...]
-          <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
           <t>Katedra systemów wytwarzania</t>
         </is>
       </c>
       <c r="J3" t="inlineStr"/>
       <c r="K3" t="inlineStr">
         <is>
           <t>Karmiris-Obratański Panagiotis</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/panagiotis-karmiris-obratanski-9969.html</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
-          <t>Wedm, wire edm</t>
+          <t>Maszyna wytrzymałościowa</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
+          <t>Elektrodrążarka drutowa</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Neospark b500</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>Elektrodrążarka neospark b500 to precyzyjna elektrodrążarka drutowa z posuwisto-zwrotnym ruchem drutu. maszyna ta pozwala osiągnąć bardzo dobrą wydajność podczas obróbki materiałów przewodzących prąd elektryczny i precyzyjnie oddzielić wydrukowane przedmioty od płyty bazowej. jednocześnie, na tej elektrodrążarce możliwe jest wykonanie cięć bez odkształceń i zadziorów nawet najdelikatniejszych konstrukcji metalowych drukowanych w 3d.
+przestrzeń robocza elektrodrążarki neospark b500 wynosi 820 mm x 535 mm, maksymalna waga obrabianego materiału wynosi 800 kg, a wysokość w osi z350 mm. posiada generator o mocy 10a oraz maksymalną wydajność cięcia 200 mm²/min. dokładność tej maszyny pozwala na uzyskanie chropowatości na poziomie 0,8 µm ra, a także dokładność powtarzania w osi x/y 0,005 mm.</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>Możliwości badawcze elektrodrążarki neospark b500 pozwalają zoptymalizować proces obróbki materiału oraz ustalić wpływ poszczególnych parametrów na właściwości mechaniczne, mikrostrukturę oraz topografii powierzchni materiału. dodatkowo pozwalają na precyzyjne cięcie próbek do dalszych etapów procesów badawczych.</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr"/>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Zgodnie z indywidualnie uzgodnionymi umowami.</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>Katedra systemów wytwarzania</t>
+        </is>
+      </c>
+      <c r="J4" t="inlineStr"/>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>Karmiris-Obratański Panagiotis</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/panagiotis-karmiris-obratanski-9969.html</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>Wedm, wire edm</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
           <t>Współrzędnościowa maszyna pomiarowa</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B5" t="inlineStr">
         <is>
           <t>Współrzędnościowa maszyna pomiarowa mitutoyo crysta-plus m443</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C5" t="inlineStr">
         <is>
           <t>System pomiarowy umożliwiający kontrolę elementów z wykorzystaniem techniki współrzędnościowej, pozwalający na pomiar długości, kątów i kształtu elementów geometrycznych.</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D5" t="inlineStr">
         <is>
           <t>- opracowanie prototypów wzorców i procedur przeznaczonych do sprawdzania dokładności systemów współrzędnościowych
 - opracowanie metody symulacyjnej szacowania niepewności.</t>
         </is>
       </c>
-      <c r="E4" t="inlineStr">
+      <c r="E5" t="inlineStr">
         <is>
           <t>Przestrzeń robocza urządzenia: ok. 400 x 400 x 300 mm. dokładność: błąd pomiaru długości mpe(e) = 3 + 4*l/1000 µm, l- mierzona długość w mm.
 możliwości pomiarowe:
 - kontrola wymiarowa elementów mierzonych
 - pomiar kształtu elementów mierzonych
 - inżynieria odwrotna</t>
         </is>
       </c>
-      <c r="F4" t="inlineStr">
+      <c r="F5" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G4" t="inlineStr">
+      <c r="G5" t="inlineStr">
         <is>
           <t>Dostęp możliwy po uzgodnieniu z kierownictwem katedry</t>
-        </is>
-[...62 lines deleted...]
-          <t>Po uzgodnieniu z kierownictwem katedry</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>Katedra systemów wytwarzania</t>
         </is>
       </c>
       <c r="J5" t="inlineStr"/>
       <c r="K5" t="inlineStr">
         <is>
-          <t>Dudek Piotr</t>
+          <t>Gąska Piotr</t>
         </is>
       </c>
       <c r="L5" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/piotr-dudek-7628.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/piotr-gaska-9779.html</t>
         </is>
       </c>
       <c r="M5" t="inlineStr">
         <is>
-          <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N5" t="inlineStr">
         <is>
-          <t>3d printer, pbf-l, sls</t>
+          <t>Coordinate measurements, inżynieria odwrotna, pomiary współrzędnościowe, reverse engineering</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
+          <t>Drukarka 3d metodą spiekania laserowego</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Eos formiga p100</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>Drukarka 3d wtwarzająca elementy metodą selektywnego spiekania proszków tworzyw sztucznych w ochronnej atmosferze azotu z wykorzystaniem lasera co2</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>Testowanie nowych materiałów kompozytowych</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr"/>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
+        <is>
+          <t>Po uzgodnieniu z kierownictwem katedry</t>
+        </is>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>Katedra systemów wytwarzania</t>
+        </is>
+      </c>
+      <c r="J6" t="inlineStr"/>
+      <c r="K6" t="inlineStr">
+        <is>
+          <t>Dudek Piotr</t>
+        </is>
+      </c>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/piotr-dudek-7628.html</t>
+        </is>
+      </c>
+      <c r="M6" t="inlineStr">
+        <is>
+          <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
+        </is>
+      </c>
+      <c r="N6" t="inlineStr">
+        <is>
+          <t>3d printer, pbf-l, sls</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
           <t>Drukarka 3d do metalu</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B7" t="inlineStr">
         <is>
           <t>Eos m290</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C7" t="inlineStr">
         <is>
           <t xml:space="preserve">Drukarka eos m290 3d reprezentuje czwartą i najnowszą generację systemów opracowanych przez eos do laserowego topienia proszków metali w technologii dmls/slm (direct metal laser sintering/ selective laser melting). drukarce eos m290 3d jest wyposarzona w laser włóknowy o mocy 400 w. ten typ lasera zapewnia wyjątkowo wysoką jakość wiązki w połączeniu ze stabilnością działania. drukarka ta posiada obszar do budowania 250 x 250 x 325 mm i prędkość skanowania do 7 metrów na sekundę. dodatkowo posiada laser o średnicy 100μm, który może wytwarzać warstwy o grubości od 20 do mikronów. eos m 290 pracuje w ochronnych atmosferach azotu, jak również argonu. dzięki temu system może obrabiać szeroką gamę materiałów, np:
 	stopy aluminium - alsi10mg (en ac-43000)
 	stal nierdzewna - ph1 (1.4540) i 316l (1.4404)
 	stal narzędziowa o wysokiej wytrzymałości - ms1 (1.2709)
 	stop tytanu - ti64 (tial6v4) i ti cp
 	stopy niklu - in718, in625, hx
 	stopy chromowo-kobaltowe - cocrmo sp2
 </t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D7" t="inlineStr">
         <is>
           <t>Drukarka eos m290 może być wykorzystanya do opracowania nowych stopów metali i materiałów, optymalizacji procesu druku 3d, wykorzystania metalowego druku 3d do produkcji złożonych elementów konstrukcyjnych, zbadania metalowego druku 3d do naprawy uszkodzonych części metalowych i zmniejszenia kosztów technologii. wysiłki te mają na celu poprawę wytrzymałości, twardości i odporności na korozję drukowanych części.</t>
         </is>
       </c>
-      <c r="E6" t="inlineStr">
+      <c r="E7" t="inlineStr">
         <is>
           <t xml:space="preserve"> 
  </t>
         </is>
       </c>
-      <c r="F6" t="inlineStr">
+      <c r="F7" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G6" t="inlineStr">
+      <c r="G7" t="inlineStr">
         <is>
           <t>Infrastruktura badawcza udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi - przy czym operator/opiekun ustala zasady korzystania z urządzenia stosownymi umowami. w pozostałych przypadkach udostępnianie infrastruktury badawczej jest odpłatne zgodnie z obecnie obowiązującym kosztem pracy urządzenia oraz operatora. w obu przypadkach koszt materiału wsadowego pokrywa korzystający z urządzenia.</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
+      <c r="H7" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I6" t="inlineStr">
+      <c r="I7" t="inlineStr">
         <is>
           <t>Katedra systemów wytwarzania</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr"/>
-      <c r="K6" t="inlineStr">
+      <c r="J7" t="inlineStr"/>
+      <c r="K7" t="inlineStr">
         <is>
           <t>Karmiris-Obratański Panagiotis</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L7" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/panagiotis-karmiris-obratanski-9969.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M7" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N7" t="inlineStr">
         <is>
           <t>3d printer, microstructure, mikrostruktura, slm</t>
         </is>
       </c>
     </row>
-    <row r="7">
-      <c r="A7" t="inlineStr">
+    <row r="8">
+      <c r="A8" t="inlineStr">
         <is>
           <t>Współrzędnościowe ramię pomiarowe</t>
         </is>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B8" t="inlineStr">
         <is>
           <t>Ramię pomiarowe 7320si romer</t>
         </is>
       </c>
-      <c r="C7" t="inlineStr">
+      <c r="C8" t="inlineStr">
         <is>
           <t>Przenośny system współrzędnościowy wyposażony w głowicę multisensoryczną umożliwiający przeprowadzanie pomiarów w trybie stykowym oraz z zastosowaniem triangulacji laserowej.</t>
         </is>
       </c>
-      <c r="D7" t="inlineStr">
+      <c r="D8" t="inlineStr">
         <is>
           <t>- opracowanie metod testowania dokładności współrzędnościowych ramion pomiarowych
 - modelowanie dokładności pomiaru przeprowadzonego z wykorzystaniem triangulacji laserowej.</t>
         </is>
       </c>
-      <c r="E7" t="inlineStr">
+      <c r="E8" t="inlineStr">
         <is>
           <t>Przestrzeń robocza urządzenia to wycinek kuli o średnicy 2 metrów. dokładność ok. 0,08 mm.
 możliwości pomiarowe:
 - kontrola wymiarowa elementów mierzonych
 - pomiar kształtu elementów mierzonych
 - porównanie powierzchni elementu mierzonego z modelem cad
 - inżynieria odwrotna</t>
         </is>
       </c>
-      <c r="F7" t="inlineStr">
+      <c r="F8" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G7" t="inlineStr">
+      <c r="G8" t="inlineStr">
         <is>
           <t>Po uzgodnieniu z kierownictwem katedry</t>
-        </is>
-[...62 lines deleted...]
-          <t>Zgodnie z indywidualnie uzgodnionymi umowami</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I8" t="inlineStr">
         <is>
           <t>Katedra systemów wytwarzania</t>
         </is>
       </c>
       <c r="J8" t="inlineStr"/>
       <c r="K8" t="inlineStr">
         <is>
+          <t>Gąska Piotr</t>
+        </is>
+      </c>
+      <c r="L8" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/piotr-gaska-9779.html</t>
+        </is>
+      </c>
+      <c r="M8" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N8" t="inlineStr">
+        <is>
+          <t>Inżynieria odwrotna, pomiary współrzędnościowe</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>Wgłębne centrum elektroerozyjne wraz z systemem pomiarowym</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Elektrodrążarka wgłębna agie charmilles fo 350 sp, współrzędnościowa maszyna pomiarowa dea global</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>Przedmiotowe stanowisko służy do realizacji kompleksowych badań laboratoryjnych związanych z procesem elektrodrążenia wgłębnego oraz przeprowadzania pomiarów wielkości charakteryzujących wymiary wytworzonych elementów w trybie cnc. na stanowisku dotyczącym elektrodrążenia możliwe jest przeprowadzanie badań możliwości obróbki elementów wytwarzanych z różnych materiałów przewodzących prąd elektryczny z zastosowaniem narzędzi z różnych materiałów przy zmiennych parametrach technologicznych. w przypadku stanowiska pomiarowego możliwość jest przeprowadzania pomiarów w trybie punktowym oraz skanowania. w trakcie badań rejestrowane są parametry procesu. podstawowe parametry elektrodrążarka wgłębna agie charmilles fo 350 sp – wymiary stołu : 500 x 400 mm – maksymalny wymiar detalu : 780 x 530 x 300 mm – przesuw osi x, y, z : 350 x 250 x 300 m – maksymalny ciężar detalu : 500 kg – chropowatość powierzchni (ra) : 0,1 um współrzędnościowa maszyna pomiarowa dea global - wymiary stołu: 500x700x500 mm - dokładność pomiaru: błąd pomiaru długości mpe(e) = 3 + l/333 µm</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>- wpływ nastawialnych parametrów obróbki na kształt i jakość powierzchni - szybkość zużycia narzędzia  - ocena wpływu wybranych czynników na niepewność pomiaru współrzędnościowego - modelowanie dokładności głowic pomiarowych</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr"/>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>Zgodnie z indywidualnie uzgodnionymi umowami</t>
+        </is>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I9" t="inlineStr">
+        <is>
+          <t>Katedra systemów wytwarzania</t>
+        </is>
+      </c>
+      <c r="J9" t="inlineStr"/>
+      <c r="K9" t="inlineStr">
+        <is>
           <t>Zagórski Krzysztof</t>
         </is>
       </c>
-      <c r="L8" t="inlineStr">
+      <c r="L9" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-zagorski-5655.html</t>
         </is>
       </c>
-      <c r="M8" t="inlineStr">
+      <c r="M9" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N8" t="inlineStr">
+      <c r="N9" t="inlineStr">
         <is>
           <t>Elektrodrążenie, pomiary współrzędnościowe, wytwarzanie</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>