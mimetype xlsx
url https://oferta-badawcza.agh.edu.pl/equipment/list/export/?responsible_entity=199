--- v0 (2025-12-24)
+++ v1 (2026-02-08)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:N10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,705 +493,777 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>Drukarka 3d bambu lab</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Bambu lab h2d pro</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>H2d pro to zaawansowana, profesjonalna drukarka 3d fdm klasy badawczo-rozwojowej, zaprojektowana z myślą o precyzyjnych zastosowaniach inżynieryjnych i eksperymentalnych. rozbudowane systemy ams 2 pro i ams ht umożliwiają automatyczne zarządzanie wieloma filamentami, co sprzyja badaniom nad powtarzalnością procesu, wpływem wilgotności oraz stabilnością właściwości materiałowych.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Możliwości badawcze drukarki bambu lab h2d pro obejmują szerokie spektrum zastosowań naukowych i inżynieryjnych w obszarze technologii przyrostowych. urządzenie umożliwia prowadzenie badań nad drukiem wielomateriałowym i wielodyszowym, w tym analizę adhezji między materiałami, właściwości stref przejściowych oraz efektywności materiałów podporowych. możliwe testowanie i walidacja materiałów inżynieryjnych, takich jak pa, pc, abs, asa czy kompozyty wzmacniane włóknami.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Dukarka oferuje bardzo wysoką dokładność pozycjonowania dzięki vision encoderowi, który zapewnia kontrolę ruchu z dokładnością do 50 µm. duże pole robocze (350 × 320 × 325 mm) pozwala na druk próbek badawczych i prototypów w skali zbliżonej do rzeczywistych elementów. prędkość druku do 1000 mm/s umożliwia prowadzenie eksperymentów nad wpływem parametrów procesu na wytrzymałość, strukturę warstw i czas wytwarzania.</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Madejski Paweł</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Drukarka 3d, fdm, inżynieira materiałowa, prototypowanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
           <t>Kamera wysokiej prędkości phantom</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B3" t="inlineStr">
         <is>
           <t>Phantom miro c211</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C3" t="inlineStr">
         <is>
           <t>Kamera phantom miro c211 8 gb colour to zaawansowana kamera wysokiej prędkości, zaprojektowana z myślą o wymagających zastosowaniach badawczo-rozwojowych i przemysłowych. wyposażona w sensor cmos o rozdzielczości do 1280 × 1024 pikseli, oferuje zapis z prędkością do 1800 fps przy pełnej rozdzielczości oraz nawet do ~67 140 fps przy ograniczonej rozdzielczości.</t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D3" t="inlineStr">
         <is>
           <t>Dzięki swoim możliwościom kamera miro c211 świetnie sprawdza się w analizie mikroskopowej, badaniach przepływów, testach materiałowych, inżynierii mikrostruktur oraz tam, gdzie konieczne jest „złapanie” bardzo szybkiego zdarzenia z wysoką jakością obrazu. dzięki wysokiej czułości, globalnemu migawkowaniu i precyzyjnej synchronizacji, kamera pozwala analizować procesy trwające mikrosekundy, zapewniając obraz o wysokiej jakości i wiernym odwzorowaniu ruchu.</t>
         </is>
       </c>
-      <c r="E2" t="inlineStr">
+      <c r="E3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	sensor: cmos 1280 x 1024 px kolor
 	maksymalna rozdzielczość: 1280 x 1024
 	liczba klatek na sekundę: 1800 fps dla rozdzielczości 1280 x 1024px
 	czułość świetlna: iso 640 pamięć: 8gb
 	rozmiar piksela: 5.6μm
 	maks. prędkość nagrywania: 67 140 fps przy rozdzielczości 64 x 8 pikseli.
 </t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F3" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G2" t="inlineStr">
+      <c r="G3" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
+      <c r="H3" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I3" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
+      <c r="J3" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr">
+      <c r="K3" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L3" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M3" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N3" t="inlineStr">
         <is>
           <t>Analiza ruchu, kamera szybka, procesy dynamiczne, procesy szybkozmienne</t>
         </is>
       </c>
     </row>
-    <row r="3">
-      <c r="A3" t="inlineStr">
+    <row r="4">
+      <c r="A4" t="inlineStr">
         <is>
           <t>Analizator przewodności cieplnej trident</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B4" t="inlineStr">
         <is>
           <t>C-therm trident</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C4" t="inlineStr">
         <is>
           <t xml:space="preserve">Analizator przewodności cieplnej trident to zaawansowane urządzenie służące do pomiaru przewodnictwa cieplnego różnych materiałów, gdyż oferuje trzy różne techniki pomiaru przewodnictwa cieplnego: mtps (modified transient plane source), tps (transient plane source), tls (transient line source). jest to jedno z najbardziej wszechstronnych i najnowocześniejszych narzędzi tego typu, wykorzystywane w przemyśle, nauce i badaniach (testy w temperaturach od -50°c do 300°c). aparatura trident umożliwia prowadzenie badań dla szerokiej gamy materiałów stosowanych w projektowaniu i opracowywaniu prototypów w technologiach energetycznych, technologiach kosmicznych, przemyśle lotniczym, motoryzacyjnym, farmaceutycznym i tekstylnym. aparatura wspiera interdyscyplinarne i innowacyjne działania w obszarze "rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów".
 metoda mtps
 	przewodność cieplna od 0,01 w/(m·k) do 500 w/mk.
 	temperatura robocza detektora od -50ºc i do 200ºc.
 	próbka walcowa o średnicy niemniejszej niż 18 mm.
 	detektor zapewnia jednowymiarowy przepływ ciepła.
 metoda tps
 	przewodność cieplna od 0,03 w/(m·k) do 1800 w/(m·k).
 	dyfuzyjność cieplna od 0,01 mm²/s do 1200 mm²/s.
 	nadaje się do ciał stałych, past i lepkich płynów.
 metoda tls
 	przewodność cieplna od 0,1 w/(m·k) do 5 w/(m·k).
 	nadaje się do testowania półstałych cieczy o wyższej lepkości, stopów polimerowych, gleb i proszków.
 	temperatura roboczą czujnika od 0ºc do 300ºc.
 	ciśnienie robocze czujnika max. do 1000 barów/14 500 psi.
 </t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D4" t="inlineStr">
         <is>
           <t>Badania przewodności termicznej metali o wysokiej przewodności, betonu i materiałów budowlanych, cienkich warstw, folii, cienkich powłok, taśm samoprzylepnych (liaison) w aplikacjach bateryjnych ev, materiałów interfejsowych termicznie przewodzących, past termicznych, materiałów tim, nanomateriałów, kompozytów, proszków, materiałów geologicznych, rdzeni wiertniczych, skał, regolitu (materiału skalnego) na powierzchniach ciał niebieskich.</t>
         </is>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E4" t="inlineStr">
         <is>
           <t>Zaawansowane badania i charakteryzacja termiczna materiałów: przewodność cieplna, dyfuzyjność cieplna, pojemność cieplna materiałów w bardzo różnych stanach: ciała stałe, ciecze, proszki, pasty. aparatura skonfigurowana do pracy z 3 różnymi metodami: mtps, tps, tls. pomiar przewodności (materiały stałe, ciecze, proszki, pasty) wg. standardów i norm (astm, iso): mtps z astm d7984, tls z astm d5334 i d5930, tps z iso 22007-2.</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F4" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G3" t="inlineStr">
+      <c r="G4" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i  doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
+      <c r="H4" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I4" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J3" t="inlineStr">
+      <c r="J4" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K3" t="inlineStr">
+      <c r="K4" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="L4" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="M4" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="N4" t="inlineStr">
         <is>
           <t>Badania laboratryjne, dyfuzyjność cieplna, pojemność cieplna, przewodnictwo cieplne, wymiana ciepła</t>
         </is>
       </c>
     </row>
-    <row r="4">
-      <c r="A4" t="inlineStr">
+    <row r="5">
+      <c r="A5" t="inlineStr">
         <is>
           <t>Skaner 3d einscan-sp</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B5" t="inlineStr">
         <is>
           <t>Einscan-sp</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C5" t="inlineStr">
         <is>
           <t>Skaner einscan sp 3d to precyzyjne, profesjonalne urządzenie skanujące, które zapewnia wyjątkową szczegółowość i wszechstronność w wielu zastosowaniach. wykorzystuje technologię światła strukturalnego do precyzyjnego odwzorowania geometrii obiektów. umożliwia skanowanie z dokładnością do 0,05 mm i tworzenie modeli 3d o wysokiej rozdzielczości. stosowany w inżynierii odwrotnej, digitalizacji obiektów technicznych, kulturowych i dydaktycznych.</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D5" t="inlineStr">
         <is>
           <t>Skaner 3d einscan-sp umożliwia badania w zakresie inżynierii odwrotnej, metrologii i digitalizacji obiektów. pozwala analizować dokładność wymiarową, kształt i deformacje elementów technicznych. stosowany w badaniach materiałowych, projektowaniu cad, kontroli jakości oraz dokumentacji obiektów inżynierskich i kulturowych. einscan sp może uchwycić szczegóły dotyczące koloru i tekstury obiektów, dodając warstwę realizmu do modeli 3d.</t>
         </is>
       </c>
-      <c r="E4" t="inlineStr">
+      <c r="E5" t="inlineStr">
         <is>
           <t xml:space="preserve">Kompleksowy opis funkcji:
 	szybki transfer danych podczas skanowania.
 	typy plików: obj, stl, asc i ply, większość plików cad lub 3d.
 	precyzja skanowania: 0,05 mm,
 	udźwig obrotnicy: obrotnica może utrzymać obiekty o wadze do 5 kg.
 </t>
         </is>
       </c>
-      <c r="F4" t="inlineStr">
+      <c r="F5" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G4" t="inlineStr">
+      <c r="G5" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
+      <c r="H5" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I4" t="inlineStr">
+      <c r="I5" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr">
+      <c r="J5" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K4" t="inlineStr">
+      <c r="K5" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L5" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M5" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N5" t="inlineStr">
         <is>
           <t>Digitalizacja obiektów, inżynieria odwrotna, kontrola jakości, skaner 3d, światło strukturalne</t>
         </is>
       </c>
     </row>
-    <row r="5">
-      <c r="A5" t="inlineStr">
+    <row r="6">
+      <c r="A6" t="inlineStr">
         <is>
           <t>Drukarka 3d ultimaker (fdm/fff)</t>
         </is>
       </c>
-      <c r="B5" t="inlineStr">
+      <c r="B6" t="inlineStr">
         <is>
           <t>Ultimaker method x</t>
         </is>
       </c>
-      <c r="C5" t="inlineStr">
+      <c r="C6" t="inlineStr">
         <is>
           <t>Drukarka 3d ultimaker method x pracuje w technologii fdm/fff, umożliwiając precyzyjne wytwarzanie elementów z filamentów technicznych, takich jak abs, nylon, petg, asa czy kompozyty z włóknem węglowym. umożliwia realizację prototypów i modeli funkcjonalnych o wysokiej dokładności i stabilności wymiarowej. możliwość użycia rozpuszczalnych materiałów podporowych w technologii fdm.</t>
         </is>
       </c>
-      <c r="D5" t="inlineStr">
+      <c r="D6" t="inlineStr">
         <is>
           <t xml:space="preserve">Drukowanie z wykorzystaniem materiałów: pla, pctg (przezroczysty), abs, abs cf, nylon, pc-abs, pctg+cf, pctg+gf oraz materiałów podporowych: sr-30, rapiddrinse.
 	posiada dwa ekstrudery i podgrzewaną komorę, co zapewnia spójną, wysoką jakość wydruków.
 	drugi ekstruder dla stosowania rozpuszczalnych materiałów podporowych.
 	podgrzewana komora do 110°c dla zaawansowanej kontroli materiałów.
 </t>
         </is>
       </c>
-      <c r="E5" t="inlineStr">
+      <c r="E6" t="inlineStr">
         <is>
           <t xml:space="preserve">Parametry drukowania:
 	technologia drukowania: fused deposition modeling
 	obszar roboczy: 19 x 19 x 19,6 cm (jedna głowica), 15,2 x 19 x 19,6 cm (dwie głowice)
 	rozdzielczość warstwy: 20–400 µ
 	tryb drukowania wysokiej jakości: 100 µ
 	tryb drukowania zrównoważonego: 200 µ
 	średnica filamentu: 1,75 mm
 	średnica dyszy: 0,4 mm
 </t>
         </is>
       </c>
-      <c r="F5" t="inlineStr">
+      <c r="F6" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G5" t="inlineStr">
+      <c r="G6" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr">
+      <c r="H6" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I5" t="inlineStr">
+      <c r="I6" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J5" t="inlineStr">
+      <c r="J6" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K5" t="inlineStr">
+      <c r="K6" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L5" t="inlineStr">
+      <c r="L6" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M5" t="inlineStr">
+      <c r="M6" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N5" t="inlineStr">
+      <c r="N6" t="inlineStr">
         <is>
           <t>Druk fdm, drukarka 3d, inżynieria materiałowa, materiały kompozytowe, prototypowanie</t>
         </is>
       </c>
     </row>
-    <row r="6">
-      <c r="A6" t="inlineStr">
+    <row r="7">
+      <c r="A7" t="inlineStr">
         <is>
           <t>Drukarka 3d formlabs (lfs/sla)</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B7" t="inlineStr">
         <is>
           <t>Formlabs form 3+</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C7" t="inlineStr">
         <is>
           <t>Drukarka 3d formlabs form 3+ wykorzystuje technologię lfs (low force stereolithography) do precyzyjnego utwardzania żywic fotopolimerowych światłem laserowym. umożliwia tworzenie modeli o wysokiej dokładności (do 25 µm) i gładkiej powierzchni. stosowana w badaniach materiałowych, prototypowaniu, projektowaniu elementów technicznych i biomedycznych.</t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D7" t="inlineStr">
         <is>
           <t>Drukarka 3d formlabs form 3+ umożliwia precyzyjne wytwarzanie modeli z żywic fotopolimerowych w technologii lfs (low force stereolithography). umożliwia badania materiałów polimerowych, prototypowanie elementów technicznych i biomedycznych oraz analizę wpływu parametrów druku na strukturę i dokładność modeli. umożliwia drukowanie z szerokiego zakresu żywic fotopolimerowych: materiały inżynierskie, elastyczne, wysokotemperaturowe, biokompatybilne.</t>
         </is>
       </c>
-      <c r="E6" t="inlineStr">
+      <c r="E7" t="inlineStr">
         <is>
           <t xml:space="preserve">Umożliwia produkcję komponentów ze standardowych, inżynieryjnych, elastycznych, odpornych na wysokie temperatury i biokompatybilnych materiałów.
 	technologia drukowania: low force stereolithography™ (lfs)
 	obszar roboczy: 145 × 145 × 185 mm
 	wysokość warstwy: 25–200 mikronów
 	rozmiar plamki lasera: 85 mikronów
  </t>
         </is>
       </c>
-      <c r="F6" t="inlineStr">
+      <c r="F7" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G6" t="inlineStr">
+      <c r="G7" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
+      <c r="H7" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I6" t="inlineStr">
+      <c r="I7" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr">
+      <c r="J7" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K6" t="inlineStr">
+      <c r="K7" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L7" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M7" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N7" t="inlineStr">
         <is>
           <t>Drukarka 3d, inżynieria materiałowa, prototypowanie, stereolitografia, żywice fotopolimerowe</t>
         </is>
       </c>
     </row>
-    <row r="7">
-      <c r="A7" t="inlineStr">
+    <row r="8">
+      <c r="A8" t="inlineStr">
         <is>
           <t>Analizator spalin testo 350</t>
         </is>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B8" t="inlineStr">
         <is>
           <t>Testo 350</t>
         </is>
       </c>
-      <c r="C7" t="inlineStr">
+      <c r="C8" t="inlineStr">
         <is>
           <t xml:space="preserve">Analizator testo 350 to profesjonalne, przenośne narzędzie umożliwiające badanie emisji i analizę spalin. wyposażony jest w jednostkę sterującą, analizator spalin oraz:
 	cele pomiarowe do analizy co, no, no2, cxhy  (metan, propan lub butan).
 	sonda lambda do 1000oc.
 	co2 (ir) sensor.
 	przemysłowa sonda spalin do 1200oc (długość 1m, inconel 625).
 	modułowa sonda spalin do 1000°c.
 </t>
         </is>
       </c>
-      <c r="D7" t="inlineStr">
+      <c r="D8" t="inlineStr">
         <is>
           <t xml:space="preserve">Głównym celem jest diagnostyka, monitorowanie i regulacja pracy urządzeń, a także ocena wpływu na środowisko.
 	badania efektywności i jakości procesów spalania w kotłach, palnikach, silnikach i turbinach,
 	pomiary emisji zanieczyszczeń,
 	analiza wpływu parametrów procesu na skład spalin,
 	walidacja i kalibracja modeli numerycznych (cfd).
 </t>
         </is>
       </c>
-      <c r="E7" t="inlineStr">
+      <c r="E8" t="inlineStr">
         <is>
           <t>Możliwość pomiarowe: co, co2, no, no2, cxhy, 
 obszar możliwych zastosowań: silniki przemysłow, palniki przemysłowe, turbiny gazowe, systemy oczyszczania spalin.</t>
         </is>
       </c>
-      <c r="F7" t="inlineStr">
+      <c r="F8" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G7" t="inlineStr">
+      <c r="G8" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H7" t="inlineStr">
+      <c r="H8" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I7" t="inlineStr">
+      <c r="I8" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J7" t="inlineStr">
+      <c r="J8" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K7" t="inlineStr">
+      <c r="K8" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L7" t="inlineStr">
+      <c r="L8" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M7" t="inlineStr">
+      <c r="M8" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N7" t="inlineStr">
+      <c r="N8" t="inlineStr">
         <is>
           <t>Analizator spalin, diagnostyka spalania, efektywność energetyczna, emisja zanieczyszczeń, proces spalania</t>
         </is>
       </c>
     </row>
-    <row r="8">
-      <c r="A8" t="inlineStr">
+    <row r="9">
+      <c r="A9" t="inlineStr">
         <is>
           <t>Kamera termowizyjna flir</t>
         </is>
       </c>
-      <c r="B8" t="inlineStr">
+      <c r="B9" t="inlineStr">
         <is>
           <t>Flir a70 29°</t>
         </is>
       </c>
-      <c r="C8" t="inlineStr">
+      <c r="C9" t="inlineStr">
         <is>
           <t>Kamera flir a70 29° research &amp; development kit to zaawansowany system obrazowania termicznego przeznaczony do zastosowań badawczo-rozwojowych i przemysłowych. umożliwia precyzyjny, bezkontaktowy pomiar temperatury z wysoką rozdzielczością (640 × 480 px) i czułością detekcji poniżej 40 mk. dzięki szerokiemu zakresowi pomiarowemu oraz integracji z oprogramowaniem flir research studio, kamera pozwala na rejestrację, analizę i wizualizację rozkładów temperatury w czasie rzeczywistym – w badaniach materiałowych, energetycznych, elektronicznych i środowiskowych.</t>
         </is>
       </c>
-      <c r="D8" t="inlineStr">
+      <c r="D9" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analizy termiczne komponentów elektronicznych (np. pcb, układy scalone) w fazie prototypowania.
 	badania przepływów ciepła, punktów gorących i strat energetycznych w konstrukcjach/materiałach.
 	monitoring temperatury w układach przemysłowych lub podczas testów środowiskowych, gdzie ważna jest precyzja i możliwość dokumentacji pomiarów.
 </t>
         </is>
       </c>
-      <c r="E8" t="inlineStr">
+      <c r="E9" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	detektor mikrobolometryczny. piksel 12 µm.
 	rozdzielczość: 640×480 pikseli.
 	czułość termiczna (netd): &lt;35mk.
 	częstotliwość: 30hz.
 	pole widzenia: 29° × 22°. ręczne ustawienie ostrości.
 	ifov: 0,84 mrad. minimalna odległość ostrzenia: 0,25m.
 	zakres pomiarowy: 20 do 17 5°c; 175 do 1000°c.
 	dokładność: +/ 2%.
 	wbudowana kamera cyfrowa.
 </t>
         </is>
       </c>
-      <c r="F8" t="inlineStr">
+      <c r="F9" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G8" t="inlineStr">
+      <c r="G9" t="inlineStr">
         <is>
           <t>Urządzenie zlokalizowane w laboratorium katedry kseiuos. obsługa wyznaczona przez koordynatora aparatury (z odpowiednimi uprawnieniami i doświadczeniem w wykonywaniu pomiarów), zapewnia bieżącą obsługę aparatury, a także szkolenia i konsultacje dla nowych użytkowników.</t>
         </is>
       </c>
-      <c r="H8" t="inlineStr">
+      <c r="H9" t="inlineStr">
         <is>
           <t>Certyfikat</t>
         </is>
       </c>
-      <c r="I8" t="inlineStr">
+      <c r="I9" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J8" t="inlineStr">
+      <c r="J9" t="inlineStr">
         <is>
           <t>Zespół badawczy: procesy cieplne i przepływowe w energetyce (pcpe)</t>
         </is>
       </c>
-      <c r="K8" t="inlineStr">
+      <c r="K9" t="inlineStr">
         <is>
           <t>Madejski Paweł</t>
         </is>
       </c>
-      <c r="L8" t="inlineStr">
+      <c r="L9" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-madejski-8793.html</t>
         </is>
       </c>
-      <c r="M8" t="inlineStr">
+      <c r="M9" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
         </is>
       </c>
-      <c r="N8" t="inlineStr">
+      <c r="N9" t="inlineStr">
         <is>
           <t>Analiza termiczna, pomiar bezkontaktowy, pomiar temperatury, termowizja</t>
         </is>
       </c>
     </row>
-    <row r="9">
-      <c r="A9" t="inlineStr">
+    <row r="10">
+      <c r="A10" t="inlineStr">
         <is>
           <t>Morphologi 4 - zautomatyzowany analizator wielkości i kształtu cząstek</t>
         </is>
       </c>
-      <c r="B9" t="inlineStr">
+      <c r="B10" t="inlineStr">
         <is>
           <t>Malvern morphologi 4</t>
         </is>
       </c>
-      <c r="C9" t="inlineStr">
+      <c r="C10" t="inlineStr">
         <is>
           <t xml:space="preserve">Zautomatyzowany analizator do jednoczesnego określania rozmiaru, kształtu i liczby cząstek w badanej próbce. możliwość badania proszków w stanie suchym, emulsji oraz zawiesin cieczowych w zakresie wielkości cząstek  0,5 – 1300 µm. 
 układ pomiarowy wyposażony w zestaw optyczny nikon cfi 60 (obiektywy 2,5x, 5x, 10x, 20x, 50x).
 możliwość aplikowani próbek: szklana płytka do badania dyspersji proszków, uchwyt na 4 standardowe szkiełka mikroskopowe, wet-cell - przystawka do pomiaró zawiesin cieczowych.
 rejestracja kolorowych obrazów kamerą cyfrową ccd 18mpix. rozmiar piksela 1,25 µm.
 możliwość wyznaczenia parametrów rozmiarów cząstek, parametrów ksztaltu cząstek oraz parametrów przejrzystości cząstek. 
 wyniki w postaci dwuwymiarowych obrazów ziaren, powtarzalość wyników, możliwość porównania wyników przy użyciu szerokiego wachlarza wykresów i diagramów.
 możliwości zastosowania w wielu dziedzinach i badaniach, m.in.: farmacja, gleby, polimery, gumy i plastiki, analiza kryminalistyczna, produkty konsumenckie, chemia specjalistyczna, energetyka i środowisko, przemysł rafineryjny, przemysł spożywczy, elektronika, motoryzacja i lotnictwo, cementy, przemysł chemiczny, proszki i granulaty, emulsje i zawiesiny, wytwarzanie przyrostowe (druk 3d), analiza mikrorzeźby ziaren osadów, badania teksturalne osadów.  
  </t>
         </is>
       </c>
-      <c r="D9" t="inlineStr">
+      <c r="D10" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	właściwości cząstek: rozmiar, kształt, transparentność, liczebność, rozmieszczenie
 	parametry: koło równoważne (ce), średnica, długość, szerokość, obwód, powierzchnia, maksymalna odległość, sfera równoważna (se) objętość, całkowita długość i szerokość włókna, proporcje kształtu, kolistość, wypukłość, wydłużenie, kolistość wysokiej czułości (hs), zwartość, wydłużenie włókien i prostość włókna
 </t>
         </is>
       </c>
-      <c r="E9" t="inlineStr">
+      <c r="E10" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres wielkości cząstek: 0,5–1300 μm
 	dyspersja suchych proszków
 	pomiar emulsji i zawiesin
 	badania cząstek osadzonych na filtrach 47 mm
 	oświetlenie: światło białe, przechodzące i odbite, polaryzatory
 	obiektywy: 2,5x, 5x, 10x, 20x, 50x
 	rejestrowane obrazy ccd 18 mpix (4912x3684) rozmiar piksela 1,25 μm
 </t>
         </is>
       </c>
-      <c r="F9" t="inlineStr">
+      <c r="F10" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G9" t="inlineStr">
+      <c r="G10" t="inlineStr">
         <is>
           <t>Wszelkie szczegóły w bezpośrednim kontakcie mailowym lub telefonicznym.</t>
         </is>
       </c>
-      <c r="H9" t="inlineStr">
+      <c r="H10" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I9" t="inlineStr">
+      <c r="I10" t="inlineStr">
         <is>
           <t>Katedra systemów energetycznych i urządzeń ochrony środowiska</t>
         </is>
       </c>
-      <c r="J9" t="inlineStr">
+      <c r="J10" t="inlineStr">
         <is>
           <t>Laboratorium podstawowych właściwości fizykochemicznych zawiesin oraz laboratorium urządzeń ochrony wód</t>
         </is>
       </c>
-      <c r="K9" t="inlineStr">
+      <c r="K10" t="inlineStr">
         <is>
           <t>Turlej Tymoteusz</t>
         </is>
       </c>
-      <c r="L9" t="inlineStr">
+      <c r="L10" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tymoteusz-turlej-7978.html</t>
         </is>
       </c>
-      <c r="M9" t="inlineStr">
+      <c r="M10" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N9" t="inlineStr">
+      <c r="N10" t="inlineStr">
         <is>
           <t>Analiza wód, badania, charakterystyka ziarnowa, materiały ceramiczne, mikrostruktura, surowce, wielkość cząstek, wytwarzanie proszków</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>