--- v0 (2025-12-24)
+++ v1 (2026-02-08)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:N7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,395 +493,478 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>System do badań nieniszczących metodami aktywnej termografii</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>System do badań nieniszczących metodami aktywnej termografii</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Na katedrze robotyki i mechatroniki wimir stworzone i rozwijane jest laboratorium badań metodami aktywnej termografii. laboratorium oferuje systemy do badań metodami termografii laserowej, halogenowej oraz wibrotermografii. baza sprzętowa obejmuje szeroki zakres kamer termowizyjnych (od wysokiej czułości laboratoryjnych kamer fotonowych po rozwiązania przemysłowe), źródła promieniowania świetlnego oraz promieniowania laserowego, sonotrody wraz ze wzmacniaczem, system kontrolno-pomiarowy oparty o rozwiązania firmy national instruments.  ponadto laboratorium dysponuje autorskim oprogramowaniem opracowanym w środowiskach labview, matlab oraz python. oprogramowanie pozwala na przeprowadzanie zautomatyzowanych pomiarów, jak również interpretację i eksport wyników do otwartych formatów takich jak .npz czy .npy.  ponadto członkowie zespołu dysponują kompetencjami pozwalającymi na prowadzenie termicznych analiz numerycznych (w programie msc marc menat).</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">System przeznaczony do wykonywania badań nieniszczących ze szczególnym uwzględnieniem nowoczesnych materiałów konstrukcyjnych, w tym kompozytów. badanie odbywa się w sposób całkowicie bezkontaktowy, z możliwością precyzyjnego oraz powtarzalnego doboru i utrzymania parametrów pomiarowych. </t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Kamera termowizyjna:
+	model: flir a655sc
+	spektrum: 7.5-14.0µm
+	rozdzielczość: 640x480 pikseli
+	próbkowanie: 50hz
+	obiektywy: 25stopni oraz obiektyw makro 5.8x
+źródła promieniowania laserowego:
+	spektrum: ~980nm i 808nm
+	moc: 100w
+	wielkość plamki lasera: max 50x50mm
+	kształt plamki lasera: kwadrat, prostokąt
+</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Infrastruktura udostępniana jest bezpłatnie w przypadku projektów/grantów realizowanych wspólnie z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Katedra robotyki i mechatroniki</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Zespół inżynierii systemów i diagnostyki technicznej</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Roemer Jakub</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/jakub-jan-roemer-8679.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Analiza termiczna, badania nieniszczące, ir, kompozyty, laser, ndt, pomiar temperatury, shm, termografia, termowizja</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
           <t>Mobilny robot kroczący</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B3" t="inlineStr">
         <is>
           <t>Robot kroczący spot</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C3" t="inlineStr">
         <is>
           <t xml:space="preserve">Spot to kroczący, autonomiczny robot mobilny wyposażony w 5 kamer stereowizyjnych, które umożliwiają omijanie przeszkód oraz poruszanie się po trudnym terenie. robot posiada możliwość pracy w trybie autonomicznym, zbierania danych, integracji z urządzeniami pomiarowymi oraz komunikacji zdalnej. dodatkowo platforma mobilna została wyposażona przez zespół badawczy w zintegrowany moduł diagnostyczny jako element rozszerzający funkcjonalność badawczą platformy mobilnej.
  </t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D3" t="inlineStr">
         <is>
           <t>Inspekcja środowisk przemysłowych w tym badań nieniszczących
 mapowanie terenu oraz wykonywanie segmentacji semantycznej
 eksploracja nieznanego terenu
 algorytmy kognitywne oraz autonomiczne podejmowanie decyzji
 transport sprzętu badawczego
 zadania manipulacyjne (w przypadku wyposażenia w manipulator)</t>
         </is>
       </c>
-      <c r="E2" t="inlineStr">
+      <c r="E3" t="inlineStr">
         <is>
           <t>Robot jest wyposażony w opracowany moduł inspekcyjny składający się z kamery termowizyjnej, kamery akustyczne, czujnika lidar, kamery 360, czujnika metanu oraz komputera pokładowego.
 robot może również zostać wyposażony w inne czujniki np. skaner laserowy.
 platforma posiada moduły rozszerzeń core io oraz gxp, które umożliwiają prostą integrację sprzętu pomiarowego. rodzaj i typ sprzętu ograniczony jest jedynie przez wagę (i objętość) oraz wymaganą moc.</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F3" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G2" t="inlineStr">
+      <c r="G3" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań.  w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
+      <c r="H3" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I3" t="inlineStr">
         <is>
           <t>Katedra robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
+      <c r="J3" t="inlineStr">
         <is>
           <t>Zespół robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr">
+      <c r="K3" t="inlineStr">
         <is>
           <t>Koszyk Joanna</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L3" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/joanna-koszyk-10624.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M3" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N3" t="inlineStr">
         <is>
           <t>Robot autonomiczny, robot kroczący, robotyka, robotyka mobilna</t>
         </is>
       </c>
     </row>
-    <row r="3">
-      <c r="A3" t="inlineStr">
+    <row r="4">
+      <c r="A4" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa allroundline  zwickroell z010 th</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B4" t="inlineStr">
         <is>
           <t>Uniwersalna maszyna wytrzymałościowa allroundline  zwickroell z010 th</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C4" t="inlineStr">
         <is>
           <t>Wysoko specjalistyczna elektryczna maszyna wytrzymałościowa zwickroell z010 th umożliwia prowadzenia wieloskalowych badań wytrzymałościowych materiałów biologicznych oraz elementów drukowanych w technologiach addytywnych, z wysokorozdzielczym pomiarem obciążenia, możliwością testowania w kontrolowanych warunkach temperatury oraz możliwością testowania w pełnym zanurzeniu (np. w płynach fizjologicznych). maszyna wytrzymałościowa jest wyposażona w system pneumatycznego zaciskania szczęk, zapewniający stałą i kontrolowaną wartość docisku podczas pomiaru próbek śliskich podczas ich pomiaru. maszyna jest wyposażona w zestaw specjalistycznych szczęk dedykowanych do szybkiego montażu próbek o małych i bardzo małych wymiarach geometrycznych, włókien, a także zawiera wyposażenie do zginania i ścinania próbek.</t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D4" t="inlineStr">
         <is>
           <t>-zakres obciążeń fmax 10 kn
 -przestrzeń robocza: 1430 x 440 mm, 
 - prędkość: 0,0005-2000 mm/min
 - dokładność prędkości/pozycjonowania: 0,05 % / +/-2 μm
 - głowice pomiarowe siły: 5n, 500n, 5kn
 - uchwyty pneumatyczne do łaźni, do włókien i klinowe
 - badania w zanurzeniu z kontrolą temperatury
 - wyposażenie do zginania i ścinania
 - karta i/o do przyłączenia systemu gom</t>
         </is>
       </c>
-      <c r="E3" t="inlineStr"/>
-[...67 lines deleted...]
-      </c>
       <c r="E4" t="inlineStr"/>
       <c r="F4" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
-          <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki bada</t>
+          <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I4" t="inlineStr">
         <is>
           <t>Katedra robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr"/>
+      <c r="J4" t="inlineStr">
+        <is>
+          <t>Laboratorium 07 d1</t>
+        </is>
+      </c>
       <c r="K4" t="inlineStr">
         <is>
-          <t>Mańka Michał</t>
+          <t>Bryła Jakub</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/michal-manka-7202.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/jakub-bryla-9582.html</t>
         </is>
       </c>
       <c r="M4" t="inlineStr">
         <is>
-          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N4" t="inlineStr">
         <is>
-          <t>Cad, modelowanie, symulacje, wirtualizacja zasobów</t>
+          <t>Bending, compression, maszyna wytrzymałościowa, moduł younga, próba rozciągania, próba ściskania, próba zginania, strength testing machine, stretching, young's modulus</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Skanujący wibrometr laserowy (sldv)</t>
+          <t>Wirtualne laboratorium komputerowe w.i.m.i r.</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Skanujący wibrometr laserowy polytec psv 500 xtra</t>
+          <t>Wirtualne laboratorium komputerowe w.i.m.i r.</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t xml:space="preserve">Uniwersalne narzędzie umożliwiające analizę i wizualizację drgań strukturalnych w szerokim paśmie częstotliwości (od 0 do 25 mhz) oraz bardzo wysokiej dokładności (&lt;1𝑝𝑚/√𝐻𝑧 lub &lt;0.1 μm/s/√𝐻𝑧). zastosowanie światła laserowego w zakresie bliskiej podczerwieni (~1550 nm) nie  wymaga stosowania pokryć refleksyjnych badanych powierzchni (w odróżnieniu od starszych urządzeń tego typu). pomiary drgań w pełnym polu – skanowanie według zadanej siatki punktów pomiarowych. maoduł skanowania geometrii umożliwia wyznaczenie geometrii skanowanego obiektu.  oprogramowanie umożliwia szczegółowe analizy danych drganiowych, tworzenie wykresów, animacji na dwu lub trójwymiarowych kolorowych mapach, oraz eksport danych do różnych formatów.
- </t>
+          <t>Wirtualne laboratorium komputerowe zostało opracowane i wdrożone w 2023r. na wydziale inżynierii mechanicznej i robotyki. wdrożone laboratorium umożliwia prowadzenie prac projektowych i realizację analiz numerycznych z zastosowanie klastra komputerowego składającego się z  3 serwerów opartych o procesory intel xeon (łącznie 96 rdzeni i 1,1tb ram) oraz 3 kart gpu nvidia ampere a40  48 gb .
+laboratorium umożliwia zdalne oraz hybrydowe prowadzenie zajęć na zainstalowanym oprogramowaniu zarówno z terenu uczelni jak również z dowolnego miejsca na świecie poprzez połączenie vpn. zasoby serwerów a co za tym idzie również laboratorium mogą być wykorzystane również do badań naukowych.</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>Główne zastosowania laserowego wibrometru skanującego to rozwiązywanie problemów związanych drganiami i hałasem (nvh), diagnostyką konstrukcji w tym w badaniach nieniszczących (ndt) i monitorowaniu stanu technicznego konstrukcji (shm) a także w zadaniach walidacji modeli numerycznych (v&amp;v;).</t>
+          <t>Aparatura przeznaczona do wspomagania procesów projektowania wykorzystujących cad/cae  jak również wysokowydajnych symulacji naukowych (hpc),</t>
         </is>
       </c>
       <c r="E5" t="inlineStr"/>
       <c r="F5" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań.  w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
+          <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki bada</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>Katedra robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="J5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J5" t="inlineStr"/>
       <c r="K5" t="inlineStr">
         <is>
-          <t>Pieczonka Łukasz</t>
+          <t>Mańka Michał</t>
         </is>
       </c>
       <c r="L5" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/lukasz-pieczonka-6742.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/michal-manka-7202.html</t>
         </is>
       </c>
       <c r="M5" t="inlineStr">
         <is>
-          <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+          <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N5" t="inlineStr">
         <is>
-          <t>Analiza modalna, laser vibrometer, modal analysis, pomiar drgań, vibration measurement, wibrometr laserowy</t>
+          <t>Cad, modelowanie, symulacje, wirtualizacja zasobów</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>System do badań materiałów metodą laserowo generowanych ultradźwięków</t>
+          <t>Skanujący wibrometr laserowy (sldv)</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>System do badań nieniszczących metodą laserowo generowanych ultradźwięków</t>
+          <t>Skanujący wibrometr laserowy polytec psv 500 xtra</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t xml:space="preserve">Stanowisko do bdadań nieniszczących metodą laserowo generowanych ultradźwięków służy do badania materiałów konstrukcyjnych takich jak stopy metali, materiały kompozytowe. urządzenie pozwala na bezkontaktowe wzbudzanie i detekcję fal ultradźwiękowych. </t>
+          <t xml:space="preserve">Uniwersalne narzędzie umożliwiające analizę i wizualizację drgań strukturalnych w szerokim paśmie częstotliwości (od 0 do 25 mhz) oraz bardzo wysokiej dokładności (&lt;1𝑝𝑚/√𝐻𝑧 lub &lt;0.1 μm/s/√𝐻𝑧). zastosowanie światła laserowego w zakresie bliskiej podczerwieni (~1550 nm) nie  wymaga stosowania pokryć refleksyjnych badanych powierzchni (w odróżnieniu od starszych urządzeń tego typu). pomiary drgań w pełnym polu – skanowanie według zadanej siatki punktów pomiarowych. maoduł skanowania geometrii umożliwia wyznaczenie geometrii skanowanego obiektu.  oprogramowanie umożliwia szczegółowe analizy danych drganiowych, tworzenie wykresów, animacji na dwu lub trójwymiarowych kolorowych mapach, oraz eksport danych do różnych formatów.
+ </t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>Wykrywanie delaminacji, wtrąceń materiałów obcych, obrazowanie porowatości, wykrywanie zafalowań warstw kompozytu. badanie metali i stopów metali - detekcja pęknięć i nieciągłości, badanie połączeń klejonych między metalami, badnie połączeń spwawanych cienkich blach, określanie stałych sprężystości na podstawie pomiaru propagacji fal sprężystych.</t>
+          <t>Główne zastosowania laserowego wibrometru skanującego to rozwiązywanie problemów związanych drganiami i hałasem (nvh), diagnostyką konstrukcji w tym w badaniach nieniszczących (ndt) i monitorowaniu stanu technicznego konstrukcji (shm) a także w zadaniach walidacji modeli numerycznych (v&amp;v;).</t>
         </is>
       </c>
       <c r="E6" t="inlineStr"/>
       <c r="F6" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
+          <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań.  w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
+        </is>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>Katedra robotyki i mechatroniki</t>
+        </is>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t>Grupa wibrometrii laserowej</t>
+        </is>
+      </c>
+      <c r="K6" t="inlineStr">
+        <is>
+          <t>Pieczonka Łukasz</t>
+        </is>
+      </c>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/lukasz-pieczonka-6742.html</t>
+        </is>
+      </c>
+      <c r="M6" t="inlineStr">
+        <is>
+          <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N6" t="inlineStr">
+        <is>
+          <t>Analiza modalna, laser vibrometer, modal analysis, pomiar drgań, vibration measurement, wibrometr laserowy</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>System do badań materiałów metodą laserowo generowanych ultradźwięków</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>System do badań nieniszczących metodą laserowo generowanych ultradźwięków</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Stanowisko do bdadań nieniszczących metodą laserowo generowanych ultradźwięków służy do badania materiałów konstrukcyjnych takich jak stopy metali, materiały kompozytowe. urządzenie pozwala na bezkontaktowe wzbudzanie i detekcję fal ultradźwiękowych. </t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>Wykrywanie delaminacji, wtrąceń materiałów obcych, obrazowanie porowatości, wykrywanie zafalowań warstw kompozytu. badanie metali i stopów metali - detekcja pęknięć i nieciągłości, badanie połączeń klejonych między metalami, badnie połączeń spwawanych cienkich blach, określanie stałych sprężystości na podstawie pomiaru propagacji fal sprężystych.</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr"/>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
+        <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań.  korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
+      <c r="H7" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I6" t="inlineStr">
+      <c r="I7" t="inlineStr">
         <is>
           <t>Katedra robotyki i mechatroniki</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr"/>
-      <c r="K6" t="inlineStr">
+      <c r="J7" t="inlineStr"/>
+      <c r="K7" t="inlineStr">
         <is>
           <t>Ambroziński Łukasz</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L7" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-ambrozinski-7225.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M7" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N7" t="inlineStr">
         <is>
           <t>Badania nieniszczące, badania ultradźwiękowe</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>