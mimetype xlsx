--- v0 (2025-10-31)
+++ v1 (2026-02-08)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:N6"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,255 +493,428 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>Zintegrowany zestaw przygotowania prób i wzorców do analiz śladowych</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>System baker spe 12g - system próżniowy z 12 króćcami typu luera do przygotowania próbek z zastosowaniem kolumienek bakerbond™ spe</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>System baker spe 12g to specjalistyczny system próżniowy przeznaczony do równoległego przygotowywania próbek metodą ekstrakcji do fazy stałej (spe). wyposażony w 12 króćców typu luer, umożliwia jednoczesne podłączanie kolumienek bakerbond™ spe, co pozwala na równoległe oczyszczanie i zatężanie próbek w sposób szybki, powtarzalny i kontrolowany. system zapewnia:
+	równomierną regulację podciśnienia dla wszystkich próbek,
+	możliwość jednoczesnej pracy z różnymi typami kolumienek,
+	szczelną i wytrzymałą konstrukcję odporną na działanie rozpuszczalników,
+	ergonomiczny układ króćców ułatwiający obsługę i minimalizujący ryzyko błędów.
+dzięki swojej funkcjonalności system baker spe 12g jest niezastąpionym narzędziem w laboratoriach analitycznych zajmujących się analizą śladową, kontrolą jakości, badaniami środowiskowymi oraz analizą żywności i farmaceutyków.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">System znajduje zastosowanie w analizach hplc, gc, lc-ms czy gc-ms, gdzie jakość przygotowania próbek ma kluczowe znaczenie dla czułości i dokładności wyników.
+baker spe 12g umożliwia pracę z szeroką gamą sorbentów, co daje możliwość dopasowania metody do specyfiki badanych analitów – od pestycydów i leków, przez metabolity i biomarkery, aż po związki zanieczyszczające środowisko. 
+ </t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">System baker spe 12g umożliwia:
+	uzyskiwanie niskich granic oznaczalności (lod/loq),
+	zapewnienie wysokiej powtarzalności i odtwarzalności wyników,
+	redukcję wpływu matrycy - większa dokładność i precyzję pomiarów,
+	przygotowanie próbek do analiz chromatograficznych i spektrometrycznych (hplc, gc, lc-ms, gc-ms).
+</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Aparatura badawcza dostępna w laboratoriach uczelni udostępniana jest studentom, doktorantom, pracownikom naukowym oraz – na zasadach komercyjnych – podmiotom zewnętrznym. korzystanie z urządzeń odbywa się zgodnie z regulaminem laboratorium i wymaga wcześniejszego uzgodnienia terminu z osobą odpowiedzialną za obsługę aparatury.</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Katedra ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Laboratorium chromatografii cieczowej</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Koziarska Marta</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marta-agnieszka-koziarska-10423.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Ekstrakcja do fazy stałej, hplc-ms/ms, przygotowanie prób</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>Zintegrowany zestaw przygotowania prób i wzorców do analiz śladowych</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Koncentrator próżniowy centrivap pro</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Koncentrator próżniowy centrivap® pro vacuum jest  przeznaczony do szybkiego i skutecznego zatężania próbek w różnorodnych matrycach. system wykorzystuje połączenie próżni, ciepła i wymuszonego przepływu gazu w celu odparowania rozpuszczalników, zapewniając bezpieczne i efektywne przygotowanie próbek do dalszych analiz.
+główne cechy urządzenia:
+	wysoka wydajność zatężania próbek w małych i średnich objętościach.
+	równomierne rozprowadzanie ciepła zapewniające minimalizację strat analitów wrażliwych na temperaturę.
+	kontrolowane warunki próżni i temperatury umożliwiają optymalizację procesu dla różnych typów rozpuszczalników i próbek.
+	kompatybilność z różnymi typami probówek i płyt mikropróbkowych.
+ </t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Centrivap® pro vacuum concentrator umożliwia:
+	zatężanie próbek chemicznych i biologicznych,
+	przygotowanie próbek do technik hplc, gc, lc-ms, ms, icp-ms,
+	obróbka próbek z różnorodnych matryc,
+	redukcja matryc i interferencji.
+</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	niższe granice wykrywalności (lod) i oznaczalności (loq),
+	poprawa dokładności i precyzji pomiarów, 
+	możliwość pracy z próbkami o bardzo małej objętości,
+	przygotowanie próbek do hplc, gc, lc-ms, gc-ms, ms, icp-ms,
+	zwiększenie powtarzalności wyników.
+</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>Aparatura badawcza dostępna w laboratoriach uczelni udostępniana jest studentom, doktorantom, pracownikom naukowym oraz – na zasadach komercyjnych – podmiotom zewnętrznym. korzystanie z urządzeń odbywa się zgodnie z regulaminem laboratorium i wymaga wcześniejszego uzgodnienia terminu z osobą odpowiedzialną za obsługę aparatury.</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>Katedra ochrony środowiska</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>Laboratorium chromatografii cieczowej</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>Koziarska Marta</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/marta-agnieszka-koziarska-10423.html</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>Centrivap, koncentrator, próżnia</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
           <t>Uhplc-ms/ms</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B4" t="inlineStr">
         <is>
           <t>System ultrasprawnej chromatografii cieczowej z tandemowym spektrometrem mas typu potrójny kwadrupol model tsq altis</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C4" t="inlineStr">
         <is>
           <t>System uhplc-ms/ms to połączenie ultra-wysokosprawnej chromatografii cieczowej z tandemowym spektrometrem mas, wykorzystujące zdolność rozdzielczą metody analitycznej oraz zdolność spektrometrii mas do identyfikacji rozdzielanych składników. zastosowanie takiego połączenia stanowi idealne narzędzie umożliwiające analizę ilościową polarnych związków organicznych w skomplikowanych matrycach z doskonałą czułością i precyzją oraz umożliwia przeprowadzanie badań typu screening.
 w tandemowym spektrometrze mas występują dwa analizatory mas oraz komora zderzeń, umożliwiając wykonywanie pomiarów ms jak i ms/ms. powstające w źródle, w wyniku jonizacji techniką esi jony pierwotne są rozdzielane w pierwszym spektrometrze. następnie jony o wybranym stosunku m/z trafiają do komory kolizyjnej, gdzie w zależności od warunków ulegają rozpadowi lub pozostają niezmienione. w wyniku rozpadu jonów (fragmentacji), powstają jony potomne. w drugim spektrometrze (ms2), jony są ponownie rozdzielane ze względu na stosunek masy do ładunku. te z nich, które przejdą przez drugi spektrometr, trafiają do detektora. sprawia to, że czułość układu tandemowego ms/ms jest znacznie większa niż samego układu ms. do oznaczania różnorodnych substancji w próbach środowiskowych, jak i w żywności, zalecane jest stosowanie metody lc-ms lub lc-ms/ms pracującego w trybie sim lub mrm gdyż charakteryzują się wysoką czułością i selektywnością.
 aparaturę typu uhplc-ms/ms wykorzystuje się standardowo do oznaczania metabolitów farmaceutyków, narkotyków, substancji dopingowych, zanieczyszczeń organicznych zarówno w płynach ustrojowych jak i próbkach środowiskowych.
 aparat jest częścią "zintegrowanej platformy badań chemizmu i mikrotekstury materiałów porowatych oraz reaktywności ich powierzchni"</t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D4" t="inlineStr">
         <is>
           <t>Aparaturę typu uhplc-ms/ms wykorzystuje się standardowo do oznaczania metabolitów farmaceutyków, narkotyków, substancji dopingowych, zanieczyszczeń organicznych zarówno w płynach ustrojowych jak i próbkach środowiskowych.</t>
         </is>
       </c>
-      <c r="E2" t="inlineStr">
+      <c r="E4" t="inlineStr">
         <is>
           <t>Spektrometr mas wyposażony w źródło jonów typu electrospray esi.
 tryb skanowania: pełne skanowanie (full-scan), monitorowanie wybranego jonu (sim) i monitorowanie wybranej reakcji (srm)
 chromatograf cieczowy z detektorem uv/vis i detektorem dad
 oprogramowanie sterujące pracą spektrometru mas, umożliwiające akwizycję, obróbkę i analizę danych.</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F4" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G2" t="inlineStr">
+      <c r="G4" t="inlineStr">
         <is>
           <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium.</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
+      <c r="H4" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I4" t="inlineStr">
         <is>
           <t>Katedra ochrony środowiska</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
+      <c r="J4" t="inlineStr">
         <is>
           <t>Zespół analiz ryzyka zdrowotnego i środowiskowego</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr">
+      <c r="K4" t="inlineStr">
         <is>
           <t>Koziarska Marta</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L4" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marta-agnieszka-koziarska-10423.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M4" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N4" t="inlineStr">
         <is>
           <t>Analiza ilościowa</t>
         </is>
       </c>
     </row>
-    <row r="3">
-      <c r="A3" t="inlineStr">
+    <row r="5">
+      <c r="A5" t="inlineStr">
         <is>
           <t>Mikroskop nikon eclipse lv100pol</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B5" t="inlineStr">
         <is>
           <t>Mikroskop nikon eclipse lv100pol</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C5" t="inlineStr">
         <is>
           <t>Umożliwia zarówno diaskopowe jak i episkopowe obserwacje polaryzacyjne. epi-iluminator wykorzytuje źródło światła nikon 12v50w, które zapewnia jasne oświetlenie. mechanizm redukcji szumów zapewnia ostre obrazy o wysokim stosunku sygnału do szumu, eliminując rozproszone światło.</t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D5" t="inlineStr">
         <is>
           <t>Możliwość stosowania wielu mikroskopowych technik obserwacji zarówno w świetle odbitym jak i przechodzącym.</t>
         </is>
       </c>
-      <c r="E3" t="inlineStr"/>
-      <c r="F3" t="inlineStr">
+      <c r="E5" t="inlineStr"/>
+      <c r="F5" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G3" t="inlineStr">
+      <c r="G5" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych po uzgodnieniu z kierownikiem katedry ochrony środowiska.</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
+      <c r="H5" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I5" t="inlineStr">
         <is>
           <t>Katedra ochrony środowiska</t>
         </is>
       </c>
-      <c r="J3" t="inlineStr">
+      <c r="J5" t="inlineStr">
         <is>
           <t>Laboratorium analiz środowiskowych</t>
         </is>
       </c>
-      <c r="K3" t="inlineStr">
+      <c r="K5" t="inlineStr">
         <is>
           <t>Aleksander-Kwaterczak Urszula</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="L5" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/urszula-aleksander-kwaterczak-5891.html</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="M5" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="N5" t="inlineStr">
         <is>
           <t>Mikroskop polaryzacyjny</t>
         </is>
       </c>
     </row>
-    <row r="4">
-      <c r="A4" t="inlineStr">
+    <row r="6">
+      <c r="A6" t="inlineStr">
         <is>
           <t>Spektrometr absorpcji atomowej serii ice3500</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B6" t="inlineStr">
         <is>
           <t>Spektrometr ice3500 firmy thermo scientific</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C6" t="inlineStr">
         <is>
           <t>Automatyczny, wielopierwiastkowy, dwuwiązkowy spektrometr absorpcji atomowej z dwoma komorami pomiarowymi, umożliwiającymi jednoczesne zainstalowanie kombinacji 2 atomizerów, takich jak płomień / piec grafitowy / przystawka do generacji wodorków.</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D6" t="inlineStr">
         <is>
           <t>Oznaczenie metali ciężkich w próbkach, tj. cu, zn, pb, mn, ni, cd, fe</t>
         </is>
       </c>
-      <c r="E4" t="inlineStr"/>
-      <c r="F4" t="inlineStr">
+      <c r="E6" t="inlineStr"/>
+      <c r="F6" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G4" t="inlineStr">
+      <c r="G6" t="inlineStr">
         <is>
           <t>W ramach umów i zleconych zadań badawczych po uzgodnieniu z kierownikiem katedry ochrony środowiska.</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
+      <c r="H6" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I4" t="inlineStr">
+      <c r="I6" t="inlineStr">
         <is>
           <t>Katedra ochrony środowiska</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr">
+      <c r="J6" t="inlineStr">
         <is>
           <t>Pracownia absorpcyjnej spektroskopii atomowej</t>
         </is>
       </c>
-      <c r="K4" t="inlineStr">
+      <c r="K6" t="inlineStr">
         <is>
           <t>Cyrana Jadwiga</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L6" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jadwiga-cyrana-7159.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M6" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N6" t="inlineStr">
         <is>
           <t>Badania składu pierwiastkowego</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>