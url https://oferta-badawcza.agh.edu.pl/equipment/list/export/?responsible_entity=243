--- v0 (2025-11-04)
+++ v1 (2025-12-24)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:N3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,113 +493,185 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>Spektrometr emisji atomowej ze wzbudzeniem w plazmie sprzężonej indukcyjnie icp-oes</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Spektrometr icp-oes plasma quant  9100 z wyposażeniem</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Plasmaquant 9100 elite (analytik jena) to wysokorozdzielczy spektrometr emisyjny icp-oes wykorzystywany w naszym laboratorium do szybkiej, wielopierwiastkowej analizy próbek o różnej złożoności. instrument opiera się na optyce typu high-resolution echelle o zakresie 160 - 900 nm i rozdzielczości do 0,002 nm, co pozwala na skuteczne rozdzielanie gęsto położonych linii widmowych i ogranicza interferencje spektralne. optyka o niskiej stracie światła zapewnia wysoką czułość, stabilność oraz możliwość oznaczania zarówno pierwiastków śladowych, jak i obecnych w wysokich stężeniach.zintegrowany system dual view plus umożliwia równoczesną obserwację plazmy w trybie aksjalnym i radialnym, co pozwala łączyć analizę ultraśladów z oznaczeniami w stężeniach procentowych w obrębie jednej metody. pionowe ustawienie palnika icp w systemie v shuttle torch zwiększa odporność na złożone matryce i poprawia stabilność plazmy, a stożek chłodzony wodą i przedmuchiwany argonem zapewnia niski poziom tła i wysoką czułość oznaczeń, zwłaszcza w obserwacji aksjalnej.detektor ccd chłodzony elementem peltiera gwarantuje niski poziom szumów i szeroką dynamikę sygnału, a automatyczne dostosowywanie czasu integracji umożliwia równoczesne oznaczanie pierwiastków występujących na poziomie śladowym oraz w wysokich stężeniach. krótka droga transportu aerozolu zapewnia szybkie płukanie i wysoką powtarzalność podawania próbki.dzięki połączeniu wysokorozdzielczej optyki, zaawansowanego systemu obserwacji plazmy oraz stabilnego pionowego palnika icp, plasmaquant 9100 elite umożliwia precyzyjne, czułe i powtarzalne oznaczenia nawet w wymagających matrycach, zapewniając jednocześnie wysoką przepustowość i niezawodność w codziennej analityce.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Spektrometr umożliwia szybkie i wyjątkowo precyzyjne oznaczanie pierwiastków w materiałach, surowcach i próbkach przemysłowych. </t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Dzięki wysokiej rozdzielczości optycznej, odporności na trudne matrycei szerokiemu zakresowi detekcji zapewnia wyniki, których nie da się uzyskać na standardowych systemach.</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>W ramach umów i zleceń po wcześniejszej  akceptacji przez kierownika laboratorium.</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Katedra chemii analitycznej i biochemii</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Zespół katedry chemii analitycznej   /  a3, 406 a</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Piech Robert</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/robert-piech-5957.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Analiza śladowa, analiza wielopierwiastkowa, icp-oes, plazma, spektrometr</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
           <t>Spektrometr masowy exploris240 z systemem nanolc ultimate 3000</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B3" t="inlineStr">
         <is>
           <t>Spektrometr masowy exploris240 z systemem nanolc ultimate 3000</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C3" t="inlineStr">
         <is>
           <t>Wysokorozdzielczy spektrometr masowy (maksymalna rozdzielczość 240000) ze źródłami jonów esi oraz nanoesi, wyposażony w kapilarny chromatograf cieczowy z dodatkowym pomiarem uv-vis.</t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D3" t="inlineStr">
         <is>
           <t>Analiza małych cząsteczek (np. dla potrzeb chemii organicznej, farmakologii, biologii molekularnej itp.), metabolomika, proteomika, badania białek, analizy ilościowe w proteomice (tmt, itraq, label-free), fragmentacja typu cid, hcd.</t>
         </is>
       </c>
-      <c r="E2" t="inlineStr">
+      <c r="E3" t="inlineStr">
         <is>
           <t>Zakres m/z 50 da - 55 kda (rozdzielczość izotopowa), czułość: fmol/ul, szczegóły w kontakkcie mailowym lub telefonicznym.</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F3" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G2" t="inlineStr">
+      <c r="G3" t="inlineStr">
         <is>
           <t>Wszelkie szczegóły w bezpośrednim kontakcie mailowym lub telefonicznym.</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
+      <c r="H3" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I3" t="inlineStr">
         <is>
           <t>Katedra chemii analitycznej i biochemii</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
+      <c r="J3" t="inlineStr">
         <is>
           <t>Zespół biochemii i neurobiologii</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr">
+      <c r="K3" t="inlineStr">
         <is>
           <t>Suder Piotr</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L3" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/piotr-suder-6910.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M3" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N3" t="inlineStr">
         <is>
           <t>Metabolomika, m/z, proteomika, spektrometr masowy, widmo masowe</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>