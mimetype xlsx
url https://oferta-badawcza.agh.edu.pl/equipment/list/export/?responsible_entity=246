--- v0 (2025-10-30)
+++ v1 (2025-12-24)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:N7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,444 +493,532 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>Tribometr trb3</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Tribometr trb3</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Urządzenie przeznaczone jest do wysoko-precyzyjnych badań odporności na zużycie ścierne, badań tarcia lub efektywności lubrykacyjnej składnika w układzie tribologicznym. pomiary można przeprowadzać zarówno na sucho lub w trybie ze środkiem smarnym.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	pomiary tarcia, zużycia ściernego, smarowalności
+	szeroki zakres parametrów pomiarowych, geometrii kontaktu
+	próbki referencyjne, w celu walidacji pomiarów
+	kontrola temperatury i wilgotności badanego ukladu (zintegrowane czujniki temperatury i wilgotności)
+	zgodność z normami: astm g99 i astm g133
+</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Siła normalna do 60 n
+zakres siły tarcia do 20 n
+rodzielczośc siły tarcia 0.06 mn
+napęd rotacyjny
+prędkość - 0.2 do 2000 obr./min
+promień - do  40 mm
+maksymalny moment obrotowy  450 mn*m
+napęd posuwisto zwrotny - liniowy
+skok do  60 mm
+prędkość do 370 mm/s
+częstotliwość 0.01 hz do 10 hz</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Wedle uzgodnień</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Katedra ceramiki i materiałów ogniotrwałych</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Zespół zaawansowanych technologii materiałowych</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Rutkowski Paweł</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-rutkowski-6509.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Badania tribologiczne, pin-on-disk</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
           <t>Stanowisko badań właściwości mechanicznych tworzyw ceramicznych</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B3" t="inlineStr">
         <is>
           <t>Zwick z2.5 i z150</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C3" t="inlineStr">
         <is>
           <t>Maszyna wytrzymałościowa zwick/roell z150 pozwala na wykonywanie pomiarów przy maksymalnym obciążeniu do 150kn. w zależności od zastosowanego osprzętu można wykonywać pomiary przy zginaniu (trzy i czteropunktowe podparcie) ściskaniu czy rozciąganiu. uchwyty do rozciągania umożliwiają badanie próbek płaskich oraz prętów o średnicach od 4 do 25mm.
 maszyna wytrzymałościowa zwick/roell z2.5 pozwala na wykonywanie pomiarów przy maksymalnym obciążeniu do 2.5kn i przeznaczona jest do pomiarów próbek o mniejszych wymiarach (minimalny rozstaw podpór wynosi 16 mm).
 obie maszyny sterowane są poprzez oprogramowanie badawcze testxpert ii, które pozwala na wykonywanie standardowych testów określonych wieloma normami branżowymi oraz na tworzenie własnych, złożonych programów badawczych. dzięki temu możliwe jest wyznaczanie wytrzymałości na zginanie, ściskanie, rozciąganie, granic plastyczności, modułów sprężystości, wydłużenia, pracy do zniszczenia i wielu innych parametrów.</t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	wytrzymałość na zginanie
 	wytrzymałość na ściskanie
 	wytrzymałość na rozciąganie
 	granica plastyczności
 	moduły sprężystości
 	wydłużenie
 	praca do zniszczenia 
 </t>
         </is>
       </c>
-      <c r="E2" t="inlineStr">
+      <c r="E3" t="inlineStr">
         <is>
           <t>Maksymalne obciążenie 150 kn/2.5 kn
 prędkość badania 0.0001 – 600 mm/s /0.0005 – 600 mm/s
 dokładność i powtarzalność pozycjonowania ± 2 μm/± 2 μm
 pomiar siły         klasa 0.5 0.5/1
 maksymalna droga pomiarowa ekstensometru               30 mm</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F3" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G2" t="inlineStr">
+      <c r="G3" t="inlineStr">
         <is>
           <t>Praca wyłącznie za pośrednictwem operatora  będącego pracownikiem</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
+      <c r="H3" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I3" t="inlineStr">
         <is>
           <t>Katedra ceramiki i materiałów ogniotrwałych</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
+      <c r="J3" t="inlineStr">
         <is>
           <t>Laboratorium badań termomechanicznych</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr">
+      <c r="K3" t="inlineStr">
         <is>
           <t>Zych Łukasz</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L3" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-zych-6379.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M3" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N3" t="inlineStr">
         <is>
           <t>Granica plastyczności, moduł younga, praca zniszczenia, wytrzymałość na rozciąganie, wytrzymałość na ściskanie, wytrzymałość na zginanie</t>
         </is>
       </c>
     </row>
-    <row r="3">
-      <c r="A3" t="inlineStr">
+    <row r="4">
+      <c r="A4" t="inlineStr">
         <is>
           <t>Stanowisko do pomiaru właściwości termofizycznych materiałów</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B4" t="inlineStr">
         <is>
           <t>Netzsch sta 449 f3®, netzsch lfa 427, netzsch dil 402c</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C4" t="inlineStr">
         <is>
           <t>Analizatory różnicowej kalorymetrii skaningowej dsc , termicznej analizy różnicowej dta, termograwimetrii tg, dyfuzyjności cieplnej metodą laserową oraz dylatometr wysokotemperaturowy.</t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D4" t="inlineStr">
         <is>
           <t>Badanie zmian masy oraz towarzyszących efektów cieplnych zachodzących w trakcie dynamicznego ogrzewania/chłodzenia próbki i/lub w warunkach izotermicznych w atmosferze statycznej, dynamicznej, obojętnej, utleniającej lub redukcyjnej.
 bezpośrednie  badanie dyfuzyjności cieplnej oraz pośrednie badanie przewodnictwa cieplnego ciał stałych, proszków oraz cieczy.
 badanie zmian wymiarów liniowych ciał stałych w funkcji temperatury lub czasu.</t>
         </is>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E4" t="inlineStr">
         <is>
           <t>Dta, tg, dsc 25-1300°c warunki: statyczne, dynamiczne; atmosfera: obojętna, utleniająca, redukcyjna oraz 25-2000°c atmosfera: statyczna, dynamiczna, obojętna.
 pomiary dyfuzyjności cieplnej w zakresie 0.01-1000 mm2/s oraz przewodnictwa cieplnego ciał stałych oraz cieczy. do 1500oc w atmosferze argonu.
 pomiary dylatometryczne do 1500 °c, stała, zmienna prędkość przyrostu temp. w różnych atmosferach. długości probki max 25 mm.</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F4" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G3" t="inlineStr">
+      <c r="G4" t="inlineStr">
         <is>
           <t>Operator będący pracownikiem laboratorium. zlecenie lub umowa.</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
+      <c r="H4" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I4" t="inlineStr">
         <is>
           <t>Katedra ceramiki i materiałów ogniotrwałych</t>
         </is>
       </c>
-      <c r="J3" t="inlineStr">
+      <c r="J4" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium badań termofizycznych</t>
         </is>
       </c>
-      <c r="K3" t="inlineStr">
+      <c r="K4" t="inlineStr">
         <is>
           <t>Szumera Magdalena</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="L4" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-szumera-6408.html</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="M4" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="N4" t="inlineStr">
         <is>
           <t>Ciepło właściwe, dsc, dta, dyfuzyjność cieplna, dylatometria, lfa, przewodność cieplna, rozszerzalność termiczna, termoanaliza, tg</t>
         </is>
       </c>
     </row>
-    <row r="4">
-      <c r="A4" t="inlineStr">
+    <row r="5">
+      <c r="A5" t="inlineStr">
         <is>
           <t>Nova nanosem 200</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B5" t="inlineStr">
         <is>
           <t>Skaningowy mikroskop elektronowy fei nova nanosem 200</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C5" t="inlineStr">
         <is>
           <t>Ultrawysokorozdzielczy skaningowy mikroskop elektronowy z działem z emisją polową (feg– emiter schotkyego), współpracujący z analizatorem eds firmy edax. zdolność rozdzielcza do 2 nm,  powiększenia 70 – 500 000x.</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D5" t="inlineStr">
         <is>
           <t>Wysokorozdzielcze badania mikrostruktury materiałów w wysokiej i niskiej próżni.
 obserwacja powierzchni materiałów w elektronach  wtórnych i wstecznie rozproszonych.
 badania mikrostruktury proszków, świeżych przełamów i zgładów. analizy pierwiastków począwszy od boru do końca układu okresowego.
 analiza rozdładu pierwiastków w mikroobszarach („mapping”), a także analizy liniowe.</t>
         </is>
       </c>
-      <c r="E4" t="inlineStr">
+      <c r="E5" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	napięcie przyspieszające 5 – 30 kv
 	ciśnienie w komorze &lt; 10-2 pa (hvac) oraz 60-200 pa (lvac)
 	detektory wymagające wysokiej próżni: everhart-thornley sed, bsed, in-lens tld – ultrawysokorodzielczy (próbki niemagnetyczne)
 	detektory niksopróżniowe: low vaccum lvd, helix – ultrawysokorozdzielczy (próbki niemagnetyczne)
 </t>
         </is>
       </c>
-      <c r="F4" t="inlineStr">
+      <c r="F5" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G4" t="inlineStr">
+      <c r="G5" t="inlineStr">
         <is>
           <t>Praca wyłącznie za pośrednictwem operatora będącego pracownikiem wydziałowego laboratorium mikroskopii skaningowej i mikroanalizy wimic
 zlecenie/ umowa/inna forma współpracy po uzgodnieniu.</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
+      <c r="H5" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I4" t="inlineStr">
+      <c r="I5" t="inlineStr">
         <is>
           <t>Katedra ceramiki i materiałów ogniotrwałych</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr">
+      <c r="J5" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium mikroskopii skaningowej i mikroanalizy wimic grupa analizy mikrostruktury materiałów http://kcimo.pl/pl/grupa/grupa-analizy-mikrostruktury-materialow</t>
         </is>
       </c>
-      <c r="K4" t="inlineStr">
+      <c r="K5" t="inlineStr">
         <is>
           <t>Ziąbka Magdalena</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L5" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-ziabka-6972.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M5" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N5" t="inlineStr">
         <is>
           <t>Analiza chemiczna, eds, elemental analysis, high resolution, microstructure, mikrostruktura, morfologia, morphology, sem, wysoka rozdzielczość</t>
         </is>
       </c>
     </row>
-    <row r="5">
-      <c r="A5" t="inlineStr">
+    <row r="6">
+      <c r="A6" t="inlineStr">
         <is>
           <t>Mikroskop konfokalny</t>
         </is>
       </c>
-      <c r="B5" t="inlineStr">
+      <c r="B6" t="inlineStr">
         <is>
           <t>Olympus ols 4000 lext - laserowy mikroskop konfokalny</t>
         </is>
       </c>
-      <c r="C5" t="inlineStr">
+      <c r="C6" t="inlineStr">
         <is>
           <t>Olympus lext ols4000 to mikroskop konfokalny o wysokiej rozdzielczości przeznaczony do obrazowania powierzchni 3d oraz pomiarów chropowatości.
 powiększenie (optyczne i cyfrowe) tego mikroskopu mieści się w zakresie od 108x do 17 280x.
 oprogramowanie mikroskopu lext ols4000 pozwala dokonywać pomiarów: chropowatości linii i powierzchni, wymiarów obiektów (wysokości, długości, pola powierzchni, objętości, grubości warstw), itp.
 więcej szczegółów: https://www.olympus-ims.com/pl/metrology/ols4000/</t>
         </is>
       </c>
-      <c r="D5" t="inlineStr">
+      <c r="D6" t="inlineStr">
         <is>
           <t>2d, 3d tryby: rzeczywistych kolorów, wysokiej rozdzielczości i wysokości
 różnicowy kontrast interferencyjny (dic)
 profil: primary profile: pp, pv, pz, pc, pt, pa, pq, psk, pku, psm
 roughnes profile: rp, rv, rz, rc, rt, ra, rq, rsk, rku, rsm
 waviness profile: wp, wv, wz, wc, wt, wa, wq, wsk, wku, wsm
 amplitude parameters: sq, ssk, sku, sp, sv, sz, sa
 functional parameters: smr(c), sdc(mr), sk, spk, svk, smr1, smr2</t>
         </is>
       </c>
-      <c r="E5" t="inlineStr">
+      <c r="E6" t="inlineStr">
         <is>
           <t>Zestaw obiektywów konfokalnych 5x, 10x, 20x, 50x, 100x
 powiększenie 108 - 17280x
 źródło światła: laser półprzewodnikowy 405 nm
 kolorowy obraz: biała dioda led, 2-megapikselowy detektor ccd
 zestaw filtrów pozwalającyh korygować szum, nachylenie oraz krzywiznę lub chropowatość powierzchni
 maksymalna średnica próbki 15 cm
 maksym. grubość próbki 10 cm
 maksym. waga próbki 1 kg</t>
         </is>
       </c>
-      <c r="F5" t="inlineStr">
+      <c r="F6" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G5" t="inlineStr">
+      <c r="G6" t="inlineStr">
         <is>
           <t>Praca wyłącznie za pośrednictwem operatora będącego pracownikiem kcimo</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr">
+      <c r="H6" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I5" t="inlineStr">
+      <c r="I6" t="inlineStr">
         <is>
           <t>Katedra ceramiki i materiałów ogniotrwałych</t>
         </is>
       </c>
-      <c r="J5" t="inlineStr">
+      <c r="J6" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium ceramiki szlachetnej i technicznej, dr hab. inż. marcin gajek, dr hab. inż. janusz partyka</t>
         </is>
       </c>
-      <c r="K5" t="inlineStr">
+      <c r="K6" t="inlineStr">
         <is>
           <t>Gajek Marcin</t>
         </is>
       </c>
-      <c r="L5" t="inlineStr">
+      <c r="L6" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marcin-gajek-6833.html</t>
         </is>
       </c>
-      <c r="M5" t="inlineStr">
+      <c r="M6" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N5" t="inlineStr">
+      <c r="N6" t="inlineStr">
         <is>
           <t>Mikroskop konfokalny, obrazowanie powierzchni 3d, profil powierzchni, szorstkość</t>
         </is>
       </c>
     </row>
-    <row r="6">
-      <c r="A6" t="inlineStr">
+    <row r="7">
+      <c r="A7" t="inlineStr">
         <is>
           <t>Zestaw do mikroskopii skaningowej</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B7" t="inlineStr">
         <is>
           <t>Thermofisher scientific apreo 2, scios 2</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C7" t="inlineStr">
         <is>
           <t>Mikroskopy sem z kolumnami elektronowymi (feg) oraz jonową, galową – scios 2. do oprzyrządowania należą spektroskopy eds (edax), katodoluminescencyjny (gatan ametek) oraz masowy jonów wtórnych z pomiarem czasu przelotu – tof-sims. urządzenia posiadają szeroki wachlarz detektorów półprzewodnikowych i scyntylacyjnych, w tym między innymi detektor do trybu stem. zawierają optykę elektrostatyczną i magnetyczną. scios 2 ma możliwość mikroobróbki wiązką jonów galu, w tym wytwarzania preparatów dla tem, tzw. lamel, posiada również detektory jonów wtórnych a także możliwość wizualizacji z użyciem elektronów emitowanych pod wpływem oddziaływania z wiązką jonów pierwotnych. apreo 2 jest wyposażony w detektor ebsd oraz tryb ecci (kontrast kanałowania elektronów). oba urządzenia mają również możliwość pracy w niskiej próżni, 10 – 500 pa.</t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D7" t="inlineStr">
         <is>
           <t>Wizualizacja mikrostruktury w tym w kontraście orientacyjnym, mapowanie pierwiastków, pomiary właściwości optycznych i struktury elektronowej (cl), pomiary struktury w skali komórki elementarnej (ebsd) i obrazowanie defektów struktury (np. dyslokacji), mikroobróbka, obrazowanie 3d.</t>
         </is>
       </c>
-      <c r="E6" t="inlineStr">
+      <c r="E7" t="inlineStr">
         <is>
           <t>Napięcie przyspieszające elektronów 0,2 – 30 kv; 0,5 – 30 kv dla jonów. ”landing energy” 20ev do 30 kev. prąd wiązki elektronów 1 pa do 50 na. prąd wiązki jonów 1,5 pa do 65 na. eds od be (rozd. 129 ev). tof-sims do 500 u. standardowy wd 7 i 10 mm. próżnia w komorze do 7x10-6 pa (hvac) lub 10 – 500 pa (lvac). maksymalna średnica próbki 122 mm, standardowa 5 mm. pochylenie stolika  -15/+90o.</t>
         </is>
       </c>
-      <c r="F6" t="inlineStr">
+      <c r="F7" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G6" t="inlineStr">
+      <c r="G7" t="inlineStr">
         <is>
           <t>Praca wyłącznie za pośrednictwem operatora będącego pracownikiem wydziałowego laboratorium mikroskopii skaningowej i mikroanalizy wimic. zlecenie/ umowa/inna forma współpracy po uzgodnieniu.</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
+      <c r="H7" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I6" t="inlineStr">
+      <c r="I7" t="inlineStr">
         <is>
           <t>Katedra ceramiki i materiałów ogniotrwałych</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr">
+      <c r="J7" t="inlineStr">
         <is>
           <t>Wydziałowe laboratorium mikroskopii skaningowej i mikroanalizy wimic grupa analizy mikrostruktury materiałów http://kcimo.pl/pl/grupa/grupa-analizy-mikrostruktury-materialow</t>
         </is>
       </c>
-      <c r="K6" t="inlineStr">
+      <c r="K7" t="inlineStr">
         <is>
           <t>Ziąbka Magdalena</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L7" t="inlineStr">
         <is>
           <t>Https://api.skos.agh.edu.pl/osoba/magdalena-ziabka-6972.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M7" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N7" t="inlineStr">
         <is>
           <t>Cl, ebsd, ecci, eds, kolumna jonowa, mikrostruktura, morfologia, sem, stem, tof-sims</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>