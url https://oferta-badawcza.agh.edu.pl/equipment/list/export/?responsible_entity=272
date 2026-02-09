--- v0 (2025-10-31)
+++ v1 (2026-02-09)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:N11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,724 +493,808 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>Badawcze stanowisko laboratoryjne do badania procesów fermentacji i produkcji biogazu</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Badawcze stanowisko laboratoryjne do badania fermentacji i produkcji biogazu</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Stanowisko laboratoryjne stanowi kompletny, zaumatyzowany system do badań procesów fermentacji metanowej i produkcji biogazu. charakteryzuje się modułową budową, wysoką precyzją pomiarów, pełną rejestracją danych procesowych. umożliwia prowadzenie badań w warunkach stabilnych i powtarzalnych, zapewniając wiarygodność i powtarzalność wyników.  całość składa się z 5 modułów:
+a) moduł do przygotowania substratów
+	homogenizator laboratoryjny: moc min. 800w, zakres 0,2-2,5l, obroty 3000-25000rpm
+	mieszadło mechaniczne kwasoodporne: moment obrotowy ≥ 100ncm, obroty 30-1300rpm, lepkość do 70000mpas  
+b) moduł biofermentatorów do prowadzenia procesu fermentacji metanowej
+	trzy fermentatory o pojemności 50-55 l wraz z pełnym wyposażeniem
+	analizator lkt i zasadowości, spektrofotometr uv-vis 190-1100nm
+c) moduł sterowania i akwizycji danych
+	sterowanie modułami fermentacyjnymi, osuszanie biogazu do 3°c, analiza ch4, co2, h2s, o2, h2
+	panel dotykowy wraz z lan - możliwość podłączenia pc
+d) moduł do oznaczania podatności substancji organicznych na degradację biologiczną
+	cieplarka 200 l, moduł mieszający 12-miejscowy, butelki pomiarowe 250ml z ekranami lcd
+	absorber co2, urządzenie 3-kanałowe, miernik przenośny z sondami ph i nh4, zestaw 6-miejscowy do pomiaru oddychania tlenowego
+e) moduł do odwadniania i przeróbki pofermentu
+	prasa filtracyjna o wydajności do 50kg/h, sucha masa 30-35%
+	układ do higienizacji i suszenia do 50kg/h, sucha masa 90%
+</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Stanowisko umożliwia kontrolę i rejestrację parametrów procesowych, analizę ilości i składu biogazu oraz ocenę podatności substratów na biodegradację. układ posiada budowę modułową i możliwość rozbudowy o dodatkowe fermentatory.   </t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr"/>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Katedra inżynierii gazowniczej</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Reservoir geoscience &amp; advanced engineering research group/ laboratorium mechanicznych i petrofizycznych właściwości skał złożowych bud. d2 pok. p.03</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Chmielowski Krzysztof</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-chmielowski-10153.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Biogaz, biopaliwa, co2, fermentacja, metan</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
           <t>Mikroskop zeiss axiolab 5</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B3" t="inlineStr">
         <is>
           <t>Mikroskop polaryzacyjny zeiss axiolab 5</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C3" t="inlineStr">
         <is>
           <t>Mikroskop axiolab 5 to mikroskop nowej generacji, świetnie nadający się do pracy w środowisku przemysłowym. pozwala na obserwację w świetle przechodzącym i odbitym, posiada kamerę cyfrową oraz oprogramowanie do analizy obrazu. nowoczesne rozwiązania pozwalają na szybkie, łatwe i intuicyjne uzyskiwanie zdjęć i błyskawiczną analizę wyników.
 mikroskop wyposażony jest w:
 obiektywy planachromatyczne, ze szkła odprężonego
 	2,5x / apertura 0,085, odl. robocza 8,8 mm, uniwersalny do preparatów nakrytych i nienakrytych
 	5x / apertura 0,15, odl. robocza 12 mm, uniwersalny do preparatów nakrytych i nienakrytych
 do preparatów nakrytych
 	10x / apertura 0,25, odległość robocza 6,5 mm
 	20x / apertura 0,45, odległość robocza 0,63 mm
 	50x / apertura 0,80, odległość robocza 0,41 mm
 do preparatów nienakrytych, o podwyższonym kontraście
 	10x / apertura 0,25, odległość robocza 11,0 mm
 	50x / apertura 0,75, odległość robocza 1,0 mm
 kamerę cyfrową kolorową:
 	rozdzielczość: 2464 (h) x 2056 (v) = 5 megapikseli lub większa
 	rozmiar piksela 3,45 μm x 3,45 μm
 	czas integracji: od 0,1 ms do 4 s lub większy zakres
 	typowy zakres dynamiki, co najmniej 4800:1
 	prędkość akwizycji: co najmniej 36 fps przy pełnej rozdzielczości
 	migawka klasy „global shutter”
 oprogramowanie do obróbki zdjęć.</t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D3" t="inlineStr">
         <is>
           <t>Możliwość analizy petrograficznej skał magmowych, osadowych i metamorficznych. określanie stopnia i rodzaju porowatości skały (pierwotna, wtórna).</t>
         </is>
       </c>
-      <c r="E2" t="inlineStr"/>
-      <c r="F2" t="inlineStr">
+      <c r="E3" t="inlineStr"/>
+      <c r="F3" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G2" t="inlineStr">
+      <c r="G3" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
+      <c r="H3" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I3" t="inlineStr">
         <is>
           <t>Katedra inżynierii naftowej</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
+      <c r="J3" t="inlineStr">
         <is>
           <t>Geoenergia - laboratorium zaawansowanych metod wydobycia węglowodorów i magazynowania energii</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr">
+      <c r="K3" t="inlineStr">
         <is>
           <t>Wojnarowski Paweł</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L3" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-wojnarowski-5575.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M3" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N3" t="inlineStr">
         <is>
           <t>Mikroskop polaryzacyjny, światło odbite, światło przechodzące</t>
-        </is>
-[...70 lines deleted...]
-          <t>Geotermia, paliwa syntetyczne, reaktor chemiczny</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>System do pomiaru ciśnienia kapilarnego i własności elektrycznych w próbkach skalnych</t>
+          <t>Reaktor chemiczny</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Rccp system pomiaru ciśnienia kapilarnego i oporności w warunkach złożowych</t>
+          <t>Series 4650 high pressure vessel systems, 500 ml</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t xml:space="preserve">System zapewnia pomiary w temperaturze i ciśnieniu złożowym. system jest skonfigurowany do dostarczania danych o ciśnieniu kapilarnym metodą płytki porowatej w stanie ustalonym i jednoczesnych danych o właściwościach elektrycznych („f”, „ri”, „sw”, „m”, „n”, „ro”, „rt”, „rw”) z płynami złożowymi. system jest przystosowany do ciśnienia uszczelniającego10 000 psig, ciśnienia porowego 9 500 psig w temperaturze 150 °c i oferuje zautomatyzowaną akwizycję danych oraz półautomatyczną obsługę. szklany mikroporowaty dysk pozwala na osiągnięcie ciśnienia w porach do 1500 psig w systemach ropno/solankowych, znacznie rozszerzając zakres ciśnienia kapilarnego w porównaniu z tradycyjnymi dyskami ceramicznymi.
- </t>
+          <t>System jest wyposażony w wysokociśnieniowe biurety przeznaczone do wprowadzania gazu (zwykle wodoru) do reaktora pod stałym ciśnieniem. biurety składają się ze zbiornika wysokociśnieniowego wyposażonego w zawór wlotowy, manometr i zawór nadmiarowy. do każdej pipety dołączony jest regulator stałego ciśnienia z zaworem zwrotnym, wąż łączący i stojak. ilość gazu zużytego w reakcji można określić, znając objętość zbiornika wysokociśnieniowego i obserwując spadek ciśnienia w zbiorniku podczas reakcji. ponadto system jest wyposażony w pompę preparatywną hplc azura. obejmuje ona szeroki zakres natężenia przepływu i możliwości ciśnieniowych. została zaprojektowana do oczyszczania próbek o masie mg i gramów. mobile control umożliwia intuicyjne sterowanie w trybie autonomicznym. zintegrowane automatyczne rozpoznawanie głowicy pompy za pomocą technologii rfid umożliwia szybkie dostosowanie pompy do różnych zastosowań.</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Badania ciśnienia kapilarnego w układzie ropa-woda (porous plate method). pomiar właściwości elektrycznych rdzenia nasyconego płynami. badanie procesów wypierania płynów (po rekonfiguracji).</t>
+          <t>Procesy chemiczne w wysokiej temperaturze i ciśnieniu.</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Zakres pracy: maksymalne ciśnienie 68 mpa, maksymalna temperatura 150 °c.</t>
+          <t>Reaktor oferuje ciśnienie robocze do 345 barów (5000 psi) w temperaturach do 350°c.</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I4" t="inlineStr">
         <is>
           <t>Katedra inżynierii naftowej</t>
         </is>
       </c>
       <c r="J4" t="inlineStr">
         <is>
           <t>Geoenergia - laboratorium zaawansowanych metod wydobycia węglowodorów i magazynowania energii</t>
         </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
           <t>Wojnarowski Paweł</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-wojnarowski-5575.html</t>
         </is>
       </c>
       <c r="M4" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
       <c r="N4" t="inlineStr">
         <is>
-          <t>Ciśnienie kapilarne, metoda płytki porowej, własności elektryczne</t>
+          <t>Geotermia, paliwa syntetyczne, reaktor chemiczny</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
+          <t>System do pomiaru ciśnienia kapilarnego i własności elektrycznych w próbkach skalnych</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Rccp system pomiaru ciśnienia kapilarnego i oporności w warunkach złożowych</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t xml:space="preserve">System zapewnia pomiary w temperaturze i ciśnieniu złożowym. system jest skonfigurowany do dostarczania danych o ciśnieniu kapilarnym metodą płytki porowatej w stanie ustalonym i jednoczesnych danych o właściwościach elektrycznych („f”, „ri”, „sw”, „m”, „n”, „ro”, „rt”, „rw”) z płynami złożowymi. system jest przystosowany do ciśnienia uszczelniającego10 000 psig, ciśnienia porowego 9 500 psig w temperaturze 150 °c i oferuje zautomatyzowaną akwizycję danych oraz półautomatyczną obsługę. szklany mikroporowaty dysk pozwala na osiągnięcie ciśnienia w porach do 1500 psig w systemach ropno/solankowych, znacznie rozszerzając zakres ciśnienia kapilarnego w porównaniu z tradycyjnymi dyskami ceramicznymi.
+ </t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>Badania ciśnienia kapilarnego w układzie ropa-woda (porous plate method). pomiar właściwości elektrycznych rdzenia nasyconego płynami. badanie procesów wypierania płynów (po rekonfiguracji).</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>Zakres pracy: maksymalne ciśnienie 68 mpa, maksymalna temperatura 150 °c.</t>
+        </is>
+      </c>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
+        <is>
+          <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
+        </is>
+      </c>
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I5" t="inlineStr">
+        <is>
+          <t>Katedra inżynierii naftowej</t>
+        </is>
+      </c>
+      <c r="J5" t="inlineStr">
+        <is>
+          <t>Geoenergia - laboratorium zaawansowanych metod wydobycia węglowodorów i magazynowania energii</t>
+        </is>
+      </c>
+      <c r="K5" t="inlineStr">
+        <is>
+          <t>Wojnarowski Paweł</t>
+        </is>
+      </c>
+      <c r="L5" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/pawel-wojnarowski-5575.html</t>
+        </is>
+      </c>
+      <c r="M5" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
+        </is>
+      </c>
+      <c r="N5" t="inlineStr">
+        <is>
+          <t>Ciśnienie kapilarne, metoda płytki porowej, własności elektryczne</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
           <t>System do badań efektywności zaawansowanych metod eksploatacji surowców płynnych</t>
         </is>
       </c>
-      <c r="B5" t="inlineStr">
+      <c r="B6" t="inlineStr">
         <is>
           <t>Afs core flooding system</t>
         </is>
       </c>
-      <c r="C5" t="inlineStr">
+      <c r="C6" t="inlineStr">
         <is>
           <t>System do badań efektywności zaawansowanych metod eksploatacji surowców płynnych umożliwia testowania metod wypierania płynów z rdzenia skalnego za pomocą ropy, wody, gazów oraz naprzemiennie wody i gazu, pomiaru resztkowego nasycenia ropy oraz efektywności wypierania dla poszczególnych faz. pozwala na pomiar przepuszczalności absolutnej z wykorzystaniem gazu lub fazy ciekłej w warunkach złożowych oraz wyznaczenie przepuszczalności względnych metodą "unsteady-state". w trakcie badań możliwe jest zatłaczanie solanki, ropy naftowej, polimerów, roztworów kwasów oraz gazów takich jak dwutlenek węgla, azot i metan czy wodór. instalacja umożliwia wtłaczania gazu oraz płynu jednocześnie. urządzenie umożliwia wykonywanie badań przy odtworzeniu warunków złożowych. zakres pracy: maksymalne ciśnienie 68 mpa, maksymalna temperatura 150 °c. zestaw wyposażony jest w dwa separatory do pomiaru w warunkach złożowych oraz warunkach otoczenia oraz trzy niezależne zasobniki na płyny wykorzystywane w trakcie badań.</t>
         </is>
       </c>
-      <c r="D5" t="inlineStr">
+      <c r="D6" t="inlineStr">
         <is>
           <t>1. pomiar porowatości.
 2. pomiar przepuszczalności absolutnej i względnej 
 3. badanie procesów przpływu i magazynowania płynów w ośrodku porowatym.
 4. okreśłanie minimalnego ciśnienia mieszania gazów z cieczami.
 5. badanie procesu dyfuzji w cieczach i gazach.
 6. badanie procesów wypierania płynów.
 7. badanie zwilżalności układzie skała-ropa-woda.</t>
         </is>
       </c>
-      <c r="E5" t="inlineStr">
+      <c r="E6" t="inlineStr">
         <is>
           <t>Zakres pracy: maksymalne ciśnienie 68 mpa, maksymalna temperatura 150 °c.</t>
         </is>
       </c>
-      <c r="F5" t="inlineStr">
+      <c r="F6" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G5" t="inlineStr">
+      <c r="G6" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr">
+      <c r="H6" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I5" t="inlineStr">
+      <c r="I6" t="inlineStr">
         <is>
           <t>Katedra inżynierii naftowej</t>
         </is>
       </c>
-      <c r="J5" t="inlineStr">
+      <c r="J6" t="inlineStr">
         <is>
           <t>Geoenergia - laboratorium zaawansowanych metod wydobycia węglowodorów i magazynowania energii</t>
         </is>
       </c>
-      <c r="K5" t="inlineStr">
+      <c r="K6" t="inlineStr">
         <is>
           <t>Wojnarowski Paweł</t>
         </is>
       </c>
-      <c r="L5" t="inlineStr">
+      <c r="L6" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/pawel-wojnarowski-5575.html</t>
         </is>
       </c>
-      <c r="M5" t="inlineStr">
+      <c r="M6" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N5" t="inlineStr">
+      <c r="N6" t="inlineStr">
         <is>
           <t>Eor, magazynowanie energii</t>
         </is>
       </c>
     </row>
-    <row r="6">
-      <c r="A6" t="inlineStr">
+    <row r="7">
+      <c r="A7" t="inlineStr">
         <is>
           <t>Rozbudowa laboratorium geoenergetyki agh-innowacyjne otworowe wymienniki ciepła oraz dublet geotermalny  na polu badawczym b laboratorium geoenergetyki agh</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B7" t="inlineStr">
         <is>
           <t>Rozbudowa laboratorium geoenergetyki agh-innowacyjne otworowe wymienniki ciepła oraz dublet geotermalny  na polu badawczym b laboratorium geoenergetyki agh</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C7" t="inlineStr">
         <is>
           <t xml:space="preserve">Instalacja składa się z kilku form pozyskiwania ciepła ziemi oraz magazynowania energii. występują w niej:
 	dublet studni, które mają za zadanie produkcję i zatłaczanie wody podziemnej unoszącej ciepło. woda przepływając w dublecie pomiędzy dwoma studniami trafia do parownika pompy ciepła. ze względu na mineralizację wody zastosowano pośredni czynnik grzewczy w postaci roztworu wodnego glikolu monopropylenowego ora dodatkowy wymiennik ciepła zbudowany z odpornych na korozję materiałów. w instalacji pracuje w związku z tym glikolowa pompa ciepła, przekazując ciepło na cele grzewcze w pawilonie d2;
 	dwa otworowe wymienniki ciepła z bezpośrednim parowaniem. stanowią więc parownik specjalnej (drugiej) pompy ciepła w instalacji. otwory wyposażone są w termometry umieszczone co 10 m do głębokości końcowej, tj. 30 m p.p.t.;
 	dwa wymienniki horyzontalne, z których jeden jest zainstalkowany z podwójną u-rurką z rur pe dn40 w otworze wykonanym metodą przewiertu sterowanego hdd (horizontal directional drilling), a drugi zainstalowano w istniejącej rurze pod ulicą rozdzielającą pawilony a4 i d2 na kampusie agh w krakowie. poziome otworowe wymienniki ciepła pracują jako niskotemperaturowe źródło ciepła dla wcześniej zainstalowanych dwóch glikolowych pomp ciepła;
 	trzy otwory do głębokości 30 m p.p.t., z których dwa służą do magazynowania energii w formie ciśnienia, stanowiąc objętość dla magazynowania sprężonego powietrza. trzeci otwór magazynuje energię w postaci potencjalnej. umieszczony w nim obciążnik ma możliwość poruszania się w górę i w dół. dzięki temu tworzy magazyn, gdzie położenie dolne obciążnika oznacza w pełni rozładowany, a położenie górne w pełni naładowany magazyn. wszystkie trzy otwory służą do magazynowania nadmiarowej energii elektrycznej z paneli fotowoltaicznych.
 </t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D7" t="inlineStr">
         <is>
           <t xml:space="preserve">Infrastruktura ma możliwości:
 	badań wpływu parametrów eksploatacyjnych na efektywność otworowych wymienników ciepła,
 	badania oporów przepływu i strat mocy hydraulicznej wymienników otworowych,
 	badania efektywności energetycznej pozyskiwania ciepła z wód podziemnych,
 	badania różnych konstrukcji otworowych wymienników ciepła (różnych rur),
  </t>
         </is>
       </c>
-      <c r="E6" t="inlineStr"/>
-[...66 lines deleted...]
-      </c>
       <c r="E7" t="inlineStr"/>
       <c r="F7" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
-          <t>Warunki możliwości udostępniania przez administratora systemów komputerowych</t>
+          <t>Infrastruktura badawcza jest udostępniana do badań za pośrednictwem pracowników wwnig agh. badania, na podstawie odpowiednich umów z agh, realizować będą przedstawiciele laboratorium geoenergetyki agh.</t>
         </is>
       </c>
       <c r="H7" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I7" t="inlineStr">
         <is>
-          <t>Wydział wiertnictwa, nafty i gazu</t>
+          <t>Katedra wiertnictwa i geoinżynierii</t>
         </is>
       </c>
       <c r="J7" t="inlineStr">
         <is>
-          <t>Serwerownia</t>
+          <t>Laboratorium geoenergetyki</t>
         </is>
       </c>
       <c r="K7" t="inlineStr">
         <is>
-          <t>Skrzypaszek Krzysztof</t>
+          <t>Śliwa Tomasz</t>
         </is>
       </c>
       <c r="L7" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/krzysztof-skrzypaszek-5365.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/tomasz-sliwa-4348.html</t>
         </is>
       </c>
       <c r="M7" t="inlineStr">
         <is>
-          <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
       <c r="N7" t="inlineStr">
         <is>
-          <t>Macierz</t>
+          <t>Geoenergetyka, geotermia, otworowe wymienniki ciepła, wykorzystane otwory wiertnicze</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
+          <t>Serwer macierzowy hpe alletra 6010</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Serwer macierzowy hpe alletra 6010</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>Serwer macierzowy hpe alletra 6010 dający możliwość gromadzenia danych na łącznej powierzchni dyskowej 23tb (12 bardzo szybkich dysków nvme o pojemności 1.92tb każdy).</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>Mozliwosć gromadzenia dużych ilości danych cyfrowych na ultraszybkich dyskach nvme</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr"/>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
+        <is>
+          <t>Warunki możliwości udostępniania przez administratora systemów komputerowych</t>
+        </is>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>Wydział wiertnictwa, nafty i gazu</t>
+        </is>
+      </c>
+      <c r="J8" t="inlineStr">
+        <is>
+          <t>Serwerownia</t>
+        </is>
+      </c>
+      <c r="K8" t="inlineStr">
+        <is>
+          <t>Skrzypaszek Krzysztof</t>
+        </is>
+      </c>
+      <c r="L8" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/krzysztof-skrzypaszek-5365.html</t>
+        </is>
+      </c>
+      <c r="M8" t="inlineStr">
+        <is>
+          <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N8" t="inlineStr">
+        <is>
+          <t>Macierz</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
           <t>System pomiaru parametrów przepływu w ośrodku dla przepływu dwufazowego</t>
         </is>
       </c>
-      <c r="B8" t="inlineStr">
+      <c r="B9" t="inlineStr">
         <is>
           <t>Analizator geospec 12/53 rock core nmr do analizy rdzeni</t>
         </is>
       </c>
-      <c r="C8" t="inlineStr">
+      <c r="C9" t="inlineStr">
         <is>
           <t xml:space="preserve">Magnes 12mhz z miejscem na próbnik o maksymalnej średnicy wewnętrznej 53mm. elektronika spektrometru cyfrowego z programatorem impulsów, akwizycja z szybkim próbkowaniem a/d, przedwzmacniacz zoptymalizowany do pracy z niską częstotliwością i zdolność do 128 000 ech. obejmuje również funkcję strojenia sondy, stojak na elektronikę i magnetyczny regulator temperatury. nadajnik tomco rf, moc szczytowa 500 w. sondy o średnicy 29 i  53 mm. maksymalna długość próbki 50 mm.
 gradient pola impulsowego 1-d w celu umożliwienia pomiarów, w tym dyfuzji, profili nasycenia i ciśnienia kapilarnego. zamontowane na magnesie 1-d aktywnie ekranowane cewki gradientu pola impulsowego, dwukierunkowy wzmacniacz mocy i wyzwalacz sieciowy do synchronizacji impulsów gradientu z cyklami zasilania sieciowego. gradient do 20g/cm.
 	komórka ciśnieniowa overburden p5 firmy oxford instruments. rozmiar rdzenia: 1" maksymalne ciśnienie: 5000 psi. maksymalna temperatura: 100c.
 	komórka ciśnieniowa overburden p5 firmy oxford instruments. rozmiar rdzenia: 1,5" maksymalne ciśnienie: 2500 psi. maksymalna temperatura: 100c.
  </t>
         </is>
       </c>
-      <c r="D8" t="inlineStr">
+      <c r="D9" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	rozkład wielkości porów t1/t2
 	fid
 	analiza t1/t2
 	ffi, bvi, cbw, porowatość efektywna, punkt odcięcia t2
 	oszacowanie przepuszczalności nmr z t1 i t2
 	analiza wielu próbek (analiza statystyczna)
 	oznaczanie indeksu wodorowego
 	przepuszczalność od t1 lub t2
 	przepuszczalność względna
 	izotermy gazów
 	zwilżalność z map dyfuzji t1-t2
 </t>
         </is>
       </c>
-      <c r="E8" t="inlineStr"/>
-      <c r="F8" t="inlineStr">
+      <c r="E9" t="inlineStr"/>
+      <c r="F9" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G8" t="inlineStr">
+      <c r="G9" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
-      <c r="H8" t="inlineStr">
+      <c r="H9" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I8" t="inlineStr">
+      <c r="I9" t="inlineStr">
         <is>
           <t>Katedra inżynierii gazowniczej</t>
         </is>
       </c>
-      <c r="J8" t="inlineStr">
+      <c r="J9" t="inlineStr">
         <is>
           <t>Reservoir geoscience &amp; advanced engineering research group/ laboratorium mechanicznych i petrofizycznych właściwości skał złożowych bud. d2 pok. p.03</t>
         </is>
       </c>
-      <c r="K8" t="inlineStr">
+      <c r="K9" t="inlineStr">
         <is>
           <t>Dąbrowski Karol</t>
         </is>
       </c>
-      <c r="L8" t="inlineStr">
+      <c r="L9" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/karol-dabrowski-8106.html</t>
         </is>
       </c>
-      <c r="M8" t="inlineStr">
+      <c r="M9" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N8" t="inlineStr">
+      <c r="N9" t="inlineStr">
         <is>
           <t>Badanie rdzenia skalnych, nmr, porowatość, rozkład porów, stopień nasycenia, zwilżalność</t>
         </is>
       </c>
     </row>
-    <row r="9">
-      <c r="A9" t="inlineStr">
+    <row r="10">
+      <c r="A10" t="inlineStr">
         <is>
           <t>Liniowy skaner rentgenowski</t>
         </is>
       </c>
-      <c r="B9" t="inlineStr">
+      <c r="B10" t="inlineStr">
         <is>
           <t>Liniowy skaner rentgenowski do monitorowania nasycenia in situ</t>
         </is>
       </c>
-      <c r="C9" t="inlineStr">
+      <c r="C10" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparatura składa się głównie z grubej, izolującej promieniowanie obudowy ze stali nierdzewnej, sterowanego komputerowo generatora promieniowania rentgenowskiego umożliwiającego użytkownikowi regulację natężenia promieniowania rentgenowskiego, uchwytu rdzenia przezroczystego dla promieni rentgenowskich, liniowego detektora promieniowania rentgenowskiego do pomiarów absorpcji promieniowania rentgenowskiego. generator i detektor są zamontowane na równoległych, solidnych stojakach jednoosiowych i mogą być zdalnie ustawiane w kierunku pionowym i horyzontalnym.
 	maksymalne ciśnienie uszczelniające: 700 barów (10 000 psi)
 	maksymalne ciśnienie porowe: 700 barów (10 000 psi)
 	maksymalna temperatura pracy: 150°c
 	średnica rdzenia: 1”5 oraz 1’’.
 	długość rdzenia: do 12”.
 	źródło promieniowania rentgenowskiego: lampa wolframowa 90 kv, 4 ma
 </t>
         </is>
       </c>
-      <c r="D9" t="inlineStr">
+      <c r="D10" t="inlineStr">
         <is>
           <t>Zautomatyzowany liniowy pomiar wysokiej jakości profili nasycenia in situ jednofazowych i wielofazowych próbek rdzeniowych dla próbek o średnicy 1"5 oraz 1’’ i maksymalnej długości 12”. dla ciśnień do 700 bar i temperatury 150 °c.</t>
-        </is>
-[...66 lines deleted...]
-          <t>Pomiar napięcia powierzchownego metodą kropli wiszącej oraz kontaktowej dla układu skała/ciecz/gaz dla ciśnień do 1000 bar praz temperatury 200 °c. pomiar dynamicznego napięcia powierzchniowego układu skała/ciecz/gaz.</t>
         </is>
       </c>
       <c r="E10" t="inlineStr"/>
       <c r="F10" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G10" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I10" t="inlineStr">
         <is>
           <t>Katedra inżynierii gazowniczej</t>
         </is>
       </c>
       <c r="J10" t="inlineStr">
         <is>
+          <t>Reservoir geoscience &amp; advanced engineering research group/ laboratorium mechanicznych i petrofizycznych właściwości skał złożowych bud. d2 pok. p.03</t>
+        </is>
+      </c>
+      <c r="K10" t="inlineStr">
+        <is>
+          <t>Dąbrowski Karol</t>
+        </is>
+      </c>
+      <c r="L10" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/karol-dabrowski-8106.html</t>
+        </is>
+      </c>
+      <c r="M10" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
+        </is>
+      </c>
+      <c r="N10" t="inlineStr">
+        <is>
+          <t>Badanie rdzeni skalnych, nasycenie rdzeni, porowatość</t>
+        </is>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>Ift cell 1000</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Urządzenie do pomiaru napięcia międzyfazowego ift</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>Wysokociśnieniowa komórka badawcza wg certyfikatu ce zgodnie z ped 2014/68/eu. możliwość pomiaru dla ciśnień do 1000 bar i 200 °c. system obrotowy dla kąta zwilżania - pomiar między cieczą, a skałą, próbka (płyta skalna ø1" x 5 mm grubości). kamera ccd wraz z oprogramowaniem falcon®. układ ręcznego formowania kropli, jednokomorowa pompa strzykawkowa 6ml / 1000 bar. system ogrzewania pompy do formowania kropli.</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>Pomiar napięcia powierzchownego metodą kropli wiszącej oraz kontaktowej dla układu skała/ciecz/gaz dla ciśnień do 1000 bar praz temperatury 200 °c. pomiar dynamicznego napięcia powierzchniowego układu skała/ciecz/gaz.</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr"/>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
+        </is>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I11" t="inlineStr">
+        <is>
+          <t>Katedra inżynierii gazowniczej</t>
+        </is>
+      </c>
+      <c r="J11" t="inlineStr">
+        <is>
           <t>Reservoir geoscience &amp; advanced engineering research group/ laboratorium właściwości pvt płynów złożowych oraz kriogenicznych lng bud. d2 pok. 0.03</t>
         </is>
       </c>
-      <c r="K10" t="inlineStr">
+      <c r="K11" t="inlineStr">
         <is>
           <t>Dąbrowski Karol</t>
         </is>
       </c>
-      <c r="L10" t="inlineStr">
+      <c r="L11" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/karol-dabrowski-8106.html</t>
         </is>
       </c>
-      <c r="M10" t="inlineStr">
+      <c r="M11" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N10" t="inlineStr">
+      <c r="N11" t="inlineStr">
         <is>
           <t>Kąt zwilżania, napięcie powierzchniowe</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>