--- v0 (2025-10-29)
+++ v1 (2026-02-09)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:N5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,268 +493,352 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>Badawcze stanowisko laboratoryjne do badania procesów fermentacji i produkcji biogazu</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Badawcze stanowisko laboratoryjne do badania fermentacji i produkcji biogazu</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Stanowisko laboratoryjne stanowi kompletny, zaumatyzowany system do badań procesów fermentacji metanowej i produkcji biogazu. charakteryzuje się modułową budową, wysoką precyzją pomiarów, pełną rejestracją danych procesowych. umożliwia prowadzenie badań w warunkach stabilnych i powtarzalnych, zapewniając wiarygodność i powtarzalność wyników.  całość składa się z 5 modułów:
+a) moduł do przygotowania substratów
+	homogenizator laboratoryjny: moc min. 800w, zakres 0,2-2,5l, obroty 3000-25000rpm
+	mieszadło mechaniczne kwasoodporne: moment obrotowy ≥ 100ncm, obroty 30-1300rpm, lepkość do 70000mpas  
+b) moduł biofermentatorów do prowadzenia procesu fermentacji metanowej
+	trzy fermentatory o pojemności 50-55 l wraz z pełnym wyposażeniem
+	analizator lkt i zasadowości, spektrofotometr uv-vis 190-1100nm
+c) moduł sterowania i akwizycji danych
+	sterowanie modułami fermentacyjnymi, osuszanie biogazu do 3°c, analiza ch4, co2, h2s, o2, h2
+	panel dotykowy wraz z lan - możliwość podłączenia pc
+d) moduł do oznaczania podatności substancji organicznych na degradację biologiczną
+	cieplarka 200 l, moduł mieszający 12-miejscowy, butelki pomiarowe 250ml z ekranami lcd
+	absorber co2, urządzenie 3-kanałowe, miernik przenośny z sondami ph i nh4, zestaw 6-miejscowy do pomiaru oddychania tlenowego
+e) moduł do odwadniania i przeróbki pofermentu
+	prasa filtracyjna o wydajności do 50kg/h, sucha masa 30-35%
+	układ do higienizacji i suszenia do 50kg/h, sucha masa 90%
+</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Stanowisko umożliwia kontrolę i rejestrację parametrów procesowych, analizę ilości i składu biogazu oraz ocenę podatności substratów na biodegradację. układ posiada budowę modułową i możliwość rozbudowy o dodatkowe fermentatory.   </t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr"/>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Katedra inżynierii gazowniczej</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Reservoir geoscience &amp; advanced engineering research group/ laboratorium mechanicznych i petrofizycznych właściwości skał złożowych bud. d2 pok. p.03</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Chmielowski Krzysztof</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/krzysztof-jan-chmielowski-10153.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Biogaz, biopaliwa, co2, fermentacja, metan</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
           <t>System pomiaru parametrów przepływu w ośrodku dla przepływu dwufazowego</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B3" t="inlineStr">
         <is>
           <t>Analizator geospec 12/53 rock core nmr do analizy rdzeni</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C3" t="inlineStr">
         <is>
           <t xml:space="preserve">Magnes 12mhz z miejscem na próbnik o maksymalnej średnicy wewnętrznej 53mm. elektronika spektrometru cyfrowego z programatorem impulsów, akwizycja z szybkim próbkowaniem a/d, przedwzmacniacz zoptymalizowany do pracy z niską częstotliwością i zdolność do 128 000 ech. obejmuje również funkcję strojenia sondy, stojak na elektronikę i magnetyczny regulator temperatury. nadajnik tomco rf, moc szczytowa 500 w. sondy o średnicy 29 i  53 mm. maksymalna długość próbki 50 mm.
 gradient pola impulsowego 1-d w celu umożliwienia pomiarów, w tym dyfuzji, profili nasycenia i ciśnienia kapilarnego. zamontowane na magnesie 1-d aktywnie ekranowane cewki gradientu pola impulsowego, dwukierunkowy wzmacniacz mocy i wyzwalacz sieciowy do synchronizacji impulsów gradientu z cyklami zasilania sieciowego. gradient do 20g/cm.
 	komórka ciśnieniowa overburden p5 firmy oxford instruments. rozmiar rdzenia: 1" maksymalne ciśnienie: 5000 psi. maksymalna temperatura: 100c.
 	komórka ciśnieniowa overburden p5 firmy oxford instruments. rozmiar rdzenia: 1,5" maksymalne ciśnienie: 2500 psi. maksymalna temperatura: 100c.
  </t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D3" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	rozkład wielkości porów t1/t2
 	fid
 	analiza t1/t2
 	ffi, bvi, cbw, porowatość efektywna, punkt odcięcia t2
 	oszacowanie przepuszczalności nmr z t1 i t2
 	analiza wielu próbek (analiza statystyczna)
 	oznaczanie indeksu wodorowego
 	przepuszczalność od t1 lub t2
 	przepuszczalność względna
 	izotermy gazów
 	zwilżalność z map dyfuzji t1-t2
 </t>
         </is>
       </c>
-      <c r="E2" t="inlineStr"/>
-      <c r="F2" t="inlineStr">
+      <c r="E3" t="inlineStr"/>
+      <c r="F3" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G2" t="inlineStr">
+      <c r="G3" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
+      <c r="H3" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I3" t="inlineStr">
         <is>
           <t>Katedra inżynierii gazowniczej</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
+      <c r="J3" t="inlineStr">
         <is>
           <t>Reservoir geoscience &amp; advanced engineering research group/ laboratorium mechanicznych i petrofizycznych właściwości skał złożowych bud. d2 pok. p.03</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr">
+      <c r="K3" t="inlineStr">
         <is>
           <t>Dąbrowski Karol</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L3" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/karol-dabrowski-8106.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M3" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N3" t="inlineStr">
         <is>
           <t>Badanie rdzenia skalnych, nmr, porowatość, rozkład porów, stopień nasycenia, zwilżalność</t>
         </is>
       </c>
     </row>
-    <row r="3">
-      <c r="A3" t="inlineStr">
+    <row r="4">
+      <c r="A4" t="inlineStr">
         <is>
           <t>Liniowy skaner rentgenowski</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B4" t="inlineStr">
         <is>
           <t>Liniowy skaner rentgenowski do monitorowania nasycenia in situ</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C4" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparatura składa się głównie z grubej, izolującej promieniowanie obudowy ze stali nierdzewnej, sterowanego komputerowo generatora promieniowania rentgenowskiego umożliwiającego użytkownikowi regulację natężenia promieniowania rentgenowskiego, uchwytu rdzenia przezroczystego dla promieni rentgenowskich, liniowego detektora promieniowania rentgenowskiego do pomiarów absorpcji promieniowania rentgenowskiego. generator i detektor są zamontowane na równoległych, solidnych stojakach jednoosiowych i mogą być zdalnie ustawiane w kierunku pionowym i horyzontalnym.
 	maksymalne ciśnienie uszczelniające: 700 barów (10 000 psi)
 	maksymalne ciśnienie porowe: 700 barów (10 000 psi)
 	maksymalna temperatura pracy: 150°c
 	średnica rdzenia: 1”5 oraz 1’’.
 	długość rdzenia: do 12”.
 	źródło promieniowania rentgenowskiego: lampa wolframowa 90 kv, 4 ma
 </t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D4" t="inlineStr">
         <is>
           <t>Zautomatyzowany liniowy pomiar wysokiej jakości profili nasycenia in situ jednofazowych i wielofazowych próbek rdzeniowych dla próbek o średnicy 1"5 oraz 1’’ i maksymalnej długości 12”. dla ciśnień do 700 bar i temperatury 150 °c.</t>
-        </is>
-[...66 lines deleted...]
-          <t>Pomiar napięcia powierzchownego metodą kropli wiszącej oraz kontaktowej dla układu skała/ciecz/gaz dla ciśnień do 1000 bar praz temperatury 200 °c. pomiar dynamicznego napięcia powierzchniowego układu skała/ciecz/gaz.</t>
         </is>
       </c>
       <c r="E4" t="inlineStr"/>
       <c r="F4" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I4" t="inlineStr">
         <is>
           <t>Katedra inżynierii gazowniczej</t>
         </is>
       </c>
       <c r="J4" t="inlineStr">
         <is>
+          <t>Reservoir geoscience &amp; advanced engineering research group/ laboratorium mechanicznych i petrofizycznych właściwości skał złożowych bud. d2 pok. p.03</t>
+        </is>
+      </c>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>Dąbrowski Karol</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/karol-dabrowski-8106.html</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>Badanie rdzeni skalnych, nasycenie rdzeni, porowatość</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>Ift cell 1000</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Urządzenie do pomiaru napięcia międzyfazowego ift</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>Wysokociśnieniowa komórka badawcza wg certyfikatu ce zgodnie z ped 2014/68/eu. możliwość pomiaru dla ciśnień do 1000 bar i 200 °c. system obrotowy dla kąta zwilżania - pomiar między cieczą, a skałą, próbka (płyta skalna ø1" x 5 mm grubości). kamera ccd wraz z oprogramowaniem falcon®. układ ręcznego formowania kropli, jednokomorowa pompa strzykawkowa 6ml / 1000 bar. system ogrzewania pompy do formowania kropli.</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>Pomiar napięcia powierzchownego metodą kropli wiszącej oraz kontaktowej dla układu skała/ciecz/gaz dla ciśnień do 1000 bar praz temperatury 200 °c. pomiar dynamicznego napięcia powierzchniowego układu skała/ciecz/gaz.</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr"/>
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
+        <is>
+          <t>Badania wykonywane przez przeszkolonych pracowników badawczych po uprzednim kontakcie.</t>
+        </is>
+      </c>
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I5" t="inlineStr">
+        <is>
+          <t>Katedra inżynierii gazowniczej</t>
+        </is>
+      </c>
+      <c r="J5" t="inlineStr">
+        <is>
           <t>Reservoir geoscience &amp; advanced engineering research group/ laboratorium właściwości pvt płynów złożowych oraz kriogenicznych lng bud. d2 pok. 0.03</t>
         </is>
       </c>
-      <c r="K4" t="inlineStr">
+      <c r="K5" t="inlineStr">
         <is>
           <t>Dąbrowski Karol</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L5" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/karol-dabrowski-8106.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M5" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N5" t="inlineStr">
         <is>
           <t>Kąt zwilżania, napięcie powierzchniowe</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>