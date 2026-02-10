--- v0 (2025-10-30)
+++ v1 (2026-02-10)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:N8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,118 +493,116 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Cass – system specjacji aerozoli węglowych</t>
+          <t>Multidetektorowy system gpc/sec</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Analizator węgla całkowitego model tca-08 sprzężony z etalometrem ae-33</t>
+          <t>Chromatograf żelowo permeacyjny/chromatograf wykluczenia mas – (gpc/sec) - agilent 1260 infinity ii/iii</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Cass (carbonaceous aerosol speciation system/ system specjacji aerozoli węglowych) – system obejmuje analizator węgla całkowitego model tca-08 oraz etalometr ae-33. zestaw produkcji firmy magee scientific/(aerosol) pozwala mierzyć w sposób ciągły stężenie węgla organicznego, nieorganicznego i całkowitego w aerozolu w powietrzu atmosferycznym. w skład zestawu wchodzi także stacja meteorologiczna do pomiaru temperatury, wilgotności i ciśnienia powietrza atmosferycznego.
-aparat niezbędny jest do określenia specjacji frakcji węglowej aerosoli atmosferycznych, które stanowią bardzo często ponad 50% udziału w całkowitej masie pyłu. niezbędny do ciągłego monitorowania tzw. black carbon (bc) – środowiskowego czynnika stresogennego. obecność i wpływ bc na zdrowie ludzkie jest niepokojący i nieznany.  systematyczne monitorowanie bc poprawi ocenę zagrożeń dla zdrowia począwszy od różnych cząstek pochodzących ze spalania i uzupełni dane dotyczące ich stężeń masowych w aerozolach atmosferycznych. pozwoli to na odpowiednie zarządzanie i dobór procesów przemysłowych jak również decyzji w zakresie polityki zrównoważonego rozwoju.</t>
+          <t>Multidetektorowy zestaw do chromatografii żelowo-permeacyjnej/chromatografii wykluczenia mas (gpc/sec) pozwalający na wyznaczanie rozkładu rozmiarów i mas cząsteczkowych związków zawartych w różnego rodzaju matrycach próbek organicznych. układ gpc/sec jest wyposażony w potrójny system detektorów tj. (i) detektor rozproszenia światła (dwukątowy), (ii) detektor refraktometryczny, oraz (iii) detektor wiskozymetryczny. potrójny układ detektorów dostarcza kompleksowego pakietu danych pozwalających wyznaczyć rozkłady mas cząsteczkowych, jak również kształt i konformację związków organicznych obecnych w mieszaninie. dane z analizy gpc/sec rozszerzają możliwości standardowych technik instrumentalnych, takich jak gc, hplc czy ft-ir, które nie dają możliwości analizy makrocząsteczek, m.in. ze względu na ograniczenia techniczne – wysokie temperatury odparowania, często możliwość dekompozycji termicznej, trudności w kontekście kalibracji czy niestabilność związków. cały układ jest wyposażony w automatyczny, wielopozycyjny podajnik próbek, pompę izokratyczną oraz termostat kolumn regulowany do pracy w zakresie 5-90°c.</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>System cass pozwala mierzyć w sposób quasi ciągły stężeń w powietrzu atmosferycznym węgla elementarnego (ec) (etalometr ae-33) oraz węgla całkowitego (tc) metodą analizy termicznej próbki (tc-08). połączenie aparatów tca-08 i ae-33 pozwala uzyskać zestaw służący do oznaczania 3 form węgla w powietrzu atmosferycznym. na podstawie różnicy dwóch wyników pomiarów otrzymujemy informacje n/t stężenia węgla organicznego (oc).</t>
+          <t>Układ dedykowany do analizy związków niepolarnych, kalibrowany względem zestawu materiałów referencyjnych na bazie polistyrenu. warunek konieczny: rozpuszczalność analitów w thf. możliwa analiza przykładowych próbek takich jak: frakcje niepolarne paliw, biopaliw, komponenty paliw alternatywnych, ciężkich frakcji paliwowych, analiza konwencjonalnych polimerów (m.in. pvc, pe, pp, ps), jak i biopolimerów.</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Analizator tca-08 służy do monitorowania zawartości węgla całkowitego w pyle zawieszonym w powietrzu atmosferycznym. aparat wykorzystuje dwa identyczne kanały pomiarowe używane do pobierania próby i do wykonywania analizy.
-ae-33 aethalometer® aethalometr mierzy stężenie węgla elementarnego w badanej próbce powietrza.</t>
+          <t>Oznaczenie rozkładu mas cząsteczkowych mieszanin, wyznaczenie średniej masy cząsteczkowej liczbowej i wagowej, wyznaczenie współczynnika polidyspersyjności. zakres wykonalności oznaczania mas do weryfikacji z osobą kontaktową.</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium. zebrane dane będą udostępniane po wcześniejszym uzgodnieniu z kierownikiem laboratorium.</t>
+          <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony i przeszkolony personel laboratorium.</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>Katedra technologii paliw</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>Zespół badań współczesnych zagrożeń środowiska i rozwoju innowacyjnych technologii w gospodarce obiegu zamkniętego</t>
+          <t>Zespół paliw ciekłych, biopaliw i bioproduktów</t>
         </is>
       </c>
       <c r="K2" t="inlineStr">
         <is>
-          <t>Styszko Katarzyna</t>
+          <t>Wądrzyk Mariusz</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/katarzyna-styszko-5843.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/mariusz-wadrzyk-6855.html</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
-          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>Aerozole atmosferyczne, black carbon, elemental carbon, frakcja węglowa, pomiary online, węgiel organiczny, zanieczyszczenia organiczne</t>
+          <t>Chromatografia, gpc, makromolekuły, masa cząsteczkowa, paliwa, plastiki, sec</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Analizator pierwiastków o, n i h</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Leco onh 836</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t xml:space="preserve">Analizator elementarny onh836 tlenu/azotu/wodoru jest przeznaczony do szerokiego zakresu pomiarów zawartości tlenu, azotu i wodoru w materiałach nieorganicznych, stopach żelaza i metali nieżelaznych oraz materiałach ogniotrwałych z wykorzystaniem techniki fuzji w gazie obojętnym. </t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>System onh836 tlen/azot/wodór jest przeznaczony do jednoczesnego pomiaru w szerokim zakresie zawartości tlenu, azotu i wodoru w stali, metalach ogniotrwałych i innych materiałach nieorganicznych.  potrójne ogniwa ir do wykrywania tlenu zapewniają najszerszy możliwy zakres wykrywania. aby zmniejszyć zakłócenia wynikające z dryftu instrumentu, przed każdą analizą wykonuje się referencyjne pomiary czystego gazu nośnego.</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
@@ -617,279 +615,425 @@
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>Możliwość wykonania pomiarów na zasadzie współpracy naukowej oraz zleceń komercyjnych po wcześniejszym uzgodnieniu zakresu badań, terminu i formy współpracy z opiekunem aparatury.</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I3" t="inlineStr">
         <is>
           <t>Katedra technologii paliw</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
           <t>Zespół nanomateriałów i odpadów węglonośnych</t>
         </is>
       </c>
       <c r="K3" t="inlineStr">
         <is>
-          <t>Lejda Katarzyna</t>
+          <t>Czosnek Cezary</t>
         </is>
       </c>
       <c r="L3" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/katarzyna-lejda-9021.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/cezary-czosnek-543.html</t>
         </is>
       </c>
       <c r="M3" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N3" t="inlineStr">
         <is>
           <t>Analiza elementarna, materiały cermiaczne, materiały nieorganiczne, oznaczenie zawartości azotu, oznaczenie zawartości tlenu, oznaczenie zawartości wodoru</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>3flex</t>
+          <t>Mobilny analizator lotnych związków organicznych (fid) – system solar xplore do pomiaru toc/thc/ch₄/nmhc</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>3flex</t>
+          <t>Solar xplore – mobilny analizator toc/lzo z detektorem płomieniowo-jonizacyjnym (hfid) firmy signal</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>3flex jest w pełni automatycznym analizatorem, jego 3 portowa budowa pozwala na wysokowydajne, długie analizy pola powierzchni, mezoporów i mikroporów, z najwyższą wydajnością rozdzielczością i redukcją danych. każda stacja analityczna jest upgradowalna z mezoporów do mikroporów wraz z swoim własnym przetwornikiem dla jednoczesnych analiz symultanicznych. wraz z wieloma zaawansowanymi cechami, aparat 3flex został zaprojektowany jako jedna całość, po to by poprawić jakość wyników.</t>
+          <t>Laboratoryjno-mobilny analizator solar xplore firmy signal z detektorem płomieniowo-jonizacyjnym hfid przeznaczony jest do ciągłych i okresowych pomiarów całkowitego węgla organicznego (toc/thc), metanu (ch₄) oraz niemetanowych węglowodorów (nmhc) w gazach procesowych i spalinach. układ umożliwia pracę w szerokim zakresie stężeń (do 10 000 ppm) z automatycznym przełączaniem zakresów, zachowując wysoką czułość i stabilność sygnału. detektor i linia próbkowa są podgrzewane (do 200°c), co minimalizuje kondensację i straty analitów, umożliwiając rzetelne pomiary lotnych związków organicznych w warunkach laboratoryjnych i terenowych. system wyposażony jest w zintegrowaną pompę próbkową, katalizator do oczyszczania powietrza zerowego, automatyczne zawory zera i span oraz możliwość programowej autokalibracji. analizator współpracuje z zewnętrznym rejestratorem danych i oprogramowaniem s4i, umożliwiając pełne sterowanie, archiwizację danych i ich dalszą obróbkę analityczną. zasilanie detektora realizowane jest z generatora wodoru, co zwiększa bezpieczeństwo i autonomię pracy. aparatura przeznaczona jest do badań emisji voc/toc z procesów spalania paliw konwencjonalnych i alternatywnych, instalacji przemysłowych, silników spalinowych oraz układów oczyszczania gazów. stanowi kluczowe źródło danych do analiz środowiskowych, oceny skuteczności technologii redukcji emisji oraz budowy modeli predykcyjnych z wykorzystaniem metod inteligencji obliczeniowej.</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Trzy konfigurowalne, wysokowydajne porty analityczne - dwa lub trzy porty do pomiaru mikroporów standardowe analizy mezoporowate, mikroporowate, jak i gotowość aparatu do analiz fizysorpcyjnych z możliwością użycia kryptonu jako gazu analitycznego dla materiałów małej powierzchni pneumatycznie sterowane, iglicowe zawory zapewniają ultraczystą pracę bez nacieków interaktywne oprogramowanie microactive do obróbki danych</t>
+          <t>Umożliwia ciągły i mobilny pomiar toc, thc, ch₄ i nmhc w spalinach oraz gazach procesowych, badania emisji voc z procesów spalania paliw konwencjonalnych i alternatywnych, ocenę skuteczności układów oczyszczania spalin, walidację technologii niskoemisyjnych oraz pozyskiwanie wysokorozdzielczych danych do modelowania i predykcji emisji z wykorzystaniem metod sztucznej inteligencji.</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
-          <t>Określanie powierzchni właściwej i porowatości</t>
+          <t>Zakresy pomiarowe do 10 000 ppm z automatycznym przełączaniem, jednoczesny pomiar toc/thc, ch₄ i nmhc metodą hfid, podgrzewana linia próbkowa i detektor do 200 °c, wysoka czułość i stabilność sygnału, ciągła rejestracja danych w czasie rzeczywistym, autokalibracja oraz możliwość pracy w warunkach laboratoryjnych i terenowych.</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
-          <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zespołu. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń. przed rozpoczęciem badań wymagane jest podpisanie porozumienia, definiującego warunki udostępnienia. symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do karty czasu pracy aparatury naukowo-badawczej.</t>
+          <t>Infrastruktura udostępniana w ramach współpracy naukowo-badawczej z jednostkami agh oraz partnerami zewnętrznymi. dostęp realizowany po uzgodnieniu harmonogramu z opiekunem aparatury, w trybie badań wspólnych lub usługowych. pomiary wykonywane z udziałem przeszkolonego personelu, z zapewnieniem wsparcia metodycznego i analitycznego.</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I4" t="inlineStr">
         <is>
           <t>Katedra technologii paliw</t>
         </is>
       </c>
       <c r="J4" t="inlineStr">
         <is>
-          <t>Zespół procesów katalitycznych i adsorpcyjnych w energetyce i ochronie środowiska</t>
+          <t>Zespół analityki przemysłowej i środowiskowej oraz przetwarzania danych</t>
         </is>
       </c>
       <c r="K4" t="inlineStr">
         <is>
-          <t>Samojeden Bogdan</t>
+          <t>Szramowiat-Sala Katarzyna</t>
         </is>
       </c>
       <c r="L4" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/bogdan-samojeden-6090.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/katarzyna-szramowiat-sala-8688.html</t>
         </is>
       </c>
       <c r="M4" t="inlineStr">
         <is>
-          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+          <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N4" t="inlineStr">
         <is>
-          <t>Bet, macropores, mesopores, micropores, porosity, texture</t>
+          <t>Emisje spalin, metan, modelowanie emisji, monitoring ciągły, spalanie paliw, węglowodory niemetanowe</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Autochem</t>
+          <t>Cass – system specjacji aerozoli węglowych</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Autochem iii 2930</t>
+          <t>Analizator węgla całkowitego model tca-08 sprzężony z etalometrem ae-33</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Dynamiczne pomiary chemisorpcji i reakcji programowanych temperaturowo wykonywane przez autochem iii dostarczają metryki wydajności, które są krytyczne dla rozwoju nowych materiałów katalitycznych, które będą napędzać technologie wychwytywania i utylizacji dwutlenku węgla, gospodarki wodorowej i innych technologii. autochem iii umożliwia prowadzenie tych prac.</t>
+          <t>Cass (carbonaceous aerosol speciation system/ system specjacji aerozoli węglowych) – system obejmuje analizator węgla całkowitego model tca-08 oraz etalometr ae-33. zestaw produkcji firmy magee scientific/(aerosol) pozwala mierzyć w sposób ciągły stężenie węgla organicznego, nieorganicznego i całkowitego w aerozolu w powietrzu atmosferycznym. w skład zestawu wchodzi także stacja meteorologiczna do pomiaru temperatury, wilgotności i ciśnienia powietrza atmosferycznego.
+aparat niezbędny jest do określenia specjacji frakcji węglowej aerosoli atmosferycznych, które stanowią bardzo często ponad 50% udziału w całkowitej masie pyłu. niezbędny do ciągłego monitorowania tzw. black carbon (bc) – środowiskowego czynnika stresogennego. obecność i wpływ bc na zdrowie ludzkie jest niepokojący i nieznany.  systematyczne monitorowanie bc poprawi ocenę zagrożeń dla zdrowia począwszy od różnych cząstek pochodzących ze spalania i uzupełni dane dotyczące ich stężeń masowych w aerozolach atmosferycznych. pozwoli to na odpowiednie zarządzanie i dobór procesów przemysłowych jak również decyzji w zakresie polityki zrównoważonego rozwoju.</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>Chemisorpcja impulsowa techniki termoprogramowane: tpr, tpo, tpd, tpsr chemisorpcja (centra aktywne silnej mocy): powierzchnia metalu reaktywnego, dyspersja, wielkość krystalitów stężenie powierzchniowe centra aktywnego temperatury redukcji, utleniania rozkład centrów kwasowych lewis/brønsted pomiar krzywej przebicia energia aktywacji</t>
+          <t>System cass pozwala mierzyć w sposób quasi ciągły stężeń w powietrzu atmosferycznym węgla elementarnego (ec) (etalometr ae-33) oraz węgla całkowitego (tc) metodą analizy termicznej próbki (tc-08). połączenie aparatów tca-08 i ae-33 pozwala uzyskać zestaw służący do oznaczania 3 form węgla w powietrzu atmosferycznym. na podstawie różnicy dwóch wyników pomiarów otrzymujemy informacje n/t stężenia węgla organicznego (oc).</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
-          <t>Temperatura otoczenia do 1200°c szybkość narastania temperatury -100°c do 800°c: do 100°c/min 800°c do 1000°c: do 50°c/min 1000°c do 1200°c: do 25°c/min gazy przygotowawcze 6 wlotów: h2, o2, he, ar, h2/ar i inne gazy nośne 6 wlotów: he, ar, h2/ar, i inne gazy analityczne (pętla) he, h2, co, o2, n2o, nh3/he, i inne</t>
+          <t>Analizator tca-08 służy do monitorowania zawartości węgla całkowitego w pyle zawieszonym w powietrzu atmosferycznym. aparat wykorzystuje dwa identyczne kanały pomiarowe używane do pobierania próby i do wykonywania analizy.
+ae-33 aethalometer® aethalometr mierzy stężenie węgla elementarnego w badanej próbce powietrza.</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
-          <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zespołu. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń. przed rozpoczęciem badań wymagane jest podpisanie porozumienia, definiującego warunki udostępnienia. symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do karty czasu pracy aparatury naukowo-badawczej.</t>
+          <t>W ramach umów i zleceń po wcześniej akceptacji przez kierownika laboratorium. badania wykonywane są wyłącznie przez upoważniony personel laboratorium. zebrane dane będą udostępniane po wcześniejszym uzgodnieniu z kierownikiem laboratorium.</t>
         </is>
       </c>
       <c r="H5" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I5" t="inlineStr">
         <is>
           <t>Katedra technologii paliw</t>
         </is>
       </c>
       <c r="J5" t="inlineStr">
         <is>
-          <t>Zespół procesów katalitycznych i adsorpcyjnych w energetyce i ochronie środowiska</t>
+          <t>Zespół badań współczesnych zagrożeń środowiska i rozwoju innowacyjnych technologii w gospodarce obiegu zamkniętego</t>
         </is>
       </c>
       <c r="K5" t="inlineStr">
         <is>
-          <t>Samojeden Bogdan</t>
+          <t>Styszko Katarzyna</t>
         </is>
       </c>
       <c r="L5" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/bogdan-samojeden-6090.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/katarzyna-styszko-5843.html</t>
         </is>
       </c>
       <c r="M5" t="inlineStr">
         <is>
-          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+          <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju</t>
         </is>
       </c>
       <c r="N5" t="inlineStr">
         <is>
-          <t>Catalysis, catalysts, tpad, tpd, tpo, tpr</t>
+          <t>Aerozole atmosferyczne, black carbon, elemental carbon, frakcja węglowa, pomiary online, węgiel organiczny, zanieczyszczenia organiczne</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
+          <t>3flex</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>3flex</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>3flex jest w pełni automatycznym analizatorem, jego 3 portowa budowa pozwala na wysokowydajne, długie analizy pola powierzchni, mezoporów i mikroporów, z najwyższą wydajnością rozdzielczością i redukcją danych. każda stacja analityczna jest upgradowalna z mezoporów do mikroporów wraz z swoim własnym przetwornikiem dla jednoczesnych analiz symultanicznych. wraz z wieloma zaawansowanymi cechami, aparat 3flex został zaprojektowany jako jedna całość, po to by poprawić jakość wyników.</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>Trzy konfigurowalne, wysokowydajne porty analityczne - dwa lub trzy porty do pomiaru mikroporów standardowe analizy mezoporowate, mikroporowate, jak i gotowość aparatu do analiz fizysorpcyjnych z możliwością użycia kryptonu jako gazu analitycznego dla materiałów małej powierzchni pneumatycznie sterowane, iglicowe zawory zapewniają ultraczystą pracę bez nacieków interaktywne oprogramowanie microactive do obróbki danych</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>Określanie powierzchni właściwej i porowatości</t>
+        </is>
+      </c>
+      <c r="F6" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G6" t="inlineStr">
+        <is>
+          <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zespołu. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń. przed rozpoczęciem badań wymagane jest podpisanie porozumienia, definiującego warunki udostępnienia. symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do karty czasu pracy aparatury naukowo-badawczej.</t>
+        </is>
+      </c>
+      <c r="H6" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I6" t="inlineStr">
+        <is>
+          <t>Katedra technologii paliw</t>
+        </is>
+      </c>
+      <c r="J6" t="inlineStr">
+        <is>
+          <t>Zespół procesów katalitycznych i adsorpcyjnych w energetyce i ochronie środowiska</t>
+        </is>
+      </c>
+      <c r="K6" t="inlineStr">
+        <is>
+          <t>Samojeden Bogdan</t>
+        </is>
+      </c>
+      <c r="L6" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/bogdan-samojeden-6090.html</t>
+        </is>
+      </c>
+      <c r="M6" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+        </is>
+      </c>
+      <c r="N6" t="inlineStr">
+        <is>
+          <t>Bet, macropores, mesopores, micropores, porosity, texture</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>Autochem</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Autochem iii 2930</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>Dynamiczne pomiary chemisorpcji i reakcji programowanych temperaturowo wykonywane przez autochem iii dostarczają metryki wydajności, które są krytyczne dla rozwoju nowych materiałów katalitycznych, które będą napędzać technologie wychwytywania i utylizacji dwutlenku węgla, gospodarki wodorowej i innych technologii. autochem iii umożliwia prowadzenie tych prac.</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>Chemisorpcja impulsowa techniki termoprogramowane: tpr, tpo, tpd, tpsr chemisorpcja (centra aktywne silnej mocy): powierzchnia metalu reaktywnego, dyspersja, wielkość krystalitów stężenie powierzchniowe centra aktywnego temperatury redukcji, utleniania rozkład centrów kwasowych lewis/brønsted pomiar krzywej przebicia energia aktywacji</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>Temperatura otoczenia do 1200°c szybkość narastania temperatury -100°c do 800°c: do 100°c/min 800°c do 1000°c: do 50°c/min 1000°c do 1200°c: do 25°c/min gazy przygotowawcze 6 wlotów: h2, o2, he, ar, h2/ar i inne gazy nośne 6 wlotów: he, ar, h2/ar, i inne gazy analityczne (pętla) he, h2, co, o2, n2o, nh3/he, i inne</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zespołu. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń. przed rozpoczęciem badań wymagane jest podpisanie porozumienia, definiującego warunki udostępnienia. symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do karty czasu pracy aparatury naukowo-badawczej.</t>
+        </is>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>Katedra technologii paliw</t>
+        </is>
+      </c>
+      <c r="J7" t="inlineStr">
+        <is>
+          <t>Zespół procesów katalitycznych i adsorpcyjnych w energetyce i ochronie środowiska</t>
+        </is>
+      </c>
+      <c r="K7" t="inlineStr">
+        <is>
+          <t>Samojeden Bogdan</t>
+        </is>
+      </c>
+      <c r="L7" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/bogdan-samojeden-6090.html</t>
+        </is>
+      </c>
+      <c r="M7" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
+        </is>
+      </c>
+      <c r="N7" t="inlineStr">
+        <is>
+          <t>Catalysis, catalysts, tpad, tpd, tpo, tpr</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
           <t>Laboratoryjny analizator elementarny mikro chns/o, model ea3100 firmy eurovector</t>
         </is>
       </c>
-      <c r="B6" t="inlineStr">
+      <c r="B8" t="inlineStr">
         <is>
           <t>Analizator elementarny chns/o, model ea3100 firmy eurovector</t>
         </is>
       </c>
-      <c r="C6" t="inlineStr">
+      <c r="C8" t="inlineStr">
         <is>
           <t>Analizator elementarny do pracy w konfiguracjach chn, chns chnso. modułowa budowa pozwalająca na szybką zmianę konfiguracji i analizy chns oraz o. dwa oddzielne piece reakcyjne z elektroniczną kontrolą temperatury, kompatybilne z reaktorami spaleniowo-redukcyjnymi do analizy c, h, n, s i reaktorem pirolitycznym do analizy o, kontrolowane niezależnie z jednego oprogramowania. rozdział gazów metodą chromatograficzną. detektor cieplno - przewodnościowy (tcd).</t>
         </is>
       </c>
-      <c r="D6" t="inlineStr">
+      <c r="D8" t="inlineStr">
         <is>
           <t>1. możliwość oznaczania zawartości węgla, wodoru, azotu, siarki i tlenu 2. aparat przystosowany do analiz próbek ciekłych, past i stałych. 3. wielkość próbki 0.5-100 mg, w zależności od matrycy 4. zakres oznaczania od 100 ppm do 100% dla wszystkich pierwiastków. 5. jeden detektor przewodności cieplnej umieszczony w termostatowanym piecu z elektroniczną kontrolą temperatury umożliwiający analizę wszystkich pierwiastków.</t>
         </is>
       </c>
-      <c r="E6" t="inlineStr">
+      <c r="E8" t="inlineStr">
         <is>
           <t>Zakres oznaczania od 100 ppm do 100% dla wszystkich pierwiastków</t>
         </is>
       </c>
-      <c r="F6" t="inlineStr">
+      <c r="F8" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G6" t="inlineStr">
+      <c r="G8" t="inlineStr">
         <is>
           <t>Analizator ogólnie dostępny po wcześniejszym uzgodnieniu terminu, ilości próbek i specyfikacji oznaczeń.</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
+      <c r="H8" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I6" t="inlineStr">
+      <c r="I8" t="inlineStr">
         <is>
           <t>Katedra technologii paliw</t>
         </is>
       </c>
-      <c r="J6" t="inlineStr">
+      <c r="J8" t="inlineStr">
         <is>
           <t>Zespół paliw ciekłych</t>
         </is>
       </c>
-      <c r="K6" t="inlineStr">
+      <c r="K8" t="inlineStr">
         <is>
           <t>Lewandowski Marek</t>
         </is>
       </c>
-      <c r="L6" t="inlineStr">
+      <c r="L8" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marek-lewandowski-8586.html</t>
         </is>
       </c>
-      <c r="M6" t="inlineStr">
+      <c r="M8" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy</t>
         </is>
       </c>
-      <c r="N6" t="inlineStr">
+      <c r="N8" t="inlineStr">
         <is>
           <t>Analiza elementarna</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>