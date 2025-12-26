--- v0 (2025-10-30)
+++ v1 (2025-12-26)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:N5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,257 +493,329 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>Urządzenie do elektroprzędzenia</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Startup lab device v2.1. (doxa microfluidics)</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Urządzenie do elektroprzędzenia wyposażone jest w moduł klimatyczny zintegrowany z panelem kontrolnym, umożliwiający kontrolę temperatury w zakresie od temperatury pokojowej do 45°c i wilgotności w zakresie 10%-60%. urządzenie posiada dwa zasilacze wysokiego napięcia – jeden o dodatniej (+30kv) i jeden o ujemnej (-30kv) polaryzacji. wyposażone jest w system infuzji cieczy oparty na trzech pompach strzykawkowych, posiada dwa kolektory: płaski oraz obrotowy. ponadto urządzenie ma kamerę umożliwiającą wizualizację stożka taylora wraz z portem usb pozwalającym na podłączenie urządzenia do dowolnego komputera.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Urządzenie umożliwia projektowanie i wytwarzanie nanowłókien oraz struktur typu core-shell z wykorzystaniem technologii elektroprzędzenia i elektrorozpylania z pełną kontrolą procesu. możliwe jest uzyskanie takich struktur jak nanowłókna, maty włókniste, membrany czy nanocząstki do różnych zastosowań, np. opracowania materiałów kompozytowych, filtrów, sorbentów, nośników leków i rusztowań do hodowli komórkowych.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Jest to urządzenie do preparatyki nanowłókien, nie służy ono do wykonywania pomiarów</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Wykorzystanie aparatury będzie nieodpłatne w ramach projektów/grantów realizowanych wspólnie z wydziałem fizyki i informatyki stosowanej przez inne jednostki organizacyjne agh i/lub przez podmioty zewnętrzne. w pozostałych przypadkach udostępnianie aparatury będzie odpłatne.</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Katedra fizyki ciała stałego</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Zespół materiałow magnetycznych litych i nanomateriałów</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Gilarska Adriana</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/adriana-gilarska-10317.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Elektroprzędzenie, nanocząstki, nanowłókna, polimery</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
           <t>Nabiurkowy dyfraktometr rentgenowski</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B3" t="inlineStr">
         <is>
           <t>Nabiurkowy dyfraktometr rentgenowski bruker phaser d6</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C3" t="inlineStr">
         <is>
           <t>Klasyczny rentgenowski dyfraktometr proszkowy z możliwością pomiaru próbek w temperaturze pokojowej w geometrii odbiciowej bragga-brentano.</t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D3" t="inlineStr">
         <is>
           <t>Pomiary dyfrakcyjne w zakresie 5-145 stopni kąta odbitego dla lampy o anodzie miedzianej.
 - analiza strukturalna (symetria i parametry komórki elementarnej)
 - analiza fazowa 
 - badania naprężeń
 - badania rozmiarów krystalitów</t>
         </is>
       </c>
-      <c r="E2" t="inlineStr">
+      <c r="E3" t="inlineStr">
         <is>
           <t>Pomiar dyfrakcyjny w temperaturze pokojowej w geometrii odbiciowej dla próbek proszkowych bądź litych.</t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
+      <c r="F3" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G2" t="inlineStr">
+      <c r="G3" t="inlineStr">
         <is>
           <t>Aparatura może być wykorzystana do zleceń dydaktycznych.</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
+      <c r="H3" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I3" t="inlineStr">
         <is>
           <t>Katedra fizyki ciała stałego</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr"/>
-      <c r="K2" t="inlineStr">
+      <c r="J3" t="inlineStr"/>
+      <c r="K3" t="inlineStr">
         <is>
           <t>Gondek Łukasz</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L3" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/lukasz-gondek-6202.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M3" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N3" t="inlineStr">
         <is>
           <t>Dyfrakcja rentgenowska</t>
-        </is>
-[...70 lines deleted...]
-          <t>Spektroskopia moessbauera</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
+          <t>Chłodziarka helowa do pomiarów moessbauerowskich w temperaturach 4 – 500 k</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Chłodziarka helowa do badań moessbauerowskich</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>Chłodziarka helowa, pracująca w cyklu gifforda-macmahona, umożliwia pomiary metodą spektroskopii moessbauera dla próbek proszkowych i cienkowarstwowych materiałów zawierających pierwiastki moessbauerowskie (fe, sn, eu ...) przy temperaturach od 4 k do 500 k.</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>Lokalne właściwości magnetyczne i elektronowe materiałów - fizyka, chemia, inżynieria materiałowa, biomedycyna</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>Parametry nadsubtelne (pole magnetyczne, przesunięcie izomeryczne i rozszczepienie kwadrupowe) dla temperatur 4 k - 500 k</t>
+        </is>
+      </c>
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Będzie udostępniana do prowadzenia badań, dla wspólnych publikacji i we wspólnych projektach, pracownikom i doktorantom z innych zespołów/katedr agh oraz z innych instytucji, które wyraziły/wyrażą pisemnie swoje zainteresowanie takimi możliwościami pomiarowymi.</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
+        <is>
+          <t>Katedra fizyki ciała stałego</t>
+        </is>
+      </c>
+      <c r="J4" t="inlineStr">
+        <is>
+          <t>Zespół materiałów magnetycznych litych i nanomateriałów</t>
+        </is>
+      </c>
+      <c r="K4" t="inlineStr">
+        <is>
+          <t>Kapusta Czesław</t>
+        </is>
+      </c>
+      <c r="L4" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/czeslaw-kapusta-1324.html</t>
+        </is>
+      </c>
+      <c r="M4" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N4" t="inlineStr">
+        <is>
+          <t>Spektroskopia moessbauera</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
           <t>Wysokorozdzielczy mikroskop moke</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B5" t="inlineStr">
         <is>
           <t>Wysokorozdzielczy mikroskop moke</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C5" t="inlineStr">
         <is>
           <t>Wysokorozdzielczy mikroskop moke umożliwia obserwację domen magnetycznych o rozmiarach od ~ mm (co umożliwia obrazowanie całej próbki i przegląd jej makroskopowych właściwości) do ~ 300 nm w przypadku maksymalnej rozdzielczości. możliwe jest obrazowanie właściwości magnetycznych bardzo małych domen magnetycznych, układów mezoskopowych a nawet skyrmionów. olbrzymim atutem takiego mikroskopu jest fakt, że obrazowanie odbywa się praktycznie w czasie rzeczywistym w szerokim zakresie temperatur (4, 873 k) oraz w wysokich pola magnetycznych (rzędu 1t). mikroskop umożliwia dokumentację struktury domenowej w cienkich warstwach ferromagnetycznych i antyferromagnetycznych w zakresie temperatur obejmującym temperatury curie i neela większości materiałów na bazie metali 3d (fe,co.ni) i ich tlenków (feo, coo, nio). ponadto możliwe jest śledzenie ewolucji struktury domenowej w układach na podłożach piezoelektrycznych oraz obrazowanie magnetyczne topologicznie chronionych struktur tzw. skyrmionów.</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D5" t="inlineStr">
         <is>
           <t xml:space="preserve">Wysokorozdzielczy mikroskop moke umożliwia obserwację domen magnetycznych o rozmiarach od ~ mm (co umożliwia obrazowanie całej próbki i przegląd jej makroskopowych właściwości) do ~ 300 nm w przypadku maksymalnej rozdzielczości. możliwe jest obrazowanie właściwości magnetycznych bardzo małych domen magnetycznych, układów mezoskopowych a nawet skyrmionów. </t>
         </is>
       </c>
-      <c r="E4" t="inlineStr">
+      <c r="E5" t="inlineStr">
         <is>
           <t xml:space="preserve">Wysokorozdzielczy mikroskop moke umożliwia obserwację domen magnetycznych o rozmiarach od ~ mm (co umożliwia obrazowanie całej próbki i przegląd jej makroskopowych właściwości) do ~ 300 nm w przypadku maksymalnej rozdzielczości. możliwe jest obrazowanie właściwości magnetycznych bardzo małych domen magnetycznych, układów mezoskopowych a nawet skyrmionów. </t>
         </is>
       </c>
-      <c r="F4" t="inlineStr">
+      <c r="F5" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G4" t="inlineStr">
+      <c r="G5" t="inlineStr">
         <is>
           <t>Dla  użytkowników  z agh oferujemy nieodpłatny dostęp do mikroskopu po wcześniejszym ustaleniu z opiekunem mikroskopu skali czasowej oraz zakresu merytorycznego planowanych pomiarów. obsługa mikroskopu możliwa jest jedynie przez osobę przeszkoloną zaznajomioną z jego specyfiką. dla potencjalnych zainteresowanych wykonaniem pomiarów z użyciem mikroskopu z poza uczelni proponujemy wykonanie pomiarów oraz opracowanie uzyskanych danych w ramach zlecenia na wykonanie usługi.</t>
         </is>
       </c>
-      <c r="H4" t="inlineStr">
+      <c r="H5" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I4" t="inlineStr">
+      <c r="I5" t="inlineStr">
         <is>
           <t>Katedra fizyki ciała stałego</t>
         </is>
       </c>
-      <c r="J4" t="inlineStr">
+      <c r="J5" t="inlineStr">
         <is>
           <t>Zespół nanostruktur powierzchniowych</t>
         </is>
       </c>
-      <c r="K4" t="inlineStr">
+      <c r="K5" t="inlineStr">
         <is>
           <t>Ślęzak Tomasz</t>
         </is>
       </c>
-      <c r="L4" t="inlineStr">
+      <c r="L5" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-slezak-5532.html</t>
         </is>
       </c>
-      <c r="M4" t="inlineStr">
+      <c r="M5" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N4" t="inlineStr">
+      <c r="N5" t="inlineStr">
         <is>
           <t>Cienkie filmy, thin films characterization</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>