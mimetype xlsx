--- v1 (2025-12-24)
+++ v2 (2026-02-07)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N88"/>
+  <dimension ref="A1:N89"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,6649 +493,6735 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>Napylarka leica em ace600</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Leica em ace600</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Wysokopróżniowa napylarka leica em ace600 do napylania cienkich warstw z dwóch źródeł różnych metali. w skład układu wchodzą:
+	wewnętrzna, zintegrowana z systemem membranowa, bezolejowa pompa próżniowa oraz pompa turbomolekularna tmp,
+	2 zintegrowane głowice do napylania metalem,
+	automatyczny stolik z regulowaną wysokością, rotacją i kątem napylania,
+	waga kwarcowa qsg do pomiaru grubości napylonej warstwy.
+</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Otrzymywanie cienkich warstw metalicznych</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr"/>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Sławek Andrzej</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/andrzej-slawek-9563.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Cienkie filmy, cienkie warstwy, warstwy przewodzące</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>Dwukanałowy system do pomiarów zależności temperaturowej mobilności nośników</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Układ pomiarowy z kontrolą temperatury i systemem chłodzenia do pomiarów zależności temperaturowej mobilności nośników</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>Dwukanałowy system do pomiarów zależności temperaturowej mobilności nośników umożliwiają wykonanie podstawowych pomiarów elektorchemicznych w zakresie temperaturowym od – 40 °c do 150 °c.  układ posiada dwa kanały wyposażone w moduły eis, umożiwające prowadzenie badań z wykorzystaniem elektrochemicznej spektroskopii impedancyjnej.</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">
+	możliwość kontroli temperatury w zakresie od – 40 °c do 150 °c
+	pomiar charakterystyk prądowo – napięciowych (cv, lv, lsv, dpv)
+	pomiar widm impedancyjnych
+	pomiar krzywych chronoamperometrycznych oraz chronopotencjometrycznych
+	pomiar ocp
+</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Kanał 1:
+	zakres napięć sterujących: ±10 v
+	zakres częstotliwości eis: 10 μhz – 7 mhz
+	zakres prądowy: od 1 a do 10 na
+kanał 2:
+	zakres napięć: ± 48 v
+	zakres częstotliwości eis: 10 μhz – 500 khz
+	zakres prądowy: ± 30 v
+</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>Szaciłowski Konrad</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/konrad-szacilowski-7055.html</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>Mobilność nośników, pomiar przewodnictwa</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
           <t>Zaawansowany system analizy mikroporów i powierzchni bet dla materiałów ultraporowatych - szkieletów metalo-organicznych (mof) i aerożeli</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B4" t="inlineStr">
         <is>
           <t>Wysokopróżniowy analizator fizysorpcji: autosorb 6100, anton paar</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C4" t="inlineStr">
         <is>
           <t>Autosorb 6100 (konfiguracja z uszczelnieniami fkm / „viton”, 2 stacje pomiarowe, 6 stacji do odgazowania, zestawy przetworników mp-mp) — kompaktowy, wysokowakuowy analizator sorpcji gazowej przeznaczony do dokładnych pomiarów powierzchni (bet), objętości porów i rozkładów poretalności w zakresie od bardzo niskich p/p0 do bliskich 1. instrument pracuje metodą wolumetryczną, ma dedykowaną stację p0 oraz wysokowydajny układ próżniowy (turbo + sucha pompa). w standardzie: 6 zintegrowanych stacji odgazowania (dwie niezależne strefy grzewcze, do 450 °c), dewar ln2 3 l (&gt;90 h), system powderprotect oraz oprogramowanie kaomi z dosewizard. konfiguracja mp-mp oznacza przetworniki klasy mp.</t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D4" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	kompleksowa charakteryzacja materiałów porowatych: powierzchnia bet, rozkłady wielkości porów (0,35–500 nm), objętość porów, analiza mikroporów i mezoporów
 	pomiary sorpcji wody i par organicznych (pary muszą być kompatybilne z uszczelnieniami fkm (viton)
 	pomiar kinetyk sorpcji i izoterm sorpcji/ desorpcji przy różnych gazach (n₂, co₂; możliwość konfiguracji do 3 innych gazów)
  </t>
         </is>
       </c>
-      <c r="E2" t="inlineStr">
+      <c r="E4" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	rozdzielczość: 2×10⁻⁵ torr
 	limity detekcji dla bet: ~0.1 m² (n₂ 77 k), powierzchnia właściwa ~0.01 m²/g (n₂ 77 k); zakres wielkości porów: 0.35–500 nm.
 	6 zintegrowanych automatycznych stacji odgazowania, 2 niezależne strefy grzewcze do 450 °c.
 	dewar 77 k (n₂/ln2); cryosync do precyzyjnych pomiarów w innych temperaturach (np. pomiary argonu przy ~87 k).
 </t>
         </is>
       </c>
-      <c r="F2" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I2" t="inlineStr">
+      <c r="F4" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G4" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H4" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I4" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
+      <c r="J4" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr">
+      <c r="K4" t="inlineStr">
         <is>
           <t>Wuttke Stefan</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L4" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/stefan-wuttke-10616.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M4" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N4" t="inlineStr">
         <is>
           <t>Adsorpcja, azot, bet, dwutlenek węgla, pojemność sorpcyjna, porowatość, powierzchnia właściwa, sorpcja gazów, sorpcja par</t>
         </is>
       </c>
     </row>
-    <row r="3">
-      <c r="A3" t="inlineStr">
+    <row r="5">
+      <c r="A5" t="inlineStr">
         <is>
           <t>Cyfrowy mikroskop optyczny</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B5" t="inlineStr">
         <is>
           <t>Mikroskop cyfrowy hirox europe hrx-01-ir</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C5" t="inlineStr">
         <is>
           <t xml:space="preserve">System mikroskopowy hrx-01-ir służy do obserwacji cieczy i ciał stałych in-situ w zakresie światła widzialnego, podczerwonego i ultrafioletowego. umożliwia prowadzenie pomiarów w układzie 2d i 3d, w płaszczyźnie poziomej i osi pionowej. stanowisko składa się z mikroskopu z automatycznym ruchem w osiach xyz, dwóch kamer, dwóch układów optycznych, stacji roboczej oraz dedykowanego oprogramowania analitycznego.
 	pierwsza kamera (cmos, 2/3") umożliwia obrazowanie z rozdzielczością 5,07 mpix przy 50 klatkach/s i pracuje w trybie hdr. druga kamera (cmos, 8,1 mm) generuje obraz w rozdzielczości 3840×2160 pikseli. obie umożliwiają pracę w świetle vis, ir i uv.
 	pierwszy układ optyczny posiada trzy zmotoryzowane obiektywy, obejmujące zakresy powiększeń 20x–140x, 140x–1000x i 700x–2500x. drugi układ optyczny umożliwia powiększenia 35x–350x. obydwa układy są kompatybilne z kamerami c-mount i obsługują różne typy oświetlenia: pierścieniowe, coaxialne, mieszane i polaryzacyjne.
 	podstawa mikroskopu jest antywibracyjna, stolik umożliwia ruch w zakresie 100×100 mm z dokładnością 100 nm, ruch w osi z – 75 mm z dokładnością 50 nm. zainstalowano również drugi statyw z elastycznym ramieniem.
 	stacja robocza: procesor intel i9-12900k, 32 gb ram, karta graficzna geforce rtx 5070, dwa monitory 4k 27”, system windows 11 pro.
 	oprogramowanie  umożliwia m.in. tworzenie modeli 3d, pomary topografii oraz zliczanie cząstek (do 20 000), obrazowanie panoramiczne, autofokus, ochronę przed kolizją oraz automatyczne zapisywanie ustawień pomiarowych.
  </t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D5" t="inlineStr">
         <is>
           <t>System umożliwia pomiary i obrazowanie dowolnych próbek, zarówno stałych, jak i ciekłych. pozwala na rejestrację dynamiki procesów z określonym krokiem czasowym oraz prowadzenie pomiarów in-situ. możliwe jest równoczesne obrazowanie zmian zachodzących pod wpływem bodźców zewnętrznych, takich jak światło, temperatura czy pole magnetyczne, w zakresie światła widzialnego i podczerwieni.</t>
         </is>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E5" t="inlineStr">
         <is>
           <t>System umożliwia pomiary topografii 3d i chropowatości (iso 25178, iso 4287), pomiary 2d (długość, kąt, średnica) oraz powierzchniowe (pole, obwód), automatyczne zliczanie cząstek i analizę statystyczną. obsługuje pomiary in-situ trwających eksperymentów i procesów w świetle widzialnym i podczerwonym. system wyposażony jest w dodatkową diodę ir o długości fali 850 nm, autofokus, kalibrację obiektywów oraz pomiary w pełnej głębi ostrości.</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G3" t="inlineStr">
+      <c r="F5" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G5" t="inlineStr">
         <is>
           <t>Szczegółowe zasady udostępniania dostępne są na stronie: https://acmin.agh.edu.pl/wspolpraca</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J3" t="inlineStr">
+      <c r="H5" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I5" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J5" t="inlineStr">
         <is>
           <t>Vortex</t>
         </is>
       </c>
-      <c r="K3" t="inlineStr">
+      <c r="K5" t="inlineStr">
         <is>
           <t>Szkudlarek Aleksandra</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="L5" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="M5" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="N5" t="inlineStr">
         <is>
           <t>Analiza in-situ, mikroskop optyczny, obrazowanie w podczerwieni, obserwacja 2d i 3d, procesy dynamiczne, światło widzialne</t>
         </is>
       </c>
     </row>
-    <row r="4">
-      <c r="A4" t="inlineStr">
+    <row r="6">
+      <c r="A6" t="inlineStr">
         <is>
           <t>Skaningowy mikroskop elektrochemiczny - biologic m470</t>
         </is>
       </c>
-      <c r="B4" t="inlineStr">
+      <c r="B6" t="inlineStr">
         <is>
           <t>Biologic m470</t>
         </is>
       </c>
-      <c r="C4" t="inlineStr">
+      <c r="C6" t="inlineStr">
         <is>
           <t>Elektrochemiczna stacja skanująca umożliwiająca obrazowanie powierzchni próbki z wykorzystaniem technik takich jak:
 - leis  - technika umożliwia pomiary leis i lokalnej mikroskopii impedancji elektrochemicznej (leim). w leis mierzone są widma impedancji punkt po punkcie. gdy używany jest leim, lokalne różnice impedancji można mapować przy pojedynczej częstotliwości prądu przemiennego,
 - secm - technika umożliwia pomiar topografii próbki oraz jej jednorodności fazowej dla stałej odległości między sondą a próbką.</t>
         </is>
       </c>
-      <c r="D4" t="inlineStr">
+      <c r="D6" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	zakres skanowania: min. 110 mm x min. 110 mm
 	minimalny krok przesuwu w kierunkach x, y, z: max. 20 nm
 	możliwość pomiarów elektrochemicznych w środowisku pozbawionym mediatora
 	możliwość prowadzenia pomiarów metodą elektrochemicznej spektroskopii impedancyjnej (w tym możliwość tworzenia map 2d)
 	zakres częstotliwości dla pomiarów eis: od maks. 1 µhz do min. 1 mhz
 </t>
         </is>
       </c>
-      <c r="E4" t="inlineStr"/>
-[...134 lines deleted...]
-      </c>
       <c r="E6" t="inlineStr"/>
       <c r="F6" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
       <c r="H6" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I6" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
       <c r="J6" t="inlineStr">
         <is>
-          <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
+          <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
       <c r="K6" t="inlineStr">
         <is>
-          <t>Szkudlarek Aleksandra</t>
+          <t>Mech Krzysztof</t>
         </is>
       </c>
       <c r="L6" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/krzysztof-mech-7959.html</t>
         </is>
       </c>
       <c r="M6" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N6" t="inlineStr">
         <is>
-          <t>Kontrola temperatury, wygrzewanie</t>
+          <t>Eis, leis</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
+          <t>Piece do hodowli kryształów metodą bridgmana</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Piece do hodowli kryształów metodą bridgmana firmy czylok</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>Piece do hodowli monokryształów w konfiguracji pionowej, w tyglach grafitowych lub z azotku boru. posiadają możliwość zastosowania atmosfery ochronnej w postaci gazu obojętnego lub próżni. piece pozwalają na krystalizację metali lub stopów o temperaturze topnienia do około 1100°c. istnieje możliwość krystalizacji z zarodka.</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>Piece umożliwiają hodowlę kryształów z czystych pierwiastków bądź stopów o temperaturze topnienia nie przekraczającej 1100°c. typowy rozmiar możliwy do osiągnięcia zależy od rodzaju materiału wsadowego oraz tygla użytego w hodowli. typowo hodowane kryształy mają średnicę nie przekraczającą 10mm i długość 120mm. hodowla odbywa się poprzez kontrolowane obniżanie temperatury reaktorze z pionowym gradientem temperatury.</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr"/>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J7" t="inlineStr">
+        <is>
+          <t>Zakład inżynierii materiałowej</t>
+        </is>
+      </c>
+      <c r="K7" t="inlineStr">
+        <is>
+          <t>Tokarski Tomasz</t>
+        </is>
+      </c>
+      <c r="L7" t="inlineStr">
+        <is>
+          <t>Https://api.skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
+        </is>
+      </c>
+      <c r="M7" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N7" t="inlineStr">
+        <is>
+          <t>Monokryształy</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>Piece rurowe</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Piece rurowe</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>Dwa laboratoryjne piece rurowe do wygrzewania próbek w próżni lub kontrolowanej atmosferze. jeden z pieców jest wyposażony w rurę kwarcową o wymiarach przestrzeni roboczej 40x70x400 mm³, umożliwiając ciągłe wygrzewanie w temperaturze do 1000 °c. drugi piec posiada rurę kwarcową o wymiarach przestrzeni roboczej 50x90x700 mm³, umożliwiając ciągłe wygrzewanie w temperaturze do 1200 °c. oba piece posiadają programowalne regulatory temperatury.</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>Wygrzewanie materiałów w kontrolowanej atmosferze i przy zadanym profilu grzania.</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr"/>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J8" t="inlineStr">
+        <is>
+          <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
+        </is>
+      </c>
+      <c r="K8" t="inlineStr">
+        <is>
+          <t>Szkudlarek Aleksandra</t>
+        </is>
+      </c>
+      <c r="L8" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
+        </is>
+      </c>
+      <c r="M8" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N8" t="inlineStr">
+        <is>
+          <t>Kontrola temperatury, wygrzewanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
           <t>Spektrofotometr nanodrop one (thermofisher)</t>
         </is>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B9" t="inlineStr">
         <is>
           <t>Spektrofotometr nanodrop one (thermofisher)</t>
         </is>
       </c>
-      <c r="C7" t="inlineStr">
+      <c r="C9" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrofotometr nanodrop one, thermo scientific jest urządzeniem do pomiarów widm uv-vis w mikroobjętości. parametry urządzenia:
 	długość drogi optycznej w granicach 0,03-1 mm ustawiana automatycznie w zależności od stężenia próbki
 	objętość mierzonej próbki: 0,5μl – 2 μl
 	długość fali w granicach od 190 do 850 nm, pełny zakres skanowania
 	źródło światła: błyskowa lampa ksenonowa
 	typ detektora: matryca cmos zawierająca 2048 elementów światłoczułych
 	pomiar bezpośrednio w próbce bez użycia kuwet, mikrokuwet, końcówek pomiarowych, nakrywek – „cups”
 	utrzymywanie próbki w miejscu pomiarowym za pomocą napięcia powierzchniowego
 	powierzchnie kontaktu z próbką stanowią światłowody kwarcowe
 	aparat obsługiwany za pomocą dotykowego ekranu o przekątnej 7 cali, z systemem android, obsługa możliwa także w rękawiczkach laboratoryjnych.
 	rozdzielczość widmowa: poniżej 1,8 nm
 	precyzja pomiaru absorbancji: 0,002
 	dokładność pomiaru absorbancji: 3%
 	dokładność zakresu długości fali: ± 1 nm
 	zakres absorbancji w granicach: od 0 do 550 abs
 	zakres pomiaru stężenia dsdna od 2 do 27 500 ng/μl bez potrzeby powtarzania pomiaru próbki o nieznanym stężeniu, bez konieczności zagęszczania lub rozcieńczania
 	zakres pomiaru stężenia bsa od 0,06 mg/ml do 820 mg/ml bez potrzeby powtarzania pomiaru próbki o nieznanym stężeniu, bez konieczności zagęszczania lub rozcieńczania.
 </t>
         </is>
       </c>
-      <c r="D7" t="inlineStr">
+      <c r="D9" t="inlineStr">
         <is>
           <t>Pomiary pełnych widm uv-vis w mikro-objętości 0,5μl – 2 μl.</t>
         </is>
       </c>
-      <c r="E7" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J7" t="inlineStr">
+      <c r="E9" t="inlineStr"/>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I9" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J9" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K7" t="inlineStr">
+      <c r="K9" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L7" t="inlineStr">
+      <c r="L9" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M7" t="inlineStr">
+      <c r="M9" t="inlineStr">
         <is>
           <t>(pob 8) przekraczanie granic: eksperymentalna fizyka wysokich energii ekstremalne stany materii, zaawansowane technologie w detekcji promieniowania, badania i zastosowania transdyscyplinarne</t>
         </is>
       </c>
-      <c r="N7" t="inlineStr">
+      <c r="N9" t="inlineStr">
         <is>
           <t>Białka, kwasy nukleinowe, mikroobjętość, uv-vis</t>
         </is>
       </c>
     </row>
-    <row r="8">
-      <c r="A8" t="inlineStr">
+    <row r="10">
+      <c r="A10" t="inlineStr">
         <is>
           <t>Reometr rotacyjny physica mcr 302 firmy anton paar</t>
         </is>
       </c>
-      <c r="B8" t="inlineStr">
+      <c r="B10" t="inlineStr">
         <is>
           <t>Reometr rotacyjny physica mcr 302 firmy anton paar</t>
         </is>
       </c>
-      <c r="C8" t="inlineStr">
+      <c r="C10" t="inlineStr">
         <is>
           <t xml:space="preserve">Reometr rotacyjny physica mcr 302 firmy anton paar jest urządzeniem służącym do badania właściwości reologicznych różnorodnych materiałów. umożliwia wykonanie analiz (testów reologicznych) w warunkach stałej szybkości ścinania (css) lub stałego naprężenia ścinającego (csr). pozwala na pełne scharakteryzowanie lepkosprężystych właściwości płynów (np. krzywe płynięcia,  krzywe lepkości) w szerokim zakresie temperatury.  reometr rotacyjny physica mcr 302 wyposażony jest w synchroniczny silnik komutowany elektronicznie o dużej mocy, cyfrowy przyrząd wykorzystujący najnowsze technologie cyfrowego przetwarzania sygnałów (dsp), wysoce precyzyjne łożysko powietrzne z wbudowanym czujnikiem siły normalnej oraz w układ kontrolujący temperaturę w zakresie od -20 do 200 oc. innowacyjne systemy typu: toolmaster™ i trugap™  pozwalają na automatyczne rozpoznawanie układów pomiarowych i akcesoriów oraz  automatyczny pomiar szczeliny.
 parametry techniczne
 łożysko
 powietrzne
 silnik komutowany elektronicznie
 tak
 maksymalny moment obrotowy
 200 mnm
 minimalny moment (rotacja)
 1 nnm
 minimalny moment (oscylacja)
 0,5 nnm
 odchylenie kątowe (nastawa)
 od 0,05 do ∞  µrad
 minimalna prędkość kątowa
 10-9  rad/s
 maksymalna prędkość kątowa
 314 rad/s
 prędkość maksymalna
 3000 jedn./min
 minimalna częstotliwość kątowa
 10-7  rad/s
 maksymalna częstotliwość kątowa
 628 rad/s
 zakres siły normalnej
 0,005-50 n
 rozdzielczość siły normalnej
 0,5 mn
 zakres temperatury
 od -20 do 200 oc
  </t>
         </is>
       </c>
-      <c r="D8" t="inlineStr">
+      <c r="D10" t="inlineStr">
         <is>
           <t xml:space="preserve"> 
 reometr rotacyjny physica mcr 302 firmy anton paar jest urządzeniem służącym do badania właściwości reologicznych różnorodnych materiałów. umożliwia wykonanie analiz (testów reologicznych) w warunkach stałej szybkości ścinania (css) lub stałego naprężenia ścinającego (csr). pozwala na pełne scharakteryzowanie lepkosprężystych właściwości płynów (np. krzywe płynięcia,  krzywe lepkości) w szerokim zakresie temperatury.  </t>
         </is>
       </c>
-      <c r="E8" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J8" t="inlineStr">
+      <c r="E10" t="inlineStr"/>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I10" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J10" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K8" t="inlineStr">
+      <c r="K10" t="inlineStr">
         <is>
           <t>Kmita Angelika</t>
         </is>
       </c>
-      <c r="L8" t="inlineStr">
+      <c r="L10" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/angelika-kmita-8131.html</t>
         </is>
       </c>
-      <c r="M8" t="inlineStr">
+      <c r="M10" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N8" t="inlineStr">
+      <c r="N10" t="inlineStr">
         <is>
           <t>Krzywa płynięcia, lepkość, reologia</t>
         </is>
       </c>
     </row>
-    <row r="9">
-      <c r="A9" t="inlineStr">
+    <row r="11">
+      <c r="A11" t="inlineStr">
         <is>
           <t>Bonder typu hb05 z mikroskopem optycznym i stolikiem grzejnym</t>
         </is>
       </c>
-      <c r="B9" t="inlineStr">
+      <c r="B11" t="inlineStr">
         <is>
           <t>Hb05 wedge &amp; ball bonder</t>
         </is>
       </c>
-      <c r="C9" t="inlineStr">
+      <c r="C11" t="inlineStr">
         <is>
           <t>Bondera typu hb05 wyposażony w mikroskop optyczny i stolik grzejny umożliwia wykonanie połączeń metalicznych holder-próbka za pomocą drutu złotego lub aluminiowego o grubości 25 µm.</t>
         </is>
       </c>
-      <c r="D9" t="inlineStr">
+      <c r="D11" t="inlineStr">
         <is>
           <t>Za pomocą bondera typu hb05 wyposażonego w mikroskop optyczny i stolik grzejny możliwe jest wykonanie połączeń metalicznych holder-próbka za pomocą drutu złotego lub aluminiowego o grubości 25 µm.</t>
         </is>
       </c>
-      <c r="E9" t="inlineStr">
+      <c r="E11" t="inlineStr">
         <is>
           <t xml:space="preserve">Wykonywanie połączeń miedzy próbką a holderem za pomocą drutu aluminiowego lub złotego o średnicy 25 µm.
 dostępne typy kapilar:
 	wedge (au oraz al),
 	ball (au).
 siła nacisku kapilary 15 - 150 cn
 maksymalna temperatura grzania stolika 250 0c
 minimalny rozmar wytworzonego kontaktu: 50 x 50 µm.
  </t>
         </is>
       </c>
-      <c r="F9" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J9" t="inlineStr">
+      <c r="F11" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H11" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I11" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J11" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K9" t="inlineStr">
+      <c r="K11" t="inlineStr">
         <is>
           <t>Chrobak Maciej</t>
         </is>
       </c>
-      <c r="L9" t="inlineStr">
+      <c r="L11" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/maciej-chrobak-8494.html</t>
         </is>
       </c>
-      <c r="M9" t="inlineStr">
+      <c r="M11" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N9" t="inlineStr">
+      <c r="N11" t="inlineStr">
         <is>
           <t>Bonder, kontakty elektryczne</t>
         </is>
       </c>
     </row>
-    <row r="10">
-      <c r="A10" t="inlineStr">
+    <row r="12">
+      <c r="A12" t="inlineStr">
         <is>
           <t>System do trawienia jonowego i nanoszenia warstw</t>
         </is>
       </c>
-      <c r="B10" t="inlineStr">
+      <c r="B12" t="inlineStr">
         <is>
           <t>Microsystems ionsys 500</t>
         </is>
       </c>
-      <c r="C10" t="inlineStr">
+      <c r="C12" t="inlineStr">
         <is>
           <t>W  pomieszczeniu czystym klasy 1000 znajduje się urządzenie do trawienia jonowego i nanoszenia cienkich warstw microsystems ionsys 500. system jest wyposażony w działo jonowe wraz z detektorem sims, który umożliwia trawienie cienkich warstw z  nanometrową precyzją oraz w magnetronowe źródło rozpylające. w pomieszczeniu tym znajduje się również profilometr kontaktowy (bruker dektakxt) służący do pomiaru grubości i szorstkości wytworzonych nanostruktur i zdeponowanych warstw.</t>
         </is>
       </c>
-      <c r="D10" t="inlineStr">
+      <c r="D12" t="inlineStr">
         <is>
           <t>Aparatura pozwala na nanoszenie cienkich warstw materiałów takich jak: tytan, złoto, glin czy tlenek glinu, przy późniejszym trawieniu działem jonowym. w połączeniu z litografią, pozwala to na otrzymanie kolejnych warstw atomowych. warstwy nanoszone są przy wysokiej próżni (hv), pod ciśnieniem około 1 x 10-7 mbar. maksymalny rozmiar próbki do trawienia i nanoszenia warstw to wafer o średnicy 6, lub próbka 4 cale na 4 cale.</t>
         </is>
       </c>
-      <c r="E10" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J10" t="inlineStr">
+      <c r="E12" t="inlineStr"/>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H12" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I12" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J12" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K10" t="inlineStr">
+      <c r="K12" t="inlineStr">
         <is>
           <t>Jurzecka-Szymacha Maria</t>
         </is>
       </c>
-      <c r="L10" t="inlineStr">
+      <c r="L12" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/maria-jurzecka-szymacha-7600.html</t>
         </is>
       </c>
-      <c r="M10" t="inlineStr">
+      <c r="M12" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N10" t="inlineStr">
+      <c r="N12" t="inlineStr">
         <is>
           <t>Cienkie warstwy, profilometr, sputtering, trawienie jonowe</t>
         </is>
       </c>
     </row>
-    <row r="11">
-      <c r="A11" t="inlineStr">
+    <row r="13">
+      <c r="A13" t="inlineStr">
         <is>
           <t>Mikroskop sił atomowych sprzężony z nanoindenterem</t>
         </is>
       </c>
-      <c r="B11" t="inlineStr">
+      <c r="B13" t="inlineStr">
         <is>
           <t>Sprzężony układ nanoindentera z mikroskopem sił atomowych</t>
         </is>
       </c>
-      <c r="C11" t="inlineStr">
+      <c r="C13" t="inlineStr">
         <is>
           <t>Mikroskop sił atomowych (afm) bruker dimension icon xr to wszechstronny, niskoszumowy mikroskop pracujący w układzie skanowania sondą. maksymalny obszar skanowania wynosi 90×90 μm w zakresie poziomym i do 10 μm w zakresie pionowym. mikroskop umożliwia badanie próbek małych i dużych do średnicy 200 mm i grubości 15 mm, przez co nadaje się do obrazowania zarówno próbek laboratoryjnych, jak i przemysłowych. pomiary odbywają się w dedykowanej komorze antywibracyjnej zapewniającej dodatkową izolację akustyczną. afm wyposażony jest w system closed-loop i umożliwia wykonanie pomiarów wykorzystując najważniejsze techniki afm.
 ponadto mikroskop wyposażony jest w drugą głowicę skanującą – bruker hysitron triboscope, przeznaczą do obrazowania próbek twardych i równoczesnych ilościowych pomiarów twardości oraz modułu young’a (nanoindenter skanujący ostrzem berkovivch’a lub ostrzem płaskim). nanoindenter wyposażony jest dodatkowo w dynamiczny tryb pracy – nanodma.</t>
         </is>
       </c>
-      <c r="D11" t="inlineStr">
+      <c r="D13" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	contact i tapping mode
 	peakforce tapping (w tym ilościowe obrazowanie fazowe qnm)
 	lateral force microscopy
 	lift mode (w tym wysokorozdzielcze pomiary magnetyczne mfm, elektrostatyczne efm oraz sondę kelvina kpfm)
 	force spectroscopy
 	torsion resonance mode
 	piezoresponse microscopy
 	pomiary elektryczne (c-afm, wysokorozdzielczy pf-tuna, wielokanałowy tryb data cube)
 </t>
         </is>
       </c>
-      <c r="E11" t="inlineStr">
+      <c r="E13" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	próbek stałych (moduł do 200 gpa), stopów, proszków, metali, kompozytów
 	próbek miękkich i biologicznych w powietrzu oraz cieczach
 	w zakresie temperatur od -35 do 250 °c
 	próbek przewodzących magnetycznych, z ładunkiem powierzchniowym
 	próbek w rozmiarze 200 (dł) x 200 (szer) x15 (wys) mm
 	maksymalny obszar skanowania: 90×90 μm w poziomie i do 10 μm w pionie
 </t>
         </is>
       </c>
-      <c r="F11" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J11" t="inlineStr">
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I13" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J13" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K11" t="inlineStr">
+      <c r="K13" t="inlineStr">
         <is>
           <t>Szuwarzyński Michał</t>
         </is>
       </c>
-      <c r="L11" t="inlineStr">
+      <c r="L13" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/michal-szuwarzynski-8587.html</t>
         </is>
       </c>
-      <c r="M11" t="inlineStr">
+      <c r="M13" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N11" t="inlineStr">
+      <c r="N13" t="inlineStr">
         <is>
           <t>Afm, badanie powierzchni, indentacja, mikroskop, mikroskopia sił atomowych</t>
         </is>
       </c>
     </row>
-    <row r="12">
-      <c r="A12" t="inlineStr">
+    <row r="14">
+      <c r="A14" t="inlineStr">
         <is>
           <t>Spektrofotometr uv-vis</t>
         </is>
       </c>
-      <c r="B12" t="inlineStr">
+      <c r="B14" t="inlineStr">
         <is>
           <t>Spektrofotometr uv-vis thermo scientific evolution 220</t>
         </is>
       </c>
-      <c r="C12" t="inlineStr">
+      <c r="C14" t="inlineStr">
         <is>
           <t>Spektrofotometr uv-vis jest urządzeniem przeznaczonym do pomiarów absorbcji promieniowania elektromagnetycznego z zakresu widzialnego oraz bliskiego i średniego nadfioletu w próbkach ciekłych. pomiary spektrofotometryczne znajdują zastosowanie w analizie ilościowej (wyznaczanie stężeń różnych substancji organicznych i nieorganicznych), jakościowej, badaniach fizykochemicznych (np. do badań kinetycznych), a także do badań strukturalnych. będąca dodatkowym wyposażeniem spektrometru programowalna przystawka temperaturowa z ogniwem peltiera rozszerza możliwości spektrometru o wykonywanie pomiarów w precyzyjnie ustalonych temperaturach z zakresu 0-110oc, a także badanie zależności temperaturowych. na wyposażeniu znajduje się przystawka do spektrofotometrycznych pomiarów odbiciowych.
 zakres długości fali: 190 – 1100nm
 odstęp zbierania danych: 10, 5, 2, 1.0, 0.5, 0.2, 0.1nm
 źródło światła: ksenonowa lampa błyskowa
 typ detektora: podwójna fotodioda krzemowa
 układ optyczny: dwuwiązkowy, z osobnymi pozycjami dla próbki i odnośnika, monochromator typu czernego-turnera, geometria wiązki dopasowywana do zastosowania
 dokładność fotometryczna1a: ±0.006a, 2a: ±0.010a, mierzona przy 440nm za pomocą filtra neutralnego spójnego z nist
 zakres wyświetlany-0.3 to 4.0a
 tryby pomiaru: absorbancja, % transmitancji, % reflektancji, kubelka-munk, log (1/r), log (abs), abs*czynnik, intensywność
 dokładność długości fali: ±0.5nm (dla linii rtęci 541.9 i 546.1nm), ±0.8nm (w pełnym zakresie roboczym – 190 to 1100nm)</t>
         </is>
       </c>
-      <c r="D12" t="inlineStr">
+      <c r="D14" t="inlineStr">
         <is>
           <t>Spektrofotometr uv-vis umożliwia dokonywanie pomiarów ilościowych, kinetycznych, punktowych oraz wykonywanie widm w całym zakresie spektralnym (190-1100nm). 
 dzięki przestawce temperaturowej możliwe są pomiary w różnych temperaturach w zaktesie 0-110oc.
 możliwość badania próbek stałych (cienkich warstw) metodą odbiciową.</t>
         </is>
       </c>
-      <c r="E12" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J12" t="inlineStr">
+      <c r="E14" t="inlineStr"/>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I14" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J14" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K12" t="inlineStr">
+      <c r="K14" t="inlineStr">
         <is>
           <t>Lachowicz Dorota</t>
         </is>
       </c>
-      <c r="L12" t="inlineStr">
+      <c r="L14" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dorota-lachowicz-7816.html</t>
         </is>
       </c>
-      <c r="M12" t="inlineStr">
+      <c r="M14" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N12" t="inlineStr">
+      <c r="N14" t="inlineStr">
         <is>
           <t>Absorbancja, uv-vis</t>
         </is>
       </c>
     </row>
-    <row r="13">
-      <c r="A13" t="inlineStr">
+    <row r="15">
+      <c r="A15" t="inlineStr">
         <is>
           <t>Inkubator co2</t>
         </is>
       </c>
-      <c r="B13" t="inlineStr">
+      <c r="B15" t="inlineStr">
         <is>
           <t>Inkubator co2</t>
         </is>
       </c>
-      <c r="C13" t="inlineStr">
+      <c r="C15" t="inlineStr">
         <is>
           <t>Inkubator z dozowaniem co2 do hodowli komórek (astec, japonia). inkubator wyposażony jest w płaszcz powietrzny kontrolujący temperaturę w zakresie co najmniej +5 do 50 °c, filtr przeciwkurzowy, czujnik podczerwieni ir oraz automatyczną kalibrację co2. posiada funkcję dekontaminacji gorącym powietrzem w zakresie temperatur 60 °c – 140 °c oraz zakres kontroli co2 0% – 20%.</t>
         </is>
       </c>
-      <c r="D13" t="inlineStr">
+      <c r="D15" t="inlineStr">
         <is>
           <t>Hodowla komórkowa in vitro w temperaturze 37 oc w wilgotnej atmosferze z 5% co2.</t>
         </is>
       </c>
-      <c r="E13" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J13" t="inlineStr">
+      <c r="E15" t="inlineStr"/>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I15" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J15" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K13" t="inlineStr">
+      <c r="K15" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L13" t="inlineStr">
+      <c r="L15" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M13" t="inlineStr">
+      <c r="M15" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N13" t="inlineStr">
+      <c r="N15" t="inlineStr">
         <is>
           <t>Hodowla komórek</t>
         </is>
       </c>
     </row>
-    <row r="14">
-      <c r="A14" t="inlineStr">
+    <row r="16">
+      <c r="A16" t="inlineStr">
         <is>
           <t>Mikroskop fluorescencyjny odwrócony z kamerą cyfrową</t>
         </is>
       </c>
-      <c r="B14" t="inlineStr">
+      <c r="B16" t="inlineStr">
         <is>
           <t>Mikroskop fluorescencyjny odwrócony z kamerą cyfrową (axio vert.a1, carl zeiss)</t>
         </is>
       </c>
-      <c r="C14" t="inlineStr">
+      <c r="C16" t="inlineStr">
         <is>
           <t xml:space="preserve">Mikroskop fluorescencyjny odwrócony z kamerą cyfrową (axio vert.a1, carl zeiss). modułowa budowa umożliwia zastosowanie wielu technik obserwacji, od jasnego i ciemnego pola poprzez kontrast fazowy, kontrast nomarskiego (dic), plasdic i epi-fluorescencję.
 obiektywy w jakie jest wyposażony mikroskop są następujące:
 	10x / apertura 0.25, long distance, planachromatyczny
 	20x / apertura 0.35, long distance, planachromatyczny
 	40x / apertura 1.30, fluorytowy, o rozszerzonej transmisji w uv i ir, immersja olejowa
 	63x / apertura 1.25, semiplanapochromatyczny, immersja olejowa
 w obiektywach 10x, 20x kontrast nomarskiego przystosowany do pracy z plastikowymi naczynkami hodowlanymi.
 półprzewodnikowe źródło światła colibri 7, 4-kanałowe źródło światła fluorescencyjnego rgb-uv ze zintegrowaną jednostką sterującą do ciągłej regulacji jasności. mikroskop jest wyposażony w 4 półprzewodnikowe lampy led:
 	czerwoną (630nm) do wzbudzenia cy5, alexa 631, toto-3 i podobnych barwników
 	zieloną (555nm) do wzbudzenia cy3, tritc, dsred i podobnych barwników
 	niebieską (475nm) do wzbudzenia egfp, fluo4, fitc i podobnych barwników
 	uv (385nm) do wzbudzenia dapi, alexa 405, hoechst 33258 i podobnych barwników.
 </t>
         </is>
       </c>
-      <c r="D14" t="inlineStr">
+      <c r="D16" t="inlineStr">
         <is>
           <t>Kompaktowy odwrócony mikroskop idealny do rutynowych badań. ten system jest skonfigurowany do jasnego pola światła przechodzącego, kontrastu fazowego i epifluorescencji (470 nm).</t>
         </is>
       </c>
-      <c r="E14" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J14" t="inlineStr">
+      <c r="E16" t="inlineStr"/>
+      <c r="F16" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G16" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H16" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I16" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J16" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K14" t="inlineStr">
+      <c r="K16" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L14" t="inlineStr">
+      <c r="L16" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M14" t="inlineStr">
+      <c r="M16" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N14" t="inlineStr">
+      <c r="N16" t="inlineStr">
         <is>
           <t>Mikroskop fluorescencyjny, mikroskop optyczny, wizualizacja próbek</t>
         </is>
       </c>
     </row>
-    <row r="15">
-      <c r="A15" t="inlineStr">
+    <row r="17">
+      <c r="A17" t="inlineStr">
         <is>
           <t>Liofilizator</t>
         </is>
       </c>
-      <c r="B15" t="inlineStr">
+      <c r="B17" t="inlineStr">
         <is>
           <t>Liofilizator</t>
         </is>
       </c>
-      <c r="C15" t="inlineStr">
+      <c r="C17" t="inlineStr">
         <is>
           <t xml:space="preserve">Liofilizator (martin christ gefriertrocknungsanlagen gmbh – niemcy, alpha) służy do łagodnego suszenia produktów. opiera się na fizycznym zjawisku sublimacji, tzn. bezpośredniego przechodzenia rozpuszczalnika ze stanu stałego w stan gazowy. proces ten eliminuje większość zmian enzymatycznych, bakteryjnych czy chemicznych zachodzących przy standardowym suszeniu produktów.
 </t>
         </is>
       </c>
-      <c r="D15" t="inlineStr">
+      <c r="D17" t="inlineStr">
         <is>
           <t>Zastosowanie w suszeniu materiałów: biologicznych, żywności, produktów farmakologicznych, osadów, produktów chemicznych, materiałów archeologicznych.</t>
         </is>
       </c>
-      <c r="E15" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J15" t="inlineStr">
+      <c r="E17" t="inlineStr"/>
+      <c r="F17" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G17" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H17" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I17" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J17" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K15" t="inlineStr">
+      <c r="K17" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L15" t="inlineStr">
+      <c r="L17" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M15" t="inlineStr">
+      <c r="M17" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N15" t="inlineStr">
+      <c r="N17" t="inlineStr">
         <is>
           <t>Suszenie</t>
         </is>
       </c>
     </row>
-    <row r="16">
-      <c r="A16" t="inlineStr">
+    <row r="18">
+      <c r="A18" t="inlineStr">
         <is>
           <t>Zetasizer wraz z układem titrującym i celką do pomiaru potencjału zeta na ciele stałym</t>
         </is>
       </c>
-      <c r="B16" t="inlineStr">
+      <c r="B18" t="inlineStr">
         <is>
           <t>Zetasizer nano zs</t>
         </is>
       </c>
-      <c r="C16" t="inlineStr">
+      <c r="C18" t="inlineStr">
         <is>
           <t>Zetasizer nano zs (malvern instruments ltd., worcestershire, uk) to urządzenie służące do charakterystyki takich materiałów jak nanocząstki, koloidy, białka, liposomy czy mikroemulsje. analizator pozwala na uzyskanie parametrów fizykochemicznych: wielkość cząstek, masa cząsteczkowa i potencjał zeta. urządzenie to wykorzystuje szeroko stosowane techniki, takie jak: dynamiczne rozpraszanie światła, elektroforetyczne rozpraszanie światła i statyczne rozpraszanie światła do pełnej analizy układów rozproszonych o wymiarach nanometrycznych. zetasizer doposażony jest w autotitrator mpt-2 i odgazowywacz. służy on do automatycznego wykonywania pomiarów wielkości cząstek/potencjału zeta w funkcji ph, przewodnictwa czy stężenia dodatku. autotitrator jest wyposażony w elektrodę szklaną do pomiaru ph i umożliwia dozowanie do trzech titrantów w jednym eksperymencie. dysponujemy także celką do pomiaru potencjału zeta ciał stałych. celka umożliwia pomiar potencjału zeta płaskich powierzchni, takich jak papier filtracyjny, krzemionka, polimery i kości, przy użyciu standardowego systemu zetasizer nano. charakterystyka powierzchni i interfejsów ma kluczowe znaczenie w wielu gałęziach przemysłu, w tym w produktach konsumenckich, specjalistycznych chemikaliach, farmaceutykach i naukach przyrodniczych. w każdym z tych obszarów oddziaływanie cząsteczek roztworu z powierzchniami może wpływać na właściwości materiału końcowego produktu.</t>
         </is>
       </c>
-      <c r="D16" t="inlineStr">
+      <c r="D18" t="inlineStr">
         <is>
           <t>Nanocząstki, koloidy, białka, liposomy, mikroemulsje, etc.</t>
         </is>
       </c>
-      <c r="E16" t="inlineStr">
+      <c r="E18" t="inlineStr">
         <is>
           <t>Parametry fizykochemiczne: wielkość cząstek, masa cząsteczkowa i potencjał zeta.</t>
         </is>
       </c>
-      <c r="F16" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J16" t="inlineStr">
+      <c r="F18" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G18" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H18" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I18" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J18" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K16" t="inlineStr">
+      <c r="K18" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L16" t="inlineStr">
+      <c r="L18" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M16" t="inlineStr">
+      <c r="M18" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N16" t="inlineStr">
+      <c r="N18" t="inlineStr">
         <is>
           <t>Nanocząstki, rozmiar, zeta potencjał</t>
         </is>
       </c>
     </row>
-    <row r="17">
-      <c r="A17" t="inlineStr">
+    <row r="19">
+      <c r="A19" t="inlineStr">
         <is>
           <t>Stanowisko do pomiaru oporu cienkich warstw metodą czteropunktową w zewnętrznym polu magnetycznym</t>
         </is>
       </c>
-      <c r="B17" t="inlineStr">
+      <c r="B19" t="inlineStr">
         <is>
           <t>Stanowisko do pomiaru oporu cienkich warstw metodą czteropunktową w zewnętrznym polu magnetycznym</t>
         </is>
       </c>
-      <c r="C17" t="inlineStr">
+      <c r="C19" t="inlineStr">
         <is>
           <t>Urządzenie nanometer 1.0 umożliwia pomiar oporu i charakterystykę prądowo-napieciową cienkich warstw metodą czteropunktową w zakresie od mohm do mohm. możliwe jest również pomiar magnetooporu, poprzez przyłożenie małego pola magnetycznego 50 mt.</t>
         </is>
       </c>
-      <c r="D17" t="inlineStr">
+      <c r="D19" t="inlineStr">
         <is>
           <t>System nanometer może być używany do ogólnych pomiarów rezystywności przeznaczony głównie do nanoprzewodów i nanowarstw. przykłada prąd elektryczny i do próbki w konfiguracji z czterema elektrodami i dokonuje pomiarów generowane napięcie v. opór r jest następnie określany z prawa ohma: r = v/i. rezystancję próbki można zmierzyć w zewnętrznym polu magnetycznym lub w określonych temperaturach.</t>
         </is>
       </c>
-      <c r="E17" t="inlineStr">
+      <c r="E19" t="inlineStr">
         <is>
           <t xml:space="preserve">Maksymalny prąd: imax = 100 ma
 zakresy prądu: 100 ma, 10 ma, 1 ma, 100 μa, 10 μa, 1 μa, 100 na, 10 na
 zakres pomiarów rezystancji: [1mohm do 1gohm]
 zakresy napięć: 2 v, 1 v, 0,5 v, 0,25 v, 0,125 v, 1/16 v, 1/32 v.
 najwyższa możliwa rozdzielczość napięcia: 2 nv
 zakres prądu magnesu: -0,5 a do 0,5 a
 zakres prądu grzałki: -100 ma do 100 ma
  </t>
         </is>
       </c>
-      <c r="F17" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J17" t="inlineStr">
+      <c r="F19" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G19" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H19" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I19" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J19" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K17" t="inlineStr">
+      <c r="K19" t="inlineStr">
         <is>
           <t>Szkudlarek Aleksandra</t>
         </is>
       </c>
-      <c r="L17" t="inlineStr">
+      <c r="L19" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
         </is>
       </c>
-      <c r="M17" t="inlineStr">
+      <c r="M19" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N17" t="inlineStr">
+      <c r="N19" t="inlineStr">
         <is>
           <t>Oporność, właściwości cienkich warstw</t>
         </is>
       </c>
     </row>
-    <row r="18">
-      <c r="A18" t="inlineStr">
+    <row r="20">
+      <c r="A20" t="inlineStr">
         <is>
           <t>Czytnik płytek wielodołkowych (infinite m nano, tecan)</t>
         </is>
       </c>
-      <c r="B18" t="inlineStr">
+      <c r="B20" t="inlineStr">
         <is>
           <t>Czytnik płytek wielodołkowych (infinite m nano, tecan)</t>
         </is>
       </c>
-      <c r="C18" t="inlineStr">
+      <c r="C20" t="inlineStr">
         <is>
           <t>Czytnik płytek wielodołkowych (infinite m nano, tecan). urządzenie wyposażone jest w dwa monochromatory (ksenonowa lampa uv) do wzbudzenia pozwalające na wykonanie pełnego skanu absorbancji, moduł odczytu absorbancji w zakresie 230-1000 nm z możliwością wyboru długości fali co 1 nm. dodatkowo posiada wbudowaną wytrząsarkę z regulacją kierunku i szybkości wytrząsania oraz inkubator z zakresem temp. od +5 od temp. pokojowej do 42 °c.
 czytnik umożliwia wykonanie pomiarów absorbancji z płytek w zakresie 6-384 dołków, z różnych miejsc dołka, z funkcją wielokrotnych odczytów. czytnik sterowany jest z dwóch oprogramowań icontroltm oraz magellan™. program magellan™ ma umożliwić sterowania urządzeniem oraz zawierać gotowe protokoły aplikacyjne: testy immunologiczne, pomiar ilościowy dna/rna, pomiar ilościowy białka, kinetyczne oznaczanie reakcji enzymatycznych, pomiar cytotoksyczności i żywotności komórek, ilościowe oznaczenie produktów pcr, oznaczenie wewnątrzkomórkowego wapnia, możliwość prowadzenia zarówno pomiarów statycznych jak i kinetycznych, możliwość wykreślania krzywej wzorcowej i przenoszenia uzyskanych wyników do arkusza kalkulacyjnego (excel), możliwość zaprogramowania stałych, powtarzalnych protokołów pomiarowych.</t>
         </is>
       </c>
-      <c r="D18" t="inlineStr">
+      <c r="D20" t="inlineStr">
         <is>
           <t>Czytnik absorbancji płytek z możliwością rozbudowy, zapewniający czułe wyniki testów elisa i oznaczeń ilościowych kwasów nukleinowych lub białek o małej objętości. zautomatyzowana korekcja długości drogi optycznej i płytka nanoquant o małej objętości dostarczają każdego dnia bardzo precyzyjne wyniki, niezależnie od objętości próbek.</t>
         </is>
       </c>
-      <c r="E18" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J18" t="inlineStr">
+      <c r="E20" t="inlineStr"/>
+      <c r="F20" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G20" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H20" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I20" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J20" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K18" t="inlineStr">
+      <c r="K20" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L18" t="inlineStr">
+      <c r="L20" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M18" t="inlineStr">
+      <c r="M20" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N18" t="inlineStr">
+      <c r="N20" t="inlineStr">
         <is>
           <t>Absorbancja, elisa, uv-vis</t>
         </is>
       </c>
     </row>
-    <row r="19">
-      <c r="A19" t="inlineStr">
+    <row r="21">
+      <c r="A21" t="inlineStr">
         <is>
           <t>Oczyszczarka plazmowa harrick pdc-32g plasma cleaner</t>
         </is>
       </c>
-      <c r="B19" t="inlineStr">
+      <c r="B21" t="inlineStr">
         <is>
           <t>Harrick pdc-32g plasma cleaner</t>
         </is>
       </c>
-      <c r="C19" t="inlineStr">
+      <c r="C21" t="inlineStr">
         <is>
           <t>Plasma cleaner służy do oczyszczania powierzchni próbek z zanieczyszczeń pochodzenia organicznego lub do aktywacji powierzchni. urządzenie pozwala na zastosowanie tlenu lub argonu oraz ich mieszaniny do wytwarzania plazmy, zapewniając kontrolę dozowania gazów do komory. zastosowanie pompy próżniowej typu dry oxygen pozwala na generowanie czystej plazmy tlenowej.</t>
         </is>
       </c>
-      <c r="D19" t="inlineStr">
+      <c r="D21" t="inlineStr">
         <is>
           <t>Układ jest wykorzystywany do preparatyki próbek.
 rozmiar komory: tuba szerokości 3 cali i 6.5 cala długości
 maksymalna moc plazmy rf 18 w.</t>
         </is>
       </c>
-      <c r="E19" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J19" t="inlineStr">
+      <c r="E21" t="inlineStr"/>
+      <c r="F21" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G21" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H21" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I21" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J21" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K19" t="inlineStr">
+      <c r="K21" t="inlineStr">
         <is>
           <t>Szkudlarek Aleksandra</t>
         </is>
       </c>
-      <c r="L19" t="inlineStr">
+      <c r="L21" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
         </is>
       </c>
-      <c r="M19" t="inlineStr">
+      <c r="M21" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N19" t="inlineStr">
+      <c r="N21" t="inlineStr">
         <is>
           <t>Aktywacja powierzchni, cienkie warstwy, oczyszczanie, plazma</t>
         </is>
       </c>
     </row>
-    <row r="20">
-      <c r="A20" t="inlineStr">
+    <row r="22">
+      <c r="A22" t="inlineStr">
         <is>
           <t>Komora laminarna</t>
         </is>
       </c>
-      <c r="B20" t="inlineStr">
+      <c r="B22" t="inlineStr">
         <is>
           <t>Komora laminarna</t>
         </is>
       </c>
-      <c r="C20" t="inlineStr">
+      <c r="C22" t="inlineStr">
         <is>
           <t>Komora laminarna (nuaire, labgard – nu-543 – ii klasa bezpieczeństwa) hodowla tkanek i komórek w jałowych warunkach
 właściwości: system cyrkulacji powietrza z jedną dmuchawą: 30% wyrzut / 70% recyrkulacja; system hepex™ przeciwdziałający rozszczelnieniu komory; dwa duże filtry absolutne hepa – obszaru pracy i wylotowy o efektywności 99,997%; czas życia filtrów 5 lat i 14 000 godzin pracy.
 posiadane certyfikaty bezpieczeństwa mikrobiologicznego en12469, nsf/ansi 49. certyfikat jakości i zgodności iso9001, ce, ul.</t>
         </is>
       </c>
-      <c r="D20" t="inlineStr">
+      <c r="D22" t="inlineStr">
         <is>
           <t>Praca w warunkach sterylnych.</t>
         </is>
       </c>
-      <c r="E20" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J20" t="inlineStr">
+      <c r="E22" t="inlineStr"/>
+      <c r="F22" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G22" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H22" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I22" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J22" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K20" t="inlineStr">
+      <c r="K22" t="inlineStr">
         <is>
           <t>Wytrwał Magdalena</t>
         </is>
       </c>
-      <c r="L20" t="inlineStr">
+      <c r="L22" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/magdalena-wytrwal-7869.html</t>
         </is>
       </c>
-      <c r="M20" t="inlineStr">
+      <c r="M22" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N20" t="inlineStr">
+      <c r="N22" t="inlineStr">
         <is>
           <t>Hodowla komórek, warunki sterylne</t>
         </is>
       </c>
     </row>
-    <row r="21">
-      <c r="A21" t="inlineStr">
+    <row r="23">
+      <c r="A23" t="inlineStr">
         <is>
           <t>Versalab  ppms – system do badań właściwości fizyko-chemicznych materiałów z układem chłodzenia w obiegu zamkniętym</t>
         </is>
       </c>
-      <c r="B21" t="inlineStr">
+      <c r="B23" t="inlineStr">
         <is>
           <t>Quantum design ppms® versalab®</t>
         </is>
       </c>
-      <c r="C21" t="inlineStr">
+      <c r="C23" t="inlineStr">
         <is>
           <t xml:space="preserve">System quantum design ppms versalab - to wszechstronne narzędzie do badań właściwości fizykochemicznych materiałów – od cienkich warstw po polikrystaliczne próbki i nanostruktury. umożliwia pomiary w zakresie temperatur od 50 do 400 k oraz przy użyciu pola magnetycznego do 3 t. 
 urządzenie wyposażone jest w szereg modułów pomiarowych:
 	magnetometr wibracyjny (vsm) – umożliwia statyczny pomiar podatności magnetycznej w funkcji temperatury lub pola. 
 	magnetometr ac - umożliwia dynamiczny pomiar podatności magnetycznez modulacją ac pola magnetycznego, co pozwala mierzyć małe wartości podatności, szczególnie istotne w przypadku charakterystyki nadprzewodników.
 	magnetometr torsyjny (torque magnetometry) – służy do analizy anizotropii magnetycznej poprzez pomiar momentu siły działającego na próbkę w polu magnetycznym. metoda ta znajduje zastosowanie zwłaszcza w badaniu cienkich warstw i małych kryształów o nieregularnej strukturze.
 	moduł przewodnictwa elektrycznego  (eto) – umożliwia pomiar transportowu elektrycznego (ac/dc) w funkcji temperatury i pola mangetycznego za pomocą konfiguracji czteropunktowej, dla próbek o niższej rezystancji (od 10 μω do 10 mω) oraz dwupunktową (od 2mω  do 5 gω), z wykorzystaniem czułej detekcji typu lock-in. pomiary oporności prądu stałego (dc) możliwe są jednocześnie na trzech kanałach. w standardowej konfiguracji czteropunktowej można mierzyć rezystancję w zakresie od 10 μω do 5 mω, przy czym źródłowy prąd mieści się w przedziale od 2 na do 8 ma.
 </t>
         </is>
       </c>
-      <c r="D21" t="inlineStr">
+      <c r="D23" t="inlineStr">
         <is>
           <t xml:space="preserve">System ppms versalab umożliwa m.in. następujące pomiary:
 	namagnesowanie metodą vsm, co pozwala określić moment magnetyczny w funkcji temperatury i pola. 
 	anizotropię magnetyczną cienkich warstw za pomocą magnetometrii torsyjnej. 
 	podatność magnetyczną w polu stałym (dc) lub zmiennym (ac) lub w polu zmiennym,
 	przewodnictwo elektryczne metodą 4- oraz 2- punktową.
 </t>
         </is>
       </c>
-      <c r="E21" t="inlineStr">
+      <c r="E23" t="inlineStr">
         <is>
           <t xml:space="preserve">Próbki (m.in. cienkie warstwy, materiały lite, nanoproszki) o wymiarach liniowych 1-10 mm - w zależności od wyboru opcji. </t>
         </is>
       </c>
-      <c r="F21" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G21" t="inlineStr">
+      <c r="F23" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G23" t="inlineStr">
         <is>
           <t>Szczegóły dotyczące zasad udsotępniania aparatury dostępne są w pliku: https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf</t>
         </is>
       </c>
-      <c r="H21" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J21" t="inlineStr">
+      <c r="H23" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I23" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J23" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K21" t="inlineStr">
+      <c r="K23" t="inlineStr">
         <is>
           <t>Stępień Joanna</t>
         </is>
       </c>
-      <c r="L21" t="inlineStr">
+      <c r="L23" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/joanna-stepien-8377.html</t>
         </is>
       </c>
-      <c r="M21" t="inlineStr">
+      <c r="M23" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N21" t="inlineStr">
+      <c r="N23" t="inlineStr">
         <is>
           <t>Magnetometria torsyjna, magnetoopór, poddatność magnetyczna, transport elektryczny, wibracyjna magnetometria</t>
         </is>
       </c>
     </row>
-    <row r="22">
-      <c r="A22" t="inlineStr">
+    <row r="24">
+      <c r="A24" t="inlineStr">
         <is>
           <t>Mieszarka wysokoobrotowa</t>
         </is>
       </c>
-      <c r="B22" t="inlineStr">
+      <c r="B24" t="inlineStr">
         <is>
           <t>Mieszarka wysokoobrotowa dac 150.1 fyz firmy speed-mixer</t>
         </is>
       </c>
-      <c r="C22" t="inlineStr">
+      <c r="C24" t="inlineStr">
         <is>
           <t>Urządzenie służy do szybkiego mieszania i rozdrabniania materiałów. zawiesiny mogą być jednorodnie wymieszane w ciągu kilku sekund.</t>
         </is>
       </c>
-      <c r="D22" t="inlineStr">
+      <c r="D24" t="inlineStr">
         <is>
           <t>Czas mieszania: 5 - 60 s.
 prędkość mieszania: 300 – 3500 obr/min.</t>
         </is>
       </c>
-      <c r="E22" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J22" t="inlineStr">
+      <c r="E24" t="inlineStr"/>
+      <c r="F24" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G24" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H24" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I24" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J24" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K22" t="inlineStr">
+      <c r="K24" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L22" t="inlineStr">
+      <c r="L24" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M22" t="inlineStr">
+      <c r="M24" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N22" t="inlineStr">
+      <c r="N24" t="inlineStr">
         <is>
           <t>Mieszarka, mieszarka wysokoobrotowa</t>
         </is>
       </c>
     </row>
-    <row r="23">
-      <c r="A23" t="inlineStr">
+    <row r="25">
+      <c r="A25" t="inlineStr">
         <is>
           <t>Młynek miksujący</t>
         </is>
       </c>
-      <c r="B23" t="inlineStr">
+      <c r="B25" t="inlineStr">
         <is>
           <t>Młynek miksujący mm 400 firmy retsch</t>
         </is>
       </c>
-      <c r="C23" t="inlineStr">
+      <c r="C25" t="inlineStr">
         <is>
           <t>Młynek miksujący mm 400 to wielozadaniowe urządzenie przeznaczone do mielenia na sucho i mokro małych objętości do 2 x 20 ml. miesza i homogenizuje proszki i zawiesiny z częstotliwością 30 hz w ciągu kilku sekund.</t>
         </is>
       </c>
-      <c r="D23" t="inlineStr">
+      <c r="D25" t="inlineStr">
         <is>
           <t>Umożliwia jednorazowe rozdrabnianie próbki o objętości 2 x 20 ml. częstotliwość maksymalna 30 hz.</t>
         </is>
       </c>
-      <c r="E23" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J23" t="inlineStr">
+      <c r="E25" t="inlineStr"/>
+      <c r="F25" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G25" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H25" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I25" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J25" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K23" t="inlineStr">
+      <c r="K25" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L23" t="inlineStr">
+      <c r="L25" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M23" t="inlineStr">
+      <c r="M25" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N23" t="inlineStr">
+      <c r="N25" t="inlineStr">
         <is>
           <t>Młyn miksujący, młyn wibracyjny, młynek miksujący, młynek wibracyjny, rozdrabnianie</t>
         </is>
       </c>
     </row>
-    <row r="24">
-      <c r="A24" t="inlineStr">
+    <row r="26">
+      <c r="A26" t="inlineStr">
         <is>
           <t>Myjka ultradźwiękowa</t>
         </is>
       </c>
-      <c r="B24" t="inlineStr">
+      <c r="B26" t="inlineStr">
         <is>
           <t>Myjka ultradźwiękowa branson 5510</t>
         </is>
       </c>
-      <c r="C24" t="inlineStr">
+      <c r="C26" t="inlineStr">
         <is>
           <t>Urządzenie służy do skutecznego i precyzyjnego czyszczenia różnorodnych przedmiotów.  myjka posiada możliwość regulacji amplitudy drgań, temperatury oraz posiada programator czasowy.</t>
         </is>
       </c>
-      <c r="D24" t="inlineStr">
+      <c r="D26" t="inlineStr">
         <is>
           <t xml:space="preserve">Maksymalna częstotliwość ultradźwięków: 40 khz.
 maksymalna temperatura pracy: 70ºc. </t>
         </is>
       </c>
-      <c r="E24" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J24" t="inlineStr">
+      <c r="E26" t="inlineStr"/>
+      <c r="F26" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G26" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H26" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I26" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J26" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K24" t="inlineStr">
+      <c r="K26" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L24" t="inlineStr">
+      <c r="L26" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M24" t="inlineStr">
+      <c r="M26" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N24" t="inlineStr">
+      <c r="N26" t="inlineStr">
         <is>
           <t>Myjka ultradźwiękowa</t>
         </is>
       </c>
     </row>
-    <row r="25">
-      <c r="A25" t="inlineStr">
+    <row r="27">
+      <c r="A27" t="inlineStr">
         <is>
           <t>Suszarka w punkcie krytycznym</t>
         </is>
       </c>
-      <c r="B25" t="inlineStr">
+      <c r="B27" t="inlineStr">
         <is>
           <t>Suszarka w punkcie krytycznym  leica em cpd300</t>
         </is>
       </c>
-      <c r="C25" t="inlineStr">
+      <c r="C27" t="inlineStr">
         <is>
           <t>Suszarka w punkcie krytycznym co2 umożliwia kontrolowane suszenie próbek do zastosowań biologicznych i przemysłowych.
 suszy próbki takie jak aerożele, pyłki, tkanki, rośliny, owady itp., a także próbki przemysłowe, takie jak mikrosystemy elektromechaniczne (mems).</t>
         </is>
       </c>
-      <c r="D25" t="inlineStr">
+      <c r="D27" t="inlineStr">
         <is>
           <t>Urządzenie pozwala na suszenie w zautomatyzowanym i kontrolowanym procesie z rozpuszczalników organicznych: etanolu (99,8%) i acetonu.</t>
         </is>
       </c>
-      <c r="E25" t="inlineStr"/>
-[...15 lines deleted...]
-      <c r="I25" t="inlineStr">
+      <c r="E27" t="inlineStr"/>
+      <c r="F27" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G27" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H27" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I27" t="inlineStr">
         <is>
           <t xml:space="preserve">Zakład nanoinżynierii powierzchni i biomateriałów </t>
         </is>
       </c>
-      <c r="J25" t="inlineStr">
+      <c r="J27" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K25" t="inlineStr">
+      <c r="K27" t="inlineStr">
         <is>
           <t>Lachowicz Dorota</t>
         </is>
       </c>
-      <c r="L25" t="inlineStr">
+      <c r="L27" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/dorota-lachowicz-7816.html</t>
         </is>
       </c>
-      <c r="M25" t="inlineStr">
+      <c r="M27" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N25" t="inlineStr">
+      <c r="N27" t="inlineStr">
         <is>
           <t>Aerożele, próbki biologiczne na sem, suszenie nadkrytyczne</t>
         </is>
       </c>
     </row>
-    <row r="26">
-      <c r="A26" t="inlineStr">
+    <row r="28">
+      <c r="A28" t="inlineStr">
         <is>
           <t>Analizator sdt q600 firmy ta instruments</t>
         </is>
       </c>
-      <c r="B26" t="inlineStr">
+      <c r="B28" t="inlineStr">
         <is>
           <t>Analizator sdt q600 firmy ta instruments</t>
         </is>
       </c>
-      <c r="C26" t="inlineStr">
+      <c r="C28" t="inlineStr">
         <is>
           <t xml:space="preserve">Analizator różnicowej kalorymetrii skaningowej dsc i termograwimetrii tg.
  </t>
         </is>
       </c>
-      <c r="D26" t="inlineStr">
+      <c r="D28" t="inlineStr">
         <is>
           <t>System pozwala na równoczesną analizę tg/dsc. badanie zmian masy próbki oraz towarzyszących efektów cieplnych zachodzących w trakcie dynamicznego ogrzewania/chłodzenia próbki i/lub w warunkach izotermicznych w atmosferze statycznej, dynamicznej, obojętnej, utleniającej lub redukcyjnej. tg/dsc: 25-1500°c warunki: statyczne, dynamiczne; atmosfera: obojętna, utleniająca, redukcyjna. analiza jakościowa i ilościowa uwalnianych gazów (tg/dsc-ms).</t>
         </is>
       </c>
-      <c r="E26" t="inlineStr">
+      <c r="E28" t="inlineStr">
         <is>
           <t xml:space="preserve">Parametry pracy
 wielkość próbki do 200 mg
 temperatura pracy do 1500°c
 szybkość grzania od 0.1 do 100°c/min
 czułość 0.1 µg
 termopara: platyna/platyna-rod
 czułość dta 0.001°c
 dokładność kalorymetryczna ±2%
 atmosfera: obojętna,  redukująca, utleniająca
  </t>
         </is>
       </c>
-      <c r="F26" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J26" t="inlineStr">
+      <c r="F28" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G28" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H28" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I28" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J28" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K26" t="inlineStr">
+      <c r="K28" t="inlineStr">
         <is>
           <t>Kmita Angelika</t>
         </is>
       </c>
-      <c r="L26" t="inlineStr">
+      <c r="L28" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/angelika-kmita-8131.html</t>
         </is>
       </c>
-      <c r="M26" t="inlineStr">
+      <c r="M28" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N26" t="inlineStr">
+      <c r="N28" t="inlineStr">
         <is>
           <t>Analiza termiczna, badania wysokotemperaturowe, dsc, kalorymetria różnicowa, tg</t>
         </is>
       </c>
     </row>
-    <row r="27">
-      <c r="A27" t="inlineStr">
+    <row r="29">
+      <c r="A29" t="inlineStr">
         <is>
           <t>Piec wysokotemperaturowy 2200°c</t>
         </is>
       </c>
-      <c r="B27" t="inlineStr">
+      <c r="B29" t="inlineStr">
         <is>
           <t>Wysokotemperaturowy piec grafitowy vht 8/22-gr firmy nabatherm</t>
         </is>
       </c>
-      <c r="C27" t="inlineStr">
+      <c r="C29" t="inlineStr">
         <is>
           <t xml:space="preserve">Piec umożliwia uzyskiwanie wysokich temperatur przy wykorzystaniu grzałek grafitowych. urządzenie przeznaczone jest do wykonywania obróbki cieplnej w wysokich temperaturach jak również w ograniczonym zakresie przetapianie materiałów. proces prowadzony jest w szczelnej, chłodzonej woda komorze w niskiej próżni (uzyskanej przy użyciu pompy rotacyjnej) podciśnieniu, gazie obojętnym lub z użyciem gazów reakcyjnych. urządzenie wyposażone jest w rotametr co umożliwia kontrolę przepływu gazu.
 możliwości urządzenia:
 	temperatura pracy: 350°c - 2200°c
 	możliwość programowania charakterystyk temperaturowa-czasowych.
 </t>
         </is>
       </c>
-      <c r="D27" t="inlineStr">
+      <c r="D29" t="inlineStr">
         <is>
           <t>Wyknonywanie wysoko temperaturowej obróbki cieplnej materiałów.
 przetapianie materiałów.</t>
         </is>
       </c>
-      <c r="E27" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J27" t="inlineStr">
+      <c r="E29" t="inlineStr"/>
+      <c r="F29" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G29" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H29" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I29" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J29" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K27" t="inlineStr">
+      <c r="K29" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L27" t="inlineStr">
+      <c r="L29" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M27" t="inlineStr">
+      <c r="M29" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N27" t="inlineStr">
+      <c r="N29" t="inlineStr">
         <is>
           <t>Obróbka cieplna</t>
         </is>
       </c>
     </row>
-    <row r="28">
-      <c r="A28" t="inlineStr">
+    <row r="30">
+      <c r="A30" t="inlineStr">
         <is>
           <t>Piec wysokotemperaturowy 1750°c do wypalania ceramiki</t>
         </is>
       </c>
-      <c r="B28" t="inlineStr">
+      <c r="B30" t="inlineStr">
         <is>
           <t>Piec wysokotemperaturowy do 1750°c firmy kepka group</t>
         </is>
       </c>
-      <c r="C28" t="inlineStr">
+      <c r="C30" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie znajduje zastosowanie w wypalaniu i spiekaniu różnego rodzaju ceramiki. piec posiada automatycznie zamykany stół roboczy z windą, co pozwala na łatwiejszy załadunek wsadu od dołu. grzanie realizowane jest oporowo przy wykorzystaniu elementów termoelektrycznych typu super-kanthal. piec wyposażony jest w termoparę sterującą grzaniem oraz termoparę kontrolną. urządzenie może pracować w atmosferze argonu lub azotu i jest wyposażone w precyzyjny układ podawania gazów ochronnych.
 możliwości urządzenia:
 	temperatura pracy: do 1750c
 	moc pieca: 14kw
 	możliwość programowania charakterystyk temperaturowa-czasowych.
 </t>
         </is>
       </c>
-      <c r="D28" t="inlineStr">
+      <c r="D30" t="inlineStr">
         <is>
           <t>Wypalanie ceramiki wg zaprogramowanych charakterystyk.
 prowadzenie procesów obróbki cieplnej.</t>
         </is>
       </c>
-      <c r="E28" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J28" t="inlineStr">
+      <c r="E30" t="inlineStr"/>
+      <c r="F30" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G30" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H30" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I30" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J30" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K28" t="inlineStr">
+      <c r="K30" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L28" t="inlineStr">
+      <c r="L30" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M28" t="inlineStr">
+      <c r="M30" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N28" t="inlineStr">
+      <c r="N30" t="inlineStr">
         <is>
           <t>Obróka cieplna, wypalanie ceramiki</t>
         </is>
       </c>
     </row>
-    <row r="29">
-      <c r="A29" t="inlineStr">
+    <row r="31">
+      <c r="A31" t="inlineStr">
         <is>
           <t>Piec indukcyjny “copper boat”</t>
         </is>
       </c>
-      <c r="B29" t="inlineStr">
+      <c r="B31" t="inlineStr">
         <is>
           <t>Piec indukcyjny “copper boat” firmy edmund buehler</t>
         </is>
       </c>
-      <c r="C29" t="inlineStr">
+      <c r="C31" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie służy do syntezy materiałów przewodzących w wyniku nagrzewania indukcyjnego składników na miedzianej, chłodzonej wodą „łódce” , umieszczonej w rurze kwarcowej. zestaw pomp próżniowych (rotacyjna olejowa oraz turbomolekularna) umożliwia pracę w wysokiej próżni lub w atmosferze gazu obojętnego. wsad umieszczony na chłodzonym miedzianym podłożu grzany jest indukcyjnie przy zastosowaniu generatora o wysokiej częstotliwości.
 parametry urządzenia:
 	maksymalna masa materiału wsadowego:  20g
 	zakres temperatur do 1800°c
 	osiągana próżnia 10-2 - 10-5 mbar
 	maksymalna moc pieca 12kw
 	częstotliwość generatora indukcyjnego 70khz do 150khz
 </t>
         </is>
       </c>
-      <c r="D29" t="inlineStr">
+      <c r="D31" t="inlineStr">
         <is>
           <t>Możliwość uzyskiwania niewielkich próbek stopów metali, bądź ich przetapiania. metoda charakteryzuje się możliwością przetopienia stopu z brakiem zanieczyszczenia ze strony materiału tygla.</t>
         </is>
       </c>
-      <c r="E29" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J29" t="inlineStr">
+      <c r="E31" t="inlineStr"/>
+      <c r="F31" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G31" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H31" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I31" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J31" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K29" t="inlineStr">
+      <c r="K31" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L29" t="inlineStr">
+      <c r="L31" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M29" t="inlineStr">
+      <c r="M31" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N29" t="inlineStr">
+      <c r="N31" t="inlineStr">
         <is>
           <t>Stopy metali, topienie indukcyjne</t>
         </is>
       </c>
     </row>
-    <row r="30">
-      <c r="A30" t="inlineStr">
+    <row r="32">
+      <c r="A32" t="inlineStr">
         <is>
           <t>Urządzenie do szybkiej krystalizacji metodą odlewania na koło</t>
         </is>
       </c>
-      <c r="B30" t="inlineStr">
+      <c r="B32" t="inlineStr">
         <is>
           <t>Urządzenie do szybkiej krystalizacji firmy edmund buehler</t>
         </is>
       </c>
-      <c r="C30" t="inlineStr">
+      <c r="C32" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie służy do odlewania strugi ciekłego metalu roztopionego indukcyjnie na wirującymiedziany bęben. pozwala uzyskać materiały metaliczne o strukturze amorficznej (szkła metaliczne) lub przechłodzone stopy metali w postaci taśm. urządzenie posiada miedziany bęben o średnicy 250 mm i wyposażone jest  wysokoczęstotliwościowy generator o mocy 12 kw. urządzenie umożliwia odlewanie cienkich taśm  w próżni lub przy obniżonym ciśnieniu przy zastosowaniu zestaw pomp rotacyjnej i turbo-molekularnej. temperatura odlewanego metalu kontrolowana jest poprzez pirometr. typowe stosowane tygle wykonane są z kwarcu, grafitu bądź też azotku boru.
 podstawowe parametry urządzenia:
 	maksymalna prędkość liniowa: 60 m/s
 	osiągana próżnia: 6-10 mbar
 	maksymalna waga wsadu: 60 g
 	moc generatora: 12 kw
 	pomiar temperatury w zakresie: 900-3000°c
 	typowewymiary taśmy: grubość 20-100 µm, szerokość: 1-25 mm
 </t>
         </is>
       </c>
-      <c r="D30" t="inlineStr">
+      <c r="D32" t="inlineStr">
         <is>
           <t>Mozliwość szubkiej krystalizacji stopów metali do postaci cienkich wstążek.
 uzyskiwanie materiałów nonkrystalicznych bądź amorficznych.</t>
         </is>
       </c>
-      <c r="E30" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J30" t="inlineStr">
+      <c r="E32" t="inlineStr"/>
+      <c r="F32" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G32" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H32" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I32" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J32" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K30" t="inlineStr">
+      <c r="K32" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L30" t="inlineStr">
+      <c r="L32" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M30" t="inlineStr">
+      <c r="M32" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N30" t="inlineStr">
+      <c r="N32" t="inlineStr">
         <is>
           <t>Materiały amorficzne, szybka krystalizacja</t>
         </is>
       </c>
     </row>
-    <row r="31">
-      <c r="A31" t="inlineStr">
+    <row r="33">
+      <c r="A33" t="inlineStr">
         <is>
           <t>Twardościomierz tukon 2500</t>
         </is>
       </c>
-      <c r="B31" t="inlineStr">
+      <c r="B33" t="inlineStr">
         <is>
           <t>Twardościomierz tukon 2500 firmy wilson-hardness</t>
         </is>
       </c>
-      <c r="C31" t="inlineStr">
+      <c r="C33" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie umożliwia pomiary twardości oraz mikro twardości metodą vickersa oraz knoopa. twardościomierz wyposażony  jest w zmotoryzowany stolik oraz kamerę cyfrową co umożliwia automatyczne realizowanie pojedynczych pomiarów jak również wykonywanie wielu pomiarów w zdefiniowanych koordynatach (np. tryb mapowania twardości powierzchni).
 parametry urządzenia:
 	zakres obciążeń: 10 g – 50 kg
 	typ wgłębnika: vickers, knoop
 </t>
         </is>
       </c>
-      <c r="D31" t="inlineStr">
+      <c r="D33" t="inlineStr">
         <is>
           <t>Pomiary twardości i mikrotwardości przy wykorzystaniu metody vickersa bądź knoopa.</t>
         </is>
       </c>
-      <c r="E31" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J31" t="inlineStr">
+      <c r="E33" t="inlineStr"/>
+      <c r="F33" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G33" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H33" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I33" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J33" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K31" t="inlineStr">
+      <c r="K33" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L31" t="inlineStr">
+      <c r="L33" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M31" t="inlineStr">
+      <c r="M33" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N31" t="inlineStr">
+      <c r="N33" t="inlineStr">
         <is>
           <t>Pomiar twardości</t>
         </is>
       </c>
     </row>
-    <row r="32">
-      <c r="A32" t="inlineStr">
+    <row r="34">
+      <c r="A34" t="inlineStr">
         <is>
           <t>Twardościomierz tukon 1202</t>
         </is>
       </c>
-      <c r="B32" t="inlineStr">
+      <c r="B34" t="inlineStr">
         <is>
           <t>Twardościomierz tukon 1202 firmy wilson-hardness</t>
         </is>
       </c>
-      <c r="C32" t="inlineStr">
+      <c r="C34" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie umożliwia pomiary twardości oraz mikro twardości metodą vickersa. twardościomierz wyposażony w manualny stolik z przesuwem śrubami mikrometrycznymi. pomiar wielkości odcisku dokonywany jest manualnie w okularze mikroskopu. pomiary rejestrowane są w urządzeniu co umożliwia obliczenie podstawowych parametrów statystycznych: średnia oraz odchylenie standardowe, oraz automatyczne przeliczenie na inne skale pomiaru twardości.
 parametry urządzenia:
 	zakres obciążeń: 10 g – 1 kg
 	typ wgłębnika: vickers, knoop
 </t>
         </is>
       </c>
-      <c r="D32" t="inlineStr">
+      <c r="D34" t="inlineStr">
         <is>
           <t>Pomiary twardości i mikrotwardości przy wykorzystaniu metody vickersa bądź knoopa.</t>
         </is>
       </c>
-      <c r="E32" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J32" t="inlineStr">
+      <c r="E34" t="inlineStr"/>
+      <c r="F34" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G34" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H34" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I34" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J34" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K32" t="inlineStr">
+      <c r="K34" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L32" t="inlineStr">
+      <c r="L34" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M32" t="inlineStr">
+      <c r="M34" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N32" t="inlineStr">
+      <c r="N34" t="inlineStr">
         <is>
           <t>Pomiar twardości</t>
         </is>
       </c>
     </row>
-    <row r="33">
-      <c r="A33" t="inlineStr">
+    <row r="35">
+      <c r="A35" t="inlineStr">
         <is>
           <t>Zestaw do polerowania jonowego powierzchni płaskich oraz wykonywania przekrojów poprzecznych ciał stałych</t>
         </is>
       </c>
-      <c r="B33" t="inlineStr">
+      <c r="B35" t="inlineStr">
         <is>
           <t>Polerka jonowa hitachi im4000plus</t>
         </is>
       </c>
-      <c r="C33" t="inlineStr">
+      <c r="C35" t="inlineStr">
         <is>
           <t>Polerka jonowa  jest urządzeniem służącym do precyzyjnego polerowania powierzchni płaskich jak również do wykonywania przekrojów poprzecznych materiałów metalicznych, ceramicznych i polimerów. urządzenie umożliwia pracę z próbkami o średnicy dochodzącej do 50 mm przy energiach jonów do 6 kev. na wyposażeniu jest również w układ chłodzenia ciekłym azotem, co umożliwia wykonywanie zgładów poprzecznych materiałów czułych na podwyższoną temperaturę (np. polimerów).
 polerowanie jonami argonu umożliwia przygotowanie powierzchni oraz przekrojów materiałów „trudnych” w preparatyce tj. materiałów miękkich, wielofazowych, kompozytów polimerowych, kompozytów metal-ceramika. w szczególności technika ta znacząco poprawia jakość powierzchni zgładów metalograficznych przeznaczonych do analizy ebsd.</t>
         </is>
       </c>
-      <c r="D33" t="inlineStr">
+      <c r="D35" t="inlineStr">
         <is>
           <t>Polerowanie jonami argonu umożliwia przygotowanie powierzchni oraz przekrojów materiałów „trudnych” w preparatyce tj. materiałów miękkich, wielofazowych, kompozytów polimerowych, kompozytów metal-ceramika. w szczególności technika ta znacząco poprawia jakość powierzchni zgładów metalograficznych przeznaczonych do analizy ebsd.</t>
         </is>
       </c>
-      <c r="E33" t="inlineStr">
+      <c r="E35" t="inlineStr">
         <is>
           <t>Podstawowe parametry urządzenia.
 napięcie przyspieszające:  
 0–6 kv średnica wiązki jonów:  do 400 um
 kąt polerowania:  0-90 stopni
 powierzchnie płaskie. maksymalne wymiary próbki:  średnica do 50 mm, wysokośc do 30 mm
 przkroje poprzeczne. wymiary próbki: do 20x13x9 mm szybkość cięcia: 0,5 mm/h dla si opcja chłodzenie</t>
         </is>
       </c>
-      <c r="F33" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J33" t="inlineStr">
+      <c r="F35" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G35" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H35" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I35" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J35" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K33" t="inlineStr">
+      <c r="K35" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L33" t="inlineStr">
+      <c r="L35" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M33" t="inlineStr">
+      <c r="M35" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N33" t="inlineStr">
+      <c r="N35" t="inlineStr">
         <is>
           <t>Ebsd, polerowanie jonowe, przygotowanie próbek</t>
         </is>
       </c>
     </row>
-    <row r="34">
-      <c r="A34" t="inlineStr">
+    <row r="36">
+      <c r="A36" t="inlineStr">
         <is>
           <t>Drutowe centrum elektroerozyjne (w-edm)</t>
         </is>
       </c>
-      <c r="B34" t="inlineStr">
+      <c r="B36" t="inlineStr">
         <is>
           <t>Mitsubishi fa10s advance</t>
         </is>
       </c>
-      <c r="C34" t="inlineStr">
+      <c r="C36" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie cnc przeznaczone do obróki eklektroerozyjnej przy użyciu drutu. umozliwia precyzyjne wycinanie dowolnych kształtów zdefiniowanych w g-code w materiałach przewodzących. cięcie odbywa się dejonizowanej wodzie. </t>
         </is>
       </c>
-      <c r="D34" t="inlineStr">
+      <c r="D36" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	typ maszyny: zanurzeniowy. maksymalny wymiar przedmiotu: 800x600x215 mm.
 	przesuwy x/y/z 350x250x220 mm. wymiar stołu: 590×514 mm.
 	max ciężar przedmiotu: 500 kg. max poziom wody w zbiorniku: 220 mm.
 	przesuwy u/v: 64×64 mm.
 	max kąt cięcia: 15 deg na 100mm.
 	stosowane druty: 0.10 – 0.36 mm. 
 	system wspomagający programowanie cad/cam esprit.
 </t>
         </is>
       </c>
-      <c r="E34" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J34" t="inlineStr">
+      <c r="E36" t="inlineStr"/>
+      <c r="F36" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G36" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H36" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I36" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J36" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K34" t="inlineStr">
+      <c r="K36" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L34" t="inlineStr">
+      <c r="L36" t="inlineStr">
         <is>
           <t>Https://api.skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M34" t="inlineStr">
+      <c r="M36" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N34" t="inlineStr">
+      <c r="N36" t="inlineStr">
         <is>
           <t>Cięcie metali, cnc, edm</t>
         </is>
       </c>
     </row>
-    <row r="35">
-      <c r="A35" t="inlineStr">
+    <row r="37">
+      <c r="A37" t="inlineStr">
         <is>
           <t>Piec z dopalaczem spalin do wypalania żywic z materiałów ceramicznych</t>
         </is>
       </c>
-      <c r="B35" t="inlineStr">
+      <c r="B37" t="inlineStr">
         <is>
           <t>Piec z dopalaczem spalin do wypalania żywic z materiałów ceramicznych firmy kepka group</t>
         </is>
       </c>
-      <c r="C35" t="inlineStr">
+      <c r="C37" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie znajduje zastosowanie przy suszeniu i wypalaniu ceramiki. piec posiada automatycznie zamykany stół roboczy z windą, co pozwala na łatwiejszy załadunek wsadu od dołu. grzanie realizowane jest oporowo przy wykorzystaniu elementów termoelektrycznych typu kanthal. piec wyposażony jest w termoparę sterującą grzaniem oraz termoparę kontrolną. piec posiada komorę roboczą z systemem systemem termoobiegu oraz dopalacz spalin co umożliwia wypalanie znacznej ilości frakcji organicznych.
 możliwości urządzenia:
 	temperatura pracy: do 850°c
 	moc pieca 5,7kw
 	możliwość programowania charakterystyk temperaturowa-czasowych.
 </t>
         </is>
       </c>
-      <c r="D35" t="inlineStr">
+      <c r="D37" t="inlineStr">
         <is>
           <t>Wypalanie ceramiki z dużym udziałem materiałów organicznych.</t>
         </is>
       </c>
-      <c r="E35" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J35" t="inlineStr">
+      <c r="E37" t="inlineStr"/>
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G37" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H37" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I37" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J37" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K35" t="inlineStr">
+      <c r="K37" t="inlineStr">
         <is>
           <t>Tokarski Tomasz</t>
         </is>
       </c>
-      <c r="L35" t="inlineStr">
+      <c r="L37" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-tokarski-8130.html</t>
         </is>
       </c>
-      <c r="M35" t="inlineStr">
+      <c r="M37" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N35" t="inlineStr">
+      <c r="N37" t="inlineStr">
         <is>
           <t>Wypalanie ceramiki</t>
         </is>
       </c>
     </row>
-    <row r="36">
-      <c r="A36" t="inlineStr">
+    <row r="38">
+      <c r="A38" t="inlineStr">
         <is>
           <t>Scatterx78</t>
         </is>
       </c>
-      <c r="B36" t="inlineStr">
+      <c r="B38" t="inlineStr">
         <is>
           <t>Komora scatterx78 - doposażenie dyfraktometru rentgenowskiego w kompaktową komorę do badań saxs/waxs</t>
         </is>
       </c>
-      <c r="C36" t="inlineStr">
+      <c r="C38" t="inlineStr">
         <is>
           <t>Komora scatterx78 umożliwia jednoczesny pomiar w próżni saxs i waxs. pomiar możliwy jest już dla rozmiarów obiektów od 1 nm w wymiarach 1d i 2d. dodatkowo zaproponowane rozszerzenie aparatury badawczej pozwala na prowadzenie badań metodą dyfrakcji przy stałym kącie padania promieniowania (gixd). przystawka pozwala na przeprowadzenie nieniszczącej analizy właściwości materiałów, geometrii i uporządkowania obiektów (amorficznych, krystalicznych) w nanoskali w postaci cieczy, żelów, proszków, ciał stałych (w tym porowatych) czy układów wielowarstwowych o grubości rzędu nm. co więcej zastosowana przystawka służy do określania szczegółów budowy krystalicznej polimerów, czy identyfikacji odmian polimorficznych, a także śledzenia przejść jednej odmiany krystalograficznej w drugą wywołanych różnymi czynnikami. wśród układów analizowanych metodami saxs/waxs znajdują się m.in. nanocząstki, nanowielowarstwy, roztwory nanocząstek (półprzewodnikowych, magnetycznych, itp.), plastyczne układu hybrydowe z nanocząstkami.</t>
         </is>
       </c>
-      <c r="D36" t="inlineStr">
+      <c r="D38" t="inlineStr">
         <is>
           <t>Xrd (w tym gixd), saxs, waxs</t>
         </is>
       </c>
-      <c r="E36" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J36" t="inlineStr">
+      <c r="E38" t="inlineStr"/>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G38" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H38" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I38" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J38" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K36" t="inlineStr">
+      <c r="K38" t="inlineStr">
         <is>
           <t>Marciszko-Wiąckowska Marianna</t>
         </is>
       </c>
-      <c r="L36" t="inlineStr">
+      <c r="L38" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marianna-marciszko-wiackowska-8299.html</t>
         </is>
       </c>
-      <c r="M36" t="inlineStr">
+      <c r="M38" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N36" t="inlineStr">
+      <c r="N38" t="inlineStr">
         <is>
           <t>Dyfrakcja, saxs, waxs, xrd</t>
         </is>
       </c>
     </row>
-    <row r="37">
-      <c r="A37" t="inlineStr">
+    <row r="39">
+      <c r="A39" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski z przystawką saxs/waxs</t>
         </is>
       </c>
-      <c r="B37" t="inlineStr">
+      <c r="B39" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski empyrean</t>
         </is>
       </c>
-      <c r="C37" t="inlineStr">
+      <c r="C39" t="inlineStr">
         <is>
           <t>Dyfraktometr proszkowy panalytical empyrean z lampą cu. pozwala prowadzić pomiary w geometrii wiązki bragg-brentano z użyciem szczelin kolimacyjnych oraz w geometrii wiązki równoległej (lustro goebla). dyfraktometr wyposażony  w wysokoczuły detektor (pixcel3d). posiada różne stoliki oraz szereg dodatkowych elementów optyki, umożliwiające prowadzenie badań dla różnego typu próbek. dyfraktometr wyposażony jest dodatkowo w komorę saxs/waxs pozwalającą na prowadzenie pomiarów w powietrzu jak i próżni.</t>
         </is>
       </c>
-      <c r="D37" t="inlineStr">
+      <c r="D39" t="inlineStr">
         <is>
           <t>- analiza fazowa
 - tekstura krystalograficzna
 - naprężenia 
 - saxs/waxs (w powietrzu i próżni)
 - xrr</t>
         </is>
       </c>
-      <c r="E37" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J37" t="inlineStr">
+      <c r="E39" t="inlineStr"/>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G39" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H39" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I39" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J39" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K37" t="inlineStr">
+      <c r="K39" t="inlineStr">
         <is>
           <t>Marciszko-Wiąckowska Marianna</t>
         </is>
       </c>
-      <c r="L37" t="inlineStr">
+      <c r="L39" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marianna-marciszko-wiackowska-8299.html</t>
         </is>
       </c>
-      <c r="M37" t="inlineStr">
+      <c r="M39" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N37" t="inlineStr">
+      <c r="N39" t="inlineStr">
         <is>
           <t>Analiza fazowa, dyfrakcja rentgenowska, naprężenia, tekstura</t>
         </is>
       </c>
     </row>
-    <row r="38">
-      <c r="A38" t="inlineStr">
+    <row r="40">
+      <c r="A40" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski z przystawką wysokotemperaturową</t>
         </is>
       </c>
-      <c r="B38" t="inlineStr">
+      <c r="B40" t="inlineStr">
         <is>
           <t>Dyfraktometr rentgenowski empyrean</t>
         </is>
       </c>
-      <c r="C38" t="inlineStr">
+      <c r="C40" t="inlineStr">
         <is>
           <t>Dyfraktometr proszkowy panalytical empyrean z lampą co. pozwala prowadzić pomiary w geometrii wiązki bragg-brentano z użyciem szczelin kolimacyjnych oraz w geometrii wiązki równoległej (lustro goebla). wyposażony są w wysokoczuły detektor (pixcel1d). posiada różne stoliki oraz szereg dodatkowych elementów optyki, umożliwiające prowadzenie badań dla różnego typu próbek. dyfraktometr z lampą co wyposażony jest dodatkowo w komorę temperaturową, umożliwiająca pomiary w zakresie -190 do 1200ºc.</t>
         </is>
       </c>
-      <c r="D38" t="inlineStr">
+      <c r="D40" t="inlineStr">
         <is>
           <t>- analiza fazowa
 - tekstura krystalograficzna
 - naprężenia 
 - pomiary w zmiennych warunkach temperaturowych i różnych atmosferach ochronnych jaki również próżni
 -xrr</t>
         </is>
       </c>
-      <c r="E38" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J38" t="inlineStr">
+      <c r="E40" t="inlineStr"/>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G40" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H40" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I40" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J40" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K38" t="inlineStr">
+      <c r="K40" t="inlineStr">
         <is>
           <t>Marciszko-Wiąckowska Marianna</t>
         </is>
       </c>
-      <c r="L38" t="inlineStr">
+      <c r="L40" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marianna-marciszko-wiackowska-8299.html</t>
         </is>
       </c>
-      <c r="M38" t="inlineStr">
+      <c r="M40" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N38" t="inlineStr">
+      <c r="N40" t="inlineStr">
         <is>
           <t>Analiza fazowa, dyfracja, naprężenia, tekstura, xrr</t>
         </is>
       </c>
     </row>
-    <row r="39">
-      <c r="A39" t="inlineStr">
+    <row r="41">
+      <c r="A41" t="inlineStr">
         <is>
           <t>Dwuwiązkowy wysokorozdzielczy skaningowy mikroskop elektronowy z działem jonów galu (fib/sem)</t>
         </is>
       </c>
-      <c r="B39" t="inlineStr">
+      <c r="B41" t="inlineStr">
         <is>
           <t>Fei versa 3d</t>
         </is>
       </c>
-      <c r="C39" t="inlineStr">
+      <c r="C41" t="inlineStr">
         <is>
           <t>Dwuwiązkowy wysokorozdzielczy skaningowy mikroskop elektronowy fei versa 3d wyposażony jest w działo elektronowe z emisją polową (feg - field emission gun) oraz działo jonowe ga+ (fib - focused ion beam). umożliwia pracę z napięciem przyspieszającym w zakresie od 500 v do 30 kv (max. prąd wiązki elektronowej 200 na). zdolność rozdzielcza mikroskopu definiowana jako rozdzielczość obrazów elektronów wtórnych przy napięciu przyspieszającym 30 kv na standardowej próbce cząstek złota wynoszącej 1 nm w trybie wysokiej próżni – hv (1.5 nm w trybie niskiej próżni - lv).
 mikroskop wyposażony jest w:
 	detektory do obrazowania w trybie wysokiej (etd, cbs) i niskiej próżni (lvsed) oraz trybie środowiskowym (gsed).
 	spektrometr dyspersji energii promieniowania rentgenowskiego (eds - energy dispersive x-ray spectrometer) ultim max 40 oraz kamerę cmos symmetry s2 firmy oxford instruments umożliwiającą pomiary dyfrakcji elektronów wstecznie rozproszonych (ebsd - electron backscatter diffraction),
 	detektor umożliwiający obrazowanie w trybie skaningowo-transmisyjnym (stem),
 	działo jonowe ga+ (fib) i system precyzyjnego dozowania gazów roboczych (gis - gas injection system). możliwość depozycji platyny (pt) lub wolframu (w),
 	dwa stoliki grzewcze (do 1000°c i 1500°c),
 	stolik peltiera,
 	nanoindenter ft-nmt04 firmy femtotools,
 	oprogramowanie auto slice&amp;view;,
 	układ dwóch nanomanipulatorów (mibotów) firmy imina.
 maksymalne wymiary próbek – średnica: 150 mm, wysokość: 55 mm; waga: 500 g.</t>
         </is>
       </c>
-      <c r="D39" t="inlineStr">
+      <c r="D41" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obserwacje mikrostruktury materiałów przewodzących i dielektrycznych.
 	badania „in-situ”:
 		stolik peltiera i stoliki grzewcze, 
 		nanomanipulatory do pomiarów właściwości elektrycznych,
 		nanoindenter.
 	tomografia elektronowa (sem/fib) - rekonstrukcja 3d mikrostruktury.
 	analizy składu pierwiastkowego (eds).
 	analizy orientacji krystalograficznych (ebsd).
 </t>
         </is>
       </c>
-      <c r="E39" t="inlineStr">
+      <c r="E41" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analiza wielkości i kształtu cząstek i porów, pomiar grubości powłok o rozmiarach mikro- i nanometrycznych.
 	obrazowanie w trybie skaningowo-transmisyjnym (stem):
 		jasnym polu (bf),
 		ciemnym polu (df),
 		szerokokątowym ciemnym polu (haadf).
 	trzy tryby pracy:
 		wysoka próżnia (hv),
 		niska próżnia (lv),
 		środowiskowy (esem).
 </t>
         </is>
       </c>
-      <c r="F39" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J39" t="inlineStr">
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G41" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H41" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I41" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J41" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K39" t="inlineStr">
+      <c r="K41" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L39" t="inlineStr">
+      <c r="L41" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M39" t="inlineStr">
+      <c r="M41" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N39" t="inlineStr">
+      <c r="N41" t="inlineStr">
         <is>
           <t>Ebsd, eds, fib, fib-sem, sem, sem-bse, sem-edx, sem-se, tomografia elektronowa</t>
-        </is>
-[...134 lines deleted...]
-          <t>In situ, nanoindentacja, właściwości mechaniczne</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
+          <t>Maszyna wytrzymałościowa instron 5982</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>Instron 5982</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>Maksymalne obciążenie 100 kn. wysokość przestrzeni roboczej 1430 mm. dokładność pomiaru siły +/- 0.5% odczytu w dół do 1/500 zakresu głowicy pomiarowej (głowicy pomiarowej serii 2580). akwizycja danych z częstotliwością próbkowania do 1 khz jednocześnie dla kanałów pomiarowych: siły, odkształcenia oraz naprężenia. prędkość odkształcenia od 0.00005 mm/min. piec oporowy sf-16 umożliwiający wykonanie badań w temperaturze do 1200c. komora do badań w obniżonych i podwyższonych temperaturach -150c - 350c.</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>Badania mechaniczne materiałów w szerokim zakresie temperatur.</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr"/>
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G42" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H42" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I42" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J42" t="inlineStr">
+        <is>
+          <t>Zakład inżynierii materiałowej</t>
+        </is>
+      </c>
+      <c r="K42" t="inlineStr">
+        <is>
+          <t>Cios Grzegorz</t>
+        </is>
+      </c>
+      <c r="L42" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
+        </is>
+      </c>
+      <c r="M42" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N42" t="inlineStr">
+        <is>
+          <t>Wytrzymałość na rozciąganie, wytrzymałość na ściskanie, wytrzymałość na zginanie</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>Nanoindenter in-situ ft-nmt04</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>Zestaw do analizy nanomechanicznej ft-nmt04 firmy femtotools</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>Nanoindenter in-situ ft-nmt04 umożliwia prowadzenie szeregu testów mikro-mechanicznych w połączeniu z jednoczesną obserwacją testowanej próbki w komorze elektronowego mikroskopu skaningowego (sem): nanoindentację testy ściskania mikro-kolumn badanie odporności na pękanie w oparciu o zginanie mikro-belek mikro/nano próby rozciągania statycznego dynamiczną analizę mechaniczną (dmt) próby zmęczeniowe korelacyjne badania nanomechaniczne w połączeniu z obrazowaniem stem, tkd lub ebsd nanoindenter ft-nmt04 jest wysoce precyzyjnym urządzeniem umożliwiającym pozycjonowanie próbki względem wgłębnika w szerokim zakresie z wykorzystaniem: jednoosiowego piezoelektrycznego siłownika ‘stick-slip’ o zakresie 21mm i precyzji pozycjonowania 1nm (oś x), dwuosiowej platformy pozycjonowania próbki o zakresie 12mm (osie y i z) z precyzją pozycjonowania 1nm, oraz jednoosiowego wysokorozdzielczego skanera piezoelektrycznego (oś x), z możliwością ciągłego przemieszczenia w zakresie 25um i dokładnością pozycjonowania 50pm (poziom szumów pojemnościowego enkodera położenia). zastosowanie dedykowanego wysokorozdzielczego skanera przemieszczenia, dzięki prowadzeniu testów w trybie kontroli przemieszczenia, umożliwia między innymi detekcję zjawisk takich jak aktywacja poślizgu dyslokacyjnego. zakres i rozdzielczość pomiaru siły zależy od zainstalowanego mikroczujnika siły, maksymalną rozdzielczość na poziomie 0,5 nn można uzyskać przy zakresie siły ±200 μn, a maksymalny zakres siły to ±200000 μn z dokładnością 500nn. ft-nmt04 wykorzystuje wgłębniki zintegrowane z mikroczujnikiem siły. dostępne geometrie wgłębników to między innymi: berkovich, cube corner, flat punch.</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>Nanoindentacja; testy ściskania mikro-kolumn; badanie odporności na pękanie w oparciu o zginanie mikro-belek; mikro/nano próby rozciągania statycznego; dynamiczna analiza mechaniczna (dmt); próby zmęczeniowe; korelacyjne badania nanomechaniczne w połączeniu z obrazowaniem stem, tkd lub ebsd</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr"/>
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G43" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H43" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I43" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J43" t="inlineStr">
+        <is>
+          <t>Zakład inżynierii materiałowej</t>
+        </is>
+      </c>
+      <c r="K43" t="inlineStr">
+        <is>
+          <t>Kawałko Jakub</t>
+        </is>
+      </c>
+      <c r="L43" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/jakub-kawalko-8561.html</t>
+        </is>
+      </c>
+      <c r="M43" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N43" t="inlineStr">
+        <is>
+          <t>In situ, nanoindentacja, właściwości mechaniczne</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
           <t>Dwuwiązkowy ultra-wysokorozdzielczy skaningowy mikroskop elektronowy z działem jonów ksenonu (pfib/sem) wraz z mikroskopem sił atomowych (afm)</t>
         </is>
       </c>
-      <c r="B42" t="inlineStr">
+      <c r="B44" t="inlineStr">
         <is>
           <t>Thermo fisher scientific helios 5 pfib cxe</t>
         </is>
       </c>
-      <c r="C42" t="inlineStr">
+      <c r="C44" t="inlineStr">
         <is>
           <t>Dwuwiązkowy, ultra-wysokorozdzielczy skaningowy mikroskop elektronowy helios 5 wyposażony jest w wysokostabilne, monochromatyczne działo elektronowe z emisją polową schottky'ego (feg - field emission gun) oraz działo jonowe xe (pfib - plasma focused ion beam). umożliwia pracę z napięciem przyspieszającym w zakresie od 350 v do 30 kv (max. prąd wiązki elektronowej 100 na) i energii lądowania 20 ev do 30 kev. zdolność rozdzielcza mikroskopu definiowana jako rozdzielczość obrazów elektronów wtórnych przy napięciu przyspieszającym 1 kv na standardowej próbce cząstek złota wynosi 0.7 nm. maksymalne pole widzenia wynosi 2.3 mm dla wd 4 mm.
 mikroskop wyposażony jest w:
 	detektory do obrazowania:  wewnątrzsoczewkowy elstar (tld-se, tld-bse); wewnątrzkolumnowy elstar (icd - se/bse); elektronów wtórnych (etd); elektronów i jonów wtórnych (ice - si, se); wysuwany niskonapięciowy, wysokokontrastowy detektor elektronów wstecznie rozproszonych (abs/dbs),
 	spektrometr dyspersji energii promieniowania rtg. (eds - energy dispersive x-ray spectrometer) ultim max 60 oraz kamerę cmos symmetry s3 firmy oxford instruments umożliwiającą pomiary dyfrakcji elektronów wstecznie rozproszonych (ebsd - electron backscatter diffraction),
 	detektor umożliwiający obrazowanie w trybie skaningowo-transmisyjnym (stem3+),
 	działo jonowe xe (pfib) i dwa systemy dozowania gazów (gis - gas injection system). możliwość depozycji platyny (pt) i/lub wolframu (w),
 	nanoindenter ft-nmt04 firmy femtotools,
 	oprogramowanie auto slice&amp;view;,
 	stolik afm firmy nenovision.
 maksymalne wymiary próbek – średnica: 110 mm, wysokość: 65 mm; waga: 500 g.</t>
         </is>
       </c>
-      <c r="D42" t="inlineStr">
+      <c r="D44" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	ultra-wysokorozdzielcze obrazowanie mikrostruktury materiałów przewodzących i nieprzewodzących.
 	pomiar nanotwardości.
 	analiza topografii powierzchni (afm).
 	tomografia elektronowa (sem/fib) - rekonstrukcja 3d mikrostruktury.
 	analizy składu pierwiastkowego (eds).
 	analizy orientacji krystalograficznych (ebsd).
 	przygotowanie próbek tem i apt bez implantacji ga+.
  </t>
         </is>
       </c>
-      <c r="E42" t="inlineStr">
+      <c r="E44" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analiza wielkości i kształtu cząstek i porów, pomiar grubości powłok o rozmiarach mikro- i nanometrycznych.
 	obrazowanie w trybie skaningowo-transmisyjnym (stem):
 		jasnym polu (bf),
 		ciemnym polu (df),
 		szerokokątowym ciemnym polu (haadf).
 	precyzyjne przygotowanie przekrojów pfib (rocking polish).
 	możliwość akwizycji obrazów z dużych obszarów (mapa 3 sem).
 </t>
         </is>
       </c>
-      <c r="F42" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J42" t="inlineStr">
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G44" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H44" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I44" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J44" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K42" t="inlineStr">
+      <c r="K44" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L42" t="inlineStr">
+      <c r="L44" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M42" t="inlineStr">
+      <c r="M44" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N42" t="inlineStr">
+      <c r="N44" t="inlineStr">
         <is>
           <t>Ebsd, ecci, eds, edx, pfib, rekonstrukcja 3d, sem, stem, tomografia elektronowa</t>
         </is>
       </c>
     </row>
-    <row r="43">
-      <c r="A43" t="inlineStr">
+    <row r="45">
+      <c r="A45" t="inlineStr">
         <is>
           <t>Napylarka wysokopróżniowa q150t e quorum technologies</t>
         </is>
       </c>
-      <c r="B43" t="inlineStr">
+      <c r="B45" t="inlineStr">
         <is>
           <t>Q150t e quorum technologies</t>
         </is>
       </c>
-      <c r="C43" t="inlineStr">
+      <c r="C45" t="inlineStr">
         <is>
           <t>Urządzenie umożliwia nanoszenie cienkich, amorficznych warstw węgla (c) o wysokiej czystości i dużej gęstości na powierzchni próbek nieprzewodzących, w celu poprawy przewodności elektrycznej próbek analizowanych przy użyciu skaningowego mikroskopu elektronowego (sem), siateczek do transmisyjnej mikroskopii elektronowej (tem) oraz przygotowanie replik do badań w trybie skaningowo-transmisyjnym (stem).</t>
         </is>
       </c>
-      <c r="D43" t="inlineStr">
+      <c r="D45" t="inlineStr">
         <is>
           <t>Urządzenie umożliwia precyzyjną kontrolę grubości warstwy węgla dzięki zainstalowanej wadze kwarcowej. minimalna grubość warstwy wynosi 1 nm.</t>
         </is>
       </c>
-      <c r="E43" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J43" t="inlineStr">
+      <c r="E45" t="inlineStr"/>
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G45" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H45" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I45" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J45" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K43" t="inlineStr">
+      <c r="K45" t="inlineStr">
         <is>
           <t>Berent Katarzyna</t>
         </is>
       </c>
-      <c r="L43" t="inlineStr">
+      <c r="L45" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/katarzyna-berent-7827.html</t>
         </is>
       </c>
-      <c r="M43" t="inlineStr">
+      <c r="M45" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N43" t="inlineStr">
+      <c r="N45" t="inlineStr">
         <is>
           <t>Cienkie warstwy, napylarka, warstwy przewodzące, warstwy węgla</t>
         </is>
       </c>
     </row>
-    <row r="44">
-      <c r="A44" t="inlineStr">
+    <row r="46">
+      <c r="A46" t="inlineStr">
         <is>
           <t>Tribometr trzpień-tarcza trb³ anton paar</t>
         </is>
       </c>
-      <c r="B44" t="inlineStr">
+      <c r="B46" t="inlineStr">
         <is>
           <t>Trb³ anton paar</t>
         </is>
       </c>
-      <c r="C44" t="inlineStr">
+      <c r="C46" t="inlineStr">
         <is>
           <t>Urządzenie pozwala na badanie właściwości tribologicznych szerokiej gamy materiałów w różnych trybach: ruchu (liniowy, posuwisto-zwrotny), styku (trzpień, kula), prędkości i  smarowania.
 tribometr charakteryzują następujące parametry pracy:
 - prędkość obrotowa: 0,2 - 2000 obr/min,
 - maksymalny moment obrotowy: 450 nmm,
 - trzpień na kulki i piny o średnicach 6mm,
 - średnica maksymalna próbki: 60 mm,
 - maksymalne obciążenie normalne: 60 n,
 - maksymalna prędkość w ruchu liniowym: 100mm/s,
 - czujnik temperatury w zakresie -40°c - 125°c</t>
         </is>
       </c>
-      <c r="D44" t="inlineStr">
+      <c r="D46" t="inlineStr">
         <is>
           <t>- badanie odporności na zużycie
 - badanie szybkości zużycia</t>
         </is>
       </c>
-      <c r="E44" t="inlineStr">
+      <c r="E46" t="inlineStr">
         <is>
           <t>Możliwość pracy zgodnie z normami:
 astm g99, astm g133, din 50324, vdi 3198, iso 1071-2</t>
         </is>
       </c>
-      <c r="F44" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J44" t="inlineStr">
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G46" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H46" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I46" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J46" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K44" t="inlineStr">
+      <c r="K46" t="inlineStr">
         <is>
           <t>Gajewska Marta</t>
         </is>
       </c>
-      <c r="L44" t="inlineStr">
+      <c r="L46" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marta-gajewska-7840.html</t>
         </is>
       </c>
-      <c r="M44" t="inlineStr">
+      <c r="M46" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N44" t="inlineStr">
+      <c r="N46" t="inlineStr">
         <is>
           <t>Odporność na zużycie, szybkość zużycia, trzpień-tarcza</t>
         </is>
       </c>
     </row>
-    <row r="45">
-      <c r="A45" t="inlineStr">
+    <row r="47">
+      <c r="A47" t="inlineStr">
         <is>
           <t>Transmisyjny mikroskop elektronowy (tem) tecnai tf 20 x-twin (fei)</t>
         </is>
       </c>
-      <c r="B45" t="inlineStr">
+      <c r="B47" t="inlineStr">
         <is>
           <t>Tecnai tf 20 x-twin (fei)</t>
         </is>
       </c>
-      <c r="C45" t="inlineStr">
+      <c r="C47" t="inlineStr">
         <is>
           <t>Tecnai tf 20 x-twin (200 kv) jest wysokorozdzielczym transmisyjnym mikroskopem elektronowym wyposażonym w działo elektronowe z emisją polową (field emission gun - feg). mikroskop umożliwia obrazowanie mikrostruktury szerokiej gamy materiałów (takich jak: metale i ich stopy, ceramika, półprzewodniki, polimery, kompozyty) w jasnym i ciemnym polu (ang. bright field/dark field imaging). obserwacje tego typu pozwalają na analizę m.in. wielkości ziaren/krystalitów w materiale, zdefektowania materiału, rozmieszczenia i rozkładu wielkości wydzieleń, grubości powłok, itp.. wysoka zdolność rozdzielcza mikroskopu (punktowa zdolność rozdzielcza ≤ 0,22 nm, limit informacyjny ≤ 0,14 nm) umożliwia szczegółowe obrazowanie nanostruktur (nanocząstki, nanodruty, nanowarstwy, kropki kwantowe), jak również bezpośrednie obrazowanie struktury atomowej materiałów. ponadto, za pomocą dyfrakcji elektronowej (dyfrakcja w wiązce równoległej, selected area diffraction) istnieje możliwość: identyfikacji faz w konkretnych mikroobszarach w materiale, analizy lokalnej orientacji mikroobszarów, czy też określenia zależności krystalograficznych występujących między poszczególnymi fazami w materiale. mikroskop posiada też zintegrowany spektrometr promieniowania rentgenowskiego (edax) służący do analizy składu chemicznego preparatów w mikro-/nanoobszarach. mikroskop ma też możliwość pracy w trybie skaningowo-transmisyjnym (stem) z detektorem obrazowym haadf.
 mikroskop charakteryzują następujące parametry pracy:
 - źródło elektronowe z emisją polową - feg
 - napięcie przyspieszające - 200 kv
 - zakres powiększeń - 1025 – 900 k
 - kamera ccd 2k (eagle 2k hr)
 - detektory: edax rtem 0.3 sr, haadf</t>
         </is>
       </c>
-      <c r="D45" t="inlineStr">
+      <c r="D47" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analiza morfologii i wielkości ziaren/krystalitów/cząstek, zdefektowania materiału, rozmieszczenia i rozkładu wielkości wydzieleń, grubości powłok, itp.
 	analiza struktury atomowej materiału (odległości międzypłaszczyznowe, identyfikacja defektów strukturalnych)
 	identyfikacja faz wchodzących w skład materiału, analiza lokalnej orientacji krystalograficznej mikroobszarów
 	analiza składu chemicznego w mikro-/nano- obszarach
 </t>
         </is>
       </c>
-      <c r="E45" t="inlineStr">
+      <c r="E47" t="inlineStr">
         <is>
           <t>- obserwacje w jasnym polu (bf), ciemnym polu (df) oraz wysokorozdzielcze (hr)
 - obserwacje w trybie skaningowo-transmisyjnym (stem) z użyciem pierścieniowego detektora ciemnego pola (haadf)
 - dyfrakcja elektronowa z wybranych obszarów (saed)
 - analiza eds (punktowa, liniowa oraz tzw. mapping).
 holdery: double tilt low background, single tilt
 oprogramowanie: tem imaging &amp; analysis, low dose, k-space control, smart tilt</t>
         </is>
       </c>
-      <c r="F45" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J45" t="inlineStr">
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G47" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H47" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I47" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J47" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K45" t="inlineStr">
+      <c r="K47" t="inlineStr">
         <is>
           <t>Gajewska Marta</t>
         </is>
       </c>
-      <c r="L45" t="inlineStr">
+      <c r="L47" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marta-gajewska-7840.html</t>
         </is>
       </c>
-      <c r="M45" t="inlineStr">
+      <c r="M47" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N45" t="inlineStr">
+      <c r="N47" t="inlineStr">
         <is>
           <t>Eds, mikroskopia elektronowa, tem</t>
         </is>
       </c>
     </row>
-    <row r="46">
-      <c r="A46" t="inlineStr">
+    <row r="48">
+      <c r="A48" t="inlineStr">
         <is>
           <t>Nanoindenter g200 agilent - kla</t>
         </is>
       </c>
-      <c r="B46" t="inlineStr">
+      <c r="B48" t="inlineStr">
         <is>
           <t>G200 agilent - kla</t>
         </is>
       </c>
-      <c r="C46" t="inlineStr">
+      <c r="C48" t="inlineStr">
         <is>
           <t>Urządzenie do badania twardości oraz modułu younga w skali nanometrowej, o zakresie obciążeń do 9.8 n (w trybie high load). wyposażone w moduł csm (continous stiffness measurement) pozwalający na ciągły pomiar modułu younga oraz twardości w funkcji głębokości od powierzchni. pozwala na wykonanie scratch testów w skali nanometrycznej wraz z pomiarem współczynnika tarcia dzięki modułowi lateral force. urządzenie pozwala na obrazowanie topografii powierzchni materiałów, a także efektów oddziaływania wgłębnika z materiałem. wykonuje pomiary zgodne z normą iso 14577. pozwala na badanie wpływu prędkości odkształcenia na ww. parametry.</t>
         </is>
       </c>
-      <c r="D46" t="inlineStr">
+      <c r="D48" t="inlineStr">
         <is>
           <t xml:space="preserve">Pomiar twardości
 pomiar modułu younga
 pomiary punktowe
 pomiary wzdłuż linii
 mapowanie powierzchni
 scratch testy
  </t>
         </is>
       </c>
-      <c r="E46" t="inlineStr"/>
-[...134 lines deleted...]
-      </c>
       <c r="E48" t="inlineStr"/>
       <c r="F48" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G48" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
       <c r="H48" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I48" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
       <c r="J48" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
       <c r="K48" t="inlineStr">
         <is>
           <t>Cios Grzegorz</t>
         </is>
       </c>
       <c r="L48" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
         </is>
       </c>
       <c r="M48" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N48" t="inlineStr">
         <is>
-          <t>Wytrzymałość na rozciąganie, wytrzymałość na ściskanie, wytrzymałość na zginanie</t>
+          <t>Moduł younga, twardość, zarysowanie</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>Mikroskop metalograficzny nikon eclipse lv150n</t>
+          <t>Maszyna wytrzymałościowa instron 600dx</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>Nikon eclipse lv150n</t>
+          <t>Instron 600dx</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
-          <t>Mikroskop świetlny (lm) umożliwia obrazowanie w świetle odbitym w jasnym polu (bf), ciemnym polu (df), świetle spolaryzowanym (pol) oraz kontraście interferencyjnym tzw. kontraście nomarskiego (dic). posiada w pełni zmotoryzowany stolik (x,y,z), pozwalający na automatyczne robienie zdjęć w powiększonej głębi ostrości (edf), wraz z trójwymiarowym obrazowaniem powierzchni, a także pozwala na automatyczne skanowanie całych zgładów metalograficznych w wysokiej rozdzielczości.</t>
+          <t>Maksymalne obciążenie – 600 kn. zakres prędkości roboczych od 0.1 do 76 mm/min. tensometryczne głowice pomiarowe 100 i 600 kn o klasie dokładności pomiarowej 0.5 i liniowości minimum +/- 0.25 % wartości zmierzonej w przedziale 0.4 % do 100 % zakresu pomiarowego głowicy. cyfrowy przetwornik pomiaru przemieszczenia trawersy o rozdzielczości 1 μm. wysokość przestrzeni testowej 900 mm, odległość między kolumnami 526 mm. podwójna przestrzeń robocza umożliwiająca w sposób łatwy dostosowanie urządzenia do wykonywania prób rozciągania i ściskania – nie ma potrzeby wymiany ciężkiego oprzyrządowania oraz uchwytów. możliwość wykonywania standardowych badań lub tworzenia własnych indywidualnych testów badawczych opartych na zdefiniowanych przez użytkownika obliczeniach (dzięki możliwości sterowania przemieszczeniem trawersy maszyny wytrzymałościowej w funkcji czasu, przemieszczenia, obciążenia, naprężenia i odkształcenia).</t>
         </is>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>Mikroskop świetlny (lm) umożliwia obrazowanie w świetle odbitym w jasnym polu (bf), ciemnym polu (df), świetle spolaryzowanym (pol) oraz kontraście interferencyjnym tzw. kontraście nomarskiego (dic). posiada w pełni zmotoryzowany stolik (x,y,z), pozwalający na automatyczne robienie zdjęć w powiększonej głębi ostrości (edf), wraz z trójwymiarowym obrazowaniem powierzchni, a także pozwala na automatyczne skanowanie całych zgładów metalograficznych w wysokiej rozdzielczości.</t>
+          <t>Wytrzymałość materiałów</t>
         </is>
       </c>
       <c r="E49" t="inlineStr"/>
       <c r="F49" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G49" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
       <c r="H49" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I49" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
       <c r="J49" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
       <c r="K49" t="inlineStr">
         <is>
           <t>Cios Grzegorz</t>
         </is>
       </c>
       <c r="L49" t="inlineStr">
         <is>
-          <t>Https://api.skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
+          <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
         </is>
       </c>
       <c r="M49" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N49" t="inlineStr">
         <is>
-          <t>Mikroskopia</t>
+          <t>Wytrzymałość na rozciąganie</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>Walcarka fsm 130 durston</t>
+          <t>Maszyna wytrzymałościowa instron 5966</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Fsm 130 firmy durston</t>
+          <t>Instron 5966</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
-          <t>Walcowanie płaskowników oraz prętów kwadratowych miękkich metali i stopów na zimno.</t>
+          <t>Maksymalne obciążenie 10 kn. wyposażona dodatkowo w głowicę do 1 kn oraz szczęki pneumatyczne z zestawem wkładek (np. do badania taśm).</t>
         </is>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>Walcowanie próbek metali.</t>
+          <t>Rozciąganie, ściskanie, zginanie i inne.</t>
         </is>
       </c>
       <c r="E50" t="inlineStr"/>
       <c r="F50" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G50" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
       <c r="H50" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I50" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
       <c r="J50" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
       <c r="K50" t="inlineStr">
         <is>
           <t>Cios Grzegorz</t>
         </is>
       </c>
       <c r="L50" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
         </is>
       </c>
       <c r="M50" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N50" t="inlineStr">
         <is>
-          <t>Odkształcenie, walcowanie</t>
+          <t>Wytrzymałość na rozciąganie, wytrzymałość na ściskanie, wytrzymałość na zginanie</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>Urządzenie do polerowania elektrolitycznego cienkich folii tenupol</t>
+          <t>Mikroskop metalograficzny nikon eclipse lv150n</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Struers tenupol-5</t>
+          <t>Nikon eclipse lv150n</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
-          <t>Tenupol-5 jest przeznaczony do automatycznego elektrolitycznego pocieniania próbek do badania w transmisyjnym mikroskopie elektronowym. ustalanie parametrów dla nowych materiałów i przechowywanie ich w bazie danych metod jest proste dzięki wbudowanej funkcji skanowania i dodatkowym funkcjom rozszerzającym. tenupol-5 składa się z dwóch oddzielnych jednostek - jednostki sterującej i jednostki polerującej lub pocieniającej. perforowana próbka do transmisyjnej mikroskopii elektronowej jest przygotowywana w ciągu kilku minut przy użyciu próbki o średnicy 3,0 lub 2,3 mm.</t>
+          <t>Mikroskop świetlny (lm) umożliwia obrazowanie w świetle odbitym w jasnym polu (bf), ciemnym polu (df), świetle spolaryzowanym (pol) oraz kontraście interferencyjnym tzw. kontraście nomarskiego (dic). posiada w pełni zmotoryzowany stolik (x,y,z), pozwalający na automatyczne robienie zdjęć w powiększonej głębi ostrości (edf), wraz z trójwymiarowym obrazowaniem powierzchni, a także pozwala na automatyczne skanowanie całych zgładów metalograficznych w wysokiej rozdzielczości.</t>
         </is>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>Przygotowanie próbek metali i stopów dla transmisyjnej mikroskopii elektronowej</t>
+          <t>Mikroskop świetlny (lm) umożliwia obrazowanie w świetle odbitym w jasnym polu (bf), ciemnym polu (df), świetle spolaryzowanym (pol) oraz kontraście interferencyjnym tzw. kontraście nomarskiego (dic). posiada w pełni zmotoryzowany stolik (x,y,z), pozwalający na automatyczne robienie zdjęć w powiększonej głębi ostrości (edf), wraz z trójwymiarowym obrazowaniem powierzchni, a także pozwala na automatyczne skanowanie całych zgładów metalograficznych w wysokiej rozdzielczości.</t>
         </is>
       </c>
       <c r="E51" t="inlineStr"/>
       <c r="F51" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G51" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
       <c r="H51" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I51" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
       <c r="J51" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
       <c r="K51" t="inlineStr">
         <is>
           <t>Cios Grzegorz</t>
         </is>
       </c>
       <c r="L51" t="inlineStr">
         <is>
-          <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
+          <t>Https://api.skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
         </is>
       </c>
       <c r="M51" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N51" t="inlineStr">
         <is>
-          <t>Electropolerka, tem</t>
+          <t>Mikroskopia</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>Piece łukowe mini arc melter</t>
+          <t>Walcarka fsm 130 durston</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>Mini arc melter mam-1 buehler</t>
+          <t>Fsm 130 firmy durston</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
-          <t>Urządzenia te służą do syntezy stopów o masie 5-20 g, w tym materiałów wysokotopliwych, w wyniku przetapiania w łuku elektrycznym. piece posiadają wbudowaną pompę rotacyjną, elektrodę wolframową oraz generator 180 a. proces topienia prowadzony jest na miedzianej płycie chłodzonej wodą w komorze po jej uprzednim odpompowaniu i napełnieniu gazem obojętnym. jeden z pieców wyposażony jest w system umożliwiający otrzymanie materiałów w postaci prętów o średnicy 3 mm i długości 30 mm poprzez zassanie ciekłego stopu do miedzianej formy (tzw. suction casting).</t>
+          <t>Walcowanie płaskowników oraz prętów kwadratowych miękkich metali i stopów na zimno.</t>
         </is>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>Topienie materiałów</t>
+          <t>Walcowanie próbek metali.</t>
         </is>
       </c>
       <c r="E52" t="inlineStr"/>
       <c r="F52" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G52" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
       <c r="H52" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I52" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
       <c r="J52" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
       <c r="K52" t="inlineStr">
         <is>
           <t>Cios Grzegorz</t>
         </is>
       </c>
       <c r="L52" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
         </is>
       </c>
       <c r="M52" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N52" t="inlineStr">
         <is>
-          <t>Łuk elektryczny, piec łukowy, topienie</t>
+          <t>Odkształcenie, walcowanie</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>Piece do 1300°c</t>
+          <t>Urządzenie do polerowania elektrolitycznego cienkich folii tenupol</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>Piece firmy kepka</t>
+          <t>Struers tenupol-5</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
-          <t>Cztery piece oporowe ze sterownikiem bez atmosfery ochronnej czy też próżni.</t>
+          <t>Tenupol-5 jest przeznaczony do automatycznego elektrolitycznego pocieniania próbek do badania w transmisyjnym mikroskopie elektronowym. ustalanie parametrów dla nowych materiałów i przechowywanie ich w bazie danych metod jest proste dzięki wbudowanej funkcji skanowania i dodatkowym funkcjom rozszerzającym. tenupol-5 składa się z dwóch oddzielnych jednostek - jednostki sterującej i jednostki polerującej lub pocieniającej. perforowana próbka do transmisyjnej mikroskopii elektronowej jest przygotowywana w ciągu kilku minut przy użyciu próbki o średnicy 3,0 lub 2,3 mm.</t>
         </is>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>Obróbka cieplna</t>
+          <t>Przygotowanie próbek metali i stopów dla transmisyjnej mikroskopii elektronowej</t>
         </is>
       </c>
       <c r="E53" t="inlineStr"/>
       <c r="F53" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G53" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
       <c r="H53" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I53" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
       <c r="J53" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
       <c r="K53" t="inlineStr">
         <is>
           <t>Cios Grzegorz</t>
         </is>
       </c>
       <c r="L53" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
         </is>
       </c>
       <c r="M53" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N53" t="inlineStr">
         <is>
-          <t>Obróbka cieplna, piec</t>
+          <t>Electropolerka, tem</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>Detektory ebsd i eds</t>
+          <t>Piece łukowe mini arc melter</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>Ebsd symmetry s2 i eds ultim max 40</t>
+          <t>Mini arc melter mam-1 buehler</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
-          <t>Detektor ebsd symmetry s2 jest zamontowany w skaningowym mikroskopie elektronowym (sem) versa 3d w laboratorium skaningowej mikroskopii elektronowej acmin. pozwala na: -analizę lokalnej tekstury oraz składu fazowego materiałów krystalicznych. -z szybkością 4500 zindeksowanych obrazów dyfrakcyjnych na sekundę. -zbieranie obrazów dyfrakcyjnych z rozdzielczością maksymalną 1244x1024 pikseli (np. w celu analizy lokalnych naprężeń). -skanowanie dużych obszarów próbek (np. 20 x 20 mm). towarzyszące oprogramowanie pozwala na np. wyznaczanie średniej wielkości ziarna, wygenerowanie figur biegunowych (tekstura krystalograficzna). więcej o ebsd można znaleźć pod adresem https://www.ebsd.com/ detektor eds ultim max jest detektorem energii promieniowania wzbudzonego z próbki w skaningowym mikroskopie elektronowym(sem) versa 3d w laboratorium skaningowej mikroskopii elektronowej acmin. umożliwia analizę jakościową i ilościową składu chemicznego w punkcie, analizę wzdłuż linii oraz mapowanie powierzchni.</t>
+          <t>Urządzenia te służą do syntezy stopów o masie 5-20 g, w tym materiałów wysokotopliwych, w wyniku przetapiania w łuku elektrycznym. piece posiadają wbudowaną pompę rotacyjną, elektrodę wolframową oraz generator 180 a. proces topienia prowadzony jest na miedzianej płycie chłodzonej wodą w komorze po jej uprzednim odpompowaniu i napełnieniu gazem obojętnym. jeden z pieców wyposażony jest w system umożliwiający otrzymanie materiałów w postaci prętów o średnicy 3 mm i długości 30 mm poprzez zassanie ciekłego stopu do miedzianej formy (tzw. suction casting).</t>
         </is>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>Lokalna analiza składu chemicznego oraz orientacji krystalograficznej faz</t>
-[...6 lines deleted...]
-      </c>
+          <t>Topienie materiałów</t>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr"/>
       <c r="F54" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G54" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
       <c r="H54" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I54" t="inlineStr">
         <is>
           <t>Akademickie centrum materiałów i nanotechnologii</t>
         </is>
       </c>
       <c r="J54" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
       <c r="K54" t="inlineStr">
         <is>
           <t>Cios Grzegorz</t>
         </is>
       </c>
       <c r="L54" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
         </is>
       </c>
       <c r="M54" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
       <c r="N54" t="inlineStr">
         <is>
-          <t>Ebsd, eds, sem</t>
+          <t>Łuk elektryczny, piec łukowy, topienie</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
+          <t>Piece do 1300°c</t>
+        </is>
+      </c>
+      <c r="B55" t="inlineStr">
+        <is>
+          <t>Piece firmy kepka</t>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr">
+        <is>
+          <t>Cztery piece oporowe ze sterownikiem bez atmosfery ochronnej czy też próżni.</t>
+        </is>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <t>Obróbka cieplna</t>
+        </is>
+      </c>
+      <c r="E55" t="inlineStr"/>
+      <c r="F55" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G55" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H55" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I55" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J55" t="inlineStr">
+        <is>
+          <t>Zakład inżynierii materiałowej</t>
+        </is>
+      </c>
+      <c r="K55" t="inlineStr">
+        <is>
+          <t>Cios Grzegorz</t>
+        </is>
+      </c>
+      <c r="L55" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
+        </is>
+      </c>
+      <c r="M55" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N55" t="inlineStr">
+        <is>
+          <t>Obróbka cieplna, piec</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
+        <is>
+          <t>Detektory ebsd i eds</t>
+        </is>
+      </c>
+      <c r="B56" t="inlineStr">
+        <is>
+          <t>Ebsd symmetry s2 i eds ultim max 40</t>
+        </is>
+      </c>
+      <c r="C56" t="inlineStr">
+        <is>
+          <t>Detektor ebsd symmetry s2 jest zamontowany w skaningowym mikroskopie elektronowym (sem) versa 3d w laboratorium skaningowej mikroskopii elektronowej acmin. pozwala na: -analizę lokalnej tekstury oraz składu fazowego materiałów krystalicznych. -z szybkością 4500 zindeksowanych obrazów dyfrakcyjnych na sekundę. -zbieranie obrazów dyfrakcyjnych z rozdzielczością maksymalną 1244x1024 pikseli (np. w celu analizy lokalnych naprężeń). -skanowanie dużych obszarów próbek (np. 20 x 20 mm). towarzyszące oprogramowanie pozwala na np. wyznaczanie średniej wielkości ziarna, wygenerowanie figur biegunowych (tekstura krystalograficzna). więcej o ebsd można znaleźć pod adresem https://www.ebsd.com/ detektor eds ultim max jest detektorem energii promieniowania wzbudzonego z próbki w skaningowym mikroskopie elektronowym(sem) versa 3d w laboratorium skaningowej mikroskopii elektronowej acmin. umożliwia analizę jakościową i ilościową składu chemicznego w punkcie, analizę wzdłuż linii oraz mapowanie powierzchni.</t>
+        </is>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>Lokalna analiza składu chemicznego oraz orientacji krystalograficznej faz</t>
+        </is>
+      </c>
+      <c r="E56" t="inlineStr">
+        <is>
+          <t>Skład chemiczny (ilościowo, z wyłączeniem niektórych pierwiastków), tekstura krystalograficzna, skład fazowy, wielkość ziarna</t>
+        </is>
+      </c>
+      <c r="F56" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G56" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H56" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I56" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J56" t="inlineStr">
+        <is>
+          <t>Zakład inżynierii materiałowej</t>
+        </is>
+      </c>
+      <c r="K56" t="inlineStr">
+        <is>
+          <t>Cios Grzegorz</t>
+        </is>
+      </c>
+      <c r="L56" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/grzegorz-cios-7871.html</t>
+        </is>
+      </c>
+      <c r="M56" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N56" t="inlineStr">
+        <is>
+          <t>Ebsd, eds, sem</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
+        <is>
           <t>Skaningowy mikroskop elektronowy z działem jonowym (sem/fib)</t>
         </is>
       </c>
-      <c r="B55" t="inlineStr">
+      <c r="B57" t="inlineStr">
         <is>
           <t>Quanta 3d 200i fib/sem (fei)</t>
         </is>
       </c>
-      <c r="C55" t="inlineStr">
+      <c r="C57" t="inlineStr">
         <is>
           <t>Mikroskop quanta 3d 200i typu „dual beam” (sem/fib) jest urządzeniem dedykowanym do preparatyki cienkich folii do badań tem/stem. instrument wyposażony jest w dwa działa: elektronowe (włókno wolframowe) oraz jonowe (ga+),  system precyzyjnego dozowania gazów roboczych (gis), służący do depozycji pt/w oraz mikromanipulator (omniprobe) do przenoszenia cienkich preparatów. mikroskop umożliwia preparatykę cienkich folii z większości istniejących materiałów inżynierskich (metale, stopy, ceramika, polimery, kompozyty, powłoki), z wybranego z dokładnością do kilku mikrometrów miejsca w próbce. mikroskop wyposażony jest też w spektrometr dyspersji energii promieniowania rentgenowskiego (energy dispersive x-ray spectrometer – eds) oraz detektor dyfrakcji elektronów wstecznie rozproszonych (electron backscattered diffraction - ebsd).
 mikroskop charakteryzują następujące parametry pracy:
 - źródło elektronowe - włókno w
 - zakres napięć przyspieszających elektrony – 0,5-30 kv
 - zakres napięć przyspieszających jony – 2-30 kv
 - zakres prądów wiązki jonowej - 1.5 pa – 65 na
 - detektory: lfd, gsed, ss stem, low kv ss bsed
 - micromanipulator: omniprobe model 100.7
 - gis w</t>
         </is>
       </c>
-      <c r="D55" t="inlineStr">
+      <c r="D57" t="inlineStr">
         <is>
           <t>Preparatyka cienkich folii (lameli) do badań tem/stem.
 obrazowanie z użyciem detektora elektronów wtórnych (se) i wstecznie rozproszonych (bse).
 analiza eds składu chemicznego.
 analiza ebsd rozkładu orientacji krystalograficznych.</t>
         </is>
       </c>
-      <c r="E55" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J55" t="inlineStr">
+      <c r="E57" t="inlineStr"/>
+      <c r="F57" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G57" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H57" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I57" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J57" t="inlineStr">
         <is>
           <t>Zakład inżynierii materiałowej</t>
         </is>
       </c>
-      <c r="K55" t="inlineStr">
+      <c r="K57" t="inlineStr">
         <is>
           <t>Gajewska Marta</t>
         </is>
       </c>
-      <c r="L55" t="inlineStr">
+      <c r="L57" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/marta-gajewska-7840.html</t>
         </is>
       </c>
-      <c r="M55" t="inlineStr">
+      <c r="M57" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N55" t="inlineStr">
+      <c r="N57" t="inlineStr">
         <is>
           <t>Fib, preparatyka lameli, sem</t>
         </is>
       </c>
     </row>
-    <row r="56">
-      <c r="A56" t="inlineStr">
+    <row r="58">
+      <c r="A58" t="inlineStr">
         <is>
           <t>Niskotemperaturowy skaningowy mikroskop tunelowy</t>
         </is>
       </c>
-      <c r="B56" t="inlineStr">
+      <c r="B58" t="inlineStr">
         <is>
           <t>Panscan freedom 7k stm subsystem</t>
         </is>
       </c>
-      <c r="C56" t="inlineStr">
+      <c r="C58" t="inlineStr">
         <is>
           <t>Mikroskop wykorzystuje kwantowe zjawisko tunelowania elektronów pomiędzy próbką a ostrzem skanującym. mikroskop pozwala m.in. na obserwowanie powierzchni próbki z rozdzielczością atomową, obrazowanie struktury cząsteczek, defektów, czy też badanie lokalnej gęstość stanów elektronowych (w opcji zwanej skaningową spektroskopią tunelową, sts). pomiary można wykonywać w warunkach ultrawysokiej próżni (poniżej 1*10-10 mbar) w szerokim zakresie temperatur od ~10 k do 400 k. system chłodzenia pracuje w obiegu zamkniętym, bez konieczności zakupu ciekłego helu. jest tak zaprojektowany, aby umożliwiał chłodzenie nie tylko samej próbki, ale i ostrza. znacznie zwiększa to rozdzielczość i w znacznym stopniu ogranicza wpływ szumu termicznego na mierzony sygnał.
 mikroskop jest zainstalowany w dwukomorowym systemie ultrawysokiej próżni, który umożliwia przygotowywanie próbek (wygrzewanie, bombardowanie jonami, osadzanie adsorbatów) oraz dodatkową charakteryzację powierzchni przez wyznaczanie jej składu chemicznego (spektroskopia elektronów augera, aes) i stanu uporządkowania krystalograficznego (dyfrakcja nisko-energetycznych elektronów, leed). wszystko to pod kontrolą zawartości gazów resztkowych w tym systemie (kwadrupolowy spektrometr mas, rga).</t>
         </is>
       </c>
-      <c r="D56" t="inlineStr">
+      <c r="D58" t="inlineStr">
         <is>
           <t>Obrazowanie 'topografii' powierzchni przewodzących próbek z rozdzielczością atomową.
 wyznaczanie charakterystyk prądowo-napięciowych (i-v, di/dv)</t>
         </is>
       </c>
-      <c r="E56" t="inlineStr">
+      <c r="E58" t="inlineStr">
         <is>
           <t>Zgrubne pozycjonowanie xyz: 4 mm x 4 mm x 8 mm
 obszar skanowania: (xy): 6.0 μm x 6.0 μm (@ 300k) 1.5 μm x 1.5 μm (@  10k)
 rozdzielczość skanowania: atomowa
 minimalny dryft termiczny: 0.2 å/h (xy) oraz (0.2 å/dobę (z)
 temperatura próbki: od 10 k (he) do 400 k
 maksymalny rozmiar próbki: 10 mm x 10 mm</t>
         </is>
       </c>
-      <c r="F56" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J56" t="inlineStr">
+      <c r="F58" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G58" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H58" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I58" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J58" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K56" t="inlineStr">
+      <c r="K58" t="inlineStr">
         <is>
           <t>Trembułowicz Artur</t>
         </is>
       </c>
-      <c r="L56" t="inlineStr">
+      <c r="L58" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/artur-trembulowicz-10005.html</t>
         </is>
       </c>
-      <c r="M56" t="inlineStr">
+      <c r="M58" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N56" t="inlineStr">
+      <c r="N58" t="inlineStr">
         <is>
           <t>Fizyka powierzchni, stm, uhv</t>
         </is>
       </c>
     </row>
-    <row r="57">
-      <c r="A57" t="inlineStr">
+    <row r="59">
+      <c r="A59" t="inlineStr">
         <is>
           <t>Klaster obliczeniowy wysokiej wydajności teraacmin</t>
         </is>
       </c>
-      <c r="B57" t="inlineStr">
+      <c r="B59" t="inlineStr">
         <is>
           <t>Klaster obliczeniowy</t>
         </is>
       </c>
-      <c r="C57" t="inlineStr">
+      <c r="C59" t="inlineStr">
         <is>
           <t>Klaster obliczeniowy złożony z 2 węzłów obliczeniowych zawierających po dwa procesory amd epyc 9754 i wyposażonych w 384 gb pamięci ram. sumaryczna liczba rdzeni obliczeniowych: 1024.</t>
         </is>
       </c>
-      <c r="D57" t="inlineStr">
+      <c r="D59" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	obliczenia równoległe w architekturze pamięci współdzielonej, rozproszonej i dwupoziomowej
 	obliczenia typu ab-initio: quantumespresso, vasp
 	narzędzia programistyczne, kompilatory etc.
 	biblioteki obliczeniowe: gsl, lapack, scalapack, mkl, openmpi
 </t>
         </is>
       </c>
-      <c r="E57" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J57" t="inlineStr">
+      <c r="E59" t="inlineStr"/>
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G59" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H59" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I59" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J59" t="inlineStr">
         <is>
           <t>Zakład teorii układów kwantowych</t>
         </is>
       </c>
-      <c r="K57" t="inlineStr">
+      <c r="K59" t="inlineStr">
         <is>
           <t>Biborski Andrzej</t>
         </is>
       </c>
-      <c r="L57" t="inlineStr">
+      <c r="L59" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/andrzej-biborski-7817.html</t>
         </is>
       </c>
-      <c r="M57" t="inlineStr">
+      <c r="M59" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N57" t="inlineStr">
+      <c r="N59" t="inlineStr">
         <is>
           <t>Badania, modelowanie, nano, obliczenia numeryczne</t>
         </is>
       </c>
     </row>
-    <row r="58">
-      <c r="A58" t="inlineStr">
+    <row r="60">
+      <c r="A60" t="inlineStr">
         <is>
           <t>System pulsacyjnej ablacji laserowej</t>
         </is>
       </c>
-      <c r="B58" t="inlineStr">
+      <c r="B60" t="inlineStr">
         <is>
           <t>Pioneer 180 pld system</t>
         </is>
       </c>
-      <c r="C58" t="inlineStr">
+      <c r="C60" t="inlineStr">
         <is>
           <t>System pld umożliwia wytwarzanie warstw epitaksjalnych, wielowarstwowych heterostruktur, supersieci i warstw amorficznych z różnych materiałów (metale, niemetale, tlenki, ceramika itp.). system pld jest wyposażony w karuzelę z 6 miejscami na targety (o średnicy 1 cala), co umożliwia wytwarzanie wielowarstwowych heterostruktur (np. lsmo/bto/lsmo, lao/sto itp.) w jednym procesie wzrostu.
 system pld składa się z:
 - śluzy załadowczej do wstępnego pompowania;
 - głównej komory próżniowej o ciśnieniu bazowym ~ 8e-8 torr z możliwością stosowania mieszanin gazowych (tlen, azot i argon) podczas procesu wzrostu warstw;
 - lasera eksimerowego krf uv 248nm compex 110f (częstotliwość impulsów 1 - 100 hz, maksymalna moc 200mj);
 - sytemu pomiarowego rheed firmy stibe instruments.
 do procesu wzrostu można stosować podłoża o średnicy do 2 cali. jeden z uchwytów na próbki jest dedykowany dla podłoży o wymiarach 10x10 mm. podłoże może być obracane w sposób ciągły podczas otrzymywania warstwy (1-30 obr./min, 360°).
 wzrost może odbywać się w zakresie od temperatury pokojowej do 850 °c. szybkość ogrzewania i chłodzenia można regulować cyfrowo z dokładnością do 1 °c/min. grzejnik radiacyjny jest kompatybilny z tlenem do 1 atm (760 torr) o2. jest on montowany od góry uchwytu do próbek z powierzchnią podłoża skierowaną do dołu.
 technika rheed jest również kompatybilna z tlenem do ~ 1e-3 torr o2. diagnostyka rheed in-situ umożliwia badanie struktury krystalicznej i kinetyki wzrostu cienkich warstw. kontrola oscylacji rheed operando, tj. podczas wzrostu warstwy, umożliwia kontrolę grubości warstwy na poziomie komórki elementarnej.</t>
         </is>
       </c>
-      <c r="D58" t="inlineStr">
+      <c r="D60" t="inlineStr">
         <is>
           <t>System ablacji laserowej pozwala na otrzymywanie epitaksjalnie wielowarstwowych układów, o dobrej kontroli grubości dzięki pomiarom in situ za pomocą metody rheed.
 metoda rheed pozwala również na badanie odpowiednio przygotowanych próbek pod kątem ich struktury krystalograficznej, a także kontroli jakości mikrostruktury po procesach trawienia do poziomu warstw atomowych.</t>
         </is>
       </c>
-      <c r="E58" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J58" t="inlineStr">
+      <c r="E60" t="inlineStr"/>
+      <c r="F60" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G60" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H60" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I60" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J60" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K58" t="inlineStr">
+      <c r="K60" t="inlineStr">
         <is>
           <t>Naumov Andrii</t>
         </is>
       </c>
-      <c r="L58" t="inlineStr">
+      <c r="L60" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/andrii-naumov-9421.html</t>
         </is>
       </c>
-      <c r="M58" t="inlineStr">
+      <c r="M60" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N58" t="inlineStr">
+      <c r="N60" t="inlineStr">
         <is>
           <t>Ablacja laserowa, cienkie warstwy, nanostruktury, osadzanie laserem impulsowym, pld, rheed</t>
         </is>
       </c>
     </row>
-    <row r="59">
-      <c r="A59" t="inlineStr">
+    <row r="61">
+      <c r="A61" t="inlineStr">
         <is>
           <t>System do wysokorozdzielczej litografii elektronowej</t>
         </is>
       </c>
-      <c r="B59" t="inlineStr">
+      <c r="B61" t="inlineStr">
         <is>
           <t>Eline plus basic - sn.: 1-212-233</t>
         </is>
       </c>
-      <c r="C59" t="inlineStr">
+      <c r="C61" t="inlineStr">
         <is>
           <t>W pomieszczeniu czystym klasy 100 znajduje się urządzenie do litografii elektronowej (raith eline+). układ składa się z działa elektronowego, detektora elektronów wtórnych, detektora in-lens, interferometru laserowego, elektroniki sterującej oraz układu pomp do utrzymania odpowiedniej próżni w urządzeniu. układ umożliwia naświetlanie elementów o  rozmiarach od 10 nm do kilkaset µm na powierzchni próbki o rozmiarach do 4 cali.
 dodatkowo w  pomieszczeniu znajduje się stół procesowy (firmy arias) do nakładania, wygrzewania i usuwania rezystów. w stole mamy umiejscowioną płytę grzewczą, myjkę ultradźwiękowa, wirówkę, pistolet z azotem do zdmuchiwania pyłków z próbek i pistolet z wodą destylowaną do przemywania próbek. do stołu są doprowadzone niezbędne instalacje takie jak wodna, gazowa i odciąg umiejscowiony w blacie stołu, który na bieżąco odprowadza opary substancji chemicznych na zewnątrz.
 litografia elektronowa jest wykonywana przy użyciu rezystów pozytywowych serii ar-p 617, natomiast litografia negatywowa jest oparta o rezysty serii ar-n 7520.</t>
         </is>
       </c>
-      <c r="D59" t="inlineStr">
+      <c r="D61" t="inlineStr">
         <is>
           <t>Użytkownicy aparatury mają możliwość dokładnej nanostrukturyzacji w opisanej rozdzielczości. całość procesu odbywa się w pomieszczeniach czystych co wpływa korzystnie na jakość otrzymywanych próbek. w połączeniu z bliskim sąsiedztwem pomieszczenia do ablacji laserowej, możliwym jest uzyskanie kompletnych złącz z potencjałem zastosowania w dziedzinach nauki takich jak np. spintronika.</t>
         </is>
       </c>
-      <c r="E59" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J59" t="inlineStr">
+      <c r="E61" t="inlineStr"/>
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G61" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H61" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I61" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J61" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K59" t="inlineStr">
+      <c r="K61" t="inlineStr">
         <is>
           <t>Jurzecka-Szymacha Maria</t>
         </is>
       </c>
-      <c r="L59" t="inlineStr">
+      <c r="L61" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/maria-jurzecka-szymacha-7600.html</t>
         </is>
       </c>
-      <c r="M59" t="inlineStr">
+      <c r="M61" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N59" t="inlineStr">
+      <c r="N61" t="inlineStr">
         <is>
           <t>Nanolitografia, nanostrukturyzacja, nanoszenie cienkich warstw</t>
         </is>
       </c>
     </row>
-    <row r="60">
-      <c r="A60" t="inlineStr">
+    <row r="62">
+      <c r="A62" t="inlineStr">
         <is>
           <t>Mikroskop metalograficzny (clean room) nikon eclipse lv150n</t>
         </is>
       </c>
-      <c r="B60" t="inlineStr">
+      <c r="B62" t="inlineStr">
         <is>
           <t>Nikon eclipse lv150n</t>
         </is>
       </c>
-      <c r="C60" t="inlineStr">
+      <c r="C62" t="inlineStr">
         <is>
           <t>Mikroskop świetlny (lm) umożliwia obrazowanie w świetle odbitym w jasnym polu (bf), ciemnym polu (df), świetle spolaryzowanym (pol) oraz kontraście interferencyjnym tzw. kontraście nomarskiego (dic). posiada w pełni zmotoryzowany stolik (x,y,z), pozwalający na automatyczne robienie zdjęć w powiększonej głębi ostrości (edf), wraz z trójwymiarowym obrazowaniem powierzchni, a także pozwala na automatyczne skanowanie całych zgładów metalograficznych w wysokiej rozdzielczości.
 mikroskop znajduje się w clean roomie. do pomiarów prowadzonych poza clean roomem wykorzystywany jest mikroskop: https://oferta-badawcza.agh.edu.pl/equipment/mikroskop-metalograficzny/</t>
         </is>
       </c>
-      <c r="D60" t="inlineStr">
+      <c r="D62" t="inlineStr">
         <is>
           <t>Mikroskop świetlny (lm) umożliwia obrazowanie w świetle odbitym w jasnym polu (bf), ciemnym polu (df), świetle spolaryzowanym (pol) oraz kontraście interferencyjnym tzw. kontraście nomarskiego (dic). posiada w pełni zmotoryzowany stolik (x,y,z), pozwalający na automatyczne robienie zdjęć w powiększonej głębi ostrości (edf), wraz z trójwymiarowym obrazowaniem powierzchni, a także pozwala na automatyczne skanowanie całych zgładów metalograficznych w wysokiej rozdzielczości.</t>
         </is>
       </c>
-      <c r="E60" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J60" t="inlineStr">
+      <c r="E62" t="inlineStr"/>
+      <c r="F62" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G62" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H62" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I62" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J62" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K60" t="inlineStr">
+      <c r="K62" t="inlineStr">
         <is>
           <t>Jurzecka-Szymacha Maria</t>
         </is>
       </c>
-      <c r="L60" t="inlineStr">
+      <c r="L62" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/maria-jurzecka-szymacha-7600.html</t>
         </is>
       </c>
-      <c r="M60" t="inlineStr">
+      <c r="M62" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N60" t="inlineStr">
+      <c r="N62" t="inlineStr">
         <is>
           <t>Cleanroom, mikroskop, mikroskop optyczny, mikroskopia</t>
         </is>
       </c>
     </row>
-    <row r="61">
-      <c r="A61" t="inlineStr">
+    <row r="63">
+      <c r="A63" t="inlineStr">
         <is>
           <t>Chłodziarka rozcieńczalnikowa z magnesem</t>
         </is>
       </c>
-      <c r="B61" t="inlineStr">
+      <c r="B63" t="inlineStr">
         <is>
           <t>Triton 200</t>
         </is>
       </c>
-      <c r="C61" t="inlineStr">
+      <c r="C63" t="inlineStr">
         <is>
           <t>Chłodziarka rozcieńczalnikowa 3he/4he pracująca w cyklu zamkniętym pozwala na osiągnięcie i ustabilizowanie temperatur w zakresie od 10 mk do 30 k. moc chłodząca w temperaturze 100 mk wynosi 200 µw, a w 20 mk 4 µw. zintegrowany magnes nadprzewodzący pozwala na wytworzenie pola magnetycznego do 14 t.
 unikalny system wymiany próbek pozwala na zmianę próbki w temperaturze 10 k. dzięki czemu czas potrzebny na wymianę i schłodzenie próbki do temperatury 100 mk to 72 h.
 chłodziarka wyposażona jest w 2 wiązki składające się z 12 par przewodów do pomiarów stałoprądowych. jedna wiązka wykonana jest z konstantanu a druga (nadprzewodząca) z cu/nbti. do dyspozycji jest również 8 przewodów koncentrycznych pozwalających na wykonywanie pomiarów zmiennoprądowych do 500 mhz.
 pomiar temperatury przeprowadzany jest za pomocą termometrów ruo2 wykalibrowanych od temperatury 50 mk do 30 k. dokładny pomiar w temperaturach &lt; 50 mk jest możliwy dzięki zastosowaniu termometru wzorcowego cmn oraz kaskadowego termometru nadprzewodzącego srd1000.
 podstawowe parametry: minimalna temperatura:           &lt; 10 mk. moc chłodząca w 100 mk:        200 µw. moc chłodząca w 20 mk:          4 µw. czas wymiany próbki:              72 h. liczba dostępnych przewodów dc: 24 (konstantan lub cu/nbti). liczba dostępnych przewodów ac: 8 przewodów koncentrycznych do 500 mhz.</t>
         </is>
       </c>
-      <c r="D61" t="inlineStr">
+      <c r="D63" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiary transportu elektronowego, efektu halla i magnetooporu wykonywane zarówno techniką dc jak i ac w funkcji temperatury lub w funkcji pola magnetycznego.
 	pomiary ciepła właściwego odbywa się przy stałym ciśnieniu cp. jest to pomiar metodą relaksacyjną, łączącą w sobie dużą dokładność pomiaru z nieskomplikowanymi technikami analizy wyników.
 </t>
         </is>
       </c>
-      <c r="E61" t="inlineStr">
+      <c r="E63" t="inlineStr">
         <is>
           <t xml:space="preserve">Parametry pomiaru transportu elektronowego:
 	rozmiary próbki: 5 x 8 x 3 mm (szer. x dług. x wys.).
 	imax: 10 ma.
 	u: 100 nv – 10 v.
 	50 mk &lt; t &lt; 30 k.
 	0 t &lt; b &lt; 14 t.
 parametry pomiaru ciepła właściwego:
 	rozmiary próbki: 5 x 3 x 1 mm (szer. x dług. x wys.).
 	50 mk &lt; t &lt; 30 k.
 	0 t &lt; b &lt; 14 t.
 </t>
         </is>
       </c>
-      <c r="F61" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J61" t="inlineStr">
+      <c r="F63" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G63" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H63" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I63" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J63" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K61" t="inlineStr">
+      <c r="K63" t="inlineStr">
         <is>
           <t>Chrobak Maciej</t>
         </is>
       </c>
-      <c r="L61" t="inlineStr">
+      <c r="L63" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/maciej-chrobak-8494.html</t>
         </is>
       </c>
-      <c r="M61" t="inlineStr">
+      <c r="M63" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N61" t="inlineStr">
+      <c r="N63" t="inlineStr">
         <is>
           <t>Ciepło własciwe, efekt halla, temperatury sub-kelwinowe, transport elektronowy, transport kwantowy</t>
         </is>
       </c>
     </row>
-    <row r="62">
-      <c r="A62" t="inlineStr">
+    <row r="64">
+      <c r="A64" t="inlineStr">
         <is>
           <t>Analizator sorpcji gazów</t>
         </is>
       </c>
-      <c r="B62" t="inlineStr">
+      <c r="B64" t="inlineStr">
         <is>
           <t>Imi-0118 hiden isochema</t>
         </is>
       </c>
-      <c r="C62" t="inlineStr">
+      <c r="C64" t="inlineStr">
         <is>
           <t>Analizator sorpcji umożliwia określenie ilości zabsorbowanego przez próbkę gazu, w kontrolowanych warunkach ciśnienia i temperatury, przy zastosowaniu metody wolumetrycznej sieverts'a. może być wykorzystywany do analizy sorpcji h2, co2, ch4, n2 i ar. urządzenie pozwala na współpracę z systemem imi w połączeniu z automatycznym manometrycznym analizatorem sorpcji, dając możliwość wykonania pomiarów izoterm pct (ciśnienie-skład-temperatura). umożliwia również; badanie kinetyki procesu sorpcja-desorpcja; oraz trwałości materiałów przy cyklicznym pochłanianiu i desorpcji gazu w zadanym przedziale temperatur i ciśnień. układ zawiera komorę reakcyjną o objętości 10 cm3 z możliwością dołączenia objętości buforowej, umożliwiającej pomiary z odpowiednią dokładnością, dla małych próbek</t>
         </is>
       </c>
-      <c r="D62" t="inlineStr">
+      <c r="D64" t="inlineStr">
         <is>
           <t>Określanie zdolności magazynowania wodoru.
 pomiary ciśnienia-rozkładu-temperatury (pct) badania termodynamiczne i kinetyczne.
 wodorki metali i materiały nanoporowate (materiały węglowe, zeolity, mof-y i polimery)</t>
         </is>
       </c>
-      <c r="E62" t="inlineStr">
+      <c r="E64" t="inlineStr">
         <is>
           <t>Parametry pracy
 zakres temperatur  od pokojowej do 500°c
 zakres ciśnień 0 ̶ 200 bar
 waga próbki do 5 g
 rozdzielczość pomiarów &lt; 1 μmol
 przepływ gazu 1000 ml/min
 tryby pomiaru izoterma sorpcji, cykle sorpcji/desorpcji</t>
         </is>
       </c>
-      <c r="F62" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J62" t="inlineStr">
+      <c r="F64" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G64" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H64" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I64" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J64" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K62" t="inlineStr">
+      <c r="K64" t="inlineStr">
         <is>
           <t>Jabłoński Piotr</t>
         </is>
       </c>
-      <c r="L62" t="inlineStr">
+      <c r="L64" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/piotr-jablonski-9263.html</t>
         </is>
       </c>
-      <c r="M62" t="inlineStr">
+      <c r="M64" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N62" t="inlineStr">
+      <c r="N64" t="inlineStr">
         <is>
           <t>Sorpcja gazów, wodorki, wodór</t>
         </is>
       </c>
     </row>
-    <row r="63">
-      <c r="A63" t="inlineStr">
+    <row r="65">
+      <c r="A65" t="inlineStr">
         <is>
           <t>Profilometr do pomiarów warstw o wymiarach nanometrycznych</t>
         </is>
       </c>
-      <c r="B63" t="inlineStr">
+      <c r="B65" t="inlineStr">
         <is>
           <t>Profilometr bruker dektakxt</t>
         </is>
       </c>
-      <c r="C63" t="inlineStr">
+      <c r="C65" t="inlineStr">
         <is>
           <t>Profilometr igłowy stykowy służący badaniu chropowatości oraz falistości powierzchni z rozdzielczością 1 a oraz powtarzalnością na poziomie 4 a≤ (angstrem).</t>
         </is>
       </c>
-      <c r="D63" t="inlineStr">
+      <c r="D65" t="inlineStr">
         <is>
           <t>Aparatura pozwala na mierzenie grubości nanoszonych przez użytkownika cienkich warstw, tworzenie profili w określonych kierunkach i eksport wartości, wraz z przeliczeniem chropowatości.</t>
         </is>
       </c>
-      <c r="E63" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J63" t="inlineStr">
+      <c r="E65" t="inlineStr"/>
+      <c r="F65" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G65" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H65" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I65" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J65" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K63" t="inlineStr">
+      <c r="K65" t="inlineStr">
         <is>
           <t>Jurzecka-Szymacha Maria</t>
         </is>
       </c>
-      <c r="L63" t="inlineStr">
+      <c r="L65" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/maria-jurzecka-szymacha-7600.html</t>
         </is>
       </c>
-      <c r="M63" t="inlineStr">
+      <c r="M65" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N63" t="inlineStr">
+      <c r="N65" t="inlineStr">
         <is>
           <t>Profilometr</t>
         </is>
       </c>
     </row>
-    <row r="64">
-      <c r="A64" t="inlineStr">
+    <row r="66">
+      <c r="A66" t="inlineStr">
         <is>
           <t>Zintegrowany system pomiarów mossbauerowskich</t>
         </is>
       </c>
-      <c r="B64" t="inlineStr">
+      <c r="B66" t="inlineStr">
         <is>
           <t>Elektronika jądrowa wacław musiał</t>
         </is>
       </c>
-      <c r="C64" t="inlineStr">
+      <c r="C66" t="inlineStr">
         <is>
           <t xml:space="preserve">Standardowy tor spektrometryczny z detektorem proporcjonalnym (ksenonowym) z oprogramowaniem.
 	kaseta nim z zasilaczem
 	detektor proporcjonalny, ksenonowy, w osłonie z blach ołowianych
 	zasilacz wysokiego napięcia wzmacniacz i dyskryminator koperek
 	analizator wielokanałowy amplitudy impulsów barbakan
 	przelicznik wielokanałowy, dwutorowy mosiek-5 z oprogramowaniem do akwizycji danych
 	wibrator na magnesach neodymowych
 	kolimator ołowiany, obudowany mosiądzem dla 1 licznika
 	sterownik wibratora osika
 	 ława mossbauerowska z uchwytami na 1 licznik i 1 próbkę
 </t>
         </is>
       </c>
-      <c r="D64" t="inlineStr">
+      <c r="D66" t="inlineStr">
         <is>
           <t xml:space="preserve">Wykonywanie pomiarów  widm mossbauera w geometrii transmisyjnej. </t>
         </is>
       </c>
-      <c r="E64" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J64" t="inlineStr">
+      <c r="E66" t="inlineStr"/>
+      <c r="F66" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G66" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H66" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I66" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J66" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K64" t="inlineStr">
+      <c r="K66" t="inlineStr">
         <is>
           <t>Cieślak Jakub</t>
         </is>
       </c>
-      <c r="L64" t="inlineStr">
+      <c r="L66" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/jakub-cieslak-4210.html</t>
         </is>
       </c>
-      <c r="M64" t="inlineStr">
+      <c r="M66" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N64" t="inlineStr">
+      <c r="N66" t="inlineStr">
         <is>
           <t>Spektroskopia moessbauera</t>
         </is>
       </c>
     </row>
-    <row r="65">
-      <c r="A65" t="inlineStr">
+    <row r="67">
+      <c r="A67" t="inlineStr">
         <is>
           <t>Magnetometr vsm z kriostatem</t>
         </is>
       </c>
-      <c r="B65" t="inlineStr">
+      <c r="B67" t="inlineStr">
         <is>
           <t>Magnetometr wibracyjny lakeshore 7407</t>
         </is>
       </c>
-      <c r="C65" t="inlineStr">
+      <c r="C67" t="inlineStr">
         <is>
           <t>Magnetometr wibracyjny, typ 7407 firmy lakeshore, wuposażony w kriostat i piec pozwala na pomiar namagnesowania w funkcji temperatury (w zakresie od temperatury ciekłego azotu do 1000 ºc), w funkcji zewnętrznego pola magnetycznego (do 2.5 tesla w temperaturze pokojowej i 1.6 tesla w szerokim zakresie temperatur), a także w funkcji orientacji próbki względem kierunku pola (pełny obrót próbki w kierunku azymutalnym). działa w oparciu o metodę wibrującej próbki i kwadraturową detekcję zmiany indukowanego przez nią strumienia pola magnetycznego. umożliwia badanie próbek litych, monokryształów, cienkich warstw, proszków, cieczy i roztworów. w temperaturze pokojowej możliwy jest pomiar próbek o rozmiarach liniowych sięgających 10 mm i masie 10 g. pomiary temperaturowe możliwe są dla próbek o wymiarach liniowych nie większych niż 5 mm. pomiar cieczy i roztworów wodnych nanocząstek możliwy jest w zakresie temperatur od 77 k do 450 k.</t>
         </is>
       </c>
-      <c r="D65" t="inlineStr">
+      <c r="D67" t="inlineStr">
         <is>
           <t>M(h), m(t), m(q)</t>
         </is>
       </c>
-      <c r="E65" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J65" t="inlineStr">
+      <c r="E67" t="inlineStr"/>
+      <c r="F67" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G67" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H67" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I67" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J67" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K65" t="inlineStr">
+      <c r="K67" t="inlineStr">
         <is>
           <t>Szkudlarek Aleksandra</t>
         </is>
       </c>
-      <c r="L65" t="inlineStr">
+      <c r="L67" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
         </is>
       </c>
-      <c r="M65" t="inlineStr">
+      <c r="M67" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N65" t="inlineStr">
+      <c r="N67" t="inlineStr">
         <is>
           <t>Anizotropia magnetyczna, fc, krzywa magnesowania, magnetyzacja, podatność magnetyczna dc, zfc</t>
         </is>
       </c>
     </row>
-    <row r="66">
-      <c r="A66" t="inlineStr">
+    <row r="68">
+      <c r="A68" t="inlineStr">
         <is>
           <t>Chromatograf gazowy gc-ms/tcd – shimadzu gcms-qp2020(ei)</t>
         </is>
       </c>
-      <c r="B66" t="inlineStr">
+      <c r="B68" t="inlineStr">
         <is>
           <t>Shimadzu gcms-qp2020(ei)</t>
         </is>
       </c>
-      <c r="C66" t="inlineStr">
+      <c r="C68" t="inlineStr">
         <is>
           <t>Chromatograf gazowy wyposażony w detektory ms oraz tcd, umożliwiający analizę jakościową oraz ilościową składu fazy gazowej.
 konfiguracja:
 ms – gaz nośny: he, kolumna: agilent j&amp;w; hp-plot/u; l=30m; d=0.53 mm, zakres temperatury: 60 – 190 ºc ),
 tcd – gaz nośny n2: kolumna pakowana: sito molekularne, wypełnienie: mole sieve 5 å, 13x, tmax = 500 ºc)
 kalibracja: h2(n2), co2 (he), co (he), ch4(he), c2h6(he), c2h4 (he)</t>
         </is>
       </c>
-      <c r="D66" t="inlineStr">
+      <c r="D68" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analiza jakościowa oraz ilościowa składu fazy gazowej
 </t>
         </is>
       </c>
-      <c r="E66" t="inlineStr">
+      <c r="E68" t="inlineStr">
         <is>
           <t>Piec:
 - zakres: od temperatury otoczenia do 450 ºc
 dozownik:
 - typu split/splitless
 detektory:
 ms - kwadrupolowy detektor mas:
 - typ jonizacji: „electron impact” (ei)
 - zakres masowy m/z = 1.5 – 1090
 - możliwość pracy w trybach: scan, sim oraz scan/sim
 tcd:
 - czułość 20000 mv x ml/mg
 - temperatura pracy detektora do 400 ºc</t>
         </is>
       </c>
-      <c r="F66" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J66" t="inlineStr">
+      <c r="F68" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G68" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H68" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I68" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J68" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K66" t="inlineStr">
+      <c r="K68" t="inlineStr">
         <is>
           <t>Mech Krzysztof</t>
         </is>
       </c>
-      <c r="L66" t="inlineStr">
+      <c r="L68" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-mech-7959.html</t>
         </is>
       </c>
-      <c r="M66" t="inlineStr">
+      <c r="M68" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N66" t="inlineStr">
+      <c r="N68" t="inlineStr">
         <is>
           <t>Chromafografia gazowa, gc-ms, tcd</t>
         </is>
       </c>
     </row>
-    <row r="67">
-      <c r="A67" t="inlineStr">
+    <row r="69">
+      <c r="A69" t="inlineStr">
         <is>
           <t>Spektrometr fluorescencji rentgenowskiej z dyspersją falową (wd-xrf) rigaku zsx primus iv</t>
         </is>
       </c>
-      <c r="B67" t="inlineStr">
+      <c r="B69" t="inlineStr">
         <is>
           <t>Wd-xrf rigaku zsx primus iv</t>
         </is>
       </c>
-      <c r="C67" t="inlineStr">
+      <c r="C69" t="inlineStr">
         <is>
           <t xml:space="preserve">Zsx primus iv to spektrometr xrf z dyspersją długości fali do jakościowej, półilościowej i ilościowej analizy pierwiastków. jest w stanie wykrywać pierwiastki od be do u.
 specyfikacja:
 zakres analizowanych pierwiastków: be – u (z = 4 – 92)
 parametry źródła rentgenowskiego:
 	lampa rh 4 kw
 	napięcie przyspieszające: 60 kv
 	maksymalne natężenie prądu wiązki elektronowej: 150 ma
 	automatyczna funkcja wygrzewania lampy
 	lampa rentgenowska umieszczona nad analizowaną próbką
 układ wiązki pierwotnej:
 	automatyczny system osłabiania wiązki
 	możliwość wyboru filtra wiązki pierwotnej (dostępne cztery filtry (al-125, al-25, ni-40, ni-400)
 	sześciopozycyjny zmieniacz kolimatorów (35, 30, 20, 10, 1 oraz 0.5 mm)
 układ próbek:
 	automatyczny zmieniacz próbek  (48 pozycji)
 	możliwość obrotu próbki podczas pomiaru
 	hermetyczna komora umożliwiająca pomiar próbek proszkowych i ciekłych w atmosferze helu
 	możliwość prowadzenia pomiaru przy ustalonym kącie
 układ analizatora i detekcji:
 	automatyczny zmieniacz kryształów analizujących
 	8 kryształów analizujących umożliwiających pomiar w zakresie b – u: lif(200) : 22ti-92u pet: 13al-21sc ge: 15p-21sc rx-25: 9f-12mg rx-35: 8o-12mg rx-40: 7n-8o rx-61: 5b-6c lif(220): kryształ współpracujący z licznikiem scyntylacyjnym
 	detektor proporcjonalny i scyntylacyjny
 	system mapowania (pomiar punktowy) wraz z kamerą ccd
  </t>
         </is>
       </c>
-      <c r="D67" t="inlineStr">
+      <c r="D69" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	jakościowa oraz ilościowa analiza składu pierwiastkowego
 	bezwzorcowa analiza składu chemicznego
 	makroskopowa oraz punktowa analiza składu chemicznego
 	możliwość wykonania pomiaru przy stałym kącie
 	możliwość analizy składu próbek litych oraz proszkowych
 </t>
         </is>
       </c>
-      <c r="E67" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J67" t="inlineStr">
+      <c r="E69" t="inlineStr"/>
+      <c r="F69" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G69" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H69" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I69" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J69" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K67" t="inlineStr">
+      <c r="K69" t="inlineStr">
         <is>
           <t>Mech Krzysztof</t>
         </is>
       </c>
-      <c r="L67" t="inlineStr">
+      <c r="L69" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-mech-7959.html</t>
         </is>
       </c>
-      <c r="M67" t="inlineStr">
+      <c r="M69" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N67" t="inlineStr">
+      <c r="N69" t="inlineStr">
         <is>
           <t>Analiza elementarna, analiza ilościowa, analiza jakościowa, badania składu pierwiastkowego, wd-xrf</t>
         </is>
       </c>
     </row>
-    <row r="68">
-      <c r="A68" t="inlineStr">
+    <row r="70">
+      <c r="A70" t="inlineStr">
         <is>
           <t>Spektrometr fotoelektryczny</t>
         </is>
       </c>
-      <c r="B68" t="inlineStr">
+      <c r="B70" t="inlineStr">
         <is>
           <t>Spektrometr fotoelektryczny</t>
         </is>
       </c>
-      <c r="C68" t="inlineStr">
+      <c r="C70" t="inlineStr">
         <is>
           <t>Układ pomiarowy złożony z cyfrowo sterowanego źródła światła (lampa ksenonowa xbo150, monochromator, zestaw filtrów krawędziowych, migawka, układ stabilizacji natężenia światła), kalibrowanej fotodiody, dedykowanego potencjostatu oraz sondy kelvina z elektrodą pomiarową w postaci oscylującej złotej siatki.</t>
         </is>
       </c>
-      <c r="D68" t="inlineStr">
+      <c r="D70" t="inlineStr">
         <is>
           <t xml:space="preserve">Urządzenie służy do badania materiałów półprzewodnikowych i pozwala na:
 	pomiar widm akcji fotoprądu w szerokim zakresie długości fali światła wzbudzającego oraz potencjału elektrody pracującej,
 	pomiar pracy wyjścia w funkcji długości fali padającego światła,
 	wyznaczenie trójwymiarowych map generowanych przez półprzewodnik fotoprądów
 	określenie typu przewodnictwa.
 </t>
         </is>
       </c>
-      <c r="E68" t="inlineStr">
+      <c r="E70" t="inlineStr">
         <is>
           <t xml:space="preserve">Parametry pracy:
 	zakres długości fali: 200-1000 nm
 	zakres polaryzacji elektrody pracującej: ±2 v
 	czułość detektora fotonapięcia &lt;1 mv
 	dokładność ustawienia elektrody pomiarowej sondy 5 µm
 	niskoszumowy przedwzmacniacz sygnału o czułości lepszej niż 0.1 mv
 	ciągła rejestracja zmian pracy wyjścia (zdolność rozdzielcza lepsza niż 1 mev)
 </t>
         </is>
       </c>
-      <c r="F68" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J68" t="inlineStr">
+      <c r="F70" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G70" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H70" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I70" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J70" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K68" t="inlineStr">
+      <c r="K70" t="inlineStr">
         <is>
           <t>Podborska Agnieszka</t>
         </is>
       </c>
-      <c r="L68" t="inlineStr">
+      <c r="L70" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-podborska-7440.html</t>
         </is>
       </c>
-      <c r="M68" t="inlineStr">
+      <c r="M70" t="inlineStr">
         <is>
           <t>(pob 3) woda-energia-klimat: interdyscyplinarne podejście dla zrównoważonego rozwoju, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N68" t="inlineStr">
+      <c r="N70" t="inlineStr">
         <is>
           <t>Fotonapięcie, fotoprąd, półprzewodniki, praca wyjścia</t>
         </is>
       </c>
     </row>
-    <row r="69">
-      <c r="A69" t="inlineStr">
+    <row r="71">
+      <c r="A71" t="inlineStr">
         <is>
           <t>System do analizy półprzewodników keithley  4200-scs</t>
         </is>
       </c>
-      <c r="B69" t="inlineStr">
+      <c r="B71" t="inlineStr">
         <is>
           <t>System do analizy półprzewodników keithley  4200-scs</t>
         </is>
       </c>
-      <c r="C69" t="inlineStr">
+      <c r="C71" t="inlineStr">
         <is>
           <t>System pomiarowy keithley 4200-scs jest modularnym, zintegrowanym rozwiązaniem pomiarowym przeznaczonym do badań materiałów, elementów półprzewodnikowych oraz związanych z nimi procesów. urządzenie zapewnia pełną charakteryzację testowanego układu przy użyciu graficznego interfejsu pomiarowego, prowadzącego użytkownika przez złożone testy. obecna konfiguracja obejmuje 4x smu (jednostka pomiarowa źródła średniej mocy) i 1x pmu (jednostka ultraszybkich impulsów i-v).</t>
         </is>
       </c>
-      <c r="D69" t="inlineStr">
+      <c r="D71" t="inlineStr">
         <is>
           <t>Niektórymi z wielu materiałów i urządzeń, które można charakteryzować przy użyciu keithley 4200-scs są: grafen, nanorurki węglowe, diody led i oled, kondensatory, rezystory, diody, ogniwa słoneczne, mosfet, bjt, pamięci flash, pamięci nieulotne, itp.</t>
         </is>
       </c>
-      <c r="E69" t="inlineStr">
+      <c r="E71" t="inlineStr">
         <is>
           <t xml:space="preserve">4200-smu: moze dostarczać napięcie lub prąd i  jednocześnie mierzyć napięcie, jak i prąd.
 	zakres: ±210 v, ±100 ma
 	rozdzielczość: 0.2 μv, 100 fa
 4225-pmu: jednostka dwukanałowa zapewnia połączenie ultraszybkich impulsów napięciowych z równoczesnymi pomiarami napięcia i prądu.
 	zakres: ±40 v, ±10 v
 	rozdzielczość: 75 na
 </t>
         </is>
       </c>
-      <c r="F69" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J69" t="inlineStr">
+      <c r="F71" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G71" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H71" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I71" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J71" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K69" t="inlineStr">
+      <c r="K71" t="inlineStr">
         <is>
           <t>Mazur Tomasz</t>
         </is>
       </c>
-      <c r="L69" t="inlineStr">
+      <c r="L71" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-mazur-8414.html</t>
         </is>
       </c>
-      <c r="M69" t="inlineStr">
+      <c r="M71" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N69" t="inlineStr">
+      <c r="N71" t="inlineStr">
         <is>
           <t>Charakterystyka pr, eksperymenty imp, półprzewodniki</t>
         </is>
       </c>
     </row>
-    <row r="70">
-      <c r="A70" t="inlineStr">
+    <row r="72">
+      <c r="A72" t="inlineStr">
         <is>
           <t>Spektrometr ftir do pomiarów widm w podczerwieni</t>
         </is>
       </c>
-      <c r="B70" t="inlineStr">
+      <c r="B72" t="inlineStr">
         <is>
           <t>Spektrometr ftir tensor ii firmy bruker</t>
         </is>
       </c>
-      <c r="C70" t="inlineStr">
+      <c r="C72" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr ftir tensor ii firmy bruker wyposażony jest w:
 	przystawkę do pomiarów osłabionego całkowitego odbicia atr ( attenuated total reflectance) z monolitycznym kryształem diamentowym umożliwiającą pomiar w zakresie 350-8000 cm-1, przystosowaną do pomiarów próbek ciekłych oraz ciał stałych
 	przystawkę atr z kryształem germanowym umożliwiającym pomiary w zakresie 600 – 5000 cm-1, przystosowaną do pomiarów próbek ciekłych oraz stałych; kryształ germanowy idealnie nadaje się do pomiarów widm struktur węglowych, a zwłaszcza fulerenów, nanorurek węglowych czy tlenku grafenu
 	przystawkę do pomiarów transmisyjnych z kuwetą cieczową, rozbieralną z okienkami krs5 oraz znse,
 	detektory: dlatgs (340-12000 cm-1) oraz mct (420-12000 cm-1)
 	komora pomiarowa wyposażona jest w dysypator umożliwiający przedmuchiwanie komory gazem obojętnym
 </t>
         </is>
       </c>
-      <c r="D70" t="inlineStr">
+      <c r="D72" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrometr ftir umożliwia pomiar widm w podczerwieni różnego rodzaju próbek ciekłych oraz stałych (z wyj. roztworów wodnych). nie wymaga specjalnego przygotowania próbki. pomiary widm w podczerwieni mogą służyć do identyfikcji badanych substancji lub analizy porównawczej materiałów. </t>
         </is>
       </c>
-      <c r="E70" t="inlineStr">
+      <c r="E72" t="inlineStr">
         <is>
           <t>Pomiar widm w podczerwieni techniką atr dla próbek ciekłych i stałych w zakresie 350-8000 cm-1</t>
         </is>
       </c>
-      <c r="F70" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J70" t="inlineStr">
+      <c r="F72" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G72" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H72" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I72" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J72" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K70" t="inlineStr">
+      <c r="K72" t="inlineStr">
         <is>
           <t>Podborska Agnieszka</t>
         </is>
       </c>
-      <c r="L70" t="inlineStr">
+      <c r="L72" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-podborska-7440.html</t>
         </is>
       </c>
-      <c r="M70" t="inlineStr">
+      <c r="M72" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N70" t="inlineStr">
+      <c r="N72" t="inlineStr">
         <is>
           <t>Atr, ftir</t>
         </is>
       </c>
     </row>
-    <row r="71">
-      <c r="A71" t="inlineStr">
+    <row r="73">
+      <c r="A73" t="inlineStr">
         <is>
           <t>Próżniowy system do nanoszenia cienkich warstw i wytwarzania nanocząstek</t>
         </is>
       </c>
-      <c r="B71" t="inlineStr">
+      <c r="B73" t="inlineStr">
         <is>
           <t>Mantis sputtering system</t>
         </is>
       </c>
-      <c r="C71" t="inlineStr">
+      <c r="C73" t="inlineStr">
         <is>
           <t xml:space="preserve">Stanowisko laboratoryjne składa się z dwóch próżniowych komór procesowych firmy mantis, spełniających standardy wysokiej próżni (hv). pierwsza komora procesowa służy do nanoszenia jednoczesnego lub sekwencyjnego wieloskładnikowych cienkich warstw oraz struktur wielowarstwowych metali i związków metali o kontrolowanym składzie chemicznym i grubości. druga komora procesowa umożliwia wytwarzanie nanocząstek metali i tlenków metali za pomocą działa klastrowego wykorzystującego metodę rozpylania jonowego w połączeniu z techniką igc (inert gas condensation). rozkład wielkości nanocząstek jest kontrolowany za pomocą spektrometru masowego. możliwe jest również jednoczesne pokrywanie nanocząstek otoczką z innego metalu lub tlenku metalu.
 parametry pracy:
 	wysoka próżnia wstępna 1·10-8 torr
 	ciśnienie gazu roboczego 1·10-2-1·10-4 torr
 	kontrolowana temperatura podłoża (25-800°c)
 	regulowane napięcie polaryzacji podłoża (0-600 v)
 	prędkość obrotu uchwytu z podłożem (0-20 rpm)
 	podłoże (2 cale)
 	pomiar szybkości nanoszenia warstw (czujnik kwarcowy qcm)
 	regulowany, stały przepływ gazów (ar, n2, o2)
 nanoszenie cienkich warstw:
 	dwa magnetronowe źródło rozpylania dc oraz magnetronowe źródło rozpylania rf
 	stabilizowany, stały prąd rozpylania (dc) oraz stabilizowana, stała moc rozpylania (rf)
 wytwarzanie nanocząstek:
 	nanogen trio-3 magnetronowe źródła rozpylania dc
 	stabilizowany prąd rozpylania (dc)
 	napięcie polaryzacji w komorze agregacyjnej (0-20 v)
 	strefa agregacyjna chłodzona ciekłym azotem
 	kontrolowany rozmiar otrzymywanych cząstek 1-20 nm przy pomocy kwadrupolowego spektrometru masowego
 </t>
         </is>
       </c>
-      <c r="D71" t="inlineStr">
+      <c r="D73" t="inlineStr">
         <is>
           <t>Otrzymywanie cienkich warstw z targetów przewodzących, półprzewodników i izolatorów, włączając procesy reaktywne
 otrzymywanie nanocząstek z targetów przewodzących</t>
         </is>
       </c>
-      <c r="E71" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J71" t="inlineStr">
+      <c r="E73" t="inlineStr"/>
+      <c r="F73" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G73" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H73" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I73" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J73" t="inlineStr">
         <is>
           <t>Zakład efektów kwantowych w nanostrukturach</t>
         </is>
       </c>
-      <c r="K71" t="inlineStr">
+      <c r="K73" t="inlineStr">
         <is>
           <t>Jabłoński Piotr</t>
         </is>
       </c>
-      <c r="L71" t="inlineStr">
+      <c r="L73" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/piotr-jablonski-9263.html</t>
         </is>
       </c>
-      <c r="M71" t="inlineStr">
+      <c r="M73" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N71" t="inlineStr">
+      <c r="N73" t="inlineStr">
         <is>
           <t>Cienkie warstwy, nanocząstki, rozpylanie magnetronowe, rozpylanie reaktywne</t>
         </is>
       </c>
     </row>
-    <row r="72">
-[...73 lines deleted...]
-      <c r="A73" t="inlineStr">
+    <row r="74">
+      <c r="A74" t="inlineStr">
         <is>
           <t>Układ nanomanipulatorów mibot</t>
         </is>
       </c>
-      <c r="B73" t="inlineStr">
+      <c r="B74" t="inlineStr">
         <is>
           <t>Nanomanipulatory mibot</t>
         </is>
       </c>
-      <c r="C73" t="inlineStr">
+      <c r="C74" t="inlineStr">
         <is>
           <t>Układ dwóch nanomanipulatorów typu mibot firmy imina, kompatybilny ze skaningowym mikroskopem elektronowo-jonowym versa 3d, umożliwia pomiary oporu in-situ w trakcie procesu nanostrukturyzacji oraz manipulację pojedynczymi sub-mikronowymi obiektami. każdy z nanomanipulatorów posiada 3 osie, po których może się poruszać z dokładnością do pojedynczych nanometrów, oraz możliwość obrotu. promień zaokrąglenia sondy pomiarowej wynosi od 100 do 500 nm, umożliwiając przepuszczanie prądów o natężeniu 100 ma. do pomiarów oporu wykorzystujemy zewnętrzną elektronikę pomiarową, np. urządzenie keithley 2400.</t>
         </is>
       </c>
-      <c r="D73" t="inlineStr">
+      <c r="D74" t="inlineStr">
         <is>
           <t>Nanomanipulatory pozwalają na zaawansowane badania nanostruktur i sub-mikronowych obiektów, umożliwiając pomiary prądowo-napięciowe bezpośrednio w komorze mikroskopu w trakcie procesu nanostrukturyzacji.</t>
         </is>
       </c>
-      <c r="E73" t="inlineStr">
+      <c r="E74" t="inlineStr">
         <is>
           <t>System umożliwia przepuszczanie prądów o natężeniu 100 ma przy użyciu zewnętrznej elektroniki pomiarowej.
 do pomiarów oporu wykorzystujemy urządzenie keithley 2400.</t>
         </is>
       </c>
-      <c r="F73" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J73" t="inlineStr">
+      <c r="F74" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G74" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H74" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I74" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J74" t="inlineStr">
         <is>
           <t>Zespół materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K73" t="inlineStr">
+      <c r="K74" t="inlineStr">
         <is>
           <t>Szkudlarek Aleksandra</t>
         </is>
       </c>
-      <c r="L73" t="inlineStr">
+      <c r="L74" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/aleksandra-szkudlarek-7828.html</t>
         </is>
       </c>
-      <c r="M73" t="inlineStr">
+      <c r="M74" t="inlineStr">
         <is>
           <t>(pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano</t>
         </is>
       </c>
-      <c r="N73" t="inlineStr">
+      <c r="N74" t="inlineStr">
         <is>
           <t>In-situ, nanostruktryzacja, pomiary elektryczne</t>
-        </is>
-[...70 lines deleted...]
-          <t>Nanocząstki, spektroskopia moessbauera</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
+          <t>Spektrometr mössbauerowski</t>
+        </is>
+      </c>
+      <c r="B75" t="inlineStr">
+        <is>
+          <t>Ms-4  renon</t>
+        </is>
+      </c>
+      <c r="C75" t="inlineStr">
+        <is>
+          <t>Nowej generacji cyfrowy spektrometr mössbauerowski ms-4 firmy renon  zawiera blok detekcji promieniowania obejmujący głowicę detekcyjną, blok jądrowy oraz bloki kontroli wibratora i kontroli systemu. jest wyposażony w laserowy kalibrator prędkości ruchu źródła. głowica detekcyjna spektrometru zawiera zintegrowany przedwzmacniacz i zasilacz wysokiego napięcia. blok jądrowy umożliwia równoczesną analizę czterech widm: dwu widm mössbauerowskich oraz widm amplitudowych γ zbieranych w modzie koincydencji i antykoincydencji z okienkiem analizatora jednokanałowego. jedno z widm może być zastąpione przez dane z laserowego kalibratora prędkości.</t>
+        </is>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>Badanie lokalnych właściwości elektronowych (stopień utlenienia), strukturalnych (gradient pola elektrycznego) oraz magnetycznych (temperatury porządkowania, anizotropia, wewnętrzne pole magnetyczne) próbek zawierających związki fe, sn lub eu. ilościowe określenie składu próbek wielofazowych oraz oszacowanie średniej wielkości nanocząstek na bazie żelaza. badanie warstw o grubości submikronowej przy użyciu techniki detekcji elektronów konwersji (cems).</t>
+        </is>
+      </c>
+      <c r="E75" t="inlineStr">
+        <is>
+          <t>Układ spektrometru jest wyposażony w z zalewowy kriostat helowy (firmy iceoxford), umożliwiający pomiary w zakresie temperatur 1.5÷300 k. chłodzony wodą próżniowy piecyk mӧssbauerowski firmy elektronika jądrowa pozwala na pomiary w zakresie temperatur od 300k do 1100 k. zakres prędkości wibratora: od ±0.5 do ±150 mm/s</t>
+        </is>
+      </c>
+      <c r="F75" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G75" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H75" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I75" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J75" t="inlineStr">
+        <is>
+          <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
+        </is>
+      </c>
+      <c r="K75" t="inlineStr">
+        <is>
+          <t>Bilovol Vitaliy</t>
+        </is>
+      </c>
+      <c r="L75" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/vitaliy-bilovol-9845.html</t>
+        </is>
+      </c>
+      <c r="M75" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N75" t="inlineStr">
+        <is>
+          <t>Nanocząstki, spektroskopia moessbauera</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
           <t>Środowiskowa sonda kelvina</t>
         </is>
       </c>
-      <c r="B75" t="inlineStr">
+      <c r="B76" t="inlineStr">
         <is>
           <t>Środowiskowa sonda kelvina</t>
         </is>
       </c>
-      <c r="C75" t="inlineStr">
+      <c r="C76" t="inlineStr">
         <is>
           <t>Środowiskowa sonda kelvina służy do pomiaru pracy wyjścia materiałów przewodzących</t>
         </is>
       </c>
-      <c r="D75" t="inlineStr">
+      <c r="D76" t="inlineStr">
         <is>
           <t>Charakterystyka elektryczna metali i półprzewodników, badania katalityczne i korozyjne.</t>
         </is>
       </c>
-      <c r="E75" t="inlineStr">
+      <c r="E76" t="inlineStr">
         <is>
           <t>Pomiar pracy wyjścia próbek stałych przy użyciu oscylującej elektrody referencyjnej.
 dostępny średnice elektrod: 100 um, 1 mm, 5 mm, 10 mm.
 zdolność rozdzielcza pomiaru 2-3 mev.</t>
         </is>
       </c>
-      <c r="F75" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J75" t="inlineStr">
+      <c r="F76" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G76" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H76" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I76" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J76" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K75" t="inlineStr">
+      <c r="K76" t="inlineStr">
         <is>
           <t>Szaciłowski Konrad</t>
         </is>
       </c>
-      <c r="L75" t="inlineStr">
+      <c r="L76" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/konrad-szacilowski-7055.html</t>
         </is>
       </c>
-      <c r="M75" t="inlineStr">
+      <c r="M76" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
         </is>
       </c>
-      <c r="N75" t="inlineStr">
+      <c r="N76" t="inlineStr">
         <is>
           <t>Metale, półprzewodniki, praca wyjścia</t>
         </is>
       </c>
     </row>
-    <row r="76">
-      <c r="A76" t="inlineStr">
+    <row r="77">
+      <c r="A77" t="inlineStr">
         <is>
           <t>Laserowy dwuwiązkowy - spektrometr fotoelektryczny</t>
         </is>
       </c>
-      <c r="B76" t="inlineStr">
+      <c r="B77" t="inlineStr">
         <is>
           <t>Laserowy dwuwiązkowy spektrometr fotoelektryczny</t>
         </is>
       </c>
-      <c r="C76" t="inlineStr">
+      <c r="C77" t="inlineStr">
         <is>
           <t xml:space="preserve">Źródło światła: dwa lasery opolette 355 z pompą nd:yag wyposażoną w optyczne oscylatory parametryczne (opo) przestrajalne w zakresie 210-2400 nm o szczytowej mocy impulsu rzędu 500 kw.
 układ detekcji: elektrochemiczna stacja robocza zahner-elektric im6 z układem szybkiej akwizycji danych (tr8m)
 układ sterujący: precyzyjny układ synchronizacji (instytut fotonowy).
 spektrometr pozwoli na szczegółową analizę dynamiki nośników generowanych w strukturach półprzewodnikowych, badanie właściwości stanów pułapkowych oraz badania nad mechanizmami efektów pamięci krótkotrwałej w tzw. synapsach fotoelektrochemicznych. ponadto urządzenie umożliwia pomiary techniką spektroskopii fotomodulacyjnej (cimps). </t>
         </is>
       </c>
-      <c r="D76" t="inlineStr">
+      <c r="D77" t="inlineStr">
         <is>
           <t xml:space="preserve">Laserowy dwuwiązkowy spektrometr fotoelektryczny umożliwia:
 - pomiar natężenia fotoprądu w szerokim zakresie światła: 210-2400 nm
 - badanie dynamiki nośników i określenie właściwości stanów pułapkowych w półprzewodnikach
 - badania neuromimetyczne materiałów, m.in. synapsy fotoelektrochemiczne
 - pomiary technikami spektroskopii fotomodulacyjnej imps i imvs półprzewodników i ogniw słonecznych.  </t>
         </is>
       </c>
-      <c r="E76" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J76" t="inlineStr">
+      <c r="E77" t="inlineStr"/>
+      <c r="F77" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G77" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H77" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I77" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J77" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K76" t="inlineStr">
+      <c r="K77" t="inlineStr">
         <is>
           <t>Podborska Agnieszka</t>
         </is>
       </c>
-      <c r="L76" t="inlineStr">
+      <c r="L77" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-podborska-7440.html</t>
         </is>
       </c>
-      <c r="M76" t="inlineStr">
+      <c r="M77" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N76" t="inlineStr">
+      <c r="N77" t="inlineStr">
         <is>
           <t>Cimps, fotonapięcie, fotoprąd, imps, imvs, półprzewodniki</t>
         </is>
       </c>
     </row>
-    <row r="77">
-      <c r="A77" t="inlineStr">
+    <row r="78">
+      <c r="A78" t="inlineStr">
         <is>
           <t>Naświetlarka diodowa</t>
         </is>
       </c>
-      <c r="B77" t="inlineStr">
+      <c r="B78" t="inlineStr">
         <is>
           <t>Naświetlarka diodowa firmy chip</t>
         </is>
       </c>
-      <c r="C77" t="inlineStr">
+      <c r="C78" t="inlineStr">
         <is>
           <t xml:space="preserve">Naświetlarka diodowa to urządzenie sterujące diodami led o mocy do 100 mw. zestaw diod obejmuje ledy o długościach światła: 365, 385, 405, 460, 510, 530, 620, 660, 735, 860, 940 nm, a także diody światła białego (3000k, 4000k, 10 000k). urządzenie pozwala na sterowanie intensywnością światła z krokiem co 1%. 
 do urządzenia możemy podłączyć zewnętrzny generator sygnału. pasmo przenoszenia dla światła sinusoidalnego wynosi 100 khz, dla impulsów prostokątnych 10 khz. </t>
         </is>
       </c>
-      <c r="D77" t="inlineStr">
+      <c r="D78" t="inlineStr">
         <is>
           <t>Naświetlarka diodowa może posłużyć do róznego rodzaju eksperymentów, w których wymaganie jest użycie precyzyjnego źródła światła. może posłużyć do badania materiałów półprzewodnikowych, układów neuromimetycznych, a także syntez aktywowanych światłem.</t>
         </is>
       </c>
-      <c r="E77" t="inlineStr"/>
-[...5 lines deleted...]
-      <c r="G77" t="inlineStr">
+      <c r="E78" t="inlineStr"/>
+      <c r="F78" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G78" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. 
 (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H77" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J77" t="inlineStr">
+      <c r="H78" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I78" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J78" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K77" t="inlineStr">
+      <c r="K78" t="inlineStr">
         <is>
           <t>Podborska Agnieszka</t>
         </is>
       </c>
-      <c r="L77" t="inlineStr">
+      <c r="L78" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-podborska-7440.html</t>
         </is>
       </c>
-      <c r="M77" t="inlineStr">
+      <c r="M78" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N77" t="inlineStr">
+      <c r="N78" t="inlineStr">
         <is>
           <t>Led</t>
         </is>
       </c>
     </row>
-    <row r="78">
-      <c r="A78" t="inlineStr">
+    <row r="79">
+      <c r="A79" t="inlineStr">
         <is>
           <t>Spektrofotometr uv-vis-nir lambda 750 perkinelmer</t>
         </is>
       </c>
-      <c r="B78" t="inlineStr">
+      <c r="B79" t="inlineStr">
         <is>
           <t>Spektrofotometr uv-vis-nir lambda 750 firmy perkinelmer</t>
         </is>
       </c>
-      <c r="C78" t="inlineStr">
+      <c r="C79" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrofotometr uv-vis lambda 750 spektrometr posiada dwie komory pomiarowe umożliwiające pomiar próbek ciekłych oraz ciał stałych. wyposażony jest w sferę całkująca o średnicy 60 mm do pomiarów współczynnika odbicia (reflektancji) i transmisji w ciałach stałych i proszkach. 
 zakres pomiarowy: 200-2500 nm
 rozdzielczość w zakresie uv-vis: 0.17 – 5.00 nm
 rozdzielczość w zakresie nir: 0.20 – 20.00 nm
 podwójne źródło światła: lampa deuterowa oraz wolframowo-halogenowa
  </t>
         </is>
       </c>
-      <c r="D78" t="inlineStr">
+      <c r="D79" t="inlineStr">
         <is>
           <t xml:space="preserve">Spektrofotometr umożliwa pomiar absorbancji, trnasmitancji oraz reflektancji dla próbek ciekłych i stałych (cienkie warstwy, proszki).
 pomiar reflektacji ciał stałych umozliwia wyznaczenie szerokości pasma wzbronionego dla materiałów półprzewodnikowych. </t>
         </is>
       </c>
-      <c r="E78" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J78" t="inlineStr">
+      <c r="E79" t="inlineStr"/>
+      <c r="F79" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G79" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H79" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I79" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J79" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K78" t="inlineStr">
+      <c r="K79" t="inlineStr">
         <is>
           <t>Podborska Agnieszka</t>
         </is>
       </c>
-      <c r="L78" t="inlineStr">
+      <c r="L79" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/agnieszka-podborska-7440.html</t>
         </is>
       </c>
-      <c r="M78" t="inlineStr">
+      <c r="M79" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N78" t="inlineStr">
+      <c r="N79" t="inlineStr">
         <is>
           <t>Absorbancja, półprzewodniki, reflektancja, spektrometr, szerokość przerwy wzbronionej, transmitancja, uv-vis-nir</t>
         </is>
       </c>
     </row>
-    <row r="79">
-      <c r="A79" t="inlineStr">
+    <row r="80">
+      <c r="A80" t="inlineStr">
         <is>
           <t>Analizator impedancji biologic mtz-35</t>
         </is>
       </c>
-      <c r="B79" t="inlineStr">
+      <c r="B80" t="inlineStr">
         <is>
           <t>Analizator impedancji biologic mtz-35</t>
         </is>
       </c>
-      <c r="C79" t="inlineStr">
+      <c r="C80" t="inlineStr">
         <is>
           <t>Biologic mtz-35 to analizator impedancji umożliwiający prowadzenie pomiarów w szerokim zakresie częstotliwości (10 µhz – 35  mhz). analizator charakteryzuje się bardzo wysoką dokładnością pomiarową (0.1% amplitudy, 0.05% fazy). umożliwia również pomiar impedancji i jednoczesną polaryzację analizowanych materiałów. posiada możliwość prowadzenia pomiarów w układach 2, 3 oraz 4-elektrodowych.</t>
         </is>
       </c>
-      <c r="D79" t="inlineStr">
+      <c r="D80" t="inlineStr">
         <is>
           <t>Pomiar widm impedancyjnych w zakresie częstotliwości 10 µhz – 35 mhz.</t>
         </is>
       </c>
-      <c r="E79" t="inlineStr">
+      <c r="E80" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	generator:     
 		zakres częstotliwości: od 10 μhz do 35 mhz
 		zakres napięć: od +/-100 μv do +/-10 v dc + pik ac
 	zakresy pomiarowe:    
 		induktancja: od 10 nh do 10 kh
 		pojemność: od 1 pf do 1000 μf
 		rezystancja: od 1 mω do 500 mω
 		dokładność podstawowa: 0.1%
 </t>
         </is>
       </c>
-      <c r="F79" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J79" t="inlineStr">
+      <c r="F80" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G80" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H80" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I80" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J80" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K79" t="inlineStr">
+      <c r="K80" t="inlineStr">
         <is>
           <t>Mech Krzysztof</t>
         </is>
       </c>
-      <c r="L79" t="inlineStr">
+      <c r="L80" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-mech-7959.html</t>
         </is>
       </c>
-      <c r="M79" t="inlineStr">
+      <c r="M80" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N79" t="inlineStr">
+      <c r="N80" t="inlineStr">
         <is>
           <t>Analizator impedancji, eis, spektroskopia impedancyjna</t>
         </is>
       </c>
     </row>
-    <row r="80">
-      <c r="A80" t="inlineStr">
+    <row r="81">
+      <c r="A81" t="inlineStr">
         <is>
           <t>Spektrometr odwrotnej fotoemisji leips</t>
         </is>
       </c>
-      <c r="B80" t="inlineStr">
+      <c r="B81" t="inlineStr">
         <is>
           <t>Ulvac-phi leips</t>
         </is>
       </c>
-      <c r="C80" t="inlineStr">
+      <c r="C81" t="inlineStr">
         <is>
           <t>Spektrometr odwrotnej fotoemisji leips (low energy inverse photoemission spectroscopy) pozwala wyznaczyć strukturę elektronową nieobsadzonych poziomów energetycznych pasma przewodnictwa materiałów półprzewodnikowych. jego zasada działania oparta jest na analizie widma promieniowania elektromagnetycznego z zakresu światła widzialnego oraz ultrafioletowego emitowanego w wyniku absorpcji elektronów o niskiej i precyzyjnie określonej energii. emisja ta jest wynikiem wypełniania przez elektrony niezajętych stanów energetycznych pasma przewodnictwa.
 spektrometr stanowi doposażenie pracującego już w acmin spektrometru fotoelektronów ups/xps+argcib. metoda xps (x-ray photoelectron spectroscopy) dostarcza informacji o składzie oraz stanach chemicznych pierwiastków w materiale, natomiast dokładna analiza pasma walencyjnego badana jest metodą ups (ultraviolet photoelectron spectroscopy). dołączanie analizy pasma przewodnictwa metodą leips pozwala wyznaczyć pracę wyjścia, energię jonizacji, powinowactwo elektronowe i szerokość przerwy energetycznej, a więc niezbędne wielkości opisujące strukturę elektronową półprzewodników.
 wszystkie trzy metody: xps, ups oraz leips analizują wierzchnią warstwę materiału o grubości nie większej niż 5 nm. badanie głębiej położonych warstw jest możliwe poprzez usunięcie warstwy wierzchniej metodą rozpylania jonowego. do tego celu wykorzystywane jest w unikalne działo jonowe pozwalające usuwać warstwę wierzchnią bombardując jonami klastrów atomów argonu argcib (argon gas cluster ion beam), które minimalizuje lub całkowicie eliminuje niepożądane efekty pojawiające się przy rozpylaniu wiązką monoatomową.</t>
         </is>
       </c>
-      <c r="D80" t="inlineStr">
+      <c r="D81" t="inlineStr">
         <is>
           <t>Zasada działania oparta jest na analizie widma promieniowania elektromagnetycznego z zakresu światła widzialnego oraz ultrafioletowego emitowanego w wyniku absorpcji elektronów o niskiej i precyzyjnie określonej energii. emisja ta jest wynikiem wypełniania przez elektrony niezajętych stanów energetycznych pasma przewodnictwa.</t>
         </is>
       </c>
-      <c r="E80" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J80" t="inlineStr">
+      <c r="E81" t="inlineStr"/>
+      <c r="F81" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G81" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H81" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I81" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J81" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K80" t="inlineStr">
+      <c r="K81" t="inlineStr">
         <is>
           <t>Marzec Mateusz</t>
         </is>
       </c>
-      <c r="L80" t="inlineStr">
+      <c r="L81" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-marzec-7814.html</t>
         </is>
       </c>
-      <c r="M80" t="inlineStr">
+      <c r="M81" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N80" t="inlineStr">
+      <c r="N81" t="inlineStr">
         <is>
           <t>Ips, leips, odwrotna fotoemisja</t>
         </is>
       </c>
     </row>
-    <row r="81">
-      <c r="A81" t="inlineStr">
+    <row r="82">
+      <c r="A82" t="inlineStr">
         <is>
           <t>Spektrometr fotoelektronów xps</t>
         </is>
       </c>
-      <c r="B81" t="inlineStr">
+      <c r="B82" t="inlineStr">
         <is>
           <t>Phi 5000 xps versaprobeii</t>
         </is>
       </c>
-      <c r="C81" t="inlineStr">
+      <c r="C82" t="inlineStr">
         <is>
           <t>Spektrometr fotoelektronów emitowanych pod wpływem naświetlania promieniowaniem rentgenowskim (xps) lub ultrafiloteowym (ups) służy do analizy składu i stanów chemicznych pierwiastków na powierzchni badanego materiału. laboratorium wyposażone jest w spektrometr fotoelektronów xps/ups model phi 5000 versaprobeii (ulvac-phi, chigasaki, japan). urządzenie to wyposażone jest w hemisferyczny analizator energii elektronów o wysokiej rozdzielczości energetycznej oraz czuły, mikrokanałowy detektor (channel plate). rejestruje on fotoelektrony emitowane przez monochromatyczne źródło promieniowania rentgenowskiego (al kα 1486.6 ev) lub źródło promieniowania w zakresie ultrafioletu (he i 21.2 ev, he ii 40.8 ev). spektrometr wyposażony jest w działo jonowe umożliwiające profilowanie głębokościowe wiązką klastrów argonu o rozmiarach z zakresu 1000 – 5000 atomów/klaster przyśpieszanych energiami 5-20 kev (argon gas cluster ion beam – ar-gcib). dodatkowo drugie działo jonowe umożliwia rozpylanie wiązką mono-atomowych jonów argonu o maksymalnej energii 5 kev. w trakcie badań materiał może być chłodzony lub podgrzewany w zakresie od -120oc do 500oc. pięcio-osiowy manipulator umożliwia przeprowadzenie analizy w zależności od kąta ustawienia próbki względem osi analizatora (ar-xps) oraz prowadzenia rozpylania jonowego na obracającej się próbce (rotacja zalara).</t>
         </is>
       </c>
-      <c r="D81" t="inlineStr">
+      <c r="D82" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	analiza ilościowa składu chemicznego oraz określenie stanu chemicznego pierwiastków w warstwie powierzchniowej o grubości ok. 5 nm
 	wyznaczanie stężenia pierwiastków wraz z identyfikacją ich stanu chemicznego względem głębokości (profilowanie głębokościowe) z minimalną zdolnością rozdzielcza względem głębokości 10 nm
 </t>
         </is>
       </c>
-      <c r="E81" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J81" t="inlineStr">
+      <c r="E82" t="inlineStr"/>
+      <c r="F82" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G82" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H82" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I82" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J82" t="inlineStr">
         <is>
           <t>Zakład nanoinżynierii powierzchni i biomateriałów</t>
         </is>
       </c>
-      <c r="K81" t="inlineStr">
+      <c r="K82" t="inlineStr">
         <is>
           <t>Marzec Mateusz</t>
         </is>
       </c>
-      <c r="L81" t="inlineStr">
+      <c r="L82" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/mateusz-marzec-7814.html</t>
         </is>
       </c>
-      <c r="M81" t="inlineStr">
+      <c r="M82" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N81" t="inlineStr">
+      <c r="N82" t="inlineStr">
         <is>
           <t>Chemia powierzchni, esca, xps</t>
         </is>
       </c>
     </row>
-    <row r="82">
-      <c r="A82" t="inlineStr">
+    <row r="83">
+      <c r="A83" t="inlineStr">
         <is>
           <t>Potencjostaty/galwanostaty biologic sp-300</t>
         </is>
       </c>
-      <c r="B82" t="inlineStr">
+      <c r="B83" t="inlineStr">
         <is>
           <t>Biologic sp-300</t>
         </is>
       </c>
-      <c r="C82" t="inlineStr">
+      <c r="C83" t="inlineStr">
         <is>
           <t>Dwukanałowe potencjostaty/galwanostaty biologic sp-300 umożliwiają wykonanie podstawowych pomiarów elektorchemicznych, badań właściwości elektrokatalitycznych, korozyjnych, analizę kinetyki oraz mechanizmu reakcji elektrodowych jak również syntezę materiałów metalicznych oraz półprzewodnikowych o zróżnicowanej geometrii (nanrurki, nanodruty). oba potencjostaty wyposażone są w moduły eis (różne zakresy częstotliwości) umożiwające prowadzenie badań z wykorzystaniem elektrochemicznej spektroskopii impedancyjnej.
 potencjostat nr 1: jeden z kanałów wyposażony w moduł eis umożliwia prowadzenie badań z wykorzystaniem elektrochemicznej spektroskopii impedancyjnej.
 potencjostat nr 2: dwa kanały wyposażone są w moduły niskoprądowe oraz moduły eis.</t>
         </is>
       </c>
-      <c r="D82" t="inlineStr">
+      <c r="D83" t="inlineStr">
         <is>
           <t xml:space="preserve">
 	pomiar charakterystyk prądowo – napięciowych (cv, lv, lsv, dpv)
 	pomiar widm impedancyjnych
 	pomiar krzywych chronoamperometrycznych oraz chronopotencjometrycznych
 	pomiar ocp
 </t>
         </is>
       </c>
-      <c r="E82" t="inlineStr">
+      <c r="E83" t="inlineStr">
         <is>
           <t xml:space="preserve">Potensjostat 1:
 	zakres napięć sterujących: ±10 v (kanały 1, 2)
 	zakres częstotliwości eis: 10 μhz – 7 mhz (kanał 1)
 	zakres prądowy: od 1 a do 10 na (kanały 1, 2)
 potencjostat 2:
 	zakres napięć: ±10 v (kanał 1, 2)
 	zakres częstotliwości eis: 10 μhz – 3 mhz (kanał 1, 2)
 	zakres prądowy: od 1 a do 1 pa (kanał 1, 2)
 </t>
         </is>
       </c>
-      <c r="F82" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J82" t="inlineStr">
+      <c r="F83" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G83" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H83" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I83" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J83" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K82" t="inlineStr">
+      <c r="K83" t="inlineStr">
         <is>
           <t>Mech Krzysztof</t>
         </is>
       </c>
-      <c r="L82" t="inlineStr">
+      <c r="L83" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-mech-7959.html</t>
         </is>
       </c>
-      <c r="M82" t="inlineStr">
+      <c r="M83" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N82" t="inlineStr">
+      <c r="N83" t="inlineStr">
         <is>
           <t>Eis, elektrochemia, elektroosadzanie, korozja, woltamperometria</t>
         </is>
       </c>
     </row>
-    <row r="83">
-      <c r="A83" t="inlineStr">
+    <row r="84">
+      <c r="A84" t="inlineStr">
         <is>
           <t>Wzmacniacz prądowo-napięciowy 30a/48v biologic hcv-3048</t>
         </is>
       </c>
-      <c r="B83" t="inlineStr">
+      <c r="B84" t="inlineStr">
         <is>
           <t>Zewnętrzny booster prądowo-napięciowy 30a/48v biologic hcv-3048</t>
         </is>
       </c>
-      <c r="C83" t="inlineStr">
+      <c r="C84" t="inlineStr">
         <is>
           <t>Zewnętrzny wzmacniacz prądowo-napięciowy przeznaczony do pracy z potencjostatami biologic serii sp-300. urządzenie umożliwia poszerzenie standardowego zakresu pomiarowego do +/-30 a oraz 48 v.</t>
         </is>
       </c>
-      <c r="D83" t="inlineStr">
+      <c r="D84" t="inlineStr">
         <is>
           <t>Rozszerzenie podstawowego zakresu prądowo-napięciowego potencjostatu biologic sp-300.</t>
         </is>
       </c>
-      <c r="E83" t="inlineStr">
+      <c r="E84" t="inlineStr">
         <is>
           <t>Mksymaly prąd: ±30 a
 zakres napięciowy: 0-48 v
 eis: do 500 khz</t>
         </is>
       </c>
-      <c r="F83" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J83" t="inlineStr">
+      <c r="F84" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G84" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H84" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I84" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J84" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K83" t="inlineStr">
+      <c r="K84" t="inlineStr">
         <is>
           <t>Mech Krzysztof</t>
         </is>
       </c>
-      <c r="L83" t="inlineStr">
+      <c r="L84" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/krzysztof-mech-7959.html</t>
         </is>
       </c>
-      <c r="M83" t="inlineStr">
+      <c r="M84" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N83" t="inlineStr">
+      <c r="N84" t="inlineStr">
         <is>
           <t>Chronoapmerometria, chronopotencjomatia, galwanostat, potensjostat, voltamperometria</t>
         </is>
       </c>
     </row>
-    <row r="84">
-      <c r="A84" t="inlineStr">
+    <row r="85">
+      <c r="A85" t="inlineStr">
         <is>
           <t>Układ do ultraszybkiej spektroskopii stanów wzbudzonych w zakresie od ultrafioletu do podczerwieni</t>
         </is>
       </c>
-      <c r="B84" t="inlineStr">
+      <c r="B85" t="inlineStr">
         <is>
           <t>Envision™ spektrometr absorpcji przejściowej w zakresie uv/widzialnym/bliskiej podczerwieni</t>
         </is>
       </c>
-      <c r="C84" t="inlineStr">
+      <c r="C85" t="inlineStr">
         <is>
           <t xml:space="preserve">Envision™ zapewnia szerokopasmową nanosekundową spektroskopię absorpcji przejściowej, która płynnie mierzy widmo w zakresie uv, widzialnym i bliskiej podczerwieni z rozdzielczością czasową 5 ns i czasem opóźnienia do milisekund. dzięki wysokiej częstotliwości repetycji lasera wzbudzającego możliwość rejestracji całego widma w czasie kilku minut. detektory oparte o fotodiody tunelowe zapewniają wysoką czułość i niski poziom szumów.
 najnowocześniejsza nanosekundowa spektroskopia absorpcji przejściowej to w pełni zintegrowany, jednoelementowy system, który obejmuje poniższe elementy:
 	źródła światła analizującego: lampa halogenowa, lampa ksenonowa.
 	lasery wzbudzający: pompowany diodowo laser nd:yag z generatorami wyższych harmonicznych 355 oraz 532 nm (6 khz) wraz z opo (410-2300 nm, 100 hz).
 	wszystkie komponenty optyczne zainstalowane na jednej wspólnej płycie otycznej zapewniają wieloletnią stabilność geometrii toru wzbudzenia i detekcji.
 	duży, modułowy przedział na próbki, możliwość pomiaru próbek ciekłych i stałych w trybie transmisji i odbicia.
 	system detekcji oparty o fotodiody tunelowe i dedykowane niskoszumowe przedwzmacniacze.
 	możliwość automatycznej kompensacji fotoemisji próbek.
 	wysokowydajny komputer zintegrowany z systemem pomiarowym.
 	oprogramowanie umożliwiające automatyczną kontrolę wszystkich parametrów eksperymentu.
 </t>
         </is>
       </c>
-      <c r="D84" t="inlineStr">
+      <c r="D85" t="inlineStr">
         <is>
           <t>Przełomowy instrument do pomiarów spektroskopii absorpcji przejściowej o wysokiej czułości umożliwiający pogłębienie wiedzy na temat krótkotrwałych cząsteczek i stanów wzbudzonych w reakcjach fotochemicznych i fotokatalitycznych.</t>
         </is>
       </c>
-      <c r="E84" t="inlineStr">
+      <c r="E85" t="inlineStr">
         <is>
           <t xml:space="preserve">Pomiary absorpcji przejściowej (kinetyczne) przy wzbudzeniu światłem o długości 355 i 532 nm (częstość repetycji lasera 6 khz) i 410-2300 nm (100 hz). analiza w zakresie 300-1700 nm.
 pomiary spektralne absorpcji przejściowej w zakresie 300-1700 nm, maksymalna rozdzielczość czasowa 5 ns.
  </t>
         </is>
       </c>
-      <c r="F84" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J84" t="inlineStr">
+      <c r="F85" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G85" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H85" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I85" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J85" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K84" t="inlineStr">
+      <c r="K85" t="inlineStr">
         <is>
           <t>Szaciłowski Konrad</t>
         </is>
       </c>
-      <c r="L84" t="inlineStr">
+      <c r="L85" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/konrad-szacilowski-7055.html</t>
         </is>
       </c>
-      <c r="M84" t="inlineStr">
+      <c r="M85" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia</t>
         </is>
       </c>
-      <c r="N84" t="inlineStr">
+      <c r="N85" t="inlineStr">
         <is>
           <t>Absorpcja przejściowa, pomiar czasu życia, spektrometria optyczna, stany wzbudzone</t>
-        </is>
-[...70 lines deleted...]
-          <t>Spm, stm, uhv</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
+          <t>Elektronika sterująca głowicą skaningowego mikroskopu tunelowego</t>
+        </is>
+      </c>
+      <c r="B86" t="inlineStr">
+        <is>
+          <t>Elektronika sterująca spm rhk r9plus</t>
+        </is>
+      </c>
+      <c r="C86" t="inlineStr">
+        <is>
+          <t>„rhk r9plus spm control system” jest częścią skaningowego mikroskopu tunelowego (stm) i jest obecnie najnowszą elektroniką sterującą aparaturą spm firmy rhk, zalecaną do przeprowadzania zaawansowanych pomiarów stm. system ten wyróżnia się m.in. w pełni zintegrowanym, programowalnym systemem kontrolującym pracę aparatury jak i akwizycji danych, co skutkuje znaczącym zwiększeniem responsywności układu oraz obniżeniem generowanych szumów. wbudowane trzy woltomierze fazoczułe, umożliwiają przeprowadzanie wielu równoległych badań spektroskopowych, niezbędnych w precyzyjnych pomiarach rozpraszania powierzchniowej fali elektronowej na defektach, wykluczając negatywny wpływ zewnętrznych połączeń kablowych. przy pomocy tej aparatury możliwe jest: - wykonywanie skanów topografii powierzchni metodą stm, - wyznaczanie charakterystyk prądowo-napięciowych metodą sts.</t>
+        </is>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>Wykonywanie pomiarów topografii powierzchni metodą stm, wyznaczanie charakterystyk prądowo-napięciowych metodą sts</t>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>Wykonywanie pomiarów topografii powierzchni metodą stm, wyznaczanie charakterystyk prądowo-napięciowych metodą sts</t>
+        </is>
+      </c>
+      <c r="F86" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G86" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H86" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I86" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J86" t="inlineStr">
+        <is>
+          <t>Zakład efektów kwantowych w nanostrukturach</t>
+        </is>
+      </c>
+      <c r="K86" t="inlineStr">
+        <is>
+          <t>Trembułowicz Artur</t>
+        </is>
+      </c>
+      <c r="L86" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/artur-trembulowicz-10005.html</t>
+        </is>
+      </c>
+      <c r="M86" t="inlineStr">
+        <is>
+          <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
+        </is>
+      </c>
+      <c r="N86" t="inlineStr">
+        <is>
+          <t>Spm, stm, uhv</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
           <t>Aparatura do hipertermii - urządzenie do indukcyjnego nagrzewania roztworów nanocząstek firmy dacpol, wykorzystujące generator firmy ambrell</t>
         </is>
       </c>
-      <c r="B86" t="inlineStr">
+      <c r="B87" t="inlineStr">
         <is>
           <t>Aparatura do hipertermii - urządzenie do indukcyjnego nagrzewania roztworów nanocząstek firmy dacpol, wykorzystujące generator firmy ambrell</t>
         </is>
       </c>
-      <c r="C86" t="inlineStr">
+      <c r="C87" t="inlineStr">
         <is>
           <t xml:space="preserve">Aparatura do hipertermii - urządzenie do indukcyjnego nagrzewania roztworów nanocząstek firmy dacpol, wykorzystujące generator firmy ambrell 
 urządzenie do indukcyjnego nagrzewania roztworów  nanocząstek magnetycznych składa się z:
 	układu sterującego,
 	układu zasilania komponentów,
 	układu chłodzącego wodą,
 	oraz cewki indukcyjnej.
 układ sterujący wyposażony jest w generator tranzystorowy (firmy ambrell) wysokiej częstotliwości do grzania indukcyjnego (easy heat 0224ffce) o mocy do 2,4 kw, układu zasilania komponentów oraz układu sterującego prądem, mocą i czasem nagrzewania próbki. układ chłodzący (texa tcw12nbsbcp0000) połączony jest z generatorem i cewką indukcyjną. istnieje możliwość prowadzania pomiarów  hipertermii w  cewkach indukcyjnych o średnicach wewnętrznych 1;  2,5 oraz 4 cale.  
 badanie metodą hipertermii magnetycznej daje możliwość określenia:
 	temperatury nagrzewania sie roztworu nanocząstek (max. do 100 oc),
 	szybkości nagrzewania i chłodzenia roztworu nanocząstek magnetycznych pod wpływem pola elektromagnetycznego w zależności od ich: rodzaju, wielkości i stężenia,
 	zależności temperaturowych w funkcji czasu, natężenia prądu i mocy przy zadanym prądzie układu indukującego zmienne pole elektromagnetyczne.
 </t>
         </is>
       </c>
-      <c r="D86" t="inlineStr">
+      <c r="D87" t="inlineStr">
         <is>
           <t>Podstawowe parametry pracy:
 a) generator/ parametry zasilania 
 napięcie zasilania ac 200-250 vrms
 maksymalny prąd 14,5 arms, nom
 częstotliwość zasilania 50-60 hz
 moc pozorna 1,3-2,6 kva max
 b) układ chłodzący
 temperatura wody 20-35 oc
 przepływ (minimum) 2,6 l/min
 ciśnienie 2,8-5,5 bar
 ph 7</t>
         </is>
       </c>
-      <c r="E86" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J86" t="inlineStr">
+      <c r="E87" t="inlineStr"/>
+      <c r="F87" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G87" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H87" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I87" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J87" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K86" t="inlineStr">
+      <c r="K87" t="inlineStr">
         <is>
           <t>Kmita Angelika</t>
         </is>
       </c>
-      <c r="L86" t="inlineStr">
+      <c r="L87" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/angelika-kmita-8131.html</t>
         </is>
       </c>
-      <c r="M86" t="inlineStr">
+      <c r="M87" t="inlineStr">
         <is>
           <t>(pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N86" t="inlineStr">
+      <c r="N87" t="inlineStr">
         <is>
           <t>Hipertermia, nanocząstki, nanomagnetyzm, terapia leczenia nowotworów</t>
         </is>
       </c>
     </row>
-    <row r="87">
-      <c r="A87" t="inlineStr">
+    <row r="88">
+      <c r="A88" t="inlineStr">
         <is>
           <t>Kwadrupolowy spektrometr mas  hpr-20 r&amp;d (ms)</t>
         </is>
       </c>
-      <c r="B87" t="inlineStr">
+      <c r="B88" t="inlineStr">
         <is>
           <t>Kwadrupolowy spektrometr mas  hpr-20 r&amp;d (ms)</t>
         </is>
       </c>
-      <c r="C87" t="inlineStr">
+      <c r="C88" t="inlineStr">
         <is>
           <t>Kwadrupolowy spektrometr mas  hpr-20 r&amp;d; (ms) sprzężony z termograwimetrem q600 ta instruments (tg).  układ tg/dsc-ms umożliwia analizę jakościową i ilościową uwalnianych gazów i par wydzielających się w trakcie ogrzewania próbki ( w zakresie temperatury do 1500 oc). zakres analizowanych mas do 200 a.m.u. potrójny filtr spektrometru masowego zapwenia bardzo wysoką czułość z ostateczną granicą wykrywalności wynoszącą 10 ppb.
 kwadrupolowy spektrometr mas  hpr-20 r&amp;d;  (ms) firmy  hiden analytical
 czas odpowiedzi przy zmianie stężenia gazu
 &lt; 300 ms
 szybkość skanowania
 do 500 pomiarów/s
 źródło jonów
 zamknięte źródło jonów
 zakres mas atomowych
 0-200 a.m.u.
 opcja ustawienia energii jonizacji 
 spektrometr mas wyposażony jest w opcję ustawienia energii jonizacji.
 krok ustawienia energii jonizacji
 0,2 ev
 limit detekcji gazów
 10 ppb
 dozowanie analizowanych mieszanin gazów i par
 układ ciągłego dozowania analizowanych mieszanin gazów i par. wyposażony w ogrzewaną linię transferową (grzaną min. do 160 oc) z regulacją temperatury i cyfrowym wyświetlaczem temperatury. kapilara wyposażona w wymienny filtr przeciwpyłowy.
 kontrola przepływu gazów
 by-pass do pompy utrzymującej stałeciśnienie w analizatorze wraz z zaworem by-passu próbki. regulowany minimalny przepływ analizowanych gazów.
 interfejs
 interfejs kompatybilny z  q600 ta instruments wyposażony w punkt poboru gazów z termowagi wraz z elementami zapobiegającymi kondensacji par i gazów.</t>
         </is>
       </c>
-      <c r="D87" t="inlineStr">
+      <c r="D88" t="inlineStr">
         <is>
           <t>Kwadrupolowy spektrometr mas  hpr-20 r&amp;d; (ms) sprzężony z termograwimetrem q600 ta instruments (tg).  układ tg-ms umożliwia analizę jakościową i ilościową uwalnianych gazów i par wydzielających się w trakcie ogrzewania próbki ( w zakresie temperatury do 1500 oc). zakres analizowanych mas do 200 a.m.u. potrójny filtr spektrometru masowego zapwenia bardzo wysoką czułość z ostateczną granicą wykrywalności wynoszącą 10 ppb.</t>
         </is>
       </c>
-      <c r="E87" t="inlineStr"/>
-[...20 lines deleted...]
-      <c r="J87" t="inlineStr">
+      <c r="E88" t="inlineStr"/>
+      <c r="F88" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G88" t="inlineStr">
+        <is>
+          <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
+        </is>
+      </c>
+      <c r="H88" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I88" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J88" t="inlineStr">
         <is>
           <t>Zakład materiałów funkcjonalnych i nanomagnetyzmu</t>
         </is>
       </c>
-      <c r="K87" t="inlineStr">
+      <c r="K88" t="inlineStr">
         <is>
           <t>Kmita Angelika</t>
         </is>
       </c>
-      <c r="L87" t="inlineStr">
+      <c r="L88" t="inlineStr">
         <is>
           <t>Https://api.skos.agh.edu.pl/osoba/angelika-kmita-8131.html</t>
         </is>
       </c>
-      <c r="M87" t="inlineStr">
+      <c r="M88" t="inlineStr">
         <is>
           <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N87" t="inlineStr">
+      <c r="N88" t="inlineStr">
         <is>
           <t>Analiza ilościowa, analiza jakościowa, identyfikacja gazów, widmo masowe</t>
         </is>
       </c>
     </row>
-    <row r="88">
-      <c r="A88" t="inlineStr">
+    <row r="89">
+      <c r="A89" t="inlineStr">
         <is>
           <t>Elipsometr spektroskopowy</t>
         </is>
       </c>
-      <c r="B88" t="inlineStr">
+      <c r="B89" t="inlineStr">
         <is>
           <t>Elipsometr spektroskopowy senresearch 4.0 - model 850</t>
         </is>
       </c>
-      <c r="C88" t="inlineStr">
+      <c r="C89" t="inlineStr">
         <is>
           <t>Elipsometr spektroskopowy ser-850 jest urządzeniem działającym w zakresie od ultrafioletu do bliskiej podczerwieni, służącym do pomiaru grubości oraz podstawowych właściwości optycznych cienkich warstw oraz struktur wielowarstwowych. urządzenie pozwala na prowadzenie zarówno rutynowych jak i zaawansowanych pomiarów właściwości optycznych cienkich warstw, w tym wyznaczanie elementów macierzy muellera i pomiary operando – na przykład podczas procesów korozyjnych czy katalitycznych. mowa tu o współczynniku załamania światła, współczynniku absorpcji – dla układów jedno i wielowarstwowych. możliwe jest również wyznaczenie grubości poszczególnych warstw bez niszczenia próbek. wyniki pozwalają na wyznaczenie chropowatości nie tylko powierzchni próbek ale również poszczególnych interfejsów. precyzja pomiaru jest zapewniona poprzez cyfrowo kontrolowane ruchome ramiona oraz odpowiedni zestaw źródeł światła - lampę deuterową (duv) i wolframową (vis-nir)) oraz czułe detektory i polaryzatory pracujące w trybie step-scan. chłodzony termoelektrycznie detektor zakresu duv-vis zapewnia wysoki stosunek sygnał/szum nawet dla próbek o niskim współczynniku odbicia. w urządzeniach zastosowano tryb skanowania ssa, tzn. nie wymagający ruchu elementów toru optycznego w czasie akwizycji, co znacznie zmniejsza czas pomiaru. dołączone oprogramowanie wraz z zaimplementowaną bazą danych, umożliwiają symulację i modelowanie właściwości optycznych mierzonych układów.</t>
         </is>
       </c>
-      <c r="D88" t="inlineStr">
+      <c r="D89" t="inlineStr">
         <is>
           <t>• próbki w postaci cienkich filmów (jedno i wielowarstwowych) • materiały tlenkowe, półprzewodnikowe • badania grubości warstw • parametry optyczne materiałów - pojedyncze warstwy izotropowe oraz złożone układy wielowarstwowe • wyznaczania chropowatości powierzchni oraz interfejsów • badanie materiałów z gradientowych - powłok porowatych, ultra cienkich warstw • badanie efektu depolaryzacji</t>
         </is>
       </c>
-      <c r="E88" t="inlineStr">
+      <c r="E89" t="inlineStr">
         <is>
           <t>• elipsometr - zakres spektralny 240nm do 1700nm • reflektometr – zakres od 420 nm do 850 nm • automatyczny goniometr</t>
         </is>
       </c>
-      <c r="F88" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G88" t="inlineStr">
+      <c r="F89" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G89" t="inlineStr">
         <is>
           <t>Udostępnienie aparatury wymaga uprzedniej zgody kierownika zakładu lub opiekuna urządzenia. udostępnianie odbywa się na zasadzie współpracy lub odpłatnie, w ramach dodatkowych zleceń.  symulacje uzyskiwanych widm przy pomocy dołączonego dedykowanego oprogramowania stanowią przedmiot osobnej umowy współpracy/zlecenia. udostępnianie niniejszej aparatury podlega wpisom do ewidencji - karty czasu pracy aparatury naukowo-badawczej.</t>
         </is>
       </c>
-      <c r="H88" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J88" t="inlineStr">
+      <c r="H89" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I89" t="inlineStr">
+        <is>
+          <t>Akademickie centrum materiałów i nanotechnologii</t>
+        </is>
+      </c>
+      <c r="J89" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K88" t="inlineStr">
+      <c r="K89" t="inlineStr">
         <is>
           <t>Mazur Tomasz</t>
         </is>
       </c>
-      <c r="L88" t="inlineStr">
+      <c r="L89" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/tomasz-mazur-8414.html</t>
         </is>
       </c>
-      <c r="M88" t="inlineStr">
+      <c r="M89" t="inlineStr">
         <is>
           <t>(pob 2) nowe technologie dla gospodarki o obiegu zamkniętym: połączenie modeli biznesowych z ekoinnowacjami w celu wzrostu produktywności i minimalizacji odpadów oraz tworzenia i wykorzystywania wiedzy, (pob 5) materiały, technologie i procesy inspirowane naturą: biotechnologia, bioinspiracje w inżynierii i nauce o materiałach, biosensory, bioenergetyka, biokataliza, biokomputery i bioobliczenia, (pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N88" t="inlineStr">
+      <c r="N89" t="inlineStr">
         <is>
           <t>Cienkie filmy, elipsometria, właściwości cienkich warstw, właściwości optyczne</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>