--- v0 (2025-11-09)
+++ v1 (2026-01-13)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N283"/>
+  <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,21576 +493,127 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Kamera wysokiej prędkości phantom</t>
+          <t>Dwukanałowy system do pomiarów zależności temperaturowej mobilności nośników</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Phantom miro c211</t>
+          <t>Układ pomiarowy z kontrolą temperatury i systemem chłodzenia do pomiarów zależności temperaturowej mobilności nośników</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Kamera phantom miro c211 8 gb colour to zaawansowana kamera wysokiej prędkości, zaprojektowana z myślą o wymagających zastosowaniach badawczo-rozwojowych i przemysłowych. wyposażona w sensor cmos o rozdzielczości do 1280 × 1024 pikseli, oferuje zapis z prędkością do 1800 fps przy pełnej rozdzielczości oraz nawet do ~67 140 fps przy ograniczonej rozdzielczości.</t>
+          <t>Dwukanałowy system do pomiarów zależności temperaturowej mobilności nośników umożliwiają wykonanie podstawowych pomiarów elektorchemicznych w zakresie temperaturowym od – 40 °c do 150 °c.  układ posiada dwa kanały wyposażone w moduły eis, umożiwające prowadzenie badań z wykorzystaniem elektrochemicznej spektroskopii impedancyjnej.</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Dzięki swoim możliwościom kamera miro c211 świetnie sprawdza się w analizie mikroskopowej, badaniach przepływów, testach materiałowych, inżynierii mikrostruktur oraz tam, gdzie konieczne jest „złapanie” bardzo szybkiego zdarzenia z wysoką jakością obrazu. dzięki wysokiej czułości, globalnemu migawkowaniu i precyzyjnej synchronizacji, kamera pozwala analizować procesy trwające mikrosekundy, zapewniając obraz o wysokiej jakości i wiernym odwzorowaniu ruchu.</t>
-[...3 lines deleted...]
-        <is>
           <t xml:space="preserve">
-	sensor: cmos 1280 x 1024 px kolor
-[...7829 lines deleted...]
-          <t xml:space="preserve">
+	możliwość kontroli temperatury w zakresie od – 40 °c do 150 °c
 	pomiar charakterystyk prądowo – napięciowych (cv, lv, lsv, dpv)
 	pomiar widm impedancyjnych
 	pomiar krzywych chronoamperometrycznych oraz chronopotencjometrycznych
 	pomiar ocp
 </t>
         </is>
       </c>
-      <c r="E105" t="inlineStr">
-[...8 lines deleted...]
-	zakres prądowy: od 1 a do 1 pa (kanał 1, 2)
+      <c r="E2" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Kanał 1:
+	zakres napięć sterujących: ±10 v
+	zakres częstotliwości eis: 10 μhz – 7 mhz
+	zakres prądowy: od 1 a do 10 na
+kanał 2:
+	zakres napięć: ± 48 v
+	zakres częstotliwości eis: 10 μhz – 500 khz
+	zakres prądowy: ± 30 v
 </t>
         </is>
       </c>
-      <c r="F105" t="inlineStr">
+      <c r="F2" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G105" t="inlineStr">
+      <c r="G2" t="inlineStr">
         <is>
           <t>Aparatura udostępniania na zasadach wynikających z regulaminu korzystania z infrastruktury badawczej acmin. (https://acmin.agh.edu.pl/home/acmin/5_wspolpraca/aparatura/zasady_i_koszty_korzystania_z_infrastruktury_badawczej_acmin.pdf)</t>
         </is>
       </c>
-      <c r="H105" t="inlineStr">
+      <c r="H2" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I105" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J105" t="inlineStr">
+      <c r="I2" t="inlineStr">
         <is>
           <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
         </is>
       </c>
-      <c r="K105" t="inlineStr">
-[...9 lines deleted...]
-      <c r="M105" t="inlineStr">
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Zakład fotofizyki i elektrochemii półprzewodników</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Szaciłowski Konrad</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/konrad-szacilowski-7055.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N105" t="inlineStr">
-[...13615 lines deleted...]
-          <t>Maszyna hydrauliczna, testy materiałowe</t>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Mobilność nośników, pomiar przewodnictwa</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>