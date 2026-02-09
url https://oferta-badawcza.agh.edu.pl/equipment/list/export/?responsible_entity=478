--- v0 (2025-10-29)
+++ v1 (2026-02-09)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:N4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,179 +493,247 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Skaner laserowy emesent hovermap stx (lidar)</t>
+          <t>Stanowisko pomiarowe z kamerą hiperspektralną specim fx 17e</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Skaner laserowy emesent hovermap stx</t>
+          <t>Stanowisko pomiarowe z kamerą hiperspektralną specim fx 17e</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Emesent hovermap st-x to zaawansowany mobilny system mapowania lidar, który łączy wysokowydajne skanowanie laserowe z wszechstronnymi możliwościami montażu. zaprojektowany do pracy w różnorodnych środowiskach - wewnętrznych, zewnętrznych, podziemnych, oraz w miejscach pozbawionych sygnału gps. umożliwia szybkie, bezpieczne i precyzyjne pozyskiwanie danych 3d. hovermap st-x może być montowany na dronach, pojazdach, plecakach lub używany ręcznie, co czyni go wyjątkowo elastycznym rozwiązaniem do skanowania z powietrza i z poziomu gruntu. jego wytrzymała obudowa o klasie szczelności ip65 zapewnia niezawodną pracę w trudnych warunkach terenowych, takich jak kurz, wilgoć czy nierówne podłoże. funkcje autonomii, takie jak nawigacja po punktach trasy i unikanie przeszkód, umożliwiają realizację długich misji w złożonych lub niebezpiecznych środowiskach, w których sterowanie ręczne byłoby trudne lub ryzykowne.</t>
+          <t>Stanowisko pomiarowe składa się z kamery hiperspektralnej specim fx17e, oprogramowania specim insight v1.3 i specim lumo recorder oraz platformy inferencyjnej specim cube gige. specim fx17e to przemysłowa kamera pracująca w zakresie bliskiej podczerwieni (swir, 900–1700 nm), działająca w trybie skanowania liniowego. rejestruje obraz w 224 kanałach spektralnych i 640 punktach przestrzennych. kamera wyposażona jest w interfejs gige vision, wbudowaną migawkę kalibracyjną i kompaktową obudowę o klasie szczelności ip52. specim insight umożliwia przeglądanie i analizę danych hiperspektralnych oraz budowę modeli klasyfikacyjnych. specim lumo recorder służy do akwizycji danych i sterowania parametrami pomiaru. platforma cube gige, oparta na układzie nvidia xavier, pozwala na uruchamianie modeli klasyfikacyjnych w czasie rzeczywistym. elementem stanowiska jest również komputer stacjonarny do obsługi urządzenia.</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>To urządzenie otwiera szerokie możliwości badawcze w dziedzinach takich jak analiza geoprzestrzenna, monitoring środowiska, archeologia, górnictwo czy inspekcja infrastruktury. dzięki zdolności do działania bez sygnału gps doskonale sprawdza się w mapowaniu podziemnych wyrobisk, tuneli czy gęstych koron drzew. naukowcy mogą go używać do dokumentowania zabytków, monitorowania erozji, analizy roślinności lub tworzenia dokładnych modeli 3d istniejących obiektów.</t>
+          <t>Kamera specim fx17e znajduje zastosowanie w badaniach materiałowych, analizie składu chemicznego, ocenie wilgotności, sortowaniu materiałów, kontroli jakości oraz inspekcji produktów w przemyśle spożywczym, chemicznym, farmaceutycznym i recyklingu.</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>Urządzenie wykorzystuje wysokiej klasy sensor lidar z 32 kanałami, zdolny do rejestracji do 1,92 miliona punktów na sekundę w trybie wielo-odbiciowym. umożliwia to tworzenie gęstych i szczegółowych chmur punktów 3d. urządzenie ma zasięg do 300 metrów. zachowuje wysoką precyzję, z dokładnością rzędu ±10 mm w zamkniętych przestrzeniach.</t>
+          <t>Fx17e rejestruje dane w zakresie 900–1700 nm z rozdzielczością spektralną ok. 8 nm (fwhm). posiada 224 kanały spektralne i 640 pikseli wzdłuż linii skanującej. prędkość akwizycji w pełnym zakresie wynosi do 527 fps, a w trybie mroi może osiągać ponad 15 000 fps. stosunek sygnału do szumu (snr) sięga 1000:1.</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
       <c r="I2" t="inlineStr">
         <is>
           <t>Centrum doskonałości sztucznej inteligencji</t>
         </is>
       </c>
       <c r="J2" t="inlineStr"/>
       <c r="K2" t="inlineStr">
         <is>
           <t>Brodzicki Andrzej</t>
         </is>
       </c>
       <c r="L2" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/andrzej-brodzicki-9722.html</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
-          <t>Lidar, skaner</t>
+          <t>Kamera hiperspektralna, specim</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
+          <t>Skaner laserowy emesent hovermap stx (lidar)</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Skaner laserowy emesent hovermap stx</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>Emesent hovermap st-x to zaawansowany mobilny system mapowania lidar, który łączy wysokowydajne skanowanie laserowe z wszechstronnymi możliwościami montażu. zaprojektowany do pracy w różnorodnych środowiskach - wewnętrznych, zewnętrznych, podziemnych, oraz w miejscach pozbawionych sygnału gps. umożliwia szybkie, bezpieczne i precyzyjne pozyskiwanie danych 3d. hovermap st-x może być montowany na dronach, pojazdach, plecakach lub używany ręcznie, co czyni go wyjątkowo elastycznym rozwiązaniem do skanowania z powietrza i z poziomu gruntu. jego wytrzymała obudowa o klasie szczelności ip65 zapewnia niezawodną pracę w trudnych warunkach terenowych, takich jak kurz, wilgoć czy nierówne podłoże. funkcje autonomii, takie jak nawigacja po punktach trasy i unikanie przeszkód, umożliwiają realizację długich misji w złożonych lub niebezpiecznych środowiskach, w których sterowanie ręczne byłoby trudne lub ryzykowne.</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>To urządzenie otwiera szerokie możliwości badawcze w dziedzinach takich jak analiza geoprzestrzenna, monitoring środowiska, archeologia, górnictwo czy inspekcja infrastruktury. dzięki zdolności do działania bez sygnału gps doskonale sprawdza się w mapowaniu podziemnych wyrobisk, tuneli czy gęstych koron drzew. naukowcy mogą go używać do dokumentowania zabytków, monitorowania erozji, analizy roślinności lub tworzenia dokładnych modeli 3d istniejących obiektów.</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>Urządzenie wykorzystuje wysokiej klasy sensor lidar z 32 kanałami, zdolny do rejestracji do 1,92 miliona punktów na sekundę w trybie wielo-odbiciowym. umożliwia to tworzenie gęstych i szczegółowych chmur punktów 3d. urządzenie ma zasięg do 300 metrów. zachowuje wysoką precyzję, z dokładnością rzędu ±10 mm w zamkniętych przestrzeniach.</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>Centrum doskonałości sztucznej inteligencji</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr"/>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>Brodzicki Andrzej</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/andrzej-brodzicki-9722.html</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>Lidar, skaner</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
           <t>Mobilny robot kroczący spot</t>
         </is>
       </c>
-      <c r="B3" t="inlineStr">
+      <c r="B4" t="inlineStr">
         <is>
           <t>Robot kroczący spot</t>
         </is>
       </c>
-      <c r="C3" t="inlineStr">
+      <c r="C4" t="inlineStr">
         <is>
           <t>Spot to kroczący, autonomiczny robot mobilny, który porusza się po różnym (w tym trudnym) terenie. posiada możliwość pracy autonomicznej, zbierania danych, integracji z urządzeniami pomiarowymi oraz komunikacji zdalnej.</t>
         </is>
       </c>
-      <c r="D3" t="inlineStr">
+      <c r="D4" t="inlineStr">
         <is>
           <t>Mapowanie terenu
 zastosowanie jako platforma do transportu sprzętu badawczego
 zadania manipulacyjne (w przypadku wyposażenia w manipulator)</t>
         </is>
       </c>
-      <c r="E3" t="inlineStr">
+      <c r="E4" t="inlineStr">
         <is>
           <t>Robot może być wyposażony w różnego rodzaju sprzęt pomiarowy: np. kamery (w tym kamery termowizyjne), mikrofony, czujniki akustyczne, lidary i wielle innych. rodzaj i typ sprzętu ograniczony jest jedynie przez wagę (i objętość).</t>
         </is>
       </c>
-      <c r="F3" t="inlineStr">
+      <c r="F4" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G3" t="inlineStr">
+      <c r="G4" t="inlineStr">
         <is>
           <t>Infrastruktura udostępniana jest bezpłatnie w przypadku realizowanych wspólnie projektów/grantów z jednostkami organizacyjnymi agh oraz podmiotami zewnętrznymi, w których operator/opiekun urządzenia jest członkiem zespołu publikującego wyniki badań. w przypadku braku udokumentowanych, potwierdzonych przez kierownika jednostki umiejętności obsługi urządzenia korzystanie z niego możliwe jest tylko w obecności przeszkolonego operatora/opiekuna.</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr">
+      <c r="H4" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I3" t="inlineStr">
+      <c r="I4" t="inlineStr">
         <is>
           <t>Centrum doskonałości sztucznej inteligencji</t>
         </is>
       </c>
-      <c r="J3" t="inlineStr"/>
-      <c r="K3" t="inlineStr">
+      <c r="J4" t="inlineStr"/>
+      <c r="K4" t="inlineStr">
         <is>
           <t>Brodzicki Andrzej</t>
         </is>
       </c>
-      <c r="L3" t="inlineStr">
+      <c r="L4" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/andrzej-brodzicki-9722.html</t>
         </is>
       </c>
-      <c r="M3" t="inlineStr">
+      <c r="M4" t="inlineStr">
         <is>
           <t>(pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
         </is>
       </c>
-      <c r="N3" t="inlineStr">
+      <c r="N4" t="inlineStr">
         <is>
           <t>Robot, robot kroczący, robotyka mobilna</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>