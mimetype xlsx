--- v0 (2025-10-31)
+++ v1 (2025-12-25)
@@ -410,51 +410,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:N4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Nazwa zwyczajowa</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Nazwa handlowa</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Opis techniczny</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -493,109 +493,267 @@
       </c>
       <c r="K1" t="inlineStr">
         <is>
           <t>Osoba kontaktowa</t>
         </is>
       </c>
       <c r="L1" t="inlineStr">
         <is>
           <t>Strona w skos</t>
         </is>
       </c>
       <c r="M1" t="inlineStr">
         <is>
           <t>Obszar badawczy idub</t>
         </is>
       </c>
       <c r="N1" t="inlineStr">
         <is>
           <t>Słowa kluczowe</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
+          <t>Oscyloskop minimum 4-kanałowy</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Oscyloskop minimum 4-kanałowy i z pasmem analogowym 4.0 ghz oraz kompatybilnym z posiadanymi już sondami tdp1500, tdp3500, tivh08</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Oscyloskop sygnałów mieszanych tektronix mso64b-6-bw-4000 zapewnia wysoką  jakość sygnałów pomiarowych do dalszej analizy i debugowania współczesnych systemów wbudowanych z zegarami i magistralami o częstotliwościach rzędu pojedynczych gigaherców. urządzenie wyposażono w interfejs dotykowy, duży wyświetlacz 15,6” oraz wejścia flexchannel, które pozwalają mierzyć jeden sygnał analogowy lub osiem sygnałów cyfrowych na kanał.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Pomiary, analiza, obrazowanie sygnałów elektrycznych o dużej dynamice zmian.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>Analogowe pasmo pracy każdego kanału: 4ghz
+częstotliwość próbkowania: 25gsps (4 kanały), 50gsps (2 kanały)
+długość rekordu pamięci dla każdego kanału: 1gs próbek.</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>Dostęp do sprzętu możliwy w pomieszczeniach laboratorium alice agh, po uprzednim uzgodnieniu terminu realizacji pomiarów. 
+dostęp możliwy tylko dla pracowników i doktorantów agh.
+pomieszczenia laboratorium alice agh 413/c2 w terminie uzgodnionym z opiekunem laboratorium</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Wydział informatyki, elektroniki i telekomunikacji</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Instytut elektroniki</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>Worek Cezary</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/cezary-worek-3702.html</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Analiza, obrazowanie, obrazowanie sygnałów, oscyloskop, oscyloskop cyfrowy, pomiar, sygnał</t>
+        </is>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>Generator funkcyjny / arbitralny dwukanałowy pracujący w paśmie co najmniej 1mhz do 1000 mhz</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Generator arbitralny</t>
+        </is>
+      </c>
+      <c r="C3" t="inlineStr">
+        <is>
+          <t>Generator funkcyjny / arbitralny dwukanałowy pracujący w paśmie co najmniej od 1mhz do 1000 mhz pozwalający na generację sygnałów w trybie dwukanałowym i impedancji wyjściowej 50 ohm.
+generator arbitralny siglent sdg7102a oferuje dwa kanały o paśmie do 1 ghz, maksymalnej częstotliwości próbkowania 5 gsa/s i rozdzielczości 14 bitów. umożliwia generowanie przebiegów arbitralnych, sygnałów wektorowych oraz typowych sygnałów testowych, takich jak dc, pulse, noise czy prbs. obsługuje funkcje modulacji, przemiatania, burst-u i synchronizacji kanałów, a wyjścia różnicowe lub single-ended zapewniają amplitudę do ±24 v. dzięki unikalnym cechom sdg7102a idealnie sprawdza się w zaawansowanych testach i badaniach sygnałów wysokiej częstotliwości i dużych amplitudach.</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
+          <t>Rodzaje przebiegów wyjściowych:
+sinus, prostokąt, impuls (możliwość regulacji zbocza narastającego i opadającego niezależnie), dc, szum biały. możliwość zdefiniowania dowolnego przebiegu na dwóch kanałach.
+zakres częstotliwości pracy:
+- przebieg sinusoidalny: 1 mhz do 1000 mhz;
+- przebieg impulsowy: 1 mhz do 300 mhz;
+generowanie sygnałów elektronicznych analogowych oraz cyfrowych.</t>
+        </is>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>Pasmo pracy każdego kanału: 1 ghz
+częstotliwość próbkowania: 5 gsps
+maksymalna długość pamięci dla każdego kanału: 512 mpts.</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Zewnętrzna</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>Dostęp do sprzętu możliwy w pomieszczeniach laboratorium alice agh, po uprzednim uzgodnieniu terminu realizacji pomiarów. 
+dostęp możliwy tylko dla pracowników i doktorantów agh.
+pomieszczenia laboratorium alice agh 413/c2 w terminie uzgodnionym z opiekunem laboratorium</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Nie dotyczy</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>Wydział informatyki, elektroniki i telekomunikacji</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>Instytut elektroniki</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>Worek Cezary</t>
+        </is>
+      </c>
+      <c r="L3" t="inlineStr">
+        <is>
+          <t>Https://skos.agh.edu.pl/osoba/cezary-worek-3702.html</t>
+        </is>
+      </c>
+      <c r="M3" t="inlineStr">
+        <is>
+          <t>(pob 1) zrównoważone technologie energetyczne, odnawialne źródła energii i magazyny energii oraz zarządzanie zasobami. projektowanie, wytwarzanie, aplikacja, synergia i integracja procesów, (pob 4) rozwiązania techniczne: od badań podstawowych, przez modelowanie i projektowanie, aż do prototypów. zastosowania narzędzi matematyki, informatyki i elektroniki w problemach skali makro, mikro i nano, (pob 6) inteligentne techniki informacyjne, telekomunikacyjne, komputerowe i sterowania</t>
+        </is>
+      </c>
+      <c r="N3" t="inlineStr">
+        <is>
+          <t>Generator, generator arbitralny, modulacja, pasmo, przemiatanie, sygnał</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
           <t>Laserowy system do mikrofabrykacji układów elektronicznych pracujących w zakresie fal mikrofalowych i milimetrowych</t>
         </is>
       </c>
-      <c r="B2" t="inlineStr">
+      <c r="B4" t="inlineStr">
         <is>
           <t>Protolaser u4</t>
         </is>
       </c>
-      <c r="C2" t="inlineStr">
+      <c r="C4" t="inlineStr">
         <is>
           <t>Mikroobróbka w laboratorium źródło lasera uv jako wszechstronne narzędzie lpkf protolaser u4 wykorzystuje laser naprowadzany skanerem o długości fali 355 nm w widmie uv, który został specjalnie opracowany do stosowania w laboratoriach elektronicznych. ta długość fali umożliwia doskonałą obróbkę laserem wielu grup materiałów bez dodatkowych narzędzi, masek i folii. umieszczenie pól skanowania obok siebie daje zakres roboczy do 229 mm x 305 mm x 10 mm. ognisko lasera o średnicy ok. 20 µm pozwala na struktury o odstępie 65 µm (szerokość linii 50 µm w odstępie 15 µm) w porównaniu z fr4 z 18 µm cu. potężne oprogramowanie systemowe przyjazne dla użytkownika oprogramowanie systemowe lpkf circuitpro pl zapewnia dostęp do wszystkich ważnych parametrów procesu. obszerna biblioteka parametrów, która zawiera nie tylko wiele popularnych, ale także egzotycznych materiałów, zapewnia pomoc przy własnych projektach operatora. stabilizacja w zakresie niskich energii precyzyjne, wrażliwe procesy wymagają bardzo małej energii lasera. nowe źródło lasera uv zostało odpowiednio zaprojektowane i jest stabilne w szerokim zakresie mocy. jest to korzystne w przypadku zastosowań ze szczególnie cienkimi warstwami lub delikatnymi materiałami. śledzenie procesu pole pomiaru mocy określa rzeczywistą moc lasera w pozycji ogniskowej. dzięki temu powstają dokładne, rzeczywiste dane służące do dokumentowania procesu produkcyjnego. system wizyjny lpkf protolaser u4 wykorzystuje nowo zaprojektowany, szybki system wizyjny zoptymalizowany pod kątem mikroobróbki laserowej. kamera i proces rozpoznawania obrazu rejestrują punkty odniesienia lub struktury geometryczne na obrabianym podłożu.</t>
         </is>
       </c>
-      <c r="D2" t="inlineStr">
+      <c r="D4" t="inlineStr">
         <is>
           <t>Umieszczenie pól skanowania obok siebie daje zakres roboczy do 229 mm x 305 mm x 10 mm. ognisko lasera o średnicy ok. 20 µm pozwala na struktury o odstępie 65 µm (szerokość linii 50 µm w odstępie 15 µm) w porównaniu z fr4 z 18 µm cu.</t>
         </is>
       </c>
-      <c r="E2" t="inlineStr"/>
-      <c r="F2" t="inlineStr">
+      <c r="E4" t="inlineStr"/>
+      <c r="F4" t="inlineStr">
         <is>
           <t>Zewnętrzna</t>
         </is>
       </c>
-      <c r="G2" t="inlineStr">
+      <c r="G4" t="inlineStr">
         <is>
           <t>Indywidualnie</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
+      <c r="H4" t="inlineStr">
         <is>
           <t>Nie dotyczy</t>
         </is>
       </c>
-      <c r="I2" t="inlineStr">
+      <c r="I4" t="inlineStr">
         <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
-      <c r="J2" t="inlineStr">
+      <c r="J4" t="inlineStr">
         <is>
           <t>Instytut elektroniki</t>
         </is>
       </c>
-      <c r="K2" t="inlineStr">
+      <c r="K4" t="inlineStr">
         <is>
           <t>Staszek Kamil</t>
         </is>
       </c>
-      <c r="L2" t="inlineStr">
+      <c r="L4" t="inlineStr">
         <is>
           <t>Https://skos.agh.edu.pl/osoba/kamil-staszek-8884.html</t>
         </is>
       </c>
-      <c r="M2" t="inlineStr">
+      <c r="M4" t="inlineStr">
         <is>
           <t>(pob 7) projektowanie, produkcja, badanie nowoczesnych materiałów i przyszłościowych technologii w oparciu o multidyscyplinarne podejście łączące inżynierię materiałową z chemią, fizyką, matematyką i medycyną</t>
         </is>
       </c>
-      <c r="N2" t="inlineStr">
+      <c r="N4" t="inlineStr">
         <is>
           <t>Fale mikrofalowe, fale milimetrowe, labolatorium, laser, mikrofabrykacja, system laserowy, układy elektroniczne, źródło lasera</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>